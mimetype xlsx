--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="822" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="840" uniqueCount="321">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -955,50 +955,68 @@
     <t>PAUTA DA 16ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA EM 13/08/2025</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
     <t>PAUTA DA 17ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA EM 19/08/2025</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
     <t>PAUTA DA 18ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA EM 03/09/2025</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
     <t>PAUTA DA 19ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA NO DIA 17/09/2025</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
     <t>PAUTA DA 20ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA NO DIA 08/10/2025</t>
+  </si>
+  <si>
+    <t>6663</t>
+  </si>
+  <si>
+    <t>PAUTA DA 22ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA DIA 05/11/2025</t>
+  </si>
+  <si>
+    <t>6710</t>
+  </si>
+  <si>
+    <t>PAUTA DA 23ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, A SER REALIZADA DIA 18/11/2025</t>
+  </si>
+  <si>
+    <t>6718</t>
+  </si>
+  <si>
+    <t>PAUTA DA 5ª SESSÃO EXTRAORDINÁRIA A SER REALIZADA NO DIA 27 DE NOVEMBRO DE 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1290,51 +1308,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F137"/>
+  <dimension ref="A1:F140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="107.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -4041,50 +4059,110 @@
       <c r="E136" t="s">
         <v>10</v>
       </c>
       <c r="F136" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>313</v>
       </c>
       <c r="B137" t="s">
         <v>122</v>
       </c>
       <c r="C137" t="s">
         <v>58</v>
       </c>
       <c r="D137" t="s">
         <v>9</v>
       </c>
       <c r="E137" t="s">
         <v>10</v>
       </c>
       <c r="F137" t="s">
         <v>314</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138" t="s">
+        <v>315</v>
+      </c>
+      <c r="B138" t="s">
+        <v>122</v>
+      </c>
+      <c r="C138" t="s">
+        <v>64</v>
+      </c>
+      <c r="D138" t="s">
+        <v>9</v>
+      </c>
+      <c r="E138" t="s">
+        <v>10</v>
+      </c>
+      <c r="F138" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139" t="s">
+        <v>317</v>
+      </c>
+      <c r="B139" t="s">
+        <v>122</v>
+      </c>
+      <c r="C139" t="s">
+        <v>67</v>
+      </c>
+      <c r="D139" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" t="s">
+        <v>10</v>
+      </c>
+      <c r="F139" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140" t="s">
+        <v>319</v>
+      </c>
+      <c r="B140" t="s">
+        <v>122</v>
+      </c>
+      <c r="C140" t="s">
+        <v>114</v>
+      </c>
+      <c r="D140" t="s">
+        <v>9</v>
+      </c>
+      <c r="E140" t="s">
+        <v>10</v>
+      </c>
+      <c r="F140" t="s">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>