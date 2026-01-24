--- v1 (2025-12-05)
+++ v2 (2026-01-24)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="840" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="846" uniqueCount="323">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -973,50 +973,56 @@
     <t>PAUTA DA 19ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA NO DIA 17/09/2025</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
     <t>PAUTA DA 20ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA NO DIA 08/10/2025</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
     <t>PAUTA DA 22ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA DIA 05/11/2025</t>
   </si>
   <si>
     <t>6710</t>
   </si>
   <si>
     <t>PAUTA DA 23ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, A SER REALIZADA DIA 18/11/2025</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
     <t>PAUTA DA 5ª SESSÃO EXTRAORDINÁRIA A SER REALIZADA NO DIA 27 DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>6842</t>
+  </si>
+  <si>
+    <t>PAUTA DA ABERTURA DOS TRABALHO E 1ª SESSÃO ORDINÁRIA A SER REALIZADA NO DIA 22/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1308,51 +1314,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F140"/>
+  <dimension ref="A1:F141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="107.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -4119,50 +4125,70 @@
       <c r="E139" t="s">
         <v>10</v>
       </c>
       <c r="F139" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>319</v>
       </c>
       <c r="B140" t="s">
         <v>122</v>
       </c>
       <c r="C140" t="s">
         <v>114</v>
       </c>
       <c r="D140" t="s">
         <v>9</v>
       </c>
       <c r="E140" t="s">
         <v>10</v>
       </c>
       <c r="F140" t="s">
         <v>320</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>321</v>
+      </c>
+      <c r="B141" t="s">
+        <v>125</v>
+      </c>
+      <c r="C141" t="s">
+        <v>8</v>
+      </c>
+      <c r="D141" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" t="s">
+        <v>10</v>
+      </c>
+      <c r="F141" t="s">
+        <v>322</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>