--- v2 (2026-01-24)
+++ v3 (2026-03-22)
@@ -10,83 +10,83 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="846" uniqueCount="323">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="864" uniqueCount="329">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>Pauta</t>
-[...2 lines deleted...]
-    <t>PAUTA DAS SESSÕES</t>
+    <t>PSO</t>
+  </si>
+  <si>
+    <t>PAUTA DAS SESSÕES ORDINÁRIAS</t>
   </si>
   <si>
     <t>PAUTA DA 1ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA EM: 02.02.2021.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PAUTA DA 2ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA EM: 23.02.2021.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PAUTA DA 3ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA EM: 09.0392021.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
@@ -978,51 +978,69 @@
   <si>
     <t>PAUTA DA 20ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA NO DIA 08/10/2025</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
     <t>PAUTA DA 22ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REALIZADA DIA 05/11/2025</t>
   </si>
   <si>
     <t>6710</t>
   </si>
   <si>
     <t>PAUTA DA 23ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, A SER REALIZADA DIA 18/11/2025</t>
   </si>
   <si>
     <t>6718</t>
   </si>
   <si>
     <t>PAUTA DA 5ª SESSÃO EXTRAORDINÁRIA A SER REALIZADA NO DIA 27 DE NOVEMBRO DE 2025</t>
   </si>
   <si>
     <t>6842</t>
   </si>
   <si>
-    <t>PAUTA DA ABERTURA DOS TRABALHO E 1ª SESSÃO ORDINÁRIA A SER REALIZADA NO DIA 22/01/2026</t>
+    <t>PAUTA DA ABERTURA DOS TRABALHO E 1ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 22/01/2026</t>
+  </si>
+  <si>
+    <t>6847</t>
+  </si>
+  <si>
+    <t>PAUTA DA 2ª SESSÃO ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>6850</t>
+  </si>
+  <si>
+    <t>PAUTA DA 3ª SESSÃO ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>6921</t>
+  </si>
+  <si>
+    <t>PAUTA DA 4ª SESSÃO ORDÍNARIA, A SER REALIZADA NO DIA 11/03/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1314,60 +1332,60 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F141"/>
+  <dimension ref="A1:F144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="30" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="107.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
@@ -4145,50 +4163,110 @@
       <c r="E140" t="s">
         <v>10</v>
       </c>
       <c r="F140" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>321</v>
       </c>
       <c r="B141" t="s">
         <v>125</v>
       </c>
       <c r="C141" t="s">
         <v>8</v>
       </c>
       <c r="D141" t="s">
         <v>9</v>
       </c>
       <c r="E141" t="s">
         <v>10</v>
       </c>
       <c r="F141" t="s">
         <v>322</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>323</v>
+      </c>
+      <c r="B142" t="s">
+        <v>125</v>
+      </c>
+      <c r="C142" t="s">
+        <v>13</v>
+      </c>
+      <c r="D142" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" t="s">
+        <v>10</v>
+      </c>
+      <c r="F142" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>325</v>
+      </c>
+      <c r="B143" t="s">
+        <v>125</v>
+      </c>
+      <c r="C143" t="s">
+        <v>16</v>
+      </c>
+      <c r="D143" t="s">
+        <v>9</v>
+      </c>
+      <c r="E143" t="s">
+        <v>10</v>
+      </c>
+      <c r="F143" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>327</v>
+      </c>
+      <c r="B144" t="s">
+        <v>125</v>
+      </c>
+      <c r="C144" t="s">
+        <v>19</v>
+      </c>
+      <c r="D144" t="s">
+        <v>9</v>
+      </c>
+      <c r="E144" t="s">
+        <v>10</v>
+      </c>
+      <c r="F144" t="s">
+        <v>328</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>