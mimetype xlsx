--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4530" uniqueCount="1111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4572" uniqueCount="1130">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
@@ -3356,50 +3356,107 @@
     <t>71</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
     <t>76</t>
+  </si>
+  <si>
+    <t>6660</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>CONCEDE LICENÇA SEM REMUNERAÇÃO À SERVIDORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>6651</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>TRANSFERE PONTO FACULTATIVO EM COMEMORAÇÃO AO DIA DO SERVIDOR PÚBLICO NO PODER LEGISLATIVO, DO DIA 28 PARA 27 DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>6708</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>NOMEIA COMISSÃO PROCESSANTE PARA APURAÇÃO DE DENÚNCIA RECEBIDA NOS TERMOS DO ART. 5º, INCISO II, DO DECRETO-LEI Nº 201/1967 E DO ART. 18 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL.</t>
+  </si>
+  <si>
+    <t>6704</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>6709</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>DECLARA PONTO FACULTATIVO NO PODER LEGISLATIVO, NO DIA 21 DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>6715</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>6763</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>NOMEIA SERVIDORA EM CARGO DE PROVIMENTO EM COMISSÃO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3691,51 +3748,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F755"/>
+  <dimension ref="A1:F762"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -18802,50 +18859,190 @@
       <c r="E754" t="s">
         <v>10</v>
       </c>
       <c r="F754" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
         <v>1109</v>
       </c>
       <c r="B755" t="s">
         <v>1004</v>
       </c>
       <c r="C755" t="s">
         <v>1110</v>
       </c>
       <c r="D755" t="s">
         <v>9</v>
       </c>
       <c r="E755" t="s">
         <v>10</v>
       </c>
       <c r="F755" t="s">
         <v>1065</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="A756" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B756" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C756" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D756" t="s">
+        <v>9</v>
+      </c>
+      <c r="E756" t="s">
+        <v>10</v>
+      </c>
+      <c r="F756" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="757" spans="1:6">
+      <c r="A757" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B757" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C757" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D757" t="s">
+        <v>9</v>
+      </c>
+      <c r="E757" t="s">
+        <v>10</v>
+      </c>
+      <c r="F757" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="758" spans="1:6">
+      <c r="A758" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C758" t="s">
+        <v>1118</v>
+      </c>
+      <c r="D758" t="s">
+        <v>9</v>
+      </c>
+      <c r="E758" t="s">
+        <v>10</v>
+      </c>
+      <c r="F758" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="759" spans="1:6">
+      <c r="A759" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C759" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D759" t="s">
+        <v>9</v>
+      </c>
+      <c r="E759" t="s">
+        <v>10</v>
+      </c>
+      <c r="F759" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="760" spans="1:6">
+      <c r="A760" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C760" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D760" t="s">
+        <v>9</v>
+      </c>
+      <c r="E760" t="s">
+        <v>10</v>
+      </c>
+      <c r="F760" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="761" spans="1:6">
+      <c r="A761" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C761" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D761" t="s">
+        <v>9</v>
+      </c>
+      <c r="E761" t="s">
+        <v>10</v>
+      </c>
+      <c r="F761" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="762" spans="1:6">
+      <c r="A762" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C762" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D762" t="s">
+        <v>9</v>
+      </c>
+      <c r="E762" t="s">
+        <v>10</v>
+      </c>
+      <c r="F762" t="s">
+        <v>1129</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>