--- v0 (2025-12-05)
+++ v1 (2026-01-24)
@@ -10,83 +10,83 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="894" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="918" uniqueCount="270">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
-    <t>ATAS DAS SESSÕES</t>
+    <t>ATAS DAS SESSÕES ORDINÁRIAS</t>
   </si>
   <si>
     <t>ATA DA 1º SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>1º SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2º SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>2º SESSÃO EXTRAORDINÁRIA</t>
   </si>
@@ -808,50 +808,62 @@
     <t>6656</t>
   </si>
   <si>
     <t>ATA DA 14ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
     <t>ATA DA 15ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6711</t>
   </si>
   <si>
     <t>ATA DA 16ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6712</t>
   </si>
   <si>
     <t>ATA DA 17ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6713</t>
+  </si>
+  <si>
+    <t>6838</t>
+  </si>
+  <si>
+    <t>6839</t>
+  </si>
+  <si>
+    <t>6840</t>
+  </si>
+  <si>
+    <t>6841</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1143,60 +1155,60 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F149"/>
+  <dimension ref="A1:F153"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
@@ -4134,50 +4146,130 @@
       <c r="E148" t="s">
         <v>10</v>
       </c>
       <c r="F148" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>265</v>
       </c>
       <c r="B149" t="s">
         <v>227</v>
       </c>
       <c r="C149" t="s">
         <v>93</v>
       </c>
       <c r="D149" t="s">
         <v>9</v>
       </c>
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149" t="s">
         <v>217</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>266</v>
+      </c>
+      <c r="B150" t="s">
+        <v>227</v>
+      </c>
+      <c r="C150" t="s">
+        <v>96</v>
+      </c>
+      <c r="D150" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150" t="s">
+        <v>10</v>
+      </c>
+      <c r="F150" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>267</v>
+      </c>
+      <c r="B151" t="s">
+        <v>227</v>
+      </c>
+      <c r="C151" t="s">
+        <v>99</v>
+      </c>
+      <c r="D151" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" t="s">
+        <v>10</v>
+      </c>
+      <c r="F151" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>268</v>
+      </c>
+      <c r="B152" t="s">
+        <v>227</v>
+      </c>
+      <c r="C152" t="s">
+        <v>102</v>
+      </c>
+      <c r="D152" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" t="s">
+        <v>10</v>
+      </c>
+      <c r="F152" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>269</v>
+      </c>
+      <c r="B153" t="s">
+        <v>227</v>
+      </c>
+      <c r="C153" t="s">
+        <v>105</v>
+      </c>
+      <c r="D153" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" t="s">
+        <v>10</v>
+      </c>
+      <c r="F153" t="s">
+        <v>225</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>