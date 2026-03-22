--- v1 (2026-01-24)
+++ v2 (2026-03-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="918" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="948" uniqueCount="282">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -690,50 +690,80 @@
   <si>
     <t>6409</t>
   </si>
   <si>
     <t>ATA DA 19ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6410</t>
   </si>
   <si>
     <t>ATA DA 20ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6411</t>
   </si>
   <si>
     <t>ATA DA 21ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6412</t>
   </si>
   <si>
     <t>ATA DA 22ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
+    <t>6881</t>
+  </si>
+  <si>
+    <t>ATA DA 7ª SESSÃO EXTRAORDINÁRIA</t>
+  </si>
+  <si>
+    <t>6882</t>
+  </si>
+  <si>
+    <t>ATA DA 8ª SESSÃO EXTRAORDINÁRIA</t>
+  </si>
+  <si>
+    <t>6883</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>ATA DA 23ª SESSÃO ORDINÁRIA</t>
+  </si>
+  <si>
+    <t>6884</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>ATA DA 24ª SESSÃO ORDINÁRIA</t>
+  </si>
+  <si>
     <t>5571</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>ATA DA ABERTURA DOS TRABALHOS DAS SESSÕES</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6221</t>
   </si>
   <si>
     <t>ATA DA 3ª SESSÃO ORDINÁRIA</t>
@@ -820,50 +850,56 @@
     <t>6711</t>
   </si>
   <si>
     <t>ATA DA 16ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6712</t>
   </si>
   <si>
     <t>ATA DA 17ª SESSÃO ORDINÁRIA</t>
   </si>
   <si>
     <t>6713</t>
   </si>
   <si>
     <t>6838</t>
   </si>
   <si>
     <t>6839</t>
   </si>
   <si>
     <t>6840</t>
   </si>
   <si>
     <t>6841</t>
+  </si>
+  <si>
+    <t>6923</t>
+  </si>
+  <si>
+    <t>ATA DA 5ª SESSÃO EXTRAORDINÁRIA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1155,51 +1191,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F153"/>
+  <dimension ref="A1:F158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -3753,523 +3789,623 @@
     <row r="129" spans="1:6">
       <c r="A129" t="s">
         <v>224</v>
       </c>
       <c r="B129" t="s">
         <v>179</v>
       </c>
       <c r="C129" t="s">
         <v>99</v>
       </c>
       <c r="D129" t="s">
         <v>9</v>
       </c>
       <c r="E129" t="s">
         <v>10</v>
       </c>
       <c r="F129" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>226</v>
       </c>
       <c r="B130" t="s">
+        <v>179</v>
+      </c>
+      <c r="C130" t="s">
+        <v>102</v>
+      </c>
+      <c r="D130" t="s">
+        <v>9</v>
+      </c>
+      <c r="E130" t="s">
+        <v>10</v>
+      </c>
+      <c r="F130" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
+        <v>228</v>
+      </c>
+      <c r="B131" t="s">
+        <v>179</v>
+      </c>
+      <c r="C131" t="s">
+        <v>105</v>
+      </c>
+      <c r="D131" t="s">
+        <v>9</v>
+      </c>
+      <c r="E131" t="s">
+        <v>10</v>
+      </c>
+      <c r="F131" t="s">
         <v>229</v>
-      </c>
-[...13 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
+        <v>230</v>
+      </c>
+      <c r="B132" t="s">
+        <v>179</v>
+      </c>
+      <c r="C132" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>9</v>
       </c>
       <c r="E132" t="s">
         <v>10</v>
       </c>
       <c r="F132" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
         <v>233</v>
       </c>
       <c r="B133" t="s">
-        <v>227</v>
+        <v>179</v>
       </c>
       <c r="C133" t="s">
-        <v>25</v>
+        <v>234</v>
       </c>
       <c r="D133" t="s">
         <v>9</v>
       </c>
       <c r="E133" t="s">
         <v>10</v>
       </c>
       <c r="F133" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B134" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C134" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D134" t="s">
         <v>9</v>
       </c>
       <c r="E134" t="s">
         <v>10</v>
       </c>
       <c r="F134" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
+        <v>239</v>
+      </c>
+      <c r="B135" t="s">
         <v>237</v>
       </c>
-      <c r="B135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D135" t="s">
         <v>9</v>
       </c>
       <c r="E135" t="s">
         <v>10</v>
       </c>
       <c r="F135" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B136" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C136" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>9</v>
       </c>
       <c r="E136" t="s">
         <v>10</v>
       </c>
       <c r="F136" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B137" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C137" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>9</v>
       </c>
       <c r="E137" t="s">
         <v>10</v>
       </c>
       <c r="F137" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B138" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C138" t="s">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="D138" t="s">
         <v>9</v>
       </c>
       <c r="E138" t="s">
         <v>10</v>
       </c>
       <c r="F138" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B139" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C139" t="s">
-        <v>55</v>
+        <v>35</v>
       </c>
       <c r="D139" t="s">
         <v>9</v>
       </c>
       <c r="E139" t="s">
         <v>10</v>
       </c>
       <c r="F139" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B140" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C140" t="s">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="D140" t="s">
         <v>9</v>
       </c>
       <c r="E140" t="s">
         <v>10</v>
       </c>
       <c r="F140" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B141" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C141" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="D141" t="s">
         <v>9</v>
       </c>
       <c r="E141" t="s">
         <v>10</v>
       </c>
       <c r="F141" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B142" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C142" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="D142" t="s">
         <v>9</v>
       </c>
       <c r="E142" t="s">
         <v>10</v>
       </c>
       <c r="F142" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="B143" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C143" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
       <c r="E143" t="s">
         <v>10</v>
       </c>
       <c r="F143" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B144" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C144" t="s">
-        <v>78</v>
+        <v>60</v>
       </c>
       <c r="D144" t="s">
         <v>9</v>
       </c>
       <c r="E144" t="s">
         <v>10</v>
       </c>
       <c r="F144" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B145" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C145" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
       <c r="E145" t="s">
         <v>10</v>
       </c>
       <c r="F145" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B146" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C146" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
       <c r="E146" t="s">
         <v>10</v>
       </c>
       <c r="F146" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B147" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C147" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147" t="s">
         <v>10</v>
       </c>
       <c r="F147" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B148" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C148" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
       <c r="E148" t="s">
         <v>10</v>
       </c>
       <c r="F148" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="B149" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C149" t="s">
-        <v>93</v>
+        <v>81</v>
       </c>
       <c r="D149" t="s">
         <v>9</v>
       </c>
       <c r="E149" t="s">
         <v>10</v>
       </c>
       <c r="F149" t="s">
-        <v>217</v>
+        <v>268</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B150" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C150" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="D150" t="s">
         <v>9</v>
       </c>
       <c r="E150" t="s">
         <v>10</v>
       </c>
       <c r="F150" t="s">
-        <v>219</v>
+        <v>270</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B151" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C151" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="D151" t="s">
         <v>9</v>
       </c>
       <c r="E151" t="s">
         <v>10</v>
       </c>
       <c r="F151" t="s">
-        <v>221</v>
+        <v>272</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="B152" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C152" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="D152" t="s">
         <v>9</v>
       </c>
       <c r="E152" t="s">
         <v>10</v>
       </c>
       <c r="F152" t="s">
-        <v>223</v>
+        <v>274</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B153" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="C153" t="s">
+        <v>93</v>
+      </c>
+      <c r="D153" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" t="s">
+        <v>10</v>
+      </c>
+      <c r="F153" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>276</v>
+      </c>
+      <c r="B154" t="s">
+        <v>237</v>
+      </c>
+      <c r="C154" t="s">
+        <v>96</v>
+      </c>
+      <c r="D154" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>277</v>
+      </c>
+      <c r="B155" t="s">
+        <v>237</v>
+      </c>
+      <c r="C155" t="s">
+        <v>99</v>
+      </c>
+      <c r="D155" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" t="s">
+        <v>10</v>
+      </c>
+      <c r="F155" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156" t="s">
+        <v>278</v>
+      </c>
+      <c r="B156" t="s">
+        <v>237</v>
+      </c>
+      <c r="C156" t="s">
+        <v>102</v>
+      </c>
+      <c r="D156" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" t="s">
+        <v>10</v>
+      </c>
+      <c r="F156" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157" t="s">
+        <v>279</v>
+      </c>
+      <c r="B157" t="s">
+        <v>237</v>
+      </c>
+      <c r="C157" t="s">
         <v>105</v>
       </c>
-      <c r="D153" t="s">
-[...5 lines deleted...]
-      <c r="F153" t="s">
+      <c r="D157" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" t="s">
+        <v>10</v>
+      </c>
+      <c r="F157" t="s">
         <v>225</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158" t="s">
+        <v>280</v>
+      </c>
+      <c r="B158" t="s">
+        <v>237</v>
+      </c>
+      <c r="C158" t="s">
+        <v>231</v>
+      </c>
+      <c r="D158" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" t="s">
+        <v>10</v>
+      </c>
+      <c r="F158" t="s">
+        <v>281</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>