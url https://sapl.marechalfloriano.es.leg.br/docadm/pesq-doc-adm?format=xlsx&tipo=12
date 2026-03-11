--- v1 (2025-12-05)
+++ v2 (2026-03-11)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4572" uniqueCount="1130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4680" uniqueCount="1159">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
@@ -3406,57 +3406,144 @@
   <si>
     <t>NOMEIA COMISSÃO PROCESSANTE PARA APURAÇÃO DE DENÚNCIA RECEBIDA NOS TERMOS DO ART. 5º, INCISO II, DO DECRETO-LEI Nº 201/1967 E DO ART. 18 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>6709</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>DECLARA PONTO FACULTATIVO NO PODER LEGISLATIVO, NO DIA 21 DE NOVEMBRO DE 2025</t>
   </si>
   <si>
     <t>6715</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
+    <t>6782</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>DESIGNA SERVIDORA PARA O EXERCÍCIO DE FUNÇÃO GRATIFICADA NO ÂMBITO DESTA CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>6763</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>NOMEIA SERVIDORA EM CARGO DE PROVIMENTO EM COMISSÃO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES.</t>
+  </si>
+  <si>
+    <t>6836</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>NOMEIA MEMBROS DA COMISSÃO PARLAMENTAR DE INQUÉRITO E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>6784</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>6783</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>DECLARA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DESTE PODER LEGISLATIVO, NOS DIAS 26 DE DEZEMBRO DO CORRENTE ANO E 02 DE JANEIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>6786</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>6815</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>6816</t>
+  </si>
+  <si>
+    <t>6848</t>
+  </si>
+  <si>
+    <t>6863</t>
+  </si>
+  <si>
+    <t>6880</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A NOMEAÇÃO DO AGENTE DE CONTRATAÇÃO/PREGOEIRO E DOS MEMBROS DA COMISSÃO DE CONTRATAÇÃO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES, NOS TERMOS DA LEI N° 14.133/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>6864</t>
+  </si>
+  <si>
+    <t>DECLARA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DESTE PODER LEGISLATIVO, NOS DIAS 16 A 18 DE FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>6885</t>
+  </si>
+  <si>
+    <t>6886</t>
+  </si>
+  <si>
+    <t>6887</t>
+  </si>
+  <si>
+    <t>6888</t>
+  </si>
+  <si>
+    <t>6918</t>
+  </si>
+  <si>
+    <t>6919</t>
+  </si>
+  <si>
+    <t>6920</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3748,51 +3835,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F762"/>
+  <dimension ref="A1:F780"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -18999,50 +19086,410 @@
       <c r="E761" t="s">
         <v>10</v>
       </c>
       <c r="F761" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
         <v>1127</v>
       </c>
       <c r="B762" t="s">
         <v>1004</v>
       </c>
       <c r="C762" t="s">
         <v>1128</v>
       </c>
       <c r="D762" t="s">
         <v>9</v>
       </c>
       <c r="E762" t="s">
         <v>10</v>
       </c>
       <c r="F762" t="s">
         <v>1129</v>
+      </c>
+    </row>
+    <row r="763" spans="1:6">
+      <c r="A763" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C763" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D763" t="s">
+        <v>9</v>
+      </c>
+      <c r="E763" t="s">
+        <v>10</v>
+      </c>
+      <c r="F763" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="764" spans="1:6">
+      <c r="A764" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C764" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D764" t="s">
+        <v>9</v>
+      </c>
+      <c r="E764" t="s">
+        <v>10</v>
+      </c>
+      <c r="F764" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="765" spans="1:6">
+      <c r="A765" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C765" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D765" t="s">
+        <v>9</v>
+      </c>
+      <c r="E765" t="s">
+        <v>10</v>
+      </c>
+      <c r="F765" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="766" spans="1:6">
+      <c r="A766" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C766" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D766" t="s">
+        <v>9</v>
+      </c>
+      <c r="E766" t="s">
+        <v>10</v>
+      </c>
+      <c r="F766" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="767" spans="1:6">
+      <c r="A767" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C767" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D767" t="s">
+        <v>9</v>
+      </c>
+      <c r="E767" t="s">
+        <v>10</v>
+      </c>
+      <c r="F767" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="768" spans="1:6">
+      <c r="A768" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C768" t="s">
+        <v>8</v>
+      </c>
+      <c r="D768" t="s">
+        <v>9</v>
+      </c>
+      <c r="E768" t="s">
+        <v>10</v>
+      </c>
+      <c r="F768" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="769" spans="1:6">
+      <c r="A769" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C769" t="s">
+        <v>25</v>
+      </c>
+      <c r="D769" t="s">
+        <v>9</v>
+      </c>
+      <c r="E769" t="s">
+        <v>10</v>
+      </c>
+      <c r="F769" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="770" spans="1:6">
+      <c r="A770" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C770" t="s">
+        <v>31</v>
+      </c>
+      <c r="D770" t="s">
+        <v>9</v>
+      </c>
+      <c r="E770" t="s">
+        <v>10</v>
+      </c>
+      <c r="F770" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="771" spans="1:6">
+      <c r="A771" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C771" t="s">
+        <v>34</v>
+      </c>
+      <c r="D771" t="s">
+        <v>9</v>
+      </c>
+      <c r="E771" t="s">
+        <v>10</v>
+      </c>
+      <c r="F771" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="772" spans="1:6">
+      <c r="A772" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C772" t="s">
+        <v>36</v>
+      </c>
+      <c r="D772" t="s">
+        <v>9</v>
+      </c>
+      <c r="E772" t="s">
+        <v>10</v>
+      </c>
+      <c r="F772" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="773" spans="1:6">
+      <c r="A773" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C773" t="s">
+        <v>69</v>
+      </c>
+      <c r="D773" t="s">
+        <v>9</v>
+      </c>
+      <c r="E773" t="s">
+        <v>10</v>
+      </c>
+      <c r="F773" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="774" spans="1:6">
+      <c r="A774" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C774" t="s">
+        <v>71</v>
+      </c>
+      <c r="D774" t="s">
+        <v>9</v>
+      </c>
+      <c r="E774" t="s">
+        <v>10</v>
+      </c>
+      <c r="F774" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="775" spans="1:6">
+      <c r="A775" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C775" t="s">
+        <v>90</v>
+      </c>
+      <c r="D775" t="s">
+        <v>9</v>
+      </c>
+      <c r="E775" t="s">
+        <v>10</v>
+      </c>
+      <c r="F775" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="776" spans="1:6">
+      <c r="A776" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B776" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C776" t="s">
+        <v>39</v>
+      </c>
+      <c r="D776" t="s">
+        <v>9</v>
+      </c>
+      <c r="E776" t="s">
+        <v>10</v>
+      </c>
+      <c r="F776" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="777" spans="1:6">
+      <c r="A777" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C777" t="s">
+        <v>13</v>
+      </c>
+      <c r="D777" t="s">
+        <v>9</v>
+      </c>
+      <c r="E777" t="s">
+        <v>10</v>
+      </c>
+      <c r="F777" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="778" spans="1:6">
+      <c r="A778" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B778" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C778" t="s">
+        <v>94</v>
+      </c>
+      <c r="D778" t="s">
+        <v>9</v>
+      </c>
+      <c r="E778" t="s">
+        <v>10</v>
+      </c>
+      <c r="F778" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="779" spans="1:6">
+      <c r="A779" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B779" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C779" t="s">
+        <v>96</v>
+      </c>
+      <c r="D779" t="s">
+        <v>9</v>
+      </c>
+      <c r="E779" t="s">
+        <v>10</v>
+      </c>
+      <c r="F779" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="780" spans="1:6">
+      <c r="A780" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B780" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C780" t="s">
+        <v>98</v>
+      </c>
+      <c r="D780" t="s">
+        <v>9</v>
+      </c>
+      <c r="E780" t="s">
+        <v>10</v>
+      </c>
+      <c r="F780" t="s">
+        <v>1011</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>