--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -54,3711 +54,3711 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12174</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12174/dl001-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12174/dl001-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REMUNERAÇÃO DO PREFEITO E DO VICE-PREFEITO MUNICIPAL PARA O EXERCÍCIO FINANCEIRO DE 1993."</t>
   </si>
   <si>
     <t>12177</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12177/dl002-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12177/dl002-1993.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE, AO SR. ALÉCIO SILVA ALVES."</t>
   </si>
   <si>
     <t>12182</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12182/dl003-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12182/dl003-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE À CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JARBAS BITTENCOURT VIEIRA MACHADO."</t>
   </si>
   <si>
     <t>12184</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12184/dl004-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12184/dl004-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE, AO SR. LUIZ AFONSO MAGNAGO."</t>
   </si>
   <si>
     <t>12246</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, A SRª. AMÉLIA PEREIRA PINTO TAQUETE".</t>
   </si>
   <si>
     <t>12247</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12247/dl_006-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12247/dl_006-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, A SR. FLORIANO LOPES RUBIM".</t>
   </si>
   <si>
     <t>12248</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12248/dl_007-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12248/dl_007-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. ARGIPE FERREIRA NUNES".</t>
   </si>
   <si>
     <t>12249</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12249/dl_008-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12249/dl_008-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. ROBERTO ANCELMO KAUTSKY".</t>
   </si>
   <si>
     <t>12250</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12250/dl_009-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12250/dl_009-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. JEFERSON FERREIRA NUNES".</t>
   </si>
   <si>
     <t>12251</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12251/dl_010-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12251/dl_010-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. LÚCIO MERÇON".</t>
   </si>
   <si>
     <t>12252</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12252/dl_011-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12252/dl_011-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. EDSON FRANCISCO PEREIRA".</t>
   </si>
   <si>
     <t>12253</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12253/dl_012-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12253/dl_012-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. ANTONIO LIDINEY GOBBI".</t>
   </si>
   <si>
     <t>12254</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12254/dl_013-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12254/dl_013-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. OTOMAR WALTER SCHLENDER".</t>
   </si>
   <si>
     <t>12255</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12255/dl_014-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12255/dl_014-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, A SRª. RUTH MENDES COSTALONGA".</t>
   </si>
   <si>
     <t>12256</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12256/dl_015-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12256/dl_015-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, À SRª. GENOVEVA GAMA DEL´PUPO".</t>
   </si>
   <si>
     <t>12257</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12257/dl_016-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12257/dl_016-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. ANTONIO VENTURINI".</t>
   </si>
   <si>
     <t>12258</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12258/dl_017-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12258/dl_017-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. VITORIO KRAUSE".</t>
   </si>
   <si>
     <t>12259</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12259/dl_018-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12259/dl_018-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. HEBERT SUBTIL FRAGA".</t>
   </si>
   <si>
     <t>12260</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12260/dl_019-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12260/dl_019-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. CARLOS MAGNO PIMENTEL".</t>
   </si>
   <si>
     <t>12261</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12261/dl_020-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12261/dl_020-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, À SRª. ELZA STEIN DAS CHAGAS".</t>
   </si>
   <si>
     <t>12262</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12262/dl_021-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12262/dl_021-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, À SRª. ELMA PENHA HORTOLANI".</t>
   </si>
   <si>
     <t>12263</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12263/dl_022-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12263/dl_022-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. OTTO FERNANDO BAPTISTA MOREIRA".</t>
   </si>
   <si>
     <t>12264</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12264/dl_023-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12264/dl_023-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. FRIEDOHOLD SCHUANZ".</t>
   </si>
   <si>
     <t>12265</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12265/dl_024-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12265/dl_024-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. ADENILTON MORIM NEPOMUCENO".</t>
   </si>
   <si>
     <t>12266</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12266/dl_025-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12266/dl_025-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, À SRª ROSILDA DE FREITAS".</t>
   </si>
   <si>
     <t>12267</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12267/dl_026-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12267/dl_026-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. DOROTHEU GUEDES ALCANFORADO JUNIOR".</t>
   </si>
   <si>
     <t>12268</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12268/dl_027-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12268/dl_027-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, AO SR. ARI RIBEIRO DA SILVA".</t>
   </si>
   <si>
     <t>12269</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12269/dl_028-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12269/dl_028-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "CIDADÃO FLORIANENSE, À SRª. FERNANDA GIANÓRDOLI STEIN".</t>
   </si>
   <si>
     <t>12270</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12270/dl_029-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12270/dl_029-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "HONRA AO MÉRITO" À SRª. MARLUCE CARREIRO DE REZENDE MERÍSIO".</t>
   </si>
   <si>
     <t>12271</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12271/dl_030-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12271/dl_030-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. EMILIO GUSTAVO HULLE".</t>
   </si>
   <si>
     <t>12272</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12272/dl_031-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12272/dl_031-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª. ANA MARIA BOTELHO".</t>
   </si>
   <si>
     <t>12273</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12273/dl_032-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12273/dl_032-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. ANTONIO JOSÉ KLEIN".</t>
   </si>
   <si>
     <t>12274</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12274/dl_033-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12274/dl_033-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. GLADSTONE CESAR KILL".</t>
   </si>
   <si>
     <t>12275</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12275/dl_034-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12275/dl_034-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. NICOLAU KROOLING".</t>
   </si>
   <si>
     <t>12276</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12276/dl_035-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12276/dl_035-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. GERMANO KIEFER"</t>
   </si>
   <si>
     <t>12277</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12277/dl_036-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12277/dl_036-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. PAULO KROOLING".</t>
   </si>
   <si>
     <t>12278</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12278/dl_037-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12278/dl_037-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE, AO SR. FERDINANDO PREST".</t>
   </si>
   <si>
     <t>12279</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12279/dl_038-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12279/dl_038-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. FLORIANO KIEFER".</t>
   </si>
   <si>
     <t>12280</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12280/dl_039-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12280/dl_039-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª. LIANE MARIA BRAVIM CATELAN".</t>
   </si>
   <si>
     <t>12281</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12281/dl_040-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12281/dl_040-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE, AO SR. DOUGLAS PUPPIM".</t>
   </si>
   <si>
     <t>12282</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12282/dl_041-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12282/dl_041-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ FLORIANENSE À SRª. MAGDA LUGON ARANTES".</t>
   </si>
   <si>
     <t>12283</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12283/dl_042-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12283/dl_042-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. MAURO JOSÉ CHRISTO".</t>
   </si>
   <si>
     <t>12284</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12284/dl_043-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12284/dl_043-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. SEBASTIÃO VIEIRA RANGEL".</t>
   </si>
   <si>
     <t>12285</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12285/dl_044-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12285/dl_044-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE, AO SR. JOSELY PEREIRA".</t>
   </si>
   <si>
     <t>12286</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12286/dl_045-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12286/dl_045-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. SIDNEY JOSE BRAVIN".</t>
   </si>
   <si>
     <t>12287</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12287/dl_046-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12287/dl_046-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª. IDENEI PUPPIN CATELAN".</t>
   </si>
   <si>
     <t>12288</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12288/dl_047-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12288/dl_047-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. AMADOR ENDLICH".</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4809/4809_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4809/4809_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO DE QUE SEJAM REALIZADOS ABRIGOS DE ÔNIBUS EM ALTO MARECHAL E VICTOR HUGO.</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>Lastene Stockl</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4808/4808_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4808/4808_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CONSTRUÍDOS ABRIGOS DE ÔNIBUS NA ESTRADA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4807/4807_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4807/4807_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA JUNTO AO EXCELENTÍSSIMO SR. GOVERNADOR DO ESTADO, O TÉRMINO DAS OBRAS DE ASFALTAMENTO DA ESTRADA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4806/4806_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4806/4806_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO QUE SEJA VIABILIZADA O TÉRMINO DAS OBRAS DE ASFALTAMENTO DA RUA DE BATATAL.</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4805/4805_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4805/4805_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO DE QUE SEJAM REALIZADAS AS OBRAS DE PAVIMENTAÇÃO DA VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>Nides de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4804/4804_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4804/4804_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DE SER SOLICITADO O SEGUINTE:_x000D_
 1-MUDANÇA DO PONTO DE ESTACIONAMENTO DE TÁXIS NAS PROXIMIDADES DO LOCAL DE EMBARQUE E DESEMBARQUE DE PASSAGEIROS, DA VIAÇÃO ÁGUIA BRANCA E DA VIAÇÃO TRANSPRIMO, PARA UM OUTRO LOCAL DE MELHOR ACESSO.</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4803/4803_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4803/4803_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGÊNCIA NECESSIDADE DE SER SOLICITADO O SEGUINTE:_x000D_
 1- PATROLAMENTO E ENCASCALHAMENTO DA ESTRADA QUE LIGA DA ESTRADA QUE LIGA MARECHAL FLORIANO A LOCALIDADE DE BOM JESUS E A CONSTRUÇÃO DE UMA PONTE DE CONCRETO PRÉ MOLDADO COM APROXIMADAMENTE 5.00 MTS DE EXTENSÃO NA PROPRIEDADE DO SR. ANTONIO LANGE.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4802/4802_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4802/4802_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DE SER SOLICITADO  O SEGUINTE:_x000D_
 1- QUE A RUA WALDEMAR MEES EM MARECHAL FLORIANO, PASSE A TER MÃO ÚNICA, SENTIDO PRAÇA SANTA RITA ATÉ O DPM, E QUE SEJA SINALIZADA E DEMARCADOS OS PONTOS DE ESTACIONAMENTO NA MESMA.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4801/4801_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4801/4801_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA ADOÇÃO DAS SEGUINTES MEDIDAS:_x000D_
 1-CONSTRUÇÃO DE ABRIGOS PARA PASSAGEIROS ÀS MARGENS DA BR 262 NO POSTO VISTA ALEGRE, NO KM 56, ENTRADA DE SANTA MARIA E KM 68 EM ALTO SANTA MARIA._x000D_
 2- CONSTRUÇÃO DE UMA PLACA INDICATIVA, ÀS MARGENS DO KM 68 DA RODOVIA BR 262, REFERINDO-SE AO POSTO TELEFÔNICO, INSTALADO NA LOCALIDADE DE ALTO SANTA MARIA.</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4800/4800_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4800/4800_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO DE QUE SEJA REALIZADA A CONSTRUÇÃO DE QUEBRA MOLAS NA RUA CLARA ENDLICH E NA RUA BATATAL EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4799/4799_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4799/4799_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO DE QUE SEJA REALIZADA A REDE DE ESGOTO NA RUA PROJETADA (LOTEAMENTO ZÉ ARAÚJO) EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4798/4798_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4798/4798_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA A AMPLIAÇÃO DO POSTO DE SAÚDE DE MARECHAL FLORIANO JUNTAMENTE COM A INSTALAÇÃO DE UM PRONTO SOCORRO.</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4797/4797_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4797/4797_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE UMA AMPLA LIMPEZA DOS TERRENOS BALDIOS DE MARECHAL FLORIANO, JUNTO AOS SEUS PROPRIETÁRIOS.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4796/4796_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4796/4796_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA O TÉRMINO DA ABERTURA DA RUA DA LINHA EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4795/4795_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4795/4795_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO QUE SEJAM COLOCADOS "QUEBRA MOLAS" NA RUA MANOEL KILL.</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4794/4794_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4794/4794_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO QUE SEJA FEITA A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NO TREVO DE PARAJU, EM FRENTE AO BETINHO SIMON, NO SENTIDO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4793/4793_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4793/4793_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO QUE SEJA FEITA A CONSTRUÇÃO DE UM POSTO DE SAÚDE EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4792/4792_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4792/4792_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA ESTRADA QUE LIGA SANTA MARIA A ESCOLA FAZENDA LUBE, NAS PROXIMIDADES DA PROPRIEDADE DO SR. JAIR KROHLING.</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
     <t>Moacyr Elias Kuster</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4791/4791_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4791/4791_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA JUNTO A TELEST A IMPLANTAÇÃO DE UMA LINHA TELEFÔNICA NA LOCALIDADE DE SOÍDO DE BAIXO, NAS IMEDIAÇÕES DO SR. TONINHO KILL.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4790/4790_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4790/4790_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A CONTRATAÇÃO DE 01 (UM) FUNCIONÁRIO RESPONSÁVEL PELA CONSERVAÇÃO DA ESTRADA DE SOÍDO DE BAIXO NO TRECHO QUE LIGA O POSTO VISTA ALEGRE ATÉ AO SITIO TONINHO KILL.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4789/4789_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4789/4789_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO QUE SEJA VIABILIZADA OBRA DE CALÇAMENTO NA RUA "DO CAMPO" EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4788/4788_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4788/4788_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO QUE SEJA CONSTRUÍDO ABRIGO DE ÔNIBUS EM FRENTE AO POSTO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4787/4787_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4787/4787_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA NO SENTIDO QUE SEJA FEITA A CONSTRUÇÃO DE UMA FÁBRICA DE MANILHAS EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4786/4786_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4786/4786_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ADOÇÃO DA SEGUINTE MEDIDA:_x000D_
 SUBSTITUIÇÃO DAS LÂMPADAS VAPOR DE MERCÚRIO DE 80 WATTS, PARA LÂMPADAS VAPOR DE MERCÚRIO DE 250 WATTS LUMINÁRIAS ABERTA COM BRAÇO ORNAMENTAL, DAS SEGUINTES RUAS: RUA SANT'ANA, RUA DR. ARTHUR GERARTH, AV. PRESIDENTE KENNEDY ATÉ A IGREJA SANT'ANA, RUA EMILIO HULLE ATÉ A 2ª PONTE, PERFAZENDO UM TOTAL DE 32 LÂMPADAS.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
     <t>Lastene Stockl, Nides de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4785/4785_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4785/4785_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAM QUE SEJA SOLICITADO JUNTO AO DNER, COM A MÁXIMA URGÊNCIA A INSTALAÇÃO DE REDUTORES DE VELOCIDADE, JUNTAMENTE COM PLACAS INDICATIVAS DE PERÍMETRO URBANO, NA BR 262, DEPOIS DO POSTO MARECHAL, ATÉ O FIM DO 2° TREVO SENTIDO VITÓRIA.</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4784/4784_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4784/4784_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA JUNTO A TELEST A INSTALAÇÃO DE UM POSTO TELEFÔNICO EM RIO FUNDO.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4783/4783_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4783/4783_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SE FAÇA UMA AMPLA MELHORIA NA ILUMINAÇÃO DA RUA PROJETADA, RUA ASFALTADA E RUA  PRINCIPAL DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4782/4782_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4782/4782_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO JUNTO A CESAN DE IMPLANTAÇÃO DA REDE DE ESGOTO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4781/4781_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4781/4781_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A RETIRADA DA PEDRA NO LOCAL DENOMINADO POÇO FUNDO QUE ATRAPALHA O CURSO DO RIO BRAÇO DO SUL.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4780/4780_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4780/4780_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA DELEGACIA - DPM E AQUISIÇÃO DE UMA VIATURA.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4779/4779_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4779/4779_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO JUNTO À SECRETÁRIA DE ESPORTES A POSSIBILIDADE DE ALAMBRAR E ILUMINAR A QUADRA DE ESPORTES DA COMUNIDADE DE SOÍDO DE BAIXO, SITUADO NA PROPRIEDADE DO SR, TONINHO KILL.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4778/4778_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4778/4778_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSERVAÇÃO DAS ESTRADAS VELHA DE PARAJÚ E RIO FUNDO DO POSTO IPIRANGA À ARAGUAIA.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4777/4777_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4777/4777_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA JUNTO A TRANSPRIMO, QUE A LINHA CAMPINHO-MARECHAL, CIRCULE ATÉ O FINAL DA RUA BATATAL.</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4776/4776_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4776/4776_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A ILUMINAÇÃO DOS TREVOS DE MARECHAL FLORIANO, COM LÂMPADAS DE VAPOR DE MERCÚRIO.</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4775/4775_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4775/4775_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A OBRA DE CALÇAMENTO DO "BECO" AO LADO DA IGREJA MARANATA DE MARECHAL FLORIANO, JUNTAMENTE COM A CONSTRUÇÃO DE UMA PONTE DE CONCRETO COM CORRIMÃO SOBRE O CÓRREGO BRAÇO SUL.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4774/4774_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4774/4774_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO JUNTO A TELEST, A IMPLANTAÇÃO DE UMA LINHA TELEFÔNICA DO TONINHO KILL À PROPRIEDADE DO SR. ANTONIO CIPRIANO NA LOCALIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4773/4773_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4773/4773_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA RUA BATATAL EM FRENTE A PROPRIEDADE DO SR. ARQUILINO KIFFER.</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4771/4771_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4771/4771_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO UM "MULTIRÃO" JUNTO À POPULAÇÃO EM PROL DA LIMPEZA DOS CÓRREGOS DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4770/4770_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4770/4770_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O CALÇAMENTO DA RUA PROJETADA MANOEL KILLL EM FRENTE À CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4769/4769_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4769/4769_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA IMPLANTADO EM NOSSO MUNICÍPIO A SEGUINTE PROPOSIÇÃO:_x000D_
 -DENOMINAR "NOMES" ÀS RUAS COM A POSTERIOR NUMERAÇÃO DAS CASAS.</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4768/4768_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4768/4768_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJA COLOCADO QUEBRA MOLAS NA RUA PRINCIPAL DE ARAGUAIA._x000D_
 </t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4765/4765_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4765/4765_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A AMPLIAÇÃO DO PÁTIO DA ESCOLA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4764/4764_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4764/4764_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE A ANTIGA ESCOLA DE ARAGUAIA SEJA TRANSFORMADA EM UM CENTRO CULTURAL.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4763/4763_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4763/4763_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO A SUBSTITUIÇÃO DOS POSTES DA LINHA TELEFÔNICA DE ARAGUAIA JUNTO A TELEST.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4762/4762_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4762/4762_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA JUNTO A SECRETARIA DE SAÚDE A IMPLANTAÇÃO DE UM GABINETE DENTÁRIO EM ARAGUAIA.</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4760/4760_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4760/4760_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A IMPLANTAÇÃO DE UMA FARMÁCIA MUNICIPAL EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni, Moacyr Elias Kuster</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4759/4759_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4759/4759_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM MURO DE ARRIMO NA RUA MANOEL KIL.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4758/4758_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4758/4758_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA IMPLANTADO JUNTO ÀS TRÊS FARMÁCIAS DE MARECHAL FLORIANO O HORÁRIO DE PLANTÃO 24H, INCLUSIVE DOMINGOS E FERIADOS.</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4757/4757_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4757/4757_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA JUNTO A TELEST A INSTALAÇÃO DE UM ORELHÃO NA RUA BATATAL EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4756/4756_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4756/4756_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A CESAN O MELHORAMENTO DO ABASTECIMENTO DE ÁGUA NA RUA CECÍLIA PINTANGA PINTO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4755/4755_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4755/4755_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO ATENDIMENTO MÉDICO UMA VEZ POR SEMANA NA LOCALIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Lourival Schunk</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4754/4754_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4754/4754_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA RUA PROJETADA, PRÓXIMO A MERCEARIA ANTONIO BOENO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4753/4753_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4753/4753_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A ADMISSÃO DE GARIS PARA A RUA BATATAL E MARGINAL DA VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4752/4752_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4752/4752_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A CESAN A INSTALAÇÃO DE ÁGUA NA ESCOLA PLURIDOCENTE SITIO RUPFF, AO LADO DA PROPRIEDADE DO SR. ARQUILINO KIFFER.</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4749/4749_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4749/4749_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO AOS MORADORES DO PONTO FRIO EM MARECHAL FLORIANO, UMA REUNIÃO PARA REALIZAÇÃO DE UMA RUA ÚNICA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4748/4748_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4748/4748_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO UMA AMPLA REFORMA DA PONTE PRÓXIMO A PROPRIEDADE DA FAMÍLIA SCHUNK E DA PONTE PRÓXIMO A PROPRIEDADE DO SR. LORENCIO BORLOT EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4747/4747_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4747/4747_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4746/4746_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4746/4746_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A ILUMINAÇÃO DO TRECHO DA RUA BATATAL, QUE COMPREENDE  DA RESIDÊNCIA DO SR. GERMI TONOLI ATÉ AO SR. AGENOR BOTELHO.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4745/4745_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4745/4745_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DO POSSÍVEL SEJA TOMADAS AS SEGUINTES PROVIDÊNCIAS:_x000D_
 1- ILUMINAÇÃO DA RUA CLARA ENDLICH, TRECHO COMPREENDIDO DO SEU FINAL ATÉ O EDIFÍCIO KIFFER._x000D_
 2- ILUMINAÇÃO DA RUA MANOEL KILL, TRECHO COMPREENDIDO DA RESIDÊNCIA DO SR. DOZINO MONTEIRO ATÉ O POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4744/4744_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4744/4744_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA DENTRO DA MEDIDA DO POSSÍVEL A INSTALAÇÃO DE UM TELEFONE SISTEMA VAI-VEM, A SER INSTALADO NA ÁGUA PEDRA AZUL EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4743/4743_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4743/4743_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIDADE DA AMPLIAÇÃO DA PONTE NO FINAL DA RUA MANOEL KILL, ESQUINA COM A RUA VICTOR TRAVAGLIA COM APROXIMADAMENTE 3 MTS DE EXTENSÃO E TROCA DA VIGA CENTRAL DA MESMA QUE É DE MADEIRA E ESTÁ EM SITUAÇÃO PRECÁRIA.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4742/4742_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4742/4742_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ISENÇÃO DE TAXA DE TRANSFERÊNCIA DE VEÍCULOS DE OUTROS MUNICÍPIOS POR UM PRAZO DE 60 DIAS, COMO INCENTIVO A TRANSFERÊNCIA.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4741/4741_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4741/4741_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A TELEST A INSTALAÇÃO DE UM "ORELHÃO" DDD EM ARAGUAIA.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4739/4739_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4739/4739_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONTRATAÇÃO DE MAIS UM "BRAÇAL" PARA A COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4738/4738_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4738/4738_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONSTRUÇÃO DE UM POÇO ARTESIANO NA ESCOLA BRAÇO SUL, LOCALIZADO NA PROPRIEDADE DO SR. TONINHO KILL.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4737/4737_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4737/4737_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A VIAÇÃO ÁGUIA BRANCA, A IMPLANTAÇÃO DE PONTO DE ÔNIBUS NA ROD. BR 262 - KM 47, PRÓXIMO AO PONTO FRIO.</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4731/4731_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4731/4731_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ADOTAR UMA MEDIDA QUE OBRIGUE OS MORADORES DOS DISTRITOS PERTENCENTES A ESTE MUNICÍPIO, A CONSTRUÇÃO DE FOSSAS.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4730/4730_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4730/4730_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA A LIMPEZA E COLETA DE LIXO NA RUA EMILIO ENDLICH EM MARECHAL FLORIANO, E DENTRO DAS POSSIBILIDADES DA PREFEITURA SOLICITA TAMBÉM O CALÇAMENTO DA MESMA.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4729/4729_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4729/4729_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE LATÕES DE LIXO NA RUA BATATAL.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4728/4728_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4728/4728_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES DA PREFEITURA ESTUDE UMA FORMA DE CONVÊNIO OU ATÉ MESMO, A MÉDIO PRAZO A CONSTRUÇÃO DE UMA FUNERÁRIA MUNICIPAL EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4727/4727_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4727/4727_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO PRÓXIMO A PROPRIEDADE DO SR. BRUNO COSMO, QUE LIGA A BR 262 À SÃO BENTO URÂNIA, E OUTRA PRÓXIMO A PROPRIEDADE DO SR. OLIMPIO PEREIRA PINTO, APÓS A ENTRADA DE RIBEIRÃO CAPIXABA EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4724/4724_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4724/4724_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DE UM CONSULTÓRIO ODONTOLÓGICO AMBULANTE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4723/4723_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4723/4723_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DE UM CONSULTÓRIO MÉDICO, QUE ATENDA UMA VEZ POR SEMANA E QUE ESTE FUNCIONE NA ESCOLA QUE SE ENCONTRA DESATIVADA NA LOCALIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4722/4722_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4722/4722_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A VIAÇÃO TRANSPRIMO, A CRIAÇÃO DE UMA LINHA DE ÔNIBUS QUE FAÇA O PERCURSO DE ALTO SANTA MARIA ATÉ MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4719/4719_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4719/4719_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A ILUMINAÇÃO DA RUA PRINCIPAL DE VICTOR HUGO, QUE TEM INÍCIO NA BR 262 E VAI ATÉ A ESCOLA DE 1° GRAU VICTOR HUGO.</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4717/4717_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4717/4717_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA TOMADA PROVIDÊNCIAS URGENTE, JUNTO A PREFEITURA MUNICIPAL DE DOMINGOS MARTINS, SOBRE A QUESTÃO DO LIXO HOSPITALAR QUE FICA EXPOSTO EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4715/4715_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4715/4715_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DE SER SOLICITADA JUNTO AO SR. HONÓIO CATELAN, PROPRIETÁRIO DO LOTE SITUADO NA PRAÇA SANTA RITA EM MARECHAL FLORIANO, PARA QUE FAÇA UM PROTEÇÃO "TIPO TAPUME" NO MESMO.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4714/4714_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4714/4714_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A MUDANÇA DE PONTO DE ÔNIBUS DA VIAÇÃO TRANSPRIMO, PARA OS ABRIGOS INSTALADOS PARA ESTE FIM.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4713/4713_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4713/4713_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UMA ANTENA PARABÓLICA PARA A TV BANDEIRANTES EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4712/4712_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4712/4712_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA A PAVIMENTAÇÃO DA RUA PONTO FRIO, COM INÍCIO NO GRUPO ESCOLAR ELISIÁRIO FERREIRA FILHO ATÉ A BR 262.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4711/4711_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4711/4711_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CRIAÇÃO DE UMA ESCOLA AGRÍCOLA EM MARECHAL FLORIANO, NA LOCALIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4710/4710_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4710/4710_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UM QUADRA DE ESPORTES NA LOCALIDADE DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4709/4709_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4709/4709_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A REABERTURA DA ESTRADA DO CÓRREGO DO OURO EM VICTOR HUGO, ATÉ A PROPRIEDADE DO SR. JOSÉ RHEIN.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4708/4708_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4708/4708_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA QUE SEJA REALIZADO UM ESTUDO ENTRE A PREFEITURA E A SECRETARIA DE SAÚDE, PARA QUE DENTRO DAS POSSIBILIDADES DO MUNICÍPIO, SEJA CONSTRUÍDO UM MATADOURO MUNICIPAL, DENTRO DAS NORMAS DA SAÚDE.</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4707/4707_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4707/4707_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A TELEST, A IMPLANTAÇÃO DE UM POSTO TELEFÔNICO NA LOCALIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4705/4705_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4705/4705_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A ILUMINAÇÃO DO PÁTIO DA IGREJA DE BOM JESUS, COM A COLOCAÇÃO DE 3 (TRÊS) POSTES.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4704/4704_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4704/4704_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES DA PREFEITURA SEJA REALIZADO O CALÇAMENTO DA RUA QUE DÁ ACESSO A IGREJA LUTERANA, AO LADO DA PROPRIEDADE DO SR. LICO KUSTER.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4701/4701_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4701/4701_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A TELEST, A INSTALAÇÃO DE UM TELEFONE PÚBLICO NA RUA ANTENOR DOS SANTOS BRAGA, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4699/4699_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4699/4699_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A TELEST A INSTALAÇÃO DE UM TELEFONE PÚBLICO NA RUA VICTOR TRAVÁGLIA, PRÓXIMO A MERCEARIA ZÉ ARAÚJO.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4698/4698_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4698/4698_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A ILUMINAÇÃO DA RUA PRINCIPAL DE RIO FUNDO, COM LÂMPADAS VAPOR DE MERCÚRIO.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4696/4696_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4696/4696_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DO POSSÍVEL SEJA TOMADA A SEGUINTE PROVIDÊNCIA:_x000D_
 -PADRONIZAR AS CALÇADAS DE MARECHAL FLORIANO E ARAGUAIA.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4693/4693_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4693/4693_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA COLOCADO LATÕES DE LIXO, NAS PRINCIPAIS RUAS DA CIDADE, SENDO DE MAIOR URGÊNCIA NA PRAÇA SANTA RITA E AVENIDA PRINCIPAL.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4691/4691_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4691/4691_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NO "BECO" QUE DÁ ACESSO A RESIDÊNCIA DO SR. ORENDINO VIERIA NUNES, PRÓXIMO AO COMÉRCIO DO SR. ALTEVIR WASSEM.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4687/4687_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4687/4687_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A CONSTRUÇÃO DE QUEBRA MOLA NA RUA ADÃO KIEFER EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4685/4685_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4685/4685_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O AUMENTO DO PERÍMETRO URBANO DA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4683/4683_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4683/4683_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE UM SERVIDOR BRAÇAL PARA TRABALHAR NA CONSERVAÇÃO E FISCALIZAÇÃO DA LIMPEZA DO CÓRREGO DE BATATAL.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4682/4682_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4682/4682_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ELABORADO UM CONVÊNIO COM A SOCIEDADE PESTALOZZI DE MARECHAL FLORIANO PARA REPASSE DE VERBA PARA AQUELA ENTIDADE, PARA O PAGAMENTO DE PROFESSORES.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4680/4680_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4680/4680_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO REPAROS NA PONTE DE MADEIRA NA RUA BATATAL, PRÓXIMO A PROPRIEDADE DO SR. ANTONIO LEMOS.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4679/4679_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4679/4679_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ELABORADO UM PROJETO PAISAGÍSTICO PARA MARECHAL FLORIANO, COM PLANTIO DE ÁRVORES NAS PRINCIPAIS RUA E COLOCAÇÃO DE FLOREIRA NAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4678/4678_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4678/4678_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ESTUDADO UMA FORMA DE MUTIRÃO, JUNTO A COMUNIDADE DO MUNICÍPIO DE MARECHAL FLORIANO, PARA CONSTRUÇÃO DE CASAS POPULARES.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4677/4677_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4677/4677_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A ILUMINAÇÃO DO CAMPO DE FUTEBOL DO ESPORTE CLUBE SANTA MARIA DO ARAGUAIA.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4676/4676_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4676/4676_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REABERTURA DA RUA DE BATATAL, COM UM AUMENTO DE 2 M PARA CONSTRUÇÃO DE PASSEIO PARA PEDESTRES.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4675/4675_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4675/4675_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE SE FORMAR PEQUENAS ASSOCIAÇÕES, PARA COMPRA DE PRODUTOS AGRÍCOLAS, DIRETAMENTE DOS FABRICANTES A PREÇO DE CUSTO.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4674/4674_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4674/4674_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A ILUMINAÇÃO DA RUA QUE DÁ ACESSO A QUADRA DE ESPORTES DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4673/4673_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4673/4673_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A REABERTURA DA ESTRADA QUE LIGA SANTA MARIA À CAROLINA.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4672/4672_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4672/4672_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CALÇAMENTO NA RUA QUE DÁ ACESSO A QUADRA DE ESPORTES "ESPAÇO ESPORTE E CULTURA", DENOMINADA RUA ELIZABETH TAQUETE CATELAN.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4671/4671_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4671/4671_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA SOLICITADO JUNTO AO ORGÃO DO GOVERNO COMPETENTE PARA ESSE FIM, A DRENAGEM DO RIO FUNDO, NO TRECHO ENTRE A RESIDÊNCIA DO SR. GERALDO LUDUVICO ATÉ A GRANJA DO SR. JOSÉ LUIZ SODRÉ.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4670/4670_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4670/4670_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM PROCEDIDOS MELHORAMENTOS NA RUA PROJETADA COM INÍCIO NO PORTÃO DUCOURO ATÉ A PROPRIEDADE DO SR. ARTHUR DO ROSÁRIO.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4669/4669_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4669/4669_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO UM CONCURSO NAS ESCOLAS PARA CRIAÇÃO DOS SÍMBOLOS MUNICIPAIS, TAIS COMO, A BANDEIRA E O BRASÃO DO MUNICÍPIO, E SUGERIMOS TAMBÉM QUE SEJA OFERECIDO UM PRÊMIO AO VENCEDOR E QUE SEJA CONTADO PONTOS EM SEU CURRÍCULO ESCOLAR COMO FORMA DE INCENTIVO.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4668/4668_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4668/4668_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES, ANEXO AO MESMO JARDIM DE INFÂNCIA E CRECHE NO FINAL DA RUA BELARMINO PINTO, PRÓXIMO AO MATADOURO.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4667/4667_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4667/4667_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO O CALÇAMENTO DO TRECHO QUE DÁ ACESSO A SUBIDA DO CEMITÉRIO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4666/4666_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4666/4666_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O CALÇAMENTO DA RUA ANÍBAL BRAVIM, QUE DÁ ACESSO AO CARTÓRIO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4665/4665_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4665/4665_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A DRAGAGEM DO RIO ARAGUAIA (TRECHO DE ARAGUAIA A RIO FUNDO).</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4664/4664_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4664/4664_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA A LIMPEZA E COLETA DE LIXO DA RUA PROJETADA PARALELA A RUA VICTOR TRAVAGLIA, JUNTAMENTE COM A COLOCAÇÃO DE LATÃO DE LIXO E CONTRATAÇÃO DE GARI PARA MANUTENÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4663/4663_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4663/4663_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO REPAROS NA PONTE DE MADEIRA, PRÓXIMO A RESIDÊNCIA DO SR. ARQUILINO KIEFFER.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4662/4662_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4662/4662_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA OFICIALIZADO OS FERIADOS MUNICIPAIS COM URGÊNCIA.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4661/4661_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4661/4661_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO DENTRO DAS POSSIBILIDADES DA PREFEITURA A REFORMA DA PONTE DE MADEIRA, OU SE POSSÍVEL SUBSTITUÍ-LA POR UMA PONTE DE CONCRETO, NA LOCALIDADE DE SOÍDO DE BAIXO, PRÓXIMO A PROPRIEDADE DO SR. HENRIQUE GUESSA.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4660/4660_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4660/4660_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO UMA AMPLA REFORMA DA PASSARELA DA RUA DA LINHA, PRÓXIMO A RESIDÊNCIA DO SR. AGENOR BORGES MORAES.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4659/4659_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4659/4659_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A PAVIMENTAÇÃO DO TRECHO QUE DÁ ACESSO A RUA PROJETADA (SUBIDA DO ZÉ ARAÚJO).</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4658/4658_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4658/4658_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONSTRUÇÃO DE PONTES DE CONCRETO AO LONGO DA ESTRADA DE RIO FUNDO: (2) E (1) PRÓXIMO A SERRARIA DO SR. VERGÍLIO BREDA.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4657/4657_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4657/4657_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA LOCALIDADE DE ALTO SANTA MARIA, NAS PROXIMIDADES DA FAZENDA DO SR. DOMINGOS A. ENTRIGER.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4656/4656_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4656/4656_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO O MATERIAL PARA CONSTRUÇÃO DE UM MINI-POSTO DE SAÚDE EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4655/4655_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4655/4655_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA A NOMEAÇÃO DO SECRETÁRIO MUNICIPAL DE OBRAS, COM UMA CERTA URGÊNCIA.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4654/4654_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4654/4654_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SR. ALCIDES HAND, (SENTIDO BATATAL).</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4653/4653_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4653/4653_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A LIMPEZA E COLOCAÇÃO DE LATÕES DE LIXO NA RUA QUINTA DOS LAGOS, E DENTRO DAS POSSIBILIDADES SOLICITA A PAVIMENTAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4652/4652_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4652/4652_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A TELEST A INSTALAÇÃO DE UM TELEFONE PÚBLICO VAI-VEM NA RODOVIÁRIA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4651/4651_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4651/4651_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA ELABORAÇÃO DE UM DESENHO URBANO POR UM PROFISSIONAL PARA O MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4650/4650_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4650/4650_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A ILUMINAÇÃO DO JARDIM DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4649/4649_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4649/4649_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM PARQUE INFANTIL EM ARAGUAIA.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4648/4648_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4648/4648_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UM REPETIDOS NA LOCALIDADE DE SOÍDO DE BAIXO. (TV GAZETA).</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4647/4647_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4647/4647_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM POÇO ARTESIANO NA LOCALIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4646/4646_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4646/4646_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE 2 (DOIS) SERVIDORES BRAÇAIS PARA A AVENIDA ARTHUR HAESE, SÃO JOSÉ, ERCÍLIO PEREIRA E ARMANDO WALCH.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4645/4645_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4645/4645_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONTRATAÇÃO DE 1 (UM) SERVIDOR BRAÇAL PARA A RUA EMILIO GUSTAVO HULLE, CLARA ENDLICH E ANTENOR DOS SANTOS BRAGA.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4644/4644_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4644/4644_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO REPAROS E TROCA DO SISTEMA DE ILUMINAÇÃO DA PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4643/4643_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4643/4643_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONTRATAÇÃO DE UM MÉDICO VETERINÁRIO PARA PRESTAÇÃO DE SERVIÇOS AO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4642/4642_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4642/4642_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA CASA DO MENOR E DO ADOLESCENTE PARA MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4641/4641_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4641/4641_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA SOLICITADO JUNTO A ESCELSA, UM ORÇAMENTO DE EXTENSÃO DE REDE COM LUMINÁRIA EM SANTA MARIA, TENDO APROXIMADAMENTE 2 POSTES TRECHO COMPREENDIDO DO ARMAZÉM DO SR. FICA ATÉ A RESIDÊNCIA DO SR. GONÇALO MACHADO, SENTIDO SANTA MARIA A BR. 262.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4640/4640_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4640/4640_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A AVIAÇÃO ÁGUIA BRANCA, QUE A EMPRESA FAÇA O PERCURSO DOS ÔNIBUS INTER-MUNICIPAIS, PELO CENTRO DE MARECHAL FLORIANO, COM PARADAS NA RUA PRESIDENTE KENNEDY.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4639/4639_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4639/4639_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A AQUISIÇÃO DE MÉTODOS CONTRACEPTIVOS (ANTICONCEPCIONAIS) VISANDO SUA DISTRIBUIÇÃO AS MULHERES QUE INTEGRAM O PROGRAMA DE PLANEJAMENTO FAMILIAR.</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4638/4638_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4638/4638_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONTRATAÇÃO DE UM SERVIDOR BRAÇAL PARA O BAIRRO VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4637/4637_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4637/4637_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UM ORELHÃO NA RUA PARALELA A LINHA FÉRREA, DENOMINADO COMO RUA DA LINHA.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4636/4636_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4636/4636_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO MELHORIAS NA RUA PONTO FRIO, JUNTAMENTE COM MELHORIAS NA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4635/4635_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4635/4635_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROCEDIDOS MELHORAMENTOS NO ESCOAMENTO DE ÁGUA PLUVIAIS NA RUA PROJETADA, PARALELA A VICTOR TRAVAGLIA, TENDO INICIO NA RESIDÊNCIA DA SRª ILZA TONGO, ATÉ O CÓRREGO BATATAL.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4634/4634_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4634/4634_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROCEDIDOS MELHORAMENTOS NO CALÇAMENTO E NO MEIO-FIO DAS RUAS VICTOR TRAVAGLIA, SANTANA, EMILIO HULLE E AVENIDA PRESIDENTE KENNEDY.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4633/4633_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4633/4633_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A IMPLANTAÇÃO DE UM POSTO DE SAÚDE NA LOCALIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4632/4632_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4632/4632_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM PROCEDIDOS MELHORAMENTOS NO BECO, PARALELO A RUA VICTOR TRAVÁGLIA, JUNTAMENTE COM MELHORIAS NA SUA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ELABORADO UM CONVÊNIO COM A ENTIDADE "SOU FELIZ", ORGANIZAÇÃO DE AMPAROS À IDOSOS DE MARECHAL FLORIANO, PARA REPASSE DE VERBA PARA AQUELA ENTIDADE, PARA TÉRMINO DE SUAS INSTALAÇÕES.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4630/4630_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4630/4630_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROCEDIDOS MELHORAMENTOS NO FINAL DA RUA THIERES VELOSO, JUNTAMENTE COM A CONTRATAÇÃO DE GARI.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4629/4629_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4629/4629_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE INTERCEDA JUNTO AO SECRETÁRIO DE SAÚDE PARA QUE PASSE A SER REALIZADO EXAMES PREVENTIVOS JUNTO AS MULHERES DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4628/4628_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4628/4628_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A RETIRADA DAS MANILHAS SOB A PONTE DA RUA PROJETADA PARALELA A VICTOR TRAVÁGLIA.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4627/4627_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4627/4627_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE 01 (UM) MÉDICO VETERINÁRIO E 01 (UM) ENGENHEIRO AGRÔNOMO, PARA ATENDER AOS PEQUENOS E MÉDIOS PRODUTORES E AGRICULTORES.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4626/4626_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4626/4626_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE UMA ÁREA OU LOCAL PARA INSTALAÇÃO DE UM TERMINAL RODOVIÁRIO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4625/4625_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4625/4625_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE UM LOCAL PARA INSTALAÇÃO DO CENTRO CULTURAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4624/4624_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4624/4624_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO UM MUTIRÃO JUNTO À POPULAÇÃO EM PROL DA LIMPEZA DO CÓRREGO BATATAL.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Moacyr Elias Kuster, Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4623/4623_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4623/4623_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONSTRUÇÃO DE UMA PONTE DE CONCRETO EM ALTO SANTA MARIA, PRÓXIMO A PROPRIEDADE DOS IRMÃOS VENTURINI E JAIR GILLES.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4622/4622_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4622/4622_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A PODE DE ALGUNS GALHOS DA ÁRVORE PRÓXIMO A IGREJA MARANATA.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Amarílio José Klein, Nides de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4621/4621_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4621/4621_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A INSTALAÇÃO DE UM TELEFONE PÚBLICO NO PONTO DE TÁXI DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4620/4620_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4620/4620_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A ILUMINAÇÃO DA ESCOLA DE 1° GRAU, LOCALIZADA NAS PROXIMIDADES DA PROPRIEDADE DO SR. BETINHO SIMON.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4619/4619_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4619/4619_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A ILUMINAÇÃO DO PÁTIO DO POSTO DE SAÚDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4618/4618_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4618/4618_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE ESTUDE UMA FORMA PARA QUE O POSTO DE SAÚDE, PASSE A FUNCIONAR NOS FINAIS DE SEMANA, PELO MENOS MEIO EXPEDIENTE, PRINCIPALMENTE SETOR DE MAIS NECESSIDADE, PRONTO ATENDIMENTO.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4508/4508_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4508/4508_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O EXM° PREFEITO MUNICIPAL, QUE SEJA VIABILIZADO A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA PROPRIEDADE DO SR. EDUARDO LEOPOLDO ENTRINGER.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4507/4507_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4507/4507_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO EXM° PREFEITO MUNICIPAL, A CONSTRUÇÃO DE UMA PONTE DE CONCRETO PRÓXIMO A IGREJA LUTERANA DE ALTO SANTA MARIA , NA PROPRIEDADE DO SR. EMILIO REGIANI FILHO.</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4506/4506_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4506/4506_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO EXM° SR.PREFEITO MUNICIPAL QUE SEJA VIABILIZADO A CONSTRUÇÃO DE UM IMÓVEL NA LOCALIDADE DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>INDICA AO EXM° SR.PREFEITO MUNICIPAL, A NECESSIDADE DE REMUNERAÇÃO AOS SERVIDORES QUE TRABALHAM ALÉM DAS (OITO) HORAS DIÁRIAS .</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4504/4504_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4504/4504_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO EXM° PREFEITO MUNICIPAL QUE SEJA REALIZADO A LIMPEZA E A COLETA DE LIXO DA RUA DO CAMPO ,JUNTAMENTE COM A COLOCAÇÃO DE LATÃO DE LIXO E CONTRATAÇÃO DE 01 (UM) GARI.</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4503/4503_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4503/4503_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO EXM° SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA ESTRADA DE ALTO NOVA ALMEIDA,NA PROPRIEDADE DE JOÃO CARPINA.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4502/4502_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4502/4502_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO EXM° SR.PREFEITO MUNICIPAL A URGENTE NECESSIDADE DE:_x000D_
 _x000D_
 1-QUE A RUA VICTOR TRAVÁGIA,COM INÍCIO NA TRAVESSIA SOBRE A LINHA FÉRREA DA REDE FERROVIÁRIA FEDERAL ATÉ O BAR MAGNO ,PASSE A SER PROIBIDO ESTACIONAR ,E QUE SEJA SINALIZADA COM PLACAS DE ORIENTAÇÃO AOS MOTORISTAS._x000D_
 _x000D_
 2-QUE SEJA PERMITIDO ESTACIONAR SÓ PARA CARGA E DESCARGA COM HORÁRIO DEFINITIVO E DEVIDAMENTE SINALIZADO.    </t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4501/4501_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4501/4501_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO EXM° SR. PREFEITO MUNICIPAL, QUE SEJA REALIZADO A PAVIMENTAÇÃO DA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>10082</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10082/m001-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10082/m001-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. CONSTÂNCIO PARMAGNANI.</t>
   </si>
   <si>
     <t>10084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10084/m002-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10084/m002-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. FRANCISCO STOCKL.</t>
   </si>
   <si>
     <t>10085</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10085/m003-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10085/m003-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. FRANCISCO ONOFRE DE ASSIS.</t>
   </si>
   <si>
     <t>10086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10086/m004-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10086/m004-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR , PELO PASSAMENTO DO SR. GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>10087</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10087/m005-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10087/m005-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. IDERALDO LUIZ BRAGA E SEU FILHO CLEVERSON LUIZ BRAGA.</t>
   </si>
   <si>
     <t>10088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10088/m006-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10088/m006-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PSAR, PELO PASSAMENTO DO SR. FREDERICO MAYER.</t>
   </si>
   <si>
     <t>10089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10089/m007-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10089/m007-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. PEDRO CHRISTO.</t>
   </si>
   <si>
     <t>10090</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10090/m008-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10090/m008-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES, AO EXMº SR. PREFEITO MUNICIPAL ELIAS KIEFER.</t>
   </si>
   <si>
     <t>10091</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10091/m009-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10091/m009-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DA SRª CRISTINA FRANCISCA DE FREITAS PADILHA.</t>
   </si>
   <si>
     <t>10092</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10092/m010-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10092/m010-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES, A ILMª ELMA HORTOLANI.</t>
   </si>
   <si>
     <t>10093</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10093/m011-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10093/m011-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES AO EXMº SR. ELIAS KIEFER.</t>
   </si>
   <si>
     <t>10094</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10094/m012-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10094/m012-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO  E CONGRATULAÇÕES, AO ILMº SR. EDIR DA SILVA.</t>
   </si>
   <si>
     <t>10095</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10095/m013-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10095/m013-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO D VOTO DE APLAUSO E CONGRATULAÇÕES, AO EXMº SR. PREFEITO MUNICIPAL ELIAS KIEFER.</t>
   </si>
   <si>
     <t>10096</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10096/m014-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10096/m014-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. FLORÊNCIO EMILIO EDUARDO KRAUSE.</t>
   </si>
   <si>
     <t>10097</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10097/m015-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10097/m015-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES AO EXMº SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10098</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10098/m016-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10098/m016-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. JOÃO PEDRO MARQUES.</t>
   </si>
   <si>
     <t>10099</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10099/m017-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10099/m017-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DA SRª AVELINA PETERLE.</t>
   </si>
   <si>
     <t>10100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10100/m018-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10100/m018-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DO SR. JOSÉ DE SOUZA.</t>
   </si>
   <si>
     <t>10101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10101/m019-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10101/m019-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VTO DE APLAUSO E CONGRATULAÇÕES AOS SERVIDORES DESTE PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>10102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10102/m020-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10102/m020-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES.</t>
   </si>
   <si>
     <t>10103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10103/m021-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10103/m021-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES A SRª VALDETE RIZ KIEFER.</t>
   </si>
   <si>
     <t>10104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10104/m022-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10104/m022-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR PELO PASSAMENTO DO SR. JOÃO DANIEL.</t>
   </si>
   <si>
     <t>10105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10105/m023-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10105/m023-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE PESAR, PELO PASSAMENTO DA SRª EVENINA MARIA PIMENTEL.</t>
   </si>
   <si>
     <t>10106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10106/m024-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10106/m024-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE UM VOTO DE PESAR, PELO PASSAMENTO DO SR. OSVALDO VENTURINI.</t>
   </si>
   <si>
     <t>10107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10107/m025-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10107/m025-1993.pdf</t>
   </si>
   <si>
     <t>10108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10108/m026-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10108/m026-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÃO, AO EXMº SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10109/m027-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10109/m027-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE UM VOTO DE PESAR, PELO PASSAMENTO DO SR. DOROTHEU GUEDES ALCONFRADO JUNIOR.</t>
   </si>
   <si>
     <t>10110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10110/m028-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10110/m028-1993.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES, A EQUIPE DO ESPORTE CLUBE APOLLO XIII.</t>
   </si>
   <si>
     <t>10794</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10794/pc001-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10794/pc001-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 0002/93.</t>
   </si>
   <si>
     <t>10795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10795/pc002-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10795/pc002-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 022/93.</t>
   </si>
   <si>
     <t>10796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10796/pc003-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10796/pc003-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 023/93.</t>
   </si>
   <si>
     <t>10797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10797/pc004-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10797/pc004-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 024/93.</t>
   </si>
   <si>
     <t>10864</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10864/pc005-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10864/pc005-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0025/93.</t>
   </si>
   <si>
     <t>10868</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10868/pc008-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10868/pc008-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0038/93.</t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0051/93.</t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10939/pc010-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10939/pc010-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0044/93.</t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10940/pc011-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10940/pc011-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0055/93.</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11023/pc012-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11023/pc012-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0056/93.</t>
   </si>
   <si>
     <t>11024</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSP - COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11024/pc013-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11024/pc013-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 0057/93.</t>
   </si>
   <si>
     <t>11025</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11025/pc014-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11025/pc014-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 0058/93.</t>
   </si>
   <si>
     <t>11026</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11026/pc015-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11026/pc015-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 0060/93.</t>
   </si>
   <si>
     <t>10853</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10853/pc070-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10853/pc070-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0022/93.</t>
   </si>
   <si>
     <t>10854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10854/pc071-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10854/pc071-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0023/93.</t>
   </si>
   <si>
     <t>10856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10856/pc072-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10856/pc072-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0024/93.</t>
   </si>
   <si>
     <t>10860</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10860/pc073-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10860/pc073-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0026/93.</t>
   </si>
   <si>
     <t>10859</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10859/pc074-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10859/pc074-1993.pdf</t>
   </si>
   <si>
     <t>10862</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10862/pc075-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10862/pc075-1993.pdf</t>
   </si>
   <si>
     <t>10865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10865/pc076-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10865/pc076-1993.pdf</t>
   </si>
   <si>
     <t>10866</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10866/pc077-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10866/pc077-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0034/93.</t>
   </si>
   <si>
     <t>10869</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0039/93.</t>
   </si>
   <si>
     <t>10870</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10870/pc079-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10870/pc079-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0040/93.</t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10937/pc080-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10937/pc080-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0050/93.</t>
   </si>
   <si>
     <t>11029</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11029/pc081-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11029/pc081-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0041/93.</t>
   </si>
   <si>
     <t>11027</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSP - COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11027/pc082-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11027/pc082-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0006/93.</t>
   </si>
   <si>
     <t>11030</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11030/pc083-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11030/pc083-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO 0049/93.</t>
   </si>
   <si>
     <t>11031</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11031/pc084-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11031/pc084-1993.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0054/93.</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ELIAS KIEFER</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4361/4361_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4361/4361_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4360/4360_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4360/4360_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PLANO DE VENCIMENTO DE CARREIRA E DEFINE O SISTEMA DE VENCIMENTO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4359/4359_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4359/4359_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DAS DISPOSIÇÕES PRELIMINARES </t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4358/4358_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4358/4358_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O ESTATUTO DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4357/4357_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4357/4357_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO E A ESTRUTURA DO CONSELHO MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4356/4356_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4356/4356_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DE PONTOS DE TÁXI E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4354/4354_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4354/4354_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGO DE ADVOGADO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4353/4353_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4353/4353_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ISENTA DE JUROS E MULTA, CONTRIBUINTE DEVEDORES DE IPTU EM 1992.</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4351/4351_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4351/4351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA TRANSFERÊNCIA DE SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4350/4350_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4350/4350_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA AS LEIS Nº 002 E 004/93 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4349/4349_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4349/4349_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA VALOR DA UPV E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4348/4348_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4348/4348_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA E ALTERA O QUANTITATIVO DE CARGOS COMISSIONADOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4347/4347_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4347/4347_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A PARTICIPAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO, NA CONSTITUIÇÃO DO CONSÓRCIO SANTA MARIA DA VITÓRIA - JUCU. </t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4346/4346_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4346/4346_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI Nº 002/93 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4345/4345_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4345/4345_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA O CHEFE DO PODER EXECUTIVO MUNICIPAL AUTORIZADO A FIRMAR CONVÊNIO COM O ESPIRITO SANTO CENTRAS ELÉTRICAS S/A.</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4344/4344_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4344/4344_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL, CELEBRAR CONVÊNIO COM A CAMPANHA NACIONAL DE ESCOLAS DA COMUNIDADE "CNEC".</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4343/4343_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4343/4343_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 1993 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4342/4342_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4342/4342_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM ÓRGÃOS DO GOVERNO ESTADUAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4340/4340_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4340/4340_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CARGO COMISSIONADO DE SUPERVISOR DE ENFERMAGEM. </t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4338/4338_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4338/4338_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4336/4336_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4336/4336_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4334/4334_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4334/4334_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVO TRATAMENTO ÁS MULTAS POR INFRAÇÃO A LEGISLAÇÃO TRIBUTÁRIA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4332/4332_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4332/4332_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO 1º DA LEI MUNICIPAL Nº 002/93.</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4330/4330_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4330/4330_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DEFINE CRITÉRIOS PARA COBERTURA DA TAXA DE ILUMINAÇÃO PÚBLICA. </t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4329/4329_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4329/4329_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONTRATAÇÃO DE SERVIDORES. </t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4327/4327_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4327/4327_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ISENTA A RFFSA DE IMPOSTOS E TAXAS. </t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4320/4320_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4320/4320_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REAJUSTA U. P. V.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4318/4318_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4318/4318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O MUNICÍPIO A CONTRAIR FINANCIAMENTO JUNTO A CVRD PARA SANEAMENTO BÁSICO E PAVIMENTAÇÃO DE RUAS. </t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4317/4317_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4317/4317_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL VISANDO A AQUISIÇÃO DE UM ÔNIBUS ESCOLAR, ATRAVÉS DE RECURSO NÃO REVERSÍVEL CONCEDIDO PELA CVRD.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4316/4316_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4316/4316_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL VISANDO A AQUISIÇÃO DE UM GABINETE ODONTOLÓGICO, ATRAVÉS DE RECURSO NÃO REVERSÍVEL CONCEDIDO PELO CVRD. </t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4312/4312_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4312/4312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER AS NECESSIDADES TEMPORÁRIAS DE EXCEPCIONAL INTERESSE PÚBLICO. </t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4310/4310_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4310/4310_texto_integral.pdf</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4309/4309_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4309/4309_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS QUANTITATIVOS DOS CARGOS DE MOTORISTAS, ODONTOLÓGICO E AUXILIAR ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4307/4307_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4307/4307_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AQUISIÇÃO DE BEM IMÓVEL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4305/4305_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4305/4305_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE "DELIMAR SCHUNK" A ATUAL RUA DA LINHA NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4300/4300_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4300/4300_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME À RUA LOCALIZADA NO PONTO FRIO, DE "EMILIO ENTRINGER" NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4299/4299_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4299/4299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O SISTEMA DE NUMERAÇÃO MÉTRICA DE RUAS, PRAÇAS E AVENIDAS, SEGUINDO-SE O PADRÃO NUMÉRICO LINEAR. </t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4297/4297_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4297/4297_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA O PERÍODO DE 1994 A 1997. </t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4295/4295_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4295/4295_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O REAJUSTE DA UNIDADE PADRÃO DE VENCIMENTO. </t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4294/4294_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4294/4294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CELEBRAÇÃO DE CONVÊNIO COM O MUNICÍPIO DE DOMINGOS MARTINS. </t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4293/4293_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4293/4293_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZO O EXECUTIVO MUNICIPAL A ABRI CRÉDITO SUPLEMENTAR. </t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4291/4291_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4291/4291_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O REPASSE DE VERBA À "SOU FELIZ" ORGANIZAÇÃO DE AMPARO AOS IDOSOS. </t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4290/4290_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4290/4290_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ABERTURA DE CRÉDITOS SUPLEMENTARES ATÉ O LIMITE DE 100% DA DESPESA FIXADA NO ORÇAMENTO PARA 1993.  </t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4286/4286_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4286/4286_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO PARÁGRAFO PRIMEIRO DO ARTIGO 4º DA LEI Nº 024, DE 29/06/93, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4280/4280_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4280/4280_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CELEBRAÇÃO DE CONVENIO COM O INSTITUTO JONES DOS SANTOS NEVES. </t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4279/4279_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4279/4279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A POLÍTICA MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4278/4278_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4278/4278_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS SUPLEMENTARES ATÉ O LIMITE DE 200% DA DESPESA FIXADA NO ORÇAMENTO PARA 1993.</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4276/4276_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4276/4276_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO CONSELHO TUTELAR DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4271/4271_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4271/4271_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 1º, 2º, 3º, 4º, 14 E 20 DA LEI MUNICIPAL Nº 005, DE 24 DE MARÇO DE 1993.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4269/4269_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4269/4269_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4267/4267_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4267/4267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O REGIME DE ADIANTAMENTO A SERVIDOR PÚBLICO MUNICIPAL. </t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4264/4264_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4264/4264_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA DAVID CANAL, A RUA PROJETADA A MARGEM DA BR 262 - KM 46 EM MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4261/4261_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4261/4261_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI OS FERIADOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4256/4256_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4256/4256_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL-FUMAS. </t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4250/4250_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4250/4250_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4249/4249_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4249/4249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONTRATO COM A COMPANHIA ESPÍRITO SANTENSE DE SANEAMENTO- CESAN. </t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4248/4248_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4248/4248_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4247/4247_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4247/4247_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE "SEBASTIÃO PENHA, A RUA PROJETADA COM INÍCIO AO LADO DO PORTÃO DA DUCOURO ATÉ A PROPRIEDADE DO SR. ALFEU RUPP. </t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4244/4244_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4244/4244_texto_integral.jpeg</t>
   </si>
   <si>
     <t>10367</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA 1993/1994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10367/pr001-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10367/pr001-1993.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DA REMUNERAÇÃO DOS VEREADORES, PARA LEGISLATURA QUE TEM INÍCIO EM 1º DE JANEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10368/pr002-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10368/pr002-1993.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>10369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10369/pr004-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10369/pr004-1993.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PARTICIPAÇÃO DA CÂMARA, FRENTE AO SEMINÁRIO SOBRE A LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>10370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10370/pr005-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10370/pr005-1993.pdf</t>
   </si>
   <si>
     <t>DISPÕE A PARTICIPAÇÃO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, FRENTE AO II SEMINÁRIO NACIONAL DE MODERNIZAÇÃO DE CÂMARA MUNICIPAIS.</t>
   </si>
   <si>
     <t>10371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10371/pr006-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10371/pr006-1993.pdf</t>
   </si>
   <si>
     <t>DÁ AO PLENÁRIO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, A DENOMINAÇÃO DE " PEDRO SCHUNK".</t>
   </si>
   <si>
     <t>12390</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12390/resolucao_0001-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12390/resolucao_0001-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A FIXAÇÃO DA REMUNERAÇÃO DOS VEREADORES SOBRE A LEGISLATURA QUE TEM INÍCIO EM 1° DE JANEIRO DE 1993, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12391</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12391/resolucao_0002-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12391/resolucao_0002-1993.pdf</t>
   </si>
   <si>
     <t>12392</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12392/resolucao_0003-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12392/resolucao_0003-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS NA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12393</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12393/resolucao_0004-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12393/resolucao_0004-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PARTICIPAÇÃO DA CÂMARA, FRENTE AO SEMINÁRIO SOBRE A LEI ORGÂNICA MUNICIPAL".</t>
   </si>
   <si>
     <t>12394</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12394/resolucao_0005-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12394/resolucao_0005-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PARTICIPAÇÃO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, FRENTE AO II SEMINÁRIO NACIONAL DE MODERNIZAÇÃO DE CÂMARAS MUNICIPAIS".</t>
   </si>
   <si>
     <t>12395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12395/resolucao_0006-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12395/resolucao_0006-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A VISITAÇÃO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, AO GOVERNO FEDERAL DE BRASÍLIA-DF".</t>
   </si>
   <si>
     <t>12396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12396/resolucao_0007-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12396/resolucao_0007-1993.pdf</t>
   </si>
   <si>
     <t>"DÁ AO PLENÁRIO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, A DENOMINAÇÃO DE "PEDRO SCHUNK".</t>
   </si>
   <si>
     <t>12397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12397/resolucao_0008-1993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12397/resolucao_0008-1993.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A VISITAÇÃO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, A BRASÍLIA-DF".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4065,68 +4065,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12174/dl001-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12177/dl002-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12182/dl003-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12184/dl004-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12247/dl_006-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12248/dl_007-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12249/dl_008-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12250/dl_009-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12251/dl_010-1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12252/dl_011-1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12253/dl_012-1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12254/dl_013-1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12255/dl_014-1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12256/dl_015-1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12257/dl_016-1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12258/dl_017-1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12259/dl_018-1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12260/dl_019-1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12261/dl_020-1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12262/dl_021-1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12263/dl_022-1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12264/dl_023-1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12265/dl_024-1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12266/dl_025-1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12267/dl_026-1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12268/dl_027-1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12269/dl_028-1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12270/dl_029-1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12271/dl_030-1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12272/dl_031-1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12273/dl_032-1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12274/dl_033-1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12275/dl_034-1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12276/dl_035-1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12277/dl_036-1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12278/dl_037-1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12279/dl_038-1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12280/dl_039-1993.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12281/dl_040-1993.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12282/dl_041-1993.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12283/dl_042-1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12284/dl_043-1993.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12285/dl_044-1993.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12286/dl_045-1993.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12287/dl_046-1993.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12288/dl_047-1993.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4809/4809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4808/4808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4807/4807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4806/4806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4805/4805_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4804/4804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4803/4803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4802/4802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4801/4801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4800/4800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4799/4799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4798/4798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4797/4797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4796/4796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4795/4795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4794/4794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4793/4793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4792/4792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4791/4791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4790/4790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4789/4789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4788/4788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4787/4787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4786/4786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4785/4785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4784/4784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4783/4783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4782/4782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4781/4781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4780/4780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4779/4779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4778/4778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4777/4777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4776/4776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4775/4775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4774/4774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4773/4773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4771/4771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4770/4770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4769/4769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4768/4768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4765/4765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4764/4764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4763/4763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4762/4762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4760/4760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4759/4759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4758/4758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4757/4757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4756/4756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4755/4755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4754/4754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4753/4753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4752/4752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4749/4749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4748/4748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4747/4747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4746/4746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4745/4745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4744/4744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4743/4743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4742/4742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4741/4741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4739/4739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4738/4738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4737/4737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4731/4731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4730/4730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4729/4729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4728/4728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4727/4727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4724/4724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4723/4723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4722/4722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4719/4719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4717/4717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4715/4715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4714/4714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4713/4713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4712/4712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4711/4711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4710/4710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4709/4709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4708/4708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4707/4707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4705/4705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4704/4704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4701/4701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4699/4699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4698/4698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4696/4696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4693/4693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4691/4691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4687/4687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4685/4685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4683/4683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4682/4682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4680/4680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4679/4679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4678/4678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4677/4677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4676/4676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4675/4675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4674/4674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4673/4673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4672/4672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4671/4671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4670/4670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4669/4669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4668/4668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4667/4667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4666/4666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4665/4665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4664/4664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4663/4663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4662/4662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4661/4661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4660/4660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4659/4659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4658/4658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4657/4657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4656/4656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4655/4655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4654/4654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4653/4653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4652/4652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4651/4651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4650/4650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4649/4649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4648/4648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4647/4647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4646/4646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4645/4645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4644/4644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4643/4643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4642/4642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4641/4641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4640/4640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4639/4639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4638/4638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4637/4637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4636/4636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4635/4635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4634/4634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4633/4633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4632/4632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4630/4630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4629/4629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4628/4628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4627/4627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4626/4626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4625/4625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4624/4624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4623/4623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4622/4622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4621/4621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4620/4620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4619/4619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4618/4618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4508/4508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4507/4507_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4506/4506_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4504/4504_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4503/4503_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4502/4502_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4501/4501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10082/m001-1993.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10084/m002-1993.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10085/m003-1993.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10086/m004-1993.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10087/m005-1993.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10088/m006-1993.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10089/m007-1993.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10090/m008-1993.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10091/m009-1993.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10092/m010-1993.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10093/m011-1993.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10094/m012-1993.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10095/m013-1993.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10096/m014-1993.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10097/m015-1993.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10098/m016-1993.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10099/m017-1993.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10100/m018-1993.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10101/m019-1993.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10102/m020-1993.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10103/m021-1993.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10104/m022-1993.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10105/m023-1993.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10106/m024-1993.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10107/m025-1993.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10108/m026-1993.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10109/m027-1993.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10110/m028-1993.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10794/pc001-1993.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10795/pc002-1993.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10796/pc003-1993.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10797/pc004-1993.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10864/pc005-1993.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10868/pc008-1993.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10939/pc010-1993.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10940/pc011-1993.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11023/pc012-1993.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11024/pc013-1993.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11025/pc014-1993.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11026/pc015-1993.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10853/pc070-1993.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10854/pc071-1993.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10856/pc072-1993.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10860/pc073-1993.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10859/pc074-1993.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10862/pc075-1993.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10865/pc076-1993.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10866/pc077-1993.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10870/pc079-1993.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10937/pc080-1993.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11029/pc081-1993.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11027/pc082-1993.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11030/pc083-1993.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11031/pc084-1993.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4361/4361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4360/4360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4359/4359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4358/4358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4357/4357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4356/4356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4354/4354_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4353/4353_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4351/4351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4350/4350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4349/4349_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4348/4348_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4347/4347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4346/4346_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4345/4345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4344/4344_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4343/4343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4342/4342_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4340/4340_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4338/4338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4336/4336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4334/4334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4332/4332_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4330/4330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4329/4329_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4327/4327_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4320/4320_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4318/4318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4317/4317_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4316/4316_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4312/4312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4310/4310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4309/4309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4307/4307_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4305/4305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4300/4300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4299/4299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4297/4297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4295/4295_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4294/4294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4293/4293_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4291/4291_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4290/4290_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4286/4286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4280/4280_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4279/4279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4278/4278_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4276/4276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4271/4271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4269/4269_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4267/4267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4264/4264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4261/4261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4256/4256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4250/4250_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4249/4249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4248/4248_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4247/4247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4244/4244_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10367/pr001-1993.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10368/pr002-1993.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10369/pr004-1993.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10370/pr005-1993.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10371/pr006-1993.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12390/resolucao_0001-1993.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12391/resolucao_0002-1993.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12392/resolucao_0003-1993.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12393/resolucao_0004-1993.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12394/resolucao_0005-1993.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12395/resolucao_0006-1993.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12396/resolucao_0007-1993.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12397/resolucao_0008-1993.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12174/dl001-1993.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12177/dl002-1993.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12182/dl003-1993.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12184/dl004-1993.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12247/dl_006-1993.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12248/dl_007-1993.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12249/dl_008-1993.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12250/dl_009-1993.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12251/dl_010-1993.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12252/dl_011-1993.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12253/dl_012-1993.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12254/dl_013-1993.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12255/dl_014-1993.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12256/dl_015-1993.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12257/dl_016-1993.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12258/dl_017-1993.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12259/dl_018-1993.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12260/dl_019-1993.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12261/dl_020-1993.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12262/dl_021-1993.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12263/dl_022-1993.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12264/dl_023-1993.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12265/dl_024-1993.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12266/dl_025-1993.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12267/dl_026-1993.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12268/dl_027-1993.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12269/dl_028-1993.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12270/dl_029-1993.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12271/dl_030-1993.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12272/dl_031-1993.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12273/dl_032-1993.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12274/dl_033-1993.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12275/dl_034-1993.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12276/dl_035-1993.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12277/dl_036-1993.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12278/dl_037-1993.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12279/dl_038-1993.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12280/dl_039-1993.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12281/dl_040-1993.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12282/dl_041-1993.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12283/dl_042-1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12284/dl_043-1993.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12285/dl_044-1993.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12286/dl_045-1993.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12287/dl_046-1993.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12288/dl_047-1993.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4809/4809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4808/4808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4807/4807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4806/4806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4805/4805_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4804/4804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4803/4803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4802/4802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4801/4801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4800/4800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4799/4799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4798/4798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4797/4797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4796/4796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4795/4795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4794/4794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4793/4793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4792/4792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4791/4791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4790/4790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4789/4789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4788/4788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4787/4787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4786/4786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4785/4785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4784/4784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4783/4783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4782/4782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4781/4781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4780/4780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4779/4779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4778/4778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4777/4777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4776/4776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4775/4775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4774/4774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4773/4773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4771/4771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4770/4770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4769/4769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4768/4768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4765/4765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4764/4764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4763/4763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4762/4762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4760/4760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4759/4759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4758/4758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4757/4757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4756/4756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4755/4755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4754/4754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4753/4753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4752/4752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4749/4749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4748/4748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4747/4747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4746/4746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4745/4745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4744/4744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4743/4743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4742/4742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4741/4741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4739/4739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4738/4738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4737/4737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4731/4731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4730/4730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4729/4729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4728/4728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4727/4727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4724/4724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4723/4723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4722/4722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4719/4719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4717/4717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4715/4715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4714/4714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4713/4713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4712/4712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4711/4711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4710/4710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4709/4709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4708/4708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4707/4707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4705/4705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4704/4704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4701/4701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4699/4699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4698/4698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4696/4696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4693/4693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4691/4691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4687/4687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4685/4685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4683/4683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4682/4682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4680/4680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4679/4679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4678/4678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4677/4677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4676/4676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4675/4675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4674/4674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4673/4673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4672/4672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4671/4671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4670/4670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4669/4669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4668/4668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4667/4667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4666/4666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4665/4665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4664/4664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4663/4663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4662/4662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4661/4661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4660/4660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4659/4659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4658/4658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4657/4657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4656/4656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4655/4655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4654/4654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4653/4653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4652/4652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4651/4651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4650/4650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4649/4649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4648/4648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4647/4647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4646/4646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4645/4645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4644/4644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4643/4643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4642/4642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4641/4641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4640/4640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4639/4639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4638/4638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4637/4637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4636/4636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4635/4635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4634/4634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4633/4633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4632/4632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4630/4630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4629/4629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4628/4628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4627/4627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4626/4626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4625/4625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4624/4624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4623/4623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4622/4622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4621/4621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4620/4620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4619/4619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4618/4618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4508/4508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4507/4507_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4506/4506_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4504/4504_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4503/4503_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4502/4502_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4501/4501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10082/m001-1993.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10084/m002-1993.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10085/m003-1993.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10086/m004-1993.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10087/m005-1993.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10088/m006-1993.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10089/m007-1993.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10090/m008-1993.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10091/m009-1993.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10092/m010-1993.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10093/m011-1993.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10094/m012-1993.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10095/m013-1993.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10096/m014-1993.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10097/m015-1993.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10098/m016-1993.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10099/m017-1993.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10100/m018-1993.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10101/m019-1993.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10102/m020-1993.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10103/m021-1993.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10104/m022-1993.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10105/m023-1993.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10106/m024-1993.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10107/m025-1993.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10108/m026-1993.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10109/m027-1993.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10110/m028-1993.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10794/pc001-1993.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10795/pc002-1993.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10796/pc003-1993.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10797/pc004-1993.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10864/pc005-1993.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10868/pc008-1993.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10939/pc010-1993.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10940/pc011-1993.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11023/pc012-1993.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11024/pc013-1993.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11025/pc014-1993.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11026/pc015-1993.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10853/pc070-1993.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10854/pc071-1993.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10856/pc072-1993.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10860/pc073-1993.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10859/pc074-1993.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10862/pc075-1993.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10865/pc076-1993.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10866/pc077-1993.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10870/pc079-1993.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10937/pc080-1993.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11029/pc081-1993.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11027/pc082-1993.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11030/pc083-1993.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/11031/pc084-1993.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4361/4361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4360/4360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4359/4359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4358/4358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4357/4357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4356/4356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4354/4354_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4353/4353_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4351/4351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4350/4350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4349/4349_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4348/4348_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4347/4347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4346/4346_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4345/4345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4344/4344_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4343/4343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4342/4342_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4340/4340_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4338/4338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4336/4336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4334/4334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4332/4332_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4330/4330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4329/4329_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4327/4327_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4320/4320_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4318/4318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4317/4317_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4316/4316_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4312/4312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4310/4310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4309/4309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4307/4307_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4305/4305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4300/4300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4299/4299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4297/4297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4295/4295_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4294/4294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4293/4293_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4291/4291_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4290/4290_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4286/4286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4280/4280_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4279/4279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4278/4278_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4276/4276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4271/4271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4269/4269_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4267/4267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4264/4264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4261/4261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4256/4256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4250/4250_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4249/4249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4248/4248_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4247/4247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1993/4244/4244_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10367/pr001-1993.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10368/pr002-1993.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10369/pr004-1993.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10370/pr005-1993.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/10371/pr006-1993.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12390/resolucao_0001-1993.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12391/resolucao_0002-1993.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12392/resolucao_0003-1993.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12393/resolucao_0004-1993.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12394/resolucao_0005-1993.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12395/resolucao_0006-1993.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12396/resolucao_0007-1993.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1993/12397/resolucao_0008-1993.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>