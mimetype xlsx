--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,1931 +54,1931 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12289</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12289/dl_001-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12289/dl_001-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. JOSÉ LUBE".</t>
   </si>
   <si>
     <t>12290</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12290/dl_002-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12290/dl_002-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. MIGUEL SOUZA".</t>
   </si>
   <si>
     <t>12291</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12291/dl_003-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12291/dl_003-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. JOÃO STEIN".</t>
   </si>
   <si>
     <t>12292</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12292/dl_004-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12292/dl_004-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. JOSÉ LUDOVICO".</t>
   </si>
   <si>
     <t>12293</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12293/dl_005-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12293/dl_005-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. JOSE MONGNOL".</t>
   </si>
   <si>
     <t>12294</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12294/dl_006-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12294/dl_006-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. PAULO KROHLING".</t>
   </si>
   <si>
     <t>12295</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12295/dl_007-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12295/dl_007-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. RODOLFO KROHLING".</t>
   </si>
   <si>
     <t>12296</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12296/dl_008-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12296/dl_008-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª, JANETA ROSA SIMON STOCKL".</t>
   </si>
   <si>
     <t>12297</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12297/dl_009-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12297/dl_009-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª. URSULA KROHLING LIPPAUS".</t>
   </si>
   <si>
     <t>12298</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12298/dl_010-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12298/dl_010-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. FILISMINO BUSATO".</t>
   </si>
   <si>
     <t>12299</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12299/dl_011-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12299/dl_011-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª. ANA LUIZA EWALD".</t>
   </si>
   <si>
     <t>12300</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12300/dl_012-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12300/dl_012-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª. CLARA CHRIST".</t>
   </si>
   <si>
     <t>12301</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12301/dl_013-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12301/dl_013-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. ZALDINO ULIANA".</t>
   </si>
   <si>
     <t>12302</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12302/dl_014-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12302/dl_014-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. FELIPE HUBER".</t>
   </si>
   <si>
     <t>12303</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12303/dl_015-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12303/dl_015-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. JOSE KNIDEL".</t>
   </si>
   <si>
     <t>12304</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12304/dl_016-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12304/dl_016-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. REINALDO MARQUES".</t>
   </si>
   <si>
     <t>12305</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12305/dl_017-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12305/dl_017-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, À SRª. FELOMENA KROHLING ENDLISH".</t>
   </si>
   <si>
     <t>12306</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12306/dl_018-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12306/dl_018-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO, AO SR. LUIZ KROHLING".</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4936/4936_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4936/4936_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DOS SEGUINTES PROGRAMAS NAS ESCOLAS DO MUNICÍPIO._x000D_
 1- APLICAÇÃO DE FLUOR._x000D_
 2-EXAME DE FEZES._x000D_
 3-EXAME DE VISTA.</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4935/4935_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4935/4935_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ELABORAÇÃO DE UM PROJETO DE LEI CRIANDO A LEGISLAÇÃO MUNICIPAL PARA REGISTRO DE LOTES NA ÁREA URBANA COM MEDIÇÃO DE 125M², DE ACORDO COM A LEGISLAÇÃO FEDERAL, LEI N° 6.766 DE 19/12/79.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4934/4934_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4934/4934_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  QUE SEJAM PROCEDIDOS MELHORAMENTOS NA RUA PRESIDENTE COSTA E SILVA, SENDO LIMPEZA, ILUMINAÇÃO E DENTRO DO POSSÍVEL PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
     <t>Lourival Schunk</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4933/4933_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4933/4933_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DA POSSIBILIDADE, SEJA REALIZADO OBRA DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE DE RIO FUNDO, COM APROXIMADAMENTE 06 POSTES COM 02 LUMINÁRIAS, NO TRECHO QUE COMPREENDE O PÁTIO DA IGREJA E RUA PRINCIPAL.</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
     <t>Moacyr Elias Kuster</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4931/4931_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4931/4931_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A DECRETAÇÃO DE UMA MEDIDA PROIBINDO A UTILIZAÇÃO POR PARTE DOS SERVIDORES PÚBLICOS DOS CARROS OFICIAIS, NOS FINAIS DE SEMANA E FERIADOS, EXCETO NOS CASOS DE URGÊNCIA E NO ATENDIMENTO AO EXM° PREFEITO.</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4929/4929_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4929/4929_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DANDO ACESSO AO CAMPO DE FUTEBOL DE VICTOR HUGO, NA PROPRIEDADE DO SR. NICOLAU KROHLING.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>Nides de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4926/4926_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4926/4926_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DE MELHORAMENTOS NA PONTE QUE LIGA A RUA EMÍLIO GUSTAVO HULLE À RUA VICTOR TRAVAGLIA, PRÓXIMO A IGREJA MARANATA.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4925/4925_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4925/4925_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO DE AMPLIAÇÃO DO POSTO DE SAÚDE DE MARECHAL FLORIANO PARA A CONSTRUÇÃO DE NOVAS SALAS, APROVEITANDO O ESPAÇO EXISTENTE EM FRENTE AO MESMO.</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4924/4924_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4924/4924_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE FIXAR UMA DATA PARA O PAGAMENTO DOS SERVIDORES MUNICIPAIS, SENDO QUE O IDEAL SERIA ENTRE OS DIAS 27 A 30.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4923/4923_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4923/4923_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O REMANILHAMENTO PLUVIAL E ESGOTO SANITÁRIO, COM MANILHAS DE 0,40, EM UMA EXTENSÃO DE APROXIMADAMENTE 50 MTS E AINDA A COLOCAÇÃO DE 03 CAIXAS DE AREIA NESTE TRECHO, BAIRRO LAGOINHA EM ARAGUAIA.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4922/4922_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4922/4922_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE NA LOCALIDADE DE RIO DAS PEDRAS, NA ESTRADA QUE PASSA DENTRO DA PROPRIEDADE DO SR. CARLOS PREST, DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4921/4921_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4921/4921_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A DOAÇÃO DE UNIFORMES PARA O  CORAL ITALIANO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA VIABILIZAR JUNTO À SECRETARIA DE ESPORTE E CULTURA, A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA O ESPORTE CLUBE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4918/4918_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4918/4918_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA IMPLANTAÇÃO DE PASSE PARA OS FUNCIONÁRIOS MUNICIPAIS, QUANDO A SERVIÇO DE ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4915/4915_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4915/4915_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE UMA ALA DE CONCRETO E COLOCAÇÃO DE UMA MANILHA 0,100 NO CÓRREGO DE BATATAL NOS FUNDOS DO LOTE DO SR. JOANÍCIO DOS SANTOS, PRÓXIMO A IGREJA  LUTERANA.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4912/4912_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4912/4912_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DOS SEGUINTES ABRIGOS DE ÔNIBUS:_x000D_
 -NA BR 262, EM FRENTE A SERRALHERIA KIEFER;_x000D_
 -NA BR 262, EM FRENTE A ENTRADA DE RIO FUNDO, PRÓXIMO A PROPRIEDADE DO SR. ALFREDO KRUGGER.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>Lastene Stockl</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4909/4909_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4909/4909_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE NO TRECHO COMPREENDIDO ENTRE A FÁBRICA DE RAÇÃO DOS IRMÃOS VENTURINI ATÉ O ORQUIDÁRIO DO SR. "NEGO SCHUNK", SEJA REALIZADO, NA FAIXA DNER UM PROJETO PAISAGÍSTICO COM A CONSTRUÇÃO DE UMA PISTA PARA OS  CICLISTAS E OUTRA PARA AS PESSOAS ADEPTAS AO COOPER E CAMINHADAS, COMO TAMBÉM O ALARGAMENTO DA AVENIDA ARTHUR HAESE EM APROXIMADAMENTE 2,0 (DOIS) METROS E AINDA A ILUMINAÇÃO DESTA.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4906/4906_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4906/4906_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE NA PROPRIEDADE DO SENHOR JOSÉ KNIDEL, LOCALIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4904/4904_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4904/4904_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM TOMADAS JUNTOS A SECRETÁRIA DE EDUCAÇÃO AS SEGUINTES MEDIDAS:_x000D_
 1-COIBIR O TRANSPORTE DE ALUNOS QUE NÃO PERTENCEM A ESTE MUNICÍPIO._x000D_
 2-COIBIR ABUSO QUANTO AO ABASTECIMENTO DOS CARROS PARTICULARES DOS INSTRUTORES DE BANDA DE MUSICA DO GINÁSIO EMILIO OSCAR HULLE.</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4903/4903_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4903/4903_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE SE CONSTRUIR QUADRA DE ESPORTES NAS LOCALIDADES DE RIO FUNDO E SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4901/4901_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4901/4901_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UM REPETIDOR DE TV PARA A LOCALIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4899/4899_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4899/4899_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM PARQUE DE EXPOSIÇÕES NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4898/4898_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4898/4898_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM PARQUE INFANTIL, NA SEDE DESTE MUNICÍPIO, PARA RECREAÇÃO DE CRIANÇAS DE 0 A 10 ANOS.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4897/4897_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4897/4897_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE UM ENFERMEIRO DE NÍVEL SUPERIOR.</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4896/4896_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4896/4896_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE SER INSTITUÍDO O TICKET REFEIÇÃO.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4895/4895_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4895/4895_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM MURO DE ARRIMA NA RUA PROJETADA, PARALELA A RUA VICTOR TRAVAGLIA, PRÓXIMO A RESIDÊNCIA DA SRA ODETE LEMKE CARDOSO.</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni, Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4894/4894_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4894/4894_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NA LOCALIDADE DE VICTOR HUGO, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4893/4893_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4893/4893_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO JUNTO DER, PARA QUE O MESMO TAPE OS BURACOS NA RODOVIA CORIOLANO GUILHERME STEIN, NO TRECHO PERTENCENTE AO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Amarílio José Klein, João Carlos Lorenzoni, Lastene Stockl, Lourival Schunk, Moacyr Elias Kuster, Nides de Freitas, Paulo Cesar Gilles, Paulo Lovatti Junior, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4891/4891_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4891/4891_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA  A ADOÇÃO JUNTO À SECRETARIA DE SAÚDE E AÇÃO SOCIAL, DAS SEGUINTES MEDIDAS:_x000D_
 1-TÉRMINO DA LIMITAÇÃO DE FICHAS PARA ATENDIMENTO MÉDICO NOS POSTOS DE SAÚDE DESTE MUNICÍPIO._x000D_
 2- IMPLANTAÇÃO DE PLANTÃO MÉDICO 24 HS, NO POSTO DE SAÚDE DA SEDE DO MUNICÍPIO, INCLUSIVE NOS FINAIS DE SEMANA E FERIADOS.</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4890/4890_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4890/4890_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE SE COLOCAR UMA LUMINÁRIA EM CADA CEMITÉRIO DA NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4889/4889_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4889/4889_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA CALÇADA DE APROXIMADAMENTE 1,5M DE LARGURA PARA SEGURANÇA DOS PEDESTRES, NO TRECHO QUE COMPREENDE O ENTROCAMENTO DA ESTRADA DE FERRO COM O ASFALTO ATÉ A ENTRADA DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4888/4888_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4888/4888_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REATIVAÇÃO DAS ESCOLAS DAS ZONAS RURAIS, PERTENCENTES A ESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4887/4887_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4887/4887_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ADOÇÃO DAS SEGUINTES MEDIDAS:_x000D_
 1- QUE A PRAÇA SANTA RITA, PASSE A SER PERMITIDA ESTACIONAR PRÓXIMO AS CALÇADAS DO ED. SANTA RITA E DO PRÉDIO DO SR. HONÓRIO CATELAN ATÉ A LATERAL DA RUA SANTA ANA;_x000D_
 2-QUE AS PESSOAS QUE NECESSITAM IREM ATÉ AOS BANCOS OU COMÉRCIOS ALI EXISTENTES, ESTACIONEM NAS RUAS LATERAIS._x000D_
 3- QUE NO CENTRO DA PRAÇA SANTA RITA SEJA CONSTRUÍDO UM CANTEIRO COM ILUMINAÇÃO E COLOCAÇÃO DE BANCOS;_x000D_
 4- QUE SEJA DEMARCADA AS ÁREAS DE ESTACIONAMENTO DOS VEÍCULOS E DETERMINANDO AOS GUARDAS DE TRÂNSITO QUE ORIENTE OS CONDUTORES PARA UMA CAMPANHA DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4886/4886_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4886/4886_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DE UM CONVÊNIO DE ASSISTÊNCIA MÉDICA-HOSPITALAR, PARA ATENDER OS SERVIDORES PÚBLICOS MUNICIPAIS, DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4883/4883_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4883/4883_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE OS CARGOS COMISSIONADOS SEJAM OCUPADAS PREFERENCIALMENTE , POR PESSOAS RESIDENTES DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4881/4881_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4881/4881_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO DA GUARDA MUNICIPAL, PARA ATENDER A SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4880/4880_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4880/4880_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO DE UMA LEI QUE INCENTIVE A CONSTRUÇÃO COM FACHADAS  GERMÂNICAS, NO MUNICÍPIO SEDE DE MARECHAL FLORIANO, COM ABATIMENTO DE 50% OU ISENÇÃO TOTAL DO IPTU.</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4879/4879_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4879/4879_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DA TROCA DA ILUMINAÇÃO QUE ATENDE A AV. ARTHUR HAESE NA VILA ORQUÍDEAS E VILA DAS PALMAS.</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4878/4878_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4878/4878_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO COM LÂMPADAS DE VAPOR DE MERCÚRIO, NA BR 262 NO TRECHO COMPREENDIDO ENTRE O TREVO ATÉ NO PONTO FRIO.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4875/4875_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4875/4875_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA:_x000D_
 1- CALÇAMENTO DA RUA LUIZ PREST, NO BAIRRO LAGOINHA NO DISTRITO DE ARAGUAIA._x000D_
 2- CALÇAMENTO DA PRAÇA CENTRAL DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4874/4874_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4874/4874_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UMA REPETIDORA PARA A TV BANDEIRANTES DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4873/4873_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4873/4873_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE JUNTO A SECRETARIA DE EDUCAÇÃO, SEJA INSTITUÍDO NO CALENDÁRIO ESCOLAR DAS ESCOLAS DO MUNICÍPIO, MATÉRIA DE ALEMÃO E ITALIANO.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4872/4872_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4872/4872_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE AGENTES QUALIFICADOS, PARA QUE SEJA FEITO TRABALHO DE VIGILÂNCIA SANITÁRIA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4843/4843_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4843/4843_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA VIABILIZAR JUNTO A ESCELSA, A EXTENSÃO DA REDE DE ENERGIA QUE ATENDE A RUA PRESIDENTE DEODORO DA FONSECA, NO BAIRRO PRESIDENCIAL PARQUE PRESIDENTE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4841/4841_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4841/4841_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA QUE SEJA FEITA UMA ESPLANAGEM DO LOTE, AO LADO DA LINHA FÉRREA DA PROPRIEDADE MUNICIPAL, PARA QUE SEJA USADA NA PRATICA DE LAZER POR PARTE DOS NOSSOS JOVENS.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4838/4838_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4838/4838_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MELHOR ASSISTÊNCIA NA RUA SEBASTIÃO PENHA (ANTIGA RUA PROJETADA), COM LIMPEZA E ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4835/4835_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4835/4835_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O SEGUINTE:_x000D_
 1-URBANIZAÇÃO E ILUMINAÇÃO PÚBLICA DA RUA QUE DÁ ACESSO A IGREJA EVANGÉLICA DE CONFISSÃO LUTERANA NO BRASIL, NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO/ES._x000D_
 2-REPAROS NO CALÇAMENTO DA RUA CLARA ENDLICH, CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4829/4829_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4829/4829_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO E ILUMINAÇÃO PÚBLICA NA RUA PROJETADA COM INÍCIO NA RESIDÊNCIA DO SR. JAIME CANAL E TÉRMINO PRÓXIMO A RESIDÊNCIA DO SR. PAULO CHEREIBA.</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4828/4828_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4828/4828_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE 04 LUMINÁRIAS DE VAPOR DE MERCÚRIO DE 250 WATS, NA RUA BELARMINO PINTO, NO CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4827/4827_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4827/4827_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE A PREFEITURA DENTRO DE SUAS POSSIBILIDADES, JUNTO COM A EMPRESA TRANSPRIMO COLOQUE ÔNIBUS CIRCULAR, ENTRE MARECHAL (SEDE), SANTA IZABEL E CAMPINHO.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4825/4825_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4825/4825_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA DO CÓRREGO DE BATATAL, NESTA SEDE.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4824/4824_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4824/4824_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE SER REPASSADO UMA VERBA PARA O CLUBE APOLLO XIII.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4815/4815_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4815/4815_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO DE UMA MEDIDA QUE INCENTIVE OS CONSUMIDORES DO NOSSO MUNICÍPIO A EXIGIR NOTA FISCAL, NA HORA DA COMPRA NOS ESTABELECIMENTOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4813/4813_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4813/4813_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A TRANSFERÊNCIA DO PM ARAÚJO, PARA A COMUNIDADE DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4812/4812_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4812/4812_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE A PREFEITURA JUNTO O SECRETÁRIO DE SAÚDE FAÇAM REUNIÕES DE PLANEJAMENTO FAMILIAR, EM TODO O MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4811/4811_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4811/4811_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO, LIGANDO A RODOVIA, CORIOLANO GUILHERME STEIN Á CASCALHEIRA DO SR. LAUMIR LITTIG EM BOA ESPERANÇA, ENTRE AS PROPRIEDADES DO SRS. PAULINO SCHNEIDER E MARCOS WRUCK.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4810/4810_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4810/4810_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA ESCADA AO LADO DA CESAN, LIGANDO A RUA THIERES VELOSO AO PONTO FRIO, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10121</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10121/m029-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10121/m029-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE UM VOTO DE APLAUSO E CONGRATULAÇÕES AO EXMº SR. PREFEITO MUNICIPAL ELIAS KIEFER.</t>
   </si>
   <si>
     <t>10122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10122/m031-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10122/m031-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª. LAURA KUSTER CHRIST.</t>
   </si>
   <si>
     <t>10123</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Nides de Freitas, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10123/m032-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10123/m032-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª DILMA NALESSO FALCÃO.</t>
   </si>
   <si>
     <t>10126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10126/m033-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10126/m033-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ELÉCIO DE PAULA.</t>
   </si>
   <si>
     <t>10127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10127/m034-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10127/m034-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª ANA CRISTINA KROHLING ESPÍDULA.</t>
   </si>
   <si>
     <t>10128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10128/m035-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10128/m035-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. FRAUDINO FAZOLO.</t>
   </si>
   <si>
     <t>10133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10133/m036-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10133/m036-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SAUDOSO SR. JANUÁRIO MARQUES.</t>
   </si>
   <si>
     <t>10134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10134/m037-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10134/m037-1994.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE VOTO DE APLAUSO E CONGRATULAÇÕES AO ÁRBITRO SR. ROBERLI PEREIRA.</t>
   </si>
   <si>
     <t>10735</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10735/pc001-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10735/pc001-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº014/94.</t>
   </si>
   <si>
     <t>10736</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10736/pc002-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10736/pc002-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 017/94.</t>
   </si>
   <si>
     <t>10738</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10738/pc003-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10738/pc003-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 005/94.</t>
   </si>
   <si>
     <t>10739</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10739/pc004-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10739/pc004-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 006/94.</t>
   </si>
   <si>
     <t>10740</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSP - COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10740/pc005-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10740/pc005-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 004/94.</t>
   </si>
   <si>
     <t>10741</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10741/pc006-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10741/pc006-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE ELI Nº 003/94.</t>
   </si>
   <si>
     <t>10742</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10742/pc007-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10742/pc007-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº007/94.</t>
   </si>
   <si>
     <t>10743</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10743/pc008-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10743/pc008-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 008/94.</t>
   </si>
   <si>
     <t>10748</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10748/pc009-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10748/pc009-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 009/94.</t>
   </si>
   <si>
     <t>10749</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10749/pc010-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10749/pc010-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 010/94.</t>
   </si>
   <si>
     <t>10750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10750/pc011-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10750/pc011-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 011/94.</t>
   </si>
   <si>
     <t>10751</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10751/pc012-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10751/pc012-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 012/94.</t>
   </si>
   <si>
     <t>10752</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10752/pc013-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10752/pc013-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 015/94.</t>
   </si>
   <si>
     <t>10753</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10753/pc014-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10753/pc014-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 016/94.</t>
   </si>
   <si>
     <t>10754</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10754/pc015-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10754/pc015-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 018/94.</t>
   </si>
   <si>
     <t>10755</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSP - COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10755/pc016-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10755/pc016-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 020/94.</t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10756/pc017-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10756/pc017-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 021/94.</t>
   </si>
   <si>
     <t>10757</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10757/pc018-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10757/pc018-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 022/94.</t>
   </si>
   <si>
     <t>10758</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10758/pc019-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10758/pc019-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 023/94.</t>
   </si>
   <si>
     <t>10759</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10759/pc020-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10759/pc020-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 024/94.</t>
   </si>
   <si>
     <t>10760</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10760/pc021-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10760/pc021-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 025/94.</t>
   </si>
   <si>
     <t>10761</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10761/pc022-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10761/pc022-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 026/94.</t>
   </si>
   <si>
     <t>10762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10762/pc023-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10762/pc023-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 029/94.</t>
   </si>
   <si>
     <t>10763</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10763/pc024-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10763/pc024-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 030/94.</t>
   </si>
   <si>
     <t>10764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10764/pc025-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10764/pc025-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 031/94.</t>
   </si>
   <si>
     <t>10766</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10766/pc026-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10766/pc026-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 032/94.</t>
   </si>
   <si>
     <t>10767</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10767/pc027-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10767/pc027-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 033/94.</t>
   </si>
   <si>
     <t>10768</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10768/pc028-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10768/pc028-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 035/94.</t>
   </si>
   <si>
     <t>10769</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10769/pc029-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10769/pc029-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 037/94.</t>
   </si>
   <si>
     <t>10770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10770/pc030-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10770/pc030-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 038/94.</t>
   </si>
   <si>
     <t>10771</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10771/pc031-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10771/pc031-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 034/94.</t>
   </si>
   <si>
     <t>10773</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10773/pc032-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10773/pc032-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 043/94.</t>
   </si>
   <si>
     <t>10774</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10774/pc033-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10774/pc033-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 044/94.</t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10775/pc034-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10775/pc034-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 045/94.</t>
   </si>
   <si>
     <t>10781</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10781/pc035-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10781/pc035-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 046/94.</t>
   </si>
   <si>
     <t>10783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10783/pc036-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10783/pc036-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 047/94.</t>
   </si>
   <si>
     <t>10784</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10784/pc050-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10784/pc050-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 013/94.</t>
   </si>
   <si>
     <t>10785</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10785/pc051-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10785/pc051-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 001/94.</t>
   </si>
   <si>
     <t>10786</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10786/pc052-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10786/pc052-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 002/94.</t>
   </si>
   <si>
     <t>10787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10787/pc053-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10787/pc053-1994.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 019/94.</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ELIAS KIEFER</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4500/4500_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4500/4500_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS COMISSIONADOS E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4499/4499_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4499/4499_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DATA PARA O PAGAMENTO DO 13° SALÁRIO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO .</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4498/4498_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4498/4498_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DOS SERVIDORES MUNICIPAIS DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4497/4497_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4497/4497_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A DELIMITAÇÃO DA ÁREA URBANA DO DISTRITO SEDE DE MARECHAL FLORIANO E DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4496/4496_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4496/4496_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DA UNIDADE PADRÃO DE VENCIMENTOS - UPV.</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4495/4495_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4495/4495_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DA UNIDADE PADRÃO DE VENCIMENTOS-UPV.</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4494/4494_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4494/4494_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA CARGO COMISSIONADO DE DIRETOR MUNICIPAL DA UNIDADE SANITÁRIA DE MARECHAL FLORIANO E DA OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>4493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4493/4493_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4493/4493_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO DE SERVIDORES POR TEMPO DETERMINADO.</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4492/4492_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4492/4492_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR REPASSE DE SUBVENÇÃO SOCIAL Á ESCOLA ESPECIAL "RENASCER ".</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4491/4491_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4491/4491_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR REPASSE DE UMA SUBVENÇÃO SOCIAL ENTIDADE " SOU FELIZ ".</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4490/4490_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4490/4490_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR DESPESAS OBJETIVANDO A IMPLANTAÇÃO DA COMARCA DE MARECHAL FLORIANO .</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4489/4489_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4489/4489_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO CARGO COMISSIONADO DE SUPERVISOR BIOQUÍMICO- FARMACÊUTICO . </t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4488/4488_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4488/4488_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTARIAS PARA O EXERCÍCIO DE 1995, QUE ABRANGERÁ OS PODERES LEGISLATIVOS E EXECUTIVOS, E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4487/4487_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4487/4487_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE ESTACIONAMENTO DE VEÍCULOS NA AVENIDA PRESIDENTE KENNEDY , NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO/ES .</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4486/4486_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4486/4486_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR O REPASSE DE UMA SUBVENÇÃO SOCIAL AO AMÉRICA FUTEBOL E CLUBE .</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4485/4485_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4485/4485_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DA UNIDADE PADRÃO DE VENCIMENTOS - U.P.V .</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>Amarílio José Klein, João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4484/4484_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4484/4484_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PLANTÃO DAS FARMÁCIAS LOCALIZADAS NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO .</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4483/4483_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4483/4483_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DA UNIDADE PADRÃO DE VENCIMENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4482/4482_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4482/4482_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME Á RUA DE LUIZ PREST ,NO DISTRITO DE ARAGUAIA , MUNICÍPIO DE MARECHAL FLORIANO .</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4481/4481_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4481/4481_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL .</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4480/4480_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4480/4480_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO EM DEFESA DOS DIREITOS DOS PRODUTORES RURAIS DE SÃO BENTO - DOMINGOS MARTINS , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4479/4479_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4479/4479_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO MARTINENSE DE AGROPECUÁRIA - AMA .</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4478/4478_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4478/4478_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FIRMAR CONVÊNIO COM A CAMPANHA NACIONAL DE ESCOLAS DA COMUNIDADE-CNEC DE DOMINGOS MARTINS E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4477/4477_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4477/4477_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL Á ADQUIRIR IMÓVEL .</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4476/4476_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4476/4476_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DA UNIDADE PADRÃO DE VENCIMENTOS UPV .</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4475/4475_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4475/4475_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO FISCAL PARA HOTÉIS NO MUNICÍPIO .</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4474/4474_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4474/4474_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA A PRAÇA DE JOHANN HEINRICH KROHLING , SITUADA NA LOCALIDADE DE SANTA MARIA , NO MUNICÍPIO DE MARECHAL FLORIANO / ES .</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4473/4473_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4473/4473_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO COMISSIONADO DE COORDENADOR MECÂNICO .</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4472/4472_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4472/4472_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSOCIAR O MUNICÍPIO DE MARECHAL FLORIANO NA ASSOCIAÇÃO DOS MUNICÍPIOS DE POTENCIAL TURÍSTICO DO BRASIL- AMPTUR .</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4471/4471_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4471/4471_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ESCELSA , NO PROGRAMA DE ELETRIFICAÇÃO RURAL.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/4470/031-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/4470/031-1994.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE SUBVENÇÃO SOCIAL Á ENTIDADE " SOU FELIZ " .</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4469/4469_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4469/4469_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL DE MARECHAL FLORIANO, A FIRMAR CONVÊNIO COM TELECOMUNICAÇÕES DO ESPÍRITO SANTO S.A - TELEST , PARA INSTALAÇÃO DA TELEFONIA CELULAR .</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4468/4468_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4468/4468_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA PARA A ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4467/4467_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4467/4467_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FIRMAÇÃO DE CONVÊNIO COM O AMÉRICA FUTEBOL CLUB.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4466/4466_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4466/4466_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR SUBVENÇÃO SOCIAL PARA A SOCIEDADE PESTALOZZI DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4465/4465_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4465/4465_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A POLÍTICA MUNICIPAL DE DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS .</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4464/4464_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4464/4464_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA NOÉ LUIGI MÓDOLO , A RUA QUE DÁ ACESSO A QUADRA ESPORTE, ESPAÇO E CULTURA , EM MARECHAL FLORIANO/ES .</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4463/4463_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4463/4463_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME A RUA PROJETADA DE "RUA EDIVALDO VIEIRA SANTOS, NESTA CIDADE .</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4462/4462_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4462/4462_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME A RUA PROJETADA QUE DÁ ACESSO A IGREJA LUTERANA DE RUA "ADOLFO GERHARDT FILHO ", NESTA CIDADE .</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4461/4461_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4461/4461_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME A LADEIRA QUE DÁ ACESSO A IGREJA LUTERANA DA "TRAVESSA PASTOR KARL ERNST SCHNEIDER", -NESTA CIDADE .</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4460/4460_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4460/4460_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O IPASDM.</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4459/4459_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4459/4459_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O REGIME DE ADIANTAMENTO A SERVIDOR PÚBLICO DO MUNICÍPIO E OUTRAS DESPESAS AFINS.</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4458/4458_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4458/4458_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE OUVIDOR-GERAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4457/4457_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4457/4457_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL.</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4456/4456_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4456/4456_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR CESTAS BÁSICAS PARA DISTRIBUIR CESTAS BÁSICAS AOS SERVIDORES MUNICIPAIS NO NATAL.</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4455/4455_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4455/4455_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR O REPASSE DE UMA SUBVENÇÃO SOCIAL AO AMÉRICA FUTEBOL CLUBE.</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4454/4454_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4454/4454_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR O REPASSE DE UMA SUBVENÇÃO SOCIAL A ASSOCIAÇÃO DE ESPORTES APOLLO XIII F.C.</t>
   </si>
   <si>
     <t>10372</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10372/pr001-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10372/pr001-1994.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10374/pr002-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10374/pr002-1994.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DISTRITO DE SANTA MARIA,, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10375</t>
   </si>
   <si>
     <t>MESA DIRETORA 1993/1994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10375/pr003-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10375/pr003-1994.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIÁRIAS AO PREFEITO MUNICIPAL EM MISSÃO DE REPRESENTAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10376/pr004-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10376/pr004-1994.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIÁRIAS AOS VEREADORES EM MISSÃO DE REPRESENTAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12398</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12398/resolucao_01-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12398/resolucao_01-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>12399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12399/resolucao_02-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12399/resolucao_02-1994.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO DISTRITO DE SANTA MARIA DE MARECHAL FLORIANO, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>12400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12400/resolucao_03-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12400/resolucao_03-1994.pdf</t>
   </si>
   <si>
     <t>"CONCEDE DIÁRIAS AO PREFEITO MUNICIPAL EM MISSÃO DE REPRESENTAÇÃO DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>12401</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12401/resolucao_04-1994.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12401/resolucao_04-1994.pdf</t>
   </si>
   <si>
     <t>"CONCEDE DIÁRIAS AOS VEREADORES EM MISSÃO DE REPRESENTAÇÃO DO MUNICÍPIO".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2285,68 +2285,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12289/dl_001-1994.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12290/dl_002-1994.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12291/dl_003-1994.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12292/dl_004-1994.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12293/dl_005-1994.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12294/dl_006-1994.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12295/dl_007-1994.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12296/dl_008-1994.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12297/dl_009-1994.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12298/dl_010-1994.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12299/dl_011-1994.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12300/dl_012-1994.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12301/dl_013-1994.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12302/dl_014-1994.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12303/dl_015-1994.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12304/dl_016-1994.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12305/dl_017-1994.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12306/dl_018-1994.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4936/4936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4935/4935_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4934/4934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4933/4933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4931/4931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4929/4929_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4926/4926_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4925/4925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4924/4924_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4923/4923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4922/4922_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4921/4921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4918/4918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4915/4915_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4912/4912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4909/4909_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4906/4906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4904/4904_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4903/4903_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4901/4901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4899/4899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4898/4898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4897/4897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4896/4896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4895/4895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4894/4894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4893/4893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4891/4891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4890/4890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4889/4889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4888/4888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4887/4887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4886/4886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4883/4883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4881/4881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4880/4880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4879/4879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4878/4878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4875/4875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4874/4874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4873/4873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4872/4872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4843/4843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4841/4841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4838/4838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4835/4835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4829/4829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4828/4828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4827/4827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4825/4825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4824/4824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4815/4815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4813/4813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4812/4812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4811/4811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4810/4810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10121/m029-1994.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10122/m031-1994.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10123/m032-1994.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10126/m033-1994.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10127/m034-1994.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10128/m035-1994.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10133/m036-1994.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10134/m037-1994.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10735/pc001-1994.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10736/pc002-1994.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10738/pc003-1994.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10739/pc004-1994.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10740/pc005-1994.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10741/pc006-1994.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10742/pc007-1994.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10743/pc008-1994.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10748/pc009-1994.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10749/pc010-1994.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10750/pc011-1994.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10751/pc012-1994.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10752/pc013-1994.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10753/pc014-1994.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10754/pc015-1994.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10755/pc016-1994.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10756/pc017-1994.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10757/pc018-1994.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10758/pc019-1994.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10759/pc020-1994.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10760/pc021-1994.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10761/pc022-1994.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10762/pc023-1994.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10763/pc024-1994.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10764/pc025-1994.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10766/pc026-1994.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10767/pc027-1994.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10768/pc028-1994.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10769/pc029-1994.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10770/pc030-1994.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10771/pc031-1994.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10773/pc032-1994.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10774/pc033-1994.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10775/pc034-1994.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10781/pc035-1994.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10783/pc036-1994.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10784/pc050-1994.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10785/pc051-1994.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10786/pc052-1994.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10787/pc053-1994.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4500/4500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4499/4499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4498/4498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4497/4497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4496/4496_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4495/4495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4494/4494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4493/4493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4492/4492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4491/4491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4490/4490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4489/4489_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4488/4488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4487/4487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4486/4486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4485/4485_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4484/4484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4483/4483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4482/4482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4481/4481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4480/4480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4479/4479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4478/4478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4477/4477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4476/4476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4475/4475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4474/4474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4473/4473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4472/4472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4471/4471_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/4470/031-1994.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4469/4469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4468/4468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4467/4467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4466/4466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4465/4465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4464/4464_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4463/4463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4462/4462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4461/4461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4460/4460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4459/4459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4458/4458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4457/4457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4456/4456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4455/4455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4454/4454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10372/pr001-1994.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10374/pr002-1994.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10375/pr003-1994.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10376/pr004-1994.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12398/resolucao_01-1994.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12399/resolucao_02-1994.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12400/resolucao_03-1994.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12401/resolucao_04-1994.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12289/dl_001-1994.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12290/dl_002-1994.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12291/dl_003-1994.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12292/dl_004-1994.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12293/dl_005-1994.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12294/dl_006-1994.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12295/dl_007-1994.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12296/dl_008-1994.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12297/dl_009-1994.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12298/dl_010-1994.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12299/dl_011-1994.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12300/dl_012-1994.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12301/dl_013-1994.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12302/dl_014-1994.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12303/dl_015-1994.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12304/dl_016-1994.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12305/dl_017-1994.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12306/dl_018-1994.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4936/4936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4935/4935_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4934/4934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4933/4933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4931/4931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4929/4929_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4926/4926_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4925/4925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4924/4924_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4923/4923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4922/4922_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4921/4921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4918/4918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4915/4915_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4912/4912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4909/4909_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4906/4906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4904/4904_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4903/4903_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4901/4901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4899/4899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4898/4898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4897/4897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4896/4896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4895/4895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4894/4894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4893/4893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4891/4891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4890/4890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4889/4889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4888/4888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4887/4887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4886/4886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4883/4883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4881/4881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4880/4880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4879/4879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4878/4878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4875/4875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4874/4874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4873/4873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4872/4872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4843/4843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4841/4841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4838/4838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4835/4835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4829/4829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4828/4828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4827/4827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4825/4825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4824/4824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4815/4815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4813/4813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4812/4812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4811/4811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4810/4810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10121/m029-1994.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10122/m031-1994.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10123/m032-1994.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10126/m033-1994.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10127/m034-1994.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10128/m035-1994.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10133/m036-1994.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10134/m037-1994.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10735/pc001-1994.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10736/pc002-1994.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10738/pc003-1994.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10739/pc004-1994.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10740/pc005-1994.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10741/pc006-1994.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10742/pc007-1994.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10743/pc008-1994.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10748/pc009-1994.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10749/pc010-1994.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10750/pc011-1994.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10751/pc012-1994.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10752/pc013-1994.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10753/pc014-1994.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10754/pc015-1994.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10755/pc016-1994.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10756/pc017-1994.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10757/pc018-1994.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10758/pc019-1994.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10759/pc020-1994.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10760/pc021-1994.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10761/pc022-1994.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10762/pc023-1994.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10763/pc024-1994.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10764/pc025-1994.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10766/pc026-1994.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10767/pc027-1994.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10768/pc028-1994.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10769/pc029-1994.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10770/pc030-1994.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10771/pc031-1994.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10773/pc032-1994.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10774/pc033-1994.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10775/pc034-1994.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10781/pc035-1994.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10783/pc036-1994.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10784/pc050-1994.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10785/pc051-1994.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10786/pc052-1994.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10787/pc053-1994.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4500/4500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4499/4499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4498/4498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4497/4497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4496/4496_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4495/4495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4494/4494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4493/4493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4492/4492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4491/4491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4490/4490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4489/4489_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4488/4488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4487/4487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4486/4486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4485/4485_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4484/4484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4483/4483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4482/4482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4481/4481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4480/4480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4479/4479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4478/4478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4477/4477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4476/4476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4475/4475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4474/4474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4473/4473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4472/4472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4471/4471_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/4470/031-1994.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4469/4469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4468/4468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4467/4467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4466/4466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4465/4465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4464/4464_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4463/4463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4462/4462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4461/4461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4460/4460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4459/4459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4458/4458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4457/4457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4456/4456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4455/4455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1994/4454/4454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10372/pr001-1994.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10374/pr002-1994.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10375/pr003-1994.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/10376/pr004-1994.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12398/resolucao_01-1994.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12399/resolucao_02-1994.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12400/resolucao_03-1994.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1994/12401/resolucao_04-1994.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H179"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="156.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>