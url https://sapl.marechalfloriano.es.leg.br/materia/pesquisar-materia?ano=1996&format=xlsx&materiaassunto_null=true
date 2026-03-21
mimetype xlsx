--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -54,1509 +54,1509 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12330</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Nides de Freitas</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12330/dl_001-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12330/dl_001-1996.pdf</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DA PREFEITURA E CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>12331</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12331/dl_002-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12331/dl_002-1996.pdf</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>12332</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12332/dl_003-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12332/dl_003-1996.pdf</t>
   </si>
   <si>
     <t>"DISPÕE A REMUNERAÇÃO DO PREFEITO E VICE-PREFEITO PARA A LEGISLATURA DE 1997 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5026/5026_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5026/5026_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA NO FINAL DA RUA THIERES VELOSO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5025/5025_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5025/5025_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  A LIMPEZA DA RUA LAURA L. KUSTER, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA A RETIRADA DA TERRA NO FINAL DA RUA MANOEL KILL, PRÓXIMO A RESIDÊNCIA DO SR.LUIZ KIEFER.</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5023/5023_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5023/5023_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO PÚBLICA, NA RUA DELIMAR SCHUNK ATÉ A RESIDÊNCIA DO SR. OLENDINO BOUNGESTAB, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5022/5022_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5022/5022_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO PÚBLICA COM COLOCAÇÃO DE 02 POSTES NO FINAL DO BECO, PARALELO A RUA VICTOR TRAVAGLIA QUE LIGA A RUA LAURA L. KUSTER.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5021/5021_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5021/5021_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM TOMADAS PROVIDÊNCIAS PARA REALIZAÇÃO DE EXAMES MÉDICOS.</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5020/5020_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5020/5020_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA QUE SEJA FEITA NOVAMENTE, A LIMPEZA NOS CANTEIROS AO LONGO A ENTRADA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5019/5019_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5019/5019_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE UM FISCAL DE SAÚDE, PARA CUMPRIMENTO DO CÓDIGO DE VIGILÂNCIA SANITÁRIA COM URGÊNCIA.</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5018/5018_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5018/5018_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE NA ESTRADA VELHA DE PARAJÚ, PRÓXIMO A PROPRIEDADE DO SR. DAVID KLEIN, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5017/5017_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5017/5017_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE SE ADQUIRIR TAMBORES DE LIXO.</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5016/5016_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5016/5016_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE UM POSTE COM ILUMINAÇÃO NO BAIRRO PARQUE PRESIDENTE, PRÓXIMO A RESIDÊNCIA DO SR. VALTER CARRARETO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5015/5015_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5015/5015_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O NIVELAMENTO, COM ASFALTO, DA RUA SANTANA, NO TRECHO ENTRE A ENTRADA DA RUA ATÉ O INICIO DA PONTE.</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5014/5014_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5014/5014_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA QUE DENTRO DAS POSSIBILIDADES DA MUNICIPALIDADE, FAÇA A PAVIMENTAÇÃO E COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA JOÃO PEDRO SCHENEIDER, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5013/5013_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5013/5013_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE 01 QUEBRA-MOLAS, NA RUA DELIMAR SCHUNK, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5012/5012_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5012/5012_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O LEVANTAMENTO SEMANAL DOS PREÇOS DOS PRODUTOS DA CESTA BÁSICA NOS SUPERMERCADOS, MERCADOS E MERCEARIAS DA CIDADE E SUA DIVULGAÇÃO ATRAVÉS DA SONORIZAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5011/5011_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5011/5011_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE UM (01) POSTE COM UM BRAÇO DE LUZ, NO FINAL DA RUA EDUARDO RUPP, CENTRO DE MARECHAL FLORIANO (SEDE).</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5010/5010_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5010/5010_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA DAS LATERAIS DA RODOVIA QUE LIGA A BR 262 A SEDE DO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5009/5009_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5009/5009_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O PLANTIO DE PLANTAS ORNAMENTAIS NO TREVO QUE LIGA A BR 262 À ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5008/5008_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5008/5008_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA FAÇA UMA CAMPANHA DE PREVENÇÃO CONTRA A DENGUE, NO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Lastene Stockl</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5007/5007_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5007/5007_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA IMPLANTAÇÃO DO PROJETO PRÓ-RURAL DA CESAN, PARA O DISTRITO DE SANTA MARIA DE MARECHAL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5006/5006_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5006/5006_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO JUNTO A SECRETARIA DE AÇÃO SOCIAL, QUE SE FAÇA UM CONTROLE DE ENTRADA DE PESSOAS VINDAS DE OUTROS MUNICÍPIOS E DE OUTRO ESTADO.</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5005/5005_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5005/5005_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA JUNTO Á SECRETÁRIA DE OBRAS, A COLOCAÇÃO DE REDUTOR DE VELOCIDADE, DENTRO DOS PADRÕES DO CONTRAN, NO PERÍMETRO URBANO DE SANTA MARIA DE MARECHAL, NAS PROXIMIDADES DA ESCOLA.</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5004/5004_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5004/5004_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ALAMBRAR O PÁTIO DA ESCOLA PLURIDOCENTE DE BOA ESPERANÇA, NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5003/5003_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5003/5003_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REFORMA E POSSÍVEL AMPLIAÇÃO DA ESCOLA SITIO RUPF.</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5002/5002_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5002/5002_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A AMPLIAÇÃO DA SEGUINTE PONTE:_x000D_
 1- PONTA NA RUA VICTOR TRAVAGLIA, PRÓXIMA A IGREJA BATISTA.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5001/5001_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5001/5001_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE UMA EXTENSÃO DE ILUMINAÇÃO PÚBLICA NA RUA QUE TEM INICIO NA RUA PRESIDENTE COSTA E SILVA ATÉ O LOTE DO SR. OSMAR DE ALMEIDA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5000/5000_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5000/5000_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DO PASSE INTEGRAL PARA OS ESTUDANTES DESTE MUNICÍPIO QUE FAZEM CURSO NA ESCOLA PÚBLICA DE DOMINGOS MARTINS, ISTO É, NA ESCOLA DE 1° E 2° GRAU DOMINGOS MARTINS POLIVALENTIZADA.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4999/4999_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4999/4999_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SE PROCEDA UMA AVALIAÇÃO E POSTERIORMENTE SEJA ENVIADO UM RELATÓRIO SOBRE ARRECADAÇÃO DA TAXA DE ILUMINAÇÃO PÚBLICA A ESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4998/4998_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4998/4998_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA UM MAIOR CONTROLE QUANTO A VALIDADE DOS PRODUTOS ADQUIRIDOS PARA MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4997/4997_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4997/4997_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE UNIFORMIZAR OS FUNCIONÁRIOS DA ÁREA DE SAÚDE COM ESTILO PADRONIZADO.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4996/4996_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4996/4996_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA LIMPEZA DO CÓRREGO BATATAL NESTA CIDADE.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4995/4995_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4995/4995_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE 02 POSTES COM LUMINÁRIAS NO FINAL DA RUA CECILIA PINTO PITANGA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4994/4994_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4994/4994_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DOAÇÃO DE SUBVENÇÃO SOCIAL PARA OS SEGUINTES CLUBES:_x000D_
 1-SANTA MARIA FUTEBOL CLUBE;_x000D_
 2-AMÉRICA FUTEBOL CLUBE.</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4993/4993_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4993/4993_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLETA DE LIXO NA COMUNIDADE DE SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4992/4992_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4992/4992_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA NO FINAL DA RUA THIERES VELOZO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4991/4991_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4991/4991_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA DO CÓRREGO DE BATATAL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4990/4990_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4990/4990_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO DE UMA OPERAÇÃO TAPA BURACOS NAS RUAS DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10159</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Amarílio José Klein, João Carlos Lorenzoni, Lastene Stockl, Lourival Schunk, Moacyr Elias Kuster, Nides de Freitas, Paulo Cesar Gilles, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10159/m001-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10159/m001-1996.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SAUDOSO PAULO LOVATTI.</t>
   </si>
   <si>
     <t>10161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10161/m002-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10161/m002-1996.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. PEDRO WALTER.</t>
   </si>
   <si>
     <t>10163</t>
   </si>
   <si>
     <t>Amarílio José Klein, João Carlos Lorenzoni, Lastene Stockl, Lourival Schunk, Moacyr Elias Kuster, Nides de Freitas, Paulo Lovatti Junior, Tarcísio Antônio Borgo</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. ALFREDO GILLES.</t>
   </si>
   <si>
     <t>10164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10164/m004-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10164/m004-1996.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JOSÉ MERÍSIO.</t>
   </si>
   <si>
     <t>10166</t>
   </si>
   <si>
     <t>Amarílio José Klein, João Carlos Lorenzoni, Lastene Stockl, Lourival Schunk, Moacyr Elias Kuster, Nides de Freitas, Paulo Cesar Gilles, Paulo Lovatti Junior, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10166/m005-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10166/m005-1996.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ALFREDO KLIPPEL.</t>
   </si>
   <si>
     <t>10168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10168/m006-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10168/m006-1996.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO SR. NIDES DE FREITAS.</t>
   </si>
   <si>
     <t>10588</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10588/pc001-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10588/pc001-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PORJETO DE LEI Nº 001/96.</t>
   </si>
   <si>
     <t>10589</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10589/pc002-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10589/pc002-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº002/96.</t>
   </si>
   <si>
     <t>10590</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10590/pc003-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10590/pc003-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 003/96.</t>
   </si>
   <si>
     <t>10591</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10591/pc004-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10591/pc004-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 004/96.</t>
   </si>
   <si>
     <t>10592</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10592/pc005-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10592/pc005-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 005/96.</t>
   </si>
   <si>
     <t>10593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10593/pc006-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10593/pc006-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 006/96.</t>
   </si>
   <si>
     <t>10594</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10594/pc007-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10594/pc007-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 007/96.</t>
   </si>
   <si>
     <t>10595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10595/pc0008-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10595/pc0008-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 008/96.</t>
   </si>
   <si>
     <t>10596</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10596/pc009-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10596/pc009-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 009/96.</t>
   </si>
   <si>
     <t>10597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10597/pc010-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10597/pc010-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 010/96.</t>
   </si>
   <si>
     <t>10598</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10598/pc011-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10598/pc011-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DECRETO LEGISLATIVO Nº 01/96 RELATIVOS ÀS CONTAS DA PREFEITURA E CÂMARA MUNICIPAL REFERENTES AO EXERCÍCIO DE 1994, COM BASE NO PARECER PRÉVIO EMITIDO PELO TRIBUNAL DE CONTAS DO ESTADO.</t>
   </si>
   <si>
     <t>10599</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10599/pc012-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10599/pc012-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 011/96.</t>
   </si>
   <si>
     <t>10600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10600/pc013-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10600/pc013-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 012/96.</t>
   </si>
   <si>
     <t>10601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10601/pc014-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10601/pc014-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO D ELEI Nº 013/96.</t>
   </si>
   <si>
     <t>10602</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10602/pc015-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10602/pc015-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO  DE LEI Nº 014/96.</t>
   </si>
   <si>
     <t>10603</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10603/pc016-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10603/pc016-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 025/96.</t>
   </si>
   <si>
     <t>10638</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10638/pc017-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10638/pc017-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AOS PROJETOS DE LEI Nº 015/96, 016/96, 017/96, 018/96, 019/96, 020/96, 021/96, 022/96, 023/96 E 024/96.</t>
   </si>
   <si>
     <t>10639</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10639/pc018-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10639/pc018-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 026/96.</t>
   </si>
   <si>
     <t>10640</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10640/pc019-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10640/pc019-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 027/96.</t>
   </si>
   <si>
     <t>10641</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10641/pc020-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10641/pc020-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 028/96.</t>
   </si>
   <si>
     <t>10642</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10642/pc021-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10642/pc021-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 029/96.</t>
   </si>
   <si>
     <t>10643</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10643/pc022-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10643/pc022-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 030/96.</t>
   </si>
   <si>
     <t>10644</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10644/pc023-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10644/pc023-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 031/96.</t>
   </si>
   <si>
     <t>10645</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10645/pc024-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10645/pc024-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE DECRETO LEGIDLATIVO N° 02/96 RELATIVO AS CONTAS DA PRFEITURA MUNICIPAL - REFERENTE AO EXERCÍCIO DE 1995, COM BASE NO PRÉVIO PARECE EMITIDO PELO TRIBUNAL DE CONTAS DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>10646</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10646/pc025-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10646/pc025-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 01/96.</t>
   </si>
   <si>
     <t>10647</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10647/pc026-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10647/pc026-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE DECRETO LEGISLATIVO Nº 03/96.</t>
   </si>
   <si>
     <t>10648</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10648/pc027-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10648/pc027-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 033/96.</t>
   </si>
   <si>
     <t>10649</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10649/pc028-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10649/pc028-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 032/96.</t>
   </si>
   <si>
     <t>10650</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10650/pc029-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10650/pc029-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 034/96.</t>
   </si>
   <si>
     <t>10651</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10651/pc030-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10651/pc030-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 035/96.</t>
   </si>
   <si>
     <t>10652</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10652/pc031-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10652/pc031-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE A ENTRA EM PAUTA NESTA OPORTUNIDADE , O PROJETO DE LEI Nº 036/96 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE " - CRIA O CARGO DE ASSESSOR DE GABINETE E DÁ OUTRAS PROVIDÊNCIAS" , ORIGINALMENTE SUBSCRITO EM DATA DE 12 DE NOVEMBRO DE 1996.</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10653/pc032-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10653/pc032-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 038/96.</t>
   </si>
   <si>
     <t>10654</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10654/pc033-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10654/pc033-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 03/96.</t>
   </si>
   <si>
     <t>10655</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10655/pc034-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10655/pc034-1996.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AOS PROJETOS DE LEIS Nº 039/96 AO 055/96.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ELIAS KIEFER</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4948/4948_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4948/4948_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ANISTIA FISCAL DE IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4947/4947_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4947/4947_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MODIFICA A LEI MUNICIPAL Nº 132, DE 12 DE MEIO DE 1995, QUE CRIA O INSTITUTO DE PROVIDÊNCIA E ASSISTÊNCIA DOS SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4946/4946_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4946/4946_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONTRATAR EMPRÉSTIMO COM A CAIXA ECONÔMICA FEDERAL, A OFERECER GARANTIAS E DÁ PROVIDÊNCIAS CORRELATAS. </t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4945/4945_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4945/4945_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR SERVIDORES POR TEMPO DETERMINADO. </t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4944/4944_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4944/4944_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A LOCAÇÃO DE IMÓVEIS, NECESSÁRIOS A MANUTENÇÃO DOS SERVIÇOS PRESTADOS PELO MUNICÍPIO A COMUNIDADE FLORIANENSE. </t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4943/4943_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4943/4943_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE NORMA DE CONTROLE DE DÉBITO DE SERVIDORES COM O INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DOS SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO - IPASMAF. </t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4938/4938_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4938/4938_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 051, DE 06 DEZEMBRO DE 1993 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4932/4932_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4932/4932_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGOS DE PROVIMENTO EM COMISSÃO. </t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4930/4930_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4930/4930_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO EXTERNO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4928/4928_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4928/4928_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA HELECIO DE PAULA. </t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4927/4927_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4927/4927_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4920/4920_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4920/4920_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA GUSTAVO HERTEL, EM MARECHAL FLORIANO -ES.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4917/4917_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4917/4917_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ISENÇÃO DE TAXA DE NUMERAÇÃO E RENUMERAÇÃO DE IMÓVEIS URBANOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4916/4916_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4916/4916_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INDENIZAÇÃO DE ÁREA DESAPROPRIADA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4914/4914_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4914/4914_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA THIERS VELLOSO. </t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>Moacyr Elias Kuster</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4913/4913_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4913/4913_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA NOME DE RUA QUINTINO EDUARDO RUPF, NESTA CIDADE. </t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4911/4911_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4911/4911_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA JULIETA MARIA FISCHER, AM ALTO MARECHAL, NESTA CIDADE. </t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4910/4910_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4910/4910_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA ARISTEU HULLE, NESTA CIDADE. </t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4908/4908_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4908/4908_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DENOMINA DE RUA GERMANO GERHARDT, A RUA EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4907/4907_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4907/4907_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA OSCAR ARAUJO, EM MARECHAL FLORIANO - SEDE. </t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4905/4905_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4905/4905_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA RUA NESTA CIDADE, DE RUA QUINTA DOS LAGOS </t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4902/4902_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4902/4902_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA HORTÊNSIAS, A RUA 01, NO BAIRRO VILA DAS PALMAS, NESTA CIDADE. </t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4900/4900_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4900/4900_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA DAS ROSAS, A RUA 02 NO BAIRRO VILLA DAS PALMAS, NESTA CIDADE. </t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4892/4892_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4892/4892_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA AZALÉIA, A RUA 03 NO BAIRRO DAS PALMAS, NESTA CIDADE. </t>
   </si>
   <si>
     <t>9370</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIRETRIZES ORÇMENTÁRIAS PARA O EXERCÍCIO DE 1997, QUE ABRANGERÁ OS PODERES LEGISLATIVO E EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4885/4885_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4885/4885_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O REPASSE DE UMA VERBA A FUNDAÇÃO HOSPITALAR E DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS - FHASDOMAR. </t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4884/4884_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4884/4884_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A SUBVENÇÃO SOCIAL A ENTIDADE DE AMPARO A IDOSOS - "SOU FELIZ".</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4882/4882_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4882/4882_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MODIFICA O ART. 63, DA LEI MUNICIPAL Nº 132, DE 12 DE MAIO DE 1995.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4877/4877_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4877/4877_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4876/4876_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4876/4876_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL Nº 172, DE 30 DE DEZEMBRO DE 1995.</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4871/4871_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4871/4871_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O ESPÍRITO SANTO CENTRAIS ELÉTRICAS S.A - ESCELSA, PARA O DESENVOLVIMENTO DO PROGRAMA DE ELETRIFICAÇÃO RURAL "LUZ NO CAMPO".</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4870/4870_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4870/4870_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA ORÇAMENTARIA DO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DOS SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO - IPASMAF - PARA O EXERCÍCIO DE 1997.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4869/4869_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4869/4869_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL DESTINADO A CONSTRUÇÃO DE UNIDADES HABITACIONAIS. </t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4868/4868_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4868/4868_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE PERCENTUAIS DE COBERTURA DA TAXA DE ILUMINAÇÃO PÚBLICA PARA O EXERCÍCIO DE 1997.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4867/4867_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4867/4867_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O CARGO DE ASSESSOR DE GABINETE E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4866/4866_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4866/4866_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME AO POSTO MUNICIPAL DE SAÚDE, DE POSTO DR. CESAR VELHO PUPPIM. </t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4865/4865_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4865/4865_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 0026, DE 08 DE JULHO DE 1993.</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4864/4864_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4864/4864_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA DOS IMIGRANTES EM ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO/ES. </t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4863/4863_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4863/4863_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA PREST, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4862/4862_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4862/4862_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA DEL PUPPO, NO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4861/4861_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4861/4861_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA PUPPIN, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4860/4860_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4860/4860_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA CANAL, EM ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4859/4859_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4859/4859_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA ULIANA, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4858/4858_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4858/4858_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA ZAMBON, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4857/4857_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4857/4857_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA BUSATO, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4856/4856_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4856/4856_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE LADEIRA FERREIRA NETO, EM ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4855/4855_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4855/4855_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE PRAÇA RONCHI, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4854/4854_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4854/4854_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA CELANTE, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4853/4853_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4853/4853_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA BORGO, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4852/4852_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4852/4852_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA LORENZONI, NO DISTRITO DE ARAGUAIA, MARECHAL FLORIANO/ES. </t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4851/4851_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4851/4851_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA CATELAN, NO DISTRITO DE ARAGUAIA, NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4850/4850_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4850/4850_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA BRAVIN, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4849/4849_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4849/4849_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DÁ NOME DE TRAVESSA ROSA, NO DISTRITO DE ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4848/4848_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4848/4848_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE PRAÇA LORENZONI, EM ARAGUAIA, MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4847/4847_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4847/4847_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR CESTAS BÁSICAS PARA DISTRIBUIR AOS SERVIDORES MUNICIPAIS NO NATAL. </t>
   </si>
   <si>
     <t>12404</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA 1995/1996</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12404/resolucao_01-1996.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12404/resolucao_01-1996.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A FIXAÇÃO DA REMUNERAÇÃO DOS VEREADORES PARA A LEGISLATURA QUE SE INICIA EM 1997 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1863,68 +1863,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12330/dl_001-1996.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12331/dl_002-1996.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12332/dl_003-1996.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5026/5026_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5025/5025_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5023/5023_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5022/5022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5021/5021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5020/5020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5019/5019_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5018/5018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5017/5017_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5016/5016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5015/5015_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5014/5014_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5013/5013_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5012/5012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5011/5011_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5010/5010_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5009/5009_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5008/5008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5007/5007_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5006/5006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5005/5005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5004/5004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5003/5003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5002/5002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5001/5001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4999/4999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4998/4998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4997/4997_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4996/4996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4995/4995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4994/4994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4993/4993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4992/4992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4991/4991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4990/4990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10159/m001-1996.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10161/m002-1996.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10164/m004-1996.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10166/m005-1996.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10168/m006-1996.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10588/pc001-1996.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10589/pc002-1996.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10590/pc003-1996.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10591/pc004-1996.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10592/pc005-1996.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10593/pc006-1996.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10594/pc007-1996.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10595/pc0008-1996.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10596/pc009-1996.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10597/pc010-1996.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10598/pc011-1996.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10599/pc012-1996.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10600/pc013-1996.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10601/pc014-1996.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10602/pc015-1996.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10603/pc016-1996.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10638/pc017-1996.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10639/pc018-1996.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10640/pc019-1996.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10641/pc020-1996.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10642/pc021-1996.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10643/pc022-1996.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10644/pc023-1996.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10645/pc024-1996.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10646/pc025-1996.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10647/pc026-1996.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10648/pc027-1996.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10649/pc028-1996.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10650/pc029-1996.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10651/pc030-1996.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10652/pc031-1996.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10653/pc032-1996.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10654/pc033-1996.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10655/pc034-1996.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4948/4948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4947/4947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4946/4946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4945/4945_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4944/4944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4943/4943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4932/4932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4930/4930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4928/4928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4927/4927_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4917/4917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4916/4916_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4914/4914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4913/4913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4911/4911_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4910/4910_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4908/4908_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4907/4907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4905/4905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4902/4902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4900/4900_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4892/4892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4885/4885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4884/4884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4882/4882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4877/4877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4876/4876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4871/4871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4870/4870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4869/4869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4867/4867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4866/4866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4865/4865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4864/4864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4863/4863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4862/4862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4861/4861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4860/4860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4859/4859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4858/4858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4857/4857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4856/4856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4855/4855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4854/4854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4853/4853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4852/4852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4851/4851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4850/4850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4849/4849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4848/4848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4847/4847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12404/resolucao_01-1996.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12330/dl_001-1996.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12331/dl_002-1996.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12332/dl_003-1996.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5026/5026_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5025/5025_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5023/5023_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5022/5022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5021/5021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5020/5020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5019/5019_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5018/5018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5017/5017_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5016/5016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5015/5015_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5014/5014_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5013/5013_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5012/5012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5011/5011_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5010/5010_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5009/5009_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5008/5008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5007/5007_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5006/5006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5005/5005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5004/5004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5003/5003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5002/5002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5001/5001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4999/4999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4998/4998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4997/4997_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4996/4996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4995/4995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4994/4994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4993/4993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4992/4992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4991/4991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4990/4990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10159/m001-1996.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10161/m002-1996.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10164/m004-1996.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10166/m005-1996.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10168/m006-1996.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10588/pc001-1996.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10589/pc002-1996.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10590/pc003-1996.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10591/pc004-1996.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10592/pc005-1996.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10593/pc006-1996.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10594/pc007-1996.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10595/pc0008-1996.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10596/pc009-1996.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10597/pc010-1996.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10598/pc011-1996.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10599/pc012-1996.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10600/pc013-1996.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10601/pc014-1996.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10602/pc015-1996.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10603/pc016-1996.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10638/pc017-1996.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10639/pc018-1996.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10640/pc019-1996.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10641/pc020-1996.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10642/pc021-1996.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10643/pc022-1996.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10644/pc023-1996.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10645/pc024-1996.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10646/pc025-1996.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10647/pc026-1996.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10648/pc027-1996.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10649/pc028-1996.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10650/pc029-1996.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10651/pc030-1996.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10652/pc031-1996.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10653/pc032-1996.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10654/pc033-1996.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/10655/pc034-1996.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4948/4948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4947/4947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4946/4946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4945/4945_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4944/4944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4943/4943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4932/4932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4930/4930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4928/4928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4927/4927_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4917/4917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4916/4916_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4914/4914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4913/4913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4911/4911_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4910/4910_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4908/4908_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4907/4907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4905/4905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4902/4902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4900/4900_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4892/4892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4885/4885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4884/4884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4882/4882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4877/4877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4876/4876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4871/4871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4870/4870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4869/4869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4867/4867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4866/4866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4865/4865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4864/4864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4863/4863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4862/4862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4861/4861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4860/4860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4859/4859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4858/4858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4857/4857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4856/4856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4855/4855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4854/4854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4853/4853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4852/4852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4851/4851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4850/4850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4849/4849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4848/4848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1996/4847/4847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1996/12404/resolucao_01-1996.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="197.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>