--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -54,2151 +54,2151 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12333</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/12333/dl_001-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/12333/dl_001-1997.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO MUNICÍPIO DE MARECHAL FLORIANO, RELATIVAS AO EXERCÍCIO DE 1996".</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5103/5103_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5103/5103_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PAGAR INSALUBRIDADE AO SR. DARCI LOZER SERVIDOR MUNICIPAL QUE ESTÁ EM CONTATO COM DOENÇAS CONTAGIOSAS.</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5102/5102_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5102/5102_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO PÚBLICA E PAVIMENTAÇÃO DA RUA PRÓXIMO A CASA DO SR. ORENDINO VIEIRA.</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5101/5101_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5101/5101_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA RUA LAURA LITTIG KUSTER E SUA PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5100/5100_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5100/5100_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O CALÇAMENTO EM FRENTE O BAR E MERCEARIA DO SR. ANTONIO KLEIN E O SR. DARINHO RIBET.</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5099/5099_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5099/5099_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM PROCEDIDAS SOLUÇÕES EM FRENTE DAS PROPRIEDADES DO SR. ALFREDO KLIPPEL E ANTENOR SIMON.</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5098/5098_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5098/5098_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA ALGUMA FORMA DE RESTRINGIR O ATENDIMENTO MÉDICO, DE NOSSA UNIDADE SANITÁRIA. PARA OS NOSSOS MUNÍCIPES, PRINCIPALMENTE, NA PARTE AMBULATORIAL, EXAMES MÉDICOS, SERVIÇOS ODONTOLÓGICOS, ETC..., SÓ NÃO PODEMOS DIFICULTAR AS URGÊNCIAS. ISTO É, CONTROLAR O ATENDIMENTO AS PESSOAS QUE VEM DE  OUTROS MUNICÍPIOS, E SIM DAR PRIORIDADE ABSOLUTA AO NOSSO  MUNICÍPIO.</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5097/5097_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5097/5097_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO, NO TREVO DA BR 262 ONDE LIGA A RODOVIA FRANCISCO STOCKL À ARAGUAIA ATÉ A MERCEARIA STEIN.</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5096/5096_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5096/5096_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO PÚBLICA NO KM 48, NO BAR FRUTOS DA TERRA BR 262.</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Moacyr Elias Kuster</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5095/5095_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5095/5095_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REFORMA OU CONSTRUÇÃO DE UMA PONTE QUE SE ENCONTRA EM ESTADO PRECÁRIO NA FAZENDA DO SR. CLADISTONE KILL.</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5094/5094_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5094/5094_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO OU REFORMA À PONTE QUE PERTENCENTE A FAMÍLIA SCHUNCK, QUE DÁ ACESSO A SOÍDO DE CIMA.</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Abel Kieffer</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5093/5093_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5093/5093_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM BUEIRO NA ESTRADA PRINCIPAL DE RIO FUNDO QUE LIGA A RODOVIA. O BUEIRO NESTA RUA PRINCIPAL SE  ENCONTRA QUEBRADO.</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5092/5092_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5092/5092_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE 02 ABRIGOS DE ÔNIBUS EM RIO FUNDO, NO PONTO PRINCIPAL, EM FRENTE AO COMÉRCIO DO SR. DARCI LITTIG.</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5091/5091_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5091/5091_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO, NAS PROXIMIDADES DA PROPRIEDADE DO SR. RODOLFO KROHLING.</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5090/5090_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5090/5090_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A DIVISÃO DAS AMBULÂNCIAS, FICANDO MAIS RESERVADO A PARTE DO MOTORISTA.</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5089/5089_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5089/5089_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA À ABERTURA DA ESTRADA DA RUA DE BATATAL ONDE TERMINA O ASFALTO.</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5088/5088_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5088/5088_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA À PAVIMENTAÇÃO DA RUA DE BATATAL ONDE TERMINA O ASFALTO.</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5087/5087_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5087/5087_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO MELHORIAS NA RUA DO SR. NÉLIO LUIZ ENTRINGER, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5086/5086_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5086/5086_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA CONSTANTE DO CÓRREGO DE BATATAL.</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5085/5085_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5085/5085_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA PROPRIEDADE DO SR. ANTONIO LEMOS, NA RUA DE BATATAL.</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5084/5084_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5084/5084_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA À ABERTURA DE UMA CURVA NA ESTRADA VELHA DE PARAJU, DEPOIS DO POSTO IPIRANGA 01 KM.</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5083/5083_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5083/5083_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM MURO DE ARRIMO NA RUA EMÍLIO GUSTAVO HULLE.</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Lorindo Wruck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5082/5082_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5082/5082_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA CERCA PROVISÓRIA OU UM MURO, NA ESCOLA "VALE DA ESPERANÇA", EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5081/5081_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5081/5081_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REABERTURA DA ESTRADA DE SOÍDO DE BAIXO QUE DÁ SAÍDA EM SÃO BENTO DO CHAPÉU (SOÍDO DE BAIXO).</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Lastene Stockl</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5080/5080_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5080/5080_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE 02 ABRIGOS DE ÔNIBUS NO TREVO DO CRUZAMENTO DA BR 262 COM A RODOVIA FRANCISCO STOCKL, SENDO 01 NO SENTIDO SANTA MARIA - VITÓRIA E OUTRO NO SENTIDO SANTA MARIA - BELO HORIZONTE.</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5079/5079_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5079/5079_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A CONSTRUÇÃO DE 1 ABRIGO DE ÔNIBUS NA BR 262, PRÓXIMO AO ORQUIDÁRIO DO SR. NEGO SCHUNCK. </t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5078/5078_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5078/5078_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MELHORIAS NA ILUMINAÇÃO DA RUA GUSTAVO HERTEL. (CONHECIDA COMO RUA DE BATATAL).</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5077/5077_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5077/5077_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IDENTIFICAÇÃO DAS RUAS, COM RESPECTIVOS NOMES.</t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5076/5076_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5076/5076_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE 01 ABRIGO DE ÔNIBUS, EM FRENTE AO BAR E LANCHONETE PONTO FRIO, NO SENTIDO MARECHAL FLORIANO À BELO HORIZONTE.</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5075/5075_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5075/5075_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE 01 BUEIRO, EM FRENTE (BAR INGA), ESTE CITADO COMO REFERÊNCIA E CONHECIDO POR TODOS QUE HOJE SE ENCONTRA FECHADO.</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5074/5074_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5074/5074_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE BUEIROS EM TODA A ESTRADA DE SOÍDO DE BAIXO (MARECHAL FLORIANO).</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5073/5073_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5073/5073_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  QUE SEJA REALIZADA ILUMINAÇÃO PÚBLICA, COM UM POSTE NA RUA AO LADO DO BAR DO SR. AGOSTINHO DE ASSIS.</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5072/5072_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5072/5072_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO PÚBLICA, NA RUA NÉLIO WASSEM, APROXIMADAMENTE 02 (DOIS POSTES).</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5071/5071_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5071/5071_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA UM TRABALHO DE ORIENTAÇÃO SOBRE "CLIMATÉRIO" (MENOPAUSA), PARA MULHERES DA NOSSA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5070/5070_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5070/5070_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O CALÇAMENTO E ILUMINAÇÃO PÚBLICA NA RUA PROJETADA COM INICIO NA RESIDÊNCIA DO SR. NELSON ENDLICH QUE FICA AO LADO DA MACEFEL. (MATERIAL DE CONSTRUÇÃO).</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5069/5069_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5069/5069_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE EM SOÍDO DE BAIXO À ESTRADA DÁ ACESSO À SOÍDO DE CIMA ESTA PONTE FICA NA PROPRIEDADE DO SR. SILVIO WASSEM (PERTENCENTE A MARECHAL FLORIANO).</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5068/5068_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5068/5068_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE BUEIROS NA ESTRADA DE SOÍDO DE BAIXO QUE DÁ ACESSO A ESCOLA DE SÃO BENTO DO CHAPÉU, ATENDENDO AS CRIANÇAS DE NOSSO MUNICÍPIO QUE ESTUDAM NESTA ESCOLA.</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5067/5067_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5067/5067_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES QUE SEJA FEITA A PINTURAS DOS QUEBRA-MOLAS, EXISTENTES EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5066/5066_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5066/5066_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CONSTRUÍDA UMA PONTE, QUE DÁ ACESSO À RUA DELIMAR SCHUNCK (CONHECIDA COMO RUA DA LINHA).</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5065/5065_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5065/5065_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A CONSTRUÇÃO  DE QUEBRA MOLA NA RUA: DR. ARTHUR GERART.</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5064/5064_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5064/5064_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO PÚBLICA NA RUA JOSÉ MERISIO AO LADO DO COMÉRCIO JOSÉ ARAÚJO.</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5063/5063_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5063/5063_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE VERIFIQUE AO ÓRGÃO COMPETENTE QUANTO AO FUNCIONAMENTO DA TORRE DE TELEFONIA CELULAR, QUE SE ENCONTRA NO TREVO DE PARAJÚ, PARA QUE HAJA MAIS RAPIDEZ AO FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5062/5062_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5062/5062_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA SEGUINTE SUGESTÃO:_x000D_
 -ESTUDOS OBJETIVANDO A INTUIÇÃO DO RELÓGIO QUE MARCA O HORÁRIO DE TRABALHO DOS SERVIDORES PÚBLICOS DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5061/5061_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5061/5061_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SUGESTÃO QUE ABAIXO SE TRANSCREVE:_x000D_
 -VIABILIZAÇÃO DE ESTUDOS OBJETIVANDO À DAR CUMPRIMENTO AO ART. 55 ALÍNEA G DA LEI Nº 003, EDITADA POR ESTA MUNICIPALIDADE EM 04 DE JANEIRO DE 1993, QUE CONSUBSTANCIA O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO, CUJO TEXTO DO DISPOSITIVO SUPRACITADO DIZ:_x000D_
 "ART.55-OS SERVIDORES PÚBLICOS MUNICIPAIS TERÃO DIREITO A:_x000D_
 G)REMUNERAÇÃO DO SERVIÇO EXTRAORDINÁRIO SUPERIOR, NO MINIMO, EM CINQUENTA POR CENTO À HORA NORMAL."</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5060/5060_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5060/5060_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA DOIS FUNCIONÁRIOS PARA FAZER A MANUTENÇÃO DA ESTRADA VELHA DE PARAJÚ.</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5059/5059_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5059/5059_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE INTERCEDESSE SE NECESSÁRIO JUNTAMENTE COM A ESCELSA A RETIRADA DE UM POSTE DE ENERGIA DE ALTA TENSÃO, EM SOÍDO DE BAIXO A PROPRIEDADE DO SR. ARGEMIRO CHAGAS.</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5058/5058_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5058/5058_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES QUE SEJA FEITA COM URGÊNCIA PATROLAMENTO E MELHORAMENTOS NA ESTRADA COM INICIO A PROPRIEDADE DO SR. JOSÉ CHRIST, ATÉ A IGREJA LUTERANA DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5057/5057_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5057/5057_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A ILUMINAÇÃO NA ESTRADA DE SOÍDO DE BAIXO COM APROXIMADAMENTE 12 LÂMPADAS.</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5056/5056_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5056/5056_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA VERIFICAR AS POSSIBILIDADES DO CALÇAMENTO DA RUA BRAVIM EM ARAGUAIA MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5055/5055_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5055/5055_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA TOMADAS AS DEVIDAS PROVIDÊNCIAS QUANTO AO FUNCIONAMENTO DO CANAL DA TV BANDEIRANTES, EM NOSSO MUNICÍPIO, E SEGUNDO OS MORADORES O PROBLEMA ESTA NO REPETIDOR.</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5054/5054_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5054/5054_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MELHORAMENTOS NA PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5053/5053_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5053/5053_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO DA RUA ALAIR BORGES (POPULARMENTE CONHECIDA COMO RUA DO CAMPO).</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5052/5052_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5052/5052_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO 02 QUEBRA MOLAS NA RUA DELIMAR SCHUNK (POPULARMENTE CONHECIDA COMO RUA DA LINHA).</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5051/5051_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5051/5051_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE COLOQUE ÔNIBUS NOS SÁBADOS E DOMINGOS, NA ESTRADA VELHA DE PARAJU.</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5050/5050_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5050/5050_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE 02 QUEBRA-MOLAS NA RUA PRESIDENTE COSTA E SILVA EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5049/5049_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5049/5049_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA SEJA DEDICADO UNS CINCO MINUTOS DE AULAS SOBRE ORIENTAÇÃO E EDUCAÇÃO AO TRÂNSITO, NA SEQUENCIA DE ALGUMA AULA.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5048/5048_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5048/5048_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM POSTO DE SAÚDE NO BETINHO SIMON EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5047/5047_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5047/5047_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE UMA OPERAÇÃO TAPARA BURACOS NO ASFALTO QUE VAI PARA PARAJU COM INÍCIO DO TREVO ATÉ NOVA ALMEIDA MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5046/5046_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5046/5046_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJA TOMADAS AS SEGUINTES PROVIDÊNCIAS:_x000D_
 1-MELHORAMENTOS NA ILUMINAÇÃO NO POSTO IPIRANGA, SE POSSÍVEL, UM POSTE EM FRENTE AO COLÉGIO._x000D_
 2-ACABAMENTO DO CALÇAMENTO ATÉ O TÉRMINO DO COLÉGIO.</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5045/5045_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5045/5045_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DAS SEGUINTES MEDIDAS:_x000D_
 1-CONSTRUÇÃO DE ABRIGOS PARA PASSAGEIROS ÀS MARGENS DA BR 262, NO KM 56, ENTRADA DE SANTA MARIA E KM 68 EM ALTO SANTA MARIA, COM SENTIDO VITÓRIA À BELO HORIZONTE.</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>David Klippel</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5044/5044_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5044/5044_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA COLOCAR EM FRENTE AO COLÉGIO MARTINHO LUTERO UMA PLACA INDICANDO A ENTRADA E SAÍDA DE ALUNOS.</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5043/5043_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5043/5043_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJA REALIZADO A PAVIMENTAÇÃO DA RUA GERMANO GERART, TRANSVERSAL A RUA T. VELOSO EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5042/5042_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5042/5042_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA TOMADAS MEDIDAS NO PRONTO ATENDIMENTO, PASSANDO A VIGORAR NO HORÁRIO DE 24 HORAS NO POSTO MÉDICO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Abel Kieffer, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5041/5041_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5041/5041_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA CALÇAMENTO DA RUA QUINTA DOS LAGOS E SE POSSÍVEL A REABERTURA DE ALGUNS TRECHOS NESTA RUA.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5040/5040_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5040/5040_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PROVIDÊNCIAS NAS PÉSSIMAS CONDIÇÕES DE DOIS BUEIROS EXISTENTES NA ESTRADA DE BATATAL, QUE FICA NA RUA QUE DÁ ACESSO A PROPRIEDADE DO SR. PAULO BENTO E SRª NETE KUSTER E O SR. JOSÉ MARIA VASCONCELOS.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5039/5039_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5039/5039_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJAM FEITOS MELHORAMENTOS DO DPM NA RUA WALDEMAR MÊES (POPURLAMENTE CONHECIDO COMO RUA DA ILHA). OU ATÉ MESMO PROVIDENCIAR UM OUTRO LOCAL.</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5038/5038_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5038/5038_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO À ESTRADA QUE DÁ ACESSO AO HOSPITAL E QUE TEM INICIO A RUA PRESIDENTE COSTA E SILVA EM MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5037/5037_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5037/5037_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE 02 QUEBRA-MOLAS, SENDO UM EM FRENTE A RESIDÊNCIA DO SR. DIONÍSIO CURBANI E OUTRO EM FRENTE A RESIDÊNCIA DA SRª EDITE MARQUES, SENDO QUE OS DOIS FICAM LOCALIZADOS NA RUA GUSTAVO HERTEL (POPULARMENTE CONHECIDA COMO RUA DE BATATAL).</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5036/5036_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5036/5036_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE MANTER 02 FUNCIONÁRIOS PERMANENTES NA MANUTENÇÃO DA ESTRADA DE RIO FUNDO MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5035/5035_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5035/5035_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE URGENTE NA ESTRADA VELHA DE PARAJU NA PROPRIEDADE DO SR. DAVI KLEIN.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5034/5034_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5034/5034_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO DA RUA  DO SR. HERMINIO ENTRINGER EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5033/5033_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5033/5033_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE MANTER UM GARI NA RUA LAURA LITTIG KUSTER, PELO MENOS 02 VEZES POR SEMANA.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5032/5032_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5032/5032_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA A ILUMINAÇÃO DO TREVO DE PARAJU (BR.262 KM 55), SENDO QUE ESTE TAMBÉM PERTENCE AO NOSSO MUNICÍPIO - MARECHAL FLORIANO -ES.</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5031/5031_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5031/5031_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE NO BECO PRÓXIMO A RESIDÊNCIA DO SR. ALCIDES HAND E DA SRª. LEONETE KUSTER EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5030/5030_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5030/5030_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE 03 BUEIROS NA ESTRADA VELHA DE PARAJU._x000D_
 -02 NA PROPRIEDADE DO SR. ANTENOR SIMON;_x000D_
 -01 NA PROPRIEDADE DO SR. LOURIVAL KUSTER.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5029/5029_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5029/5029_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O MANILHAMENTO E CALÇAMENTO DA RUA EDIVALDO VIEIRA SANTOS.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5028/5028_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5028/5028_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO DE TOMAR PROVIDÊNCIAS URGENTES PARA PINTAR TODA FAIXA DE ESTACIONAMENTO NA PRAÇA SANTA RITA, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5027/5027_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5027/5027_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO DENTRO DAS POSSIBILIDADES A PAVIMENTAÇÃO DA RUA EMILIO ENDLICH, QUE FICA NA RUA PRÓXIMA A FLORICULTURA DO SR. BENEDITO VICENTE.</t>
   </si>
   <si>
     <t>10174</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Abel Kieffer, Amarílio José Klein, David Klippel, Joaquim Stein, Lastene Stockl, Lorindo Wruck, Moacyr Elias Kuster, Paulo Cesar Gilles, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10174/m001-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10174/m001-1997.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JÂCOMO BORGO.</t>
   </si>
   <si>
     <t>10175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10175/m002-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10175/m002-1997.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. FLORIANO LOPES RUBIM.</t>
   </si>
   <si>
     <t>10176</t>
   </si>
   <si>
     <t>Abel Kieffer, Amarílio José Klein, Joaquim Stein, Lorindo Wruck, Moacyr Elias Kuster, Paulo Cesar Gilles, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10176/m003-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10176/m003-1997.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª DUZOLINA GAVA BORGO.</t>
   </si>
   <si>
     <t>10177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10177/m0004-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10177/m0004-1997.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE UM VOTO DE PESAR, PELO PASSAMENTO DO SR. JAIME HENRIQUE BORGO.</t>
   </si>
   <si>
     <t>10178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10178/m005-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10178/m005-1997.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO EXMº PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10179/m006-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10179/m006-1997.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª LUCIA SIMON KROHLING.</t>
   </si>
   <si>
     <t>10180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10180/m007-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10180/m007-1997.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. DOMINGOS ANTÔNIO ENTRINGER.</t>
   </si>
   <si>
     <t>10489</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E  ORÇAMENTOS, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10489/pc001-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10489/pc001-1997.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL REFERENTE AO PROJETO DE LEI Nº 001/1997.</t>
   </si>
   <si>
     <t>10490</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10490/pc002-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10490/pc002-1997.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL REFERENTE AO PROJETO DE LEI Nº002/1997.</t>
   </si>
   <si>
     <t>10491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10491/pc003-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10491/pc003-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI 003/97.</t>
   </si>
   <si>
     <t>10492</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10492/pc004-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10492/pc004-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI 004/97.</t>
   </si>
   <si>
     <t>10493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10493/pc005-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10493/pc005-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 005/97.</t>
   </si>
   <si>
     <t>10494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10494/pc006-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10494/pc006-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 006/97.</t>
   </si>
   <si>
     <t>10495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10495/pc007-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10495/pc007-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 007/97.</t>
   </si>
   <si>
     <t>10496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10496/pc008-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10496/pc008-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 008/97.</t>
   </si>
   <si>
     <t>10497</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E  ORÇAMENTOS, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10497/pc009-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10497/pc009-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 009/97.</t>
   </si>
   <si>
     <t>10498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10498/pc010-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10498/pc010-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 010/97.</t>
   </si>
   <si>
     <t>10499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10499/pc011-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10499/pc011-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0011/1997.</t>
   </si>
   <si>
     <t>10500</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E  ORÇAMENTOS, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10500/pc012-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10500/pc012-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 12/97.</t>
   </si>
   <si>
     <t>10514</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10514/pc013-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10514/pc013-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 013/97.</t>
   </si>
   <si>
     <t>10515</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10515/pc014-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10515/pc014-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 014/97.</t>
   </si>
   <si>
     <t>10516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10516/pc015-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10516/pc015-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 015/97.</t>
   </si>
   <si>
     <t>10517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10517/pc016-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10517/pc016-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 016/97.</t>
   </si>
   <si>
     <t>10518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10518/pc017-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10518/pc017-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 017/97.</t>
   </si>
   <si>
     <t>10519</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10519/pc018-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10519/pc018-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE DO PROJETO DE LEI Nº 018/97.</t>
   </si>
   <si>
     <t>10520</t>
   </si>
   <si>
     <t>MESA DIRETORA 1997/1998</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10520/pc019-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10520/pc019-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0019/97.</t>
   </si>
   <si>
     <t>10521</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10521/pc020-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10521/pc020-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 020/97.</t>
   </si>
   <si>
     <t>10522</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10522/pc021-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10522/pc021-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0021/97.</t>
   </si>
   <si>
     <t>10523</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10523/pc022-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10523/pc022-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0022/97.</t>
   </si>
   <si>
     <t>10524</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CFO - COMISSÃO DE FINANÇAS E  ORÇAMENTOS, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10524/pc023-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10524/pc023-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE ASO PROJETO DE LEI Nº 024/97.</t>
   </si>
   <si>
     <t>10525</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10525/pc024-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10525/pc024-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 023/97.</t>
   </si>
   <si>
     <t>10526</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10526/pc025-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10526/pc025-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 025/97.</t>
   </si>
   <si>
     <t>10527</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10527/pc026-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10527/pc026-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 026/97.</t>
   </si>
   <si>
     <t>10528</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10528/pc027-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10528/pc027-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 027/97.</t>
   </si>
   <si>
     <t>10529</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10529/pc028-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10529/pc028-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0028/97.</t>
   </si>
   <si>
     <t>10530</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10530/pc029-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10530/pc029-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 029/97.</t>
   </si>
   <si>
     <t>10531</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10531/pc030-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10531/pc030-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0030/97.</t>
   </si>
   <si>
     <t>10532</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10532/pc031-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10532/pc031-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0031/97.</t>
   </si>
   <si>
     <t>10533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10533/pc032-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10533/pc032-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 032/97.</t>
   </si>
   <si>
     <t>10534</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10534/pc033-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10534/pc033-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0034/97.</t>
   </si>
   <si>
     <t>10535</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10535/pc034-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10535/pc034-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0033/97.</t>
   </si>
   <si>
     <t>10536</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10536/pc035-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10536/pc035-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0036/97.</t>
   </si>
   <si>
     <t>10537</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10537/pc036-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10537/pc036-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0035/97.</t>
   </si>
   <si>
     <t>10538</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10538/pc037-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10538/pc037-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0037/97.</t>
   </si>
   <si>
     <t>10539</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10539/pc039-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10539/pc039-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 39/97.</t>
   </si>
   <si>
     <t>10540</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10540/pc040-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10540/pc040-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0040/97.</t>
   </si>
   <si>
     <t>10541</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10541/pc041-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10541/pc041-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0041/97.</t>
   </si>
   <si>
     <t>10542</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10542/pc042-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10542/pc042-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0042/97.</t>
   </si>
   <si>
     <t>10543</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10543/pc043-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10543/pc043-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 43/97.</t>
   </si>
   <si>
     <t>10544</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10544/pc044-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10544/pc044-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº0044/97.</t>
   </si>
   <si>
     <t>10545</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10545/pc045-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10545/pc045-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0045/97.</t>
   </si>
   <si>
     <t>10546</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10546/pc046-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10546/pc046-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0046/97.</t>
   </si>
   <si>
     <t>10547</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10547/pc047-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10547/pc047-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0047/97.</t>
   </si>
   <si>
     <t>10548</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10548/pc048-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10548/pc048-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0048/97.</t>
   </si>
   <si>
     <t>10549</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10549/pc049-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10549/pc049-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0049/97.</t>
   </si>
   <si>
     <t>10550</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10550/pc050-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10550/pc050-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0050/97.</t>
   </si>
   <si>
     <t>10551</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10551/pc051-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10551/pc051-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0051/97.</t>
   </si>
   <si>
     <t>10552</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10552/pc052-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10552/pc052-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0052/97.</t>
   </si>
   <si>
     <t>10553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10553/pc053-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10553/pc053-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI 0053/97.</t>
   </si>
   <si>
     <t>10554</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10554/pc054-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10554/pc054-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0054/97.</t>
   </si>
   <si>
     <t>10555</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10555/pc055-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10555/pc055-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0055/97.</t>
   </si>
   <si>
     <t>10556</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E  ORÇAMENTOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10556/pc056-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10556/pc056-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0056/97.</t>
   </si>
   <si>
     <t>10557</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10557/pc057-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10557/pc057-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0057/97.</t>
   </si>
   <si>
     <t>10558</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10558/pc058-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10558/pc058-1997.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0058/97.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4846/4846_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4846/4846_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A PROCEDER ANTECIPAÇÃO DE RECEITA ORÇAMENTÁRIA. </t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4845/4845_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4845/4845_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A DATA PARA O PAGAMENTO DO 13º SALÁRIO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4844/4844_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4844/4844_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE ANISTIA FISCAL DE IMPOSTO PREDIAL E TERRITORIAL URBANO IPTU E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4842/4842_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4842/4842_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA AO AMÉRICA FUTEBOL CLUBE.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4840/4840_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4840/4840_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4839/4839_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4839/4839_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REGIME DE ADIANTAMENTO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4837/4837_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4837/4837_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE SUBVENÇÃO SOCIAL A ENTIDADE DE AMPARO A IDOSOS - SOU FELIZ. </t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4836/4836_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4836/4836_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A PROPRIEDADE FORNECEDORA DA ÁGUA DA LOCALIDADE DE ARAGUÁIA. </t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4834/4834_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4834/4834_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INDENIZAÇÃO DE ÁREA DESAPROPRIADA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4833/4833_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4833/4833_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE GRATIFICAÇÃO AO SERVIDOR DA COMISSÃO PERMANENTE DE LICITAÇÃO. </t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4832/4832_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4832/4832_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A LOCAÇÃO DE IMÓVEIS NECESSÁRIOS A MANUTENÇÃO DOS SERVIÇOS PRESTADOS PELO MUNICÍPIO A COMUNIDADE FLORIANENSE. </t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR SERVIDORES POR TEMPO DETERMINADO. </t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4830/4830_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4830/4830_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL E EFETUAR REPASSE A ASSOCIAÇÃO EM DEFESA DOS DIREITOS DOS PRODUTORES RURAIS DE SÃO BENTO DO CHAPÉU ADDPRUSBEC E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4826/4826_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4826/4826_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A ESCOLA DE 1º GRAU "MARTINHO LUTERO".</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4823/4823_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4823/4823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4822/4822_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4822/4822_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PAVIMENTO EM COMISSÃO PARA O IPASMAF. </t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4821/4821_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4821/4821_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL, DESTINADO A AMPLIAÇÃO DE ESCOLA.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA QUANTITATIVOS DE CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4819/4819_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4819/4819_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE PAULO ANTONIO LORENZONI, O GINÁSIO DE ESPORTE DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4818/4818_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4818/4818_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA QUANTITATIVOS DE CARGOS COMISSIONADOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4817/4817_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4817/4817_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOME DE RUA JOSÉ MERÍSIO. </t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4816/4816_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4816/4816_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PRORROGA PRAZO ESTIPULADO NA LEI MUNICIPAL Nº 231, DE 09/01/07.</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4814/4814_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4814/4814_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL Nº 020/93 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4772/4772_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4772/4772_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 1998, QUE ABRANGERÁ OS PODERES LEGISLATIVO E EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4767/4767_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4767/4767_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER GRATIFICAÇÃO ESPECIAL POR INSALUBRIDADE. </t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4766/4766_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4766/4766_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 6º DA LEI MUNICIPAL Nº 002, DE 04/01/93.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4761/4761_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4761/4761_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DO CONCURSO PÚBLICO MUNICIPAL - EDITAL Nº 001/93.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4751/4751_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4751/4751_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO § 1º, DO ARTIGO 145 DA LEI MUNICIPAL Nº 003, DE 04/01/93.</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4750/4750_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4750/4750_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI TAXA DE VIGILÂNCIA SANITÁRIA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4740/4740_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4740/4740_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA DE SUBVENÇÃO SOCIAL A SOCIEDADE PESTALOZZI DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4736/4736_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4736/4736_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR SUBVENÇÃO SOCIAL A FHASDOMAR. </t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4735/4735_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4735/4735_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR A ALIENAÇÃO DAS AÇÕES DA TELEST. </t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4734/4734_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4734/4734_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO UTILIDADE PÚBLICA A ASSOCIAÇÃO PRÓ-DESENVOLVIMENTO URBANO E RURAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4733/4733_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4733/4733_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA DE SUBVENÇÃO SOCIAL A ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO SANTA MARIA. </t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4732/4732_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4732/4732_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR O REPASSE DE SUBVENÇÃO SOCIAL A ENTIDADE DE AMPARO A IDOSOS - SOU FELIZ. </t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4726/4726_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4726/4726_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4725/4725_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4725/4725_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSENTAR FAMÍLIAS CARENTES QUE RESIDEM EM ÁREA DE RISCO. </t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4721/4721_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4721/4721_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA AO MARECHAL FLORIANO FUTEBOL CLUBE. </t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4720/4720_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4720/4720_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL Nº 132, DE 12 DE MAIO DE 1995</t>
   </si>
   <si>
     <t>9380</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL - CMDR.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4718/4718_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4718/4718_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA QUANTITATIVOS E REFERÊNCIA DE CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4716/4716_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4716/4716_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALTERAR PERCENTUAL DE REPASSE AO CONSÓRCIO SANTA MARIA E JUCU. </t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4706/4706_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4706/4706_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA O PERÍODO DE 1998 A 2001</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4703/4703_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4703/4703_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA QUANTITATIVOS DOS CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4702/4702_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4702/4702_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA LEI MUNICIPAL Nº 001, DE 04/01/93 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4700/4700_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4700/4700_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A APROVAÇÃO DA BANDEIRA DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4697/4697_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4697/4697_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROPOSTA ORÇAMENTÁRIA DO INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DOS SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO - IPASMAF, PARA O EXERCÍCIO DE 1998</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4695/4695_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4695/4695_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O FUNDO DE ENSINO FUNDAMENTAL MUNICIPAL DE MARECHAL FLORIANO-FUEFUM/MF. </t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4694/4694_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4694/4694_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA A ESCOLA DE 1º GRAU "MARTINHO LUTERO". </t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4692/4692_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4692/4692_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4690/4690_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4690/4690_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 132, DE 12 DE MAIO DE 1995 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4689/4689_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4689/4689_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ISENTA RODOVIA CENTRO ATLÂNTICA SA DE IMPOSTOS E TAXAS</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4688/4688_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4688/4688_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL DE MARECHAL FLORIANO-CMDRMF.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4686/4686_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4686/4686_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMENTAR A CONTRAPARTIDA DE INCLUSÃO DO MUNICÍPIO NO PROGRAMA DE AÇÃO SOCIAL EM SANEAMENTO DO MINISTÉRIO DO PLANEJAMENTO E ORÇAMENTO DA UNIÃO. </t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4684/4684_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4684/4684_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A COBERTURA DA TAXA DE ILUMINAÇÃO PÚBLICA PARA O EXERCÍCIO DE 1998. </t>
   </si>
   <si>
     <t>9381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/9381/057-1997.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/9381/057-1997.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A LEI MUNICIPAL Nº 020, DE 07 DE JUNHO DE 1993.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4681/4681_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4681/4681_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO SUPLEMENTAR, DESTINADO A CONSTRUÇÃO DE FOSSAS SÉPTICAS E VIVEIRO MUNICIPAL. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2505,68 +2505,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/12333/dl_001-1997.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5103/5103_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5102/5102_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5101/5101_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5100/5100_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5099/5099_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5098/5098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5097/5097_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5096/5096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5095/5095_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5094/5094_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5093/5093_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5092/5092_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5091/5091_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5090/5090_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5089/5089_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5088/5088_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5087/5087_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5086/5086_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5085/5085_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5084/5084_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5083/5083_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5082/5082_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5081/5081_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5080/5080_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5079/5079_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5078/5078_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5077/5077_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5076/5076_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5075/5075_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5074/5074_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5073/5073_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5072/5072_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5071/5071_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5070/5070_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5069/5069_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5068/5068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5067/5067_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5066/5066_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5065/5065_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5064/5064_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5063/5063_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5062/5062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5061/5061_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5060/5060_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5059/5059_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5058/5058_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5057/5057_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5056/5056_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5055/5055_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5054/5054_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5053/5053_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5052/5052_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5051/5051_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5050/5050_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5049/5049_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5048/5048_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5047/5047_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5046/5046_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5045/5045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5044/5044_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5043/5043_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5042/5042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5041/5041_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5040/5040_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5039/5039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5038/5038_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5037/5037_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5036/5036_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5035/5035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5034/5034_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5033/5033_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5032/5032_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5031/5031_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5030/5030_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5029/5029_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5028/5028_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5027/5027_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10174/m001-1997.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10175/m002-1997.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10176/m003-1997.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10177/m0004-1997.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10178/m005-1997.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10179/m006-1997.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10180/m007-1997.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10489/pc001-1997.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10490/pc002-1997.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10491/pc003-1997.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10492/pc004-1997.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10493/pc005-1997.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10494/pc006-1997.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10495/pc007-1997.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10496/pc008-1997.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10497/pc009-1997.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10498/pc010-1997.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10499/pc011-1997.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10500/pc012-1997.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10514/pc013-1997.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10515/pc014-1997.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10516/pc015-1997.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10517/pc016-1997.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10518/pc017-1997.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10519/pc018-1997.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10520/pc019-1997.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10521/pc020-1997.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10522/pc021-1997.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10523/pc022-1997.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10524/pc023-1997.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10525/pc024-1997.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10526/pc025-1997.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10527/pc026-1997.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10528/pc027-1997.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10529/pc028-1997.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10530/pc029-1997.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10531/pc030-1997.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10532/pc031-1997.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10533/pc032-1997.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10534/pc033-1997.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10535/pc034-1997.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10536/pc035-1997.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10537/pc036-1997.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10538/pc037-1997.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10539/pc039-1997.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10540/pc040-1997.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10541/pc041-1997.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10542/pc042-1997.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10543/pc043-1997.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10544/pc044-1997.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10545/pc045-1997.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10546/pc046-1997.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10547/pc047-1997.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10548/pc048-1997.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10549/pc049-1997.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10550/pc050-1997.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10551/pc051-1997.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10552/pc052-1997.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10553/pc053-1997.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10554/pc054-1997.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10555/pc055-1997.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10556/pc056-1997.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10557/pc057-1997.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10558/pc058-1997.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4846/4846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4845/4845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4844/4844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4842/4842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4840/4840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4837/4837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4836/4836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4834/4834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4833/4833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4832/4832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4822/4822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4821/4821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4819/4819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4818/4818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4816/4816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4772/4772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4767/4767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4766/4766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4761/4761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4751/4751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4750/4750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4740/4740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4736/4736_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4735/4735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4733/4733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4732/4732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4726/4726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4725/4725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4721/4721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4720/4720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4718/4718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4716/4716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4703/4703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4702/4702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4700/4700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4697/4697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4694/4694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4692/4692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4690/4690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4689/4689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4688/4688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4686/4686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4684/4684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/9381/057-1997.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4681/4681_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/12333/dl_001-1997.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5103/5103_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5102/5102_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5101/5101_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5100/5100_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5099/5099_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5098/5098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5097/5097_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5096/5096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5095/5095_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5094/5094_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5093/5093_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5092/5092_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5091/5091_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5090/5090_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5089/5089_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5088/5088_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5087/5087_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5086/5086_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5085/5085_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5084/5084_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5083/5083_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5082/5082_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5081/5081_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5080/5080_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5079/5079_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5078/5078_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5077/5077_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5076/5076_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5075/5075_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5074/5074_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5073/5073_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5072/5072_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5071/5071_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5070/5070_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5069/5069_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5068/5068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5067/5067_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5066/5066_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5065/5065_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5064/5064_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5063/5063_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5062/5062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5061/5061_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5060/5060_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5059/5059_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5058/5058_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5057/5057_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5056/5056_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5055/5055_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5054/5054_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5053/5053_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5052/5052_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5051/5051_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5050/5050_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5049/5049_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5048/5048_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5047/5047_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5046/5046_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5045/5045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5044/5044_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5043/5043_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5042/5042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5041/5041_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5040/5040_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5039/5039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5038/5038_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5037/5037_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5036/5036_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5035/5035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5034/5034_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5033/5033_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5032/5032_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5031/5031_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5030/5030_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5029/5029_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5028/5028_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/5027/5027_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10174/m001-1997.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10175/m002-1997.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10176/m003-1997.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10177/m0004-1997.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10178/m005-1997.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10179/m006-1997.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10180/m007-1997.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10489/pc001-1997.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10490/pc002-1997.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10491/pc003-1997.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10492/pc004-1997.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10493/pc005-1997.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10494/pc006-1997.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10495/pc007-1997.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10496/pc008-1997.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10497/pc009-1997.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10498/pc010-1997.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10499/pc011-1997.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10500/pc012-1997.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10514/pc013-1997.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10515/pc014-1997.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10516/pc015-1997.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10517/pc016-1997.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10518/pc017-1997.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10519/pc018-1997.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10520/pc019-1997.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10521/pc020-1997.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10522/pc021-1997.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10523/pc022-1997.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10524/pc023-1997.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10525/pc024-1997.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10526/pc025-1997.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10527/pc026-1997.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10528/pc027-1997.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10529/pc028-1997.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10530/pc029-1997.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10531/pc030-1997.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10532/pc031-1997.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10533/pc032-1997.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10534/pc033-1997.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10535/pc034-1997.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10536/pc035-1997.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10537/pc036-1997.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10538/pc037-1997.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10539/pc039-1997.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10540/pc040-1997.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10541/pc041-1997.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10542/pc042-1997.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10543/pc043-1997.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10544/pc044-1997.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10545/pc045-1997.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10546/pc046-1997.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10547/pc047-1997.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10548/pc048-1997.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10549/pc049-1997.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10550/pc050-1997.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10551/pc051-1997.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10552/pc052-1997.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10553/pc053-1997.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10554/pc054-1997.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10555/pc055-1997.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10556/pc056-1997.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10557/pc057-1997.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/10558/pc058-1997.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4846/4846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4845/4845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4844/4844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4842/4842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4840/4840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4837/4837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4836/4836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4834/4834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4833/4833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4832/4832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4822/4822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4821/4821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4819/4819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4818/4818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4816/4816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4772/4772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4767/4767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4766/4766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4761/4761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4751/4751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4750/4750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4740/4740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4736/4736_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4735/4735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4733/4733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4732/4732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4726/4726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4725/4725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4721/4721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4720/4720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4718/4718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4716/4716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4703/4703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4702/4702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4700/4700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4697/4697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4694/4694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4692/4692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4690/4690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4689/4689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4688/4688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4686/4686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4684/4684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1997/9381/057-1997.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1997/4681/4681_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="198.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>