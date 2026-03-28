--- v0 (2025-12-05)
+++ v1 (2026-03-28)
@@ -54,1254 +54,1254 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12334</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12334/dl_001-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12334/dl_001-1999.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTALAÇÃO PROVISÓRIA DA SEDE DA CÂMARA DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>12335</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12335/dl_002-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12335/dl_002-1999.pdf</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DA PREFEITURA E CÂMARA MUNICIPAL DE MARECHAL FLORIANO, RELATIVAS AO EXERCÍCIO DE 1997".</t>
   </si>
   <si>
     <t>12336</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12336/dl_003-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12336/dl_003-1999.pdf</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DA PREFEITURA E CÂMARA MUNICIPAL DE MARECHAL FLORIANO, RELATIVAS AO EXERCÍCIO DE 1998".</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Abel Kieffer</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5219/5219_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5219/5219_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO ARMADA NA ESTRADA QUE PASSA NA PROPRIEDADE DO SR. VALENTIM DORO, CLEMENTE HOFFMAN, CARLINHOS HOFFMAN E OUTROS MORADORES DESSA REFIÃO SEGUINDO A ALTO PARAJU.</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5218/5218_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5218/5218_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  CONSTRUÇÃO DE UM CALÇADÃO NA RUA GUSTAVO HERTEL, SENDO ESTE DO INICIO AO TÉRMINO.</t>
   </si>
   <si>
     <t>7837</t>
   </si>
   <si>
     <t>Moacyr Elias Kuster</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/7837/doc_mar_11_2021_14.35-01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/7837/doc_mar_11_2021_14.35-01.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PERTENCENTE A PROPRIEDADE  DA FAMÍLIA SCHUNK, EM SOÍDO DE CIMA.</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Lorindo Wruck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5217/5217_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5217/5217_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO EM FRENTE A ESCOLA ALOÍSIO SIMON E A IGREJA DEUS É AMOR, PRÓXIMO A LOCALIDADE DO SR. BETINHO SIMON EM MF.</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5216/5216_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5216/5216_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO DE ORELHÕES NAS RUAS DELIMAR SCHUNCK, GUSTAVO HERTEL E EM ARAGUAIA NA RUA PRINCIPAL, MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>David Klippel</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5215/5215_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5215/5215_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COLOCAÇÃO DE ENERGIA ELÉTRICA NA ESCOLA BARRA BOA ESPERANÇA MF.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5213/5213_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5213/5213_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJA DADO A CONTINUIDADE DO ASFALTO ATÉ A RESIDÊNCIA DO SR. EMILIO CHEREIDER.</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5212/5212_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5212/5212_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJA DADO TÉRMINO NO ASFALTAMENTO NA RUA CECILIA PITANGA PINTO COM INICIO A MACEFEL MATERIAL DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5211/5211_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5211/5211_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA ESTRADA PRINCIPAL DE STª MARIA, QUE DÁ ACESSO AS RESIDÊNCIAS DAS FAMÍLIAS LUDOVICO, NILO, MONHOL, ULIANA, RODOLFO KROLING E OUTROS MORADORES RESIDENTES NESTA ESTRADA.</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5210/5210_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5210/5210_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE TOME PROVIDÊNCIA DA SITUAÇÃO EM QUE SE ENCONTRA A ESTRADA VELHA DE PARAJU PRÓXIMO A PROPRIEDADE DO SR. ALFREDO KLIPPEL.</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5208/5208_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5208/5208_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES QUE SEJA TOMADAS PROVIDÊNCIAS QUE DÁ ACESSO NO ASFALTO ATÉ A RESIDÊNCIA DO SR. MIGUEL SOUZA, PAULINO SOUZA, ORMINDO MEES E OUTROS MORADORES RESIDENTES NAQUELA REGIÃO.</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5207/5207_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5207/5207_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A ILUMINAÇÃO DO TREVO DE PARAJU PRÓXIMO A RESIDÊNCIA DO SR. BETINHO SIMON EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5206/5206_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5206/5206_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URÊNCIA NECESSIDADE DE CONSTRUIR UMA PONTE DE CONCRETO NA PROPRIEDADE SR. BRUNO COSMO.</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Lastene Stockl</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5205/5205_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5205/5205_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS NA BR 262 PRÓXIMO AO ORQUIDÁRIO DO SR. NEGO SCHUNCK, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5204/5204_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5204/5204_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE UM COLÉGIO PARA ATENDER O PRÉ ESCOLAR. SENDO QUE A ATUAL SE ENCONTRA EM CONDIÇÕES PRECÁRIAS E SENDO QUE A PREFEITURA DISPÕE DE UMA ÁREA NO CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5203/5203_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5203/5203_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA RETIRADA A REDE DE ENERGIA ELÉTRICA NA RUA EMÍLIO ENDLICH PRÓXIMO AO TREVO QUE DÁ ACESSO A ENTRADA DA CIDADE DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5202/5202_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5202/5202_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO BANCOS PARA ACENTO E CANTEIROS DE FLORES OU GRAMA NO CENTRO DA CIDADE, AO LADO DA AVENIDA PRESIDENTE KENNEDY ÁREA NO PERTENCE A FERROVIA (LINHA DE FERRO) MAS ESTÁ AOS CUIDADOS DA PREFEITURA DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5201/5201_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5201/5201_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE INSTALAR UM ORELHÃO NO POSTO DE SAÚDE EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5200/5200_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5200/5200_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA POSSIBILIDADE DE MELHORAR A ILUMINAÇÃO DA RUA GUSTAVO HERTEL TENDO INICIO O COMÉRCIO DO SR. ALTEVI WASSEM E TÉRMINO ATÉ A RESIDÊNCIA DA SRª DORACIR.</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5199/5199_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5199/5199_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONSTRUIR UM ABRIGO PARA AMARRAR ANIMAIS.</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5198/5198_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5198/5198_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PAVIMENTAÇÃO NO BECO, NA RUA WALDEMAR MEES EM MARECHAL FLORIANO-ES O REFERIDO BECO FICA PRÓXIMO A RESIDÊNCIA DA SRª NAIR BOENO N°103.</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5197/5197_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5197/5197_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DAR CONTINUIDADE AO CALÇAMENTO NA RUA: GUSTAVO HERTEL POPULARMENTE CONHECIDA COMO RUA DE BATATAL, ESTA SE ESTENDE ATÉ A PONTE PRÓXIMO A RESIDÊNCIA DO SR. ARQUILINO KIEFFER.</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5196/5196_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5196/5196_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONCEDER A ISENÇÃO DE IPTU AOS EX-COMBATENTES QUE SERVIRAM A 2ª GUERRA MUNDIAL NOS TERMOS DA LEI N°5.315 DE 15 DE SETEMBRO DE 1967, E REGULAMENTADA PELO DECRETO N°61.705 EM 13 DE NOVEMBRO DE 1967, ESTES QUE COMPROVAREM ATRAVÉS DE DOCUMENTOS QUE SERVIRAM À 2ª GUERRA E SÃO PROPRIETÁRIOS DE IMÓVEL, INCLUSIVE PARA VIÚVAS QUE TIVERAM SEU MARIDO  NESTA BATALHA.</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5193/5193_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5193/5193_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE NA MEDIDA DO POSSÍVEL, SEJA FEITO UM ALAMBRADO ENVOLTA DO PARQUINHO NA VILA DAS ORQUÍDEAS E A COLOCAÇÃO DE BANCOS NO LOCAL.</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5188/5188_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5188/5188_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COLOCAÇÃO DE UMA PROTEÇÃO LATERAL DA BR, PRÓXIMO AS QUADRAS DA VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5186/5186_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5186/5186_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE ESTUDE A POSSIBILIDADE DE IMPLEMENTAR POR VIA DE PROCEDIMENTOS LEGAIS, O SISTEMA DE FORNECIMENTO DE CESTA BÁSICA AOS SERVIDORES PÚBLICOS DESTE MUNICÍPIO QUE RECEBEM O MENOR SALÁRIO DA TABELA PADRÃO SALARIAL.</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5182/5182_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5182/5182_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A PAVIMENTAÇÃO NA RUA THIERES VELOSO A MELHORIA SERIA NO COMEÇO DA ESCOLA ELIZIÁRIO FERREIRA FILHO, ATÉ O TÉRMINO DESTA RUA QUE DÁ SAÍDA NA BR 262, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5179/5179_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5179/5179_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DAR AOS SEUS SERVIDORES MUNICIPAIS, UM REAJUSTE SALARIAL.</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5178/5178_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5178/5178_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGÊNCIA NECESSIDADE DA REABERTURA DA ESTRADA BR 262 EM SOÍDO DE BAIXO MARECHAL FLORIANO-ES. A REABERTURA DARÁ INICIO DA BR 262, ATÉ AS PROXIMIDADES DA RESIDÊNCIA DO SR. ANTONIO JOSÉ KLEIN EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Abel Kieffer, Amarílio José Klein, David Klippel, Joaquim Stein, Lastene Stockl, Lorindo Wruck, Moacyr Elias Kuster, Paulo Cesar Gilles, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5171/5171_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5171/5171_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE VIABILIZAÇÃO DE UM MURO DE ARRIMO NA COMUNIDADE DA FAZENDA PUPPIM EM MARECHAL FLORIANO-ES A SOLICITAÇÃO É PARA DAR SUSTENTO A UM ATERRO ONDE SERÃO CONSTRUÍDAS DEPENDÊNCIAS PARA O FUNCIONAMENTO DAS ATIVIDADES DESTA COMUNIDADE QUE É A SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5170/5170_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5170/5170_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA QUE ATENDA AS REIVINDICAÇÕES CONFORME DOIS (2) ABAIXO DOS VÁRIOS VERBAIS DE FRENTE A IGREJA CATÓLICA DE RIO FUNDO M.</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5169/5169_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5169/5169_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA QUE VIABILIZE A CONSTRUÇAO DE UM ABRIGO DE ÔNIBUS NA ESTRADA QUE LIGA A BR 262 A ARAGUAIA EM STª MARIA, NA ENCRUZILHADA DE ACESSO A CASA DO SR. JAIR KROLING, EM FRENTE A RESIDÊNCIA DO SR. FILISMINO BUZZATO.</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5168/5168_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5168/5168_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DO POSTO DE SAÚDE FUNCIONAR FINAIS DE SEMANA E AUMENTAR HORÁRIO DE ATENDIMENTO PARA 12 HORAS DIÁRIA E A LONGO PRAZO 24 HORAS.</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5166/5166_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5166/5166_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA COLOCADO SINAIS NA TRAVESSIA DA LINHA 01 NO INICIO DA RUA EMÍLIO GUSTAVO HULLE E OUTRO NO INICIO NA RUA VICTOR TRAVAGLIA EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5165/5165_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5165/5165_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CAPTURA DE ANIMAIS VADIOS NAS RUAS DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5164/5164_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5164/5164_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A ILUMINAÇÃO DA RUA GUSTAVO HERTEL PRÓXIMO A RESIDÊNCIA DO SR. SEBASTIÃO CORRÊA ATÉ O ESTÁDIO APOLLO XIII.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE INSTALAR UM TELEFONE (ORELHÃO) NA RUA ALVINO WASSEM EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5158/5158_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5158/5158_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE UMA OPERAÇÃO TAPA-BURACOS NA RODOVIA QUE LIGA A BR 262 A PARAJU.</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5157/5157_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5157/5157_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA POSSIBILIDADE DA INSTALAÇÃO DE UM TELEFONE (ORELHÃO) NO GINÁSIO DE ESPORTES PAULO LORENZONI, EM MARECHAL FLORIANO-ES. SENDO QUE ESTE EMPREENDIMENTO IRÁ BENEFICIAR TAMBÉM OS MORADORES DA RUA DELIMAR SCHUNK QUE FICA PRÓXIMO.</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5154/5154_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5154/5154_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO REPAROS NO REPETIDOR EM MARECHAL FLORIANO ES.</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5150/5150_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5150/5150_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM TOMADAS PROVIDÊNCIAS NO SENTIDO DA RECOLOCAÇÃO DO ORELHÃO NA VILA DAS ORQUÍDEAS EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5149/5149_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5149/5149_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REAVER O PROJETO DE LEI N°0027/99, APROVADO NA SESSÃO DO DIA 28/09/99, "AUTORIZANDO O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXILIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS".</t>
   </si>
   <si>
     <t>10188</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10188/m001-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10188/m001-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JOSÉ LUBE.</t>
   </si>
   <si>
     <t>10189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10189/m002-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10189/m002-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª ALMENTINA SIMER NEVES.</t>
   </si>
   <si>
     <t>10190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10190/m003-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10190/m003-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. LUIZ ANTONIO KROHLING.</t>
   </si>
   <si>
     <t>10191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10191/m004-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10191/m004-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. MIGUEL ENTRINGER.</t>
   </si>
   <si>
     <t>10192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10192/m005-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10192/m005-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SAUDOSA TANIA MARIA RIBETT KLIPPEL.</t>
   </si>
   <si>
     <t>10193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10193/m006-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10193/m006-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. LINO CARLOS ENDLICH.</t>
   </si>
   <si>
     <t>10194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10194/m007-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10194/m007-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª NILSA KIEFFER GERIM.</t>
   </si>
   <si>
     <t>10195</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10195/m008-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10195/m008-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. RODOLFO LUBE.</t>
   </si>
   <si>
     <t>10196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10196/m009-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10196/m009-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. RAIMUNDO DEL PUPPO.</t>
   </si>
   <si>
     <t>10197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10197/m010-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10197/m010-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª ROSA ULIANA.</t>
   </si>
   <si>
     <t>10198</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10198/m011-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10198/m011-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. VALDEMAR KRUGER.</t>
   </si>
   <si>
     <t>10199</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10199/m012-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10199/m012-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. GERSON PUPPIM.</t>
   </si>
   <si>
     <t>10200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10200/m013-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10200/m013-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª MARIA DA SILVA BREDA.</t>
   </si>
   <si>
     <t>10201</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10201/m014-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10201/m014-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES, AO EXMº SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10202/m015-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10202/m015-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES, NA PESSOA DO SR. EDIR DA SILVA.</t>
   </si>
   <si>
     <t>10203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10203/m016-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10203/m016-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES, O ILMº SR. DR. ROBERTO HENRIQUE KALLE SOARES.</t>
   </si>
   <si>
     <t>10204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10204/m017-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10204/m017-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES, AO FUNCIONÁRIO JOSÉ RICARDO RIZ.</t>
   </si>
   <si>
     <t>10205</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10205/m018-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10205/m018-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª ZULMIRA HULLER.</t>
   </si>
   <si>
     <t>10206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10206/m019-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10206/m019-1999.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JOSÉ RHEIN SOBRINHO.</t>
   </si>
   <si>
     <t>11120</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11120/pc001-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11120/pc001-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0001/99.</t>
   </si>
   <si>
     <t>11121</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11121/pc002-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11121/pc002-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 002/99.</t>
   </si>
   <si>
     <t>11122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11122/pc003-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11122/pc003-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0029/99.</t>
   </si>
   <si>
     <t>11123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11123/pc004-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11123/pc004-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO RELATIVO ÀS CONTAS DA PREFEITURA E CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ALUSIVAS AO EXERCÍCIO DE 1998, COM BASE NO PARECER - PRÉVIO DO TRIBUNAL DE CONTAS - ES.</t>
   </si>
   <si>
     <t>11124</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11124/pc005-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11124/pc005-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 009/99.</t>
   </si>
   <si>
     <t>11125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11125/pc006-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11125/pc006-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 010/99.</t>
   </si>
   <si>
     <t>11126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11126/pc007-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11126/pc007-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 011/99.</t>
   </si>
   <si>
     <t>11127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11127/pc008-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11127/pc008-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0013/99.</t>
   </si>
   <si>
     <t>11128</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11128/pc009-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11128/pc009-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0018/99.</t>
   </si>
   <si>
     <t>11129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11129/pc010-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11129/pc010-1999.pdf</t>
   </si>
   <si>
     <t>.PARECER REFERENTE AO PROJETO DE LEI Nº 0019/99.</t>
   </si>
   <si>
     <t>11130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11130/pc040-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11130/pc040-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 001/99.</t>
   </si>
   <si>
     <t>11131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11131/pc041-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11131/pc041-1999.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE DECRETO LEGISLATIVO Nº 001/99.</t>
   </si>
   <si>
     <t>5355</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5355/5355_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5355/5355_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA QUANTITATIVOS DE CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5354/5354_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5354/5354_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 129 DA LEI MUNICIPAL Nº 003, DE 04 DE JANEIRO DE 1993.</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5353/5353_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5353/5353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER LOCAÇÃO DE IMÓVEIS. </t>
   </si>
   <si>
     <t>5351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5351/5351_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5351/5351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTINGUE O INSTITUTO DE PREVIDÊNCIA E ASSISTÊNCIA DOS SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO - IPASMAF, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5321/5321_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5321/5321_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA DE SUBVENÇÃO SOCIAL A SOCIEDADE PESTALOZZI DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5320/5320_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5320/5320_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA CARGOS DE "AGENTE DA DENGUE" E "SUPERVISOR DE CONTROLE DA DENGUE".</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5319/5319_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5319/5319_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSUMIR ENCARGOS FINANCEIROS JUNTO AO BANESTES PARA PAGAMENTO DO SALÁRIO DOS SERVIDORES PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5318/5318_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5318/5318_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA DE SUBVENÇÃO SOCIAL A ESCOLA DE 1º GRAU MARTINHO LUTERO. </t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5317/5317_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5317/5317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGOS E ALTERA QUANTITATIVOS DE CARGOS PARA ATENDER A SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E TURISMO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5316/5316_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5316/5316_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA. </t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5315/5315_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5315/5315_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A SEMANA DE COMBATE AO USO DE DROGAS. </t>
   </si>
   <si>
     <t>9383</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/9383/014-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/9383/014-1999.pdf</t>
   </si>
   <si>
     <t>ALTERAR QUANTITATIVOS DE CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5311/5311_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5311/5311_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 240, DE 25 DE FEVEREIRO DE 1997.</t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5309/5309_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5309/5309_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA BIBLIOTECA MUNICIPAL DE WAGNER DA VITÓRIA. </t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5287/5287_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5287/5287_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A SECRETARIA MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5282/5282_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5282/5282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2000, QUE ABRANGERÁ OS PODERES LEGISLATIVO E EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5271/5271_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5271/5271_texto_integral.jpeg</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5269/5269_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5269/5269_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO DE CUSTO OPERACIONAL COM A UNIMED VITORIA. </t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>MESA DIRETORA 1999/2000</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5268/5268_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5268/5268_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ESTRUTURAÇÃO DO QUADRO DE PESSOAL DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5267/5267_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5267/5267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O REPASSE DE RECURSOS FINANCEIROS AO FUNDO ESTADUAL DE SAÚDE, COMO CONTRAPARTIDA AO INCENTIVO DE ASSISTÊNCIA FARMACÊUTICA BÁSICA.  </t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5266/5266_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5266/5266_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5265/5265_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5265/5265_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA, A TÍTULO E SUBVENÇÃO SOCIAL, À ADDPRUSBEC. </t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5264/5264_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5264/5264_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PARCELAMENTO ESPECIAL DE DÉBITOS DO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA - ISS-QN. </t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5263/5263_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5263/5263_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O RECOLHIMENTO DE ANIMAIS MORTOS NAS VIAS DO MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5249/5249_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5249/5249_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AUXÍLIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS. </t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5248/5248_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5248/5248_texto_integral.jpeg</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5242/5242_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5242/5242_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA, A TÍTULO DE SUBVENÇÃO SOCIAL A ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO DE SANTA MARIA. </t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5241/5241_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5241/5241_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL Bº 332 DE 07 DE ABRIL DE 1999, QUE INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A "SEMANA DE COMBATE A USO DE DROGAS".</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5214/5214_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5214/5214_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL Nº 165, DE 21 DE DEZEMBRO DE 1995</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5209/5209_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5209/5209_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGOS DE PROVIMENTO EM COMISSÃO PARA ATENDER O AMBULATÓRIO 24 HORAS DA UNIDADE DE SAÚDE DA SEDE. </t>
   </si>
   <si>
     <t>10390</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10390/pr001-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10390/pr001-1999.pdf</t>
   </si>
   <si>
     <t>ANULA E SUPLEMENTA DOTAÇÃO NO ÂMBITO DA CÃMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10391</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10391/pr002-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10391/pr002-1999.pdf</t>
   </si>
   <si>
     <t>ANULA E SUPLEMENTA DOTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10392</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10392/pr003-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10392/pr003-1999.pdf</t>
   </si>
   <si>
     <t>10393</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10393/pr004-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10393/pr004-1999.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AFASTAMENTO DE VEREADOR PARA TRATAR DE MISSÃO DE INTERESSE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12406</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12406/resolucao_001-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12406/resolucao_001-1999.pdf</t>
   </si>
   <si>
     <t>"ANULA E SUPLEMENTA A DOTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12407</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12407/resolucao_002-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12407/resolucao_002-1999.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU, PROMULGO A SEGUINTE;"</t>
   </si>
   <si>
     <t>12408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12408/resolucao_003-1999.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12408/resolucao_003-1999.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO; ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU, PROMULGO A SEGUINTE;"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1608,68 +1608,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12334/dl_001-1999.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12335/dl_002-1999.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12336/dl_003-1999.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5219/5219_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5218/5218_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/7837/doc_mar_11_2021_14.35-01.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5217/5217_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5216/5216_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5215/5215_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5213/5213_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5212/5212_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5211/5211_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5210/5210_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5208/5208_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5207/5207_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5206/5206_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5205/5205_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5204/5204_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5203/5203_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5202/5202_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5201/5201_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5200/5200_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5199/5199_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5198/5198_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5197/5197_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5196/5196_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5193/5193_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5188/5188_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5186/5186_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5182/5182_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5179/5179_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5178/5178_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5171/5171_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5170/5170_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5169/5169_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5168/5168_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5166/5166_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5165/5165_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5164/5164_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5158/5158_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5157/5157_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5154/5154_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5150/5150_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5149/5149_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10188/m001-1999.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10189/m002-1999.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10190/m003-1999.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10191/m004-1999.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10192/m005-1999.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10193/m006-1999.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10194/m007-1999.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10195/m008-1999.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10196/m009-1999.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10197/m010-1999.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10198/m011-1999.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10199/m012-1999.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10200/m013-1999.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10201/m014-1999.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10202/m015-1999.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10203/m016-1999.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10204/m017-1999.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10205/m018-1999.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10206/m019-1999.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11120/pc001-1999.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11121/pc002-1999.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11122/pc003-1999.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11123/pc004-1999.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11124/pc005-1999.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11125/pc006-1999.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11126/pc007-1999.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11127/pc008-1999.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11128/pc009-1999.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11129/pc010-1999.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11130/pc040-1999.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11131/pc041-1999.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5355/5355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5354/5354_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5353/5353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5351/5351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5321/5321_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5320/5320_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5319/5319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5318/5318_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5316/5316_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5315/5315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/9383/014-1999.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5311/5311_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5282/5282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5271/5271_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5268/5268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5267/5267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5266/5266_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5263/5263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5249/5249_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5248/5248_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5241/5241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5214/5214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5209/5209_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10390/pr001-1999.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10391/pr002-1999.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10392/pr003-1999.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10393/pr004-1999.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12406/resolucao_001-1999.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12407/resolucao_002-1999.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12408/resolucao_003-1999.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12334/dl_001-1999.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12335/dl_002-1999.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12336/dl_003-1999.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5219/5219_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5218/5218_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/7837/doc_mar_11_2021_14.35-01.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5217/5217_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5216/5216_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5215/5215_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5213/5213_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5212/5212_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5211/5211_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5210/5210_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5208/5208_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5207/5207_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5206/5206_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5205/5205_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5204/5204_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5203/5203_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5202/5202_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5201/5201_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5200/5200_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5199/5199_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5198/5198_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5197/5197_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5196/5196_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5193/5193_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5188/5188_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5186/5186_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5182/5182_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5179/5179_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5178/5178_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5171/5171_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5170/5170_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5169/5169_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5168/5168_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5166/5166_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5165/5165_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5164/5164_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5158/5158_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5157/5157_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5154/5154_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5150/5150_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5149/5149_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10188/m001-1999.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10189/m002-1999.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10190/m003-1999.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10191/m004-1999.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10192/m005-1999.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10193/m006-1999.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10194/m007-1999.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10195/m008-1999.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10196/m009-1999.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10197/m010-1999.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10198/m011-1999.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10199/m012-1999.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10200/m013-1999.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10201/m014-1999.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10202/m015-1999.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10203/m016-1999.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10204/m017-1999.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10205/m018-1999.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10206/m019-1999.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11120/pc001-1999.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11121/pc002-1999.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11122/pc003-1999.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11123/pc004-1999.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11124/pc005-1999.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11125/pc006-1999.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11126/pc007-1999.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11127/pc008-1999.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11128/pc009-1999.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11129/pc010-1999.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11130/pc040-1999.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/11131/pc041-1999.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5355/5355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5354/5354_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5353/5353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5351/5351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5321/5321_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5320/5320_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5319/5319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5318/5318_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5316/5316_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5315/5315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/9383/014-1999.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5311/5311_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5282/5282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5271/5271_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5268/5268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5267/5267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5266/5266_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5263/5263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5249/5249_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5248/5248_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5241/5241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5214/5214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/1999/5209/5209_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10390/pr001-1999.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10391/pr002-1999.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10392/pr003-1999.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/10393/pr004-1999.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12406/resolucao_001-1999.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12407/resolucao_002-1999.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/1999/12408/resolucao_003-1999.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H114"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>