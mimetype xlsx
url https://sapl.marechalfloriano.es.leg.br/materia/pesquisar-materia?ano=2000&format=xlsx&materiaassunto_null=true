--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -54,956 +54,956 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12339</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/12339/dl_002-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/12339/dl_002-2000.pdf</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, RELATIVAS AO EXERCÍCIO DE 1999".</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5239/5239_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5239/5239_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONSTRUIR RAMPA OU DEGRAUS PARA DIMINUIR O RESSALTO EXISTENTE NA PONTE  PRÓXIMO A FARMÁCIA REGINA, O REFERIDO RESSALTO ENCONTRA-SE PRÓXIMO AS LOJAS COMO ORQUÍDEAS MODAS E OUTRAS.</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5240/5240_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5240/5240_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA AMPLIAÇÃO DA ESCOLA SITIO RUPF, SERIA DE URGÊNCIA A COZINHA, DESPENSA E O LAVATÓRIO PARA ESCOVAÇÃO DOS DENTES.</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5243/5243_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5243/5243_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA AMPLIAÇÃO DA ESCOLA VALE DA ESPERANÇA- SOIDO DE BAIXO MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5246/5246_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5246/5246_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA MELHORIA DA ILUMINAÇÃO PÚBLICA, DA RUA COSTA  E  SILVA EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5244/5244_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5244/5244_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COLOCAR NA PRACINHA DE MARECHAL FLORIANO-ES UM PAINEL ELETRÔNICO QUE  MARCA HORA  E A TEMPERATURA.</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5245/5245_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5245/5245_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE  DE TAPAR UM BURACO EXISTENTE NO LADO DA IGREJA MARANATA EM MARECHAL  FLORIANO &amp;#8211;ES.</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5247/5247_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5247/5247_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE SINALIZAR A ENTRADA DA CIDADE, QUE DÁ ACESSO A AVENIDA ARTHUR HASE, DAVID CANAL E SANTANA EM MARECHAL  FLORIANO-ES.</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR O ASFALTAMENTO NA RUA THIERES VELLOSO EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5258/5258_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5258/5258_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PASSAR O ASFALTO EM CIMA DOS PARALELEPÍPEDOS NAS PRINCIPAIS RUAS DE CIDADE DE MARECHAL  FLORIANO &amp;#8211;ES RUA VICTOR  TRAVAGLIA, EMILIO OSCAR HULLE, THIERES VELOSO, VALDEMAR MEES PRESIDENTE KENNEDY E OUTRAS.</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5257/5257_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5257/5257_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A POSSIBILIDADE  DE REALIZAR NA RUA MARECHAL DEODORO DA FONSECA , QUE DÁ ACESSO A RESIDENCIA DO COMERCIANTE JOÃO STEIN &amp;#8211; EM MARECHAL FLORIANO  NOS POSTES DE MADEIRA ALI EXISTENTES OU SEJA A SUBSTITUIÇÃO PELO DE CIMENTO E AINDA_x000D_
 1-PAVIMENTAÇÃO DESTA RUA._x000D_
 2- ILUMINAÇÃO (03 LUMINÁRIAS)_x000D_
 </t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5256/5256_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5256/5256_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE  DE CONSTRUIR UM SALÃO PARA TERCEIRA IDADE EM SOÍDO DE BAIXO, MARECHAL FLORIANO-ES, PARA REALIZAR SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5255/5255_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5255/5255_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE  DE FAZER UM MURO OU FAZER UMA CERCA EM VOLTA DA ESCOLA PLURIDOCENTE, EM BOA ESPERANÇA, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5254/5254_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5254/5254_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONTRATAR PROFISSIONAIS NA ÁREA DE SAÚDE PARA CARDIOLOGIA E PEDIATRIA.</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5253/5253_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5253/5253_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONSTRUIR UMA PONTE PRÓXIMO A PROPRIEDADE DO SR. JOSÉ CHRIST, NA ESTRADA  VELHA  DE PARAJÚ QUE DÁ ACESSO A RODOVIA CARIOLANO STEIN, QUE TEM INICIO NO TREVO ATÉ O TÉRMINO DA CIDADE.</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5252/5252_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5252/5252_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONSTRUÇÃO DE UMA PONTE DE CONCRETO QUE DÁ ACESSO  PROPRIEDADE DO SR. TARCISIO CHRIST, EM SOÍDO DE BAIXO-MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5251/5251_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5251/5251_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO O MELHORAMENTO NA RUA DELIMAR SCHUNK, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5250/5250_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5250/5250_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE IMPLANTAÇÃ DO PLANTÃO MÉDICO (CLINICO GERAL), 10 HORAS EM TODAS AS UNIDADES DE SAÚDE  NAS COMUNIDADES DE  NOSSO MUNICIPIO. UNIDADE DE SAÚDE BOM JESUS, SOIDO DE BAIXO, SANTA MARIA, ARAGUAIA E UNIDADE DE SAÚDE NICOLAU KROLLING EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5238/5238_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5238/5238_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DESENTUPIR  E SUBSTITUIR MANILHAS FINAS POR GROSSAS NA ESTRADA VELHA DE PARAJU, NAS PROXIMIDADES DO TERRENO DO SR. MARINHO RIBET.</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5237/5237_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5237/5237_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM BUEIRO NAS PROXIMIDADES DO TERRENO DO SR. ANTENOR SIMON, NA ESTRADA VELHA DE PARAJU.</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5236/5236_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5236/5236_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O PATROLAMENTO DA ESTRADA QUE LIGA A ESTRADA VELHA DE PARAJU A BOA ESPERANÇA &amp;#8211; MARECHAL FLORIANO &amp;#8211; ES, E PASSANDO PELO TERRENO DO SR. GUILHERME RIBET.</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>INDICA MELHORAMENTO DO TREVO KM 54, NA PROPRIEDADE DO SR. RAFAEL LUDUVICO, QUE DÁ ACESSO A IGREJA AUXILIADORA DE SOÍDO DE BAIXO &amp;#8211; MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5234/5234_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5234/5234_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE FAZER ENCHIMENTOS EM ALGUNS TRECHOS NA ESTRADA PRINCIPAL DE RIO FUNDO &amp;#8211; MARECHAL FLORIANO &amp;#8211;E S.</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5233/5233_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5233/5233_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  A REALIZAÇÃO DA ILUMINAÇÃO NO TÉRMINO DA RUA CECÍLIA PITANGA EM MARECHAL FLORIANO, A PRESENTE RUA TEM INICIO AO LADO DO MATERIAL DE CONSTRUÇÃO MACEFEL.</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5232/5232_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5232/5232_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA POSSÍVEL &amp;#8211; RESTAURAÇÃO DO PISO DA QUADRA DE ESPORTES 1º E 2º GRAU EMILIO GUSTAVO HULLE EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5231/5231_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5231/5231_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A PAVIMENTAÇÃO NO ESPAÇO AO LADO DA RESIDÊNCIA DO SR. ADEMIR VIEIRA, NA RUA THIERES VELOSO &amp;#8211; EM MARECHAL FLORIANO E TAMBÉM SOLICITAM UM BANCO DE CONCRETO.</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5230/5230_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5230/5230_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM BUEIRO EM FRENTE A OFICINA DO SR. LAURENTINO MARTINS, SITUADA À RUA EDUARDO RUPF, PRÓXIMO A PESTALOZZI EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5229/5229_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5229/5229_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA POSSIBILIDADE DE CONTRATAR PROFISSIONAIS NA ÁREA DE SAÚDE, PARA ORTOPEDIA E OFTAMOLOGIA.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5228/5228_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5228/5228_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  QUE DENTRO DAS POSSIBILIDADES DA POSSÍVEL  RESTAURAÇÃO DO PISO DA QUADRA DE ESPORTES EM VICTOR HUGO MARECHAL  FLORIANO-ES.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5227/5227_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5227/5227_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA COLOCAÇÃO DE UM TELEFONE (ORELHÃO) NA RUA THIERES VELLOSO ENTRE A ESCOLA ELIZIÁRIO FERREIRA FILHO E A "SOU FELIZ", MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5226/5226_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5226/5226_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE INSTALAR UM TELEFONE (ORELHÃO) NO INICIO DA RUA ALVINO WASSEM EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5225/5225_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5225/5225_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  NECESSIDADE DAS SEGUINTES MEDIDAS:_x000D_
 1-CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA GUSTAVO HERTEL, NO TRECHO PRÓXIMO A RESIDÊNCIA DO SR. FABINHO BOTELHO, ESTE TRECHO FICA DEPOIS DO CONJUNTO DE CASAS EM MARECHAL FLORIANO-ES._x000D_
 2- ILUMINAÇÃO NESTE TRECHO.</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5224/5224_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5224/5224_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ATENDER A SOLICITAÇÃO DOS SERVIDORES DA SAÚDE QUE LIDAM COM PACIENTES PORTADORES DE DOENÇAS INFECTO-CONTAGIOSAS.</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5223/5223_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5223/5223_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PAGAR INSALUBRIDADE AOS SERVIDORES DA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5222/5222_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5222/5222_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR A PAVIMENTAÇÃO NA RUA PROJETADA PARALELA A RUA NÉLIO WASSEM.</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5221/5221_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5221/5221_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ESTUDAR A MUDANÇA DO NOME DA CACHOEIRA LOCALIZADA NA PROPRIEDADE "SITIO POUSADA DA ESPERANÇA", SITUADO À MARGEM DA BR 262 KM 69,5, DISTRITO DE VICTOR HUGO, NESTE MUNICÍPIO. HOJE ELA É CONHECIDA CACHOEIRA "JULIO KIEFFER", E A SOLICITAÇÃO É COLOCAR "DR. GUEDES JUNIOR".</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5220/5220_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5220/5220_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE FAZER REPAROS NA RODOVIA CARIOLANO STEIN, QUE DÁ ACESSO A PARAJU-ES.</t>
   </si>
   <si>
     <t>10207</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Abel Kieffer, Amarílio José Klein, David Klippel, Joaquim Stein, Lastene Stockl, Lorindo Wruck, Moacyr Elias Kuster, Paulo Cesar Gilles, Paulo Lovatti Junior</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DE ALEX DE ASSIS RODRIGUES.</t>
   </si>
   <si>
     <t>10208</t>
   </si>
   <si>
     <t>Abel Kieffer</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10208/m002-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10208/m002-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª OLGA KIEFFER.</t>
   </si>
   <si>
     <t>10209</t>
   </si>
   <si>
     <t>Paulo Cesar Gilles</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10209/m003-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10209/m003-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª FORTUNATA ESCALORTE DOURO.</t>
   </si>
   <si>
     <t>10210</t>
   </si>
   <si>
     <t>Lastene Stockl</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10210/m004-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10210/m004-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE UM VOTO DE AGRADECIMENTO E APLAUSO, EM PROL DO EXCELENTISSÍMO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10211</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10211/m005-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10211/m005-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. DELSON PUPPIM.</t>
   </si>
   <si>
     <t>10212</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10212/m006-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10212/m006-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO JOVEM EDSON RICARDO ESTRELA.</t>
   </si>
   <si>
     <t>10213</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10213/m007-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10213/m007-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. AMADOR ENDLICH.</t>
   </si>
   <si>
     <t>10214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10214/m008-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10214/m008-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª CARMINDA MONTEIRO ALVES.</t>
   </si>
   <si>
     <t>10215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10215/m009-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10215/m009-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE UM VOTO DE AGRADECIMENTO E APLAUSO  EM PROL DO EXCELENTISSÍMO PREFEITO MUNICIPAL JOÃO CARLOS LORENZONI.</t>
   </si>
   <si>
     <t>10216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10216/m010-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10216/m010-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AO EXMº PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10217/m011-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10217/m011-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. SERGIO SEBASTIAO STEIN.</t>
   </si>
   <si>
     <t>10218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10218/m012-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10218/m012-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ARTHUR KIEFFER.</t>
   </si>
   <si>
     <t>10219</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10219/m013-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10219/m013-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ISMAEL RENATO WELTEN.</t>
   </si>
   <si>
     <t>10220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10220/m014-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10220/m014-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. SERGIO MENDES.</t>
   </si>
   <si>
     <t>10221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10221/m015-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10221/m015-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AO EXMº SR. JOÃO CARLOS LORENZONI.</t>
   </si>
   <si>
     <t>10222</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10222/m016-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10222/m016-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E COONGRATULAÇÕES AO EXMº SR. TARCÍSIO ANTÔNIO BORGO.</t>
   </si>
   <si>
     <t>10223</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10223/m017-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10223/m017-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AO ILM° SR. DR. EDSON FRANCISCO PEREIRA.</t>
   </si>
   <si>
     <t>10224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10224/m018-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10224/m018-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES A SRª THAÍS DAS GRAÇAS ROMAN DE CHARGAS.</t>
   </si>
   <si>
     <t>10225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10225/m019-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10225/m019-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES A SRª SANDRA HELENA DELBONI VENTURINE.</t>
   </si>
   <si>
     <t>10226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10226/m020-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10226/m020-2000.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AO SR. ANTÔNIO LIDINEY GOBBI.</t>
   </si>
   <si>
     <t>11132</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11132/pc001-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11132/pc001-2000.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO Nº 001/2000.</t>
   </si>
   <si>
     <t>11133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11133/pc002-2000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11133/pc002-2000.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO Nº 002/2000.</t>
   </si>
   <si>
     <t>7838</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7838/doc_mar_11_2021_14.36.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7838/doc_mar_11_2021_14.36.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL DE MARECHAL FLORIANO - CMDR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7839/doc_mar_11_2021_14.39-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7839/doc_mar_11_2021_14.39-1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGÁIA.</t>
   </si>
   <si>
     <t>7840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7840/doc_mar_11_2021_14.41.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7840/doc_mar_11_2021_14.41.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE TEOBALDO RUPF, RUA EM MARECHAL FLORIANO ES.</t>
   </si>
   <si>
     <t>7841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7841/doc_mar_11_2021_14.43-01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7841/doc_mar_11_2021_14.43-01.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 2° DA LEI MUNICIPAL N° 006, DE 24 DE MARÇO DE 1993.</t>
   </si>
   <si>
     <t>7842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7842/doc_mar_12_2021_08.27.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7842/doc_mar_12_2021_08.27.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO QUANTITATIVO DE CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7843/doc_mar_12_2021_08.31-01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7843/doc_mar_12_2021_08.31-01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA DE SUBVENÇÃO SOCIAL À EPG MARTINHO LUTERO.</t>
   </si>
   <si>
     <t>7844</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7844/doc_mar_12_2021_08.35.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7844/doc_mar_12_2021_08.35.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ADQUIRIR IMÓVEIS.</t>
   </si>
   <si>
     <t>7845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7845/doc_mar_12_2021_08.34.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7845/doc_mar_12_2021_08.34.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO QUANTITATIVO DE CARGOS DE PROVIMENTO EM COMISSÃO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7846/doc_mar_12_2021_08.36.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7846/doc_mar_12_2021_08.36.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO PARA ATENDER AS AÇÕES DO PROGRAMA NACIONAL DE FORTALECIMENTO DA AGRICULTURA FAMILIAR - PRONAF NESTE MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7847/doc_mar_12_2021_08.38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7847/doc_mar_12_2021_08.38.pdf</t>
   </si>
   <si>
     <t>7848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7848/doc_mar_12_2021_08.40.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7848/doc_mar_12_2021_08.40.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DO QUANTITATIVO DE CARGOS DE PROVIMENTO EM COMISSÃO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7849</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7849/doc_mar_12_2021_08.42.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7849/doc_mar_12_2021_08.42.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRMOVER INCENTIVOS À IMPLANTAÇÃO DOS PROGRAMAS HABITACIONAIS COM RECURSOS DO FGTS.</t>
   </si>
   <si>
     <t>7850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7850/doc_mar_12_2021_08.47.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7850/doc_mar_12_2021_08.47.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS, DESTINADOS A ATENDER O PROGRAMA DE "AGENTES COMUNITÁRIOS DE SAÚDE"</t>
   </si>
   <si>
     <t>7851</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7851/doc_mar_12_2021_08.48.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7851/doc_mar_12_2021_08.48.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA DE SUBVENÇÃO SOCIAL AO APOLLO XIII FUTEBOL CLUBE.</t>
   </si>
   <si>
     <t>7852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7852/doc_mar_12_2021_10.56.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7852/doc_mar_12_2021_10.56.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FERNANDA GIANORDOLI STEIN A ESCOLA "NOVO HORIZONTI JARDIM DE INFÂNCIA " NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7853</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7853/doc_mar_12_2021_10.59.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7853/doc_mar_12_2021_10.59.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCICIO DE 2001, QUE ABRANGERÁ OS PODERES LEGISLATIVOS E EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7854/doc_mar_12_2021_11.08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7854/doc_mar_12_2021_11.08.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSUMIR ENCARGOS FINANCEIROS JUNTO AO BANESTES PARA PAGAMENTO DE 13° SALÁRIO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>7855</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7855/doc_mar_12_2021_11.11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7855/doc_mar_12_2021_11.11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7856/doc_mar_12_2021_11.111.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7856/doc_mar_12_2021_11.111.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "CLARA LUIZA HULLE PEREIRA", A CASA DA CULTURA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7857</t>
   </si>
   <si>
     <t>MESA DIRETORA 1999/2000</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7857/doc_mar_12_2021_11.13.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7857/doc_mar_12_2021_11.13.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OS SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE MARECHAL FLORIANO PARA A LEGISLATURA QUE SE INICIA EM 2001 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7858</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7858/doc_mar_12_2021_11.15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7858/doc_mar_12_2021_11.15.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DOS SUBSÍDIOS DO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE MARECHAL FLORIANO, PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>7859</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7859/doc_mar_12_2021_11.17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7859/doc_mar_12_2021_11.17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO SUBSÍDIOS DOS SECRETÁRIOS DO MUNICÍPIO DE MARECHAL FLORIANO, PARA O EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>7860</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7860/doc_mar_12_2021_11.18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7860/doc_mar_12_2021_11.18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CORREÇÃO DO TEXTO DE LEI MUNICIPAL N° 366, DE 29DE JULHO DE 2000, QUE DENOMINA A ESCOLA JARDIM DE INFÂNCIA HORIZONTE, DE FERNANDA GIANÓRDOLI STEIN.</t>
   </si>
   <si>
     <t>7861</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7861/doc_mar_12_2021_11.21.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7861/doc_mar_12_2021_11.21.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2001.</t>
   </si>
   <si>
     <t>7862</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7862/doc_mar_12_2021_11.23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7862/doc_mar_12_2021_11.23.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER ALIENAÇÃO DE BENS MÓVEIS.</t>
   </si>
   <si>
     <t>7863</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7863/doc_mar_12_2021_11.25.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7863/doc_mar_12_2021_11.25.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2001.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1310,68 +1310,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/12339/dl_002-2000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5239/5239_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5240/5240_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5243/5243_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5246/5246_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5244/5244_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5245/5245_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5247/5247_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5258/5258_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5257/5257_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5256/5256_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5255/5255_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5254/5254_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5253/5253_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5252/5252_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5251/5251_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5238/5238_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5237/5237_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5236/5236_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5234/5234_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5233/5233_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5232/5232_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5231/5231_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5230/5230_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5229/5229_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5228/5228_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5227/5227_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5226/5226_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5225/5225_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5224/5224_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5223/5223_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5222/5222_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5221/5221_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5220/5220_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10208/m002-2000.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10209/m003-2000.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10210/m004-2000.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10211/m005-2000.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10212/m006-2000.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10213/m007-2000.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10214/m008-2000.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10215/m009-2000.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10216/m010-2000.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10217/m011-2000.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10218/m012-2000.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10219/m013-2000.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10220/m014-2000.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10221/m015-2000.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10222/m016-2000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10223/m017-2000.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10224/m018-2000.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10225/m019-2000.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10226/m020-2000.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11132/pc001-2000.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11133/pc002-2000.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7838/doc_mar_11_2021_14.36.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7839/doc_mar_11_2021_14.39-1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7840/doc_mar_11_2021_14.41.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7841/doc_mar_11_2021_14.43-01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7842/doc_mar_12_2021_08.27.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7843/doc_mar_12_2021_08.31-01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7844/doc_mar_12_2021_08.35.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7845/doc_mar_12_2021_08.34.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7846/doc_mar_12_2021_08.36.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7847/doc_mar_12_2021_08.38.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7848/doc_mar_12_2021_08.40.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7849/doc_mar_12_2021_08.42.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7850/doc_mar_12_2021_08.47.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7851/doc_mar_12_2021_08.48.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7852/doc_mar_12_2021_10.56.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7853/doc_mar_12_2021_10.59.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7854/doc_mar_12_2021_11.08.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7855/doc_mar_12_2021_11.11.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7856/doc_mar_12_2021_11.111.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7857/doc_mar_12_2021_11.13.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7858/doc_mar_12_2021_11.15.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7859/doc_mar_12_2021_11.17.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7860/doc_mar_12_2021_11.18.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7861/doc_mar_12_2021_11.21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7862/doc_mar_12_2021_11.23.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7863/doc_mar_12_2021_11.25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/12339/dl_002-2000.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5239/5239_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5240/5240_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5243/5243_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5246/5246_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5244/5244_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5245/5245_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5247/5247_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5258/5258_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5257/5257_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5256/5256_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5255/5255_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5254/5254_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5253/5253_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5252/5252_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5251/5251_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5238/5238_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5237/5237_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5236/5236_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5234/5234_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5233/5233_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5232/5232_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5231/5231_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5230/5230_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5229/5229_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5228/5228_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5227/5227_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5226/5226_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5225/5225_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5224/5224_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5223/5223_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5222/5222_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5221/5221_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2000/5220/5220_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10208/m002-2000.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10209/m003-2000.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10210/m004-2000.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10211/m005-2000.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10212/m006-2000.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10213/m007-2000.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10214/m008-2000.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10215/m009-2000.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10216/m010-2000.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10217/m011-2000.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10218/m012-2000.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10219/m013-2000.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10220/m014-2000.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10221/m015-2000.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10222/m016-2000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10223/m017-2000.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10224/m018-2000.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10225/m019-2000.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/10226/m020-2000.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11132/pc001-2000.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/11133/pc002-2000.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7838/doc_mar_11_2021_14.36.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7839/doc_mar_11_2021_14.39-1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7840/doc_mar_11_2021_14.41.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7841/doc_mar_11_2021_14.43-01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7842/doc_mar_12_2021_08.27.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7843/doc_mar_12_2021_08.31-01.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7844/doc_mar_12_2021_08.35.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7845/doc_mar_12_2021_08.34.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7846/doc_mar_12_2021_08.36.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7847/doc_mar_12_2021_08.38.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7848/doc_mar_12_2021_08.40.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7849/doc_mar_12_2021_08.42.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7850/doc_mar_12_2021_08.47.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7851/doc_mar_12_2021_08.48.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7852/doc_mar_12_2021_10.56.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7853/doc_mar_12_2021_10.59.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7854/doc_mar_12_2021_11.08.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7855/doc_mar_12_2021_11.11.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7856/doc_mar_12_2021_11.111.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7857/doc_mar_12_2021_11.13.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7858/doc_mar_12_2021_11.15.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7859/doc_mar_12_2021_11.17.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7860/doc_mar_12_2021_11.18.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7861/doc_mar_12_2021_11.21.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7862/doc_mar_12_2021_11.23.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2000/7863/doc_mar_12_2021_11.25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H86"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="136.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>