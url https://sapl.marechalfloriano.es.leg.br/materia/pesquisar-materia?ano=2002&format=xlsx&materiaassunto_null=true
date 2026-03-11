--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,1886 +54,1886 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12358</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12358/dl_001-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12358/dl_001-2002.pdf</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, RELATIVAS AO EXERCÍCIO DE 2000".</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5511/5511_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5511/5511_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA EM TODA A ESTRADA DE SOÍDO DE BAIXO - MARECHAL FLORIANO -ES, ATÉ A LOCALIDADE DA CABOCLA.</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5512/5512_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5512/5512_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VERIFICAR A EXISTÊNCIA DE FOCOS DE MOSQUITO EM ALTO MARECHAL PRÓXIMO AO CONJUNTO DE CASAS PRÓXIMO A CRECHE E NO VALÃO AO LADO DA SÓ CAFÉ.</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5513/5513_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5513/5513_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA EM TODA A ESTRADA QUE DÁ ACESSO A BOM JESUS  -  MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5514/5514_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5514/5514_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE GALERIA NO CÓRREGO DESTE MUNICÍPIO TENDO INICIO À RUA WALDEMAR MEES - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5515/5515_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5515/5515_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA NA ESTRADA DE ALTO RIO FUNDO ATÉ A ESTRADA PRINCIPAL DE RIO FUNDO - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5516/5516_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5516/5516_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUIR UMA CRECHE NO LOTEAMENTO, ONDE SERÃO CONSTRUÍDAS AS CASAS E DOADAS A POPULAÇÃO CARENTE.</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5517/5517_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5517/5517_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA NA ESTRADA QUE DÁ ACESSO ÀS FAMÍLIAS MEDEIROS E RHEIN, LOCALIDADE QUE TEM INICIO EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5518/5518_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5518/5518_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PAVIMENTAÇÃO E MANILHAMENTO EM FRENTE A CRECHE.</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5519/5519_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5519/5519_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR O MANILHAMENTO ENTRE O PÁTIO DA IGREJA E A ESTRADA NA FAZENDA PUPPIM EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5520/5520_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5520/5520_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA NA ESTRADA DE ALTO RIO FUNDO ATÉ A ESTRADA PRINCIPAL DE RO FUNDO.</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5521/5521_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5521/5521_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA SEGUINTE MEDIDA:_x000D_
 - A NECESSIDADE DE JOGAR CASCALHO NA ESTRADA QUE DÁ ACESSO O SITIO SABIA, QUE FICA A ESQUERDA DO CAMPO DO APOLLO XIII.</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5522/5522_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5522/5522_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA SEGUINTE MEDIDA: _x000D_
 - A POSSIBILIDADE DE PROMOVER ESTUDOS PARA CONCEDER ABONO AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE PERCEBEM SEUS SALÁRIOS ATÉ R$ 300,00 (TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5523/5523_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5523/5523_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA SEGUINTE MEDIDA:_x000D_
 - A POSSIBILIDADE DE REVER A SITUAÇÃO DO SALÁRIO QUE OS MEMBROS DO CONSELHO TUTELAR PERCEBEM HOJE.</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5524/5524_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5524/5524_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA SEGUINTE MEDIDA:_x000D_
 - A NECESSIDADE DE REALIZAR MELHORAMENTOS NA QUADRA DE ESPORTE E NO CAMPO DE FUTEBOL EM ARAGUAIA-MF.</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5525/5525_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5525/5525_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA SEGUINTE MEDIDA:_x000D_
  JOGAR CASCALHO SEM PASSAR A MÁQUINA NA ESTRADA QUE LEVA A  RESIDÊNCIA DO SR. JUCA RAASCH, CAMINHO QUE DÁ ACESSO PARA BOM JESUS - MARECHAL FLORIANO -ES.</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Admilson da Silva Tiburcio</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5526/5526_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5526/5526_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SEGUINTE MEDIDA:_x000D_
 -SOLICITAÇÃO PARA A AMPLIAÇÃO DE SINAL TELEFÔNICO CELULAR.</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Abel  Bungenstab</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5527/5527_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5527/5527_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE RESERVAR DUAS ÁREAS EXCLUSIVAS  PARA ESTACIONAMENTO DE MOTOS NA SEDE DE MARECHAL FLORIANO PRÓXIMO A PRAÇA JOSÉ HENRIQUE PEREIRA._x000D_
 INSTALAR BARRAS DE FERRO SEMELHANTES AO DO ESTACIONAMENTO DO SHOPPING, PARA QUE OS MOTOQUEIROS FIQUEM MAIS TRANQUILOS, QUANDO POR NECESSIDADE DEVIR AO CENTRO RESOLVER SEUS PROBLEMAS. _x000D_
 PINTAR FAIXAS NO ASFALTO INDICANDO VAGAS PARA ESTACIONAR MOTOS E INSTALAR PLACAS INDICANDO O ESTACIONAMENTO EXCLUSIVO PARA MOTOS.</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5528/5528_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5528/5528_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO OBRAS DE ASFALTAMENTO NA DIVISA DESTE MUNICÍPIO ENTRE MARECHAL FLORIANO E ALFREDO CHAVES.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5529/5529_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5529/5529_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA NO TREVO DE PARAJU ESTRADA QUE DÁ ACESSO A PROPRIEDADE DA FAMÍLIA BASSANI.</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5530/5530_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5530/5530_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE: _x000D_
 MELHORAMENTO NA RUA QUE DÁ ACESSO A CRECHE EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5531/5531_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5531/5531_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE:_x000D_
 PASSAR A MAQUINA NAS SEGUINTES COMUNIDADES DE MARECHAL FLORIANO-ES_x000D_
 VICTOR HUGO, ALTO NOVA ALMEIDA, SANTA MARIA, E NAS MEDIDA DO POSSÍVEL JOGAR CASCALHO EM TODAS AS ESTRADAS AQUI CITADAS PARA CONSERVAÇÃO DAS MESMAS.</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5532/5532_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5532/5532_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PARA VERIFICAR UMA LAGOA QUE FOI CONSTRUÍDA A RESIDÊNCIA DO SR. PAULO CÉSAR GILLES EM ALTO SANTA MARIA.</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5533/5533_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5533/5533_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA PAVIMENTAÇÃO DA PRAÇA PRÓXIMO AO COLÉGIO  E DA QUADRA DE ESPORTE EM SANTA MARIA- MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5534/5534_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5534/5534_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ATENDER AOS PEDIDOS DOS PROPRIETÁRIOS DE SANTA MARIA NA RECUPERAÇÃO, REALIZANDO MELHORIAS NAS ESTRADAS DE SUAS PROPRIEDADES.</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Odete Lemcke Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5535/5535_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5535/5535_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE SE EFETUAR UMA DOAÇÃO DE UMA ÁREA DE TERRA DE 400 MTS, PARA A REALIZAÇÃO DE TODO O MOVIMENTO A SER FEITO PELOS MORADORES DA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5536/5536_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5536/5536_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR UM CALÇAMENTO DE UM ESPAÇO ENTRE O BARRANCO E OS ASFALTO EM FRENTE A IGREJA LUTERANA E A RESIDÊNCIA DO SR. JOSÉ AMÉRICO.</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5537/5537_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5537/5537_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA A CONTRATAÇÃO DE MÉDICO PSIQUIATRA, PARA ATENDER EM NOSSA UNIDADE DE SAÚDE.</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5538/5538_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5538/5538_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE NA MEDIDA DO POSSÍVEL SEJAM APROVEITADOS AS PROPRIEDADES DO PODER EXECUTIVO PARA CONSTRUÇÃO DE CRECHES, ESCOLAS E CASAS PARA PESSOAS CARENTES.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5539/5539_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5539/5539_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONSTRUÇÃO DE UMA RAMPA DE ACESSO AO CEMITÉRIO DE BOM JESUS.</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5540/5540_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5540/5540_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PATROLAR E CASCALHAR A ESTRADA DE SOÍDO DE BAIXO QUE DÁ ACESSO AO ESTILO RUSTICO E TAMBÉM DE COLOCAR LATÕES DE LIXO E O RECOLHIMENTO DO LIXO.</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5541/5541_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5541/5541_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE FAZER UMA NOVA PONTE PRÓXIMO AO TERRENO DA DONA MARIA KUSTER QUE DÁ ACESSO A ESTRADA PRINCIPAL.</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5542/5542_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5542/5542_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COLOCAR ÔNIBUS COLETIVO, PARA ATENDER O MUNICÍPIO DE MARECHAL FLORIANO-ES INCLUSIVE BENEFICIARIA TAMBÉM O MUNICÍPIO VIZINHO DEVIDO A PEQUENA DISTANCIA QUE OS SEPARA.</t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5543/5543_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5543/5543_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REFORMA URGENTE DO DPM LOCALIZADO A RUA WALDEMAR MEES EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5544</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5544/5544_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5544/5544_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA NA ESTRADA QUE TEM INÍCIO NO POSTO DO SR. ERILDO EFEGEM, SEGUINDO A DIREITA QUE DÁ ACESSO A RESIDÊNCIA  DO SR. GERALDO CORDEIRO, PEGANDO AS ESTRADAS VICINAIS.</t>
   </si>
   <si>
     <t>5545</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5545/5545_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5545/5545_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUIR UMA PASSARELA NA RUA DELIMAR SCHUNK (POPULARMENTE CONHECIDA COMO RUA DA LINHA). SENDO A PREFERÊNCIA INICIADA ONDE ACABA O ASFALTO,  PARA ATENDER DEFICIENTES FÍSICOS.</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5546/5546_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5546/5546_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DO TÉRMINO DO ASFALTO NA RUA THIERES VELLOSO, NO INICIO DA TRAVESSIA SOBRE A LINHA FÉRREA ATÉ A "SOU FELIZ" - AMPARA PARA IDOSOS.</t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5547/5547_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5547/5547_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SEGUINTE MEDIDA:_x000D_
 - CONSTRUÇÃO DE BANHEIRO PÚBLICO EM MARECHAL FLORIANO COM BOA LOCALIZAÇÃO E COM RAMPA PARA DEFICIENTES FÍSICOS.</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5548/5548_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5548/5548_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAR ÁGUA DA CESAN NA LOCALIDADE DO BETINHO SIMON EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5549/5549_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5549/5549_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONTRATAR PROFISSIONAL NEUROLOGISTA PARA A ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5550/5550_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5550/5550_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SEGUINTE MEDIDA:_x000D_
 -QUE A EQUIPE MÉDICA DA COLETA DE MATERIAL PARA EXAME, FAÇA TAMBÉM O MESMO PROCESSO EM SANTA MARIA.</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5551/5551_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5551/5551_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE FAZER MÃO ÚNICA NA RUA VICTOR TRAVAGLIA COM CALÇAMENTO PARALELO AO MESMO.</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5552/5552_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5552/5552_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR O CALÇAMENTO NO CENTRO DE VICTOR HUGO - MARECHAL FLORIANO-ES, COMEÇANDO EM FRENTE AO COMÉRCIO DO SR. NICOLAU KROHLING ATÉ A ESTRADA QUE DÁ ACESSO A SÃO BENTO DE URÂNIA.</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5553/5553_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5553/5553_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA PASSARELA NA RUA GUSTAVO HERTEL, TENDI INICIO EM FRENTE AO COMÉRCIO DO SR. ALTEVIR WASSEM E SEU TÉRMINO NA OBRA DA PREFEITURA MUNICIPAL, ONDE SERÃO CONSTRUÍDAS AS CASAS POPULARES.</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5554/5554_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5554/5554_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONSTRUÇÃO DE UM MINI POSTO DE SAÚDE, NO NOVO BAIRRO QUE ESTÁ SENDO CONSTRUÍDO NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5555/5555_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5555/5555_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE FAZER O ASFALTO NA ENTRADA DO POSTO IPIRANGA ATÉ SANTA MARIA.</t>
   </si>
   <si>
     <t>5556</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5556/5556_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5556/5556_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PATROLAR E CASCALHAR A ESTRADA DE RIO FUNDO, ENTRADA QUE DÁ ACESSO A PROPRIEDADE DO SR. FIGUEROA E REALIZAR MESMO BENEFICIO NA ESTRADA VICINAL QUE DA SAÍDA A FAMÍLIA DO SR. LUIZ ENDLICH EM RIO FUNDO- MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5557/5557_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5557/5557_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONTRATAÇÃO DE UM FUNCIONÁRIO, PARA FAZER A MANUTENÇÃO, COMO LIMPEZA E TAMBÉM ZELAR PELA BOA CONSERVAÇÃO DAS RUAS, COMO CAPINAR, VARRER, ETC, EM SANTA MARIA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5558/5558_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5558/5558_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO A TELEMAR A INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO) CELULAR NA FAZENDA AURÉLIO PUPPIM PRÓXIMO A FAMÍLIA COLATINA.</t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5559/5559_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5559/5559_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS URGENTES NA TORRE DE TELEVISÃO NESTE MUNICÍPIO, ESTA INDICAÇÃO JÁ FOI REQUERIDA E LIDA NA SESSÃO ORDINÁRIA DO DIA 25/09/2001.</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5560/5560_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5560/5560_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONFECCIONAR MOCHILAS PARA AS CRIANÇAS QUE ESTUDAM NA REDE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5561/5561_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5561/5561_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MÁQUINA EM TODAS AS ESTRADAS VICINAIS E PRINCIPAL EM VICTOR HUGO MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5562/5562_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5562/5562_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PATROLAR TODA A ESTRADA DE ALTO RIO FUNDO- MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5563/5563_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5563/5563_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DO ASFALTAMENTO DA RUA ANTENOR DOS SANTOS BRAGA ( RUA PRODUTORA AVICOLA) QUE DÁ INICIO Á RUA GUSTAVO HERTEL E TEM TÉRMINO NO INICIO DA ESTRADA E COSTA PEREIRA.</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5564/5564_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5564/5564_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COMPRAR UMA CAMINHONETE PARA ATENDER A SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5565/5565_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5565/5565_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE INSTALAÇÃO OU CONSTRUÇÃO DE UMA CASINHA PARA DEPÓSITO E COLETA DE LIXO, NO TÉRMINO DA RUA ANTENOR DOS SANTOS BRAGA (RUA DA PRODUTORA AVÍCOLA) E DÁ INICIO À ESTRADA DE COSTA PEREIRA.</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5566/5566_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5566/5566_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PATROLAR A ESTRADA DE ALTO MARECHAL ATÉ A RESIDÊNCIA DAS FAMÍLIAS RHEIN E MEDEIROS.</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5567/5567_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5567/5567_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUIR UMA PONTE, NA ESTRADA PRÓXIMO A COSTA PEREIRA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5568/5568_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5568/5568_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE MUDAR AS CONDIÇÕES DO BECO LOCALIZADO AO LADO DA ANTIGA IGREJA MARANATA, TIRANDO AS ESCADAS E FAZENDO UM RAMPA.</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5569/5569_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5569/5569_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NO CAMPO DE ARAGUAIA-MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5570/5570_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5570/5570_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE JUNTAMENTE COM A SECRETARIA DE EDUCAÇÃO A CONSCIENTIZAÇÃO DE LEVAR OS PROFESSORES QUE LESIONAM NA REDE MUNICIPAL QUE FICAM NO PONTO ESPERANDO O ÔNIBUS ESCOLAR, MAS ESTES SÓ LEVAM OS PROFESSORES SE FOREM PARA O MESMO DESTINO DOS ALUNOS.</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5571/5571_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5571/5571_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE FAZER A LIMPEZA DO CÓRREGO DESTA CIDADE.</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5572/5572_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5572/5572_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE UMA DOAÇÃO DE GRAMAS PARA SEREM PLANTADAS PRÓXIMO A IGREJA DE SANTA MARIA- MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5573/5573_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5573/5573_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PROIBIR A VENDA DE CARROS NO ESTACIONAMENTO DA PRAÇA SANTA RITA, NA SEDE EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5574/5574_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5574/5574_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE RETIRAR UMA ESQUINA PRÓXIMA AO BAR FAZOLO, ENTRE A RUA DAVID CANAL E RUA SANTANA NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORIAS EM TODAS AS ESTRADAS PRINCIPAIS E VICINAIS DAS SEGUINTES LOCALIDADES: VICTOR HUGO, SANTA MARIA; RIO FUNDO; ALTO NOVA ALMEIDA; ALTO RIO FUNDO; ALTO SANTA MARIA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5576/5576_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5576/5576_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO DENTRO DAS POSSIBILIDADES DA PREFEITURA EM FAZER MELHORAMENTOS OU SEJA PASSAR A MÁQUINA E JOGAR CASCALHO NA ESTRADA DA PROPRIEDADE DOS SRS. VALDOMIRO LUBE E ARNALDO LUBE EM ARAGUAIA.</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5577/5577_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5577/5577_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA SEGUINTE MEDIDA:_x000D_
 -EXECUÇÃO DE UMA PONTE DE CONCRETO NA PROPRIEDADE DAS FAMÍLIAS LUDUVICO, ESTRADA ESTA QUE DÁ ACESSO A ALFREDO CHAVES.</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5578/5578_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5578/5578_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SEGUINTE MEDIDA:_x000D_
 1. CONSTRUÇÃO DE UMA CRECHE PARA A COMUNIDADE DE ARAGUAIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5579/5579_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5579/5579_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NO D.P.M ( DESTACAMENTO DE POLICIA MILITAR), LOCALIZADO À RUA WALDEMAR MÊES EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5580/5580_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5580/5580_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE MELHORAR O SALÁRIO DOS MEMBROS DO CONSELHO TUTELAR, SENDO QUE ESTA INDICAÇÃO FOI FEITA SOB O N° 0013/2002 E LIDA NA SESSÃO ORDINÁRIA DO DIA 25/02/2002.</t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5581/5581_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5581/5581_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A AUTORIZAÇÃO PARA COLOCAÇÃO DE PROPAGANDAS NAS DUAS PONTES NAS ESTRADAS QUE DÃO ACESSO AO CENTRO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5582/5582_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5582/5582_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONSTRUÇÃO DO MURO DO CEMITÉRIO PRÓXIMO À ESCOLA MARTINHO LUTERO.</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5583/5583_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5583/5583_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUIR UMA ESCOLA DE ENSINO FUNDAMENTAL E MÉDIO, NO LOTEAMENTO FUTURAMENTE CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, LOCALIZADO NO PROLONGAMENTO DA RUA GUSTAVO HERTEL, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5584/5584_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5584/5584_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUIR UMA ESCADARIA NO MORRO QUE DÁ ACESSO A RESIDÊNCIA DO SR. SEBASTIÃO PENHA, EM FRENTE A VENDA DO SR. CELESTINO STEIN, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5585/5585_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5585/5585_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE AQUISIÇÃO DO SISTEMA A.B.M PARA O DETRAN DE MARECHAL FLORIANO, É O APARELHO RENACH - REGISTRO NACIONAL DE CONDUTORES HABILITADOS.</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5586/5586_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5586/5586_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE SE FAZER MELHORAMENTOS  NAS ESTRADAS VICINAIS NAS SEGUINTES COMUNIDADES RIO FUNDO, VICTOR HUGO, ALTO RIO FUNDO E SANTA MARIA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5587/5587_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5587/5587_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE FIRMAR CONVÊNIO COM O HOSPITAL DA FASDHOMAR DE DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5588/5588_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5588/5588_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUIR UM BUEIRO NA ESTRADA PRINCIPAL DE COSTA PEREIRA, PRÓXIMO A PROPRIEDADE DO SR. LINDERSÃO AGUIAR.</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5589/5589_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5589/5589_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE CONSTRUÇÃO DE UMA CERCA COM TELA ENCAOADA EM VOLTA DA ESCOLA PLURIDOCENTE MORRO BAIXO EM BOM JESUS MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5590/5590_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5590/5590_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE UM BANHEIRO E UMA COZINHA NA ESCOLA DE BOA ESPERANÇA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5591/5591_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5591/5591_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NA MEDIDA DO POSSÍVEL PATROLAR CASCALHAR  A ESTRADA  DE BOA ESPERANÇA  E NOVA ALMEIDA  - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5592/5592_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5592/5592_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE FAZER MELHORAMENTOS EM TODAS AS ESTRADAS DO INTERIOR DESTE MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5593/5593_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5593/5593_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REFAZER 02 PONTES SOBRE O CÓRREGO TAQUETTE EM RIO FUNDO, PRÓXIMO A RESIDÊNCIA DO SR. HUMBERTO CURBANI POPULARMENTE CONHECIDO COMO FIQUEROA.</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5594/5594_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5594/5594_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA RECUPERAÇÃO DAS ÁREAS DE LAZER DE ARAGUAIA COMO O CAMPO DE FUTEBOL  E A QUADRA DE ESPORTES.</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5595/5595_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5595/5595_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 1- MELHORAMENTOS NA ESTRADA PRÓXIMO AS FAMÍLIAS RHEIN E MEDEIROS QUE TEM INICIO EM ALTO MARECHAL._x000D_
 2- UM ORELHÃO._x000D_
 3- VISITA DE AGENTES DE SAÚDE.</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5596/5596_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5596/5596_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE MUDANÇA NA RUA LATERAL NA SAÍDA DA PONTE PRÓXIMO A OFICINA DO SR. JACINTO TAQUETT, PERMITINDO A MÃO E CONTRA MÃO ATÉ O TREVO QUE DÁ ACESSO A BR 262 E SE ACEITAR A REIVINDICAÇÃO RETIRAR A PLACA DE CONTRA MÃO.</t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5597/5597_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5597/5597_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA O TERMINO DOS SERVIÇO DE CASCALHAMENTO DA ESTRADA SITIO CAPITÃO A MARECHAL FLORIANO PRÓXIMO A PROPRIEDADE DO SR. DANILO CANAL.</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5598/5598_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5598/5598_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CONCEDIDO AUMENTO SALARIAL A TODOS OS EMPREGADOS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5599/5599_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5599/5599_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA DADO PREFERÊNCIA À CONTRATAÇÃO DE BANDAS E CONJUNTOS MUSICAIS DE NOSSA REGIÃO PARA REALIZAÇÃO DE ALGUM EVENTO PATROCINADO PELO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5600/5600_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5600/5600_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR A PAVIMENTAÇÃO ASFÁLTICA DA RUA DE ACESSO À CAIXA D'ÁGUA DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5510/5510_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5510/5510_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DAS SEGUINTES MEDIDAS:_x000D_
 01- MELHORAMENTOS NA CRECHE, LOCALIZADO NA RUA CARLOS HANDI, EM MARECHAL FLORIANO-ES._x000D_
 02- MELHORAMENTOS NA RUA CARLOS HANDI.</t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5509/5509_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5509/5509_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORIAS NAS ESTRADAS PRINCIPAIS E VICINAIS EM BOA ESPERANÇA, MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5508/5508_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5508/5508_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MELHORAMENTOS NA ESTRADA QUE INICIA NO TÉRMINO DA RUA QUINTA DOS LAGOS E TERMINA NO NOVO CONJUNTO DE CASAS LOCALIZADO NA RUA GUSTAVO HERTEL, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5507/5507_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5507/5507_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR MELHORAMENTOS NAS ESTRADAS QUE DÃO ACESSO À APARECIDA.</t>
   </si>
   <si>
     <t>10256</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10256/m001-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10256/m001-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES A ILMª SRª YARA PACHECO PEREIRA.</t>
   </si>
   <si>
     <t>10257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10257/m002-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10257/m002-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES PARABENIZANDO AO EXM° SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10258/m0033-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10258/m0033-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. CELERINO ESPINDULA.</t>
   </si>
   <si>
     <t>10259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10259/m004-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10259/m004-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. RODOLFO KROHLING.</t>
   </si>
   <si>
     <t>10260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10260/m006-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10260/m006-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª LIDA.</t>
   </si>
   <si>
     <t>10261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10261/m007-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10261/m007-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JOÃO PIANZOLI.</t>
   </si>
   <si>
     <t>10262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10262/m008-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10262/m008-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª EMA LITTIG.</t>
   </si>
   <si>
     <t>10263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10263/m009-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10263/m009-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. AGUINALDO GOBBI.</t>
   </si>
   <si>
     <t>10264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10264/m010-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10264/m010-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES,A SRª SANDRA HELENA DELBONI VENTURINI.</t>
   </si>
   <si>
     <t>10265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10265/m011-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10265/m011-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, A SRª IVONISE MEDEIROS FERREIRA.</t>
   </si>
   <si>
     <t>10266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10266/m020-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10266/m020-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO A TODAS AS MULHERES QUE CELEBRAM NO DIA DE 08 DE MARÇO O DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>10267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10267/m021-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10267/m021-2002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JOÃO PEREIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>9402</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9402/001-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9402/001-2002.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO DE MULTA NOS DÉBITOS DE ISS-QN INSCRITOS EM DÍVIDA ATIVA.</t>
   </si>
   <si>
     <t>9403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9403/002-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9403/002-2002.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO DE FISIOTERAPEUTA.</t>
   </si>
   <si>
     <t>9404</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9404/003-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9404/003-2002.pdf</t>
   </si>
   <si>
     <t>CONCEDE ISENÇÃO NOS DÉBITOS INSCRITOS EM DÍVIDA ATIVA.</t>
   </si>
   <si>
     <t>9405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9405/004-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9405/004-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PLANO DE CARREIRA DO CARGO DE TÉCNICO AGRÍCOLA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9406</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9406/005-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9406/005-2002.pdf</t>
   </si>
   <si>
     <t>AO PROJETO DE LEI N° 033/2001 DE AUTORIA DO VEREADOR DO VEREADOR ALOÍSIO MÓDOLO DE ALMEIDA QUE DISPÕE SOBRE A INCLUSÃO DA DISCIPLINA ¨PREVENÇÃO DO USO DE DROGAS E PRESERVAÇÃO DA CIDADANIA¨ NO CURRÍCULO DAS ESCOLAS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9407</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9407/007-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9407/007-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>9408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9408/008-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9408/008-2002.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE RUA MARCIONILIO DE VARGAS FORTES A RUA QUE TEM INÍCIO NA RUA VICTOR TRAVAGLIA AO LADO DA LINHA FÉRREA.</t>
   </si>
   <si>
     <t>9409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9409/009-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9409/009-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INCENTIVO AOS PEQUENOS PRODUTORES RURAIS DO MUNICÍPIO DE MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>9410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9410/010-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9410/010-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA PESCA PREDATÓRIA NO MUNICÍPIO DE MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>9411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9411/011-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9411/011-2002.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LEONOR MIGUEL FEU ROSA, A CRECHE LOCALIZADA NO PROLONGAMENTO DA RUA GUSTAVO HERTEL EM MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>9412</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9412/012-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9412/012-2002.pdf</t>
   </si>
   <si>
     <t>DÁ NOME JOSÉ LOVATTI A RUA PROJETADA PARALELA A RUA CECÍLIA PITANGA PINTO, EM MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>9413</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9413/013-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9413/013-2002.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE RAMILO LENCKE A RUA PROJETADA, SITUADA NO PROLONGAMENTO DA RUA GUSTAVO HERTEL, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9414/014-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9414/014-2002.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE PAULO LOVATTI, A RUA PROJETADA, SITUADA NO PROLONGAMENTO DA RUA GUSTAVO HERTEL, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9415</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9415/015-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9415/015-2002.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE JOÃO DOMINGOS LORENZONI, A RUA PROJETADA, SITUADA NO PROLONGAMENTO DA RUA GUSTAVO HERTEL, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9416</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9416/016-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9416/016-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA INSTALAÇÃO DE POSTOS DE COMBUSTÍVEIS  DO MUNICÍPIO DE MARECHAAL FLORIANO-ES</t>
   </si>
   <si>
     <t>9417</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9417/017.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9417/017.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO DE PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA O PERÍODO DE 2002 A 2005.</t>
   </si>
   <si>
     <t>9427</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9427/018-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9427/018-2002.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9430/019-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9430/019-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INTEGRAR O CONSÓRCIO INTERMUNICIPAL PARA AÇÕES DE SANEAMENTO BÁSICO E MEIO AMBIENTE NA REGIÃO SERRANA DO ESPÍRITO SANTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9432</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9432/020-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9432/020-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL AOS PROFESSORES DOVENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>9435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9435/021-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9435/021-2002.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE ALBERTO HENRIQUE LUIZ RAACH, A RUA PROJETADA, SITUADA PARALELA A RUA QUINTA DOS LAGOS, COM ACESSO PARA COSTA PEREIRA EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9436/022-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9436/022-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ADQUIRIR IMÓVEL.</t>
   </si>
   <si>
     <t>9437</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9437/023-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9437/023-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO MUNICIPAL DE PREVENÇÃO E ERRADICAÇÃO DO TRABALHO INFANTIL- COMPETI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9438/024-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9438/024-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA REFERÊNCIA, QUANTITATIVOS E CRIA CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9439</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9439/025-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9439/025-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MINUCIPAL N° 336, DE 06 DE JULHO DE 1999.</t>
   </si>
   <si>
     <t>9440</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9440/026-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9440/026-2002.pdf</t>
   </si>
   <si>
     <t>9441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9441/027-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9441/027-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA, A TÍTULO DE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO ESCOLA COMUNIDADE DA EPG. PROF. NICOLAU KROLHING.</t>
   </si>
   <si>
     <t>9442</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9442/028-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9442/028-2002.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FAUSTINO SANTA CLARA O CENTRO DE EDUCAÇÃO FÍSICA LOCALIZADO EM BOM JESUS MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9444</t>
   </si>
   <si>
     <t>MESA DIRETORA 2001/2002</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9444/029-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9444/029-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL ADMINISTRATIVA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REDENTE A POLÍTICA DE CARGOS E VENCIMENTOS DOS SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9445</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9445/030-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9445/030-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N° 003, DE 04 DE JANEIRO DE 1993.</t>
   </si>
   <si>
     <t>9446</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9446/031-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9446/031-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONTRATO DE COMODATO.</t>
   </si>
   <si>
     <t>9447</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9447/032-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9447/032-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N° 366 DE 26 DE JUNHO DE 2000.</t>
   </si>
   <si>
     <t>9448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9448/033-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9448/033-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N° 304, DE 26 DE JUNHO DE 1998 - ESTATUTO DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9449</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9449/034-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9449/034-2002.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN, O ATUAL LOTEAMENTO SITUADO NO PROLONGAMENTO DA RUA GUSTAVO HERTEL, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9450</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9450/035-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9450/035-2011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAÇÃO DE ABRIGOS NOS PONTOS DE ÔNIBUS NO MUNICÍPIO DE MARECHAL FLORIANO E A OBRIGATORIEDADE DE INSTALAÇÃO DE BUEIROS NAS PRINCIPAIS ESTRADAS VICINAIS DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9451</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9451/036-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9451/036-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE CONSTAR DE TODOS OS PROJETOS DE OBRAS DESTINADOS AO COMÉRCIO, INDUSTRIA, SERVIÇOS OU QUAISQUER OUTROS ESTABELECIMENTOS DESTINADOS AO ATENDIMENTO AO PÚBLICO, APRENSENTADOS A PREFEITURA PARA APROVAÇÃO, DA INCLUSÃO DE INSTALAÇÕES ESPECIAIS PARA PORTADORES DE DEFICIÊNCIA NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9453</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9453/037-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9453/037-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL AA REALIZAR CAMPANHAS PROMOCIONAIS PARA INTENSIFICAÇÃO DO MOVIMENTO COMERCIAL E DA ARRECADAÇÃO TRIBUTÁRIA.</t>
   </si>
   <si>
     <t>9454</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9454/038-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9454/038-2002.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO PARA CONCESSÃO DE ISENÇÃO NOS DÉBITOS DE IPTU, INSCRITOS EM DÍVIDA ATIVA.</t>
   </si>
   <si>
     <t>9455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9455/039-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9455/039-2002.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO PARA CONCESSÃO DE ISENÇÃO DE MULTA NOS DÉBITOS DE ISS-QN, INSCRITOS EM DÍVIDA ATIVA.</t>
   </si>
   <si>
     <t>9456</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9456/040-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9456/040-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE EXAMES ANTIDOPING DOS OCUPANTES DE CARGOS ELETIVOS E COMISSIONADOS DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9457</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9457/041-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9457/041-2002.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2003.</t>
   </si>
   <si>
     <t>9458</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9458/042-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9458/042-2002.pdf</t>
   </si>
   <si>
     <t>9459</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9459/043-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9459/043-2002.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE ACINO DE NADAI A PONTE QUE DÁ ACESSO A CIDADE DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9460</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9460/044-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9460/044-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA PERCENTUAL DE CONTRIBUIÇÃO PARA O CONSÓRCIO INTERMUNICIPAL DE SAÚDE - CIS PEDRA AZUL.</t>
   </si>
   <si>
     <t>9461</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9461/045-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9461/045-2002.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFORMAÇÃO EM ATIVIDADE CULTURAL E FOLCLÓRICA DO JOGO DE CARTAS ¨SOLO¨ NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9462</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9462/046-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9462/046-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2003.</t>
   </si>
   <si>
     <t>9463</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9463/047-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9463/047-2002.pdf</t>
   </si>
   <si>
     <t>INCORPORA VALOR DE GRATIFICAÇÃO AOS VENCIMENTOS FIXOS DOS SERVIDORES OCUPANTES DE CARGOS DE CHEFIA E FUNÇÕES DE CONFIANÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9464</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9464/048-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9464/048-2011.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXO IX DA LEI MUNICIPAL N° 165, DE 21 DE DEZEMBRO DE 1995.</t>
   </si>
   <si>
     <t>9465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9465/049-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9465/049-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A AFIRMAR CONTRATO DE PERMUTA DE IMÓVEL.</t>
   </si>
   <si>
     <t>9466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9466/050-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9466/050-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER ALIENAÇÃO DE BENS.</t>
   </si>
   <si>
     <t>9467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9467/052-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9467/052-2002.pdf</t>
   </si>
   <si>
     <t>INSSTITUI A CONTRIBUIÇÃO ECONÔMICA PARA O CUSTEIO DE SERVIÇO E ILUMINAÇÃO PÚBLICA - COSIP.</t>
   </si>
   <si>
     <t>10397</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10397/pr001-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10397/pr001-2002.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CUSTEIO DE UNIFORME PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10398/pr002-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10398/pr002-2002.pdf</t>
   </si>
   <si>
     <t>CRIA O ESPAÇO LEGISLATIVO DE PESQUISA CULTURAL NA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10399/pr003-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10399/pr003-2002.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 19 E REVOGA O SEU PARÁGRAFO ÚNICO DA RESOLUÇÃO Nº 001, DE 14 DE MARÇO DE 2002- REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>12412</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12412/resolucao_001-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12412/resolucao_001-2002.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12413</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12413/resolucao_002-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12413/resolucao_002-2002.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU PROMULGO A:"</t>
   </si>
   <si>
     <t>12414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12414/resolucao_003-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12414/resolucao_003-2002.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR".</t>
   </si>
   <si>
     <t>12415</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12415/resolucao_004-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12415/resolucao_004-2002.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 19 E REVOGA O SEU PARÁGRAFO ÚNICO DA RESOLUÇÃO N° 001 DE 14 DE MARÇO DE 2002/REGIMENTO INTERNO".</t>
   </si>
   <si>
     <t>12881</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Joaquim Stein, Aloísio Módolo de Almeida, Odete Lemcke Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12881/ec_001-2002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12881/ec_001-2002.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 24, O INCISO I DO ART. 25, OS ARTS. 61 À 64, REVOGA OS PARÁGRAFOS 1° À 6° DO ART. 62, INCLUINDO O PARÁGRAFO ÚNICO AO ART. 62, E MODIFICA O ART. 112 DA LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2240,68 +2240,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12358/dl_001-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5511/5511_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5512/5512_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5513/5513_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5514/5514_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5515/5515_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5516/5516_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5517/5517_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5518/5518_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5519/5519_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5520/5520_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5521/5521_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5522/5522_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5523/5523_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5524/5524_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5525/5525_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5526/5526_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5527/5527_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5528/5528_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5529/5529_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5530/5530_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5531/5531_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5532/5532_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5533/5533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5534/5534_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5535/5535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5536/5536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5537/5537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5538/5538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5539/5539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5540/5540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5541/5541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5542/5542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5543/5543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5544/5544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5545/5545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5546/5546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5547/5547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5548/5548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5549/5549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5550/5550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5551/5551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5552/5552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5553/5553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5554/5554_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5555/5555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5556/5556_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5557/5557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5558/5558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5559/5559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5560/5560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5561/5561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5562/5562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5563/5563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5564/5564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5565/5565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5566/5566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5567/5567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5568/5568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5569/5569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5570/5570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5571/5571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5572/5572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5573/5573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5574/5574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5576/5576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5577/5577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5578/5578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5579/5579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5580/5580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5581/5581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5582/5582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5583/5583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5584/5584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5585/5585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5586/5586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5588/5588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5589/5589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5590/5590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5591/5591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5592/5592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5593/5593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5594/5594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5595/5595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5596/5596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5597/5597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5598/5598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5599/5599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5600/5600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5510/5510_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5509/5509_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5508/5508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5507/5507_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10256/m001-2002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10257/m002-2002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10258/m0033-2002.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10259/m004-2002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10260/m006-2002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10261/m007-2002.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10262/m008-2002.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10263/m009-2002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10264/m010-2002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10265/m011-2002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10266/m020-2002.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10267/m021-2002.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9402/001-2002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9403/002-2002.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9404/003-2002.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9405/004-2002.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9406/005-2002.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9407/007-2002.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9408/008-2002.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9409/009-2002.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9410/010-2002.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9411/011-2002.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9412/012-2002.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9413/013-2002.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9414/014-2002.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9415/015-2002.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9416/016-2002.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9417/017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9427/018-2002.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9430/019-2002.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9432/020-2002.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9435/021-2002.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9436/022-2002.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9437/023-2002.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9438/024-2002.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9439/025-2002.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9440/026-2002.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9441/027-2002.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9442/028-2002.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9444/029-2002.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9445/030-2002.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9446/031-2002.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9447/032-2002.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9448/033-2002.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9449/034-2002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9450/035-2011.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9451/036-2002.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9453/037-2002.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9454/038-2002.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9455/039-2002.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9456/040-2002.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9457/041-2002.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9458/042-2002.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9459/043-2002.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9460/044-2002.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9461/045-2002.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9462/046-2002.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9463/047-2002.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9464/048-2011.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9465/049-2002.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9466/050-2002.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9467/052-2002.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10397/pr001-2002.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10398/pr002-2002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10399/pr003-2002.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12412/resolucao_001-2002.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12413/resolucao_002-2002.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12414/resolucao_003-2002.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12415/resolucao_004-2002.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12881/ec_001-2002.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12358/dl_001-2002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5511/5511_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5512/5512_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5513/5513_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5514/5514_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5515/5515_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5516/5516_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5517/5517_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5518/5518_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5519/5519_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5520/5520_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5521/5521_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5522/5522_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5523/5523_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5524/5524_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5525/5525_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5526/5526_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5527/5527_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5528/5528_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5529/5529_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5530/5530_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5531/5531_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5532/5532_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5533/5533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5534/5534_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5535/5535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5536/5536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5537/5537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5538/5538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5539/5539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5540/5540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5541/5541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5542/5542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5543/5543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5544/5544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5545/5545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5546/5546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5547/5547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5548/5548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5549/5549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5550/5550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5551/5551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5552/5552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5553/5553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5554/5554_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5555/5555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5556/5556_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5557/5557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5558/5558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5559/5559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5560/5560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5561/5561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5562/5562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5563/5563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5564/5564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5565/5565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5566/5566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5567/5567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5568/5568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5569/5569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5570/5570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5571/5571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5572/5572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5573/5573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5574/5574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5576/5576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5577/5577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5578/5578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5579/5579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5580/5580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5581/5581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5582/5582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5583/5583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5584/5584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5585/5585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5586/5586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5588/5588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5589/5589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5590/5590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5591/5591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5592/5592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5593/5593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5594/5594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5595/5595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5596/5596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5597/5597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5598/5598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5599/5599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5600/5600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5510/5510_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5509/5509_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5508/5508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2002/5507/5507_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10256/m001-2002.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10257/m002-2002.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10258/m0033-2002.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10259/m004-2002.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10260/m006-2002.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10261/m007-2002.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10262/m008-2002.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10263/m009-2002.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10264/m010-2002.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10265/m011-2002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10266/m020-2002.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10267/m021-2002.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9402/001-2002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9403/002-2002.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9404/003-2002.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9405/004-2002.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9406/005-2002.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9407/007-2002.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9408/008-2002.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9409/009-2002.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9410/010-2002.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9411/011-2002.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9412/012-2002.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9413/013-2002.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9414/014-2002.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9415/015-2002.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9416/016-2002.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9417/017.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9427/018-2002.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9430/019-2002.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9432/020-2002.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9435/021-2002.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9436/022-2002.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9437/023-2002.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9438/024-2002.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9439/025-2002.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9440/026-2002.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9441/027-2002.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9442/028-2002.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9444/029-2002.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9445/030-2002.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9446/031-2002.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9447/032-2002.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9448/033-2002.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9449/034-2002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9450/035-2011.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9451/036-2002.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9453/037-2002.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9454/038-2002.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9455/039-2002.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9456/040-2002.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9457/041-2002.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9458/042-2002.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9459/043-2002.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9460/044-2002.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9461/045-2002.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9462/046-2002.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9463/047-2002.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9464/048-2011.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9465/049-2002.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9466/050-2002.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/9467/052-2002.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10397/pr001-2002.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10398/pr002-2002.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/10399/pr003-2002.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12412/resolucao_001-2002.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12413/resolucao_002-2002.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12414/resolucao_003-2002.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12415/resolucao_004-2002.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2002/12881/ec_001-2002.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>