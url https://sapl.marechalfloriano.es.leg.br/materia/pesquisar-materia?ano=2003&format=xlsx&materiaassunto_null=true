--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -54,1958 +54,1958 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12359</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12359/dl_001-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12359/dl_001-2003.pdf</t>
   </si>
   <si>
     <t>"APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, RELATIVAS AO EXERCÍCIO DE 2001".</t>
   </si>
   <si>
     <t>5680</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5680/5680_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5680/5680_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COLOCAR MESAS NA PRAÇA PRINCIPAL NO CENTRO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5679/5679_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5679/5679_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REVER A SITUAÇÃO CONSTADA NA LEI MUNICIPAL N°457/2002, QUESTIONADA POR TODO CONTRIBUINTE QUANTO AO VALOR DA CONTRIBUIÇÃO PARA O "CUSTEIO DO SERVIÇO E ILUMINAÇÃO PÚBLICA COSIP".</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5678/5678_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5678/5678_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SEGUINTE MEDIDA:_x000D_
 01- PASSAR A MÁQUINA E CASCALHAR O LOTEAMENTO, ONDE ESTÁ SENDO CONSTRUÍDAS, AS CASAS POPULARES PARA PESSOAS CARENTES, ATÉ O TÉRMINO DO LOTEAMENTO QUE FICA PRÓXIMO A RESIDÊNCIA DO SR. ANTÕNIO CEARENSE.</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5677/5677_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5677/5677_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 1- CONSERVAÇÃO DAS ESTRADAS QUE SÃO FEITAS O TRANSPORTE ESCOLAR DOS ALUNOS NA REGIÃO DE ARAGUAIA._x000D_
 2-PAVIMENTAÇÃO DO TRECHO QUE LIGA A ESCOLA VICTÓRIO BRAVIM A RODOVIA FRANCISCO STOCKL.</t>
   </si>
   <si>
     <t>5676</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5676/5676_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5676/5676_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 01- COLOCAÇÃO DE UM TELEFONE (ORELHÃO) N PÁTIO DA IGREJA EM VICTOR HUGO._x000D_
 02-PAVIMENTAÇÃO NO PÁTIO DA IGREJA , COM INICIO NO COMÉRCIO DO SR. NICOLAU KROHLING - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5675/5675_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5675/5675_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAR UM RAIO X NO POSTO DE SAÚDE DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5674/5674_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5674/5674_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DAS SEGUINTES MEDIDAS:_x000D_
 1-MELHORIA DA ESTRADA DE ALTO MARECHAL E INSTALAÇÃO DE UM TELEFONE PÚBLICO._x000D_
 2-RESTAURAÇÃO DE UMA PONTE SOBRE O CÓRREGO TAQUETTI EM RIO FUNDO._x000D_
 3-RESTAURAÇÃO DE UM BUEIRO, NA ESTRADA QUE DÁ ACESSO A COMUNIDADE FAZENDA PUPPIN._x000D_
 4-MELHORIA NA ESTRADA QUE DÁ ACESSO ÀS PROPRIEDADES PRODUTORAS DE HORTALIÇAS E QUE PASSA NA PROPRIEDADE DO SENHOR JOSÉ MARIA VASCONCELLOS.</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5673/5673_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5673/5673_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A  POSSIBILIDADE DE PROMOVER ESTUDOS PARA DOAR SEMENTES AOS PRODUTORES RURAIS, PRINCIPALMENTE AQUELES QUE JÁ ESTÃO NO RAMO E PRETENDEM AUMENTAR A PRODUTIVIDADE DO PRODUTO NO CAMPO PARA PODER VENDER NO MERCADO.</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5672/5672_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5672/5672_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA ILUMINAÇÃO PÚBLICA NO TRAJETO DA IGREJA ATÉ A CAFEEIRA KROHLING EM SANTA MARIA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5671/5671_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5671/5671_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA SEGUINTE MEDIDA:_x000D_
 1-REFORÇO NA TORRE DE TELEVISÃO OU COLOCAÇÃO DE REPETIDOR OU RETRANSMISSOR.</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5670/5670_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5670/5670_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE BUEIROS NA ESTRADA DE SOÍDO DE BAIXO QUE LIGA A BR 262 ATÉ O VIRADOURO.</t>
   </si>
   <si>
     <t>5669</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5669/5669_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5669/5669_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR PATROLAMENTO NA ESTRADA DE BOA ESPERANÇA QUE DÁ ACESSO A RODOVIA CARIOLANO STEIN ATÉ A RESIDÊNCIA DO SR. CASIANO LITTIG.</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5668/5668_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5668/5668_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAR UM TELEFONE (ORELHÃO) NA RUA LAURA LITTIG KUSTER  EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5667</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5667/5667_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5667/5667_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONSTRUÇÃO DE UMA COZINHA E A COLOCAÇÃO DE UMA CAIXA D'ÁGUA, HOJE, EXISTE UMA DANIFICADA NA ESCOLA DE BARRA DE BOA ESPERANÇA EM BOA ESPERANÇA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5666/5666_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5666/5666_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A AMPLIAÇÃO DO PROGRAMA DE TRATAMENTO DE ÁGUA DO PRÓ RURAL EM SANTA MARIA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5665/5665_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5665/5665_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A PAVIMENTAÇÃO E ÁGUA TRATADA NO POVOADO BETINHO SIMON, PRÓXIMO AO TREVO DE PARAJU, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5664/5664_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5664/5664_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR AS SEGUINTES MEDIDAS:_x000D_
 1-PASSAR A MÁQUINA NAS ESTRADAS QUE DÁ ACESSO A APARECIDINHA, POPULARMENTE CONHECIDA COMO BASÍLIO._x000D_
 2-PASSAR A MÁQUINA NA ESTRADA DE BOA ESPERANÇA._x000D_
 3- JOGAR AREIA EM TODAS AS QUADRAS DE FUTEBOL DE AREIA, EXISTENTES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5663/5663_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5663/5663_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PISTA DE SKATEPARK EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5662</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5662/5662_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5662/5662_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 1-PASSAR A MÁQUINA NA ESTRADA DE SOÍDO DE BAIXO._x000D_
 2-UM TELEFONE PÚBLICO (ORELHÃO) , NO POVOADO, APÓS O RIO SUMIDOURO (POPULARMENTE CONHECIDO COMO ESTRADA DAS GRANJAS WALQUIRIA EM VICTOR HUGO)._x000D_
 3-CONSERVAÇÃO DAS ESTRADAS DO INTERIOR E A REALIZAÇÃO DE CONCERTOS DAS PONTES EM TODAS AS COMUNIDADES DO INTERIOR DESTE MUNICÍPIO._x000D_
 4-REFORMAR OS BUEIROS EM TODAS AS ESTRADAS DO INTERIOR._x000D_
 5- PASSAR A MÁQUINA NA ESTRADA DE CÓRREGO DO OURO CONHECIDA COMO (CANARINHO)</t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5661/5661_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5661/5661_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SEGUINTE REVINDICAÇÃO:_x000D_
 1-AUMENTO PARA OS SERVIDORES PÚBLICOS, DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES PRINCIPALMENTE OS QUE PERCEBEM MENSALMENTE ATÉ O VALOR DE 400,00 (QUATROCENTOS REAIS).</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5660/5660_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5660/5660_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 1-MELHORAMENTOS NA ESTRADA QUE TEM INICIO PRÓXIMO A RESIDÊNCIA DA FAMÍLIA KIEFFER, ATÉ A ESTRADA PRINCIPAL DE RIO FUNDO MARECHAL FLORIANO-ES._x000D_
 2-VIABILIZAR REPAROS NA PONTE QUE DÁ ACESSO A RIO FUNDO.</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5659/5659_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5659/5659_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DO CAMINHÃO RECOLHER O LIXO TODOS OS DIAS, PASSAR A TER HORÁRIO FIXO, PARA SE TER UM MELHOR RESULTADO.</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5658/5658_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5658/5658_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE RECUPERAR OS ESQUIPAMENTOS USADOS PARA TRATAMENTO DENTÁRIO DA UNIDADE DE SAÚDE NA COMUNIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5657/5657_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5657/5657_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA COLOCAÇÃO DE FORRO NA ESCOA PLURIDOSCENTE MORRO BAIXO EM BOM JESUS MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5656/5656_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5656/5656_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NAS ESTRADAS DE VICTOR HUGO, ESTRADA QUE DÁ ACESSO A SÃO BENTO DE URÂNIA, NOVA ALMEIDA  AS DEMAIS NECESSITADAS.</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5655/5655_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5655/5655_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 01-INFRA-ESTRUTURA NO PÁTIO DA ÁGUA PEDRA AZUL EM VICTOR HUGO MARECHAL FLORIANO-ES E ILUMINAÇÃO PARA O MESMO LOCAL.</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5654/5654_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5654/5654_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A SEGUINTE MEDIDA:_x000D_
 1-PASSAR A MÁQUINA NAS ESTRADAS QUE DÁ ACESSO A APARECIDINHA, POPULARMENTE CONHECIDO COM BASÍLIO.</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5653/5653_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5653/5653_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA SE POSSÍVEL UMA FISCALIZAÇÃO MAIS RIGOROSA NOS LOTES, TERRENOS BALDIOS, CÓRREGOS E ESTRADAS DE NOSSO MUNICÍPIO, DEVIDO OS LIXOS E ENTULHOS NESSES LOCAIS.</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5652/5652_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5652/5652_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DAS SEGUINTES MEDIDAS:_x000D_
 01- TELEFONE(ORELHÃO) NA PRAÇA SANTA RITA- CENTRO-MARECHAL FLORIANO-ES._x000D_
 TELEFONE: EM ALTO MARECHAL PRÓXIMO A FAMILIA RHEIN.</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5651/5651_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5651/5651_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA EXPANSÃO DA PONTE PRÓXIMO A OFICINA DO SR. JACINTO TAQUETTE.</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5650/5650_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5650/5650_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR AS SEGUINTES MEDIDAS:_x000D_
 01- MELHORAMENTO NA ÁREA ANEXA A QUADRA DE ESPORTES DE SANTA MARIA-ES._x000D_
 02- PLANTAR GRAMAS, ÁRVORES, FLORES E FAZER JARDINS._x000D_
 03-REALIZAÇÃO DO CALÇAMENTO NO RESTANTE DA ÁREA E COLOCAÇÃO DE BANCOS.</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CASCALHAR AS ESTRADAS AQUI APRESENTADAS E QUE ESTÃO BASTANTE DANIFICADAS. INICIANDO NA ESTRADA QUE DÁ ACESSO A FAMÍLIA GRUGER, A PRINCIPAL, E NA PROPRIEDADE DO SR. LINO KROHLING.</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5648/5648_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5648/5648_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VERIFICAÇÃO DO PROJETO DE LEI N°013/2001, TAMBÉM REQUERIDO POR ESTE PROPONENTE "DISPÕE SOBRE A CONCESSÃO DE VALE TRANSPORTE AOS SERVIDORES PÚBLICO MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5647/5647_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5647/5647_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NO INICIO DO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN, ATÉ O TÉRMINO DA RUA QUINTA DOS LAGOS EM MARECHAL FLORIANO -ES. FICA PRÓXIMO A RESIDÊNCIA DO SR. ANTONIO CEARENSE.</t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5646/5646_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5646/5646_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MAQUINA NAS SEGUINTES COMUNIDADES: VICTOR HUGO, SANTA MARIA, ALTO SANTA MARIA, ALTO NOVA ALMEIDA E NA ESTRADA QUE ACESSO A PROPRIEDADE DA FAMÍLIA BUZATO - MARECHAL FLORIANO-ES KM 62.</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5645/5645_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5645/5645_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A  POSSIBILIDADE DE ESTENDER UM POUCO MAIS O PERCURSO DA VIAÇÃO TRANSPRIMO, MUDANDO UM POUCO A  ROTA, VINDO DAS COMUNIDADES DO INTERIOR E PASSANDO EM FRENTE DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, VOLTANDO AO BAR AMÉRICA QUE É O PONTO, PASSANDO PELA VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5644/5644_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5644/5644_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PATROLAR E CASCALHAR A ESTRADA DE COSTA PEREIRA QUE DÁ ACESSO A PROPRIEDADE DO MORADOR HILÁRIO DE FREITAS.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5643/5643_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5643/5643_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR AS SEGUINTES NECESSIDADES:_x000D_
 01-PAVIMENTAÇÃO ASFÁLTICA, TENDO INICIO NO COMÉRCIO DO SR. NICOLAU KROHLING, ATÉ O PÁTIO DA IGREJA CATÓLICA._x000D_
 02- COLOCAÇÃO DE TELEFONE (ORELHÃO) PARA ATENDER TODA COMUNIDADE DE VICTOR HUGO- MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5642/5642_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5642/5642_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA COLOCAÇÃO DE TELEFONE ORELHÃO, NAS SEGUINTES LOCALIDADES: BOA ESPERANÇA, LOCALIDADE PRÓXIMA A FAMÍLIA RHEIN, E OUTRAS MAIS.</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5641/5641_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5641/5641_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA MELHORAMENTOS NA RUA DELIMAR SCHUNCK, POPULARMENTE CONHECIDA COMO RUA DA LINHA - MARECHAL FLORIANO -ES, COM PAVIMENTAÇÃO, ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5640/5640_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5640/5640_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE 02 QUEBRA-MOLAS EM FRENTE A ESCOLA BERNARDO LEONOR EFFEGEM, PRÓXIMO AO POSTO IPIRANGA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5639/5639_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5639/5639_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDA:_x000D_
 - PAVIMENTAÇÃO NO INICIO NO ASFALTO ATÉ TODO O PÁTIO DA IGREJA EM VICTOR HUGO - MARECHAL FLORIANO - ES._x000D_
 -MELHORAMENTO NA ESTRADA QUE DÁ ACESSO A SÃO BENTO DE URÂNIA.</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5638/5638_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5638/5638_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES PROVIDÊNCIAS:_x000D_
 01- CONCERTO E LIMPEZA DA FOSSA DO SISTEMA DE TRATAMENTO DE ESGOTO DE ARAGUAIA, PRÓXIMO AO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>5637</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5637/5637_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5637/5637_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENVIADO A SEGUINTE SUGESTÃO:_x000D_
 -ELABORAÇÃO DE PROJETO DE LEI E ENCAMINHAMENTO A ESTA CASA LEGISLATIVA, VERSANDO SOBRE A CONCESSÃO DE ABONO SALARIA PARA A CATEGORIA DE SERVIDORES PÚBLICOS,  QUE PERCEBEM UM SALÁRIO MINIMO.</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5636/5636_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5636/5636_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ASFALTAMENTO, ÁGUA TRATADA E TRATAMENTO DE ESGOTO NA LOCALIDADE DO BETINHO SIMON- MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5635/5635_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5635/5635_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE TELEFONE CONVENCIONAL NA COMUNIDADE DE VICTOR HUGO NO POVOADO SUMIDOURO E ADJACÊNCIAS - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5634/5634_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5634/5634_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SEGUINTE REIVINDICAÇÃO:_x000D_
 01- ILUMINAÇÃO NO LOTEAMENTO QUE TEM INICIO NA RUA CECILIA PITANGA AO LADO DA MACEFEL - MATERIAL DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5633/5633_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5633/5633_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DO ASFALTO DE UM TRECO DA ESTRADA DE APROXIMADAMENTE 400 METROS QUE TEM INICIO NO FINAL DA RUA ANTENOR SANTOS BRAGA E TERMINA PRÓXIMO A PROPRIEDADE DO SR. DANILO CANAL, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5632/5632_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5632/5632_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM CAMPO DE AREIA PARA AS CRIANÇAS QUE RESIDEM NO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN.</t>
   </si>
   <si>
     <t>5631</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS EM TODAS AS ESTRADAS DE VICTOR HUGO, QUE ESTÃO BASTANTE DANIFICADOS, PRINCIPALMENTE NA RESIDÊNCIA DO SR. OLENDINO COSMO, ESTRADA QUE DÁ ACESSO A SÃO BENTO DE URÂNIA.</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5630/5630_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5630/5630_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SUGESTÃO ABAIXO TRANSCRITO:_x000D_
 -VIABILIZAR A IMPLANTAÇÃO DO CURSO SUPLETIVO 2° GRAU NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5629/5629_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5629/5629_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA AQUISIÇÃO DE UM TELEFONE (ORELHÃO), PARA ARAGUAIA, EM FRENTE AO BAR DO SR. BENÉ.</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5628/5628_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5628/5628_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COLOCAR UM BUEIRO NA RUA LAURA LITTIG KUSTER, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5627/5627_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5627/5627_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A REABERTURA NA ESTRADA PRINCIPAL DE RIO FUNDO, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5626/5626_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5626/5626_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONSTRUIR BANCOS DE CONCRETO, NA PRAÇA PRÓXIMO AO POSTO DE SAÚDE DE BOM JESUS MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5625/5625_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5625/5625_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAR PLACAS COM ORIENTAÇÕES A TODOS OS CIDADÃOS.</t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5624/5624_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5624/5624_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A LIMPEZA DO RIO COM INICIO A PONTE AO LADO DA OFICINA TAQUETTE ATÉ A PONTE ALCINO DENADAI NO CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5623/5623_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5623/5623_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO SUGESTÃO VERSANDO SOBRE O SEGUINTE TEMA:_x000D_
 CONCESSÃO DE VALE TRANSPORTE EM PROL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO QUE DEPENDEM DE TRANSPORTE PARA O TRABALHO.</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5622/5622_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5622/5622_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA AMPLIAÇÃO DA REDE DE ENERGIA ELÉTRICA NO LOTEAMENTO DO SR. JOVENTINO BUSATO, PRÓXIMO AO CAMPO DE FUTEBOL EM SANTA MARIA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5621</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5621/5621_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5621/5621_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A SUGESTÃO: CONTRATAÇÃO DE NUTRICIONISTA.</t>
   </si>
   <si>
     <t>5620</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5620/5620_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5620/5620_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NAS ESTRADAS  DE ACESSO PA APARECIDA LOCALIZADA NA LOCALIDADE POPULARMENTE CONHECIDA COMO BASÍLIO BUBA, E NA FAMÍLIA RHEIN, RIO FUNDO E ESTRADAS VICINAIS.</t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5619/5619_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5619/5619_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA UTILIZAÇÃO DA ÁGUA DO PRONAF, PARA ATENDER AO COLÉGIO E OS MORADORES DA LOCALIDADE DO SR. BETINHO SIMON, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5618</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5618/5618_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5618/5618_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE TROCA DE MANILHAS 060/100, NA ESTRADA QUE LIGA SANTA MARIA A RIO FUNDO PRÓXIMO A PROPRIEDADE DO SR MIGUEL SOUZA.</t>
   </si>
   <si>
     <t>5617</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5617/5617_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5617/5617_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A ILUMINAÇÃO PÚBLICA NA SUBIDA DA IGREJA DE RIO FUNDO  DEMAIS RESIDÊNCIAS NAS PROXIMIDADES.</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5616/5616_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5616/5616_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO UMA SOLUÇÃO PARA AS FAMÍLIAS QUE RESIDEM EM PONTOS CRÍTICOS LOCALIZADO NA RUA DELIMAR SCHUNCK POPULARMENTE CONHECIDA COMO RUA DA LINHA EM MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>5615</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5615/5615_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5615/5615_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A POSSIBILIDADE DE ADERIR QUE TODAS AS OBRAS PUBLICA NO MUNICÍPIO SEJA PADRÃO NAS CORES DO NOSSO MUNICÍPIO, PARA MELHORAR TRANSPARÊNCIA DOS SERVIÇOS REALIZADOS NESTA ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5614/5614_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5614/5614_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A POSSIBILIDADE DE AQUISIÇÃO DE UM REPETIDOR PARA A COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5613/5613_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5613/5613_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A NECESSIDADE DA CONSTRUÇÃO DE UMA PONTE NO BAIRRO VILLA DOS IPÊS (PROJETO DE LEI N°023/2003, DESSA CASA DE LEI) NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5612/5612_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5612/5612_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A NECESSIDADE DE CREDENCIAR E UNIFORMIZAR OS CATADORES DE LIXO RECICLÁVEL E TAMBÉM FORNECER EMBALAGENS PARA O RECOLHIMENTO DO MESMO:COMO LATAS DE ALUMÍNIO, PAPEL, PAPELÃO E OUTROS MATERIAIS NO MUNICÍPIO DE MARECHAL FLORIANOS-ES.</t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5611/5611_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5611/5611_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A NECESSIDADE DE PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE DA INICIO PRÓXIMO A PROPRIEDADE DO SR. SEBASTIÃO RIBEIRO COM ACESSO A PROPRIEDADE DO SR. LEONARDO DOBROVOSKI, COM TERMINO NA PROPRIEDADE DO SR. JOÃO  RASCHE E JUCA ROSELI.</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5610/5610_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5610/5610_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA RECORRER A UM PROFISSIONAL NA ÁREA DA SAÚDE, COM ESPECIALIZAÇÃO EM DERMATOLOGIA, PARA JUNTOS FAZER UM TRABALHO PREVENÇÃO COM TODOS OS ALUNOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5609/5609_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5609/5609_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA UMA SOLUÇÃO PARA A SR.ª MATILDE BALDEIR, DE 76 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5608/5608_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5608/5608_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA DE SANEAMENTO COMO TRATAMENTO DE ESGOTO, NA RUA SEBASTIÃO FRANCISCO PENHA.</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5607/5607_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5607/5607_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO DE REVER A SITUAÇÃO DOS PROFESSORES QUE SÃO LOTADOS EM OUTRAS SECRETARIAS, E NÃO SE ENQUADRAM NO FUNDEF, FICANDO PREJUDICADOS NO PERCEBIMENTOS DE ALGUNS DIREITOS CONCEBIDOS A CLASSE DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5606/5606_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5606/5606_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DAS SEGUINTES REIVINDICAÇÕES:_x000D_
 01- CALÇAMENTO NO PÁTIO DA ÁGUA PEDRA AZUL;_x000D_
 02-CALÇAMENTO EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5605/5605_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5605/5605_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO AS SEGUINTES REIVINDICAÇÕES:_x000D_
 01- AQUISIÇÃO DE UM CAMPO DE FUTEBOL PARA ARAGUAIA;_x000D_
 02- CONSTRUÇÃO DE ÁREA DE LAZER;_x000D_
 03- TRATAMENTO DE ESGOTO E ÁGUA TRATADA PARA A COMUNIDADE DO BETINHO SIMON EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5604/5604_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5604/5604_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A POSSIBILIDADE DE ACABAR COM A TAXA DE ILUMINAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5603/5603_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5603/5603_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES REIVINDICAÇÕES :_x000D_
 -MELHORAMENTO NA ESTRADA QUE DÁ ACESSO A FAMÍLIA RHEIN, E AQUISIÇÃO DE UM ORELHÃO PARA O MESMO.</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5602/5602_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5602/5602_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO SUGESTÃO VERSANDO SOBRE O SEGUINTE TEMA:_x000D_
 1- ESTUDAR UMA FORMA DE SEREM DEVOLVIDOS OS TERRENOS QUE FORAM DOADOS PARA CONSTRUÇÃO DE ESCOLAS NOS INTERIORES DESTE MUNICÍPIO E QUE RECENTEMENTE FORAM DESATIVADAS. </t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5601/5601_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5601/5601_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO A POSSIBILIDADE DA RETIRADA DAS FAMÍLIAS QUE RESIDEM PRÓXIMO A ESTRADA E O RIO, NA LOCALIDADE DE RIO FUNDO- MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>10268</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Odete Lemcke Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10268/m002-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10268/m002-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ARLINDO VIEIRA NUNES.</t>
   </si>
   <si>
     <t>10269</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10269/m003-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10269/m003-2003.pdf</t>
   </si>
   <si>
     <t>É COM PESAR QUE REGISTRAMOS O ASSASSINATO DO JUIZ DE DIREITO, DR. ALEXANDRE MARTINS DE CASTRO FILHO, OCORRIDO ONTEM, DIA 24 DE MARÇO DE 2003.</t>
   </si>
   <si>
     <t>10270</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10270/m004-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10270/m004-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO EM PROL DO EXM° SR. PREFEITO MUNICIPAL EM EXERCÍCIO.</t>
   </si>
   <si>
     <t>10271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10271/m006-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10271/m006-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. NATALINO WASSEM.</t>
   </si>
   <si>
     <t>10272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10272/m007-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10272/m007-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JARBAS BITRNCURT VIEIRA MACHADO.</t>
   </si>
   <si>
     <t>10273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10273/m008-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10273/m008-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES AO EXM° PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10274</t>
   </si>
   <si>
     <t>Abel  Bungenstab</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10274/m009-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10274/m009-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO E CONGRATULAÇÕES AO EXM° PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10275/m010-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10275/m010-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO ILM° SR. ANTÔNIO CARLOS QUINTEIRO LOPES.</t>
   </si>
   <si>
     <t>10276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10276/m011-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10276/m011-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, A EXMª SRª JUÍZA DE DIREITO DESTA COMARCA Dª CYNTHIA ROCHA PENA.</t>
   </si>
   <si>
     <t>10277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10277/m012-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10277/m012-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª AMÉLIA XAVIER SANTANA.</t>
   </si>
   <si>
     <t>10278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10278/m013-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10278/m013-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª VALENTINA PORPERMAY.</t>
   </si>
   <si>
     <t>10279</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10279/m014-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10279/m014-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. NELSON GONÇALVES FALCÃO.</t>
   </si>
   <si>
     <t>10280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10280/m015-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10280/m015-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. PÉPI MANHOL.</t>
   </si>
   <si>
     <t>10281</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10281/m016-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10281/m016-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª TEREZA LOUGA PARMAGNAMI.</t>
   </si>
   <si>
     <t>10282</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10282/m017-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10282/m017-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª FLORA RUPF HERTEL.</t>
   </si>
   <si>
     <t>10283</t>
   </si>
   <si>
     <t>Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10283/m018-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10283/m018-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, A EXMª JUÍZA DE DIREITO DESTA COMARCA DRª CYNTHIA ROCHA PENA.</t>
   </si>
   <si>
     <t>10284</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10284/m019-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10284/m019-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, PELA EXCELENTE EQUIPE DE POLICIAIS MILITARES QUE PRESTAM SERVIÇO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10285</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10285/m020-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10285/m020-2003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES A TODA EQUIPE DE POLICIAIS CIVIS DESTA DELEGACIA DE POLÍCIA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>11135</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11135/pc001-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11135/pc001-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO RELATIVO AO SUBSTITUTIVO Nº 001/2003.</t>
   </si>
   <si>
     <t>11150</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11150/pc002-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11150/pc002-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0006/2003.</t>
   </si>
   <si>
     <t>11137</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11137/pc003-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11137/pc003-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 005/2003.</t>
   </si>
   <si>
     <t>11138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11138/pc004-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11138/pc004-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 004/2003.</t>
   </si>
   <si>
     <t>11139</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11139/pc005-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11139/pc005-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PARECER PRÉVIO Nº 005/2003.</t>
   </si>
   <si>
     <t>11145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11145/pc006-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11145/pc006-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 003/2003.</t>
   </si>
   <si>
     <t>11141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11141/pc007-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11141/pc007-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 011/2003.</t>
   </si>
   <si>
     <t>11143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11143/pc008-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11143/pc008-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE SO PROJETO DE LEI Nº 012/2003.</t>
   </si>
   <si>
     <t>11142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11142/pc009-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11142/pc009-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 013/2003.</t>
   </si>
   <si>
     <t>11140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11140/pc010-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11140/pc010-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 014/2003.</t>
   </si>
   <si>
     <t>11146</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11146/pc011-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11146/pc011-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO CONSOANTE AO SUBSTITUTIVO Nº 001/2003.</t>
   </si>
   <si>
     <t>11148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11148/pc012-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11148/pc012-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO SUBSSTITUTIVO Nº 002/2003.</t>
   </si>
   <si>
     <t>11147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11147/pc013-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11147/pc013-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO SUBSTITUTIVO Nº 003/2003.</t>
   </si>
   <si>
     <t>11151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11151/pc014-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11151/pc014-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 016/2003.</t>
   </si>
   <si>
     <t>11152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11152/pc015-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11152/pc015-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 010/2003.</t>
   </si>
   <si>
     <t>11149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11149/pc016-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11149/pc016-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 017/2003.</t>
   </si>
   <si>
     <t>11153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11153/pc017-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11153/pc017-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 018/2003.</t>
   </si>
   <si>
     <t>11154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11154/pc018-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11154/pc018-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO N° 002/2003.</t>
   </si>
   <si>
     <t>11155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11155/pc019-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11155/pc019-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 021/2003.</t>
   </si>
   <si>
     <t>11156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11156/pc020-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11156/pc020-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 020/2003.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11157/pc021-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11157/pc021-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 019/2003.</t>
   </si>
   <si>
     <t>11159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11159/pc022-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11159/pc022-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 023/2003.</t>
   </si>
   <si>
     <t>11160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11160/pc023-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11160/pc023-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 024/2003.</t>
   </si>
   <si>
     <t>11158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11158/pc024-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11158/pc024-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 022/2003.</t>
   </si>
   <si>
     <t>11161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11161/pc025-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11161/pc025-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PORJETO DE LEI Nº 027/2003.</t>
   </si>
   <si>
     <t>11162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11162/pc026-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11162/pc026-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 028/2003.</t>
   </si>
   <si>
     <t>11164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11164/pc029-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11164/pc029-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 029/2003.</t>
   </si>
   <si>
     <t>11163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11163/pc028-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11163/pc028-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 031/2002.</t>
   </si>
   <si>
     <t>11165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11165/pc029-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11165/pc029-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI COMPLEMENTAR Nº 0001/2003.</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11144/pc011-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11144/pc011-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 015/2003.</t>
   </si>
   <si>
     <t>11136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11136/pc051-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11136/pc051-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 007/2003.</t>
   </si>
   <si>
     <t>11166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11166/pc052-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11166/pc052-2003.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 002/2003.</t>
   </si>
   <si>
     <t>9468</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9468/001-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9468/001-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 457, DE 30 DE DEZEMBRO DE 2002, QUE INSTITUI A CONTRIBUIÇÃO ECONÔMICA PARA O CUSTEIO DO SERVIÇO DE ILUMINAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9482</t>
   </si>
   <si>
     <t>TARCÍSIO ANTÔNIO BORGO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9482/002-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9482/002-2003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA A ASSOCIAÇÃO ARAGUAIENSE DE FUTEBOL DE MESA.</t>
   </si>
   <si>
     <t>9483</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9483/003-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9483/003-2003.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11028/004-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11028/004-2003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUÁIA.</t>
   </si>
   <si>
     <t>9486</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9486/005-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9486/005-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA PLANO PLURIANUAL DO MUNICÍPIO PARA O PERÍODO DE 2002 A 2005.</t>
   </si>
   <si>
     <t>9487</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9487/006-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9487/006-2003.pdf</t>
   </si>
   <si>
     <t>INSTITUÍ A OBRIGATORIEDADE DE CONSTAR DO CURRÍCULO DAS ESCOLAS MUNICIPAIS O ENSINO DE NOÇÕES DAS LINGUAS ALEMÃ, ITALIANA E O DIALETO POMERANO NO MUNUCÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9489</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9489/007-203.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9489/007-203.pdf</t>
   </si>
   <si>
     <t>INSTITUÍ A OBRIGATORIEDADE DE ASESPSIA NO ATO DOO FORNECIMENTO AO CONSUMIDOR DE BEBIDAS EMBALADAS EM LATAS, E A OBRIGATORIEDADE DO FORNECIMENTO DE CAFEZINHOS EM XICARAS ESTERELIZADAS OU EM COPOS DESCARTÁVEIS EM TODO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9490/008-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9490/008-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE A OBRIGATORIEDADE DA PREFEITURA MUNICIPAL INSTALAR UMA FILETADEIRA DE PEIXES NO MUNICÍPIO DE MARECHAL FLORIANO - ES</t>
   </si>
   <si>
     <t>9496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9496/009-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9496/009-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO DE SOLO URBANO NO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9497/010-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9497/010-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA ART.  2° DA LEI MUNICIPAL N° 457, DE 30 DE DEZEMBRO DE 2002.</t>
   </si>
   <si>
     <t>9498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9498/011-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9498/011-2003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL A SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
   </si>
   <si>
     <t>9499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9499/012-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9499/012-2003.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE COORDENADOR MUNICIPAL DE DEFESA CIVIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9500/013-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9500/013-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9501</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9501/014-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9501/014-2003.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS E ALTERA QUANTITATIVOS DE CARGOS PARA ATENDER A SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9502</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9502/015-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9502/015-2003.pdf</t>
   </si>
   <si>
     <t>REAJUSTA UPV, OBJETIVANDO A REPOSIÇÃO SALARIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>9507</t>
   </si>
   <si>
     <t>MESA DIRETORA 2003/2004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9507/016-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9507/016-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DO PROJETO DO SUBSIDIO, AOS VEREADORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9504</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9504/017-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9504/017-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE SUPERVISOR FARMACÊUTICO.</t>
   </si>
   <si>
     <t>9505</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9505/018-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9505/018-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE SUPERVISOR BIOQUÍMICO.</t>
   </si>
   <si>
     <t>9508</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9508/019-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9508/019-2003.pdf</t>
   </si>
   <si>
     <t>¨DENOMINA DE AGUINALDO GOBBI, O AUDITÓRIO LOCALIZADO NO CENTRO DE AGRONEGÓCIOS DE MARECHAL FLORIANO-ES¨.</t>
   </si>
   <si>
     <t>9509</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9509/020-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9509/020-2003.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ASSUMIR ENCARGOS FINANCEIROS JUNTO AO BANESTES PARA PAGAMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>9510</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9510/021-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9510/021-2003.pdf</t>
   </si>
   <si>
     <t>¨ DENOMINA DE JOÃO FRANCISCO STEIN, O CENTRO DE INFORMAÇÃO E COMERCIALIZAÇÃO DE SANTA MARIA - MARECHAL FLORIANO-ES.¨</t>
   </si>
   <si>
     <t>9512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9512/022-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9512/022-2003.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2004.</t>
   </si>
   <si>
     <t>9514</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9514/023-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9514/023-2003.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE VILA DOS IPÊS, O LOTEAMENTO DE PROPRIEDADE DO SR. JUVENTINO BUSATO, LOCALIZADO EM SANTA MARIA, MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9516/024-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9516/024-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DE PROGRAMAS DE INCENTIVO EM PROL DOS PROPRIETÁRIOS DE TERRENOS QUE POSSUEM NASCENTES DE ÁGUA.</t>
   </si>
   <si>
     <t>9517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9517/025-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9517/025-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 479 DE 15 DE OUTUBRO DE 2003.</t>
   </si>
   <si>
     <t>9518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9518/026-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9518/026-2003.pdf</t>
   </si>
   <si>
     <t>¨ FICA DENOMINADO DE DANIEL KROHLING O AUDITÓRIO LOCALIZADO NO CENTRO DE AGRONEGÓCIO EM SANTA MARIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9520</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9520/027-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9520/027-2003.pdf</t>
   </si>
   <si>
     <t>CRIA VAGAS DE CARGOS DE PROVIMENTO EM COMISSÃO PARA ATENDER A SECRETARIA MUNICIPAL E AÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>9521</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9521/029-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9521/029-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INDENIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9523</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9523/029-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9523/029-2003.pdf</t>
   </si>
   <si>
     <t>CRIA A UNIDADE DE REFERÊNCIA DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9524</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9524/031-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9524/031-2003.pdf</t>
   </si>
   <si>
     <t>9526</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9526/032-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9526/032-2003.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DA LEI MUNICIPAL N° 441, DE 27 DE SETEMBRO DE 2002.</t>
   </si>
   <si>
     <t>9530</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9530/033-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9530/033-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS PARA LOTAÇÃO EM VÁRIOS SETORES DO MUNICÍPIO, PARA COMPOR O PLANO DE CARREIRA, LEI 002/93, ANEXO I E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9484</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9484/040-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9484/040-2003.pdf</t>
   </si>
   <si>
     <t>DISPÕE A INSTALAÇÃO DE FILETADEIRA EM PROVEITO DE PSICULTORES.</t>
   </si>
   <si>
     <t>10400</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10400/pr001-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10400/pr001-2003.pdf</t>
   </si>
   <si>
     <t>ANULA E SUPLEMENTA DOTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10401</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10401/pr002-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10401/pr002-2003.pdf</t>
   </si>
   <si>
     <t>9997</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9997/rq001-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9997/rq001-2003.pdf</t>
   </si>
   <si>
     <t>REQUERO DE V. EXª., QUE SEJA SOLICITADO AO EXM° SR. PREFEITO MUNICIPAL JOÃO CARLOS LORENZONI.</t>
   </si>
   <si>
     <t>9998</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9998/rq002-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9998/rq002-2003.pdf</t>
   </si>
   <si>
     <t>REQUER DE V. EXMª, QUE SEJA SOLICITADO AO EXM° SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>9999</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9999/rq002-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9999/rq002-2003.pdf</t>
   </si>
   <si>
     <t>10000</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10000/rq004-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10000/rq004-2003.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXM° SR. QUE SEJA SOLICITADO A EXMª. SR JUÍZA DE DIREITO DESTA COMARCA.</t>
   </si>
   <si>
     <t>10001</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10001/rq005-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10001/rq005-2003.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, CONFORME O INCISO XIV, 53 DO ART. 123, COMBINADO COM OS ARTIGOS 226 E 227, PARÁGRAFO DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>10002</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10002/rq006-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10002/rq006-2003.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXª APÓS OS DEVIDOS TRÂMITES E ANUÊNCIA DO PLENÁRIO.</t>
   </si>
   <si>
     <t>12416</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12416/resolucao_001-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12416/resolucao_001-2003.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU, PROMULGO A SEGUINTE;"</t>
   </si>
   <si>
     <t>12418</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12418/resolucao_002-2003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12418/resolucao_002-2003.pdf</t>
   </si>
   <si>
     <t>""O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU, PROMULGO A SEGUINTE RESOLUÇÃO:".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2312,68 +2312,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12359/dl_001-2003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5680/5680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5679/5679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5678/5678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5677/5677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5676/5676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5675/5675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5674/5674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5673/5673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5672/5672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5671/5671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5670/5670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5669/5669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5668/5668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5667/5667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5666/5666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5665/5665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5664/5664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5663/5663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5662/5662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5661/5661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5660/5660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5659/5659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5658/5658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5657/5657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5656/5656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5655/5655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5654/5654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5653/5653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5652/5652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5651/5651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5650/5650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5648/5648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5647/5647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5646/5646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5645/5645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5644/5644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5643/5643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5642/5642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5641/5641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5640/5640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5639/5639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5638/5638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5637/5637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5636/5636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5635/5635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5634/5634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5633/5633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5632/5632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5630/5630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5629/5629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5628/5628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5627/5627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5626/5626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5625/5625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5624/5624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5623/5623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5622/5622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5621/5621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5620/5620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5619/5619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5618/5618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5617/5617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5616/5616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5615/5615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5614/5614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5613/5613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5612/5612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5611/5611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5610/5610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5609/5609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5608/5608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5607/5607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5606/5606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5605/5605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5604/5604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5603/5603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5602/5602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5601/5601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10268/m002-2003.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10269/m003-2003.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10270/m004-2003.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10271/m006-2003.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10272/m007-2003.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10273/m008-2003.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10274/m009-2003.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10275/m010-2003.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10276/m011-2003.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10277/m012-2003.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10278/m013-2003.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10279/m014-2003.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10280/m015-2003.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10281/m016-2003.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10282/m017-2003.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10283/m018-2003.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10284/m019-2003.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10285/m020-2003.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11135/pc001-2003.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11150/pc002-2003.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11137/pc003-2003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11138/pc004-2003.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11139/pc005-2003.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11145/pc006-2003.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11141/pc007-2003.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11143/pc008-2003.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11142/pc009-2003.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11140/pc010-2003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11146/pc011-2003.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11148/pc012-2003.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11147/pc013-2003.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11151/pc014-2003.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11152/pc015-2003.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11149/pc016-2003.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11153/pc017-2003.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11154/pc018-2003.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11155/pc019-2003.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11156/pc020-2003.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11157/pc021-2003.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11159/pc022-2003.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11160/pc023-2003.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11158/pc024-2003.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11161/pc025-2003.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11162/pc026-2003.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11164/pc029-2003.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11163/pc028-2003.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11165/pc029-2003.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11144/pc011-2003.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11136/pc051-2003.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11166/pc052-2003.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9468/001-2003.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9482/002-2003.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9483/003-2003.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11028/004-2003.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9486/005-2003.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9487/006-2003.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9489/007-203.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9490/008-2003.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9496/009-2003.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9497/010-2003.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9498/011-2003.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9499/012-2003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9500/013-2003.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9501/014-2003.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9502/015-2003.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9507/016-2003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9504/017-2003.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9505/018-2003.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9508/019-2003.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9509/020-2003.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9510/021-2003.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9512/022-2003.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9514/023-2003.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9516/024-2003.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9517/025-2003.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9518/026-2003.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9520/027-2003.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9521/029-2003.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9523/029-2003.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9524/031-2003.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9526/032-2003.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9530/033-2003.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9484/040-2003.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10400/pr001-2003.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10401/pr002-2003.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9997/rq001-2003.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9998/rq002-2003.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9999/rq002-2003.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10000/rq004-2003.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10001/rq005-2003.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10002/rq006-2003.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12416/resolucao_001-2003.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12418/resolucao_002-2003.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12359/dl_001-2003.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5680/5680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5679/5679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5678/5678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5677/5677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5676/5676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5675/5675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5674/5674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5673/5673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5672/5672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5671/5671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5670/5670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5669/5669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5668/5668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5667/5667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5666/5666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5665/5665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5664/5664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5663/5663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5662/5662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5661/5661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5660/5660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5659/5659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5658/5658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5657/5657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5656/5656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5655/5655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5654/5654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5653/5653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5652/5652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5651/5651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5650/5650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5648/5648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5647/5647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5646/5646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5645/5645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5644/5644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5643/5643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5642/5642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5641/5641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5640/5640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5639/5639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5638/5638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5637/5637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5636/5636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5635/5635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5634/5634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5633/5633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5632/5632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5630/5630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5629/5629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5628/5628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5627/5627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5626/5626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5625/5625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5624/5624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5623/5623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5622/5622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5621/5621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5620/5620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5619/5619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5618/5618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5617/5617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5616/5616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5615/5615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5614/5614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5613/5613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5612/5612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5611/5611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5610/5610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5609/5609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5608/5608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5607/5607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5606/5606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5605/5605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5604/5604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5603/5603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5602/5602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2003/5601/5601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10268/m002-2003.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10269/m003-2003.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10270/m004-2003.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10271/m006-2003.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10272/m007-2003.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10273/m008-2003.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10274/m009-2003.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10275/m010-2003.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10276/m011-2003.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10277/m012-2003.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10278/m013-2003.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10279/m014-2003.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10280/m015-2003.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10281/m016-2003.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10282/m017-2003.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10283/m018-2003.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10284/m019-2003.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10285/m020-2003.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11135/pc001-2003.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11150/pc002-2003.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11137/pc003-2003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11138/pc004-2003.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11139/pc005-2003.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11145/pc006-2003.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11141/pc007-2003.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11143/pc008-2003.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11142/pc009-2003.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11140/pc010-2003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11146/pc011-2003.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11148/pc012-2003.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11147/pc013-2003.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11151/pc014-2003.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11152/pc015-2003.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11149/pc016-2003.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11153/pc017-2003.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11154/pc018-2003.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11155/pc019-2003.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11156/pc020-2003.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11157/pc021-2003.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11159/pc022-2003.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11160/pc023-2003.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11158/pc024-2003.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11161/pc025-2003.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11162/pc026-2003.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11164/pc029-2003.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11163/pc028-2003.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11165/pc029-2003.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11144/pc011-2003.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11136/pc051-2003.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11166/pc052-2003.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9468/001-2003.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9482/002-2003.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9483/003-2003.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/11028/004-2003.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9486/005-2003.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9487/006-2003.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9489/007-203.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9490/008-2003.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9496/009-2003.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9497/010-2003.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9498/011-2003.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9499/012-2003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9500/013-2003.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9501/014-2003.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9502/015-2003.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9507/016-2003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9504/017-2003.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9505/018-2003.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9508/019-2003.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9509/020-2003.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9510/021-2003.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9512/022-2003.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9514/023-2003.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9516/024-2003.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9517/025-2003.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9518/026-2003.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9520/027-2003.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9521/029-2003.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9523/029-2003.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9524/031-2003.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9526/032-2003.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9530/033-2003.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9484/040-2003.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10400/pr001-2003.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10401/pr002-2003.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9997/rq001-2003.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9998/rq002-2003.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/9999/rq002-2003.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10000/rq004-2003.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10001/rq005-2003.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/10002/rq006-2003.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12416/resolucao_001-2003.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2003/12418/resolucao_002-2003.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>