--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -51,1953 +51,1953 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5748/5748_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5748/5748_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PATROLAR E CASCALHA AS ESTRADAS DO INTERIOR E VICINAIS.</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5747/5747_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5747/5747_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ADQUIRIR PARA ESCOLA DE BOA ESPERANÇA OS SEGUINTES ITENS:_x000D_
 01-UMA ANTENA PARABÓLICA_x000D_
 02-UMA TELEVISÃO_x000D_
 03- UM VÍDEO E AINDA A NECESSIDADE DE CONSTRUIR UM BANHEIRO.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5746/5746_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5746/5746_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A REALIZAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA NO PATIO DA IGREJA DE VICTOR HUGO, E APROVEITO PARA PEDIR MELHORAMENTO NAS ESTRADAS QUE DÁ ACESSO A COMUNIDADE DE SÃO BENTO DE URANIA E VERIFICAR UMA PONTE EXISTENTE EM ALTO SANTA MARIA, PRÓXIMO A RESIDENCIA DO SR. PAULO CESAR GILLES.</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5745/5745_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5745/5745_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR LIMPEZA DA ESTRADA DE SANTA MARIA, LIMPEZA DOS BUEIROS E PINTURAS.</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5744/5744_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5744/5744_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE NUTRICIONISTA PARA ATUAR NO MUNICÍPIO, NA ORIENTAÇÃO DE UM CARDÁPIO.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5743/5743_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5743/5743_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE AQUISIÇÃO DE UM ORELHÃO EM SANTA MARIA, NA VILA MIGUEL SOUZA.</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5742/5742_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5742/5742_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE TORNAR ISENTO A COBRANÇA DO IPTU ÀS PESSOAS QUE COMPROVEM SER MORADOR ANTIGO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5741/5741_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5741/5741_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONSTRUIR UMA ÁREA DE LAZER EM ARAGUAIA.</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5740/5740_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5740/5740_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR ILUMINAÇÃO PÚBLICA ATÉ A GRUTA EM SANTA MARIA, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5739/5739_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5739/5739_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA TROCA DE ENCANAMENTO DE ÁGUA, NASCENTE DA COMUNIDADE  DE SANTA MARIA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5738/5738_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5738/5738_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR A LIMPEZA DA ESTRADA DE RIO FUNDO E A CONTRATAÇÃO DE FUNCIONÁRIOS PARA FAZER A MANUTENÇÃO DE TAPAR BURACOS E ROÇAGEM.</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5737/5737_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5737/5737_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NAS SEGUINTES ESTRADAS: ALTO MARECHAL, BOA ESPERANÇA, ALTO RIO FUNDO E APARECIDA, LOCALIDADE QUE TAMBÉM DÁ ACESSO A MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5736/5736_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5736/5736_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR PROVIDENCIAS QUANDO AO MELHORAMENTO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL JOSÉ ALOÍSIO SIMON, LOCALIZADO NA COMUNIDADE BETINHO SIMON.</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5735/5735_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5735/5735_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA CONSTRUÇÃO DE UM AUDITÓRIO ANEXO A IGREJA CATÓLICA DA SANT'ANA, EM MARECHAL FLORIANO ATENDENDO A VÁRIOS PEDIDOS DA COMUNIDADE.</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5734/5734_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5734/5734_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DAR APOIO ESPECIAL PARA A AGRICULTURA ORGÂNICA NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5733/5733_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5733/5733_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR A LIMPEZA, ROÇADA E DESENTUPIMENTO DE BUEIROS EM TODAS AS ESTRADA VICINAIS NA REGIÃO DE COSTA PEREIRA, MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5732/5732_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5732/5732_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGÊNCIA DE PATROLAR A ESTRADA QUE DÁ ACESSO A RESIDÊNCIA DO SR. JOSÉ ROCHA.</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5731/5731_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5731/5731_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE ABRIGO DE ÔNIBUS EM BOA ESPERANÇA, PRÓXIMO A PONTE DE NOVA ALMEIDA- MARECHAL FLORIANO -ES.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5730/5730_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5730/5730_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONSTRUÇÃO DE ABRIGO DE ÔNIBUS NA BR 262, NO KM 60, PRÓXIMO A PROPRIEDADE DO SR. JOSÉ MIGUEL GILLES.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DAR INFRA-ESTRUTURA AO LOTEAMENTO NA VILA DOS IPÊS E SANTA MARIA E A POSSIBILIDADE DE CONTRATAÇÃO DE FUNCIONÁRIOS PARA DAR MANUTENÇÃO E LIMPEZA DA VILA, QUE ENCONTRA-SE EM ESTADO DE ABANDONO.</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5728/5728_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5728/5728_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS EM TODAS AS ESTRADAS DO INTERIOR COMO: SANTA MARIA,  VICTOR HUGO, APARECIDA, SOÍDO DE BAIXO, BOA ESPERANÇA E OUTRAS.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5727/5727_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5727/5727_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA SUGESTÃO VERSANDO SOBRE O SEGUINTE TEMA:_x000D_
 ESTUDOS INTERCEDENDO JUNTAMENTE AO ÓRGÃO COMPETENTE, COM OBJETIVO DE VIABILIZAR UMA UNIDADE DO CORPO DE BOMBEIROS NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5726/5726_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5726/5726_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NA RUA DELIMAR SCHUNCK POPULARMENTE CONHECIDA COMO RUA DA LINHA.</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5725/5725_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5725/5725_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ESTUDAR O SEGUINTE:_x000D_
 CONSTRUÇÃO DE UM TREVO, PRÓXIMO AO ORQUIDÁRIO DO SR. NEGO SCHUNCK, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5724/5724_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5724/5724_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADA AS SEGUINTES REIVINDICAÇÕES:_x000D_
 01- PAVIMENTAÇÃO, NA ÁREA EM FRENTE, AO COMÉRCIO DO SR. NICOLAU KROHLING EM VICTOR HUGO, TRATAMENTO DE ESGOTO, E ÁGUA TRATADA PARA ESTA COMUNIDADE._x000D_
 02- MELHORAMENTO NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SR. JUCA RACHA EM MARECHAL FLORIANO-ES._x000D_
 03- QUE FOSSE OLHADA COM MAIS ATENÇÃO AS ESTRADAS PRINCIPAL DE RIO FUNDO, VICTOR HUGO, BOM JESUS, SANTA MARIA E AS DEMAIS, QUE ESTÃO UM POUCO ESQUECIDAS.</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5723/5723_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5723/5723_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR ILUMINAÇÃO PÚBLICA PARA BOM JESUS - MARECHAL FLORIANO -ES.</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5722/5722_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5722/5722_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE BUEIRO NA ESTRADA DE COSTA PEREIRA, PRÓXIMO A RESIDENCIA DO SR. ANGELO PAGANINI.</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5721/5721_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5721/5721_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO QUE SEJA VIABILIZADO O ASFALTO, EM FRENTE AOS COMÉRCIOS DE SOÍDO DE BAIXO E OS DEMAIS EXISTENTES EM OUTRAS COMUNIDADES VIZINHAS, QUE SOFREM TAMBÉM SEM BENEFICIO, DIFICULTANDO O BEM ESTAR DO CIDADÃO.</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5720/5720_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5720/5720_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR, CASCALHAMENTO E ATERRAMENTO EM ESTRADA NA LOCALIDADE DE COSTA PEREIRA, MARECHAL FLORIANO, PARTINDO DE PRÓXIMO AO BAR DO EDINHO ATÉ PRÓXIMO Á COMUNIDADE DE CONFISSÃO LUTERANA DE COSTA PEREIRA, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5719/5719_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5719/5719_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR, UM TRATOR DE ESTEIRA PARA ATENDER TODOS OS PROPRIETÁRIOS RURAIS DA REGIÃO DE BOM JESUS E COSTA PEREIRA QUE PERTENCEM AO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5718/5718_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5718/5718_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A COLOCAÇÃO DE LUMINÁRIAS NAS RUAS PRÓXIMO AO CAMPO DE FUTEBOL EM SANTA MARIA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5717/5717_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5717/5717_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE AQUISIÇÃO DE AMBULÂNCIA PARA ATENDER O POSTO DE SAÚDE DE BOM JESUS, COM PERMANÊNCIA DIRETA NO LOCAL.</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5716/5716_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5716/5716_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA INCENTIVO PARA A DIVULGAÇÃO NA COMERCIALIZAÇÃO, ÀS PESSOAS QUE PRODUZEM PRODUTOS ARTESANAIS, COMO DOCES, LICORES, BISCOITOS, OU CONFECCIONAM OUTRO TRABALHOS ARTESANAIS, ETC...</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5715/5715_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5715/5715_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CONSTRUÍDO ABRIGO DE ÔNIBUS, EM FRENTE A IGREJA LUTERANA DE BOA ESPERANÇA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5714/5714_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5714/5714_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE CRECHES NOS SEGUINTES DISTRITOS DOS MUNICÍPIOS DE ARAGUAIA E SANTA MARIA, E TAMBÉM ESTUDAR A POSSIBILIDADE DE ÁREA DE LAZER PARA AS MESMAS.</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5713/5713_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5713/5713_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DISTRIBUIR UNIFORMES E CALÇADOS APROPRIADOS  PARA OS TRABALHADORES QUE DÃO MANUTENÇÃO QUANTO A LIMPEZA DAS RUAS, E O RECOLHIMENTO DO LIXO EM TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5712/5712_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5712/5712_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA PAVIMENTAÇÃO E SANEAMENTO BÁSICO NA RUA QUE TEM INICIO NO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN E TÉRMINO NA RUA QUINTA DOS LAGOS.</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5711/5711_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5711/5711_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ILUMINAÇÃO PARA A QUADRA DE ESPORTES DE BOM JESUS, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5710/5710_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5710/5710_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE AQUISIÇÃO DE TELEFONE FIXO PARA AS SEGUINTES COMUNIDADES: TREVO DE PARAJU, COMUNIDADE BETINHO SIMON; SOÍDO DE BAIXO; ALTO MARECHAL; BOM JESUS E COSTA PEREIRA E RIO FUNDO - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5709/5709_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5709/5709_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO UM CONCURSO, NAS ESCOLAS, E AOS DEMAIS INTERESSADOS PARA A CRIAÇÃO DO HINO MUNICIPAL, SUGERIMOS TAMBÉM QUE SEJA OFERECIDO UM PRÊMIO AO VENCEDOR, E PODERIA TAMBÉM SER CONTADO PONTO EM  SEU CURRÍCULO ESCOLAR COMO FORMA DE INCENTIVO.</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5708/5708_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5708/5708_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES A POSSÍVEL DOAÇÃO DE UMA ÁREA DE TERRA, PARA A CONSTRUÇÃO DA ENTIDADE PESTALOZZI, DE PREFERÊNCIA NO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN, LOCALIZADO NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5707/5707_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5707/5707_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS INSTALAÇÃO DE TELEFONE (ORELHÃO), NOS SEGUINTES LOCAIS:_x000D_
 01- NA RUA EMILIO ENTRINGER, PRÓXIMO AO RESTAURANTE PONTO FRIO._x000D_
 02- NA COMUNIDADE DA FAMÍLIA RHEIN_x000D_
 03- NO CENTRO RECREATIVO ARTHUR HAESE, LOCALIZADO PRÓXIMO A CRECHE FLOMIRO ENDLICH, EM MARECHAL FLORIANO-ES._x000D_
 04- CRECHE LEONOR FEU ROSA, LOCALIZADO NO CONJUNTO SÉRGIO SEBASTIÃO STEIN.</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5706/5706_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5706/5706_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJA DEDICADO ALGUNS MINUTOS DE AULA, SOBRE ORIENTAÇÃO E EDUCAÇÃO AO TRÂNSITO, NA SEQUENCIA DE ALGUMA AULA.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5705/5705_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5705/5705_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DO CAMINHÃO DO LIXO, FAZER O RECOLHIMENTO DO MESMO, NA ENTRADA DE BOA ESPERANÇA COM INICIO NA PONTE EMILIO LITTIG, PASSANDO PELA ESCOLA MUNICÍPIO DE ENSINO FUNDAMENTAL BARRA DE BOA ESPERANÇA, ATÉ A PROPRIEDADE DO SR. LALMIR LITTIG .</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5704/5704_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5704/5704_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A PAVIMENTAÇÃO ASFÁLTICA NOS SEGUINTES LOCAIS:_x000D_
 1-ENTRADA DA ÁGUA PEDRA AZUL;_x000D_
 2-EM FRENTE AO COMÉRCIO DO SR. NICOLAU KROHLING, EM VICTOR HUGO - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5703/5703_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5703/5703_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A MANUTENÇÃO DE BUEIROS ENTUPIDOS, PRÓXIMO À PROPRIEDADE DO SR. ESPERIDIÃO BRITO, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5702/5702_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5702/5702_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 -MELHORAMENTOS NA ESTRADA E ILUMINAÇÃO DA RUA DELIMAR SCHUNCK (POPULARMENTE CONHECIDA COMO RUA DA LINHA EM MARECHAL FLORIANO-ES)._x000D_
 -PASSAR A MAQUINA E CASCALHAR, A ESTRADA DE ARAGUAIA QUE DÁ ACESSO ÀS FAMÍLIAS BRAVIM, A LOCALIDADE COM NOME DE CEDRO, E DEMAIS VICINAIS._x000D_
 -MANUTENÇÃO DE UM BUEIRO NA ESTRADA PRINCIPAL PRÓXIMO Á RESIDÊNCIA DO SR. CARLOS PREST EM ARAGUAIA, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5701/5701_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5701/5701_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE INSTALAÇÃO DE TELEFONIA CELULAR NAS COMUNIDADES DE RIO FUNDO, SANTA MARIA, ARAGUAIA, BOM JESUS E VICTOR HUGO.</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5700/5700_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5700/5700_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NA TORRE DE REPETIDOR DA SEDE E ARAGUAIA E SE HOUVER A POSSIBILIDADE DE INSTALAÇÃO DE TORRES NOS DISTRITOS DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5699</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5699/5699_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5699/5699_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DE TELEFONES (ORELHÃO), PARA AS SEGUINTES LOCALIDADES: VILA IPIRANGA E PARA COMUNIDADE DO TONINHO KIL, LOCALIZADO PRÓXIMO AO TREVO QUE DÁ ACESSO A COMUNIDADE DE PARAJU.</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5698/5698_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5698/5698_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REVER A SITUAÇÃO DO TRÂNSITO NAS RUAS DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5697/5697_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5697/5697_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA CRECHE NA COMUNIDADE DO POSTO IPIRANGA EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5696/5696_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5696/5696_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PASSAR A MAQUINA E CASCALHAR AS SEGUINTES COMUNIDADES: RIO FUNDO E VICTOR HUGO E VICINAIS QUE FAZEM PARTE DESTAS LOCALIDADES.</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5695/5695_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5695/5695_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 01- APOIO FINANCEIRO, TRANSPORTE PARA OS JOVENS QUE PRATICAM ESPORTE AMADOR NO MUNICÍPIO._x000D_
 02- ABERTURA DE VAGAS DO PET, PROGRAMA DE ERRADICAÇÃO DO TRABALHO INFANTIL.</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5694/5694_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5694/5694_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A REGULAMENTAÇÃO DOS LOTES, LOCALIZADOS NO CONJUNTO SÉRGIO SEBASTIÃO STEIN, COMUNIDADE DE SANTA RITA EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5693/5693_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5693/5693_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A COBERTURA, PARA MELHOR COMODIDADE AOS FREQUENTADOS DE ESPORTES OU PARA AQUELES QUE APRECIAM A TODOS OS EVENTOS, QUE SÃO REALIZADOS NO LOCAL.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5692/5692_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5692/5692_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE TOMAR PROVIDÊNCIAS NO CÓRREGO PRÓXIMO A RESIDÊNCIA DO SR. ANCELMO ENDLICH, ESTE CÓRREGO DÁ ACESSO NO ESPAÇO DA ITALEMANHA.</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5691/5691_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5691/5691_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE INSTALAÇÃO DO PROGRAMA DE ÁGUA PRÓ RURAL CESAN, PARA BENEFICIAR A TODOS OS MORADORES DA LOCALIDADE DO BETINHO SIMON, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5690/5690_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5690/5690_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PROMOVER ESTUDOS ISENTANDO APOSENTADO, PENSIONISTA E TODO TRABALHADOR DE EMPRESA RURAL À NÃO PAGAR TAXA DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5689/5689_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5689/5689_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CALÇAMENTO APROXIMADAMENTE 200 M², NO PÁTIO DA ESCOLA DE SANTA MARIA (NICOLAU KROHLING).</t>
   </si>
   <si>
     <t>5688</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5688/5688_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5688/5688_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE SE TORNAR PÓLO TURISTICO A ESTRADA VICINAL QUE DÁ ACESSO A CAROLINA, DANDO TAMBÉM ACESSO AS SEGUINTES PROPRIEDADES DO SR. JAIR KROHLING, ODETE LUDOVICO, VALDECIR CASA GRANDE, ATÉ A PROPRIEDADE DO SR. JOSÉ MODOLO, DIVISA DE ALFREDO CHAVES. E TAMBÉM A NECESSIDADE DE CONTRATAÇÃO DE UM FUNCIONÁRIO PARA FAZER MANUTENÇÃO DIÁRIA DESTAS ESTRADAS.</t>
   </si>
   <si>
     <t>5687</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5687/5687_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5687/5687_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES NECESSIDADES:_x000D_
 -AQUISIÇÃO DE VEÍCULO PARA A TERCEIRA IDADE DE SOÍDO DE BAIXO - MARECHAL FLORIANO-ES._x000D_
 -REFORMA DA PONTE QUE DÁ ACESSO A PROPRIEDADE DO SR. PAULO KLEIN.</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5686/5686_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5686/5686_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES NECESSIDADES PARA OS MORADORES QUE RESIDEM NA VILA SCHUNCK - MARECHAL FLORIANO-ES:_x000D_
 -AQUISIÇÃO DE ENERGIA ELÉTRICA._x000D_
 -CAMINHÃO PARA FAZER COLETA DE LIXO._x000D_
 -MELHORAMENTO DAS ESTRADAS VICINAIS DE ACESSO À ESTA VILA._x000D_
 -SANEAMENTO (REDE DE ESGOTO)._x000D_
 -COLOCAÇÃO DE TELEFONE PÚBLICO (ORELHÃO), TAMBÉM NESTA COMUNIDADE._x000D_
 -COLOCAÇÃO DE LATÃO DE LIXO PARA A MESMA.</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5685/5685_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5685/5685_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE ILUMINAÇÃO PÚBLICA, NA RUA THEOBALDO RUPF, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5684/5684_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5684/5684_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE 30 LATÕES DE LIXO, ESTENDENDO TODO O PERCURSO DAS RUAS DE SANTA MARIA, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5683</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5683/5683_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5683/5683_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONCLUSÃO DO CAMPO DE FUTEBOL EM ARAGUAIA, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5682/5682_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5682/5682_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA  QUE PROMOVA DENOMINAÇÃO DA RODOVIA SITUADA EM VICTOR HUGO COM ACESSO A SÃO BENTO DE URÂNIA, SENDO VIA INTER-MUNICIPAL.</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5681/5681_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5681/5681_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A LIMPEZA DO CÓRREGO QUE LIGA AS PROPRIEDADES DOS SRS. JOSÉ CLEMENTE ATÉ O SR. BEIJAMIN LIPAUS, JÁ AUTORIZADOS PELO IEMA, SENDO QUE ESTA AUTORIZAÇÃO JÁ SE ENCONTRA NAS MÃOS DO VEREADOR SÉRGIO STEIN.</t>
   </si>
   <si>
     <t>10286</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Odete Lemcke Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10286/m001-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10286/m001-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª MARIA FAUSTA SIMÕES.</t>
   </si>
   <si>
     <t>10287</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Odete Lemcke Cardoso</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10287/m002-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10287/m002-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. VALMIR DOS SANTOS.</t>
   </si>
   <si>
     <t>10288</t>
   </si>
   <si>
     <t>Abel  Bungenstab</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10288/m003-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10288/m003-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AOS PROFESSORES MASGARIDA CHRIST SOUZA E LUCIENE SCHINEIDER SANTA CLARA.</t>
   </si>
   <si>
     <t>10289</t>
   </si>
   <si>
     <t>Jacinto Catelan Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10289/m004-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10289/m004-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. POLICARPIO PUPPIM.</t>
   </si>
   <si>
     <t>10290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10290/m005-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10290/m005-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELÇO PASSAMENTO DO SR. SÍVIO ROGÉRIO LEMCKE.</t>
   </si>
   <si>
     <t>10291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10291/m006-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10291/m006-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, A SRª EULÁLIA ALICE RENZELMAN.</t>
   </si>
   <si>
     <t>10292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10292/m007-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10292/m007-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO ILM° SR. ANTÔNIO LIDINEY GOBBI.</t>
   </si>
   <si>
     <t>10293</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10293/m008-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10293/m008-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, A SRª SANDRA HELENA DELBONI VENTURINI.</t>
   </si>
   <si>
     <t>10294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10294/m009-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10294/m009-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E AGRADECIMENTO, EM PROL DO EXMº SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10298</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10298/m010-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10298/m010-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª SOFIA DOS SANTOS.</t>
   </si>
   <si>
     <t>10299</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10299/m011-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10299/m011-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ARY RIBEIRO DA SILVA.</t>
   </si>
   <si>
     <t>10300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10300/m012-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10300/m012-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. FLORIANO TRARBACH.</t>
   </si>
   <si>
     <t>10301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10301/m013-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10301/m013-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ALBERTINO TOPFER.</t>
   </si>
   <si>
     <t>10302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10302/m014-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10302/m014-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JOSÉ CHAGAS PINTO.</t>
   </si>
   <si>
     <t>10303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10303/m015-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10303/m015-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR TENDO COMO DISTINÇÃO O SR. ROBERLY JOSÉ PEREIRA, JORNALISTA DE A GAZETA.</t>
   </si>
   <si>
     <t>10304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10304/m016-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10304/m016-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO EXM° SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10305</t>
   </si>
   <si>
     <t>Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10305/m017-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10305/m017-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO O EXM° SR. RICARDO FERRAÇO.</t>
   </si>
   <si>
     <t>10306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10306/m018-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10306/m018-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO O EXMº. SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10307</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10307/m019-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10307/m019-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO O EXMº PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10308/m020-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10308/m020-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO O SR. JOÃO CARLOS LORENZONI.</t>
   </si>
   <si>
     <t>10309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10309/m021-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10309/m021-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DDE APLAUSO E AGRADECIMENTO, EM PROL DA ILMª SRª LACI STEIN E TODA FAMÍLIA FERREIRA NAZARETE.</t>
   </si>
   <si>
     <t>10310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10310/m023-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10310/m023-2004.pdf</t>
   </si>
   <si>
     <t>10311</t>
   </si>
   <si>
     <t>Antônio Lidney Gobbi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10311/m024-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10311/m024-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. LIBERTINO RHAND.</t>
   </si>
   <si>
     <t>10312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10312/m025-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10312/m025-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO A SRª SANDRA HELENA DELBONI VENTURINI.</t>
   </si>
   <si>
     <t>10313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10313/m026-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10313/m026-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO A SRª GREACIELI STEIN COIMBRA.</t>
   </si>
   <si>
     <t>10315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10315/m027-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10315/m027-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO  A SRª ANCIELI BUSATO KROHLING.</t>
   </si>
   <si>
     <t>10316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10316/m028-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10316/m028-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO LOUVOR TENDO COMO DISTINÇÃO A RAINHA DO CAFÉ, A SRª SÂMARA PÁDUA KROHLING.</t>
   </si>
   <si>
     <t>10317</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10317/m029-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10317/m029-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O ILMº SR. HUGO MONFRADINE MARQUES.</t>
   </si>
   <si>
     <t>10318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10318/m030-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10318/m030-2004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES ,TENDO COMO DISTINÇÃO, A EXMª SRª JUÍZA DE DIREITO DESTA COMARCA DRª CYNTHIA ROCHA PENA.</t>
   </si>
   <si>
     <t>11167</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11167/pc001-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11167/pc001-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 001/2004.</t>
   </si>
   <si>
     <t>11168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11168/pc002-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11168/pc002-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 0002/2004.</t>
   </si>
   <si>
     <t>11169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11169/pc003-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11169/pc003-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 0001/2004.</t>
   </si>
   <si>
     <t>11170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11170/pc004-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11170/pc004-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 004/2004.</t>
   </si>
   <si>
     <t>11171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11171/pc005-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11171/pc005-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 0004/2004.</t>
   </si>
   <si>
     <t>11172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11172/pc006-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11172/pc006-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 0003/2004.</t>
   </si>
   <si>
     <t>11173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11173/pc007-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11173/pc007-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 002/2004.</t>
   </si>
   <si>
     <t>11174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11174/pc008-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11174/pc008-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 009/2004.</t>
   </si>
   <si>
     <t>11175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11175/pc009-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11175/pc009-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 010/2004.</t>
   </si>
   <si>
     <t>11176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11176/pc010-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11176/pc010-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N°008/2004.</t>
   </si>
   <si>
     <t>11177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11177/pc011-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11177/pc011-2004.pdf</t>
   </si>
   <si>
     <t>PARECEER REFERENTE AO PROJETO DE LEI Nº 007/2004.</t>
   </si>
   <si>
     <t>11178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11178/pc012-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11178/pc012-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 006/2004.</t>
   </si>
   <si>
     <t>11181</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11181/pc013-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11181/pc013-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 005/2004.</t>
   </si>
   <si>
     <t>11182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11182/pc014-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11182/pc014-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 013/2004.</t>
   </si>
   <si>
     <t>11183</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11183/pc015-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11183/pc015-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 015/2004.</t>
   </si>
   <si>
     <t>11184</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11184/pc016-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11184/pc016-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 014/2004.</t>
   </si>
   <si>
     <t>11185</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11185/pc017-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11185/pc017-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 016/2004.</t>
   </si>
   <si>
     <t>11186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11186/pc018-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11186/pc018-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 018/2004.</t>
   </si>
   <si>
     <t>11187</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11187/pc019-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11187/pc019-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENT EAO PROJETO DE LEI Nº 017/2004.</t>
   </si>
   <si>
     <t>11188</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11188/pc020-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11188/pc020-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 004/2004.</t>
   </si>
   <si>
     <t>11189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11189/pc021-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11189/pc021-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 028/2004.</t>
   </si>
   <si>
     <t>11190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11190/pc022-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11190/pc022-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 026/2004.</t>
   </si>
   <si>
     <t>11191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11191/pc023-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11191/pc023-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 019/2004.</t>
   </si>
   <si>
     <t>11192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11192/pc024-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11192/pc024-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 020/2004.</t>
   </si>
   <si>
     <t>11193</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11193/pc025-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11193/pc025-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 027/2004.</t>
   </si>
   <si>
     <t>11194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11194/pc026-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11194/pc026-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 021/2003.</t>
   </si>
   <si>
     <t>11195</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11195/pc027-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11195/pc027-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 023/2004.</t>
   </si>
   <si>
     <t>11196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11196/pc028-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11196/pc028-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 022/2004.</t>
   </si>
   <si>
     <t>11197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11197/pc029-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11197/pc029-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº025/2004.</t>
   </si>
   <si>
     <t>11198</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11198/pc030-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11198/pc030-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 012/2004.</t>
   </si>
   <si>
     <t>11199</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11199/pc031-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11199/pc031-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 011/2004.</t>
   </si>
   <si>
     <t>11200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11200/pc032-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11200/pc032-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI, RESOLVERAM EMITIR O VOTO, PELA REJEIÇÃO, JUSTIFICANDO NO FATO DE LEI COMPLEMENTAR FEDERAL Nº 010, DE 04 DE MAIO DE 2000.</t>
   </si>
   <si>
     <t>11201</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11201/pc033-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11201/pc033-2004.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 024/2004.</t>
   </si>
   <si>
     <t>9433</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9433/projeto_de_lei_001-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9433/projeto_de_lei_001-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER BLOCOS PARA A EMISSÃO DE NOTA DO PRODUTOR RURAL.</t>
   </si>
   <si>
     <t>9552</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9552/projeto_de_lei_002-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9552/projeto_de_lei_002-2004.pdf</t>
   </si>
   <si>
     <t>CRIA VAGAS DE CARGOS DE PROVIMENTO EM COMISSÃO PARA ATENDER A SECRETÁRIA MUNICIPAL DE SAÚDE E AÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>9553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9553/projeto_de_lei_003-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9553/projeto_de_lei_003-2004.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A CONCESSÃO DE VALE TRANSPORTE AO SERVIDORES PÚBLICO MUNICIPAL DE MARECHAL FLORIANO-ES''.</t>
   </si>
   <si>
     <t>9554</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9554/projeto_de_lei_004-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9554/projeto_de_lei_004-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA A COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>9555</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9555/005-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9555/005-2004.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTARIAS DO MUNICIPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9556/006-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9556/006-2004.pdf</t>
   </si>
   <si>
     <t>CRIA VAGAS DE CARGOS DE PROVIMENTO EM COMISSÃO PARA ATENDER SERVIÇOS ESSENCIAIS À COMUNIDADE.</t>
   </si>
   <si>
     <t>9557</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9557/007-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9557/007-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE A PROPRIEDADE FORNECEDORA DE ÁGUA AO RESTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>9558</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9558/008-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9558/008-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA À ENTIDADES ESPORTIVAS DO MUNICIPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9559/009-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9559/009-2004.pdf</t>
   </si>
   <si>
     <t>CRIA VAGA E ALTERA REFERÊNCIA DE CARGO DE PROVIMENTO EM COMISSÃO.</t>
   </si>
   <si>
     <t>9560</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9560/010-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9560/010-2004.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL N° 100, DE 21 DE NOVEMBRO DE 1994.</t>
   </si>
   <si>
     <t>9580</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9580/011-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9580/011-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA A ASSOCIAÇÃO DE PRODUTORES RURAIS DE VICTOR HUGO-APROVH.</t>
   </si>
   <si>
     <t>9585</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9585/012-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9585/012-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ESPECIAL.</t>
   </si>
   <si>
     <t>9698</t>
   </si>
   <si>
     <t>MESA DIRETORA 2003/2004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9698/013-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9698/013-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIOS DOS VEREADORES DO MUNICÍPIO DE MARECHAL FLORIANO PARA A LEGISLATURA DE 2005-2008.</t>
   </si>
   <si>
     <t>9603</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9603/014-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9603/014-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIOS DO PREFEITO E VICE-PREFEITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9604</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9604/015-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9604/015-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIOS DOS SECRETÁRIOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9610</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9610/016-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9610/016-2004.pdf</t>
   </si>
   <si>
     <t>DÀ NOME DE IVAHY MENDES, À RUA PROJETADA, COM INÍCIO A RUA ANTENOR SANTOS BRAGA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>9627</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9627/017-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9627/017-2004.pdf</t>
   </si>
   <si>
     <t>ALTERA LE MUNICIPAL N° 491, DE 29 DE ABRIL DE 2004, QUE CRIA CARGOS PARA ATENDER SECRETARIA DE SAÚDE E AÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>9642</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9642/018-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9642/018-2004.pdf</t>
   </si>
   <si>
     <t>¨DENOMINA DE ESCOLA FLORES PASSINATO KUSTER, À ESCOLA PLURIDOSCENTE DE BOA ESPERANÇA, MARECHAL FORIANO-ES.</t>
   </si>
   <si>
     <t>9644</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9644/019-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9644/019-2004.pdf</t>
   </si>
   <si>
     <t>¨ DENOMINA DE VILA IPIRANGA, A COMUNIDADE DE VILA SCHUNK, LOCALIZADA EM MARECHAL FLORIANO, PRÓXIMO AO POSTO IPIRANGA.</t>
   </si>
   <si>
     <t>9647</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9647/020-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9647/020-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANISTIA FISCAL DE IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9650</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9650/021-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9650/021-2004.pdf</t>
   </si>
   <si>
     <t>¨ DÁ NOME AO POSTO DE SAÚDE DE BOM JESUS, DE POSTO NILO-SANTA CLARA.</t>
   </si>
   <si>
     <t>9653</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9653/022-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9653/022-2004.pdf</t>
   </si>
   <si>
     <t>¨ DÁ NOME DE PAULO WASSEM À RUA PROJETADA, PARALELA A RUA ANTENOR SANTOS BRAGA, E TÉRMINO PRÓXIMO A RESIDÊNCIA DO SR. RAUL CELSO STHEL, NESTA CIDADE.¨</t>
   </si>
   <si>
     <t>9657</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9657/023-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9657/023-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DECENAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9659</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9659/024-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9659/024-2004.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A LOTAÇÃO E LOCALIZAÇÃO DAS VAGAS DO CARGO DE AUXILIAR DE SECRETARIA ESCOLAR.</t>
   </si>
   <si>
     <t>9660</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA A COMUINIDADE DEARAGUÁIA.</t>
   </si>
   <si>
     <t>9680</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9680/026-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9680/026-2004.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICIPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2005.</t>
   </si>
   <si>
     <t>11032</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11032/027-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11032/027-2004.pdf</t>
   </si>
   <si>
     <t>ALTERA O PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA O PERÍODO DE 2002 A 2005.</t>
   </si>
   <si>
     <t>9665</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9665/028-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9665/028-2004.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE OLIMPIO PEREIRA PINTO A SEDE DA ASSOCIAÇÃO PRO DESENVOLVIMENTO URBANO RURAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9751</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9751/029-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9751/029-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DA GUARDA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9728</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9728/030-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9728/030-2004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL A SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA.</t>
   </si>
   <si>
     <t>10402</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10402/pr0001-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10402/pr0001-2004.pdf</t>
   </si>
   <si>
     <t>INSTITUI DIÁRIAS PARA OS VEREADORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10403/pr002-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10403/pr002-2004.pdf</t>
   </si>
   <si>
     <t>INSTITUI DIÁRIAS PARA OS SERVIDORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>10404</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10404/pr003-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10404/pr003-2004.pdf</t>
   </si>
   <si>
     <t>CRIA GALERIA PARA EXPOSIÇÃO DE FOTOS NA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>10405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10405/pr004-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10405/pr004-2004.pdf</t>
   </si>
   <si>
     <t>ANULA E SUPLEMENTA DOTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10406</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10406/pr005-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10406/pr005-2004.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUÇÃO Nº 001, DE 14 DE MARÇO DE 2002, REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10005</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10005/rq001-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10005/rq001-2004.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXMº., APÓS OS DEVIDOS TRÂMITES E ANUÊNCIA DO PLENÁRIO.</t>
   </si>
   <si>
     <t>10006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10006/rq002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10006/rq002-2006.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXMª., APÓS OS DEVIDOS TRÂMITES E ANUÊNCIA DO PLENÁRIO.</t>
   </si>
   <si>
     <t>10007</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10007/rq003-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10007/rq003-2004.pdf</t>
   </si>
   <si>
     <t>REQUR A V. EXMª, APÓS OS DEVIDOS TRÂMITES E ANUÊNCIA DO PLENÁRIO, SEJA ENCAMINHADO.</t>
   </si>
   <si>
     <t>10008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10008/rq004-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10008/rq004-2004.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXª, QUE SUBMETA AO PLENÁRIO O PRESENTE REQUERIMENTO VISA CRIAR, NESTE PODER.</t>
   </si>
   <si>
     <t>10010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10010/rq005-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10010/rq005-2004.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EXª, COM BASE NO 3º, DO ART. 58 DA CONSTITUIÇÃO FEDERAL E NA FORMA DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>10011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10011/rq006-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10011/rq006-2004.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EXª COM BASE NO 3º, DO ART. 58 DA CONSTITUIÇÃO FEDERAL E NA FORMA DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>10019</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10019/rq007-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10019/rq007-2004.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXMª QUE SE DIGNE DE PROCEDER À COMISSÃO PARLAMENTAR DE INQUÉRITO - CPI.</t>
   </si>
   <si>
     <t>12419</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12419/resolucao_0002-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12419/resolucao_0002-2004.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU PROMULGO A SEGUINTE RESOLUÇÃO".</t>
   </si>
   <si>
     <t>12420</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12420/resolucao_003-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12420/resolucao_003-2004.pdf</t>
   </si>
   <si>
     <t>"NOMEIA MEMBROS PARA COMPOR A COMISSÃO PARLAMENTAR DE INQUÉRITO".</t>
   </si>
   <si>
     <t>12421</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12421/resolucao_004-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12421/resolucao_004-2004.pdf</t>
   </si>
   <si>
     <t>"ANULA E SUPLEMENTA DOTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12422</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12422/resolucao_005-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12422/resolucao_005-2004.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12880</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Joaquim Stein, Odete Lemcke Cardoso, Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12880/elom_001-2004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12880/elom_001-2004.pdf</t>
   </si>
   <si>
     <t>"ALTERA E ACRESECENTA DISPOSITIVOS NA LEI ORGÂNICA".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2304,68 +2304,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5748/5748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5747/5747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5746/5746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5745/5745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5744/5744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5743/5743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5742/5742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5741/5741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5740/5740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5739/5739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5738/5738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5737/5737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5736/5736_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5735/5735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5734/5734_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5733/5733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5732/5732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5731/5731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5730/5730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5728/5728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5727/5727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5726/5726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5725/5725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5724/5724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5723/5723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5722/5722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5721/5721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5720/5720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5719/5719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5718/5718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5717/5717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5716/5716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5715/5715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5714/5714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5713/5713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5712/5712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5711/5711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5710/5710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5709/5709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5708/5708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5707/5707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5706/5706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5705/5705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5704/5704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5703/5703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5702/5702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5701/5701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5700/5700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5699/5699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5698/5698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5697/5697_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5696/5696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5695/5695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5694/5694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5693/5693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5692/5692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5691/5691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5690/5690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5689/5689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5688/5688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5687/5687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5686/5686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5685/5685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5684/5684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5683/5683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5682/5682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5681/5681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10286/m001-2004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10287/m002-2004.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10288/m003-2004.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10289/m004-2004.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10290/m005-2004.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10291/m006-2004.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10292/m007-2004.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10293/m008-2004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10294/m009-2004.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10298/m010-2004.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10299/m011-2004.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10300/m012-2004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10301/m013-2004.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10302/m014-2004.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10303/m015-2004.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10304/m016-2004.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10305/m017-2004.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10306/m018-2004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10307/m019-2004.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10308/m020-2004.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10309/m021-2004.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10310/m023-2004.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10311/m024-2004.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10312/m025-2004.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10313/m026-2004.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10315/m027-2004.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10316/m028-2004.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10317/m029-2004.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10318/m030-2004.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11167/pc001-2004.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11168/pc002-2004.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11169/pc003-2004.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11170/pc004-2004.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11171/pc005-2004.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11172/pc006-2004.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11173/pc007-2004.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11174/pc008-2004.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11175/pc009-2004.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11176/pc010-2004.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11177/pc011-2004.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11178/pc012-2004.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11181/pc013-2004.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11182/pc014-2004.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11183/pc015-2004.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11184/pc016-2004.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11185/pc017-2004.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11186/pc018-2004.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11187/pc019-2004.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11188/pc020-2004.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11189/pc021-2004.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11190/pc022-2004.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11191/pc023-2004.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11192/pc024-2004.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11193/pc025-2004.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11194/pc026-2004.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11195/pc027-2004.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11196/pc028-2004.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11197/pc029-2004.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11198/pc030-2004.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11199/pc031-2004.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11200/pc032-2004.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11201/pc033-2004.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9433/projeto_de_lei_001-2004.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9552/projeto_de_lei_002-2004.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9553/projeto_de_lei_003-2004.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9554/projeto_de_lei_004-2004.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9555/005-2004.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9556/006-2004.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9557/007-2004.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9558/008-2004.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9559/009-2004.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9560/010-2004.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9580/011-2004.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9585/012-2004.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9698/013-2004.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9603/014-2004.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9604/015-2004.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9610/016-2004.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9627/017-2004.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9642/018-2004.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9644/019-2004.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9647/020-2004.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9650/021-2004.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9653/022-2004.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9657/023-2004.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9659/024-2004.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9680/026-2004.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11032/027-2004.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9665/028-2004.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9751/029-2005.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9728/030-2004.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10402/pr0001-2004.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10403/pr002-2004.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10404/pr003-2004.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10405/pr004-2004.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10406/pr005-2004.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10005/rq001-2004.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10006/rq002-2006.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10007/rq003-2004.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10008/rq004-2004.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10010/rq005-2004.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10011/rq006-2004.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10019/rq007-2004.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12419/resolucao_0002-2004.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12420/resolucao_003-2004.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12421/resolucao_004-2004.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12422/resolucao_005-2004.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12880/elom_001-2004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5748/5748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5747/5747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5746/5746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5745/5745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5744/5744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5743/5743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5742/5742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5741/5741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5740/5740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5739/5739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5738/5738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5737/5737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5736/5736_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5735/5735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5734/5734_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5733/5733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5732/5732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5731/5731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5730/5730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5729/5729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5728/5728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5727/5727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5726/5726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5725/5725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5724/5724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5723/5723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5722/5722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5721/5721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5720/5720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5719/5719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5718/5718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5717/5717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5716/5716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5715/5715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5714/5714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5713/5713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5712/5712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5711/5711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5710/5710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5709/5709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5708/5708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5707/5707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5706/5706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5705/5705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5704/5704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5703/5703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5702/5702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5701/5701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5700/5700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5699/5699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5698/5698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5697/5697_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5696/5696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5695/5695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5694/5694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5693/5693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5692/5692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5691/5691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5690/5690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5689/5689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5688/5688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5687/5687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5686/5686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5685/5685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5684/5684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5683/5683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5682/5682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2004/5681/5681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10286/m001-2004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10287/m002-2004.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10288/m003-2004.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10289/m004-2004.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10290/m005-2004.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10291/m006-2004.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10292/m007-2004.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10293/m008-2004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10294/m009-2004.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10298/m010-2004.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10299/m011-2004.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10300/m012-2004.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10301/m013-2004.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10302/m014-2004.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10303/m015-2004.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10304/m016-2004.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10305/m017-2004.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10306/m018-2004.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10307/m019-2004.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10308/m020-2004.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10309/m021-2004.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10310/m023-2004.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10311/m024-2004.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10312/m025-2004.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10313/m026-2004.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10315/m027-2004.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10316/m028-2004.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10317/m029-2004.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10318/m030-2004.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11167/pc001-2004.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11168/pc002-2004.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11169/pc003-2004.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11170/pc004-2004.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11171/pc005-2004.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11172/pc006-2004.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11173/pc007-2004.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11174/pc008-2004.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11175/pc009-2004.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11176/pc010-2004.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11177/pc011-2004.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11178/pc012-2004.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11181/pc013-2004.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11182/pc014-2004.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11183/pc015-2004.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11184/pc016-2004.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11185/pc017-2004.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11186/pc018-2004.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11187/pc019-2004.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11188/pc020-2004.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11189/pc021-2004.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11190/pc022-2004.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11191/pc023-2004.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11192/pc024-2004.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11193/pc025-2004.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11194/pc026-2004.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11195/pc027-2004.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11196/pc028-2004.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11197/pc029-2004.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11198/pc030-2004.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11199/pc031-2004.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11200/pc032-2004.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11201/pc033-2004.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9433/projeto_de_lei_001-2004.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9552/projeto_de_lei_002-2004.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9553/projeto_de_lei_003-2004.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9554/projeto_de_lei_004-2004.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9555/005-2004.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9556/006-2004.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9557/007-2004.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9558/008-2004.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9559/009-2004.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9560/010-2004.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9580/011-2004.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9585/012-2004.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9698/013-2004.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9603/014-2004.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9604/015-2004.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9610/016-2004.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9627/017-2004.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9642/018-2004.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9644/019-2004.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9647/020-2004.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9650/021-2004.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9653/022-2004.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9657/023-2004.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9659/024-2004.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9680/026-2004.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/11032/027-2004.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9665/028-2004.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9751/029-2005.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/9728/030-2004.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10402/pr0001-2004.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10403/pr002-2004.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10404/pr003-2004.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10405/pr004-2004.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10406/pr005-2004.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10005/rq001-2004.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10006/rq002-2006.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10007/rq003-2004.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10008/rq004-2004.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10010/rq005-2004.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10011/rq006-2004.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/10019/rq007-2004.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12419/resolucao_0002-2004.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12420/resolucao_003-2004.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12421/resolucao_004-2004.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12422/resolucao_005-2004.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2004/12880/elom_001-2004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>