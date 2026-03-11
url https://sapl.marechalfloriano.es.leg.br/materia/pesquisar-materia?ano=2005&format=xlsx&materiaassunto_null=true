--- v0 (2025-12-06)
+++ v1 (2026-03-11)
@@ -54,4675 +54,4675 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12360</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Jacinto Catelan Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12360/dl_001-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12360/dl_001-2005.pdf</t>
   </si>
   <si>
     <t>"REJEITA AS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, REFERENTE AO EXERCÍCIO DE 2002".</t>
   </si>
   <si>
     <t>12361</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12361/dl_002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12361/dl_002-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ANSELMO TOSE".</t>
   </si>
   <si>
     <t>12362</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12362/dl_003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12362/dl_003-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ANTONIO JOSÉ COIMBRA".</t>
   </si>
   <si>
     <t>12363</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12363/dl_004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12363/dl_004-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. CÉSAR ROBERTO COLNAGO".</t>
   </si>
   <si>
     <t>12364</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12364/dl_005-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12364/dl_005-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. CARLOS ALBERTO LIEBART".</t>
   </si>
   <si>
     <t>12365</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12365/dl_006-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12365/dl_006-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO DR. CÉSAR QUINTAES FREITAS LIMA".</t>
   </si>
   <si>
     <t>12366</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12366/dl_007-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12366/dl_007-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JOSÉ RENATO CASAGRANDE".</t>
   </si>
   <si>
     <t>12367</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12367/dl_008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12367/dl_008-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. MARCOS BITTENCOURT VIEIRA MACHADO".</t>
   </si>
   <si>
     <t>12368</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12368/dl_009-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12368/dl_009-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ELIEZER ANTONIO LORENZONI".</t>
   </si>
   <si>
     <t>12369</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12369/dl_010-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12369/dl_010-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ANTONIO MODOLO".</t>
   </si>
   <si>
     <t>12370</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12370/dl_011-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12370/dl_011-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ANTONIO AUGUSTO BLANK".</t>
   </si>
   <si>
     <t>12371</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12371/dl_012-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12371/dl_012-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ FLORIANENSE À SRTª. SIMONE REINHOLZ VELTEN".</t>
   </si>
   <si>
     <t>12372</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12372/dl_013-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12372/dl_013-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ FLORIANENSE À SRª. VALDETE RIZ KIEFER".</t>
   </si>
   <si>
     <t>12373</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12373/dl_014-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12373/dl_014-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. FLORENTINO DELPUPPO".</t>
   </si>
   <si>
     <t>12374</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12374/dl_015-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12374/dl_015-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. ALTEVIR ANTONIO WASSEM".</t>
   </si>
   <si>
     <t>12375</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12375/dl_016-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12375/dl_016-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. JAIR FRANCISCO KROHLING".</t>
   </si>
   <si>
     <t>12376</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12376/dl_017-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12376/dl_017-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. DARCY LITTIG".</t>
   </si>
   <si>
     <t>12377</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12377/dl_018-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12377/dl_018-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. CARLOS ALBERTO PREST".</t>
   </si>
   <si>
     <t>12378</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12378/dl_019-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12378/dl_019-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO À SRª. ODETE APARECIDA LUDOVICO CALVI".</t>
   </si>
   <si>
     <t>12379</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12379/dl_020-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12379/dl_020-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE CIDADÃO FLORIANENSE AO EXM° SR. PAULO CÉSAR HARTUNG GOMES, REFERENDADO PELOS PODERES EXECUTIVO E LEGISLATIVO".</t>
   </si>
   <si>
     <t>12380</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Jacinto Catelan Junior, Joaquim Stein, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12380/dl_021-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12380/dl_021-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. NATALINO LITTIG".</t>
   </si>
   <si>
     <t>12381</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12381/dl_022-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12381/dl_022-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "PLACA DE AGRADECIMENTO", À FAMÍLIA KROHLING, NA PESSOA DA SRª HILDA STEIN KROHLING, REFERENDADA PELO PODER LEGISLATIVO E EXECUTIVO".</t>
   </si>
   <si>
     <t>12382</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12382/dl_023-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12382/dl_023-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE "PLACA DE AGRADECIMENTO" A SRª. HILDA STEIN KROHLING".</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5831/5831_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5831/5831_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES REIVINDICAÇÕES:_x000D_
 1- CALÇAMENTO PARA O BETINHO SIMON, LOCALIZADO NO TREVO DE PARAJÚ._x000D_
 2- COLOCAÇÃO DE BUEIROS NA RUA PRINCIPAL PRÓXIMO A RESIDÊNCIA DO SR. CARLOS PREST EM ARAGUAIA, MARECHAL FLORIANO-ES._x000D_
 3-MELHORAMENTOS NO CAMPO E NA QUADRA DE ESPORTES EM ARAGUAIA, MARECHAL FLORIANO-ES._x000D_
 4- CONSTRUÇÃO DE UMA PONTE AO CÓRREGO TAQUETE, PRÓXIMO À PROPRIEDADE DO SR. HUMBERTO FIGUEROA, EM RIO FUNDO, MARECHAL FLORIANO-ES._x000D_
 5- AQUISIÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DE CEMITÉRIO PÚBLICO._x000D_
 6-NOVA CONSTRUÇÃO PARA DESTACAMENTO DE POLICIA MILITAR._x000D_
 7-PASSAR A MAQUINA COM URGÊNCIA E CASCALHAR A ESTRADA COM INICIO NA RESIDÊNCIA DO SR. JOSÉ CLEMENTE, ATÉ A PROPRIEDADE DO SR. JOSÉ ANTONIO MODOLO, LOCAL POPULARMENTE CONHECIDO COMO CEDRO, QUE FICA NA DIVISA ENTRE OS MUNICÍPIOS DE MARECHAL FLORIANO E ALFREDO CHAVES.</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5832/5832_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5832/5832_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A MODIFICAÇÃO DO TRÂNSITO DE ENTRADA E SAÍDA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5833/5833_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5833/5833_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 1- MELHORAMENTOS NA RUA ALBERTO HENRIQUE RACH, COM INICIO NAS CASAS POPULARES LOCALIZADOS NO CONJUNTO SERGIO SEBASTIÃO STEIN._x000D_
 ESTA RUA DA ACESSO A QUINTA DOS LAGOS, NESTE MUNICÍPIO._x000D_
 2-MELHORAMENTOS NA ESTRADA QUE DA ACESSO A BOM JESUS, NESTE MUNICÍPIO._x000D_
 3-ISENTAR OS MORADORES, QUE FORAM BENEFICIADOS COM AS CASAS POPULARES DA TAXA DE CONTRIBUIÇÃO.</t>
   </si>
   <si>
     <t>5834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5834/5834_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5834/5834_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DAS SEGUINTES REIVINDICAÇÕES:_x000D_
 PAVIMENTAÇÃO E COLOCAÇÃO DE BUEIROS NA RUA IVAY MENDES, ESTA RUA TEM INICIO NA RUA ANTENOR DOS SANTOS BRAGA E TERMINO NA RESIDENCIA DO SR. JAIME MENDES._x000D_
 INTERLIGAÇÃO COM A RUA COSTA E SILVA QUE DÁ ACESSO A GLOBOAVES, PRÓXIMO Á RESIDÊNCIA DO SR. IVARLEI TONGO.</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5835/5835_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5835/5835_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE PROMOVA ESTUDOS NO QUE VISAM A DIMINUIÇÃO DA TAXA DE ENERGIA ELÉTRICA EM NOSSO MUNICÍPIO NO SENTIDO DE FAVORECER A TODOS CONTRIBUINTES.</t>
   </si>
   <si>
     <t>5836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5836/5836_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5836/5836_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE MANILHAS E PAVIMENTAÇÃO DA RUA EDIVALDO VIEIRA DOS SANTOS, PRÓXIMO A RESIDÊNCIA DO SR. ERCÍLIO STEIN, DO SR. NIELSON STEIN, DO TARCISIO TONANI E DA SRª EDVALDA VIEIRA DOS SANTOS, POPULARMENTE CONHECIDA COMO DADAI.</t>
   </si>
   <si>
     <t>5837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5837/5837_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5837/5837_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PAVIMENTAÇÃO ASFÁLTICA, NA RUA PAULO WASSEM, NESTE MUNICÍPIO, NESTA RUA RESIDEM APROXIMADAMENTE 20 FAMÍLIAS, E SUA EXTENSÃO COMPREENDE A 15 METROS.</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5838/5838_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5838/5838_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE FIRMAR CONVÊNIO COM O HOSPITAL DA FASDHOMAR DE DOMINGOS MARTINS, PARA ATENDIMENTO POR AQUELA UNIDADE HOSPITALAR, DOS MUNICÍPIOS DE MARECHAL FLORIANO-ES, PARA COBRIR AS DESPESAS QUE EXCEDEREM AO TETO FINANCEIRO QUE O SUS (SISTEMA ÚNICO DE SAÚDE) DESTINADA PARA À ATENÇÃO DO POVO FLORIANENSE. O CONVENIO À SER FIRMADO DEVERA OBEDECER A TABELA.</t>
   </si>
   <si>
     <t>5839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5839/5839_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5839/5839_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE MODIFICAR A LINHA DO TRANSPORTE (ÔNIBUS), AMPLIANDO SEU TRAJETO DA COMUNIDADE DE BATATAL ATÉ A VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>5840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5840/5840_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5840/5840_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES REINVIDICAÇÕES:_x000D_
 1-CONSTRUÇÃO DE CASAS POPULARES;_x000D_
 2- MELHORAMENTO DA RUA CECILIA PITANGA;_x000D_
 3- BENEFICIO VALE-TRANSPORTE PARA OS SERVIDORES DESTA PREFEITURA DE MARECHAL FLORIANO-ES._x000D_
 4- POSSIBILIDADE DE PLANO DE SAÚDE PARA OS SERVIDORES DA REDE MUNICIPAL;_x000D_
 5-VERIFICAR OS SALÁRIOS DOS SERVIDORES PÚBLICO DO MUNICÍPIO (SALÁRIO BASE);_x000D_
 6-INSTALAÇÃO DE UNIDADE DE CORPO DE BOMBEIROS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5841/5841_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5841/5841_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A ILUMINAÇÃO, NA RUA RICARDO ULIANA, EM ARAGUAIA-ES.</t>
   </si>
   <si>
     <t>5842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5842/5842_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5842/5842_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE IMPLANTAÇÃO DO PROGRAMA DE SAÚDE BUCAL, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5843/5843_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5843/5843_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NO SENTIDO DE QUE SEJA VIABILIZADA OBRA DE PAVIMENTAÇÃO ASFÁLTICA, TENDO INICIO NA RESIDÊNCIA DO SR. LEOMAR BOLDRINI ATÉ NO CAMPO PRÓXIMO A RESIDENCIA DO SR. IVANIR RANGEL.</t>
   </si>
   <si>
     <t>5844</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5844/5844_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5844/5844_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A DISPONIBILIDADE PARA AQUISIÇÃO DE UNIFORMES PARA OS FUNCIONÁRIOS DO SETOR OPERACIONAL DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5845/5845_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5845/5845_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE PROTEÇÃO NA PASSARELA NA RUA LAURA LITTIG CUSTER,, PRÓXIMO ÀS RESIDÊNCIAS DOS SRS ORLANDO LITTIG E ORENDINO VIEIRA, E TAMBÉM A PROIBIÇÃO DE ESTACIONAR CARROS, EM FRENTE A ENTRADA DA RUA PRÓXIMA O COMÉRCIO DO SR. ALTEVI WASSEM.</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5846/5846_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5846/5846_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA FAZER UM LEVANTAMENTO DAS CRIANÇAS QUE RESIDEM NA RUA GUSTAVO HERTEL E DEPENDEM DE TRANSPORTE ESCOLAR PARA ESTUDAR.</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5847/5847_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5847/5847_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ÍNDICA AS SEGUINTES MEDIDAS NA RUA JULIETA FISCHER EM ALTO MARECHAL-ES._x000D_
 -REDE DE ESGOTO, REDE PLUVIAL COM CAIXA DE RECEPÇÃO E TRINCHEIRA PARA O RECEBIMENTO DE ÁGUA NESTE LOCAL.</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5848/5848_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5848/5848_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UMA UNIDADE DE DESTACAMENTO DA POLICIA MILITAR, PARA FICAR DE PLANTÃO 24HS, NO POSTO DO CAFÉ, LOCALIZADO NA BR 262, KM 50 - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5849</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5849/5849_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5849/5849_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UMA CENTRAL DE AMBULÂNCIA PARA FICAR DE PLANTÃO 24 HORAS, NO POSTO DO CAFÉ, LOCALIZADO NA BR 26552, KM 50 - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5850/5850_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5850/5850_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE URNAS ESPALHADAS NA CIDADE DE MARECHAL FLORIANO, COMO PONTOS DE COLETA DE SUGESTÕES E DENÚNCIAS, MANIFESTANDO POR ESCRITO PELOS MORADORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5851/5851_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5851/5851_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA PONTE EM SANTA MARIA, QUE SAI DO ASFALTO E DÁ ACESSO A ALFREDO CHAVE, PASSANDO PELA RESIDÊNCIA DO SR. JAIR KROHLING E PRÓXIMO DA RESIDÊNCIA DO SR. JOSÉ LUDOVICO.</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5852/5852_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5852/5852_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE PARA ATENDIMENTO DAS SEGUINTES REIVINDICAÇÕES:_x000D_
 1- QUE SEJA FEITO O CALÇAMENTO NO PÁTIO DA IGREJA CATÓLICA DE RIO FUNDO;_x000D_
 2- QUE SE FAÇA UMA VERIFICAÇÃO NAS CONDIÇÕES DE TODAS AS PONTES DE MADEIRA DO NOSSO MUNICÍPIO;_x000D_
 3-QUE DETERMINE À SECRETARIA DE AGRICULTURA DO MUNICÍPIO QUE ACOMPANHE MAIS DE PERTO OS PROBLEMAS DOS AGRICULTORES, PARA QUE POSSA DAR UMA MELHOR ASSISTÊNCIA AO HOMEM DO CAMPO, CRIANDO INCLUSIVE MECANISMOS PARA DISTRIBUIÇÃO DE SEMENTES, ADUBOS E DEFENSIVOS AGRÍCOLAS AOS PRODUTORES CARENTES.</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5853/5853_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5853/5853_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A  NECESSIDADE DE CONSTRUÇÃO DE UMA CRECHE EM ARAGUAIA-ES.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5854/5854_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5854/5854_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PASSAGEM DE DOIS VEÍCULOS NA PONTE AO LADO DA OFICINA TAQUETE, NESTE CIDADE.</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5855/5855_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5855/5855_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE AQUISIÇÃO DE UM LOTE PARA CONSTRUÇÃO DE UM ESPAÇO PARA REALIZAÇÕES DE EVENTOS, REUNIÕES, EXPOSIÇÕES DE TRABALHOS ARTESANAIS CONFECCIONADOS PELO GRUPO DA 3ª IDADE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5856/5856_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5856/5856_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COMBATE DE FOCO DE MOSQUITO NESTA CIDADE.</t>
   </si>
   <si>
     <t>5857</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5857/5857_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5857/5857_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DAS SEGUINTES MEDIDAS:_x000D_
 1-MELHORAMENTO OU PAVIMENTAÇÃO NA ESTRADA QUE DÁ ACESSO A TORRE DE TELEVISÃO._x000D_
 2-AJUDA DE CUSTO AO SR. JOÃO RODRIGUES FALCÃO EM RECONHECIMENTO PELO ESFORÇO E DEDICAÇÃO QUE ESTE CIDADÃO PRESTA DANDO MANUTENÇÃO À TORRE DE TELEVISÃO, LOCALIZADA NA ESTRADA DO REPETIDOR, NESTE MUNICÍPIO._x000D_
 3-TRANSPORTE ESCOLAS PRÓXIMO ÀS RESIDÊNCIAS DE DIFÍCIL ACESSO;_x000D_
 4-MELHORAMENTO NA ESTRADA DE BOA ESPERANÇA;_x000D_
 5-MELHORAMENTO NA RUA EMILIO ENDLICH, QUANTO À LIMPEZA GERAL DE ACÚMULO DE MATO E MATERIAL DE CONSTRUÇÃO NO MEIO DA RUA._x000D_
 6-SOLICITAÇÃO, ATRAVÉS DE OFICIO AO CIRETRAN DE MARECHAL, IDENTIFICANDO TODOS OS CONCESSIONÁRIOS DE TÁXI DO MUNICÍPIO, BEM COMO O PONTO OU LOCAL DE TRABALHANDO DE CADA VEÍCULO.</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5858/5858_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5858/5858_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A TROCA DAS LUMINÁRIAS NAS SEGUINTES RUAS:_x000D_
 - RUA SEBASTIÃO FRANCISCO PENHA;_x000D_
 - NA LADEIRA, PRÓXIMO AO MERCADO.</t>
   </si>
   <si>
     <t>5863</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5863/5863_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5863/5863_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A DISPONIBILIDADE PARA AQUISIÇÃO DE UM VEÍCULO UTILITÁRIO "TOPIC", COM MAIOR CAPACIDADE PARA ESTAR PRESTANDO SERVIÇOS À ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5864/5864_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5864/5864_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITA UMA PESQUISA PARA LEVANTAR DADOS SOBRE O INTERESSE DOS CIDADÃOS QUE QUEIRAM INGRESSAR NO RAMO DE REDE HOTELARIAS, POUSADAS E CONSTRUÇÃO DE CHALÉS NO MUNICÍPIO, PARA O CRESCIMENTO NO TURISMO DE NOSSA REGIÃO.</t>
   </si>
   <si>
     <t>5865</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5865/5865_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5865/5865_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA VIABILIZAÇÃO DA ABERTURA DA PASSARELA AO LADO DA BIBLIOTECA MUNICIPAL, ONDE FUNCIONAVA A ANTIGA IGREJA MARANATA, NA RUA VICTOR TRAVAGLIA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5866/5866_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5866/5866_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA REFORMA DA UNIDADE DE SAÚDE, CÉSAR VELLO PUPIM, NESTA CIDADE E A IMPLANTAÇÃO DE UM PRONTO ATENDIMENTO DE URGÊNCIA E EMERGÊNCIA, DISPONDO DOS SEGUINTES APARELHOS PARA SITUAÇÕES DE RISCO COMO:_x000D_
 01- DESFIBRILADOR CARDIOLÓGICO;_x000D_
 02- RESPIRADOR ARTIFICIAL;</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5867/5867_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5867/5867_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 01- POSSIBILIDADE DE REABERTURA DA ESCOLA DE ALTO MARECHAL, ONDE PODERÁ TAMBÉM FUNCIONAR UMA CRECHE._x000D_
 02-CONSTRUÇÃO DA REDE DE ESGOTO, DRENAGEM E PAVIMENTAÇÃO DA RUA HERMÍNIO ENTRINGER EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5868/5868_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5868/5868_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CONSTRUÇÃO DE MEIOS-FIOS, CANALETAS E MANUTENÇÃO DO ASFALTO QUE LIGA A BR 262 À COMUNIDADE DE ALTO MARECHAL -ES.</t>
   </si>
   <si>
     <t>5869</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5869/5869_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5869/5869_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DISPONIBILIZAR A CONSTRUÇÃO DE UM CAMPO DE FUTEBOL DE AREIA E UM CAMPO DE BOCHA PARA A COMUNIDADE DE ARAGUAIA, LOCALIZADO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5870</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5870/5870_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5870/5870_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 01- CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA PARA A COMUNIDADE DE ARAGUAIA._x000D_
 02-CONSTRUÇÃO DE UM BUEIRO NO LOTEAMENTO DO SR. MIGUEL DE SOUZA, LOCALIZADO EM SANTA MARIA, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5871</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5871/5871_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5871/5871_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PAVIMENTAÇÃO DA RUA QUINTA DOS LAGO, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5872</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5872/5872_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5872/5872_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA COLOCADO UM POSTE DE ILUMINAÇÃPO NA RUA GUSTAVO HERTEL, PRÓXIMO A BIQUINHA.</t>
   </si>
   <si>
     <t>5873</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5873/5873_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5873/5873_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PAVIMENTAÇÃO E ILUMINAÇÃO DA RUA PAULO LOVATTI, QUE FICA LOCALIZADA ATRÁS DAS CASAS POPULARES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5874</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5874/5874_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5874/5874_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE INSTALAÇÃO DE UMA CENTRAL DE AMBULÂNCIA NA COMUNIDADE DE ARAGUAIA, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5875</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5875/5875_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5875/5875_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE COLOCAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NO PÁTIO DA IGREJA CATÓLICA DE SOÍDO DE BAIXO, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5897</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5897/5897_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5897/5897_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE TOMEM CONHECIMENTO DE FATOS OCORRIDOS NO DESTRATO AO ATENDIMENTO A PACIENTES NA UNIDADE DE SAÚDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5898</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5898/5898_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5898/5898_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA REALIZAÇÃO DA "MANUTENÇÃO DE LIMPEZA DAS VIAS PÚBLICAS".</t>
   </si>
   <si>
     <t>5899</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5899/5899_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5899/5899_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA FEIRA DE ARTESANATO E DE COMIDAS TIPICAS CONFECCIONADAS PELOS MORADORES DO MUNICÍPIO, TENHA SEU FUNCIONAMENTO NOS FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>5900</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5900/5900_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5900/5900_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES REIVINDICAÇÕES:_x000D_
 1- CONSTRUÇÃO DE UMA PASSARELA NO INICIO DA RUA WALDEMAR MEES, APROVEITANDO A CONSTRUÇÃO DA GALERIA QUE VAI DAR ACESSO À RUA EDUARDO RUP, PRÓXIMO À RESIDÊNCIA DO SR. JOSÉ ENDLICH, EM MARECHAL FLORIANO-ES._x000D_
 2- PAVIMENTAÇÃO, AO LADO DA RESIDÊNCIA DA SRª NILDA BUNGESTAB E NEIDE BUBAC, POPURLAMENTE CONHECIDA COMO "BECO", NO INICIO DA RUA WALDEMAR MEES, NESTA CIDADE._x000D_
 3- REALIZAR MELHORAMENTO NA PISTA DE SKYTE E A POSSIBILIDADE DA COBERTURA DA MESMA.</t>
   </si>
   <si>
     <t>5901</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5901/5901_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5901/5901_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE PROCEDER MELHORAMENTOS NO ESCOLA UNIDOCENTE JOSÉ ALOÍSIO SIMON, LOCALIZADA NA COMUNIDADE BETINHO SIMON, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5902</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5902/5902_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5902/5902_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA VIABILIZAÇÃO DO RECAPEAMENTO DO ASFALTO DA RUA DELIMAR SCHUNCK E MELHORAMENTO DA ILUMINAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>5903</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5903/5903_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5903/5903_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTO NO POSTO DE SAÚDE, LOCALIZADO NO CONJUNTO DE CASAS SÉRGIO SEBASTIÃO STEIN, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5904</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5904/5904_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5904/5904_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ESTAR DISPONIBILIZANDO MATERIAL PARA QUE SEJA FEITA A PINTURA DA QUADRA DE ESPORTES PAULO KROHLING, SITUADA EM SANTA MARIA  - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5905</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5905/5905_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5905/5905_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA REALIZAÇÃO DE OBRAS DE CALÇAMENTO EM TORNO DA ESCOLA NICOLAU KROHLING EM SANTA MARIA, BEM COMO NA PRAÇA ABAIXO DA IGREJA DE SÃO JOSÉ, UTILIZADA COMO ESTACIONAMENTO DE VEÍCULOS NOS DIAS DE CELEBRAÇÕES E FESTAS DAQUELA COMUNIDADE.</t>
   </si>
   <si>
     <t>5906</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5906/5906_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5906/5906_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A NECESSIDADE DA COLOCAÇÃO DE POSTE COM LUMINÁRIA NA RUA ERCILIO HENRIQUE PEREIRA NEVES, PRÓXIMO AO SUPERMERCADO AVENIDA, LOCALIZADO NA AVENIDA ARTHUR HAESE, NESTA CIDADE, POIS A MESMA SE ENCONTRA COM ILUMINAÇÃO INSUFICIENTE ACARRETANDO COM ISTO DESCONFORTO AOS MORADORES E USUÁRIOS QUE TRAFEGAM NESTA RUA. </t>
   </si>
   <si>
     <t>5907</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5907/5907_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5907/5907_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE URGENTE DA RECUPERAÇÃO DA ESTRADA QUE LIGA COSTA PEREIRA AO SITIO DE PROPRIEDADE DO SR. GASTÃO E LUIS KIEFER, LOCALIZADA NA DESCIDA DA ANTIGA ESCOLA DE COSTA PEREIRA, ONDE CONSTATEI DE PERTO IMPOSSIBILIDADE E TRÁFEGO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>5908</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5908/5908_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5908/5908_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A COLOCAÇÃO DE POSTE COM LUMINÁRIAS NO FINAL DA RUA ADÃO KIEFER, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5909</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5909/5909_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5909/5909_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE PROMOVA ESTUDOS NO SENTIDO DE VIABILIZAR UMA REVISÃO NOS VENCIMENTOS (SALÁRIOS), DOS MEMBROS DO CONSELHO TUTELAR DESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5910</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5910/5910_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5910/5910_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NO POSTO DE SAÚDE EM ARAGUAIA, NESTE MUNICÍPIO, E AMPLIAÇÃO DE UMA COBERTURA PARA O LOCAL.</t>
   </si>
   <si>
     <t>5911</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5911/5911_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5911/5911_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR CALÇAMENTO OU PAVIMENTAÇÃO ASFÁLTICA, NA RUA PRINCIPAL DA COMUNIDADE DO BETINHO SIMON, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5912</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5912/5912_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5912/5912_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAÇÃO DO ASFALTAMENTO NA ESTRADA DE SOÍDO DE BAIXO, ATÉ A CABOCLA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5913</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5913/5913_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5913/5913_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VERIFICADA AS CONDIÇÕES DO EQUIPAMENTO DOS TRABALHADORES QUE MANTEM A CONSERVAÇÃO DE NOSSAS RUAS, DA SEDE E TAMBÉM DO INTERIOR.</t>
   </si>
   <si>
     <t>5950</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5950/5950_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5950/5950_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA AQUISIÇÃO DE UM LOCAL ADEQUADO PARA ABRIGAR O DESTACAMENTO DE POLICIA MILITAR, LOCALIZADO NA RUA WALDEMAR MEES.</t>
   </si>
   <si>
     <t>5949</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5949/5949_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5949/5949_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES REIVINDICAÇÃO:_x000D_
 01-COLOCAÇÃO DE UM TAMPÃO NO BUEIRO, NA RUA DELIMAR SCHUNCK, PRÓXIMO A RESIDÊNCIAS DO SR. MÁRIO SCHUNCK, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5948</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5948/5948_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5948/5948_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DAS SEGUINTES MEDIDAS:_x000D_
 01-MELHORAMENTOS NA UNIDADE DE SAÚDE DE BOM JESUS, MARECHAL FLORIANO-ES._x000D_
 02-COLOCAÇÃO DE ENERGIA ELÉTRICA NA QUADRA DE ESPORTES DE BOM JESUS.</t>
   </si>
   <si>
     <t>5947</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5947/5947_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5947/5947_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE AQUISIÇÃO DE UMA PATROLA, PARA ATENDER OS AGRICULTORES E DEMAIS PESSOAS QUE NECESSITAM DESTE SERVIÇO.</t>
   </si>
   <si>
     <t>5946</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5946/5946_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5946/5946_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A PINTURA DOS QUEBRA-MOLAS EM TODO O PERCURSO DESTA CIDADE.</t>
   </si>
   <si>
     <t>5945</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5945/5945_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5945/5945_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES REIVINDICAÇÕES:_x000D_
 01-ILUMINAÇÃO E PAVIMENTAÇÃO DA IGREJA CATÓLICA DE RIO FUNDO-MARECHAL FLORIANO-ES._x000D_
 02-COLOCAÇÃO DE UM BUEIRO NA RUA DELIMAR SCHUNCK, PRÓXIMO À RESIDÊNCIA DA SRª APARECIDA._x000D_
 003-CONSTRUÇÃO DE UMA PASSARELA, NA RUA DELIMAR SCHUNCK, TENDO INICIO ONDE TERMINA O ASFALTO.</t>
   </si>
   <si>
     <t>5944</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5944/5944_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5944/5944_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A REDE DE ESGOTO, NA RUA THEODORO DA FONSECA, POPULARMENTE CONHECIDA COMO LOTEAMENTO DO ZOCA, PRÓXIMO À RESIDÊNCIA DO SR. JORGE JOÃO LUCAS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5943</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5943/5943_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5943/5943_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES REIVINDICAÇÕES:_x000D_
 01-REALIZAÇÃO DO TÉRMINO DA GALERIA NO VALE DAS PALMAS ATÉ A BR 262;_x000D_
 02- SOLICITANDO A EMPRESA DE ÔNIBUS QUE FAZ A LINHA NESTE MUNICÍPIO DE MARECHAL FLORIANO VIA DOMINGOS MARTINS A POSSIBILIDADE DE COLOCAR PELO MENOS DUAS VEZES POR DIA A CIRCULAÇÃO NESTAS COMUNIDADES QUE É FEITA, TODOS OS DIAS COM DESTINO A SEDE DESTE MUNICÍPIO E A CAMPINHO._x000D_
 03-SUGIRO QUE SEJA REALIZADO ESTUDOS, PARA ISENTAR O IDOSO ACIMA DE 60 ANOS TER O SEGUINTE BENEFICIO DE NÃO PAGAR PASSAGEM, NA LINHA DE ÔNIBUS QUE FAZ ESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5942</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5942/5942_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5942/5942_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SUGESTÕES E PRIORIDADES DO PRÓ-RURAL DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5941</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5941/5941_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5941/5941_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE URGENTE DA VIABILIZAÇÃO DE UM MURO DE PROTEÇÃO SOBRE O CÓRREGO ENTRE O PRÉDIO DE PROPRIEDADE DO SR. EUSTÁQUIO E O COMÉRCIO POPULARMENTE CONHECIDO COMO BATE ESTACA, LOCALIZADO NA RUA CLARA ENDLICH, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5940</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5940/5940_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5940/5940_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA AQUISIÇÃO DE UM TELEFONE (ORELHÃO), NO PÁTIO DA SECRETARIA DE TRANSPORTE DESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5939</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5939/5939_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5939/5939_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PROPOR ESTUDOS PARA CONCEDER O BENEFICIO DO VALE TRANSPORTE AOS SERVIDORES MUNICIPAIS, TENDO EM VISTA A DIFICULDADE DE ALGUNS TRABALHADORES QUE DEPENDEM DE TRANSPORTE COLETIVO PARA CHEGAR AO TRABALHO.</t>
   </si>
   <si>
     <t>5938</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5938/5938_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5938/5938_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS NA RUA ALVINO WASSEM, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5937</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5937/5937_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5937/5937_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAR POLICIAIS EM VICTOR HUGO, MARECHAL FLORIANO-ES, NO HORÁRIO DE CELEBRAÇÕES QUE ACONTECEM SEMPRE AOS DOMINGOS ÁS 10;00 HORAS DA MANHÃ E TAMBÉM DURANTE A SEMANA, NAS PROXIMIDADES DO COMÉRCIO.</t>
   </si>
   <si>
     <t>5936</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5936/5936_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5936/5936_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE MEDIR NOVAMENTE TODAS AS ESTRADAS QUE SÃO FEITAS AS LINHAS DE TRANSPORTE ESCOLAR, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5935</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5935/5935_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5935/5935_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA ESTUDOS NO SENTIDO DE CRIAR UMA LEI QUE POSSA VIR ORGANIZAR A ORDEM DOS TAXISTAS NESTE MUNICÍPIO, OU SEJA, COLOCAR UMA ORDEM DE SEQUENCIA DE CHEGADA E SAÍDA DE VEÍCULOS.</t>
   </si>
   <si>
     <t>5934</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5934/5934_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5934/5934_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA INSTALAÇÃO DE TRÊS POSTES COM LUMINÁRIAS NA RUA THEOBALDO RUPHF ATÉ A RESIDÊNCIA DA SRª DEUZA LAUER, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5933</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5933/5933_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5933/5933_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA SUGESTÕES SOBRE O SEGUINTE TEMA:_x000D_
 ESTUDOS ENVOLVENDO A SECRETARIA MUNICIPAL DE EDUCAÇÃO, OBJETIVANDO A VIABILIZAR A POSSIBILIDADE DE UMA AJUDA DE CUSTO NO TRANSPORTE ESCOLA, AOS ALUNOS QUE CURSAM NÍVEL SUPERIOR, PRINCIPALMENTE A NOITE.</t>
   </si>
   <si>
     <t>5932</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5932/5932_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5932/5932_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE MELHORAMENTOS NA VILA DOS IPÊS, EM SANTA MARIA, MARECHAL FLORIANO, ESTADO DO ESPIRITO SANTO, E TAMBÉM A NECESSIDADE DE COLOCAÇÃO DE BUEIROS.</t>
   </si>
   <si>
     <t>5931</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5931/5931_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5931/5931_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE AQUISIÇÃO DE UM TRANSMISSOR DE IMAGENS COM MAIOR CAPACIDADE PARA MELHOR ATENDER AOS MUNÍCIPES FLORIANENSES.</t>
   </si>
   <si>
     <t>5930</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5930/5930_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5930/5930_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DO PROGRAMA DE TRATAMENTO DE ÁGUA PRÓ-RURAL, NA COMUNIDADE DO BETINHO SIMON, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5929</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5929/5929_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5929/5929_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ATENDIMENTO MÉDICO DA POPULAÇÃO FLORIANENSE, QUE NO MOMENTO ESTA LIMITADO AO TETO FINANCEIRO ESTIPULADO PELO SUS.</t>
   </si>
   <si>
     <t>5928</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5928/5928_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5928/5928_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REFAZER O CALÇAMENTO NA SUBIDA E NO PÁTIO DA IGREJA DE ARAGUAIA- NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5927</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5927/5927_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5927/5927_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE PROMOVA ESTUDOS COMPATÍVEIS VISANDO A IMPLANTAÇÃO DE UM MINI POSTO DO BANESTES, PARA A COMUNIDADE DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5926</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5926/5926_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5926/5926_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AS SEGUINTES MEDIDAS:_x000D_
 01- MELHORAMENTOS NA ILUMINAÇÃO E AQUISIÇÃO DE POSTES PRÓXIMO A RESIDÊNCIA DO SR. LEOMAR BOLDRINI, ATÉ A RESIDÊNCIA DA SRª MARIA LOURENÇO, ARAGUAIA MARECHAL FLORIANO-ES._x000D_
 02- COLOCAÇÃO DE  POSTES, NA ENTRADA DE ARAGUAIA ATÉ A ARACRUZ CELULOSE, QUE DÁ ACESSO A TRAVESSIA DA LINHA, PRÓXIMO A RESIDÊNCIA DO SR. FLORIANO SCHENEIDER, NESSE MUNICIPIO.</t>
   </si>
   <si>
     <t>5925</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5925/5925_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5925/5925_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A REFORMA OU CONSTRUIR UM NOVO SANITÁRIO PÚBLICO QUE FICA LOCALIZADO NA RUA GUSTAVO HERTEL, POPULARMENTE CONHECIDO COMO BATATAL.</t>
   </si>
   <si>
     <t>5924</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5924/5924_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5924/5924_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA FEITO DENTRO DO POSSÍVEL, COM UMA CERTA URGÊNCIA A VIABILIZAÇÃO DE ATERRO E MANILHAMENTO NA RUA PROJETADA QUE FICA AO LADO DA RESIDÊNCIA DO SR. HÉLIO QUINTINO RUPF E DO SR. LEVI SCHUNCK, ESTAS RESIDÊNCIAS FAZEM DIVISA COM O MURO DA CESAN, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5923</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5923/5923_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5923/5923_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAR UM VIGIA NA ESCOLA APOLLO 13 E ADJACÊNCIA.</t>
   </si>
   <si>
     <t>5922</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5922/5922_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5922/5922_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A CONSTRUÇÃO DE UM MINI-POSTO DE SAÚDE NA RUA DELIMAR SCHUNCK, POPULARMENTE CONHECIDO COMO RUA DA LINHA.</t>
   </si>
   <si>
     <t>5921</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5921/5921_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5921/5921_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR CONVÊNIO COM LABORATÓRIO E IMPLANTAÇÃO DE PROGRAMA PARA ATENDIMENTO DE PESSOAS CARENTES, QUE NECESSITAM DE EXAME DE DNA, MAS DEVIDO TER O CUSTO MUITO ELEVADO, FICAM IMPOSSIBILITADOS DE FAZER O MESMO.</t>
   </si>
   <si>
     <t>5920</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5920/5920_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5920/5920_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE NA SESSÃO ORDINÁRIA EM DATA DE 02/07/2005, FOI APRESENTADO NESTA CASA PARA O CONHECIMENTO DA POPULAÇÃO FLORIANENSE E DEMAIS PARES O RELATÓRIO CIRCUNSTANCIADO E A CONCLUSÃO DO TRABALHOS DA COMISSÃO PARLAMENTAR DE INQUÉRITO. E COM RESPALDO NOS FATOS APRESENTADOS, FICOU ESCLARECIDO A DEVOLUÇÃO DOS RECURSOS DESVIADOS AOS COFRES PÚBLICOS DO MUNICÍPIO._x000D_
 _x000D_
 E DIANTE DO EXPOSTO SUGIRO QUE ESTE RECURSO SEJA UTILIZADO EM COMPRAS DE EQUIPAMENTOS OU CONSTRUÇÃO DE CRECHE, PARA BENEFICIAR A TODA A POPULAÇÃO FLORIANENSE. INFORMANDO AINDA O QUANTO A POPULAÇÃO PERDEU DURANTE OS ANOS QUE ESTE DINHEIRO ESTAVA SENDO DESVIADO POR PARTE DE ALGUNS SERVIDORES.</t>
   </si>
   <si>
     <t>5919</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5919/5919_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5919/5919_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A COLOCAÇÃO DE LIXEIRAS NAS PRINCIPAIS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>5918</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5918/5918_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5918/5918_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE  VIABILIZAR O ASFALTO NA ESTRADA QUE DÁ ACESSO A BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5917</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5917/5917_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5917/5917_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR UMA MELHOR SINALIZAÇÃO EM TODA A RODOVIA FRANCISCO STOCKL, REALIZANDO A PINTURA DA FAIXAS CENTRAIS E LATERAIS NESTA ESTRADA QUE COMPREENDE O PERCURSO DO POSTO DO CAFÉ ATÉ ARAGUAIA.</t>
   </si>
   <si>
     <t>5916</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5916/5916_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5916/5916_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A ATIVAÇÃO DO POSTO TELEFÔNICO OU A INSTALAÇÃO DE UM TELEFONE PÚBLICO NA COMUNIDADE DE BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5915</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5915/5915_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5915/5915_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE  VIABILIZAR O PATROLAMENTO E A LIMPEZA DA ESTRADA DE COSTA PEREIRA E BOM JESUS E DA ESTRADA DO FINAL DA RUA DA PRODUTORA QUE TAMBÉM DA ACESSO A BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5914</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5914/5914_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5914/5914_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO) NA PRAÇA DA ESTAÇÃO NA COMUNIDADE DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5830/5830_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5830/5830_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE EMPENHAR-SE JUNTO Á TELEMAR PARA QUE SEJA EXECUTADA A EXTENSÃO DA REDE DE TELEFONIA FIXA, NA LOCALIDADE DE ALTO MARECHAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5829/5829_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5829/5829_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE PROMOVER ESTUDOS VISANDO O AUMENTO DO AUXILIO ALIMENTAÇÃO DOS SERVIDORES, DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5828/5828_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5828/5828_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A IMPLANTAÇÃO DA REDE DE ESGOTO E A REDE PLUVIAL NA RUA HERMÍNIO ENTRINGER, BEM COMO CALÇAMENTO OU ASFALTAMENTO DESTA RUA, INTERLIGANDO-A À RUA JULIETA FISCHER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5827/5827_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5827/5827_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR JUNTO À ESCELSA, A SUBSTITUIÇÃO DE 10 LÂMPADAS VS, NA RUA DELIMAR SCHUNCK, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5826/5826_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5826/5826_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR DISPONIBILIZANDO MELHORES CONDIÇÕES DE ATENDIMENTO À POPULAÇÃO NO POSTO DE SAÚDE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5825/5825_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5825/5825_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR O ASFALTAMENTO DA SUBIDA DO VALE DO AMANHECER, EM MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5824/5824_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5824/5824_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A URBANIZAÇÃO COMPLETA DE UM CALÇADÃO PARALELO À LINHA FÉRREA EM ARAGUAIA, TENDO INICIO NO BAR DO SR. SANTO CHRIST ATÉ O FINAL DO CAMPO DE ARAGUAIA, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5823/5823_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5823/5823_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR PROMOVENDO UMA CAMPANHA DE PREVENÇÃO DO VERME PARASITA "ESQUISTOSSOMOSE", NAS COMUNIDADES DE SANTA MARIA E ARAGUAIA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5822/5822_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5822/5822_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A CONCLUSÃO DOS SERVIÇOS DE ILUMINAÇÃO DA QUADRA DE BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5821/5821_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5821/5821_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR A ABERTURA E CALÇAMENTO DE UMA RUA NA TRAVESSIA DA LINHA FÉRREA PARA DAR ACESSO AO CAMPO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5820</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5820/5820_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5820/5820_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAR A ABERTURA DE UMA RUA NA LINHA FÉRREA PASSANDO PELA RESIDÊNCIA DO SR. IVANIR RANGEL E PELA ANTIGA QUADRA DE ESPORTE QUE VAI DAR ACESSO AO LOCAL POPULARMENTE CONHECIDO COMO RUA DO SAPO, EM ARAGUAIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5819/5819_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5819/5819_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE AQUISIÇÃO DE UMA MAQUINA AGRÍCOLA COM ARADO E GRADE, PARA MELHOR ATENDIMENTO AOS PRODUTORES RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5818</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5818/5818_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5818/5818_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO), NA COMUNIDADE DO SR. MIGUEL SOUZA, LOCALIZADA EM SANTA MARIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5817/5817_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5817/5817_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ESTAR DISPONIBILIZANDO A INSTALAÇÃO DE LÂMPADA NO POSTO IPIRANGA, ENTRADA DE RIO FUNDO, NO TRECHO QUE DÁ ACESSO À CASA DO SORRISO E DEMAIS MORADORES DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>5816</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5816/5816_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5816/5816_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR O RECOLHIMENTO DIÁRIO DO LIXO, À NOITE A PARTIR DAS 20:00 HORAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5815/5815_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5815/5815_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA  CONTRATAÇÃO DE UM PROFISSIONAL PEDIATRA, PARA ATENDIMENTO DUAS VEZES POR MÊS, NO POSTO DE SAÚDE DE SOÍDO DE BAIXO E DEMAIS COMUNIDADES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5814/5814_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5814/5814_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA AQUISIÇÃO DE UM VEICULO "ÔNIBUS", PARA TRANSPORTE DOS GRUPOS DA 3ª IDADE NOS ENCONTROS E FESTEJOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5813/5813_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5813/5813_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAR PSF ODONTOLÓGICO DENTISTA, EM SANTA MARIA E DEMAIS COMUNIDADES, VIABILIZANDO O ATENDIMENTO AOS MORADORES NO HORÁRIO DE 8 HORAS ÀS 5 HORAS.</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5812/5812_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5812/5812_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A CONSTRUÇÃO DE UMA PASSARELA NA RUA DELIMAR SCHUNCK, POPULARMENTE CONHECIDA COMO RUA DA LINHA, APÓS O TÉRMINO DO ASFALTO.</t>
   </si>
   <si>
     <t>5811</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5811/5811_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5811/5811_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR AS SEGUINTES MEDIDAS:_x000D_
 01- VIABILIZAÇÃO DO TÉRMINO DO ASFALTO NA COMUNIDADE DA FAMÍLIA RHEIN MEDEIROS, LOCALIZADO EM ALTO MARECHAL, NESTE MUNICÍPIO._x000D_
 02- CONSTRUÇÃO DE UM ÁREA DE LAZER BEIRANDO O RIO BRAÇO SUL, POR TRÁS DAS CONSTRUÇÕES DE PROPRIEDADE DO SR. JERÔNIMO, COM INICIO NA PONTE PRÓXIMO AO BANESTES ATÉ A PONTE PRÓXIMO À SECRETARIA DE EDUCAÇÃO E TAMBÉM A ILUMINAÇÃO NESTE PERCURSO.</t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5810/5810_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5810/5810_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A AQUISIÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DO CEMITÉRIO DA SEDE DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5809/5809_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5809/5809_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A IMPLANTAÇÃO DA UNIDADE DE CORPO DE BOMBEIROS EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5808</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5808/5808_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5808/5808_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR AS SEGUINTES MEDIDAS:_x000D_
 01- VIABILIZAÇÃO DO ASFALTO NA SUBIDA DA ESCOLA VICTÓRIO BRAVIM, NA COMUNIDADE DE ARAGUAIA, NESTE MUNICÍPIO._x000D_
 02- CONSTRUÇÃO DE UMA PASSARELA (CALÇADÃO) COM ILUMINAÇÃO, TENDO INICIO NO RESTAURANTE PONTO FRIO E TERMINO NO POSTO IPIRANGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5807/5807_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5807/5807_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ESTAR DISPONIBILIZANDO UMA AMBULÂNCIA, PARA FICAR DE PLANTÃO DURANTE OS ENCONTROS DOS GRUPOS DA 3ª IDADE, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5806</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5806/5806_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5806/5806_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR FAZENDO UMA PASSARELA, COM INICIO NA QUADRA-ESPAÇO, ESPORTE E CULTURA DANDO ACESSO EM FRENTE A GARAGEM DA SECRETARIA DE OBRAS, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5805/5805_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5805/5805_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR ORIENTANDO À COMISSÃO DE LICITAÇÃO E À SECRETARIA DE ADMINISTRAÇÃO E FINANÇAS, QUANTO AO ENVIO DE CARTA-CONVITE PARA AS EMPRESAS, INCLUSIVE AS LOCAIS, CONFORME INSTRUÇÕES CONTIDAS NA LEI 8.666 DE 21 DE JUNHO DE 1993, EM SEU ARTIGO 3°, 1°, A QUAL SEGUE ANEXO À ESTA INDICAÇÃO.</t>
   </si>
   <si>
     <t>5804</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5804/5804_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5804/5804_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR COLOCANDO REDUTORES DE VELOCIDADE, COM INICIO EM FRENTE AO POSTO DE SAÚDE E TÉRMINO NO FINAL DA RUA GUSTAVO HERTEL, COM UMA DISTÂNCIA A CADA 8 METROS, COMO PRECEITUA O CÓDIGO NACIONAL DE TRÂNSITO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5802/5802_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5802/5802_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR DISPONIBILIZANDO A INSTALAÇÃO DE LATÕES DE LIXO E RECOLHIMENTO DO MESMO, EM BOA ESPERANÇA, NAS MEDIAÇÕES DO TREVO PRÓXIMO À RESIDÊNCIA DO SR. HENRIQUE FISCHER ATÉ A RESIDÊNCIA DO SR. CASSIANO LITTIG, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5787/5787_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5787/5787_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA AQUISIÇÃO DE POSTES COM LUMINÁRIAS, PARA O PEQUENO TRECHO LOCALIZADO DEPOIS DA BICA, NA RUA GUSTAVO HERTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5801/5801_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5801/5801_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR AMPLIANDO A PONTE, QUE FICA ANTES DA PROPRIEDADE DO SR. JAIR KROHLING, EM SANTA MARIA, MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5800/5800_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5800/5800_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA NECESSIDADE DE ESTAR REFAZENDO  ESGOTO DA RUA EMÍLIO ENTRINGER ATRÁS DA CASA DA LAVOURA, LOCALIZADA NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5799/5799_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5799/5799_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR REABRINDO A PASSAGEM DO TREVO DA CHEGADA DE MARECHAL FLORIANO, PRÓXIMO À URSES, SENTIDO CENTRO DA CIDADE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5798/5798_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5798/5798_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ESTAR REALIZADO A DOAÇÃO DE UM TERRENO PARA AS NOVAS INSTALAÇÕES DO PODER LEGISLATIVO E JUDICIÁRIO, DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5797/5797_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5797/5797_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ÍNDICA QUE SEJA TOMADA AS DEVIDAS PROVIDÊNCIAS PARA CUMPRIMENTO DA LEI MUNICIPAL N°516 DE 16 DE MARÇO DE 2005, QUE DISPÕE DA SEGUINTE EMENTA: "EXTINGUE USO DE SALEIROS, AÇUCAREIROS, PALITEIROS EM ESTABELECIMENTOS COMO RESTAURANTES, LANCHONETES, BARES, CANTINAS DE ESCOLAS E SIMILARES".</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5796/5796_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5796/5796_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA REALIZAÇÃO DA SEGUINTES MEDIDAS:_x000D_
 01- DISPONIBILIZAÇÃO DE PALESTRAS E CURSOS PARA ALUNOS CONCLUENTES DO ENSINO MÉDIO, SOBRE LEGISLAÇÃO DE TRÂNSITO E PRIMEIROS SOCORROS, NO ÂMBITO DAS ESCOLAS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5795/5795_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5795/5795_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA REALIZAÇÃO DE OBRAS PARA MELHORAMENTO DA ESCOLA DE VICTOR HUGO E ASFALTAMENTO DO PERCURSO QUE DÊ ACESSO À ESTA ESCOLA, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5794/5794_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5794/5794_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE QUE SEJA FEITO UM PROJETO DE RECAPEAMENTO E NIVELAMENTO DA RUA ARTHUR HAESE, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5803</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5803/5803_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5803/5803_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR DISPONIBILIZANDO A INSTALAÇÃO DE LATÕES DE LIXO E RECOLHIMENTO DO MESMO, NA RUA EMÍLIO ENTRINGER, PRÓXIMO AO RESTAURANTE PONTO FRIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5793/5793_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5793/5793_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA CRIAÇÃO DO DEPARTAMENTO DE ESPORTES, SUBORDINADO AO SECRETÁRIO MUNICIPAL RESPONSÁVEL PELA PASTA DE ESPORTES DO MUNICÍPIO. SUGIRO AINDA, A COMPOSIÇÃO DE TRÊS PROFISSIONAIS NESTE DEPARTAMENTO.</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5792/5792_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5792/5792_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR AGILIDADE NA LIBERAÇÃO DE ALGUNS PROCESSOS QUE SE ENCONTRAM NA SECRETARIA DE FINANÇAS, PARA COMPRAS DE MEDICAMENTOS, MATERIAIS ODONTOLÓGICOS E DEMAIS EQUIPAMENTOS, PARA ATENDER A UNIDADE DE SAÚDE DA SEDE E DEMAIS POSTOS DE SAÚDE LOCALIZADOS NO INTERIOR DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5791/5791_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5791/5791_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR ENVIANDO OS TÉCNICOS DESTA CONCEITUADA PREFEITURA À RUA EDUARDO HOFFMAM, PARALELA À RUA GUSTAVO HERTEL PARA ANALISAREM A POSSIBILIDADE DE CALÇAMENTO DO BECO LOCALIZADO AO FINAL DESTA RUA.</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5790/5790_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5790/5790_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE INSTITUIR DENTRO DO PLANO DE CARGOS E SALÁRIOS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, EM FASE DE ELABORAÇÃO, O CARGO DE FISCAL DE RUA, CUJO PROVIMENTO SE DARÁ NA FORMA DO ARTIGO 37 INCISO II, DA CF/1988, QUE DIZ RESPEITO A CONCURSO PÚBLICO E PROVA DE TÍTULOS, PARA ATUAR EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5789/5789_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5789/5789_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REALIZAÇÃO DA REFORMA E AMPLIAÇÃO DA ESCOLA SITIO RUPF (APOLLO), LOCALIZADA EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5788/5788_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5788/5788_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE DISPONIBILIZAR, JUNTO À SECRETARIA DE ADMINISTRAÇÃO E FINANÇAS, A AQUISIÇÃO DOS SEGUINTES MATERIAIS PARA A CASA DA MULHER E DA CRIANÇA EM MARECHAL FLORIANO:_x000D_
 - 01 BEBEDOURO, 01 TELEFONE, ARMÁRIOS NA RECEPÇÃO E ARQUIVOS, 01 PIA PARA A COZINHA, JALECOS PERSONALIZADOS, 01 COMPUTADOR COM IMPRESSORA, RETROPROJETOR COM DATA SHOW, QUADRO BRANCO E REPARTIÇÕES DE MOBILIA.</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5785/5785_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5785/5785_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA CONSTRUÇÃO DE UMA PRAÇA DE LAZER, NO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN, AO LADO DA PADARIA DA PRAÇA, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5784/5784_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5784/5784_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA INSTALAÇÃO DE 03 LUMINÁRIAS NA ESCADARIA QUE DÁ ACESSO À CESAN, NA SEDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5783/5783_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5783/5783_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAÇÃO DE UM SERVIDOR PÚBLICO PARA CUIDAR DA LIMPEZA LOCAL.</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5782/5782_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5782/5782_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAÇÃO DAS SEGUINTES MEDIDAS:_x000D_
 01- INSTALAÇÃO DE REDUTORES DE VELOCIDADE PRÓXIMO AOS SINAIS QUE DÃO ACESSO À RUA ALVINO WASSEM E EMILIO ENDLICH._x000D_
 02- INSTALAÇÃO DE SINALIZAÇÃO PRÓXIMO AO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN.</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5786/5786_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5786/5786_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA REALIZAÇÃO DAS SEGUINTES MEDIDAS:_x000D_
 01- PAVIMENTAÇÃO NA RUA BELA VISTA, NO TÉRMINO DA RUA SEBASTIÃO FRANCISCO PENHA, COM INICIO NA RESIDÊNCIA DO SR. ARTHUR ROSÁRIO E DO SR. GEREMIAS ENDLICH E FINALIZANDO NA RESIDÊNCIA DO SR. PAULO ROBERTO ALVES DE LIMA._x000D_
 02- PASSAR A PATROLA E CASCALHAR A RUA VILA SCHUNK, LOCALIZADA MA ESTRADA AO LADO DO POSTO IPIRANGA._x000D_
 03- REALIZAÇÃO DA TROCA DE ILUMINAÇÃO NA RUA QUINTA DOS LAGOS.</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5781/5781_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5781/5781_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR AS SEGUINTES MEDIDAS:_x000D_
 01-VIABILIZAÇÃO DE ILUMINAÇÃO PARA A IGREJA CATÓLICA DE BOM JESUS._x000D_
 02-MELHORAMENTO NA TORRE DE TELEVISÃO DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5780</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5780/5780_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5780/5780_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA PARA O DISTRITO DE SANTA MARIA MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5779/5779_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5779/5779_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE QUE SEJA INSTALADO ABRIGO NA PARADA DE ÔNIBUS LOCALIZADA NA ALTURA DO KM 7,5 NA RODOVIA FRANCISCO STOCKL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5778</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5778/5778_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5778/5778_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A CONSTRUÇÃO DE UM CALÇADÃO COM INICIO NO SITIO DO COURO ATÉ A IGREJA SANTA RITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5777/5777_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5777/5777_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE POSTE COM LUMINÁRIA NA RUA ERCILIA HENRIQUE PEREIRA NEVES, PRÓXIMO AO SUPERMERCADO AVENIDA, LOCALIZADO NA AVENIDA ARTHUR HAESE, NESTA CIDADE, POIS A MESMA SE ENCONTRA COM ILUMINAÇÃO INSUFICIENTE ACARRETANDO COM ISTO DESCONFORTO AOS MORADORES E USUÁRIOS QUE TRAFEGAM NESTA RUA.</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5776/5776_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5776/5776_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO) NA RUA FRANCISCO PENHA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5775/5775_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5775/5775_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR ADQUIRINDO UM TELEFONE CELULAR COM ANTENA PARABÓLICA PARA O POSTO DE SAÚDE DE BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5774</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5774/5774_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5774/5774_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ATENDIMENTO ÀS SEGUINTES REIVINDICAÇÕES:_x000D_
 01- EMPENHO DA SECRETARIA DE OBRAS, JUNTAMENTE COM A DEFESA CIVIL DESTE MUNICÍPIO, PARA FAZER O CORTE DE ALGUMAS ÁRVORES, A MAIORIA EMBAÚBA, PRÓXIMAS ÀS REDES DE ENERGIA ELÉTRICA, NA RUA QUINTA DOS LAGOS, EM MARECHAL FLORIANO._x000D_
 02- ELABORAÇÃO DE UM CRONOGRAMA DE SERVIÇOS , JUNTO À SECRETARIA DE OBRAS, PARA A REALIZAÇÃO DE LIMPEZA DOS CÓRREGOS QUE BANHAM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5772/5772_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5772/5772_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAÇÃO DAS SEGUINTES MEDIDAS:_x000D_
 01-LIMPEZA E REFORMA DA QUADRA DE ESPORTES, EM FRENTE AO COMÉRCIO DO SR. MAURO LUBE, EM SANTA MARIA - MARECHAL FLORIANO._x000D_
 02-DISPONIBILIZAÇÃO, JUNTAMENTE COM A FAMÍLIA KROHLING, PARA QUE SEJA FIRMADO UM ALUGUEL DA ÁREA ONDE FOI REALIZADA A FESTA DA ITALEMANHA, PARA REALIZAÇÃO DE DEMAIS EVENTOS PARA MAIOR DIVULGAÇÃO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5771/5771_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5771/5771_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE  REALIZAR AS SEGUINTES MEDIDAS:_x000D_
 01- INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO) NA RUA CECÍLIA PITANGA, PRÓXIMO A RESIDÊNCIA DO SR. NILSON PUPPIN._x000D_
 02- MELHORAMENTO DA ILUMINAÇÃO PÚBLICA, NA ESTRADA DO CARACOL PRÓXIMO A RESIDÊNCIA DO SR. CARLOS PREST E NA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5770/5770_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5770/5770_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO) NA PRAÇA DA ESTAÇÃO, NA COMUNIDADE DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5769/5769_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5769/5769_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A PAVIMENTAÇÃO ASFÁLTICA QUE LIGA O ASFALTO HOJE EXISTENTE EM ALTO MARECHAL ATÉ O ANTIGO COLÉGIO, LOCALIZADO NO FINAL DA REFERIDA ESTRADA, PRÓXIMO A PROPRIEDADES DA FAMÍLIA MEDEIROS.</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5768/5768_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5768/5768_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA INSTALAÇÃO DE 03 POSTES COM LUMINÁRIAS NA RUA THEOBALDO RUPF, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5767/5767_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5767/5767_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR AVALIANDO A CONCESSÃO DE LOTES, JÁ EFETUADA NA GESTÃO ANTERIOR NO TERRENO DA PREFEITURA MUNICIPAL, LOCALIZADO NO CONJUNTO HABITACIONAL NA COMUNIDADE DE SANTA RITA, NA RUA GUSTAVO HERTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5766/5766_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5766/5766_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR CONSTRUINDO UM CALÇADÃO TENDO INICIO PRÓXIMO AO SUPERMERCADO DORINHO AO LADO ESQUERDO TENDO SEU TÉRMINO NO FINAL DA RUA GUSTAVO HERTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5765/5765_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5765/5765_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAÇÃO DA SEGUINTE MEDIDA:_x000D_
 -SOLICITAR JUNTO AO ORGÃO ESCELSA, QUE SEJA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO INICIO DE ALTO MARECHAL ATÉ A ENTRADA DE DOMINGOS MARTINS, NO TRECHO POPULARMENTE CONHECIDO COMO ESTRADA VELHA.</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5764/5764_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5764/5764_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR O NIVELAMENTO DO CAMPO DE AREIA, LOCALIZADO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5763/5763_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5763/5763_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR DISPONIBILIZANDO  INSTALAÇÃO 01 (UM) TELEFONE PÚBLICO (ORELHÃO) EM SOÍDO DE BAIXO, PRÓXIMO À ESCOLA UNI DOCENTE  BRAÇO SUL, NA LOCALIDADE DE TONINHO KILL, ONDE TEM O CAMPO DE FUTEBOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5761/5761_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5761/5761_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A COLOCAÇÃO URGENTE DE QUEBRA MOLAS OU REDUTOR DE VELOCIDADE EM FRENTE ÀS RESIDÊNCIAS DA SRª MIRTES STEIN E DO SR. DÉLIO HULLE, LOCALIZADO NA RUA THIERES VELOSOS, POPULARMENTE CONHECIDA COMO (RUA DO SAPO).</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5759/5759_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5759/5759_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CONSTRUIR UM CAMPO DE BOCHA EM NOSSA CIDADE, PRÓXIMO AO GINÁSIO DE ESPORTES PAULO ANTONIO LORENZONI, LOCALIZADO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5758/5758_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5758/5758_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE CONSTRUÇÃO DE UM MATADOURO PÚBLICO NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5757/5757_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5757/5757_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A PERFURAÇÃO DE POÇOS ARTESIANOS PARA PEQUENOS PRODUTORES DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5756/5756_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5756/5756_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR AS SEGUINTES MEDIDAS:_x000D_
 01- IMPLANTAR UM CRONOGRAMA DE SERVIÇO PARA LIMPEZA DAS MARGENS DAS ESTRADAS, PRINCIPALMENTE NO INTERIOR DO MUNICÍPIO (ROÇAR E LIMPAR OS ESCOAMENTOS DE ÁGUA);_x000D_
 02- REALIZAR PERIODICAMENTE A OPERAÇÃO DE TAPA BURACOS, PRINCIPALMENTE EM ÉPOCAS DE CHUVAS.</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5755/5755_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5755/5755_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE ESTUDAR UMA SOLUÇÃO PARA ISENTAR AS TAXAS DE LICENCIAMENTO PARA FUNCIONAMENTO COMERCIAL NUM PRAZO DETERMINADO PELA PREFEITURA, ATRAVÉS DE DOCUMENTAÇÃO PARA OS PEQUENOS PROPRIETÁRIOS QUE ESTÃO INGRESSANDO NESTE RAMO.</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5754/5754_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5754/5754_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR UMA POLITICA DE CONTROLE DA NATALIDADE DE CÃES E GATOS PARA O MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5753/5753_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5753/5753_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR CONSTRUÇÃO DE UM CAMPO DE FUTEBOL DE AREIA PRÓXIMO AO COMÉRCIO PERTENCENTE À FAMÍLIA DOS COLATINA NAS PROXIMIDADES DA FAZENDA PUPPIN, LOCALIZADO EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5752/5752_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5752/5752_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE COLOCAÇÃO DE 02 POSTES COM REFLETORES PARA ILUMINAÇÃO DA PISTA DE BICICROS, JUNTO A PISTA DE SKATE, LOCALIZADO NA AVENIDA ARTHUR HAESE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5751/5751_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5751/5751_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONTRATAÇÃO DE UM PROFISSIONAL PARA MINISTRAR CURSO DE CAPACITAÇÃO AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5750/5750_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5750/5750_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTO EM TODOS OS ABRIGOS DE ÔNIBUS LOCALIZADOS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5749/5749_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5749/5749_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES QUE SEJA VIABILIZADO À CONSTRUÇÃO DE UMA PONTE EM VICTOR HUGO, PRÓXIMA A RESIDENCIA DO SR. JOEL POLI E NELSON MENDES POPULARMENTE CONHECIDO COMO FERREIRINHA.</t>
   </si>
   <si>
     <t>10326</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Abel Kieffer</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10326/m001-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10326/m001-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, EM PROL DO EXMº SR. PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10327/m002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10327/m002-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ELIR KIEFER.</t>
   </si>
   <si>
     <t>10328</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10328/m003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10328/m003-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. MANOEL RIBEIRO.</t>
   </si>
   <si>
     <t>10329</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10329/m004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10329/m004-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTENÇÃO A SRª VALDETE RIZ KIEFER.</t>
   </si>
   <si>
     <t>10330</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10330/m005-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10330/m005-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASAMENTO DO SR. JOÃO MARTINELI.</t>
   </si>
   <si>
     <t>10331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10331/m006-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10331/m006-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTENÇÃO A SRª SÍLVIA MALHEIROS GUEDES.</t>
   </si>
   <si>
     <t>10332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10332/m007-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10332/m007-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO O JORNAL A TRIBUNA, PELO ANIVERSÁRIO DE 20 ANOS.</t>
   </si>
   <si>
     <t>10333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10333/m008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10333/m008-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. LAURO CANAL.</t>
   </si>
   <si>
     <t>10334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10334/m009-20005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10334/m009-20005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO O EXMº SR. TULIO ARARIPE MELO JUNIOR.</t>
   </si>
   <si>
     <t>10335</t>
   </si>
   <si>
     <t>Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10335/m010-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10335/m010-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª VIRGINIA  BRAVIM DE ANGELI.</t>
   </si>
   <si>
     <t>10336</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10336/m011-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10336/m011-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E LOUVOR, TENDO COMO DISTINÇÃO O EXMº SR. ELIAS KIEFER E EXM] SR. OTTO FERNANDO MOREIRA BAPTISTA.</t>
   </si>
   <si>
     <t>10338</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10338/m012-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10338/m012-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO A SRª SANDRA HELENA DELBONI VENTURINI.</t>
   </si>
   <si>
     <t>10339</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10339/m013-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10339/m013-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO PREFEITO MUNICIPAL, SR. ELIAS KIEFER, E AO VICE-PREFEITO, O SR. OTTO FERNANDO BAPTISTA.</t>
   </si>
   <si>
     <t>10341</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10341/m014-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10341/m014-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O EXMº JACINTO CATELAN JUNIOR.</t>
   </si>
   <si>
     <t>10342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10342/m015-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10342/m015-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DESTINÇÃO A EQUIPE CAMPEÃ DO COLÉGIO PAN AMERICANO.</t>
   </si>
   <si>
     <t>10343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10343/m016-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10343/m016-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRTULAÇÕES, TENDO COMO DISTINÇÃO OS MEMBROS DA CASA DA MARÇONARIA.</t>
   </si>
   <si>
     <t>10345</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10345/m017-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10345/m017-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, TENDO COMO DISTINÇÃO O SR. JULIO CESAR FERNANDES DA SILVA.</t>
   </si>
   <si>
     <t>10346</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10346/m018-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10346/m018-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SR. JOSÉ RICARDO RIZ.</t>
   </si>
   <si>
     <t>10347</t>
   </si>
   <si>
     <t>Cabral, Jacinto Catelan Junior, Joaquim Stein, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10347/m019-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10347/m019-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR° ROBERTO SILVEIRA.</t>
   </si>
   <si>
     <t>10348</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10348/m020-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10348/m020-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ADELSO SCHUAMBA.</t>
   </si>
   <si>
     <t>10349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10349/m021-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10349/m021-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SR. ENILDO ANTÔNIO CARDOSO.</t>
   </si>
   <si>
     <t>10350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10350/m022-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10350/m022-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SR. JOSÉ LUIZ SUDRÉ.</t>
   </si>
   <si>
     <t>10351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10351/m023-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10351/m023-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SR. NIDES DE FREITAS.</t>
   </si>
   <si>
     <t>10352</t>
   </si>
   <si>
     <t>Abel Kieffer, Aloísio Módolo de Almeida, Amarílio José Klein, Cabral, Cezar Ronchi, Jacinto Catelan Junior, Joaquim Stein, Juarez Xavier, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10352/m024-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10352/m024-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JORGE ANTÔNIO SOUTO.</t>
   </si>
   <si>
     <t>10353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10353/m025-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10353/m025-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SR. JACINTO CATELAN JUNIOR.</t>
   </si>
   <si>
     <t>10354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10354/m026-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10354/m026-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª GUILHERMINA THOMAS.</t>
   </si>
   <si>
     <t>10355</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10355/m027-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10355/m027-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O EXM° SR. ELIAS KIEFER.</t>
   </si>
   <si>
     <t>10356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10356/m028-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10356/m028-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JULIO KIEFER.</t>
   </si>
   <si>
     <t>10357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10357/m029-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10357/m029-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SR. VITAL SCHUNCK.</t>
   </si>
   <si>
     <t>10359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10359/m030-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10359/m030-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O CORPO DOCENTE.</t>
   </si>
   <si>
     <t>10360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10360/m031-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10360/m031-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO OCMO DISTINÇÃO OS ALUNOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PROFESSOR "NICOLAU KRÖHLING".</t>
   </si>
   <si>
     <t>10361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10361/m032-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10361/m032-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DESTINÇÃO OS ALUNOS DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO "VICTÓRIO BRAVIM".</t>
   </si>
   <si>
     <t>10362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10362/m033-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10362/m033-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DESTINÇÃO O CORPO DOCENTE, DIRETORA E DEMAIS FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>10363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10363/m034-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10363/m034-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO ALCIDES PEREIRA DOS SANTOS.</t>
   </si>
   <si>
     <t>10364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10364/m035-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10364/m035-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SAUDOSO SR. JOSÉ GOLÇALVES DOS SANTOS.</t>
   </si>
   <si>
     <t>10365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10365/m036-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10365/m036-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO FACELIMENTO DO SR. JOSÉ GOLÇALVES DOS SANTOS.</t>
   </si>
   <si>
     <t>10366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10366/m040-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10366/m040-2005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SAUDOSO SR. LUCAS STEIN.</t>
   </si>
   <si>
     <t>11202</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11202/pc001-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11202/pc001-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 030/2005.</t>
   </si>
   <si>
     <t>11203</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11203/pc002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11203/pc002-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 035/2005.</t>
   </si>
   <si>
     <t>11204</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11204/pc003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11204/pc003-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 036/2005.</t>
   </si>
   <si>
     <t>11205</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11205/pc004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11205/pc004-2005.pdf</t>
   </si>
   <si>
     <t>11206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11206/pc005-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11206/pc005-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 034/2005.</t>
   </si>
   <si>
     <t>11207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11207/pc006-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11207/pc006-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 031/2005.</t>
   </si>
   <si>
     <t>11208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11208/pc007-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11208/pc007-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 009/2005.</t>
   </si>
   <si>
     <t>11209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11209/pc008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11209/pc008-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO RESOLUÇÃO Nº 0003/2005.</t>
   </si>
   <si>
     <t>11210</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11210/pc009-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11210/pc009-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 006/2005.</t>
   </si>
   <si>
     <t>11211</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11211/pc010-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11211/pc010-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 012/2005.</t>
   </si>
   <si>
     <t>11212</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11212/pc011-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11212/pc011-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 038/2005.</t>
   </si>
   <si>
     <t>11213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11213/pc012-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11213/pc012-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO RESOLUÇÃO Nº 004/2005.</t>
   </si>
   <si>
     <t>11214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11214/pc013-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11214/pc013-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº005/2005.</t>
   </si>
   <si>
     <t>11215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11215/pc014-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11215/pc014-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 008/2005.</t>
   </si>
   <si>
     <t>11216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11216/pc015-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11216/pc015-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 007/2005.</t>
   </si>
   <si>
     <t>11217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11217/pc016-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11217/pc016-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 002/2005.</t>
   </si>
   <si>
     <t>11218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11218/pc017-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11218/pc017-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 005/2005.</t>
   </si>
   <si>
     <t>11219</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11219/pc018-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11219/pc018-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 003/2005.</t>
   </si>
   <si>
     <t>11220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11220/pc019-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11220/pc019-2005.pdf</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11221/pc020-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11221/pc020-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE RESOLUÇÃO Nº 001/2005.</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11222/pc021-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11222/pc021-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 037/2005.</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11223/pc022-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11223/pc022-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 021/2005.</t>
   </si>
   <si>
     <t>11224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11224/pc023-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11224/pc023-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 027/2005.</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11225/pc024-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11225/pc024-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO Nº 026, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>11226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11226/pc025-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11226/pc025-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº  025/2005.</t>
   </si>
   <si>
     <t>11227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11227/pc026-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11227/pc026-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 024/2005.</t>
   </si>
   <si>
     <t>11228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11228/pc027-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11228/pc027-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE À PROPOSTA DE EMENDA ADITIVA Nº 01/2005.</t>
   </si>
   <si>
     <t>11229</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11229/pc028-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11229/pc028-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 010/2005.</t>
   </si>
   <si>
     <t>11230</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11230/pc029-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11230/pc029-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE À UMA ANÁLISE.</t>
   </si>
   <si>
     <t>11231</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11231/pc030-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11231/pc030-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 028/2005.</t>
   </si>
   <si>
     <t>11232</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11232/pc031-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11232/pc031-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 023/2005.</t>
   </si>
   <si>
     <t>11233</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11233/pc032-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11233/pc032-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 020/2005.</t>
   </si>
   <si>
     <t>11241</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11241/pc033-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11241/pc033-2005.pdf</t>
   </si>
   <si>
     <t>11245</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11245/pc034-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11245/pc034-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI DA LDO/2006.</t>
   </si>
   <si>
     <t>11246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11246/pc035-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11246/pc035-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 022/2005.</t>
   </si>
   <si>
     <t>11247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11247/pc036-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11247/pc036-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 032/2005.</t>
   </si>
   <si>
     <t>11248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11248/pc037-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11248/pc037-2005.pdf</t>
   </si>
   <si>
     <t>11249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11249/pc038-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11249/pc038-2005.pdf</t>
   </si>
   <si>
     <t>11251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11251/pc039-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11251/pc039-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 043/2005.</t>
   </si>
   <si>
     <t>11252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11252/pc040-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11252/pc040-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE O PROJETO DE RESOLUÇÃO Nº 007/2005.</t>
   </si>
   <si>
     <t>11253</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11253/pc041-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11253/pc041-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 044/2005.</t>
   </si>
   <si>
     <t>11254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11254/pc042-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11254/pc042-2005.pdf</t>
   </si>
   <si>
     <t>11258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11258/pc043-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11258/pc043-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE DECRETOS LEGISLATIVOS DE 002/2005 À 021/2005.</t>
   </si>
   <si>
     <t>11259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11259/pc044-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11259/pc044-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 047/2005.</t>
   </si>
   <si>
     <t>11260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11260/pc045-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11260/pc045-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 045/2005.</t>
   </si>
   <si>
     <t>11261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11261/pc046-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11261/pc046-2005.pdf</t>
   </si>
   <si>
     <t>11262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 015/2005.</t>
   </si>
   <si>
     <t>11263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11263/pc048-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11263/pc048-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENT EAO PROJETO DE LEI Nº 002/2005.</t>
   </si>
   <si>
     <t>11264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11264/pc049-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11264/pc049-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE  AO PROJETO DE LEI Nº 048/2005.</t>
   </si>
   <si>
     <t>11265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11265/pc050-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11265/pc050-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI COMPLEMENTAR Nº 001/2005; 002/2005 E 003/2005.</t>
   </si>
   <si>
     <t>11275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11275/pc051-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11275/pc051-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE A EMENDA SUPRESSIVA Nº 001/2005.</t>
   </si>
   <si>
     <t>11276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11276/pc052-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11276/pc052-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE DECRETO LEGISLATIVO Nº 021/2005.</t>
   </si>
   <si>
     <t>11277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11277/pc053-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11277/pc053-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 042/2005.</t>
   </si>
   <si>
     <t>11278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11278/pc054-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11278/pc054-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 06/2005.</t>
   </si>
   <si>
     <t>11279</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11279/pc055-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11279/pc055-2005.pdf</t>
   </si>
   <si>
     <t>PPARECER REFERENTE AO PROJETO DE LEI Nº 049/2005.</t>
   </si>
   <si>
     <t>11280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11280/pc056-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11280/pc056-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 054/2005.</t>
   </si>
   <si>
     <t>11281</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11281/pc057-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11281/pc057-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 050/2005.</t>
   </si>
   <si>
     <t>11282</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11282/pc059-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11282/pc059-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO  DE LEI Nº 055/2005.</t>
   </si>
   <si>
     <t>11283</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11283/pc060-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11283/pc060-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 056/2005.</t>
   </si>
   <si>
     <t>11284</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11284/pc061-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11284/pc061-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 057/2005 E 058/2005.</t>
   </si>
   <si>
     <t>11285</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11285/pc062-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11285/pc062-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 059/2005.</t>
   </si>
   <si>
     <t>11286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11286/pc063-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11286/pc063-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 060/2005.</t>
   </si>
   <si>
     <t>11287</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11287/pc064-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11287/pc064-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 061/2005.</t>
   </si>
   <si>
     <t>11288</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11288/pc065-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11288/pc065-2005.pdf</t>
   </si>
   <si>
     <t>PPARECER REFERENTE AO PROJETO DE LEI 013/2005.</t>
   </si>
   <si>
     <t>11289</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11289/pc066-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11289/pc066-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 062/2005 E 063/2005.</t>
   </si>
   <si>
     <t>11290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11290/pc067-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11290/pc067-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFRENTE AO PROJETO DE LEI Nº 065/2005.</t>
   </si>
   <si>
     <t>11291</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11291/pc068-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11291/pc068-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 067/2005.</t>
   </si>
   <si>
     <t>11298</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11298/pc069-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11298/pc069-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 066/2005.</t>
   </si>
   <si>
     <t>11299</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11299/pc070-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11299/pc070-2005.pdf</t>
   </si>
   <si>
     <t>11300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11300/pc071-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11300/pc071-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 033/2005, RELATIVO AO AUTÓGRAFO Nº 051/2005.</t>
   </si>
   <si>
     <t>11302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11302/pc072-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11302/pc072-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 002/2005.</t>
   </si>
   <si>
     <t>11311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11311/pc073-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11311/pc073-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO VETO PARCIAL DO PROJETO DE LEI Nº 001/2005.</t>
   </si>
   <si>
     <t>11313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11313/pc074-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11313/pc074-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 076/2005.</t>
   </si>
   <si>
     <t>11324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11324/pc075-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11324/pc075-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 077/2005.</t>
   </si>
   <si>
     <t>11325</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11325/pc076-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11325/pc076-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 078/2005.</t>
   </si>
   <si>
     <t>11326</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11326/pc077-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11326/pc077-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 079/2005.</t>
   </si>
   <si>
     <t>11327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11327/pc078-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11327/pc078-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 080/2005.</t>
   </si>
   <si>
     <t>11328</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11328/pc079-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11328/pc079-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 081/2005.</t>
   </si>
   <si>
     <t>11329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11329/pc080-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11329/pc080-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 068/2005.</t>
   </si>
   <si>
     <t>11330</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11330/pc081-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11330/pc081-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 069/2005.</t>
   </si>
   <si>
     <t>11331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11331/pc082-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11331/pc082-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE DECRETO LEGISLATIVO Nº 001/2005.</t>
   </si>
   <si>
     <t>11332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11332/pc083-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11332/pc083-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 074/2005.</t>
   </si>
   <si>
     <t>11333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11333/pc084-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11333/pc084-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº070/2005.</t>
   </si>
   <si>
     <t>11334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11334/pc085-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11334/pc085-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 083/2005.</t>
   </si>
   <si>
     <t>11335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11335/pc086-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11335/pc086-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 084/2005.</t>
   </si>
   <si>
     <t>11336</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11336/pc087-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11336/pc087-2005.pdf</t>
   </si>
   <si>
     <t>11338</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11338/pc088-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11338/pc088-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 085/2005.</t>
   </si>
   <si>
     <t>11339</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11339/pc089-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11339/pc089-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 075/2005.</t>
   </si>
   <si>
     <t>9590</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ELIAS KIEFER</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9590/002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9590/002-2005.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO DE ANISTIA.</t>
   </si>
   <si>
     <t>9591</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9591/003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9591/003-2005.pdf</t>
   </si>
   <si>
     <t>CRIA SECRETARIA DE MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>9593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9593/004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9593/004-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONVÊNIO COM A INCAPER.</t>
   </si>
   <si>
     <t>9595</t>
   </si>
   <si>
     <t>Jacinto Catelan Junior, Cezar Ronchi, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9595/005-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9595/005-2005.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO UTILIDADE PÚBLICA O CENTRO CULTURAL EZEQUIEL RONCHI, LOCALIZADO EM ARAGUAIA - MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9596</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9596/006-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9596/006-2005.pdf</t>
   </si>
   <si>
     <t>EXTINGUE O USO DE SALEIROS, AÇUCAREIROS E PALITEIROS NOS ESTABELECIMENTOS COMO RESTAURANTES, LANCHONETES, BARES, CANTINAS DE ESCOLAS E SIMILARES.</t>
   </si>
   <si>
     <t>9597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9597/007-205.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9597/007-205.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO INSTITUTO MUNICIPAL DE MEIO AMBIENTE - IMMA.</t>
   </si>
   <si>
     <t>9601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9601/008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9601/008-2005.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE HERMÍNIO JOSÉ ENTRIGER, A RUA PARALELA, À RUA JULIETA FISCHER EM ALTO MARECHAL, NESTE MUNICÍPIO - ES.</t>
   </si>
   <si>
     <t>9602</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9602/0009-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9602/0009-2005.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO DE ANISTIA.</t>
   </si>
   <si>
     <t>9605</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9605/010-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9605/010-2005.pdf</t>
   </si>
   <si>
     <t>REVOGA LEI MUNICIPAL Nº 456, DE 26 DE DEZEMBRO DE 2002.</t>
   </si>
   <si>
     <t>9608</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9608/012-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9608/012-2005.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO A PASSAGEM DE DOIS VEÍCULOS MÃO E CONTRA-MÃO DAS ESTRADAS DO INTERIOR.</t>
   </si>
   <si>
     <t>9611</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO DE DIÁRIAS.</t>
   </si>
   <si>
     <t>9612</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9612/015-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9612/015-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>9729</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9729/017-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9729/017-2005.pdf</t>
   </si>
   <si>
     <t>¨ DENOMINA DE ERASMO KIL,  A RUA PROJETADA QUE FICA AO LADO ESQUERDO DA RUA NÉLIO WASSEM, NESTE MUNICÍPIO¨.</t>
   </si>
   <si>
     <t>9730</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9730/019-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9730/019-2005.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SEMINÁRIO DA AGRICULTURA ORGÂNICA NO MUNICÍPIO DE MARECHAL FLORIANO  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9731</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9731/020-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9731/020-2005.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE EDUARDO HOFFMANN, A RUA PROJETADA QUE TEM INÍCIO A RUA TEOBALDO RUPF, E TÉRMINO NO ¨SÍTIO VENTURINI¨, EM MARECHAL FORIANO, NESTA CIDADE.¨</t>
   </si>
   <si>
     <t>9732</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9732/021-205.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9732/021-205.pdf</t>
   </si>
   <si>
     <t>¨ INSTITUI O HINO OFICIAL DO MUNICÍÍO DE MARECHAL FLORIANO - ES E DÁ OUTRAS PROVIDÊNCIAS.¨</t>
   </si>
   <si>
     <t>9733</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9733/022-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9733/022-2005.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9735</t>
   </si>
   <si>
     <t>MESA DIRETORA 2005/2006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9735/023-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9735/023-2005.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO DA PRESIDÊNCIA PARA ATENDER A CÂMARA MUNICIPAL DE MARECHAL FLORIANO E ATERA REFERÊNCIA DO CARGO DE COMISSÃO DE ASSESOR DE SERVIÇOS DE TESOURARIA.</t>
   </si>
   <si>
     <t>9736</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9736/024-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9736/024-2005.pdf</t>
   </si>
   <si>
     <t>CRIA CRÉDITO ESPECIAL NO ÂMBITO DAS DOTAÇÕES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>9737</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9737/025-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9737/025-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 405, DE 19 DE NOVEMBRO DE 2001.</t>
   </si>
   <si>
     <t>9738</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9738/026-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9738/026-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 497, DE 05 DE JULHO DE 2004.</t>
   </si>
   <si>
     <t>9745</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9745/027-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9745/027-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE A PADRONIZAÇÃO DE IMÓVEIS COM AS CORES DE BANDEIRA DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9746</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9746/028-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9746/028-2005.pdf</t>
   </si>
   <si>
     <t>¨ DENOMINA DE MATHILDE ADELIA ENDRINGER STUM, A RUA PROJETADA, TRANSVERSAL À RUA DELIMAE SCHUNK, NESTE MUNICÍPIO¨.</t>
   </si>
   <si>
     <t>9752</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9752/030-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9752/030-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM ENTIDADES DE ENSINO SUPERIOR.</t>
   </si>
   <si>
     <t>9753</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9753/031-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9753/031-2005.pdf</t>
   </si>
   <si>
     <t>¨ AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS À POLÍCIA MILITAR E POLÍCIA CIVIL DO ESTADO DO ESPÍRITO SANTO, POR MEIO DE CONVÊNIOS, COM O OBJETIVO DE INCENTIVAR A CLASSE DESSES PROFISSIONAIS, A ITENSIFICAR  O COMBATE À CRIMINALIDADE E ORIENTAÇÃO PARA O BEM ESTAR DE TODA A POPULAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO - ES.¨</t>
   </si>
   <si>
     <t>9754</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9754/032-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9754/032-2005.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO DE DESENVOLVIMENTO DO TURISMO DE MAEECHAL FLORIANO (FUNDETUR/MF).</t>
   </si>
   <si>
     <t>9755</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9755/033-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9755/033-2005.pdf</t>
   </si>
   <si>
     <t>CRIA A ESTRUTURA O CONSELHO MUNICIAPL DE TURISMO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9756</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9756/034-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9756/034-2005.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE SILVIO ROGÉRIO LEMKE, A RUA PROJETADA QUE TEM INÍCIO NA IGREJA CATÓLICA DE SANTA RITA, LOCALIZADO NO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9758</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9758/035-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9758/035-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9760</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9760/036-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9760/036-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA À PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUÁIA.</t>
   </si>
   <si>
     <t>9763</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9763/037-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9763/037-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL.</t>
   </si>
   <si>
     <t>9764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9764/038-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9764/038-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR VERBA AO CENTRO CULTURAL E COMUNITÁRIO EZEQUIEL RONCHI.</t>
   </si>
   <si>
     <t>9766</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9766/039-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9766/039-2005.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE DOZINO MONTEIRO DE PAULA, A RUA PROJETADA LOCALIZADA AO LADO ESQUERDO DA RUA CECÍLIA PITANGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9769</t>
   </si>
   <si>
     <t>JOAQUIM STEIN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9769/040-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9769/040-2005.pdf</t>
   </si>
   <si>
     <t>¨AUTORIZA O PREFEITO MUNICIPAL A FIRMAR PARCERIAS PARA ESTRUTURAR E VIABILIZAR CURSOS TÉCNICOS PROFISSIONALIZANTES NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS¨.</t>
   </si>
   <si>
     <t>9771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9771/041-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9771/041-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO HOSPITALAR DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS - FHASDOMAR.</t>
   </si>
   <si>
     <t>9773</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9773/042-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9773/042-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO PARA O PERÍODO DE 2006/2009.</t>
   </si>
   <si>
     <t>9775</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9775/043-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9775/043-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO E LEGISLATIVO A USAR A EXPRESSÃO "DEUS SEJA LOUVADO", NOS IMPRESSOS TIMBRADOS DESTES PODERES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9779</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9779/044-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9779/044-2005.pdf</t>
   </si>
   <si>
     <t>9782</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9782/045-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9782/045-2005.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O TEMPO DE ESPERA PARA ATENDIMENTO EM ESTABELECIMENTOS BANCÁRIOS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>9783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9783/046-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9783/046-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A TRANSFERIR A CÂMARA MUNICIPAL E AO PODER JUDUCIÁRIO LOCAL DE MARECHAL FLORIANO, PARTE DE UM IMÓVEL URBANO, LOCALIZADO NESTA CIDADE.</t>
   </si>
   <si>
     <t>9784</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9784/047-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9784/047-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE SERVIÇOS MATERIAIS, ALIMENTOS E MEDICAMENTOS PARA CARENTES DO MUNICÍPIO DE MARECHSL FLORIANO.</t>
   </si>
   <si>
     <t>9785</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9785/048-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9785/048-2005.pdf</t>
   </si>
   <si>
     <t>CRIA TÍTULO DE CIDADÃO FLORIANENSE DO MUNICÍPIO DE MARECHASL FLORIANO, ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>9786</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9786/049-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9786/049-2005.pdf</t>
   </si>
   <si>
     <t>CRIA O CADASTRO DE DOADORES VOLUNTÁRIOS DE SANGUE DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9787/050-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9787/050-2005.pdf</t>
   </si>
   <si>
     <t>" DENOMINA DE RUA BELA VISTA, A RUA PROJETADA COM TÉRMINO NA RUA SEBASTIÃO FRANCISCO PENHA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>9788</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9788/052-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9788/052-2005.pdf</t>
   </si>
   <si>
     <t>" DENOMINA DE ARTHUR JACOB SHNEIDER, A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL BARRA DA BOA ESPERANÇA, LOCALIZADA EM BOA ESPERANÇA - MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>9789</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9789/053-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9789/053-2005.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2006.</t>
   </si>
   <si>
     <t>9790</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9790/054-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9790/054-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N°. 536/2005.</t>
   </si>
   <si>
     <t>9791</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9791/055-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9791/055-2005.pdf</t>
   </si>
   <si>
     <t>" INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A SEMANA DE COMBATE E PREVENÇÃO DO CÂNCER DE PRÓSTATA."</t>
   </si>
   <si>
     <t>9792</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9792/056-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9792/056-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 388 DE 24 DE ABRIL DE 2001.</t>
   </si>
   <si>
     <t>9824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9824/057-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9824/057-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEL.</t>
   </si>
   <si>
     <t>9826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9826/058-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9826/058-2005.pdf</t>
   </si>
   <si>
     <t>9827</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9827/059-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9827/059-2005.pdf</t>
   </si>
   <si>
     <t>9828</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9828/060-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9828/060-2005.pdf</t>
   </si>
   <si>
     <t>9829</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9829/061-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9829/061-2005.pdf</t>
   </si>
   <si>
     <t>INSTITUI GRATIFICAÇÃO A SERVIDORES OCUPANTES DA FUNÇÃP DE DIRETOR E COORDENADOR ESCOLAR NA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9830/062-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9830/062-2005.pdf</t>
   </si>
   <si>
     <t>9833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9833/063-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9833/063-2005.pdf</t>
   </si>
   <si>
     <t>9834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9834/064-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9834/064-2005.pdf</t>
   </si>
   <si>
     <t>CRIA SECRETARIA MUNICIPAL DE FINANÇAS E A SSECRETARIA MUNICIPAL AÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>9836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9836/065-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9836/065-2005.pdf</t>
   </si>
   <si>
     <t>INSTITUI O AUXILIO ALIMENTAÇÃO AOS SERVIDORES EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>9838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9838/066-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9838/066-2005.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA COMUNITÁRIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>9839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9839/067-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9839/067-2005.pdf</t>
   </si>
   <si>
     <t>DECLARA CANELA, NO ESTADO DO RIO GRANDE DO SUL, CIDADE-IRMÃ DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9841/068-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9841/068-2005.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A ESTRUTURA ORGANIZACIONAL ADMINISTRATIVA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, REDEFINE A POLÍTICA DE CARGOS E VENCIMENTOS DOS SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>9842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9842/069-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9842/069-2005.pdf</t>
   </si>
   <si>
     <t>" DENOMINA DE SOLDADOS ABEL FERREIRA DA SILVA E MARCELO STEIN, FUTURAS INSTALAÇÕES DO DESTACAMENTO DA POLÍCIA MILITAR DE MARECHAL FLORIANO-ES."</t>
   </si>
   <si>
     <t>9843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9843/070-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9843/070-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>9844</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9844/071-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9844/071-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DO PARÁGRAFO ÚNICO DO ARTIGO 5° DA LEI MUNICIPAL N°. 567 DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9845/072-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9845/072-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DO QUADRO EFETIVO E ANEXO II DOS CARGOS EM COMISSÃO DA LEI MUNICIPAL N°. 566 DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9846/073-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9846/073-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DO ARTIGO 6° E O ANEXO VI DO ARTIGO 45, DA LEI MUNICIPAL N°. 568 FR 07 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>9847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9847/074-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9847/074-2005.pdf</t>
   </si>
   <si>
     <t>" DENOMINA DE ORQUIDE CATTLEYA WERNELYA, COMO SÍMBOLO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>9848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9848/075-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9848/075-2005.pdf</t>
   </si>
   <si>
     <t>" DISPÕE SOBRE A CRIAÇÃO DE PADRÕES , NIVEIS, CLASSE E REFERÊNCIAS PRÓPRIAS DO LEGISLATIVO MUNICIPAL, REGULAMENTANDO A NOVA ESTRUTURA ORGANIZACIONAL ADMINISTRATIVA DA CÂMARA MUNICIPAL DE MARECCHAL FLORIANO E DÁ UTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>9849</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9849/076-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9849/076-2005.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS SERVIDORES DO PODER LEGISLATIVO ABONO PECUNIÁRIO.</t>
   </si>
   <si>
     <t>9850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9850/077-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9850/077-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO V DA LEI MUNICIPAL N°. 578 DE 07 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>9851</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9851/078-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9851/078-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II DO PARÁGRAFO ÚNICO DO ARTIGO 5° DA LEI MUNICIPAL N°. 567 DE 07 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>9852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9852/079-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9852/079-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N°. 576 DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9853</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9853/080-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9853/080-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N°. 565 DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9854/081-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9854/081-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A REALIZAR CONCURSO PÚBLICO.</t>
   </si>
   <si>
     <t>9858</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9858/082-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9858/082-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O 1°, DO ART. 2°, DA LEI MUNICIPAL N°. 388, DE 24 DE ABRIL DE 2001.</t>
   </si>
   <si>
     <t>9859</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9859/083-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9859/083-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1°, DA LEI N°. 428, DE 10 DE JUNHO DE 2002.</t>
   </si>
   <si>
     <t>9860</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9860/084-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9860/084-2005.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL A SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>9861</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9861/085-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9861/085-2005.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1°  DA LEI MUNICIPAL N°. 179, DE 03 DE ABRIL DE 1996.</t>
   </si>
   <si>
     <t>10407</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10407/pr001-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10407/pr001-2005.pdf</t>
   </si>
   <si>
     <t>ANULA E SUPLEMENTA DOTAÇÃO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10408/pr002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10408/pr002-2005.pdf</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE ESTÁGIO PARA ESTUDANTES DE 2° E 3° GRAUS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10409/pr003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10409/pr003-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO JORNAL DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10410/pr004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10410/pr004-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE DA AQUISIÇÃO DE UMA CENTRAL TELEFÔNICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10411/pr005-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10411/pr005-2005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO DE MOTORISTA PARA CONDUZIR O VEÍCULO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10412</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10412/pr006-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10412/pr006-2005.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO E AS CONCLUSÕES DA COMISSÃO PARLAMENTAR DE INQUÉRITO PARA INVESTIGAR POSSÍVEIS IRREGULARIDADES NA FOLHA DE PAGAMENTO, PAGPS A SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO-ES, REFERENTE AO BIÊNIO 2003/2004.</t>
   </si>
   <si>
     <t>10413</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10413/pr007-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10413/pr007-2005.pdf</t>
   </si>
   <si>
     <t>ANULA E SUPLEMENTA DOTAÇÕES NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>10414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10414/pr008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10414/pr008-2005.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA A CONFECÇÃO DE ADESIVOS DA BANDEIRA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>9832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9832/063-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9832/063-2005.pdf</t>
   </si>
   <si>
     <t>10025</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Cezar Ronchi, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10025/rq001-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10025/rq001-2005.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXMª, APÓS OS DEVIDOS TRÂMITES DE ANUÊNCIA DO PLENÁRIO, SEJA ENCAMINHADO AO EXMº SR. PREFEITO MUNICIPAL O SEGUINTE PEDIDO.</t>
   </si>
   <si>
     <t>10026</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10026/rq002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10026/rq002-2005.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXMª, APÓS OS DEVIDOS TRÂMITES DE ANUÊNCIA DO PLENÁRIO.</t>
   </si>
   <si>
     <t>10027</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10027/rq003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10027/rq003-2005.pdf</t>
   </si>
   <si>
     <t>DIGNE DE PROCEDER À COMISSÃO PARLAMENTAR DO INQUÉRITO - CPI.</t>
   </si>
   <si>
     <t>10028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10028/rq004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10028/rq004-2005.pdf</t>
   </si>
   <si>
     <t>CÓPIA DO CONTRATO DE PRESTAÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>10029</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10029/rq007-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10029/rq007-2005.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMª SR. PREFEITO MUNICIPAL, A PARTIR DESTA PRESENTE DATA QUE SEJA ENCAMINHADO PARA DAR CONHECIMENTO AOS NOBRES PARES.</t>
   </si>
   <si>
     <t>10037</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10037/rq008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10037/rq008-2005.pdf</t>
   </si>
   <si>
     <t>PROCESSO DE VOTAÇÃO PARA AS CONTAS SEJA REALIZADO MEDIANTE O DEPÓSITO EM URNA CÉDULAS DE PAPEL.</t>
   </si>
   <si>
     <t>10038</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10038/rq009-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10038/rq009-2005.pdf</t>
   </si>
   <si>
     <t>RELAÇÃO DOS SERVIDORES EFETIVOS E COMISSIONADOS COM A RESPECTIVA ESTRUTURA DE CARGOS E SALÁRIOS.</t>
   </si>
   <si>
     <t>10039</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10039/rq010-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10039/rq010-2005.pdf</t>
   </si>
   <si>
     <t>AFASTAMENTO DO SECRETÁRIO DE SAÚDE DE MARECHAL FLORIANO, O EXMº SR. OTTO FERNANDO BATISTA.</t>
   </si>
   <si>
     <t>10040</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10040/rq011-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10040/rq011-2005.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS DOCUMENTOS REFERENTES AOS TRABALHOS DESENVOLVIDOS PARA DIVULGAÇÃO DO PODER EXECUTIVO E DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10041/rq012-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10041/rq012-2005.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS DOCUMENTOS REFERENTES AOS TRABALHOS DESENVOLVIDOS PARA DIVULGAÇÃO DO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10042</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10042/rq013-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10042/rq013-2005.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM DISPONIBILIZADOS PARA ANÁLISE NO RECINTO DA CÂMARA MUNICIPAL, TODOS OS DOCUMENTOS CONTÁBEIS QUE GERAM DESPESAS PARA O PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>12423</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12423/resolucao_001-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12423/resolucao_001-2005.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU, PROMULGO A SEGUINTE".</t>
   </si>
   <si>
     <t>12424</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12424/resolucao_002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12424/resolucao_002-2005.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU, PROMULGO A RESOLUÇÃO:".</t>
   </si>
   <si>
     <t>12425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12425/resolucao_003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12425/resolucao_003-2005.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU, PROMULGO A:".</t>
   </si>
   <si>
     <t>12426</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12426/resolucao_004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12426/resolucao_004-2005.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU PROMULGO A RESOLUÇÃO:"</t>
   </si>
   <si>
     <t>12427</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12427/resolucao_005-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12427/resolucao_005-2005.pdf</t>
   </si>
   <si>
     <t>"NOMEIA MEMBROS PARA COMPOR A COMISSÃO PARLAMENTAR DE INQUÉRITO".</t>
   </si>
   <si>
     <t>12428</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12428/resolucao_006-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12428/resolucao_006-2005.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU PROMULGO A RESOLUÇÃO:".</t>
   </si>
   <si>
     <t>12429</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12429/resolucao_007-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12429/resolucao_007-2005.pdf</t>
   </si>
   <si>
     <t>12430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12430/resolucao_008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12430/resolucao_008-2005.pdf</t>
   </si>
   <si>
     <t>"RESOLUÇÃO N° 008/2005".</t>
   </si>
   <si>
     <t>12431</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12431/resolucao_009-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12431/resolucao_009-2005.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU PROMULGO A RESOLUÇÃO".</t>
   </si>
   <si>
     <t>12879</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
     <t>Cezar Ronchi, Aloísio Módolo de Almeida, Cabral, Juarez Xavier, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12879/em_001-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12879/em_001-2005.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12875</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12875/em_002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12875/em_002-2005.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO EXERCÍCIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12874</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12874/em_003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12874/em_003-2005.pdf</t>
   </si>
   <si>
     <t>12873</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12873/em_004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12873/em_004-2005.pdf</t>
   </si>
   <si>
     <t>12872</t>
   </si>
   <si>
     <t>Cezar Ronchi, Aloísio Módolo de Almeida, Cabral, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12872/em_005-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12872/em_005-2005.pdf</t>
   </si>
   <si>
     <t>12871</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12871/em_006-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12871/em_006-2005.pdf</t>
   </si>
   <si>
     <t>12870</t>
   </si>
   <si>
     <t>Cezar Ronchi, Aloísio Módolo de Almeida, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12870/em_007-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12870/em_007-2005.pdf</t>
   </si>
   <si>
     <t>12869</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12869/em_008-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12869/em_008-2005.pdf</t>
   </si>
   <si>
     <t>12868</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12868/em_009-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12868/em_009-2005.pdf</t>
   </si>
   <si>
     <t>"PROJETO DE LEI N° 022/2005 "ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12878</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12878/em_002-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12878/em_002-2005.pdf</t>
   </si>
   <si>
     <t>12877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12877/emenda_aditiva_003-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12877/emenda_aditiva_003-2005.pdf</t>
   </si>
   <si>
     <t>12876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12876/emenda_aditiva_004-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12876/emenda_aditiva_004-2005.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5029,68 +5029,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12360/dl_001-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12361/dl_002-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12362/dl_003-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12363/dl_004-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12364/dl_005-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12365/dl_006-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12366/dl_007-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12367/dl_008-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12368/dl_009-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12369/dl_010-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12370/dl_011-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12371/dl_012-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12372/dl_013-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12373/dl_014-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12374/dl_015-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12375/dl_016-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12376/dl_017-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12377/dl_018-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12378/dl_019-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12379/dl_020-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12380/dl_021-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12381/dl_022-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12382/dl_023-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5831/5831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5832/5832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5833/5833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5834/5834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5835/5835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5836/5836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5837/5837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5838/5838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5839/5839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5840/5840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5841/5841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5842/5842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5843/5843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5844/5844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5845/5845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5846/5846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5847/5847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5848/5848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5849/5849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5850/5850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5851/5851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5852/5852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5853/5853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5854/5854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5855/5855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5856/5856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5857/5857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5858/5858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5863/5863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5864/5864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5865/5865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5866/5866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5867/5867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5868/5868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5869/5869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5870/5870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5871/5871_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5872/5872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5873/5873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5874/5874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5875/5875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5897/5897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5898/5898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5899/5899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5900/5900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5901/5901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5902/5902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5903/5903_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5904/5904_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5905/5905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5906/5906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5907/5907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5908/5908_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5909/5909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5910/5910_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5911/5911_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5912/5912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5913/5913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5950/5950_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5949/5949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5948/5948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5947/5947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5946/5946_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5945/5945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5944/5944_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5943/5943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5942/5942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5941/5941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5940/5940_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5939/5939_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5938/5938_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5937/5937_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5936/5936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5935/5935_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5934/5934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5933/5933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5932/5932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5931/5931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5930/5930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5929/5929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5928/5928_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5927/5927_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5926/5926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5925/5925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5924/5924_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5923/5923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5922/5922_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5921/5921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5920/5920_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5919/5919_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5918/5918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5917/5917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5916/5916_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5915/5915_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5914/5914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5830/5830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5829/5829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5828/5828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5827/5827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5826/5826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5825/5825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5824/5824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5823/5823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5822/5822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5821/5821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5820/5820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5819/5819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5818/5818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5817/5817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5816/5816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5815/5815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5814/5814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5813/5813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5812/5812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5811/5811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5810/5810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5809/5809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5808/5808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5807/5807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5806/5806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5805/5805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5804/5804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5802/5802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5787/5787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5801/5801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5800/5800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5799/5799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5798/5798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5797/5797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5796/5796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5795/5795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5794/5794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5803/5803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5793/5793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5792/5792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5791/5791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5790/5790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5789/5789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5788/5788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5785/5785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5784/5784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5783/5783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5782/5782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5786/5786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5781/5781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5780/5780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5779/5779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5778/5778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5777/5777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5776/5776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5775/5775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5774/5774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5772/5772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5771/5771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5770/5770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5769/5769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5768/5768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5767/5767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5766/5766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5765/5765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5764/5764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5763/5763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5761/5761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5759/5759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5758/5758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5757/5757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5756/5756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5755/5755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5754/5754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5753/5753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5752/5752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5751/5751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5750/5750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5749/5749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10326/m001-2005.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10327/m002-2005.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10328/m003-2005.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10329/m004-2005.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10330/m005-2005.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10331/m006-2005.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10332/m007-2005.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10333/m008-2005.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10334/m009-20005.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10335/m010-2005.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10336/m011-2005.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10338/m012-2005.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10339/m013-2005.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10341/m014-2005.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10342/m015-2005.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10343/m016-2005.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10345/m017-2005.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10346/m018-2005.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10347/m019-2005.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10348/m020-2005.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10349/m021-2005.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10350/m022-2005.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10351/m023-2005.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10352/m024-2005.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10353/m025-2005.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10354/m026-2005.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10355/m027-2005.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10356/m028-2005.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10357/m029-2005.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10359/m030-2005.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10360/m031-2005.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10361/m032-2005.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10362/m033-2005.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10363/m034-2005.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10364/m035-2005.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10365/m036-2005.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10366/m040-2005.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11202/pc001-2005.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11203/pc002-2005.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11204/pc003-2005.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11205/pc004-2005.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11206/pc005-2005.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11207/pc006-2005.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11208/pc007-2005.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11209/pc008-2005.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11210/pc009-2005.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11211/pc010-2005.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11212/pc011-2005.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11213/pc012-2005.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11214/pc013-2005.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11215/pc014-2005.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11216/pc015-2005.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11217/pc016-2005.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11218/pc017-2005.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11219/pc018-2005.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11220/pc019-2005.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11221/pc020-2005.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11222/pc021-2005.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11223/pc022-2005.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11224/pc023-2005.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11225/pc024-2005.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11226/pc025-2005.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11227/pc026-2005.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11228/pc027-2005.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11229/pc028-2005.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11230/pc029-2005.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11231/pc030-2005.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11232/pc031-2005.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11233/pc032-2005.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11241/pc033-2005.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11245/pc034-2005.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11246/pc035-2005.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11247/pc036-2005.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11248/pc037-2005.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11249/pc038-2005.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11251/pc039-2005.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11252/pc040-2005.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11253/pc041-2005.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11254/pc042-2005.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11258/pc043-2005.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11259/pc044-2005.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11260/pc045-2005.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11261/pc046-2005.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11263/pc048-2005.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11264/pc049-2005.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11265/pc050-2005.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11275/pc051-2005.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11276/pc052-2005.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11277/pc053-2005.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11278/pc054-2005.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11279/pc055-2005.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11280/pc056-2005.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11281/pc057-2005.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11282/pc059-2005.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11283/pc060-2005.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11284/pc061-2005.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11285/pc062-2005.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11286/pc063-2005.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11287/pc064-2005.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11288/pc065-2005.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11289/pc066-2005.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11290/pc067-2005.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11291/pc068-2005.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11298/pc069-2005.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11299/pc070-2005.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11300/pc071-2005.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11302/pc072-2005.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11311/pc073-2005.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11313/pc074-2005.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11324/pc075-2005.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11325/pc076-2005.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11326/pc077-2005.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11327/pc078-2005.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11328/pc079-2005.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11329/pc080-2005.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11330/pc081-2005.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11331/pc082-2005.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11332/pc083-2005.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11333/pc084-2005.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11334/pc085-2005.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11335/pc086-2005.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11336/pc087-2005.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11338/pc088-2005.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11339/pc089-2005.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9590/002-2005.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9591/003-2005.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9593/004-2005.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9595/005-2005.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9596/006-2005.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9597/007-205.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9601/008-2005.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9602/0009-2005.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9605/010-2005.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9608/012-2005.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9612/015-2005.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9729/017-2005.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9730/019-2005.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9731/020-2005.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9732/021-205.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9733/022-2005.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9735/023-2005.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9736/024-2005.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9737/025-2005.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9738/026-2005.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9745/027-2005.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9746/028-2005.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9752/030-2005.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9753/031-2005.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9754/032-2005.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9755/033-2005.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9756/034-2005.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9758/035-2005.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9760/036-2005.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9763/037-2005.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9764/038-2005.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9766/039-2005.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9769/040-2005.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9771/041-2005.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9773/042-2005.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9775/043-2005.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9779/044-2005.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9782/045-2005.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9783/046-2005.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9784/047-2005.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9785/048-2005.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9786/049-2005.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9787/050-2005.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9788/052-2005.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9789/053-2005.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9790/054-2005.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9791/055-2005.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9792/056-2005.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9824/057-2005.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9826/058-2005.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9827/059-2005.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9828/060-2005.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9829/061-2005.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9830/062-2005.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9833/063-2005.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9834/064-2005.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9836/065-2005.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9838/066-2005.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9839/067-2005.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9841/068-2005.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9842/069-2005.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9843/070-2005.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9844/071-2005.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9845/072-2005.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9846/073-2005.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9847/074-2005.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9848/075-2005.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9849/076-2005.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9850/077-2005.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9851/078-2005.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9852/079-2005.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9853/080-2005.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9854/081-2005.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9858/082-2005.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9859/083-2005.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9860/084-2005.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9861/085-2005.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10407/pr001-2005.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10408/pr002-2005.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10409/pr003-2005.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10410/pr004-2005.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10411/pr005-2005.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10412/pr006-2005.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10413/pr007-2005.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10414/pr008-2005.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9832/063-2005.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10025/rq001-2005.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10026/rq002-2005.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10027/rq003-2005.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10028/rq004-2005.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10029/rq007-2005.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10037/rq008-2005.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10038/rq009-2005.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10039/rq010-2005.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10040/rq011-2005.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10041/rq012-2005.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10042/rq013-2005.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12423/resolucao_001-2005.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12424/resolucao_002-2005.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12425/resolucao_003-2005.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12426/resolucao_004-2005.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12427/resolucao_005-2005.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12428/resolucao_006-2005.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12429/resolucao_007-2005.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12430/resolucao_008-2005.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12431/resolucao_009-2005.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12879/em_001-2005.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12875/em_002-2005.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12874/em_003-2005.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12873/em_004-2005.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12872/em_005-2005.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12871/em_006-2005.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12870/em_007-2005.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12869/em_008-2005.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12868/em_009-2005.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12878/em_002-2005.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12877/emenda_aditiva_003-2005.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12876/emenda_aditiva_004-2005.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12360/dl_001-2005.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12361/dl_002-2005.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12362/dl_003-2005.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12363/dl_004-2005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12364/dl_005-2005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12365/dl_006-2005.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12366/dl_007-2005.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12367/dl_008-2005.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12368/dl_009-2005.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12369/dl_010-2005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12370/dl_011-2005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12371/dl_012-2005.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12372/dl_013-2005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12373/dl_014-2005.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12374/dl_015-2005.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12375/dl_016-2005.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12376/dl_017-2005.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12377/dl_018-2005.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12378/dl_019-2005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12379/dl_020-2005.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12380/dl_021-2005.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12381/dl_022-2005.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12382/dl_023-2005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5831/5831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5832/5832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5833/5833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5834/5834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5835/5835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5836/5836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5837/5837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5838/5838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5839/5839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5840/5840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5841/5841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5842/5842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5843/5843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5844/5844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5845/5845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5846/5846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5847/5847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5848/5848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5849/5849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5850/5850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5851/5851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5852/5852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5853/5853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5854/5854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5855/5855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5856/5856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5857/5857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5858/5858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5863/5863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5864/5864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5865/5865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5866/5866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5867/5867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5868/5868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5869/5869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5870/5870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5871/5871_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5872/5872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5873/5873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5874/5874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5875/5875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5897/5897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5898/5898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5899/5899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5900/5900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5901/5901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5902/5902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5903/5903_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5904/5904_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5905/5905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5906/5906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5907/5907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5908/5908_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5909/5909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5910/5910_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5911/5911_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5912/5912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5913/5913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5950/5950_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5949/5949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5948/5948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5947/5947_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5946/5946_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5945/5945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5944/5944_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5943/5943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5942/5942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5941/5941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5940/5940_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5939/5939_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5938/5938_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5937/5937_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5936/5936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5935/5935_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5934/5934_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5933/5933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5932/5932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5931/5931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5930/5930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5929/5929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5928/5928_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5927/5927_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5926/5926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5925/5925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5924/5924_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5923/5923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5922/5922_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5921/5921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5920/5920_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5919/5919_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5918/5918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5917/5917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5916/5916_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5915/5915_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5914/5914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5830/5830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5829/5829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5828/5828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5827/5827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5826/5826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5825/5825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5824/5824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5823/5823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5822/5822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5821/5821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5820/5820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5819/5819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5818/5818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5817/5817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5816/5816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5815/5815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5814/5814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5813/5813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5812/5812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5811/5811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5810/5810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5809/5809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5808/5808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5807/5807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5806/5806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5805/5805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5804/5804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5802/5802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5787/5787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5801/5801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5800/5800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5799/5799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5798/5798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5797/5797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5796/5796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5795/5795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5794/5794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5803/5803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5793/5793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5792/5792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5791/5791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5790/5790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5789/5789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5788/5788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5785/5785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5784/5784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5783/5783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5782/5782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5786/5786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5781/5781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5780/5780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5779/5779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5778/5778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5777/5777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5776/5776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5775/5775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5774/5774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5772/5772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5771/5771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5770/5770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5769/5769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5768/5768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5767/5767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5766/5766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5765/5765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5764/5764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5763/5763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5761/5761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5759/5759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5758/5758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5757/5757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5756/5756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5755/5755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5754/5754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5753/5753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5752/5752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5751/5751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5750/5750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2005/5749/5749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10326/m001-2005.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10327/m002-2005.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10328/m003-2005.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10329/m004-2005.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10330/m005-2005.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10331/m006-2005.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10332/m007-2005.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10333/m008-2005.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10334/m009-20005.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10335/m010-2005.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10336/m011-2005.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10338/m012-2005.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10339/m013-2005.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10341/m014-2005.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10342/m015-2005.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10343/m016-2005.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10345/m017-2005.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10346/m018-2005.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10347/m019-2005.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10348/m020-2005.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10349/m021-2005.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10350/m022-2005.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10351/m023-2005.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10352/m024-2005.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10353/m025-2005.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10354/m026-2005.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10355/m027-2005.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10356/m028-2005.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10357/m029-2005.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10359/m030-2005.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10360/m031-2005.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10361/m032-2005.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10362/m033-2005.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10363/m034-2005.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10364/m035-2005.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10365/m036-2005.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10366/m040-2005.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11202/pc001-2005.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11203/pc002-2005.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11204/pc003-2005.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11205/pc004-2005.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11206/pc005-2005.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11207/pc006-2005.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11208/pc007-2005.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11209/pc008-2005.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11210/pc009-2005.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11211/pc010-2005.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11212/pc011-2005.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11213/pc012-2005.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11214/pc013-2005.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11215/pc014-2005.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11216/pc015-2005.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11217/pc016-2005.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11218/pc017-2005.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11219/pc018-2005.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11220/pc019-2005.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11221/pc020-2005.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11222/pc021-2005.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11223/pc022-2005.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11224/pc023-2005.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11225/pc024-2005.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11226/pc025-2005.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11227/pc026-2005.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11228/pc027-2005.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11229/pc028-2005.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11230/pc029-2005.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11231/pc030-2005.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11232/pc031-2005.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11233/pc032-2005.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11241/pc033-2005.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11245/pc034-2005.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11246/pc035-2005.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11247/pc036-2005.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11248/pc037-2005.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11249/pc038-2005.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11251/pc039-2005.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11252/pc040-2005.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11253/pc041-2005.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11254/pc042-2005.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11258/pc043-2005.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11259/pc044-2005.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11260/pc045-2005.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11261/pc046-2005.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11263/pc048-2005.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11264/pc049-2005.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11265/pc050-2005.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11275/pc051-2005.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11276/pc052-2005.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11277/pc053-2005.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11278/pc054-2005.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11279/pc055-2005.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11280/pc056-2005.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11281/pc057-2005.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11282/pc059-2005.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11283/pc060-2005.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11284/pc061-2005.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11285/pc062-2005.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11286/pc063-2005.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11287/pc064-2005.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11288/pc065-2005.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11289/pc066-2005.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11290/pc067-2005.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11291/pc068-2005.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11298/pc069-2005.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11299/pc070-2005.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11300/pc071-2005.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11302/pc072-2005.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11311/pc073-2005.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11313/pc074-2005.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11324/pc075-2005.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11325/pc076-2005.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11326/pc077-2005.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11327/pc078-2005.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11328/pc079-2005.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11329/pc080-2005.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11330/pc081-2005.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11331/pc082-2005.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11332/pc083-2005.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11333/pc084-2005.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11334/pc085-2005.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11335/pc086-2005.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11336/pc087-2005.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11338/pc088-2005.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/11339/pc089-2005.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9590/002-2005.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9591/003-2005.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9593/004-2005.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9595/005-2005.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9596/006-2005.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9597/007-205.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9601/008-2005.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9602/0009-2005.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9605/010-2005.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9608/012-2005.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9612/015-2005.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9729/017-2005.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9730/019-2005.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9731/020-2005.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9732/021-205.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9733/022-2005.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9735/023-2005.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9736/024-2005.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9737/025-2005.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9738/026-2005.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9745/027-2005.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9746/028-2005.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9752/030-2005.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9753/031-2005.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9754/032-2005.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9755/033-2005.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9756/034-2005.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9758/035-2005.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9760/036-2005.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9763/037-2005.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9764/038-2005.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9766/039-2005.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9769/040-2005.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9771/041-2005.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9773/042-2005.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9775/043-2005.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9779/044-2005.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9782/045-2005.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9783/046-2005.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9784/047-2005.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9785/048-2005.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9786/049-2005.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9787/050-2005.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9788/052-2005.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9789/053-2005.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9790/054-2005.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9791/055-2005.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9792/056-2005.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9824/057-2005.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9826/058-2005.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9827/059-2005.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9828/060-2005.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9829/061-2005.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9830/062-2005.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9833/063-2005.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9834/064-2005.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9836/065-2005.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9838/066-2005.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9839/067-2005.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9841/068-2005.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9842/069-2005.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9843/070-2005.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9844/071-2005.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9845/072-2005.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9846/073-2005.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9847/074-2005.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9848/075-2005.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9849/076-2005.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9850/077-2005.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9851/078-2005.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9852/079-2005.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9853/080-2005.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9854/081-2005.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9858/082-2005.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9859/083-2005.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9860/084-2005.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9861/085-2005.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10407/pr001-2005.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10408/pr002-2005.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10409/pr003-2005.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10410/pr004-2005.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10411/pr005-2005.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10412/pr006-2005.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10413/pr007-2005.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10414/pr008-2005.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/9832/063-2005.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10025/rq001-2005.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10026/rq002-2005.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10027/rq003-2005.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10028/rq004-2005.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10029/rq007-2005.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10037/rq008-2005.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10038/rq009-2005.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10039/rq010-2005.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10040/rq011-2005.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10041/rq012-2005.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/10042/rq013-2005.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12423/resolucao_001-2005.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12424/resolucao_002-2005.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12425/resolucao_003-2005.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12426/resolucao_004-2005.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12427/resolucao_005-2005.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12428/resolucao_006-2005.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12429/resolucao_007-2005.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12430/resolucao_008-2005.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12431/resolucao_009-2005.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12879/em_001-2005.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12875/em_002-2005.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12874/em_003-2005.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12873/em_004-2005.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12872/em_005-2005.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12871/em_006-2005.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12870/em_007-2005.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12869/em_008-2005.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12868/em_009-2005.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12878/em_002-2005.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12877/emenda_aditiva_003-2005.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2005/12876/emenda_aditiva_004-2005.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H442"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>