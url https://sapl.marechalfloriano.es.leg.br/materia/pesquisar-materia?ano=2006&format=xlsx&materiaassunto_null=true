--- v0 (2025-12-06)
+++ v1 (2026-03-11)
@@ -54,3117 +54,3117 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12157</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Jacinto Catelan Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12157/dl_001-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12157/dl_001-2006.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2003, CONFORME DISPOSTO NOS ARTIGOS 218 E 220, INCISO 1° DO REGIMENTO INTERNO".</t>
   </si>
   <si>
     <t>12158</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12158/dl_002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12158/dl_002-2006.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE PLACA DE HONRA AO MÉRITO À EQUIPE BICAMPEÃ ESTADUAL DE BEACH SOCCER DE MARECHAL FLORIANO-ES, REFERENDADA PELO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>6008</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6008/6008_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6008/6008_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A SUGESTÃO QUE ABAIXO SE TRANSCREVE:_x000D_
 VIABILIZAÇÃO DE ESTUDOS OBJETIVANDO O ENCAMINHAMENTO DE UM PROJETO DE LEI A ESTE PODER LEGISLATIVO, VERSANDO A CRIAÇÃO DE UM PROGRAMA DE PARCELAMENTO DE DÉBITO TRIBUTÁRIO IPTU.</t>
   </si>
   <si>
     <t>6007</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6007/6007_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6007/6007_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO PÁTIO DA CASA DA BICA E ÁGUA PEDRA AZUL, LOCALIZADAS EM VICTOR HUGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6006</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6006/6006_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6006/6006_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A TROCA DE LUMINÁRIAS NA RUA QUINTA DOS LAGOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6005</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6005/6005_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6005/6005_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DE POSTO POLICIAL, NO CONJUNTO SÉRGIO SEBASTIÃO STEIN, LOCALIZADO NA RUA GUSTAVO HERTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6004</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6004/6004_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6004/6004_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A INSTALAÇÃO DE UM TELEFONE "ORELHÃO", NA PRAÇA DA ESTAÇÃO PRÓXIMO A RESIDÊNCIA DO SR. IZALDINO PIVETA, EM ARAGUAIA -ES.</t>
   </si>
   <si>
     <t>6003</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6003/6003_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6003/6003_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA À ELABORAÇÃO DE UM PROJETO DE LEI DISPONDO SOBRE REGULARIZAÇÃO DE TERRENOS NO MUNICÍPIO DE MARECHAL FLORIANO -ES.</t>
   </si>
   <si>
     <t>6002</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6002/6002_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6002/6002_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA COLOCAÇÃO DE CAÇAMBAS NA RUA QUANDO SOLICITADO PELO PROPRIETÁRIO PARA RECOLHIMENTO DE CASCALHO, ENTULHO PROVENIENTES DE DEMOLIÇÕES, BEM COMO FOLHAS, GALHOS DE JARDINS E QUINTAIS.</t>
   </si>
   <si>
     <t>6001</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6001/6001_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6001/6001_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DA REDE DE ESGOTO NA RUA SEBASTIÃO FRANCISCO PENHA, NESTA LOCALIDADE.</t>
   </si>
   <si>
     <t>6000</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6000/6000_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6000/6000_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO), NA RUA SEBASTIÃO FRANCISCO PENHA LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5999</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5999/5999_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5999/5999_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE TELEFONE, NA LOCALIDADE DE BOM JESUS - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5998</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5998/5998_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5998/5998_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DA CRIAÇÃO DE UMA LEI MUNICIPAL, PARA VIABILIZAR O DESMEMBRAMENTO DAS SECRETARIAS DE EDUCAÇÃO E ESPORTE.</t>
   </si>
   <si>
     <t>5997</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADA A CRIAÇÃO DE 02 (DOIS) CARGOS DE ASSESSOR DE PLANEJAMENTO E CONTROLE INTERNO, SENDO 01 (UM) PARA A SECRETARIA DE SAÚDE E 01 (UM) PARA A SECRETARIA DE EDUCAÇÃO, NESTE MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5996</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5996/5996_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5996/5996_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO JUNTO TELEMAR, A INSTALAÇÃO DE UM TELEFONE "ORELHÃO", NA AVENIDA PRINCIPAL, EM FRENTE A RESIDENCIA DO SR. IZALDINO PIVETA, EM ARAGUAIA-ES.</t>
   </si>
   <si>
     <t>5995</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5995/5995_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5995/5995_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO DA COLOCAÇÃO DE MANILHAS, NO FINAL DA RUA THELBALDO RUPF, AO LADO DA PROPRIEDADE DO SR. JEFERSON ANTES DA ENTRADA DO SITIO DO ZÉ MARIA VASCONCELOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5994</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5994/5994_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5994/5994_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA VIABILIZAÇÃO DE INSTALAÇÃO DE TELEFONE RESIDENCIAL EM ALTO MARECHAL, NA LOCALIDADE RHEIN E FAMÍLIA MEDEIROS , NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5993</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5993/5993_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5993/5993_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DA REABERTURA DA ESTRADA NO INICIO DA CABOCLA ATÉ O VIRADOURO EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5992</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5992/5992_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5992/5992_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR AS SEGUINTES MEDIDAS:_x000D_
 1- PAVIMENTAÇÃO ASFÁLTICA DA RUA ANTENOR SANTOS BRAGA, NESTE MUNICÍPIO;_x000D_
 2-EXECUÇÃO DOS SERVIÇOS DE INSTALAÇÃO DA REDE DE ESGOTO, NA RUA ANTENOR SANTOS BRAGA,,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5991</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5991/5991_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5991/5991_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE ESTAR VIABILIZANDO A SUBSTITUIÇÃO DAS LUMINÁRIAS NA RUA GUSTAVO HERTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5990</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5990/5990_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5990/5990_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR AS SEGUINTES MEDIDAS PARA A RUA THEOBALDO RUPF, NESTE MUNICÍPIO:_x000D_
 1- A INSTALAÇÃO DE TELEFONE PÚBLICO (ORELHÃO);_x000D_
 2- INSTALAÇÃO DE 03 (TRÊS) POSTES COM LUMINÁRIAS;_x000D_
 3-SUBSTITUIÇÃO DAS LUMINÁRIAS EXISTENTES POR LÂMPADAS MAIS FORTES.</t>
   </si>
   <si>
     <t>5989</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5989/5989_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5989/5989_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A SUBSTITUIÇÃO DAS LUMINÁRIAS, COM INICIO NO CONJUNTO SÉRGIO STEIN SEGUINDO O PERCURSO ATÉ A BIQUINHA PRÓXIMO A RESIDÊNCIA DA SRª ZANIRA BOTELHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5988</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5988/5988_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5988/5988_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE VIABILIZE DE ACORDO COM A DEVOLUÇÃO DO SALDO DE CAIXA NO FINAL DO EXERCÍCIO PARA O PODER EXECUTIVO MUNICIPAL, QUE SEJA DESTINADO R$ 12.000,00 PARA O HOSPITAL FHASDOMAAR, LOCALIZADO EM DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>5987</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5987/5987_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5987/5987_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A SUBSTITUIÇÃO DA TORRE DE TELEFONIA COM SINAL ANALÓGICO PARA DIGITAL, LOCALIZADA EM BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5986</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5986/5986_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5986/5986_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A COLOCAÇÃO DE 03 POSTES COM LUMINÁRIAS NA RUA HERMINIO ENTRINGER, LOCALIZADO EM ALTO MARECHAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5985</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5985/5985_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5985/5985_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A SUBSTITUIÇÃO DAS LUMINÁRIAS DO TRECHO COM INICIO NO RESTAURANTE PONTO FRIO E TÉRMINO NO POSTO VISTA ALEGRE PERTENCENTE AO SR. EDILDO EFFGEN, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5984</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5984/5984_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5984/5984_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE  VIABILIZAR A IDENTIFICAÇÃO NUMÉRICA NAS RESIDÊNCIAS DA RUA CARACOL INICIANDO NA CASA DO SR. CARLOS PREST, PERCURSO ESTE QUE DÁ ACESSO AO SITIO SCHUNCK, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5983</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5983/5983_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5983/5983_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAÇÃO DA LIMPEZA DO CÓRREGO QUINTA DOS LAGOS E SEU TÉRMINO NO PUPPIM HAND, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5982</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5982/5982_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5982/5982_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJA REALIZADO A PAVIMENTAÇÃO ASFÁLTICA NA RUA PAULO WASSEM, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5981</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5981/5981_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5981/5981_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE DENTRO DAS POSSIBILIDADES SEJA REALIZADO A PAVIMENTAÇÃO ASFÁLTICA, VIABILIZAÇÃO DA REDE DE ESGOTO NA RUA IVAHI MENDES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5980</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5980/5980_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5980/5980_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A DISPONIBILIDADE DE UM VIGIA PARA FAZER A SEGURANÇA DO IMÓVEL RECENTEMENTE ADQUIRIDO PELA PREFEITURA MUNICIPAL, ANTIGO HOSPITAL DESDE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5979</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5979/5979_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5979/5979_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A OBRA DE COMPLEMENTAÇÃO DA GALERIA, LOCALIZADA ATRÁS DO CAMPO DO AMÉRICA ATÉ A RUA EMILIO HULLE, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5978</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5978/5978_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5978/5978_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR MEIO FIO, ESGOTO E PAVIMENTAÇÃO ASFÁLTICA, NA RUA EDSON RICARDO ESTRELA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5977</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5977/5977_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5977/5977_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DE VIABILIZAR A REFORMA E AMPLIAÇÃO DA CRECHE FLOMIRO ENDLICH, LOCALIZADO PRÓXIMO AO CENTRO RECREATIVO ARTHUR HAESE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5976</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5976/5976_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5976/5976_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE DISPONIBILIZAR A PAVIMENTAÇÃO AS FÁTICA LIGANDO A BR 262 ATÉ ALTO NOVA ALMEIA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5975</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5975/5975_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5975/5975_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO DE UMA OPERAÇÃO TAPA BURACOS NAS RUAS DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5974</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5974/5974_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5974/5974_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO A AMPLIAÇÃO DA CRECHE LEONOR FEU ROSA.</t>
   </si>
   <si>
     <t>5973</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5973/5973_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5973/5973_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DE UMA AGÊNCIA COMUNITÁRIA DOS CORREIOS, ANEXO AO POSTO DE SAÚDE DE VITOR HUGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5972</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5972/5972_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5972/5972_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO A REFORMA DE UMA ESCOLA LOCALIZADA NA COMUNIDADE FAMÍLIA RHEIN E MEDEIROS, EM ALTO MARECHAL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5971</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5971/5971_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5971/5971_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A ILUMINAÇÃO PÚBLICA NO PERCURSO COM INICIO NO POSTO IPIRANGA ATÉ A COMUNIDADE DO BETINHO SIMON E TAMBÉM NO INICIO DO TREVO DE MARECHAL FLORIANO ATÉ O TREVO DA ESTRADA VELHA QUE DÁ ACESSO AO MUNICÍPIO VIZINHO - DOMINGOS MARTINS-ES.</t>
   </si>
   <si>
     <t>5970</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5970/5970_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5970/5970_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR A ROÇAGEM DAS ESTRADAS DE RIO FUNDO E SOÍDO DE BAIXO, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5969</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5969/5969_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5969/5969_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR O NIVELAMENTO DA CALÇADA PRÓXIMO À PONTE QUE DÁ ACESSO A PRAÇA SANTA RITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5968</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5968/5968_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5968/5968_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE QUE SEJA FEITO A CONSTRUÇÃO DE UMA NOVA PONTE NA ESTRADA DE ALTO SANTA MARIA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5967</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5967/5967_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5967/5967_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VERIFICAR AS POSSIBILIDADES DE RETORNO DE 02 (DOIS) CONSERVADORES PARA A ESTRADA DE RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5966</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5966/5966_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5966/5966_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE INSTALAR UM TELEFONE PÚBLICO (ORELHÃO), NA COMUNIDADE DO SR. MIGUEL SOUZA, LOCALIZADA EM SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5965</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5965/5965_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5965/5965_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE A ÁREA ADQUIRIDA PRÓXIMO À SERRARIA KIEFER SEJA DESTINADA A CONSTRUÇÃO DE UMA UNIDADE DE RECUPERAÇÃO DE DROGADOS E DEMAIS TRABALHOS PARALELOS A ESTA FINALIDADE PARA ATENDER PESSOAS DA REGIÃO SERRANA.</t>
   </si>
   <si>
     <t>5964</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5964/5964_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5964/5964_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE REALIZAR MELHORAMENTOS EM TODA A ESTRADA QUE DÁ ACESSO  BOM JESUS, PRINCIPALMENTE NO TRECHO DA PRODUTORA ATÉ A SUBIDA DO SR. ESPIRIDIÃO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5963</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5963/5963_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5963/5963_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A NECESSIDADE DA INSTALAÇÃO DE LIXEIRAS EM TODAS AS RUAS DA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>5961</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5961/5961_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5961/5961_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM PROCEDIDAS SOLUÇÕES PARA VIABILIZAR O DESENTUPIMENTO DOS BUEIROS NA RUA THIERES VELOSO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>5962</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5962/5962_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5962/5962_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE REQUERER JUNTO AO SENAC, A DISPONIBILIDADE DE UM VEÍCULO MÓVEL POR ALGUNS MESES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5960</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5960/5960_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5960/5960_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE URGENTE DE REALIZAR A LIMPEZA DO CÓRREGO DA RUA VICTOR TRAVAGLIA E CLARA ENDLICH, LOCALIZADO EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>5959</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5959/5959_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5959/5959_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A NECESSIDADE DE VIABILIZAR A AQUISIÇÃO DE UM VEÍCULO VAN OU MICRO-ÔNIBUS PARA TRANSPORTAR PACIENTES COM DESTINO A CAPITAL PARA REALIZAÇÃO DE CONSULTAS E EXAMES.</t>
   </si>
   <si>
     <t>5951</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5951/5951_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5951/5951_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A URGENTE NECESSIDADE DA REFORMA DO POSTO DE SAÚDE, LOCALIZADO NO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, POPULARMENTE CONHECIDO COMO COMUNIDADE DE SANTA RITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4237/4237_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4237/4237_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. LUCAS KIEFER, OCORRIDO EM 09/01/2006.</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4236/4236_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4236/4236_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O GRUPO DE VOLUNTÁRIOS MÃOS ENTRELAÇADAS.</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4235/4235_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4235/4235_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A SRª LEDA MARGARIDA BRAVIIM FERREIRA.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4234/4234_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4234/4234_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. NICOLAU KLIPPEL, OCORRIDO EM 22/02/2006.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4233/4233_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4233/4233_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. ANTONIO JOSÉ PEIXOTO MIGUEL, OCORRIDO EM 23/03/2006.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4232/4232_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4232/4232_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DA SRª. GENI NIES ENTRIGER, OCORRIDO NO DIA 12 DE ABRIL DE 2006.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4231/4231_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4231/4231_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. ERNANI NALESSO.</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4230/4230_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4230/4230_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO COMANDANTE GERAL DO DESTACAMENTO DA POLICIA MILITAR DO ESTADO DO ESPIRITO SANTO E TODA A SUA EQUIPE DE TRABALHO EM ATUAÇÃO NA REGIÃO SERRANA.</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4229/4229_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4229/4229_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO ADOLESCENTE RHIAN PAULO VIEIRA KROHLING OCORRIDO EM 12 DE ABRIL DE 2006, EM SANTA MARIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4228/4228_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4228/4228_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. JULIA CESAR FERNANDES DA SILVA.</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4227/4227_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4227/4227_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A SRª MARGARIDA SAMPAIO.</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4226/4226_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4226/4226_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DA SRª MARIA CATARINA BORGO CELANTE, OCORRIDO EM 16 DE JUNHO DE 2006.</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4225/4225_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4225/4225_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. THEOBALDO KIEFER, OCORRIDO EM 01 DE JUNHO DE 2006.</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4224/4224_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4224/4224_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SR. EDINEY BALBINO DE SOUSA, E TODA A SUA EQUIPE DE TRABALHO.</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4223/4223_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4223/4223_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A EXMª SRª SOLANGE LUBE.</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4222/4222_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4222/4222_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. JOSÉ COLNAGO.</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4221/4221_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4221/4221_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM° SR. ELIAS KIEFER.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4220/4220_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4220/4220_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. ARGEU KROHLING.</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4219/4219_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4219/4219_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SR. COMANDANTE TENENTE BERNABÉ FIORIM, SARGENTO SOUZA, SARGENTO HOLIVAM, E TODA SUA EQUIPE DE TRABALHO À SERVIÇO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4218/4218_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4218/4218_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO REVERENDÍSSIMO DOM JOSÉ MAURO PEREIRA BASTOS, OCORRIDO EM 14/09/2006, VITIMA DE UM ACIDENTE.</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4217/4217_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4217/4217_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. JOSÉ CHRIST, OCORRIDO EM 13 DE OUTUBRO DE 2006.</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4216/4216_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4216/4216_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM° SR. ELIAS KIEFER E TODA A COMISSÃO DE FESTA DA ITALEMANHA, PELA BRILHANTE ORGANIZAÇÃO E PELOS EXCELENTES RESULTADOS OBTIDOS DURANTE TODOS OS FESTEJOS DA ITALEMANHA/2006, REALIZADA EM DATA DE 06 A 08 DE OUTUBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4215/4215_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4215/4215_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª ISABEL EFFEGEN WASSEN, CUJO ÓBITO OCORRIDO EM 15 DE OUTUBRO DE 2006.</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4214/4214_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4214/4214_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO JOVEM MAGNO ENDLICH DE OLIVEIRA OCORRIDO EM 08 DE NOVEMBRO DE 2006.</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4213/4213_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4213/4213_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO EM ESPECIAL OS 380 ALUNOS DA ESCOLA ACIMA CITADA.</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4212/4212_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4212/4212_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. GABRIEL MARQUES, CUJO O ÓBITO OCORREU EM 20 DE OUTUBRO DE 2006.</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4211/4211_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4211/4211_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. JOÃO CARLOS LORENZONI PELA EXPRESSIVA VOTAÇÃO, QUE OBTEVE PLEITO ELEITORAL, OCORRIDO EM 1° DE OUTUBRO DE 2006.</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4210/4210_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4210/4210_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO OS SRS. ELIAS KIEFER - PREFEITO MUNICIPAL, NIDES DE FREITAS - SECRETÁRIOS DE OBRAS, ALDAIR JOSÉ REIN - SECRETÁRIO DE EDUCAÇÃO E JOSÉ LUIS SUDRÉ - SECRETÁRIO DE AGRICULTURA, PELOS FESTEJOS DOS TRÊS DIAS DO MADEIRA SHOW.</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4209/4209_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4209/4209_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM° SR. PREFEITO MUNICIPAL, TODOS OS SECRETÁRIOS MUNICIPAIS E TODA COMISSÃO DE FESTA DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4208/4208_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4208/4208_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E AGRADECIMENTO, TENDO COMO DISTINÇÃO A EMPRESA ARACRUZ CELULOSE S.A, FACE A PARCEIRA FIRMADA PARA COM O MUNICÍPIO NA REALIZAÇÃO DA FESTA MADEIRA SHOW QUE OCORREU NO PERÍODO DE 24 A 26 DE NOVEMBRO DE 2006, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4207/4207_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4207/4207_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. JOSÉ ONOFRE PEREIRA.</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4206/4206_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4206/4206_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O EXMO° SR. ROBERLY JOSÉ PEREIRA.</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4205/4205_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4205/4205_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, PARABENIZANDO ARACRUZ CELULOSE S.A. PELA PARCERIA FIRMADA COM O NOSSO MUNICÍPIO NA REALIZAÇÃO DOS FESTEJOS DO 1° ACONTECIMENTO DO MADEIRA SHOW.</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4204/4204_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4204/4204_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXMO° SR.ELIAS KIEFER, E TODA SUA EQUIPE DE TRABALHO, TENDO EM VISTA A COMPLETA E EFICIENTE REALIZAÇÃO DA 1ª FESTA DO MADEIRA SHOW.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4203/4203_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4203/4203_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. BRUNO HENRIQUE FUZATTO OCORRIDO EM 1 DE DEZEMBRO DE 2006.</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4202/4202_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4202/4202_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. RONY CORTE OCORRIDO EM 27 DE NOVEMBRO DE2006.</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4201/4201_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4201/4201_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXMO° SRª SILVIA GUEDES.</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4200/4200_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4200/4200_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E AGRADECIMENTO, TENDO COMO DISTINÇÃO O EXMO° SR. JACINTO CATELAN JUNIOR.</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4199/4199_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4199/4199_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, ESTENDENDO-SE AOS SENHORES: ELIAS KIEFER - PREFEITO MUNICIPAL, PAULO ROBERTO JÚRI PRESIDENTE DA COHAB, À CAIXA ECONÔMICA FEDERAL E A SETADES - SECRETARIA DE OBRAS, DO QUAL ESTÃO SENDO REFORMADAS APROXIMADAMENTE  30 RESIDÊNCIAS, NO ÂMBITO DO MUNICÍPIO ATRAVÉS DO PROGRAMA MORAR MELHOR.</t>
   </si>
   <si>
     <t>11292</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11292/camscanner_08-04-2022_13.48.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11292/camscanner_08-04-2022_13.48.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 001/2006 "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO Á FEDERAÇÃO DE BEACHSOCCER DO ESTADO DO ESPIRITO SANTO"</t>
   </si>
   <si>
     <t>11293</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11293/pc_002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11293/pc_002-2006.pdf</t>
   </si>
   <si>
     <t>ENTRA NESTA OPORTUNIDADE O PROJETO DE LEI N° 001/2006 DE AUDITORIA DO PODER EXECUTIVO MUNICIPAL "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO À FEDERAÇÃO DE BEACH-SOCCER DO ESTADO DO ESPIRITO SANTO.</t>
   </si>
   <si>
     <t>11294</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11294/pc_003-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11294/pc_003-2006.pdf</t>
   </si>
   <si>
     <t>ENTRA EM PAUTA NESTA OPORTUNIDADE O PROJETO DE LEI N/ 002/2006 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR UM IMÓVEL URBANO, LOCALIZADO NESTA CIDADE", O PRESENTE PROJETO DE LEI FOI LIDO NA SESSÃO ORDINÁRIA DO DIA 27/01/2006 E ENCAMINHADO PELO PRESIDENTE NESTA MESMA DATA PARA ESTAS COMISSÕES EMITIREM PARECER.</t>
   </si>
   <si>
     <t>11295</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE DECRETO LEGISLATIVO N° 001/2006, "QUE REJEITA AS CONTAS DA PREFEITURA MUNICIPA DE MARECHAL FLORIANO, RELATIVO AO EXERCÍCIO DE 2003, DE RESPONSABILIDADE DO ENTÃO PREFEITO MUNICIPAL JOÃO CARLOS LORENZONI".</t>
   </si>
   <si>
     <t>11296</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11296/pc_006-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11296/pc_006-2006.pdf</t>
   </si>
   <si>
     <t>ENTRA EM PAUTA NESTA OPORTUNIDADE O PROJETO DE LEI N/ 004/2006, QUE AUTORIZA O PODER EXECUTIVO MUNICIPA A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO ESPÍRITO SANTO TURISMO E EVENTOS, QUE "ESTE PROJETO ESTA EM TELA NESTA PRESENTE SESSÃO E SRÁ VOTADA EM 1° TURNO DE VOTAÇÃO NESTA MESMA DATA.</t>
   </si>
   <si>
     <t>11297</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11297/pc_007-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11297/pc_007-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 072/2005.</t>
   </si>
   <si>
     <t>11301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11301/pc_008-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11301/pc_008-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 073/2005 "ALTERA O ANEXO I DO ARTIGO 6° E O ANEXO VI DO ARTIGO 45, DA LEI MUNICIPAL N° 568, DE 07 DE NOVEMBRO DE 2005".</t>
   </si>
   <si>
     <t>11303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11303/pc_009-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11303/pc_009-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 071/2005, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "ALTERA O ANEXO I DO PRÁGRAFO ÚNICO DO ARTIGO 5° DA LEI MUNICIPAL N° 567 DE 07 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>11304</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11304/pc_010-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11304/pc_010-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 007/2006, DE AUTORIAL DO VEREADOR ALOISIO MODOLO DE ALMEIDA "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DOAÇÕES DE AGASALHOS A TODOS OS ALUNOS DA REDE PÚBLICA MUNICIPAL DE ENSINO FUNDAMENTAL E MÉDIO DESTE MUNICIPIO, NO PERÍODO QUE ANTECEDE A CHEGADA DO INVERNO".</t>
   </si>
   <si>
     <t>11305</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11305/pc_011-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11305/pc_011-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 006/2006, DE AUTORIA DO VEREADOR ALOISIO MODELO DE ALMEIDA "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ADICIONAIS DE INSALUBRIDADE E PERICULOSIDADE AOS SERVIDORES DO MUNICIPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11306</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11306/pc_012-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11306/pc_012-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 008/2006, DE AUTORIA DO VEREADOR JOÃO CABRAL R. CONCIGLIERI "DENOMINA DE RUA RITA HAND ARAUJO, A RUA PROJETADA TENDO INICIO NA RUA VICTOR TRAVAGLIA E TERMINO NA GALERIA PRÓXIMA À LINHA FÉRREA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11307</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11307/pc_013-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11307/pc_013-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 005/2006, DE AUTORIA DO VEREADOR TARCISIO ANTONIO BORGO "DENOMINA DE JACOMO BORGO, A ESCOLA MUNICIPAL DE 1° GRAU DE ENSINO FUNDAMENTAL, LOCALIZADA NO DISTRITO DE ARAGUAIA, DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11308/pc_014-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11308/pc_014-2006.pdf</t>
   </si>
   <si>
     <t>PARECER N° 014/2006, RELATIVO AO PROJETO DE LEI N° 009/2006.</t>
   </si>
   <si>
     <t>11309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11309/pc_015-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11309/pc_015-2006.pdf</t>
   </si>
   <si>
     <t>PARECER N° 15/2006, RELATIVO AO PROJETO DE LEI N/ 010/2006.</t>
   </si>
   <si>
     <t>11310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11310/pc_016-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11310/pc_016-2006.pdf</t>
   </si>
   <si>
     <t>PARECER N°016/2006, RELATIVO AO PROJETO DE LEI N° 011/2006.</t>
   </si>
   <si>
     <t>11312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11312/pc_017-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11312/pc_017-2006.pdf</t>
   </si>
   <si>
     <t>PARECER N° 017/2006, RELATIVO AO PROJETO DE LEI N° 013/2006.</t>
   </si>
   <si>
     <t>11314</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11314/pc_018-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11314/pc_018-2006.pdf</t>
   </si>
   <si>
     <t>PARECER N° 018/2006, RELATIVO AO PROJETO DE LEI N° 012/2006.</t>
   </si>
   <si>
     <t>11315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11315/pc_019-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11315/pc_019-2006.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI N° 014/2006.</t>
   </si>
   <si>
     <t>11316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11316/pc_020-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11316/pc_020-2006.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO N°002/2006.</t>
   </si>
   <si>
     <t>11317</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11317/pc_021-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11317/pc_021-2006.pdf</t>
   </si>
   <si>
     <t>O referido projeto de Lei de autoria do Vereador João Cabral Rodrigues Conciglieri, n° 016/2006 "que entrará para leitura do expediente do dia nesta referida Sessão e retornará a ordem do dia para deliberação da presente matéria, dado conhecimento a todos os membros dessas Comissões Técnicas.</t>
   </si>
   <si>
     <t>11319</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11319/pc_022-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11319/pc_022-2006.pdf</t>
   </si>
   <si>
     <t>A matéria é de autoria do vereador Aloísio Módulo de Almeida, que será lida no expediente do dia 25.04.2006, e volta para ser deliberada na ordem do dia, nesta mesma data.</t>
   </si>
   <si>
     <t>11320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11320/pc_024-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11320/pc_024-2006.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI N° 020/2006 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL, QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA TERRITORIAL URBANA PARA A ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11321</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11321/pc_025-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11321/pc_025-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 022/2006 DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER QUE "AUTORIZA O PODER EXECUTIVO A CONCEDER ÁS SERVIDORAS PÚBLICAS PERTENCENTES AOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO, LICENÇA MATERNIDADE COM PRAZO DE 180 (CENTO E OITENTA) DIAS".</t>
   </si>
   <si>
     <t>11322</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11322/pc_026-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11322/pc_026-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 021/2006, DE AUTORIA DO VEREADOR ALOÍSIO MÓDULO DE ALMEIDA.</t>
   </si>
   <si>
     <t>11323</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11323/pc_027-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11323/pc_027-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 017/2006 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11337</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11337/pc_028-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11337/pc_028-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 024/2006, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONGIGLIERI.</t>
   </si>
   <si>
     <t>11340</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11340/pc_029-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11340/pc_029-2006.pdf</t>
   </si>
   <si>
     <t>ENTRA EM PAUTA NESTA OPORTUNIDADE O PROJETO DE LEI N° 028/2006 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "AUTORIZA O PODER MUNICIPAL A FIRMAR CONVÊNIO COM O SISTEMA FAESA DE EDUCAÇÃO".</t>
   </si>
   <si>
     <t>11341</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11341/pc_030-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11341/pc_030-2006.pdf</t>
   </si>
   <si>
     <t>REVOGA O INCISO IV DO ARTIGO 2°, DA LEI MUNICIPAL N° 488, DE DEZEMBRO DE 2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11342/pc_031-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11342/pc_031-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 026/2006, DE AUTORIA DO VEREADOR JOÃO CABRAL R. CONCIGLIERI QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PROFISSIONAL COM ESPECIALIZAÇÃO EM PEDIATRIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11343/pc_032-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11343/pc_032-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 025/2006 DE AUTORIA DO VEREADOR ABEL KIEFER "FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A CONTRATAR PROFISSIONAL COM ESPECIALIDADE EM MEDICINA VETERINÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11344</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11344/pc_033-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11344/pc_033-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO SUBSTITUTIVO N° 001/2006 AO PROJETO DE LEI N° 023/2006.</t>
   </si>
   <si>
     <t>11345</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11345/pc_034-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11345/pc_034-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 029/2006.</t>
   </si>
   <si>
     <t>11346</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11346/pc_035-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11346/pc_035-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 030/2006 DE AUTORIA DO VEREADOR ALOÍSIO MÓDOLO DE ALMEIDA.</t>
   </si>
   <si>
     <t>11347</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11347/pc_036-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11347/pc_036-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 031/2006.</t>
   </si>
   <si>
     <t>11348</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11348/pc_037-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11348/pc_037-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 018/2006.</t>
   </si>
   <si>
     <t>11349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11349/pc_038-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11349/pc_038-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 034/2006.</t>
   </si>
   <si>
     <t>11350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11350/pc_039-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11350/pc_039-2006.pdf</t>
   </si>
   <si>
     <t>O REFERIDO PROJETO DE LEI N° 032/2006DE AUTORIA DO VEREADOR JOSÉ JOAQUIM STEIN, "DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL" "ESPORTE PREVENÇÃO CONTRA AS DROGAS E VIOLÊNCIA E DÁ OUTRAS PROVIDÊNCIAS". LIDO NA SESSÃO ORDINÁRIA DO DIA 27.06.2006 E ENCAMINHADO PELO PRESIDENTE PARA AS COMISSÕES TÉCNICAS EMITIREM PARECER DO MESMO, RETORNANDO NA ORDEM DO DIA EM DATA DE 29.06.2006.</t>
   </si>
   <si>
     <t>11351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11351/pc_040-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11351/pc_040-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 037/2006 DE AUTORIA DO VEREADOR AMARILIO JOSE KLEIN.</t>
   </si>
   <si>
     <t>11372</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11372/pc_041-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11372/pc_041-2006.pdf</t>
   </si>
   <si>
     <t>ESTAS COMISSÕES TÉCNICAS, DEVIDAMENTE REUNIDAS APÓS ANALISAREM O REFERIDO PROJETO DE LEI, ENTENDERAM SER A MATÉRIA DE ALTA RELEVÂNCIA, EM BENEFÍCIO DA SAÚDE DE TODOS OS USUÁRIOS QUE DIRETA OU INDIRETAMENTE ESTÃO EM CONTATO COM ESSAS ÁREAS DE RECREAÇÃO, PRINCIPALMENTE AS CRIANÇAS, QUE BRINCAM NO DIA NOS PARQUES E CAMPOS DE AREIA. INTERPRETANDO A VONTADE CONSTADA ATRAVÉS DE VÁRIOS PEDIDOS DA COMUNIDADE , ENTENDEMOS A IMPORTÂNCIA DA IMPLANTAÇÃO O MAIS RÁPIDO POSSÍVEL PARA MELHOR ASSISTÊNCIA A TODOS OS USUÁRIOS. PORTANTO, SOMOS FAVORÁVEIS AO REFERIDO PROJETO E PEDIMOS O ACOLHIMENTO DOS NOBRES PARES PELA APROVAÇÃO DA MATÉRIA APRESENTADA.</t>
   </si>
   <si>
     <t>11373</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11373/pc_042-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11373/pc_042-2006.pdf</t>
   </si>
   <si>
     <t>A MATÉRIA PERCORREU OS TRÂMITES LEGAIS, VINDO A ESTAS COMISSÕES PARA O EXAME E PARECER TÉCNICO EM CONJUNTO. É INQUESTIONÁVEL A OPORTUNIDADE DO PROJETO EM APREÇO, VEZ QUE O ASSUNTO SE REVESTE DA MAIS ALTA IMPORTÂNCIA, PARA CUSTEAR AS DESPESAS COM OS RECURSOS HUMANOS. É IMPOSSÍVEL UMA ENTIDADE DESSE PORTE FICAR SEM PESSOAL QUALIFICADOS PARA TRABALHAR, SÃO PESSOAS QUE AO LONGO DO TEMPO VÊEM SE PREPARANDO PARA CUIDAR DE IDOSOS, QUE PRECISAM E MERECEM RESPEITO DAS PESSAS QUE ESTÃO PRESTANDO SERVIÇO NESTA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>11374</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11374/pc_043-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11374/pc_043-2006.pdf</t>
   </si>
   <si>
     <t>ESTAS COMNISSÕES TÉCNICAS DEVIDAMENTE REUNIDAS, APÓS ANALISAREM A PRESENTE MATÉRIA, ENTENDERAM SER DE REVELEVANTE INTERESSE PARA O MUNICÍPIO, UMA VEZ QUE APROVADO, SERÁ UTILIZADO PARA CUSTEAR DESPESAS COM PESSOAL, DOTADOS E PREPARADOS, PARA SERVIR ESTA INSTITUIÇÃO. A PESTALOZZI, TEM UM PAPEL MUITO IMPORTANTE, PARA AS FAMÍLIAS QUE MUITAS VEZES NÃO TEM CONDIÇÕES FINANCEIRAS E PSICOLÓGICAS PARA ENFRENTAR, SEQUELAS, NO MEIO FAMILIAR, QUE NECESSITAM DECUIDADOS ESPECIAIS PARA LIDAR COM O ASSUNTO E QUE DIRETA OU INDIRETAMENTE, PRECISAM DE RECORRER A ESTA ENTIDADE. E DIANTE DESTA CONTAMOS COM A COMPREENSÃO DOS SENHORES PARES, QUE PELA APROVAÇÃO DA MATÉRIA EM TELA.</t>
   </si>
   <si>
     <t>11375</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11375/pc_044-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11375/pc_044-2006.pdf</t>
   </si>
   <si>
     <t>ENTRA EM PAUTA NESTA OPORTUNIDADE O PROJETO DE LEI N° 042/2006, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR UM IMÓVEL URBANO, LOCALIZADO NESTA CIDADE"</t>
   </si>
   <si>
     <t>11376</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11376/pc_046-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11376/pc_046-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLEMENTAÇÃO DE PROGRAMAS DE INCENTIVO EM PROL DOS PROPRIETÁRIOS DE TERRENOS QUE POSSUEM NASCENTE DE ÁGUA".</t>
   </si>
   <si>
     <t>11377</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11377/pc_047-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11377/pc_047-2006.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE EDSON RICARDO ESTRELA, A RUA PROJETADA QUE TERÁ SEU INÍCIO PRÓXIMO A RESIDÊNCIA DO SR. OMERO CUSTÓDIO SOARES E SEU TÉRMINO NA RESIDÊNCIA DA SRª MARIA FLORENTINA H. DOS SANTOS, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11378</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11378/pc_048-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11378/pc_048-2006.pdf</t>
   </si>
   <si>
     <t>"DENOMINA A RUA MARCIA CATHARINA BORGO, A RUA PROJETADA TENDO INÍCIO NA RESIDÊNCIA DO SR. VANDERLEI GRECO, SITUADA NO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11379</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11379/pc_049-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11379/pc_049-2006.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL DISPOR SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11380</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11380/pc_050-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11380/pc_050-2006.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEL".</t>
   </si>
   <si>
     <t>11381</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11381/pc_051-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11381/pc_051-2006.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 2°, DA LEI MUNICIPAL N° 606, DE 17 DE ABRIL DE 2006".</t>
   </si>
   <si>
     <t>11382</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11382/pc_052-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11382/pc_052-2006.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE CRITÉRIOS PARA O ENCAMINHAMENTO DE PROJETOS DE LEI E LEIS MUNICIPAIS DO PODER EXECUTIVO Á CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES. O PRESENTE PROJETO DE LEI FOI LIDO NA SESSÃO ORDINÁRIA DO DIA 22.08.2006.</t>
   </si>
   <si>
     <t>11383</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11383/pc_053-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11383/pc_053-2006.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ACONDICIONAMENTO, A COLETA, O TRATAMENTO, O TRANSPORTE E DETINAÇÃO FINAL DOS RESÍDUOS DE SERVIÇOS DE SAÚDE, NO MUNICÍPIO DE MARECHAL FLORIANO-ES"</t>
   </si>
   <si>
     <t>11384</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11384/pc_054-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11384/pc_054-2006.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O POER EXECUTIVO MUNICIPAL A DOAR ÁREA TERRITORIAL URBANA PARA A AMORGA ASSOCIAÇÃO DE MORADORES NA RUA GUSTAVO HERTEL E ADJACÊNCIAS".</t>
   </si>
   <si>
     <t>11399</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11399/pc_055-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11399/pc_055-2006.pdf</t>
   </si>
   <si>
     <t>"RECONHECE COMO UTILIDADE PÚBLICA A LOJA MAÇONICA BARAQUIEL PINTO DE MEDEIROS, FUNDADA EM 20.08.2005".</t>
   </si>
   <si>
     <t>11400</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11400/pc_056-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11400/pc_056-2006.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO HOSPITALAR DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS - FHASDOMAR".</t>
   </si>
   <si>
     <t>11401</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11401/pc_057-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11401/pc_057-2006.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ANISTIA FISCAL DE IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11402</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11402/pc_058-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11402/pc_058-2006.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL À ABRIR CRÉDITOS SUPLEMENTARES PARA O EXERCÍCIO FINANCEIRO DE 2006".</t>
   </si>
   <si>
     <t>11403</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11403/pc_059-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11403/pc_059-2006.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 11 DA LEI MUNICIPAL N° 567 DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11404</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11404/pc_060-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11404/pc_060-2006.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÕES DOS ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2007".</t>
   </si>
   <si>
     <t>11405</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11405/pc_061-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11405/pc_061-2006.pdf</t>
   </si>
   <si>
     <t>"CONCEDE O INCENTIVO AOS PROPRIETÁRIOS DE ÁREA DE TERRENOS QUE POSSUEM NASCENTES DE ÁGUA".</t>
   </si>
   <si>
     <t>11406</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11406/pc_062-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11406/pc_062-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 066/2006, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>11407</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11407/pc_063-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11407/pc_063-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 070/2006 "ALTERA O PARAGRAFO ÚNICO DO ART. 35 E O ANEXO IV, DA LEI MUNICIPAL N° 566, DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11408</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11408/pc_064-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11408/pc_064-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 067/2006.</t>
   </si>
   <si>
     <t>11409</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11409/pc_065-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11409/pc_065-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 068/2006.</t>
   </si>
   <si>
     <t>11410</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11410/pc_066-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11410/pc_066-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 061/2006.</t>
   </si>
   <si>
     <t>11411</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11411/pc_068-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11411/pc_068-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 063/2006 "DISPÕE SOBRE ALTERAÇÕES NO PLANO PLURIANUAL PARA O PERÍODO DE 2006-2009".</t>
   </si>
   <si>
     <t>11412</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11412/pc_069-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11412/pc_069-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°064/2006.</t>
   </si>
   <si>
     <t>11413</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11413/pc_070-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11413/pc_070-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°072/2006 "VEDA A CONTRATAÇÃO DE PARENTES PARA CARGOS DE COMISSÃO E FUNÇÕES GRATIFICADAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>11414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11414/pc_101-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11414/pc_101-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°042/2006 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL URBANO, LOCALIZADO NESTA CIDADE".</t>
   </si>
   <si>
     <t>11415</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11415/pc_104-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11415/pc_104-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°071/2006 "AUTORIZA O EXECUTIVO MUNICIPAL Á ABRIR CRÉDITOS SUPLEMENTARES PARA O EXERCÍCIO FINANCEIRO DE 2006".</t>
   </si>
   <si>
     <t>11416</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11416/pc_105-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11416/pc_105-2006.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI N° 071/2006.</t>
   </si>
   <si>
     <t>11417</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11417/pc_106-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11417/pc_106-2006.pdf</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REJEIÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2003</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE PLACA DE HONRA AO MÉRITO À EQUIPE BICAMPÃ ESTATUAL DE BEACH SOCCER DE MARECHAL FLORIANO-ES, REFERENDADA PELO PODER LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>9667</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ELIAS KIEFER</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9667/plo_01-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9667/plo_01-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FEDERAÇÃO DE BEACH SOCCER DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>9668</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9668/plo__02-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9668/plo__02-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR UM IMÓVEL URBANO, LOCALIZADO NESTA CIDADE.</t>
   </si>
   <si>
     <t>9669</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9669/plo_03-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9669/plo_03-2006.pdf</t>
   </si>
   <si>
     <t>9671</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9671/plo_04-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9671/plo_04-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO ESPÍRITO SANTO TURISMO E EVENTOS.</t>
   </si>
   <si>
     <t>9673</t>
   </si>
   <si>
     <t>Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9673/plo_05-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9673/plo_05-2006.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JACOMO BORGO, A ESCOLA MUNICIPAL DE 1° GRAU DE ENSINO FUNDAMENTAL, LOCALIZADA NO DISTRITO DE ARAGUAIA, MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9674</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9674/plo_06-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9674/plo_06-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ADICIONAIS DE INSALUBRIDADE E PERICULOSIDADE AOS SERVIDORES DO MUNICÍPIO DE MARECHAL FLORIANO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>9676</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9676/plo_07-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9676/plo_07-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DOAÇÕES DE AGASALHOS A TODOS OS ALUNOS DA REDE PÚBLICA MUNICIPAL DE ENSINO FUNDAMENTAL E MÉDIO DESTE MUNICÍPIO, NO PERÍODO QUE ANTECEDE A CHEGADA DO INVERNO."</t>
   </si>
   <si>
     <t>9679</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9679/plo_08-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9679/plo_08-2006.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA RITA HAND ARAÚJO, A ARUA PROJETADA TENDO INÍCIO À RUA VICTOR TRAVAGLIA E TÉRMINO NA GELRIA, PRÓXIMO A LINHA FÉRREA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9682</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9682/plo_09-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9682/plo_09-2006.pdf</t>
   </si>
   <si>
     <t>DÁ NOME DE JOSÉ ALOÍSIO SIMON, A RUA PROJETADA, COM INÍCIO NA MARGEM DA BR 262, PRÓXIMO AO TREVO DE PARAJU.</t>
   </si>
   <si>
     <t>9683</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9683/plo_10-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9683/plo_10-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE VALE TRANSPORTE PARA SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9687</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9687/plo_11-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9687/plo_11-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O BENEFÍCIO PLANO DE SAÚDE, AO SERVIDOR PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9688</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9688/plo_12-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9688/plo_12-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ISENÇÃO DE IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU A ENTIDADE SOCIAIS E SEM FINS LUCRATIVOS, NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9689</t>
   </si>
   <si>
     <t>Cezar Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9689/plo_13-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9689/plo_13-2006.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE HILTON EZEQUIEL RONCHI,  BIBLIOTECA COMUNITÁRIA DO CENTRO CULTURAL E COMUNITÁRIO EZEQUIEL RONCHI, LOCALIZADO NO CENTRO CENTRO DE ARAGUAIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9690</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9690/plo_14-2006_new.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9690/plo_14-2006_new.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA À PROPRIEDADE FORNECEDORA DE ÁGUA DO DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>9691</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9691/plo_15-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9691/plo_15-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O DESCONTO DE 50% (CINQUENTA POR CENTO) NA COBRANÇA DE ILUMINAÇÃO PÚBLICA, PAGA MENSALIDADE NO MUNICIPIO.</t>
   </si>
   <si>
     <t>9692</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9692/plo_16-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9692/plo_16-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ISENÇÃO DO IPTU (IMPOSTO PREDIAL E TERRITORIAL URBANO) PARA OS PROPRIETÁRIOS DE IMÓVEIS COM ARQUITETURA ITALO-GERMÂNICA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9693</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9693/plo_17-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9693/plo_17-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9694/plo_19-2006_new_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9694/plo_19-2006_new_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA TERRITORIAL URBANA PARA O CORPO DE BOMBEIROS MILITAR DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>9695</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9695/plo_20-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9695/plo_20-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA TERRITORIAL URBANA PARA A ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>9696</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9696/plo_21-2006_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9696/plo_21-2006_1.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORZADO, JUNTO A SECRETARIA MUNICIPAL DE SAÚDE, A CONTRATAR PROFISSIONAL COM ESPECIALIZAÇÃO NA ÁREA DE ONCOLOGIA.</t>
   </si>
   <si>
     <t>9697</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9697/plo_22-2006_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9697/plo_22-2006_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ÀS SERVIDORAS PÚBLICAS PERTECENTES AOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO LICENÇA MATERNIDADE COM PRAZO DE DURAÇÃO DE 180(CENTO E OITENTA DIAS).</t>
   </si>
   <si>
     <t>9734</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9734/plo_24-2006_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9734/plo_24-2006_1.pdf</t>
   </si>
   <si>
     <t>PROÍBE A VENDA E A COMERCIALIZAÇÃO, NO MUNICÍPIO DE MARECHAL FLORIANO, DE BRINQUEDOS QUE TENHAM FORMATO E/OU COR SEMELHANTE ÀS ARMAS VERDADEIRAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9739</t>
   </si>
   <si>
     <t>Abel Kieffer</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9739/plo_25-2006_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9739/plo_25-2006_1.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO, A CONTRATAR PROFISSIONAL COM ESPECIALIDADE EM MEDICINA VETERINÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9740</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9740/plo_26-2006_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9740/plo_26-2006_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, A CONTRATAR PROFISSIONAL COM ESPECIALIZAÇÃO EM PEDIATRIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9741</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9741/plo_27-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9741/plo_27-2006.pdf</t>
   </si>
   <si>
     <t>REVOGA O INC. IV, DO ART. 2°, DA LEI MUNICIPAL N°. 488, DE 23 DE DEZEMBRO DE 2003.</t>
   </si>
   <si>
     <t>9742</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9742/plo_28-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9742/plo_28-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O SISTEMA FAESA DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>9743</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9743/plo_29-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9743/plo_29-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO E IMPLANTAÇÃO DA HORTA MUNICIPAL, NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9744</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9744/plo_30-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9744/plo_30-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR ESTAGIÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9747</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9747/plo_31-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9747/plo_31-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, A TERCEIRIZAR OS SERVIÇOS DE LIMPEZA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9748</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9748/plo_32-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9748/plo_32-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL " ESPORTE PREVENÇÃO ONTRA AS DROGAS E A VIOLÊNCIA" E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9749</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9749/plo_33-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9749/plo_33-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO HISPOTALAR DE ASSISTÊNCIA  SOCIAL DE DOMINGOS MARTINS- FRASDOMAR.</t>
   </si>
   <si>
     <t>9750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9750/plo_34-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9750/plo_34-2006.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1° DA LEI MUNICIPAL N°. 608, DE 08 DE MAIO DE 2006.</t>
   </si>
   <si>
     <t>9757</t>
   </si>
   <si>
     <t>MESA DIRETORA 2005/2006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9757/plo_35-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9757/plo_35-2006.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 578 DE 19 DE DEZEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9759</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9759/plo_36-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9759/plo_36-2006.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 6° DA LEI MUNICIPAL N°. 579 DE 19 DE DEZEMBRO DE 2005.</t>
   </si>
   <si>
     <t>9761</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9761/plo_37-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9761/plo_37-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CONCEDER DIÁRIA A TODOS OS SERVIDORES, LOTADO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL, QUANDO A SERVIÇO DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>9762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9762/plo_38-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9762/plo_38-2006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE TRATAMENTO E ASSEPSIA DA AREIA CONTIDA NOS PARQUES, CAMPOS DE AREIA E ÁREAS PERTECENTES A ESCOAS DESTINADAS AO LAZER E RECREAÇÃO INFANTIL, EXISTENTES EM ÁREAS PÚBLICAS, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9765</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9765/plo_39-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9765/plo_39-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9767</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9767/plo_40-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9767/plo_40-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A SOU FELIZ - ORGANIZAÇÃO DE AMPARO AO IDOSO.</t>
   </si>
   <si>
     <t>9768</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9768/plo_41-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9768/plo_41-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIAZ O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA TERRITORIAL URBANA PARA A LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS N°. 82, EM MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>9770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9770/plo_42-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9770/plo_42-2006.pdf</t>
   </si>
   <si>
     <t>9772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9772/plo_43-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9772/plo_43-2006.pdf</t>
   </si>
   <si>
     <t>9774</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9774/plo_44-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9774/plo_44-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL DISPOR SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9776</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Tarcísio Antônio Borgo, Cezar Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9776/plo_45-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9776/plo_45-2006.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MARIA CATHARINA BORGO, A RUA PROJETADA TENDO INÍCIO DA RESIDÊNCIA DO SR. JAIME MIRANDA E TÉRMINO NA RESIDÊNCIA DO SR. VANDERLEI GRECO, SITUADA O DISTRITO DE ARAGUAIA, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>9777</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9777/plo_46.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9777/plo_46.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "EDSON RICARDO STRELA", A RUA PROJETADA QUE  TERÁ SEU INÍCIO PRÓXIMO A RESIDÊNCIA DO SR. OMERO CUSTÓDIO SOARES, E SEU TÉRMINO NA RESIDÊNCIA DA SRª MARIA FLORENTINA H. DOS SANTOS, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>9778</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9778/plo_47.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9778/plo_47.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 2°, DA LEI MUNICIPAL N°. 606, DE 17 DE ABRIL DE 2006.</t>
   </si>
   <si>
     <t>9780</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9780/plo_48.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9780/plo_48.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESAPROPRIAR IMÓVEL.</t>
   </si>
   <si>
     <t>9795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9795/plo_49.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9795/plo_49.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACONDICIONAMENTO, A COLETA, O TRATAMENTO, O TRANSPORTE E A DESTINAÇÃO FINAL DOS RESÍDUOS DE SERVIÇOS DE SAÚDE, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9796/plo_50.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9796/plo_50.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA O ENCAMINHAMENTO DE PROJETOS DE LEIS E LEIS MUNICIPAIS DO PODER EXECUTIVO À CAMARA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9797/plo_51.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9797/plo_51.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO UTILIDADE PÚBLICA A LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS, FUNDADA EM 20.08.2005.</t>
   </si>
   <si>
     <t>9798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9798/plo_52.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9798/plo_52.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR ÁREA TERRITORIAL URBANA PARA A AMORGHA - ASSOCIAÇÃO DE MORADORES DA RUA GUSTAVO HERTEL E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>9800</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9800/plo_53.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9800/plo_53.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO CARGO DE AGENTE DE CRÉDITO E COORDENADOR DA UNIDADE MUNICIPAL DE MICROCRÉDITO, PARA A OPERACIONALIZAÇÃO DO PROGRAMA ESTADUAL DE MICROCRÉDITO - NOSSOCRÉDITO.</t>
   </si>
   <si>
     <t>9801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9801/plo_54.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9801/plo_54.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR PARA O EXERCÍCIO FINANCEIRO DE 2006, UTILIZANDO COMO FONTE DE RECURSO EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>9802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9802/plo_55.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9802/plo_55.pdf</t>
   </si>
   <si>
     <t>INCLUI A AÇÃO "MANUTENÇÃO DAS ATIVIDADES DO PROGRAMA NOSSO CRÉDITO" AO PROGRAMA GERAÇÃO DE EMPREGO E RENDA NO PLANO PLURIANUAL PARA O PERÍODO DE 2006-2009.</t>
   </si>
   <si>
     <t>9803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9803/plo_56.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9803/plo_56.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO A MANTENÇÃO DAS ATIVIDADES DO FUNDO DA CRIANÇA E ADOLESCÊNCIA.</t>
   </si>
   <si>
     <t>9804</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9804/plo_57.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9804/plo_57.pdf</t>
   </si>
   <si>
     <t>INCLUI O "FUNDO MUNICIPAL DA CRIANÇA E ADOLESCENCIA" NO PLANO PLURIANUAL PARA O PERÍODO DE 2006-2009.</t>
   </si>
   <si>
     <t>9805</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9805/plo_58.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9805/plo_58.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO  À MANUTENÇÃO DAS ATIVIDADES DO PROGRAMA NOSSO CRÉDITO.</t>
   </si>
   <si>
     <t>9806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9806/plo_59.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9806/plo_59.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANISTIA FISCAL DE IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9807/plo_60.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9807/plo_60.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO HOSPITALAR DE ASSITÊNCIA SOCIAL DE DOMINGOS MARTINS - FRASDOMAR.</t>
   </si>
   <si>
     <t>9808</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9808/plo_61.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9808/plo_61.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1°. DA LEI MUNICIPAL N°. 538, DE 08 DE JULHO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9809</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9809/plo_62.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9809/plo_62.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DOS ANEXOS DA LEI DE DIRETRIZES ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2007.</t>
   </si>
   <si>
     <t>9810</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9810/plo_63.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9810/plo_63.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÕES NO PLANO PLURIANUAL PARA O PERÍODO DE 2006-2009.</t>
   </si>
   <si>
     <t>9811</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9811/plo_64.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9811/plo_64.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E IXA A DESPESA DO MUNICIPIO DE MARECHAL FLORIANO PARA O EXERCICIO FINANCEIRO DE 2007.</t>
   </si>
   <si>
     <t>9812</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9812/plo_65.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9812/plo_65.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL À ABRIR CRÉDITOS SUPLEMENTARES PARA O EXERCICIO FINANCEIRO DE 2006.</t>
   </si>
   <si>
     <t>9813</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9813/plo_66.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9813/plo_66.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO DE PESSOAL PELO REGIME DA CONSOLIDAÇÃO DAS LEIS DO TRABALHO -CLT.</t>
   </si>
   <si>
     <t>9814</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9814/plo_68.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9814/plo_68.pdf</t>
   </si>
   <si>
     <t>CRIA UMA VAGA NO CARGO DE PROVIMENTO EFEITVO DE AUXILIAR DE SERVIÇOS GERAIS LOTADO NO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9815</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9815/plo_69.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9815/plo_69.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 11 DA LEI MUNICIPAL N°. 567 DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9816</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9816/plo_70.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9816/plo_70.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO, DO ART. 35 E O ANEXO IV, DA LEI MUNICIPAL N°. 566, DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9817/plo_71.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9817/plo_71.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITOS SUPLEMENTARES PARA O EXERCICIO FINANCEIRO DE 2006.</t>
   </si>
   <si>
     <t>9818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9818/plo_72-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9818/plo_72-2006.pdf</t>
   </si>
   <si>
     <t>VEDA CONTRATAÇÃO DE PARENTES PARA CARGOS DE COMISSÃO E FUNÇÕES GRATIFICADAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9819/plo_74-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9819/plo_74-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DISPONIBILIZAR IMÓVEL AO PODER LEGISLATIVO E TRANSFERIR IMÓVEL AO PODER JUDICIÁRIO.</t>
   </si>
   <si>
     <t>9820</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9820/plo_75-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9820/plo_75-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO À DEVOLUÇÃO DE RECURSO DE CONVÊNIO.</t>
   </si>
   <si>
     <t>9821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9821/plo_76-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9821/plo_76-2006.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE PARA O AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9822</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9822/plo_77-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9822/plo_77-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL CONCEDER ABONO SALARIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10424</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10424/pr001-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10424/pr001-2006.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMISSÃO FEDERAL PARA ACOMPANHAR E FISCALIZAR TODO PROCEDIMENTO ADMINISTRATIVO, PARA APLICAÇÃO DO CONSURSO PÚBLICO MUNICIPAL, QUE SERÁ CONCEDIDO PELO PODER LEGISLATIVO MUNICIPAL DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10425/pr002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10425/pr002-2006.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A DEVOLVER RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10426</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10426/pr003-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10426/pr003-2006.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O PROGRAMA DE PROMOÇÃO DOS SERVIDORES EFETIVOS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>10427</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10427/pr004-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10427/pr004-2006.pdf</t>
   </si>
   <si>
     <t>APROVA O RELATÓRIO E AS CONCLUSÕES DA COMISSÃO PARLAMENTAR DE INQUÉRITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO - ES, INSTAURADA PARA APURAR IRREGULARIDADES NO CONVÊNIO FIRMADO ENTRE O BANCO DO ESTADO DO ESPÍRITO SANTO E O PODER EXECUTIVO MUNICIPAL, CONFORME LEI MUNICIPAL Nº 478 DE 15 DE OUTUBRO DE 2003.</t>
   </si>
   <si>
     <t>10428</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10428/pr005-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10428/pr005-2006.pdf</t>
   </si>
   <si>
     <t>ANULA DOTAÇÃO ORÇAMENTÁRIA DO PODER LEGISLATIVO MUNICIPAL E SUPLEMENTA DOTAÇÃO DO ORÇAMENTO VIGENTE DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10429</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10429/pr006-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10429/pr006-2006.pdf</t>
   </si>
   <si>
     <t>" INSTITUI DIÁRIAS PARA OS VEREADORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES."</t>
   </si>
   <si>
     <t>9995</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9995/rq001-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9995/rq001-2006.pdf</t>
   </si>
   <si>
     <t>VEM POR MEIO DESTE SOLICITAR DESTA SECRETARIA GERAL, A RETIRADA DA CHAOA N° 002/2006, REGISTRADA EM DATA DE 29 DE NOVEMBRO DE 2006.</t>
   </si>
   <si>
     <t>9996</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9996/rq002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9996/rq002-2006.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXª, APÓS OS DEVIDOS TRAMITES E ANUÊNCIA DO PLENÁRIO QUE SEJA ENCAMINHADO AO EXM° SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10043/rq003-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10043/rq003-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS CONTRATOS DE LOCAÇÃO DE VEÍCULOS E MÁQUINAS QUE PRESTARAM SERVIÇOS NO MUNICÍPIO DE MARECHAL FLORIANO, DURANTE O EXERCÍCIO DE 2005.</t>
   </si>
   <si>
     <t>10044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10044/rq004-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10044/rq004-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DA RELAÇÃO DE CADASTRO ATUALIZADO DAS FAMÍLIAS INSCRITAS QUE RECEBEM O BENEFÍCIO DO PROGRAMA BOLSA FAMÍLIA, NO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>10045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10045/rq005-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10045/rq005-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS PROCESSOS DE PAGAMENTOS REFERENTE A DESPESAS COM REFEIÇÕES, DURANTE OS EXERCÍCIOS DE 2003, 2004 E 2005.</t>
   </si>
   <si>
     <t>10049</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10049/rq006-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10049/rq006-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DA FOLHA DE PAGAMENTO DE TODOS OS SERVIDORES DO PODER EXECUTIVO MUNICIPAL, REFERENTE O ANO DE 2005, COM EXCEÇÃO DA SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>10050</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10050/rq007-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10050/rq007-2006.pdf</t>
   </si>
   <si>
     <t>PROCESSO DE VOTAÇÃO PARA JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO REFERENTE AO EXERCÍCIO DE 2003.</t>
   </si>
   <si>
     <t>10051</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10051/rq008-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10051/rq008-2006.pdf</t>
   </si>
   <si>
     <t>EM QUAL ESTABELECIMENTO (RESTAURANTE) QUE OS POLICIAIS MILITARES DESSE DESTACAMENTO FAZIAM SUAS REFEIÇÕES, REFERENTE AO EXERCÍCIO DE 2003 E 2004.</t>
   </si>
   <si>
     <t>10052</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10052/rq009-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10052/rq009-2006.pdf</t>
   </si>
   <si>
     <t>PROCESSO DE VOTAÇÃO PARA JULGAMENTO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO  REFERENTE AO EXERCÍCIO DE 2003.</t>
   </si>
   <si>
     <t>10054</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10054/rq010-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10054/rq010-2006.pdf</t>
   </si>
   <si>
     <t>DESVIO DO HERÁRIO PÚBLICO, NO FORNECIMENTO DE REFEIÇÕES E MARMITEX, REFERENTE AOS MESES DE JANEIRO À DEZEMBRO DO EXERCÍCIO DE 2004, PAGAS PELO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10055</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10055/rq011-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10055/rq011-2006.pdf</t>
   </si>
   <si>
     <t>TODOS OS PROCESSOS QUE DERAM ORIGEM ATÉ A CONCLUSÃO FINAL DOS PROCESSOS DE LICITAÇÃO PARA A REALIZAÇÃO DO CONCURSO PÚBLICO NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10057</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10057/rq012-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10057/rq012-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS PROCESSOS QUE DERAM ORIGEM Á ABERTURA DA LICITAÇÃO PARA REALIZAÇÃO DO CONCURSO PÚBLICO, BEM COMO TODA DOCUMENTAÇÃO REFERENTE A ESTE PROCEDIEMENTO LICITATÓRIO.</t>
   </si>
   <si>
     <t>10058</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10058/rq013-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10058/rq013-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS PROCESSOS QUE COMPROVEM AS REFERIDAS DESPESAS CONFORME AS ESPECIFICAÇÕES QUE SEGUE EM ANEXO A ESTE, RELATIVO.</t>
   </si>
   <si>
     <t>10060</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10060/rq014-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10060/rq014-2006.pdf</t>
   </si>
   <si>
     <t>LEI MUNICIPAL Nº 512 DE 14/02/2004, AUTORIZOU UMA DESPESA ORÇAMENTÁRIA DE R$ 14.415.233,00.</t>
   </si>
   <si>
     <t>10061</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10061/rq015-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10061/rq015-2006.pdf</t>
   </si>
   <si>
     <t>RESPALDO DO ART. 95, INCISO I, ALÍNEA C DA LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>10063</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10063/rq017-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10063/rq017-2006.pdf</t>
   </si>
   <si>
     <t>POSSIBILIDADE DO PARCELAMENTO DO IPTU PARA AS PESSOAS QUE ESTÃO EM DÉBITO E AINDA DEIXANDO-OS ISENTOS DOS JUROS PARA QUE TODOS POSSAM QUITAR AS COTAS EM ATRASO.</t>
   </si>
   <si>
     <t>10065</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10065/rq018-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10065/rq018-2006.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE CÓPIA DA FOLHA DE PAGAMENTO DE TODOS OS SERVIDORES DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, REFERENTE AO PERÍODO DE JANEIRO DE 2005 A MAIO DE 2006.</t>
   </si>
   <si>
     <t>10066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10066/rq019-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10066/rq019-2006.pdf</t>
   </si>
   <si>
     <t>UTILIZAÇÃO DO VEÍCULO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>10067</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10067/rq020-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10067/rq020-2006.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES INERENTES À MATÉRIA VINCULADA NO JORNAL A TRIBUNA DO DIA 19 DE AGOSTO DE 2006, ONDE SÃO APONTADAS DÚVIDAS QUANTO AO NÃO RECONHECIMENTO DO INSS DOS SERVIDORES.</t>
   </si>
   <si>
     <t>10068</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10068/rq021-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10068/rq021-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS PROCESSOS DE PAGAMENTOS REFERENTES A DESPESAS DE IMÓVEIS ADQUIRIDOS PELO PODER EXECUTIVO MUNICIPAL, NO EXERCÍCIO DE 2005 À 2006.</t>
   </si>
   <si>
     <t>10069</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10069/rq022-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10069/rq022-2006.pdf</t>
   </si>
   <si>
     <t>INDÍCIOS DE POSSÍVEIS IRREGULARIDADES NO QUE VERSA SOBRE PROCEDIEMENTOS DE AQUISIÇÃO DE IMÓVEIS ADQUIRIDOS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO -ES NOS ANOS DE 2005/2006.</t>
   </si>
   <si>
     <t>10070</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10070/rq023-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10070/rq023-2006.pdf</t>
   </si>
   <si>
     <t>INDÍCOS DE POSSÍVEIS IRREGULARIDADES NO QUE VERSA SOBRE PROCEDIMENTOS DE AQUISIÇÃO DE IMÓVEIS ADQUIRIDOS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO NOS ANOS DE 2005/2006.</t>
   </si>
   <si>
     <t>10071</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10071/rq024-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10071/rq024-2006.pdf</t>
   </si>
   <si>
     <t>" APROVA RELATÓRIO E AS CONCLUSÕES DA COMISSÃO PARLAMENTAR DE INQUÉRITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES."</t>
   </si>
   <si>
     <t>10072</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10072/rq025-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10072/rq025-2006.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE OS CRIMES DE RESPONSABILIDADES DOS PREFEITOS E VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10046</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10046/rq060-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10046/rq060-2006.pdf</t>
   </si>
   <si>
     <t>CÓPIA DE FOLHA DE PAGAMENTO DE TODOSD OS FRUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE SAÚDE, INCLUVISE CONVENIADOS E PRESTADORES DE SERVIÇOS.</t>
   </si>
   <si>
     <t>10047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10047/rq061-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10047/rq061-2006.pdf</t>
   </si>
   <si>
     <t>RETIRADA DO PROJETO DE LEI Nº 072/2006 " VEDA A CONTRATAÇÃO DE PARENTES PARA CARGOS DE COMISSÃO E FUNÇÕES GRATIFICADAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>10048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10048/rq062-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10048/rq062-2006.pdf</t>
   </si>
   <si>
     <t>RETIRADA DA CHAPA Nº 001/2006, REGISTRADA EM DATA DE 28 DE NOVEMBRO DE 2006.</t>
   </si>
   <si>
     <t>10056</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10056/rq063-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10056/rq063-2006.pdf</t>
   </si>
   <si>
     <t>RELAÇÃO DESCRIMINADA DA FOLHA DE PAGAMENTO DE TODOS OS SERVIDORES DA PREFEITURA DE MARECHAL FLORIANO - ES, REFERENTE AO ANO DE 2005 Á 2006, ESPECIFICANDO AS SECRETARIAS NA QUAL ESTÃO LOTADOS. SENDO QUE A FOLHA DE PAGAMENTO DEVERÁ SER COMPATÍVEL COM A PREVISÃO DE ORÇAMENTO.</t>
   </si>
   <si>
     <t>12432</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12432/resolucao_001-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12432/resolucao_001-2006.pdf</t>
   </si>
   <si>
     <t>"O PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, FAZ SABER QUE OS VEREADORES APROVARAM E EU PROMULGO A SEGUINTE RESOLUÇÃO:".</t>
   </si>
   <si>
     <t>12433</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12433/resolucao_002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12433/resolucao_002-2006.pdf</t>
   </si>
   <si>
     <t>12434</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12434/resolucao_003-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12434/resolucao_003-2006.pdf</t>
   </si>
   <si>
     <t>12435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12435/resolucao_004-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12435/resolucao_004-2006.pdf</t>
   </si>
   <si>
     <t>"NOMEIA MEMBROS PARA COMPOR A COMISSÃO PARLAMENTAR DE INQUÉRITO".</t>
   </si>
   <si>
     <t>12436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12436/resolucao_005-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12436/resolucao_005-2006.pdf</t>
   </si>
   <si>
     <t>"APROVA O RELATÓRIO E AS CONCLUSÕES DA COMISSÃO PARLAMENTAR DE INQUÉRITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES, INSTAURADA PARA APURAR IRREGULARIDADES NO CONVÊNIO FIRMADO ENTRE O BANCO DO ESTADO DO ESPÍRITO SANTO E O PODER EXECUTIVO MUNICIPAL N°. 478 DE 15 DE OUTUBRO DE 2003".</t>
   </si>
   <si>
     <t>12437</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12437/resolucao_006-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12437/resolucao_006-2006.pdf</t>
   </si>
   <si>
     <t>"ANULA DOTAÇÃO ORÇAMENTÁRIA DO PODER LEGISLATIVO E SUPLEMENTA DOTAÇÃO DO ORÇAMENTO VIGENTE DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12438/resolucao_007-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12438/resolucao_007-2006.pdf</t>
   </si>
   <si>
     <t>"INSTITUI PARA OS VEREADORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>12863</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Cabral, Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12863/em_001-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12863/em_001-2006.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI N° 017/2006 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12864</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12864/em_002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12864/em_002-2006.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12865/em_003-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12865/em_003-2006.pdf</t>
   </si>
   <si>
     <t>12866</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12866/em_004-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12866/em_004-2006.pdf</t>
   </si>
   <si>
     <t>12867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12867/em_005-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12867/em_005-2006.pdf</t>
   </si>
   <si>
     <t>12816</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12816/camscanner_10-14-2022_12.37_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12816/camscanner_10-14-2022_12.37_1.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA RELATIVA AO PROJETO DE LEI Nº 017/2006.</t>
   </si>
   <si>
     <t>12817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12817/es002-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12817/es002-2006.pdf</t>
   </si>
   <si>
     <t>PROSPOSTA DE EMENDA AO PROJETO DE LEI Nº 017/2006.</t>
   </si>
   <si>
     <t>12818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12818/es003-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12818/es003-2006.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE MENDA AO PROJETO DE LEI Nº 017/2006.</t>
   </si>
   <si>
     <t>12819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12819/es004-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12819/es004-2006.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA AO PROJETO DE LEI Nº 017/2006.</t>
   </si>
   <si>
     <t>12820</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12820/es005-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12820/es005-2006.pdf</t>
   </si>
   <si>
     <t>12821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12821/es006-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12821/es006-2006.pdf</t>
   </si>
   <si>
     <t>12822</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12822/es007-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12822/es007-2006.pdf</t>
   </si>
   <si>
     <t>12823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12823/es008-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12823/es008-2006.pdf</t>
   </si>
   <si>
     <t>12824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12824/es009-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12824/es009-2006.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3468,68 +3468,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12157/dl_001-2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12158/dl_002-2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6008/6008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6007/6007_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6006/6006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6005/6005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6004/6004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6003/6003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6002/6002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6001/6001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6000/6000_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5999/5999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5998/5998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5996/5996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5995/5995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5994/5994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5993/5993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5992/5992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5991/5991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5990/5990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5989/5989_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5988/5988_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5987/5987_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5986/5986_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5985/5985_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5984/5984_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5983/5983_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5982/5982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5981/5981_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5980/5980_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5979/5979_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5978/5978_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5977/5977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5976/5976_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5975/5975_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5974/5974_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5973/5973_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5972/5972_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5971/5971_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5970/5970_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5969/5969_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5968/5968_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5967/5967_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5966/5966_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5965/5965_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5964/5964_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5963/5963_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5961/5961_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5962/5962_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5960/5960_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5959/5959_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5951/5951_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4237/4237_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4236/4236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4235/4235_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4234/4234_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4233/4233_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4232/4232_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4231/4231_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4230/4230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4229/4229_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4228/4228_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4227/4227_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4226/4226_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4225/4225_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4224/4224_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4223/4223_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4222/4222_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4221/4221_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4220/4220_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4219/4219_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4218/4218_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4217/4217_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4216/4216_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4215/4215_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4214/4214_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4213/4213_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4212/4212_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4211/4211_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4210/4210_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4209/4209_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4208/4208_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4207/4207_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4206/4206_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4205/4205_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4204/4204_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4203/4203_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4202/4202_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4201/4201_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4200/4200_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4199/4199_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11292/camscanner_08-04-2022_13.48.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11293/pc_002-2006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11294/pc_003-2006.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11296/pc_006-2006.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11297/pc_007-2006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11301/pc_008-2006.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11303/pc_009-2006.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11304/pc_010-2006.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11305/pc_011-2006.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11306/pc_012-2006.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11307/pc_013-2006.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11308/pc_014-2006.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11309/pc_015-2006.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11310/pc_016-2006.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11312/pc_017-2006.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11314/pc_018-2006.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11315/pc_019-2006.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11316/pc_020-2006.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11317/pc_021-2006.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11319/pc_022-2006.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11320/pc_024-2006.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11321/pc_025-2006.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11322/pc_026-2006.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11323/pc_027-2006.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11337/pc_028-2006.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11340/pc_029-2006.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11341/pc_030-2006.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11342/pc_031-2006.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11343/pc_032-2006.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11344/pc_033-2006.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11345/pc_034-2006.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11346/pc_035-2006.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11347/pc_036-2006.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11348/pc_037-2006.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11349/pc_038-2006.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11350/pc_039-2006.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11351/pc_040-2006.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11372/pc_041-2006.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11373/pc_042-2006.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11374/pc_043-2006.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11375/pc_044-2006.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11376/pc_046-2006.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11377/pc_047-2006.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11378/pc_048-2006.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11379/pc_049-2006.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11380/pc_050-2006.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11381/pc_051-2006.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11382/pc_052-2006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11383/pc_053-2006.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11384/pc_054-2006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11399/pc_055-2006.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11400/pc_056-2006.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11401/pc_057-2006.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11402/pc_058-2006.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11403/pc_059-2006.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11404/pc_060-2006.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11405/pc_061-2006.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11406/pc_062-2006.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11407/pc_063-2006.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11408/pc_064-2006.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11409/pc_065-2006.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11410/pc_066-2006.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11411/pc_068-2006.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11412/pc_069-2006.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11413/pc_070-2006.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11414/pc_101-2006.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11415/pc_104-2006.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11416/pc_105-2006.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11417/pc_106-2006.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9667/plo_01-2006.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9668/plo__02-2006.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9669/plo_03-2006.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9671/plo_04-2006.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9673/plo_05-2006.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9674/plo_06-2006.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9676/plo_07-2006.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9679/plo_08-2006.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9682/plo_09-2006.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9683/plo_10-2006.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9687/plo_11-2006.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9688/plo_12-2006.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9689/plo_13-2006.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9690/plo_14-2006_new.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9691/plo_15-2006.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9692/plo_16-2006.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9693/plo_17-2006.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9694/plo_19-2006_new_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9695/plo_20-2006.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9696/plo_21-2006_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9697/plo_22-2006_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9734/plo_24-2006_1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9739/plo_25-2006_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9740/plo_26-2006_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9741/plo_27-2006.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9742/plo_28-2006.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9743/plo_29-2006.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9744/plo_30-2006.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9747/plo_31-2006.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9748/plo_32-2006.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9749/plo_33-2006.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9750/plo_34-2006.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9757/plo_35-2006.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9759/plo_36-2006.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9761/plo_37-2006.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9762/plo_38-2006.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9765/plo_39-2006.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9767/plo_40-2006.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9768/plo_41-2006.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9770/plo_42-2006.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9772/plo_43-2006.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9774/plo_44-2006.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9776/plo_45-2006.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9777/plo_46.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9778/plo_47.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9780/plo_48.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9795/plo_49.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9796/plo_50.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9797/plo_51.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9798/plo_52.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9800/plo_53.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9801/plo_54.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9802/plo_55.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9803/plo_56.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9804/plo_57.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9805/plo_58.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9806/plo_59.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9807/plo_60.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9808/plo_61.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9809/plo_62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9810/plo_63.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9811/plo_64.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9812/plo_65.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9813/plo_66.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9814/plo_68.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9815/plo_69.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9816/plo_70.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9817/plo_71.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9818/plo_72-2006.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9819/plo_74-2006.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9820/plo_75-2006.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9821/plo_76-2006.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9822/plo_77-2006.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10424/pr001-2006.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10425/pr002-2006.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10426/pr003-2006.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10427/pr004-2006.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10428/pr005-2006.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10429/pr006-2006.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9995/rq001-2006.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9996/rq002-2006.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10043/rq003-2006.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10044/rq004-2006.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10045/rq005-2006.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10049/rq006-2006.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10050/rq007-2006.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10051/rq008-2006.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10052/rq009-2006.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10054/rq010-2006.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10055/rq011-2006.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10057/rq012-2006.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10058/rq013-2006.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10060/rq014-2006.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10061/rq015-2006.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10063/rq017-2006.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10065/rq018-2006.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10066/rq019-2006.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10067/rq020-2006.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10068/rq021-2006.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10069/rq022-2006.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10070/rq023-2006.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10071/rq024-2006.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10072/rq025-2006.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10046/rq060-2006.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10047/rq061-2006.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10048/rq062-2006.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10056/rq063-2006.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12432/resolucao_001-2006.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12433/resolucao_002-2006.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12434/resolucao_003-2006.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12435/resolucao_004-2006.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12436/resolucao_005-2006.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12437/resolucao_006-2006.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12438/resolucao_007-2006.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12863/em_001-2006.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12864/em_002-2006.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12865/em_003-2006.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12866/em_004-2006.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12867/em_005-2006.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12816/camscanner_10-14-2022_12.37_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12817/es002-2006.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12818/es003-2006.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12819/es004-2006.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12820/es005-2006.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12821/es006-2006.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12822/es007-2006.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12823/es008-2006.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12824/es009-2006.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12157/dl_001-2006.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12158/dl_002-2006.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6008/6008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6007/6007_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6006/6006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6005/6005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6004/6004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6003/6003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6002/6002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6001/6001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/6000/6000_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5999/5999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5998/5998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5996/5996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5995/5995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5994/5994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5993/5993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5992/5992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5991/5991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5990/5990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5989/5989_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5988/5988_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5987/5987_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5986/5986_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5985/5985_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5984/5984_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5983/5983_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5982/5982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5981/5981_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5980/5980_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5979/5979_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5978/5978_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5977/5977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5976/5976_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5975/5975_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5974/5974_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5973/5973_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5972/5972_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5971/5971_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5970/5970_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5969/5969_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5968/5968_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5967/5967_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5966/5966_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5965/5965_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5964/5964_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5963/5963_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5961/5961_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5962/5962_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5960/5960_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5959/5959_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/5951/5951_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4237/4237_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4236/4236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4235/4235_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4234/4234_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4233/4233_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4232/4232_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4231/4231_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4230/4230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4229/4229_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4228/4228_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4227/4227_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4226/4226_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4225/4225_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4224/4224_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4223/4223_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4222/4222_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4221/4221_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4220/4220_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4219/4219_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4218/4218_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4217/4217_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4216/4216_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4215/4215_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4214/4214_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4213/4213_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4212/4212_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4211/4211_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4210/4210_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4209/4209_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4208/4208_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4207/4207_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4206/4206_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4205/4205_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4204/4204_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4203/4203_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4202/4202_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4201/4201_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4200/4200_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/4199/4199_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11292/camscanner_08-04-2022_13.48.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11293/pc_002-2006.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11294/pc_003-2006.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11296/pc_006-2006.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11297/pc_007-2006.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11301/pc_008-2006.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11303/pc_009-2006.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11304/pc_010-2006.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11305/pc_011-2006.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11306/pc_012-2006.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11307/pc_013-2006.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11308/pc_014-2006.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11309/pc_015-2006.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11310/pc_016-2006.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11312/pc_017-2006.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11314/pc_018-2006.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11315/pc_019-2006.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11316/pc_020-2006.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11317/pc_021-2006.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11319/pc_022-2006.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11320/pc_024-2006.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11321/pc_025-2006.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11322/pc_026-2006.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11323/pc_027-2006.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11337/pc_028-2006.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11340/pc_029-2006.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11341/pc_030-2006.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11342/pc_031-2006.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11343/pc_032-2006.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11344/pc_033-2006.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11345/pc_034-2006.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11346/pc_035-2006.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11347/pc_036-2006.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11348/pc_037-2006.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11349/pc_038-2006.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11350/pc_039-2006.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11351/pc_040-2006.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11372/pc_041-2006.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11373/pc_042-2006.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11374/pc_043-2006.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11375/pc_044-2006.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11376/pc_046-2006.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11377/pc_047-2006.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11378/pc_048-2006.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11379/pc_049-2006.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11380/pc_050-2006.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11381/pc_051-2006.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11382/pc_052-2006.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11383/pc_053-2006.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11384/pc_054-2006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11399/pc_055-2006.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11400/pc_056-2006.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11401/pc_057-2006.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11402/pc_058-2006.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11403/pc_059-2006.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11404/pc_060-2006.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11405/pc_061-2006.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11406/pc_062-2006.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11407/pc_063-2006.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11408/pc_064-2006.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11409/pc_065-2006.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11410/pc_066-2006.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11411/pc_068-2006.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11412/pc_069-2006.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11413/pc_070-2006.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11414/pc_101-2006.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11415/pc_104-2006.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11416/pc_105-2006.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/11417/pc_106-2006.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2006/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9667/plo_01-2006.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9668/plo__02-2006.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9669/plo_03-2006.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9671/plo_04-2006.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9673/plo_05-2006.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9674/plo_06-2006.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9676/plo_07-2006.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9679/plo_08-2006.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9682/plo_09-2006.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9683/plo_10-2006.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9687/plo_11-2006.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9688/plo_12-2006.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9689/plo_13-2006.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9690/plo_14-2006_new.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9691/plo_15-2006.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9692/plo_16-2006.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9693/plo_17-2006.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9694/plo_19-2006_new_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9695/plo_20-2006.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9696/plo_21-2006_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9697/plo_22-2006_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9734/plo_24-2006_1.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9739/plo_25-2006_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9740/plo_26-2006_1.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9741/plo_27-2006.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9742/plo_28-2006.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9743/plo_29-2006.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9744/plo_30-2006.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9747/plo_31-2006.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9748/plo_32-2006.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9749/plo_33-2006.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9750/plo_34-2006.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9757/plo_35-2006.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9759/plo_36-2006.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9761/plo_37-2006.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9762/plo_38-2006.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9765/plo_39-2006.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9767/plo_40-2006.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9768/plo_41-2006.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9770/plo_42-2006.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9772/plo_43-2006.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9774/plo_44-2006.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9776/plo_45-2006.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9777/plo_46.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9778/plo_47.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9780/plo_48.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9795/plo_49.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9796/plo_50.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9797/plo_51.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9798/plo_52.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9800/plo_53.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9801/plo_54.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9802/plo_55.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9803/plo_56.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9804/plo_57.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9805/plo_58.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9806/plo_59.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9807/plo_60.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9808/plo_61.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9809/plo_62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9810/plo_63.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9811/plo_64.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9812/plo_65.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9813/plo_66.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9814/plo_68.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9815/plo_69.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9816/plo_70.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9817/plo_71.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9818/plo_72-2006.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9819/plo_74-2006.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9820/plo_75-2006.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9821/plo_76-2006.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9822/plo_77-2006.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10424/pr001-2006.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10425/pr002-2006.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10426/pr003-2006.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10427/pr004-2006.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10428/pr005-2006.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10429/pr006-2006.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9995/rq001-2006.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/9996/rq002-2006.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10043/rq003-2006.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10044/rq004-2006.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10045/rq005-2006.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10049/rq006-2006.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10050/rq007-2006.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10051/rq008-2006.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10052/rq009-2006.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10054/rq010-2006.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10055/rq011-2006.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10057/rq012-2006.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10058/rq013-2006.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10060/rq014-2006.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10061/rq015-2006.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10063/rq017-2006.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10065/rq018-2006.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10066/rq019-2006.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10067/rq020-2006.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10068/rq021-2006.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10069/rq022-2006.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10070/rq023-2006.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10071/rq024-2006.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10072/rq025-2006.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10046/rq060-2006.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10047/rq061-2006.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10048/rq062-2006.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/10056/rq063-2006.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12432/resolucao_001-2006.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12433/resolucao_002-2006.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12434/resolucao_003-2006.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12435/resolucao_004-2006.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12436/resolucao_005-2006.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12437/resolucao_006-2006.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12438/resolucao_007-2006.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12863/em_001-2006.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12864/em_002-2006.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12865/em_003-2006.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12866/em_004-2006.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12867/em_005-2006.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12816/camscanner_10-14-2022_12.37_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12817/es002-2006.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12818/es003-2006.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12819/es004-2006.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12820/es005-2006.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12821/es006-2006.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12822/es007-2006.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12823/es008-2006.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2006/12824/es009-2006.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="245" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>