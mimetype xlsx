--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,5512 +54,5512 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12159</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12159/dl_001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12159/dl_001-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REJEIÇÃO DO VETO PARCIAL, RELATIVO AO ART. 38 DO PROJETO DE LEI N° 018/2007 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12160</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12160/dl_002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12160/dl_002-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REJEIÇÃO DO VETO TOTAL, RELATIVO AO PROJETO DE LEI N° 072/2006 DE AUTORIA DO VEREADOR ALOISIO MODOLO DE ALMEIDA".</t>
   </si>
   <si>
     <t>12161</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12161/dl_003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12161/dl_003-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ FLORIANENSE À SRª. SILVIA MALHEIROS GUEDES ALCOFORADO".</t>
   </si>
   <si>
     <t>12162</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12162/dl_004-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12162/dl_004-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. PAULO LOVATTI JUNIOR".</t>
   </si>
   <si>
     <t>12163</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12163/dl_005-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12163/dl_005-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. SEBASTIÃO SERRANO MOTTA".</t>
   </si>
   <si>
     <t>12164</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12164/dl_006-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12164/dl_006-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. RICARDO MOGNOL".</t>
   </si>
   <si>
     <t>12165</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12165/dl_007-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12165/dl_007-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. VITAL CHRIST FILHO".</t>
   </si>
   <si>
     <t>12166</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12166/dl_008-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12166/dl_008-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. DORIO LUIZ SIQUEIRA".</t>
   </si>
   <si>
     <t>12167</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12167/dl_009-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12167/dl_009-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. RUY BORGO".</t>
   </si>
   <si>
     <t>12168</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12168/dl_010-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12168/dl_010-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ROBERLY JOSÉ PEREIRA".</t>
   </si>
   <si>
     <t>12169</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12169/dl_011-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12169/dl_011-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. MARCELO SANTOS".</t>
   </si>
   <si>
     <t>12170</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12170/dl_012-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12170/dl_012-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JOSÉ ERNANI DE ALMEIDA MACHADO"</t>
   </si>
   <si>
     <t>12171</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12171/dl_013-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12171/dl_013-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. HONÓRIO FLORÊNCIO CATELAN".</t>
   </si>
   <si>
     <t>12172</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12172/dl_014-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12172/dl_014-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO E TÍTULO DE CIDADÃO FLORIANENSE AO SR. FERNANDO FERREIRA PATERLINE".</t>
   </si>
   <si>
     <t>12173</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12173/dl_015-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12173/dl_015-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. CLAUDIO HUMBERTO VEREZA LODI".</t>
   </si>
   <si>
     <t>12175</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12175/dl_016-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12175/dl_016-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ FLORIANENSE A SRª SONIA DOS SANTOS BUENO".</t>
   </si>
   <si>
     <t>12176</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12176/dl_017-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12176/dl_017-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. WELINGTHON NALESSO DENADAI".</t>
   </si>
   <si>
     <t>12178</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12178/dl_018-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12178/dl_018-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. PATRICIO BERNABÉ FIORIM".</t>
   </si>
   <si>
     <t>12179</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12179/dl_019-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12179/dl_019-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JOSÉ LAURIAS NUNES"</t>
   </si>
   <si>
     <t>12180</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12180/dl_020-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12180/dl_020-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. SEBASTIÃO MESSIAS LOPES".</t>
   </si>
   <si>
     <t>12181</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12181/dl_021-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12181/dl_021-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DO VETO TOTAL, RELATIVO AO PROJETO DE LEI N° 034/2007 DE AUTORIA DO VEREADOR ALOISIO MODOLO DE ALMEIDA".</t>
   </si>
   <si>
     <t>12183</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12183/dl_022-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12183/dl_022-2007.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DO VETO TOTAL, RELATIVO AO PROJETO DE LEI N° 035/2007 DE AUTORIA DO VEREADOR ALOISIO MODOLO DE ALMEIDA".</t>
   </si>
   <si>
     <t>12444</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12444/decreto_4.137-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12444/decreto_4.137-2007.pdf</t>
   </si>
   <si>
     <t>"DESIGNA MEMBROS PARA INTEGRAR COMISSÃO PARA ATUALIZAÇÃO DA LEI ORGÂNICA MUNICIPAL JUNTO AO PODER LEGISLATIVO".</t>
   </si>
   <si>
     <t>12445</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12445/decreto_4187-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12445/decreto_4187-2007.pdf</t>
   </si>
   <si>
     <t>9699</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Donato de Souza Alencar</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9699/001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9699/001-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR DONATO SOUZA ALENCAR INDICA AO EXMº SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE NA RUA DELIMAR SCHUNCK, POPULARMENTE CONHECIDA COMO RUA DA LINHA E A PAVIMENTAÇÃO DA RUA: MARECHAL DEODORO DA FONSECA NESTA CIDADE.</t>
   </si>
   <si>
     <t>9700</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9700/002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9700/002-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOSE JOAQUIM STEIN, NO USO DE SUAS ATRIBUIÇÕES CONSTITUCIONAIS , INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR A INSTALAÇÕ DE UM BANHEIRO PÚBLICO NAS PROXIMIDADES DO BAR AMÉRICA , LOCALIZADO NO CENTRO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9706</t>
   </si>
   <si>
     <t>Cezar Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9706/003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9706/003-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR CÉZAR TADEU RONCHI A NECESSIDADE DA VIABILIZAÇÃO DA ILUMINAÇÃO PÚBLICA TENDO INÍCIO DA RESIDÊNCIA DO SR. ANGELO ULIANA ATÉ A RESIDÊNCIA DO SR. DOCA PIMENTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9716/004-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9716/004-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR CÉZAR TADEU RONCHI INDICA A NECESSIDADE DA INSTALAÇÃO DE 06 TELEFONES PÚBLICOS (ORELHÃO) EM ALGUMAS RUAS LOCALIZADAS NA COMUNIDADE DE ARAGUAIA, SENDO ELAS:_x000D_
 01 NA RUA DOS IMIGRANTES AO LADO DA RESIDÊNCIA DO SR. ANGELO MALINI_x000D_
 01 NA RUA DO VESTUÁRIO DO ESPORTE CLUBE DE ARAGUAIA _x000D_
 02 NA ESCOLA VICTORIO BRAVIN_x000D_
 01 NO BAIRRO ALAGOINHA NA RUA DO SR. RICARDO ULIANA _x000D_
 01 NO BAIRRO ALTO ARAGUAIA EM FRENTE A CASA DO SR. ISNAR.</t>
   </si>
   <si>
     <t>9865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9865/005-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9865/005-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR CÉZAR TADEU RONCHI, INDICA AO EXMº  SR. PREFEITO MUNICIPAL A NECEIDADE DE VIABILIZAR AS SEGUINTES MEDIDAS PARA MELHOR DESEMPENHO DO ETA PRÓ RURAL DE ARAGUAIA:_x000D_
 01- BARRAGEM EM UMA CAPACITAÇÃO _x000D_
 02-OUTRO DECANTADOR DE PELO MENOS 3 LITROS POR SEGUNDO _x000D_
 03-OUTRO FILTRO DE 3 LITROS POR SEGUNDO _x000D_
 04-MAIS UM RESERVATÓRIO DE 20 M³_x000D_
 05-REFORMA GERAL COM CERCA DE PROTEÇÃO, POIS O SISTEMA SE ENCONTRA ABERTO COM FACÍL ACESSO DE ANIMAIS E PESSOAS ESTRANHAS_x000D_
 06-COLOCAÇÃO DE REGISTROS EM ALGUMAS RUAS, POIS SÓ TEMOS O REGISTRO GERAL NO QUAL DIFICULTA OS TRABALHOS DE MANUTENÇÃO EM REDE _x000D_
 07-MATERIAL DE MANUNTENÇÃO COMO CONEXÕES E FERRAMENTAS</t>
   </si>
   <si>
     <t>9873</t>
   </si>
   <si>
     <t>Abel Kieffer</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9873/006-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9873/006-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABEL KIEFER INDICA O EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR A ABERTURA DO CÓRREGO NA PROPRIEDADE DO SR. JAIR KROLHING EM SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9926</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9926/007-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9926/007-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABEL KIEFER INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR OS REPAROS EM TODAS AS PONTES DE MADEIRA SITUADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>9927</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9927/008-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9927/008-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOÃO CABRAL RODRIGUES ₢ONCIGLIERI INDICA AO EXMº SR. PREFEITO MUNICÍPAL, A NECESSIDADE DE AQUISIÇÃO DE UNIFORMES ADEQUADOS PARA OS GARIS DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>9928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9928/009-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9928/009-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOÃO CABRAL RODRIGUES CANCIGLIERI INDICA AO EXMº SR. PREFEITO MUNICIPAL PARA QUE PROVIDENCIE A COLOCAÇÃO DE LIXEIRAS EM TODAS AS RUAS DE MARECHAL FLORIANO-ES._x000D_
 SERIA IMPORTANTE A OLOCAÇÃO DE PEQUENOS CESTOS NAS VIAS PRINCIPAIS E LATÕES PROXIMO AS RESIDÊNCIAS PARA COMPORTAR MAIORES QUANTIDADES DE LIXO.</t>
   </si>
   <si>
     <t>9929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9929/010-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9929/010-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR A REFORMA GERAL DO GINÁSIO DE ESPORTE E DO COLÉGIO DE BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9930/011-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9930/011-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR CEZAR TADEU RONCHI INDICA AO EXMº SR, PREFEITO MUNICIPAL , A NECESSIDADE DE VIABILIZAR UMA ANÁLISE FINANCEIRA PARA QUE SEJA CONCEDIDO AUMENTO NO AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9931/012-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9931/012-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR CEZAR TADEU RONCHI INDICA AO EXMº SR. PREFEITO MUNICIPAL JUNTAMENTE COM O ORGÃO COMPETENTE, A NECESSIDADE DE VIABILIZAR MELHORIAS NO PARQUE INFANTIL E NO CAMPO DE AREIA DE ALTO MARECHAL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>9932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9932/013-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9932/013-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR DONATO DE SOUZA ALENCAR, SUGERE AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR O ATENDIMENTO AO PÚBLICO PELO CHEFE DO PODER EXECUTIVO ÁS TERÇA FEIRA DE 08:00 ÀS 11:00 E DE 13:00 ÀS 17:00 HORAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9933/014-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9933/014-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOSE JOAQUIM STEIN INDICA AO EXMº SR. PREFEITO MUNICIPAL , A NECESSIDADE DA VIABILIZAÇÃO DE PATROLAMENTO DA ESTRADA DA RUA THEOBALDO RUPF COM INICIO NA PROPRIEDADE DE SR. CÉZAR LEMOS E TERMINO PRÓXIMO A PROPRIEDADE DA FÁMILIA VENTURINI.</t>
   </si>
   <si>
     <t>9934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9934/015-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9934/015-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JUAREZ JOSE XAVIER INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DA AQUISIÇÃO  DE UM VEICULO (ÔNIBUS) PARA ATENDER AO GRUPO DA TERCEIRA IDADE NOS ENCONTROS REGIONAIS E LOCAIS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9935</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9935/016-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9935/016-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO FIRMADO INDICA AO EXMº SR. PREFEITO MUNICIPAL JUNTAMENTE COM O CORPO DE BOMBEIROS, A NECESSIDADE DE VIABILIZAR UMA VISTORIA NAS RESIDÊNCIAS LOCALIZADAS NA RUA JOSE LOVATTI, PRÓXIMA A RUA CECÍLIA PITANGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9939</t>
   </si>
   <si>
     <t>Amarílio José Klein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9939/017-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9939/017-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO AFIRMADO, INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE REALIZAR O PATROLAMENTO DA ESTRADA DA VILA SCHUNCK, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9940/018-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9940/018-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ALOÍSIO MÓDOLO DE ALMEIDA, INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR O MAIS RÁPIDO POSSIVEL A LIMPEZA DE CÓRREGOS E VALAS EXISTENTES NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9943</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9943/019-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9943/019-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ALOÍSIO MÓDOLO DE  ALMEIDA INDICA AO EXMº SR. PREFEITO MUNICIPAL , JUNTO A ADMINISTRAÇÃO MUNICIPAL, A NECESSIDADE DE AQUISIÇÃO DE MATERIAIS PARA MÃO DE OBRA DOS SERVIÇOS QUE TRABALHAM COMO SERVENTES NA  LIMPEZA PÚBLICA DO MUNICÍPIO. SÃO OS SEGUINTES: VASSOURAS, BOTINAS, PÁS, CARRINHOS ETC...</t>
   </si>
   <si>
     <t>9949</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9949/020-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9949/020-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DA VIABILIZAÇÃO DA REFORMA DO POSTO DE SAÚDE LOCALIZADO NA COMUNIDADE SANTA RITA, NESTE MUNICÍPIO, O VEREADOR FAZ UMA OBSERVAÇÃO QUANTO AO SEU PEDIDO, CASO NÃO SEJA POSSIVEL A REFORMA DO MESMO, QUE ESTE SEJA INTERDITADO.</t>
   </si>
   <si>
     <t>9951</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9951/021-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9951/021-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR DONATO DE SOUZA ALENCAR, INDICA O EXMº SR. PREFEITO MUNICIPAL A VIABILIZAÇÃO DA ILUMINAÇÃO PÚBLICA NO CAMPO DE AREIA LOCALIZADA NA AVENIDA ARTHUR HESE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>9952</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9952/022-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9952/022-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR DONATO DE SOUZA ALENCAR INDICA AO EXMº SR. PREFEITO  MUNICIPAL A NECESSIDADE DES INSTALAR UMA PLACA NO MANOBRADOR, LOCALIZADO NA RUA DELIMAR SCHUNCK, PROIBINDO O ESTACIONAMENTO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>9953</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>VENHO ATRAVÉS DESTE, SUGERIR AO EXMº SR. PREFEITO MUNICIPAL A ELABORAÇÃO DE UMA CARTILHA, COM O OBJETIVO DE CONCIENTIZAR OS MORADORES DO MUNICÍPIO DE MARECHAL FLORIANO A PRESERVAR O MEIO AMBIENTE CONFORME O ART. 198, PARÁGRAFO VIII, DA LEI ORGÂNICA DO MUNICÍPIO, PRESERVANDO OS CÓRREGOS, RIOS E VALAS, NÃO JOGANDO LIXO E ENTULHOS IMPEDINDO ASSIM A PROLIFERAÇÃO QUE DIRETA OU INDIRETAMENTE VENHA A AFETAR A SAÚDE DOS NOSSOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>9980</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9980/024-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9980/024-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR AMARÍLIO JOSÉ KLEIN, INDICA O EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE EDUCAÇÃO, A POSSIBILIDADE DE ESTENDER A ESCOLINHA DE FUTEBOL INFANTIL ÁS COMUNIDADES DE SANTA MARIA, SOÍDO DE BAIXO E ADJACÊNCIAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10003</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10003/025-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10003/025-2007.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA EM LOCAIS CRÍTICOS, EM TODAS AS COMUNIDADES DO INTERIOR, PRINCIPALMENTE AS ESTRADAS VICINAIS.</t>
   </si>
   <si>
     <t>10012</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10012/026-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10012/026-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JUAREZ JOSE XAVIER, INDICA O EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR A DESAPROPRIAÇÃO DE PARTE DE UMA ÁREA PERTENCENTE AO SR. VALCÍRIO PEREIRA LEITE LOCALIZADA AO FINAL DA RUA ADÃO KILL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10017</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10017/027-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10017/027-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JUAREZ JOSE XAVIER, INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR A SUBSTITUIÇÃO DAS MADEIRAS (PRANCHÕES) DA PONTE EXISTENTE NA ESTRADA QUE DÁ ACESSO AO SITIO DO SR. ISAIAS STEIN EM ALTO NOVA ALMEIDA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10021</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10021/028-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10021/028-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO INDICA O EXMº SR. PREFEITO MUNICIPAL, QUE SEJA ADOTADO MEDIDAS NECESSÁRIAS PARA O FIEL COMPRIMENTO DA LEI MUNICIPAL Nº 007 DE 30 DE JUNHO DE 1994 QUE ''INSTITUI O REGIME DE PLANTÃO PARA AS FARMÁCIAS LOCALIZADAS NA REDE DO MUNICÍPIO DE DÀ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>10024</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10024/029-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10024/029-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO, INDICA O EXMº SR. PREFEITO MUNICIPAL , JUNTAMENTE COM A SECRETARIA DE OBRAS E O CIRETRAN, A NECESSIDADE DE REALIZAR MELHORIAS NO TRÂNSITO DO CENTRO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10030</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Tarcísio Antônio Borgo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10030/030-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10030/030-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE REALIZAR A REFORMA E COBERTURA DA QUADRA DE ESPORTES LOCALIZADA PROXIMO AO CAMPO DO ESPORTE CLUBE DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10031</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10031/031-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10031/031-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR A CONSTRUÇÃO DE UMA PONTE DE CIMENTO NA PROPRIEDADE DO SR. CARLOS PREST LIGANDO A PROPRIEDADE DO SR. AUGUSTINHO DOS SANTOS, EM ARAGUAIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10032</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10032/032-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10032/032-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL , A NECESSIDADE DE VIABILIZAR MELHORAMENTOS NA ESTRADA QUE DA ACESSO A TORRE DE REPETIDOR, NESTA CIDADE, LOCALIZADA NA ESTRADA ( POPULARMENTE CONHECIDA COMO ESTRADA DO CARACOL).</t>
   </si>
   <si>
     <t>10033</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10033/033-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10033/033-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO, INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR MELHORAMENTOS NA RUA ALBERTO HENRIQUE LUIZ RAACH, SENDO QUE ESTA DA ACESSO A ESTRADA DE COSTA PEREIRA E BOM JESUS NESTE MUNICÍPIO, E TAMBÉM NA PROPRIEDADE DO SR. IRINEU CANAL.</t>
   </si>
   <si>
     <t>10034</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10034/034-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10034/034-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI, INDICA AO EXMº SR. PREFEITO MUNICIPAL, A URGENTE NECESSIDADE DA COLOCAÇÃO DEV 03 POSTES NA RUA HERMÍNIO JOSÉ ENTRINGER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10035</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10035/035-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10035/035-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI, INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM O ÓRGÃO COMPETENTE, A COLOCAÇÃO DE LUMINARIAS MAIS FORTES, NO INÍCIO DO SUPERMERCADO BEM VINDO ATÉ A BICA PRÓXIMO A FAMILIA BOTELHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10036</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10036/036-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10036/036-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI, INDICA AO EXMº PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE CULTURA A POSSIBILIDADE DA VOLTA DO CORAL MUNICIPAL ADULTO E INFANTIL. E TAMBÉM SUGERE  MAIS APOIO COM SUPORTE FINANCEIRO E A DISPONIBILIDADE DE TRANSPORTE COM VIAGENS PARA APRESENTAÇÃO DO GRUPO EMN OUTROS MUNICÍPIOS .</t>
   </si>
   <si>
     <t>10053</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10053/037-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10053/037-2007.pdf</t>
   </si>
   <si>
     <t>SUGIRO AO EXMº SR. PREFEITO MUNICIPAL JUNTAMENTE COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, A POSSIBILIDADE DE CONSTAR DOS CURRÍCULOS DAS ESCOLAS MUNICIPAIS ESTENDER AS AULAS DE EDUCAÇÃO FÍSICA DESTINANDO HORAS/AULAS    ESPECIFICANDO TURMAS DE EDUCAÇÃO INFANTIL COM 02 (DUAS) AULAS SEMANAIS PARA CRIANÇAS DE 0 (ZERO) A 5 (CINCO) ANOS E TRÊS AULAS SEMANAIS PARA CRIANÇAS A CIMA DE 6 (SEIS) ANOS.</t>
   </si>
   <si>
     <t>10059</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10059/038-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10059/038-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO, INDICA AO EXMº SR. PREFEITO MUNICIPAL , A NECESSIDADE DE VIABILIZAR A PATROLAMENTO E A ROÇAGEM DA ESTRADA VELHA COM INÍCIO NO POSTO IPIRANGA ATÉ A DIVISA DO MUNICÍPIO NO VIRA DOURO.</t>
   </si>
   <si>
     <t>10062</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10062/039-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10062/039-2007.pdf</t>
   </si>
   <si>
     <t>INDICA A VIABILIZAÇÃO DE ESTUDOS OBJETIVANDO A CRIAÇÃO DE TRANSPORTE ESCOLAR GRATUITO PARA OS ALUNOS QUE ESTUDAM FORA DE SEDE, SEJAM ESSES ESTUDANTES DE QUALQUER GRAU OU NÍVEL DE ENSINO.</t>
   </si>
   <si>
     <t>10064</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10064/040-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10064/040-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR DONATO DE SOUZA ALENCAR, INDICA AO EXMº SR. PREFEITO MUNICIPAL A VIABILIZAÇÃO DE ESTUDOS OBJETIVANDO DAR CUMPRIMENTO A LEI MUNICIPAL Nº 538 DE 08 DE JULHO DE 2005 ''AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM ENTIDADES DE ENSINO SUPERIOR''.</t>
   </si>
   <si>
     <t>10073</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10073/041-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10073/041-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE EDUCAÇÃO E FINANÇAS, A NECESSIDADE DE ADOTAR MEDIDAS PARA ATUALIZAR O PAGAMENTO DOS PRESTADORES DE SERVIÇO DE TRANSPORTE ESCOLAR, NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10074</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10074/042-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10074/042-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A AQUISIÇÃO DE UM TERRENO PRÓXIMO A ESCOLA BETINHO SIMON, PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, NAQUELA COMUNIDADE.</t>
   </si>
   <si>
     <t>10075</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10075/043-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10075/043-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A POSSIBILIDADE DE DISPONIBILIZAR DOIS SERVIDORES LOTADOS NO QUADRO DE PESSOAL DO PODER EXECUTIVO PARA ATENDER À ACIASMAF, LOCALIZADA NA AVENIDA ARTHUR HAESE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10076</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10076/044-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10076/044-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE DISTRIBUIÇÃO DE LIXEIRAS EM TODA A RUA SEBASTIÃO FRANCISCO PENHA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10077</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10077/045-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10077/045-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE REALIZAR A REFORMA DA CRECHE LEONOR FEU ROSA, SUTUADO NO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN, LOCALIZADO NO BAIRRO SANTA RITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10078</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10078/046-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10078/046-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A PAVIMENTAÇÃO E COLOCAÇÃO DE BUEIROS, NAS RUAS LOCALIZADAS NA VILA SCHUNCK, PRÓXIMO AO POSTO IPIRANGA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10079</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10079/047-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10079/047-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL JUNTAMENTE COM O ORGÃO COMPETENTE A VIABILIDADE NO SENTIDO DE ESTUDAR UMA FORMA DE MELHOR ATENDIMENTO AO CIDADÃO FLORIANENSE NO QUE TANGE O TRANSPORTE MUNICIPAL.</t>
   </si>
   <si>
     <t>10080</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10080/048-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10080/048-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A POSSIBILIDADE DE CONSTRUIR UM TELEFÉRICO NA COMUNIDADE DE ARAGUAIA NO TERRENO ADQUIRIDO PELO PODER EXECUTIVO MUNICIPAL, COMFORME A LEI Nº. 562 DE 07 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>10081</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10081/049-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10081/049-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO WXMº SR. PREFEITO MUNICIPAL A NECESSIDADE URGENTE DA REFORMA NA CRECHE FLOMIRO ENDLICH CANAL NETO, LOCALIZADO PRÓXIMO AO CENTRO RECREATIVO ARTHUR HAESE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10083</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10083/050-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10083/050-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, COM RESPALDO ART. 37, X, CARTA MAGNA QUE SEJA ELABORADA LEI ESPECIFICA À PRESENTE INDICAÇÃO JUSTIFICA-SE EM RAZÃO DA NECESSIDADE DE REAVALIAR ANUALMENTE O VALOR DA REMUNERAÇÃO DOS REFERIDOS SERVIDORES , DE FORMA QUE POSSA GARANTIR A IRREDUTIBILIDADE REAL DA MESMA.</t>
   </si>
   <si>
     <t>10111</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10111/051-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10111/051-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR CASCALHO A ESTRADA EM ALTO SANTA MARIA, NO KM 62, ESTRADA ESTA QUE DÀ ACESSO A RESIDÊNCIA DO SR. CLARINDO BUSATO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10112</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10112/052-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10112/052-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR A COLOCAÇÃO DE TELEFONE (ORELHÃO), NAS SEGUINTES COMUNIDADES:_x000D_
 -01 (UM) EM BOM JESUS;_x000D_
 02- (DOIS) ALTO VICTOR HUGO;</t>
   </si>
   <si>
     <t>10113</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10113/053-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10113/053-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR AS SEGUINTES MEDIDAS:_x000D_
 1- ILUMINAÇÃO PÚBLICA NA RUA ADOLFO GERHARDT FILHO, NESTE MUNICÍPIO._x000D_
 2- ILUMINAÇÃO PÚBLICA NA LADEIRA DENOMINADA DE ''PASTOR KARL ERNESTSCHNEIDER'', NESTA CIDADE.</t>
   </si>
   <si>
     <t>10114</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10114/054-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10114/054-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE VIABILIZAR A DESAPROPRIAÇÃO DE LOTE EM SANTA MARIA, PARA A IMPLANTAÇÃO DO PRÓ-ÁGUA, COM O RECURSO QUE NÃO FOI ULTILIZADO POR FALTA DE LOCAL.</t>
   </si>
   <si>
     <t>10115</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10115/055-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10115/055-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A VIABILIZAÇÃO DAS SEGUITES MEDIDAS:_x000D_
 01 - VIABILIZAÇÃO DA LIMPEZA GERAL DAS MARGENS DO RIO BRAÇO SUL QUE BANHA A CIDADE;_x000D_
 02- ROÇAGEM NA ESTRADA QUE DÁ ACESSO A RESIDÊNCIA DA FAMILIA MEDEIROS;_x000D_
 03 - LIMPEZA E TROCA DE LUMINÁRIAS NA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>10116</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10116/056-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10116/056-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL , PROCEDER OS ESTUDOS ACERCA DO CONCURSO PÚBLICO MUNICIPAL, QUE ACONTECEU NO EXERCICIO DE 2006, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10117</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10117/057-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10117/057-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL QUE SEJA REVISTO A SITUAÇÃO DOS SERVIDORES MUNICIPAIS, QUE TIVERAM A SUSPENSÃO DO TICKET ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>10118</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10118/058-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10118/058-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARÍA MUNICIPAL DE SAÚDE, A NECESSIDADE DE VIABILIZAR A TRANSFERÊNCIA DO ATENDIMENTO ODONTOLÓGICO PARA UM LOCAL INDEPENDÊNTE DO POSTO DE SAÚDE, DESTA CIDADE.</t>
   </si>
   <si>
     <t>10119</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10119/059-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10119/059-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE QUANTO AO CUMPRIMENTO DA LEI MUNICIPAL Nº 671, DE SERVIDORES QUE SE ENQUADRAM NAS HIPÓTESES LEGALMENTE PREVISTAS._x000D_
 SUGIRO AINDA QUE SEJA PROVIDÊNCIADO, CONFORME PROMESSA DE V. EXª., O REAJUSTE DO VALOR DO TICKET REFEIÇÃO CONCEDIDO AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL, OBJETO DA LEI MUNICIPAL Nº. 388/2007.</t>
   </si>
   <si>
     <t>10120</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10120/060-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10120/060-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO DE REDUTOR DE VELOCIDADE EM FRENTE AO SUPERMERCADO BEM VINDO, NESTE MUNICÍPIO E A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE DA RUA THEOBALDO RUPF, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10124</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10124/061-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10124/061-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A POSSIBILIDADE DE PROPOR ESTUDOS NO SENTIDO DE APROVEITAR O TERRENO ADQUIRIDO PELA PREFEITURA EM ARAGUAIA, E CONSTRUIR UMA ESTATUA OU ESCULTURA, QUE LEMBRAM OS IMIGRANTES QUE MARCARAM SUA PASSGAEM NA COMUNIDADE.</t>
   </si>
   <si>
     <t>10125</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10125/062-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10125/062-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O DESMENBRAMENTO E CRIAÇÃO DA SECRETARIA MUNICIPAL DE ESPORTES.</t>
   </si>
   <si>
     <t>10129</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10129/063-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10129/063-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL A PAVIMENTAÇÃO DA RUA ALBERTO HENRIQUE LUIZ RAACH , NO TRECHO COM ÍNICIO NA RUA PAULO LOVATTI E TERMINO NA RUA QUINTA DOS LAGOS, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10130</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10130/064-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10130/064-2007.pdf</t>
   </si>
   <si>
     <t>PROPONHO AO PLENÁRIO QUE SEJA ENDEREÇADO AO EXMº SR. PREFEITO MUNICIPAL A CONSTRUÇÃO DE UMA CRECHE ESCOLAR NO DISTRITO DE SANTA MARIA, MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10131</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10131/065-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10131/065-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL QUE PROMOVA ESTUDOS COM O OBJETIVO DE CONTRATAR EMPRESA ESPECIALIZADA EM PROJETO DE PAISAGISMO , NO SENTIDO DE VIABILIZAR O PROJETO NA RUA DELIMAR SCHUNCK, POPURLAMENTE CONHECIDA COMO RUA DA LINHA.</t>
   </si>
   <si>
     <t>10132</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10132/066-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10132/066-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR UMA LIMPEZA GERAL EM TODO O PERCURSO DO CÓRREGO BATATAL, NESTE MUNICÍPIO. PRINCIPALMENTE PROXIMO A CHECHE LEONOR FEU ROSA, LOCALIZADO NO BAIORRO SANTA RITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10136</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10136/067-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10136/067-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O PEDIDO DE PROVIDÊNCIA DA PAVIMENTAÇÃO ASFÁLTICA NA RUA JOSÉ MERISIO, PARALELA À RUA VICTOR TRAVAGLIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10162</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10162/068-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10162/068-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DAS SEGUINTES MEDIDAS:  _x000D_
 * PAVIMENTAÇÃO ASFALTICA EM ALTO SANTA MARIA COM INICIO PROXIMO A RESIDÊNCIA DO SR. CÉZAR GILLES , ATÉ ARAGUAIA._x000D_
 * PAVIMENTAÇÃO ASFALTICA NA ESTRADA PRINCIPAL DE RIO FUNDO, COM ÍNICIO NO POSTO IPIRANGA._x000D_
 * PAVIMENTAÇÃO ASFALTICA NA ESTRADA DE SOÍDO DE BAIXO, TENDO ÍNICIO NA ESTRADA DO POSTO IPIRANGA ( LADO ESQUERDO).</t>
   </si>
   <si>
     <t>10169</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10169/069-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10169/069-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS, A NECESSIDADE DE VIABILIZAR MANILHAMENTO NA RUA MARECHAL THEODORO DA FONSECA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10171</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10171/070-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10171/070-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL, A POSSIBILIDADE DA ADMISSÃO DE GARIS, QUE PRESTARAM O CONCURSO PÚBLICO NA PREFEITURA.</t>
   </si>
   <si>
     <t>10172</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10172/071-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10172/071-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM O ORGÃO RESPONSÁVEL ASSOCIAÇÃO BRASILEIRA DE PRESERVAÇÃO FERROVIÁRIA (ABPF), DE PROMOVER ESTUDOS, VIABILIZANDO A POSSIBILIDADE DE ESTENDER O PERCURSO DOMINGO NO TREM, QUE SERÁ SEU TRAJETO VIANA-MARECHAL, ESTENDENDO TAMBÉM ATÉ A COMUNIDADE DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10173</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10173/072-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10173/072-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS, A NECESSIDADE DE VIABILIZAR O TÉRMINO DA PAVIMENTAÇÃO ASFÁLTICA NA RUA DOZINO MONTEIRO DE PAULA, RUA PARALELA A RUA CELÍLIA PITANGA, NESTA CIDADE. E A COLOCAÇÃO DE POSTE DE ILUMINAÇÃO PRÓXIMO A RESIDÊNCIA DA SRª TRIZIANE HERZOG.</t>
   </si>
   <si>
     <t>10227</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10227/073-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10227/073-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, A DISPONIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS EM ALTO SANTA MARIA, QUE DÀ ACESSO NA RESIDÊNCIA DO SR. PAULO CÉSAR GILLES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10236</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10236/074-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10236/074-2007.pdf</t>
   </si>
   <si>
     <t>INDICA PAVIMENTAÇÃO ASFÁLTICA NA RUA PROJETADA AO LADO DO CAMPO DE FUTEBOL DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10237</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10237/075-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10237/075-2007.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO, INDICA AO EXMº SR. PREFEITO MUNICIPAL O PEDIDO DE LEVANTAMENTO DA QUANTIDADE DE RESÍDUOS SÓLIDOS, COLETADOS POR MÊS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10238</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10238/076-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10238/076-2007.pdf</t>
   </si>
   <si>
     <t>PROPONHO AO PLENÁRIO, QUE SEJA ENDEREÇADO AO EXMº SR. PREFEITO MUNICIPAL A PAVIMENTAÇÃO ASFÁLTICA NUMA DISTÂNCIA MÍNIMA DE 100 (CEM) METROS DO POSTO DE SAÚDE DE RIO FUNDO, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>10239</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10239/077-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10239/077-2007.pdf</t>
   </si>
   <si>
     <t>PROPONHO AO PLENÁRIO, QUE SEJA ENCAMINHADO AO EXMº SR. PREFEITO MUNICIPAL, SUGESTÃO VERSANDO A SOLICITAÇÃO DE DESAPROPRIAÇÃODAS CASAS SITUADAS ÁS MARGENS DO RIO JUCU NA COMUNIDADE DE RIO FUNDO._x000D_
 DESAPROPRIAÇÃO DAS CASAS DA RUA DELIMAR SCHUNCK, SITUADAS EM ÁREAS DE RISCO.</t>
   </si>
   <si>
     <t>10240</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10240/078-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10240/078-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM O SECRETÁRIO DE EDUCAÇÃO DE PROPOR ESTUDOS OBJETIVANDO A POSSIBILIDADE DE CONCEDER AO SERVIDOR LOTADO NO QUADRO DE PESSOAL DO PODER EXECUTIVO MUNICIPAL, EM ESPECIAL AQUELE PROFISSIONAL COM ESPECIALIDADE EM MAGISTÉRIO PÚBLICO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10241</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10241/079-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10241/079-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE AQUISIÇÃO DE DOIS VEÍCULOS CAÇAMBA PARA ATENDER A REGIÃO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10242</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10242/080-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10242/080-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR PREFEITO MUNICIPAL, AS PROVIDÊNCIAS QUE SE FIZEREM NECESSÁRIOS JUNTO AO SETOR COMPETENTE DESSA MUNICIPALIDADE VISANDO A COLOCAÇÃO DE LIXEIRAS  NA PRAÇA SANTA RITA, LOCALIZADA NA ÁREA CENTRAL DE GRANDE CIRCULAÇÃO DE PEDRESTES E VEÍCULOS.</t>
   </si>
   <si>
     <t>10243</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10243/081-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10243/081-2007.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA ENCAMINHADO A SUA EXCELÊNCIA O SENHOR PREFEITO MUNICIPAL A SEGESTÃO DA TROCA DE LUMINÁRIAS E VÁRIOS PONTOS DAS RUAS DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>10244</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10244/082-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10244/082-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA COM ÍNICIO NA IGREHJA DE SANTA MARIA ATÉ A RESIDÊNCIA DO SR. MIGUEL DE SOUZA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10245</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10245/083-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10245/083-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL , A NECESSIDADE DE VIABILIZAR A CONSTRUÇÃO DE UMA CRECHE ESCOLAR NO DESTRITO DE ARAGUAIA- MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10246</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10246/084-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10246/084-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMºSR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR A AQUISIÇÃO DE UM TERRENO PARA CONSTRUÇÃO DE UMA CRECHE ESCOLAR NO DESTRITO DE ARAGUAIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10247</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10247/085-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10247/085-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA QUE DÁ ACESSO A RESIDÊNCIA DO SR. PAULINHO MARQUES, EM VICTOR HUGO - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10255</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10255/086-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10255/086-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE ADMINISTRAÇÃO E FINANÇAS, QUE SEJA ADOTADO AS MEDIDAS NECESSÁRIAS PARA CONCESSÃO DE DIÁRIAS AOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL QUE SE DESLOCAM DA SEDE A SERVIÇO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10295</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10295/087-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10295/087-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL , QUE INTERCEDA A POSSIBILIDADE DE VIABILIZAR NO MUNICÍPIO DE MARECHAL FLORIANO, A INSTALAÇÃO DE UMA AGÊNCIA DA CAIXA ECONÔMICA FEDERAL, ACATANDO AS DIVERSAS SOLICITAÇÕES DOS CIDADÃOS QUE NÃO PRECISARÁ SE DESLOCAR PARA A CIDADE VIZINHA PARA RESOLVER OS NEGÓCIOS.</t>
   </si>
   <si>
     <t>10296</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10296/088-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10296/088-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, PARA FAZER UMA REVISÃO NA LEI MUNICIPAL NO QUAL VEM DAR SUPORTE LEGAL PARA A CONCESSÃO DE INSALUBRIDADE AO SERVIDOR QUE EXERCE A FUNÇÃO DE GARI, LOTADO NO QUADRO DE PESSOAL DESSE PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10297</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10297/089-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10297/089-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXM º SR. MUNICIPAL O PEDIDO DE PROVIDÊNCIA DE SOLICITAR DRENAGEM E MANILHAMENTO NO CAMPO DE AREIA, LOCALIZADO A AVENIDA ARTHUR HESE, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10314</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10314/090-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10314/090-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A SOLICITAÇÃO VERSANDO SOBRE A VIABILIDADE DE INSTALAÇÃO DE 01 (UM) POSTE COM LUMINÁRIA EM CADA CEMITÉRIO.</t>
   </si>
   <si>
     <t>10319</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10319/091-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10319/091-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O PEDIDO DA REFORMA E AMPLIAÇÃO DA ESCOLA DE VICTOR HUGO, LOCALIZADO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10320</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10320/092-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10320/092-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DA CONSTRUÇÃO DE UMA SALA PARA INSTALAÇÃO DO CRAS - CENTRO DE REFERÊNCIA DE AÇÃO SOCIAL, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10321</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10321/093-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10321/093-2007.pdf</t>
   </si>
   <si>
     <t>INDICA A MESA DIRETORA, QUE SEJA OFICIALIZADO AO EXMº SR. PREFEITO MUNICIPAL QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFALTICA NA ESTRADA DE RIO FUNDO, TENDO SEU INÍCIO NO COMÉRCIO DO SR. DARCI LITTIG ATÉ O BAR PRÓXIMO AO CAMPO DE FUTEBOL DE RIO FUNDO.</t>
   </si>
   <si>
     <t>10322</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10322/094-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10322/094-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A POSSIBILIDADE DE SUBSTITUIR A ESCADA DO LADO DA BIBLIOTECA MUNICIPAL POR RAMPAS.</t>
   </si>
   <si>
     <t>10323</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10323/095-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10323/095-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A REIVINDICAÇÃO DE PROPOR ESTUDOS PARA VIABILIZAÇÃO DE ENERGIA SUBTERRÂNEA NAS PRINCIPAIS RUAS DESTA CIDADE.</t>
   </si>
   <si>
     <t>10324</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10324/096-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10324/096-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL QUE ESTUDE A POSSIBILIDADE DE DOAR ÁREA PARA CONSTRUÇÃO DA IGREJA ADVENTISTA DO 7º DIA EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10325</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10325/097-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10325/097-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL QUE SEJAM ADOTADAS AS MEDIDAS DE MELHORIA NA MANUTENÇÃO DO REPETIDOR EM NOSSO MUNICÍPIO, E QUE SEJA PROCEDIDO ESTUDOS COM O ONJETIVO DE TRAZER PARA A POPULAÇÃO MAIS CANAIS DE TELEVISÃO.</t>
   </si>
   <si>
     <t>10337</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10337/098-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10337/098-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE VIABILIAR EM TODO O MUNICÍPIO A COLOCAÇÃO DE PLACAS DE IDENTIFICAÇÃO DAS LOCALIDADES EXISTENTES EM NOSSA REGIÃO.</t>
   </si>
   <si>
     <t>10340</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10340/099-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10340/099-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A URGENTE NECESSIDADE DA CONSTRUÇÃO DE MURO DE CONTENÇÃO AO LADO DA RESIDÊNCIA DO SR. HONORATO MOREIRA, PRÓXIMO A LINHA FÉRREA, LOCALIZADO NA RUA THIERES VELOSO.</t>
   </si>
   <si>
     <t>10344</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10344/100-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10344/100-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PRFEITO MUNICIPAL , JUNTAMENTE COM O ORGÃO COMPETENTE, QUE SE DESIGNE DETERMINAR A SESSÃO COMPETENTE DESTE PODER EXECUTIVO MUNICIPAL LABORIOSO ESTUDO VERSANDO SOBRE VIABILIZAÇÃO DE UM TREVO E COLOCAÇÃO DE SEMÁFAROS NA ESTRADA QUE DÀ ACESSO AO ORQUIDÁRIO NEGO SCHUNCK.</t>
   </si>
   <si>
     <t>10358</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10358/101-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10358/101-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR À AQUISIÇÃO DE ÔNIBUS PARA ATENDER A TERCEIRA IDADE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10379</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10379/102-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10379/102-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, COM RESPALDO A LEI Nº 398 DE 17 DE SETEMBRO DE 200, QUE ''AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER A DISTRIBUIÇÃO DE LOTES NA SEDE DO MUNICÍPIO.'' E COM SUPORTE LEGAL NESTA LEI, É QUE REQUEIRO A DOAÇÃO DE UMA ÁREA DE TERRA LOCALIZADA NO BAIRRO SANTA RITA, PARA CONSTRUÇÃO DA IGREJA ADVENTISTA DO 7º DIA, E UMA SALA DE ATENDIMENTO SOCIAL.</t>
   </si>
   <si>
     <t>10380</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10380/103-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10380/103-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DA VIABILIZAÇÃO DA COLOCAÇÃO DE ÁGUA TRATADA PROGRAMA PRÓ-RURAL E CONSTRUÇÃO DE FOSSAS NA COMUNIDADE MIGUEL SOUZA EM SANTA MARIA, NESTE MUNICÍPIO;_x000D_
 COLOCAÇÃO DE FOSSAS NA COMUNIDADE VILA SCHUNCK , EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10381</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10381/104-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10381/104-2007.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL NA FORMA REGIMENTAL, A NECESSIDADE DE UMA QUADRA POLI ESPORTIVA COBERTA ANEXA À ''ESCOLA EMPEF BRAÇO DO SUL,'' LOCALIZADA NA COMUNIDADE TONINHO KILL EM SÓIDO DE BAIXO.</t>
   </si>
   <si>
     <t>10382</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10382/105-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10382/105-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS, AO LADO ESQUERDO DA BR 262, PROXIMO COMUNIDADE DE BETINHO SIMON, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10383</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10383/106-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10383/106-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A DISPONIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE UM TELEFONE PÚBLICO (ORELHÃO) EM FRENTE AO DEPÓSITO DE EUCALIPTO DA ARACRUZ CELULOSE, LOCALIZADO ÀS MARGENS DA RODOVIA FRANCISCO STOCKL, DISTRITO DE ARAGUAIA- MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10384</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE AGILIZAR COM MAIS RAPIDEZ A MANUNTEÇÃO DO TRATOR GIRICO, QUE SE ENCONTRA QUEBRADO APROXIMAAMENTE 6 MESES.</t>
   </si>
   <si>
     <t>10385</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10385/108-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10385/108-2007.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO CONHECIMENTO DO PLENÁRIO, SEJA ENCAMINHADA A SUA EXCELÊNCIA O SENHOR PREFEITO MUNICIPAL A TROCA DE LUMINÁRIAS, NO ÍNICIO DO SUPERMERCADO BEM VINDO ATÉ O ANTIGO DEPÓSITO DA PROPRIEDADE DO SR. DAMIÃO KLEIN, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10386</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10386/109-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10386/109-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE SER FEITA A ILUMINAÇÃO NA ESCADARIA AO LADO DA RESIDÊNCIA DO SR. FRANCISCO PENHA, LOCALIZADO NA RUA LAURA LITTIG, ESCADARIA ESTA QUE DÀ ACESSO NA RUA CECÍLIA PITANGA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10387</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10387/110-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10387/110-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR MELHORAMENTOS NA ILUMINAÇÃO NA ESTRADA DO CARACOL, QUE DÁ ACESSO A PROPRIDADE DO SR. LOLI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10388</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10388/111-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10388/111-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, ANEXA  AS FUTURAS INSTALAÇÕES DA PESTALOZZI, LOCALIZADA NA RUA GUSTAVO HERTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10415</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10415/112-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10415/112-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DA AMPLIAÇÃO DA CRECHE LEONOR FEU ROSA LOCALIZADA NO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN NO BAIRRO SANTA RITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10416</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10416/113-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10416/113-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O PEDIDO DE DOAÇÃO DE UMA ÁREA DE TERRA, NO ANTIGO LIXÃO, LOCALIZADO EM ALTO STA MARIA, NESTE MUNICÍPIO, EM REGIME DE COMODATO.</t>
   </si>
   <si>
     <t>10417</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10417/114-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10417/114-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL CO URGÊNCIA O PEDIDO DE SUBSTITUIÇÃO DE MACAS SIMPLES PELAS MACAS ARTICULADAS ALTAS, NAS AMBULÂNCIAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10418</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10418/115-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10418/115-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, O PEDIDO DE PROVIDÊNCIA NA CONSTRUÇÃO DE QUEBRA MOLAS NA RUA FRANCISCO PEREIRA NEVES, ADJACENTE À AVENIDA ARTHUR HEASE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10419</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10419/116-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10419/116-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNUICIPAL, A NECESSIDADE DE DISPONIBILIZAR UM LOCAL PARA REALIZAÇÃO DOS ENCONTROS DO GRUPO DA 3ª. IDADE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10420</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10420/117-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10420/117-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL , A POSSIBILIDADEDE REVER UMA MANEIRA DE REPASSAR À COMUNIDADE DE RIO FUNDO A MÁQUINA DE DESPOLPAR CAFÉ.</t>
   </si>
   <si>
     <t>10421</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10421/118-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10421/118-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, SUGESTÃO VERSANDO A SOLICITAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA SIMILAR AO ''PROGRAMA CAMINHOS DO CAMPO'' DO GOVERNO ESTADUAL, NO TRECHO QUE LIGA O POSTO IPIRANGA AO SITIO DA VOVÓ (ROMEU VIEIRA), NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>10422</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10422/119-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10422/119-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR ESTUDOS OBJETIVANDO A POSSIBILIDADE DE FAZER O DESLOCAMENTO DA LINHA FÉRREA LOCALIZADA NA RUA DELIMAR SCHUNCK, TRANSFERINDO-A MAIS PROXIMA AO MORRO.</t>
   </si>
   <si>
     <t>10423</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10423/120-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10423/120-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O PEDIDO DE CONSTRUÇÃO DE POSTO POLICIAL NO DESTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10464</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10464/121-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10464/121-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A NECESSIDADE DE QUE SEJA EXECUTADA CONSTRUÇÃO DE LOMBADAS( QUEBRA MOLAS) EM FRENTE A IGREJA DE VICTOR HUGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10468</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10468/122-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10468/122-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE REALIZAR A RETIRADA OU A MUDANÇA DE LOCAL DO PONTO DE  ÔNIBUS LOCALIZADO EM FRENTE AO RESTAURANTE PONTO FRIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10469</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10469/122-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10469/122-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE ADMINISTRAÇÃO E FINANÇAS, A NECESSIDADE DE ADOTAR A OBRIGATORIEDADE DE REPOSIÇÃO  DE UM BEM NOVO, QUANDO OCORRER A VENDA DE QUALQUER BEM MÓVEL, PRATICAMENTE AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10473</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10473/124-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10473/124-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL , SOLICITANDO A AQUISIÇÃO DE UM TERRENO PRÓXIMO À ESCOLA BETINHO SIMON, PARA CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA, PARA PRÁTICA DE EDUCAÇÃO FÍSICA E EVENTOS COMUNITÁRIOS.</t>
   </si>
   <si>
     <t>10474</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10474/125-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10474/125-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE VIABILIZAR AS SEGUINTES MEDIDAS: REABERTURA DA RUA DELIMAR SCHUNCK E MELHORIAS NA ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>10475</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10475/126-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10475/126-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE VIABILIZAR PAVIMENTAÇÃO ASFÁLTICA NO CONJUNTO SERGIO SEBASTIÃO STEIN, A LOCALIZADO NO BAIRRO SANTA RITA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10476</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10476/127-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10476/127-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O TÉRMINO DA CONSTRUÇÃO DO CAMPO DE BOCHA, LOCALIZADO AO LADO DA QUADRA DE ESPORTE ''PAULO ANTONIO LORENZONI'' NA RUA DELIMAR SCHUCK, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10477</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>PLENÁRIO 2007/2008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10477/128-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10477/128-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, A NECESSIDADE DE VIABILIZAR A MEDIDA DE ELABORAÇÃO DE UM PROJETO PREVENDO SERVIÇOS DE SEGURO CONTRA ACIDENTES PESSOAIS PARA ALUNOS DA REDE PÚBLICA DE ENSINO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10478</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10478/129-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10478/129-2007.pdf</t>
   </si>
   <si>
     <t>INDICA O EXMº SR. PREFEITO MUNICIPAL A POSSIBILIDADE DE PROMOVER ESTUDOS TENDO COMO META AS SEGUINTES MEDIDAS:_x000D_
 TRANSFERÊNCIA DE ALGUNS SETORES DE SERVIÇOS ESSENCIAIS PARA UMA MELHOR LOCALIZAÇÃO PARA FACILITAR O ACESSO DO CIDADÃO._x000D_
 SÃO ELAS:_x000D_
 - A UNIDADE DE SAÚDE CÈZAR VELLO PUPPIM;_x000D_
 - A CASA DA MULHER;_x000D_
 - E A SEDE DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>10479</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10479/130-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10479/130-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A DISPONIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE 02(DOIS) TELEFONES PÚBLICOS (ORELHÕES) NA COMUNIDADE DO SR. MIGUEL DE SOUZA, SENDO 01(UM) EM FRENTE À POUSADA ''TERRA NOSSA' E OUTRO EM FRENTE À RESIDÊNCIA DO SR. PAULINHO DE SOUZA, AMBOS LOCALIZADOS NO DESTRITO DE SANTA MARIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10480</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10480/131-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10480/131-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A NECESSIDADE DE REALIZAR ESTUDOS NO SENTIDO DE IMPLANTAR MEDIDAS DE VIABILIZAÇÃO DE INCENTIVOS FISCAIS AOS PROPRIETÁRIOS DE POUSADAS, CHALÉS E HOTÉIS, LOCALIZADOS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10481</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10481/132-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10481/132-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL , A NECESSIDADE DE VIABILIZAR A INSTALAÇÃO  DA REDE DE ESGOTO NA RUA SEBASTIÃO FRANCISCO PENHA, NESTA LOCALIDADE.</t>
   </si>
   <si>
     <t>10482</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10482/133-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10482/133-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL AS SEGUINTES SOLICITAÇÕES:_x000D_
 -INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA COM POSTE  DEVIDAMENTE ENERGIZADO E EQUIPADO COM LUMINÁRIAS, NA LOCALIDADE DE CÓRREGO DO OURO, PERTENCENTE À COMUNIDADE DE VICTOR HUGO, NESTE MUNICÍPIO._x000D_
 -INSTALAÇÃO DE LATÕES PARA COLETA DE LIXO , NA LOCALIDADE DE CÓRREGO DO OURO, PERTENCENTE À COMUNIDADE DE VICTOR HUGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10483</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10483/134-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10483/134-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A SOLICITAÇÃO DO CALÇAMENTO DO PÁTIO DA IGREJA PERTENCENTE À COMUNIDADE DE BOM JESUS, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>10484</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10484/135-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10484/135-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL A  PROVIDÊNCIA DA REFORMA E AMPLIAÇÃO DA QUADRA DE ESPORTES DA COMUNIDADE DE BOM JESUS, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>10485</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10485/136-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10485/136-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL AS SEGUINTES SUGESTÕES:_x000D_
 1- LIMPEZA DO CAMPO DE AREIA DA SEDE DESTE MUNICÍPIO;_x000D_
 2-VIABILIZAÇÃO DE VALE TRANSPORTE AOS PROFESSORES;_x000D_
 3-ISENÇÃO DO IMPOSTO PREDIAL TERRITORIAL URBANO - IPTU, PARA AS IGREJAS QUE NÃO PAGAM ALUGUEL.</t>
   </si>
   <si>
     <t>10486</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10486/137-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10486/137-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A REIVINDICAÇÃO DO FORNECIMENTO DE AUXÍLIO- ALIMENTAÇÃO PARA OS POLICIAIS  MILITARES QUE PRESTAM SERVIÇOS NESTA MUNICIPALIDADE</t>
   </si>
   <si>
     <t>10487</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10487/138-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10487/138-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL QUE SEJA ADOTADA A MEDIDA DE COLOCALAÇÃO DE LIXEIRAS COLORIDAS NA PRAÇA JOSÉ HENRIQUE PEREIRA NESTA CIDADE.</t>
   </si>
   <si>
     <t>10488</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10488/139-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10488/139-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A SUGESTÃO DE PAVIMENTAÇÃO ASFÁLTICA NO PÁTIO DA IGREJA DE BOA ESPERANÇA, NESTE MUNICÍPIO E A PAVIMENTAÇÃO ASFALTICA NO PATIO DA IGREJA SANTANA.</t>
   </si>
   <si>
     <t>10501</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10501/140-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10501/140-2007.pdf</t>
   </si>
   <si>
     <t>INDICA A MESA DIRETORA, QUE SEJA OFICIALIZADO AO EXMº SR. PREFEITO MUNICIPAL AS PROVIDÊNCIAS NECESSÁRIAS PARA QUE SEJA REALIZADA A PAVIMENTAÇÃO ASFÁLTICA NA RUA MARIA TRABA BOTELHO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10502</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10502/141-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10502/141-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, QUE ESTUDE A CONCESSÃO DE UM REAJUSTE SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>10503</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O PEDIDO DE PROVIDÊNCIA DA PAVIMENTAÇÃO ASFÁLTICA NO TRECHO COM INICIO NA FABRICA DE PROPRIEDADE DO SR. HONÓRIO CATELAN E TÉRMINO NAS PROXIMIDADES DA CRECHE FLOMIRO ENDLICH, LOCALIZADA NA SEDE DESTE MUNICÍPIO</t>
   </si>
   <si>
     <t>10504</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10504/143-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10504/143-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE OBRAS, A POSSIBILIDADE DE VIABILIZAR A PAVIMENTAÇÃO ASFÁLTICA NO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>10505</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10505/144-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10505/144-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A SEGUINTES SOLICITAÇÕES:_x000D_
 -DISPONIBILIZAÇÃO DE 01 (01) SERVIDOR PARA LIMPEZA E MANUTENÇÃO DA RUA PRINCIPAL DE BOM JESUS, NESTE MUNICÍPIO._x000D_
 -DISPONIBILIZAÇÃO DE 01 (UM) SERVIDOR PARA LIMPEZA E MANUTENÇÃO DO ASFALTO DE ACESSO À LOCALIDADE DE ALTO MARECHAL FLORIANO, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>10506</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10506/145-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10506/145-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O PEDIDO DE CONCEDER ABONO PARA OS PROFESSORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>10507</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10507/146-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10507/146-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, A POSSIBILIDADE DE PROMOVER ESTUDOS PARA CONCEDER DIÁRIAS AOS SERVIDORES DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10508</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10508/147-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10508/147-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL DE VIABILIZAR ESTUDOS SOBRE A POSSIBILIDADE DE ELABORAÇÃO DE UM PROJETO DE LEI EM BENEFICIO AOS ESTUDANTES DE NÍVEL SUPERIOR PARA CONCESSÃO DE VALE TRANSPORTE.</t>
   </si>
   <si>
     <t>10509</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10509/148-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10509/148-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL A SOLICITAÇÃO DE CONTRATAÇÃO DE 03 (TRÊS) SERVIDORES NA FUNÇÃO DE PORTEIRO, LOTADOS NA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>10510</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10510/149-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10510/149-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS A NECESSIDADE DE VIABILIZAR A CONSTRUÇÃO DE  UMA ESCADARIA NOS FUNDOS DA PROPRIEDADE PERTENCENTE A SRª EUFRIDA SCHINEIDER RUPF.. QUE DÀ TÉRMINO A RUA GUSTAVO HERTEL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>10511</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10511/150-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10511/150-2007.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL, PARA QU PROVIDENCIE JUNTO AO SECRETÁRIO DE OBRAS O SERVIÇO DE DESENTUPIMENTO DOS BUEIROS LOCALIZADOS NA PRAÇA SANTA RITA, NESTA CIDADE..</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4238/4238_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4238/4238_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM°.DR. AFONSO MIRANDA PYLRO.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4239/4239_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4239/4239_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO PASSAMENTO DO SR. GERMANO KIEFER OCORRIDO EM DATA DE 01/02/2007.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4240/4240_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4240/4240_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. NILO TORETA, OCORRIDO EM 26 DE FEVEREIRO DE 2007.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4241/4241_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4241/4241_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. IRACY ALVES DOS SANTOS, OCORRIDO EM 08 DE MARÇO DE 2007 NESTA CIDADE.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4242/4242_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4242/4242_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. ODÍLIA MARQUES KROHLING, OCORRIDO EM 10 DE MARÇO DE 2007.</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4243/4243_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4243/4243_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO OS POLICIAIS CIVIS: LEONARDO DELGADO BOTELHO, JUAREZ JOSÉ XAVIER, JOAB VARGAS VIEIRA.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4245/4245_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4245/4245_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. IRACI GALVÃO MIRANDA, OCORRIDO EM 19 DE MARÇO DE 2007.</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4246/4246_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4246/4246_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A SRª. LUCINÉIA GUIMARÃES.</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4251/4251_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4251/4251_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O DR. FILIPE KIEFER PERES.</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4252/4252_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4252/4252_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO OS COMERCIANTES DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4253/4253_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4253/4253_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. OLENDINO WELTEM, EX. SERVIDOR DESTA EGRÉGIA CASA, OCORRIDO EM DATA DE 30/03/2007.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4254/4254_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4254/4254_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM. SR. DR. ALEXANDRE PASSAMANI GALVÃO.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4255/4255_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4255/4255_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. VITAL CHRIST FILHO, EMPRESÁRIO A 15 ANOS NO RAMO DE RESTAURANTE E LANCHONETE.</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4257/4257_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4257/4257_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. HUGO MONFRADINI MARQUES.</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4258/4258_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4258/4258_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. BRÍGIDA GAVA DELPUPPO, OCORRIDO EM 17 DE ABRIL DE 2007, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4259/4259_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4259/4259_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. VALDEMIRO GOMES DA VITÓRIA, OCORRIDO EM 11/04/2007, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4260/4260_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4260/4260_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, PELO PASSAMENTO DO SR. WALDEMIRO REINEL, OCORRIDO EM DATA DE 02/05/2007.</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A ILMª SRª CLAUDIA GOMES DE CARVALHO</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4263/4263_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4263/4263_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A ILMª SRª JAQUELINE SCHNEIDER DOS SANTOS.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4265/4265_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4265/4265_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM° SR. ELIAS KIEFER.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4266/4266_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4266/4266_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO AO SENHOR OSVALDO CÉSAR KIEFER, PELO EXCELENTE TRABALHO QUE VEM DESENVOLVENDO NA SECRETARIA DE ADMINISTRAÇÃO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4268/4268_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4268/4268_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO À DIRETORA, PROFESSORES E DEMAIS FUNCIONÁRIOS DA CRECHE LEONOR FEU ROSA.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4270/4270_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4270/4270_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. RUY BORGO.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4272/4272_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4272/4272_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. GERNY JOÃO TONOLI, OCORRIDO EM 28 DE JULHO DE 2007, EM MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4273/4273_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4273/4273_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXMº SR. ELIAS KIEFER - PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4274/4274_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4274/4274_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. UILSON JOSÉ MACHADO, OCORRIDO EM 13 DE JULHO DE 2007.</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4275/4275_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4275/4275_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. JACINTO MEES, OCORRIDO EM 08 DE JULHO DE 2007, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4277/4277_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4277/4277_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. ALFEU MEES.</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4281/4281_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4281/4281_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. JACINTO CATELAN JUNIOR E OS SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTES, À COMISSÃO DE FESTA: A SRª. LUCINÉIA GUIMARÃES, SRª. LUCINEIDE VENTURINI RONCHI, SRª. MARGARIDA MARIA RONCHI MARQUES, SR. CEZAR TADEU RONCHI, SRª. APARECIDA MARIA TRABACH, SRª. MARIA DA PENHA SILVA E DEMAIS COLABORADORES DO EVENTO: I ENCONTRO DA CULTURA ITALIANA DE ARAGUAYA - MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4282/4282_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4282/4282_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A SRª. MARLENE LENCKE COLODETI E A TODA A EQUIPE DE TRABALHO DA CRECHE "FLOMIRO ENDLICH CANAL NETO".</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4283/4283_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4283/4283_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. MARIA APARECIDA DE ALMEIDA SOUZA OCORRIDO EM 01 DE AGOSTO DE 2007, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4284/4284_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4284/4284_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. CEZAR GILLES, SRª. EDINEIA DELVAGEM GILLES E SEUS FILHOS.</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4285/4285_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4285/4285_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE AGRADECIMENTO, TENDO COMO DISTINÇÃO O CORPO DOCENTE E OS ALUNOS DO CURSO DE DIREITO DO 7° PERÍODO DO CENTRO DE ENSINO SUPERIOR DE VITÓRIA - CESV.</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4287/4287_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4287/4287_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS Á SENHORA GEOVANA DA SILVA RODRIGUES E O SR. GEORGE LUIZ MACHADO.</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/4288/mocao_035.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/4288/mocao_035.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS, TENDO COMO DISTINÇÃO O ILM° SR. OLDEMAR PÁDUA ENTRINGER.</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4289/4289_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4289/4289_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO TENDO COMO DISTINÇÃO O SR. RAUL CELSO STHEIL.</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4292/4292_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4292/4292_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO OS ALUNOS DA ESCOLA VICTÓRIO BRAVIM E OS ALUNOS DA ESCOLA NICOLAU KROHLING.</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4296/4296_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4296/4296_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª MATILDE UHL, OCORRIDO EM 10 DE SETEMBRO DE 2007.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4298/4298_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4298/4298_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO TENDO COMO DISTINÇÃO O COMANDO DA POLICIA MILITAR NAS PESSOAS DO CAPITÃO LAURISMAR TOMAZELLI, DO TENENTE EDNEI BALBINO, ASSIM COMO DE TODOS OS POLICIAIS MILITARES QUE ATUAM NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4301/4301_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4301/4301_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. BENJAMIM LIPPAUS OCORRIDO EM 28 DE SETEMBRO DE 2007, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4302/4302_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4302/4302_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO TENDO COMO DISTINÇÃO O EXM°.SR. IVO GABILOTO.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4303/4303_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4303/4303_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. ADEMIR DE PAULO MOREIRA OCORRIDO EM 30 DE SETEMBRO DE 2007.</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4304/4304_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4304/4304_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. MICHELE RODRIGUES FIGUEIREDO, OCORRIDO EM 10 DE OUTUBRO DE 2007.</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4306/4306_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4306/4306_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. CESAR VOLKERS OCORRIDO EM 29 DE SETEMBRO DE 2007.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4311/4311_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4311/4311_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM° SR. ISAEL DE SOUSA.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4313/4313_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4313/4313_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO PASSAMENTO DO SR. JOSÉ HENRIQUE PEREIRA FILHO, OCORRIDO EM DATA DE 06/10/2007, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4314/4314_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4314/4314_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O DR. ALEXANDRE PASSAMANI GALVÃO.</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4315/4315_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4315/4315_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO FALECIMENTO DO SR. CARLOS MERISIO OCORRIDO EM 30 DE OUTUBRO DE 2007.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4308/4308_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4308/4308_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO TENDO COMO DISTINÇÃO O ILM° SR. JACINTO CATELAN JUNIOR - SECRETÁRIO MUNICIPAL DE EDUCAÇÃO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4319/4319_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4319/4319_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO TODOS OS SERVIDORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4321/4321_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4321/4321_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. VITAL SCHUNCK.</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4322/4322_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4322/4322_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. EDMAR BUZATO, PELA BRILHANTE CLASSIFICAÇÃO OBTIDA ENTRE OS 50 FINALISTAS DO CONCURSO 7°. PRÊMIO CAFUSO/UCC DE QUALIDADE DE CAFÉ DOS PRODUTORES DAS MONTANHAS CAPIXABAS.</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4323/4323_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4323/4323_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO EXM° SR. ALOIZIO SANTOS OCORRIDO EM 06 DE NOVEMBRO DE 2007, NA CIDADE DE CARIACICA-ES.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4324/4324_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4324/4324_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO A COMISSÃO DE FESTA E DEMAIS COLABORADORES DO EVENTO:XIV FESTA DO CAFÉ.</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4325/4325_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4325/4325_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O EXM°.DR. OTTO FERNANDO BATISTA.</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4326/4326_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4326/4326_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O ILM°SR. MARCOS CHEQUER.</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4328/4328_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4328/4328_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO OS PROFISSIONAIS DO 4°BATALHÃO DO CORPO DE BOMBEIROS MILITAR DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4331/4331_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4331/4331_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. ANA FONSECA, OCORRIDO EM 26 DE NOVEMBRO DE 2007, NESTA CIDADE.</t>
   </si>
   <si>
     <t>4333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4333/4333_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4333/4333_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª. ILÁRIA CATARINA CRIST HAND, OCORRIDO EM 06 DE DEZEMBRO DE 2007.</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4335/4335_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4335/4335_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SR. CARLOS PIOTTO, OCORRIDO EM 01 DE DEZEMBRO DE 2007.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO OS PROFISSIONAIS VENCEDORES DA ELEIÇÃO DO NOVO CONSELHO TUTELAR DE MARECHAL FLORIANO-ES, REALIZADA NO DIA 27 DE NOVEMBRO DE 2007.</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4337/4337_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4337/4337_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÃO, TENDO COMO DISTINÇÃO O SR. ELÍSIO ALVES DE ARAÚJO JUNIOR - ESCRIVÃO DA DELEGACIA DE POLICIA CIVIL DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS NOBRES VEREADORES E TODOS OS SERVIDORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>11418</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11418/pc_001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11418/pc_001-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 001/2007, QUE REVOGA LEI MUNICIPAL N° 604, DE 17 DE ABRIL DE 2006, E DÁ OUTRAS PROVIDÊNCIAS. CONSTA NO ARQUIVO PARECER CONJUNTO E PARECER CONTRÁRIO.</t>
   </si>
   <si>
     <t>11419</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11419/pc_002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11419/pc_002-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 002/2007 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "REVOGA A LEI MUNICIPAL N°. 604 DE 17 DE ABRIL DE 2006 E DOA OUTRAS PROVIDÊNCIAS. CONSTA NO ARQUIVO PARECER CONJUNTO E PARECER CONTRÁRIO.</t>
   </si>
   <si>
     <t>11420</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11420/pc_003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11420/pc_003-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 072/2006 E DE AUTORIA DO VEREADOR ALOISIO MODOLO DE ALMEIDA "VEDA A CONTRATAÇÃO DE PARENTES PARA CARGOS DE COMISSÃO E FUNÇÕES GRATIFICADAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL"._x000D_
 CONSTA NO ARQUIVO PARECER CONJUNTO E PARECER EM SEPARADO.</t>
   </si>
   <si>
     <t>11421</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11421/pc_004-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11421/pc_004-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 002/2007 "REVOGA A LEI MUNICIPAL N° 604 DE 17 DE ABRIL DE 2006, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 CONSTA NO ARQUIVO PARECER CONJUNTO E PARECER CONTRÁRIO.</t>
   </si>
   <si>
     <t>11422</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11422/pc_005-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11422/pc_005-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 005/2007 DE AUTORIA DO VEREADOR JOÃO CABRAL R. CONCIGLIERI "DENOMINA DE BAIRRO SANTA RITA AS RUAS COM INÍCIO NAS FUTURAS INSTALAÇÕES DA PESTALOZZI E SEU TÉRMINO PRÓXIMO AO CAMPO DO APOLO XIII, NESTE MUNICÍPIO"._x000D_
 CONSTA NO ARQUIVO PARECER CONJUNTO E PARECER CONTRÁRIO.</t>
   </si>
   <si>
     <t>11423</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11423/pc_006-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11423/pc_006-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 006/2007 DE AUTORIA DO VEREADOR JOÃO CABRAL R. CONCIGLIERI "AUTORIZA O PODER EXECUTIVO MUNICIPAL A MANTER APARELHO DESFIBRILADOR NAS AMBULÂNCIAS, UNIDADES DE SAÚDE DO MUNICÍPIO E DISPONIBILIZAR O MESMO PARA PERMANECER NOS LOCAIS DE REALIZAÇÕES DE EVENTOS NO ÂMBITO MUNUCIPAL"._x000D_
 CONSTA NO ARQUIVO PARECER CONJUNTO E PARECER SEPARADO.</t>
   </si>
   <si>
     <t>11424</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11424/pc_007-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11424/pc_007-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 043/2007._x000D_
 CONSTA NO ARQUIVO PARECER CONJUNTO E PARECER SEPARADO.</t>
   </si>
   <si>
     <t>11425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11425/pc_008-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11425/pc_008-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 008/2007 QUE "AUTORIZA CELEBRAR CONVÊNIOS SOBRE O  ESTÁGIO DE ESTUDANTES DO ENSIMO MÉDIO E SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11426</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11426/pc_009-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11426/pc_009-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 009/2007 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "CONCEDE AJUDA DE CUSTO A SERVIDORES DO QUADRO DO MAGISTÉRIO PÚBLICO MUNICIPAL, PARA A FORMAÇÃO EM SERVIÇO".</t>
   </si>
   <si>
     <t>11427</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11427/pc_010-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11427/pc_010-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 011/2007 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "DISPÕE SOBRE A GRATIFICAÇÃO DE DIREÇÃO E ESCOLAS E DO PESSOAL EGRESSO DO MAGISTÉRIO ESTADUAL REMANEJADO PARA O MUNICÍPIO POR FORÇA DA MUNICIPALIZAÇÃO DO ENSINO".</t>
   </si>
   <si>
     <t>11428</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11428/pc_011-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11428/pc_011-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 010/2007 "AUTORIZA O EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIROS AS ESCOLAS PÚBLICAS MUNICIPAIS".</t>
   </si>
   <si>
     <t>11429</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11429/pc_012-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11429/pc_012-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 016/2007 "ALTERA A ALÍNEA "C" DO PARÁGRAFO ÚNICO DO ARTIGO 1° E O ARTIGO 9° DA LEI N° 235, DE 25 DE FEVEREIRO DE 1997".</t>
   </si>
   <si>
     <t>11430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11430/pc_013-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11430/pc_013-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 014/2007 "AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR PARCERIA COM A "SOU FELIZ" ORGANIZAÇÃO DE AMPARO AO IDOSO", INSTITUIÇÃO DE ATENDIMENTO A PESSOAS IDOSAS DE LONGA PERMANÊNCIA.</t>
   </si>
   <si>
     <t>11431</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11431/pc_014-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11431/pc_014-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 013/2006 "AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR PARCERIA COM A "PESTALOZZI" (ESCOLA ESPECIAL RENASCER) ORGANIZAÇÃO DE AMPARO A ALUNOS PORTADORES DE NECESSIDADES ESPECIAIS".</t>
   </si>
   <si>
     <t>11432</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11432/pc_015-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11432/pc_015-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 017/2007 "DENOMINA DE HONÓRIO REGIANI A LADEIRA QUE DÁ ACESSO A ESCOLA VICTORIO BRAVIM EM ARAGUAIA - MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11433</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11433/pc_016-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11433/pc_016-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 015/2007 "AUTORIZA A EXECUÇÃO DA PAVIMENTAÇÃO ASFÁLTICA EM FRENTE AOS COLÉGIOS LOZALIZADOS NA ZONA RURAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11434</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11434/pc_017-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11434/pc_017-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI COMPLEMENTAR N° 001/2007 "DISPÕE SOBRE O CÓDIGO DE PROTEÇÃO AMBIENTAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11435/pc_018-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11435/pc_018-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 023/2007 "CRIA CARGO DE PROVIMENTO EM COMISSÃO PARA ATENDER A SECRETARIA MUNICIPAL DE MEIO AMBIENTE DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11437</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11437/pc_019-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11437/pc_019-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 020/2007 "AUTORIZA O PODER EXECUTIVO MUNICIPAL A IMPLANTAR O PROGRAMA "OPORTUNIDADE PARA TODOS".</t>
   </si>
   <si>
     <t>11440</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11440/pc_020-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11440/pc_020-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 022/2007 "DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAR SANITÁRIOS NAS AGÊNCIAS BANCARIAS NO ÂMBITO DO MUNICÍPIO DE MARCEHLA FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11441/pc_021-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11441/pc_021-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 028/2007 "DENOMINA DE RUA JOSÉ ERLY, A RUA PROJETADA SITUADA NO BAIRRO PRÓXIMO AO CAMPO DE FUTEBOL DE ARAGUAIA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11442</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11442/pc_022-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11442/pc_022-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 027/2007. "DENOMINA DE FIOAVANTE CATELAN, O GINÁSIO DE ESPORTES, SITUADO NO DISTRITO DE ARAGUAIA - MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11443</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11443/pc_023-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11443/pc_023-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 029/2007. "DENOMINA DE JOSÉ CALVI A RUA PROJETADA QUE TERPA SEU INÍCIO PRÓXIMO A RESIDÊNCIA DO SR. LEOMAR BOLDRINE E SEU TÉRMINO NA RISIDÊNCIA DO SR. JAIR PERTERLE NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11444</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11444/pc_024-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11444/pc_024-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 026/2007. "DENOMINA DE PROFESSOR JAYME EMÍLIO BORGO, A QUADRA DE ESPORTES, SITUADA NO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11445</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11445/pc_025-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11445/pc_025-2007.pdf</t>
   </si>
   <si>
     <t>VOTO CONTRÁRIO RELATIVO AO VETO PARCIAL REFERENTE AO ART. 38 DO PROJETO DE LEI N° 018/2007.</t>
   </si>
   <si>
     <t>11446</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11446/pc_026-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11446/pc_026-2007.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO AO VETO TOTAL RELATIVO AO PROJETO DE LEI N° 072/2006 QUE "VEDA A CONTRATAÇÃO DE PARENTES PARA CARGOS DE COMISSÃO E FUNÇÕES GRATIFICADAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>11447</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11447/pc_027-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11447/pc_027-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 033/2007. "ALTERA REFERÊNCIA DE CARGO DE PROVIMENTO EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11448/pc_028-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11448/pc_028-2007.pdf</t>
   </si>
   <si>
     <t>PARECER AO PROJETO DE LEI N° 034/2007 "DISPÕE SOBRE A INSTITUIÇÃO DA COORDENADORA MUNICIPAL DE DEFESA DO CONSUMIDOR - PROCON MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11449</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11449/pc_029-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11449/pc_029-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 035/2007 QUE "PROIBE O DESPEJO DE ESGOTO, ENTULHO E LIXO DE QUALQUER NATUREZA NOS RIOS E CÓRREGOS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11450</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11450/pc_030-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11450/pc_030-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 042/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA "APOIAR O ESPORTE É VALORIAR O FUTURO", NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11451</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11451/pc_031-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11451/pc_031-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 039/2007, "DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA VALE FEIRA NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11452</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11452/pc_032-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11452/pc_032-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 040/2007 QUE "DISPÕE SOBRE A REGULAMENTAÇÃO DOS GRUPOS DE DANÇA ALEMÃ E ITALIANA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11453</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11453/pc_033-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11453/pc_033-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 041/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONSTRUIR O CEMITÉRIO PÚBLICO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11454</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11454/pc_034-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11454/pc_034-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 043/2007 QUE "AUTORIZA O EXECUTIVO MUNICIPAL A CONTRATAR SERVIDORES POR TEMPO DETERMINADO".</t>
   </si>
   <si>
     <t>11455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11455/pc_035-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11455/pc_035-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 037/2007 QUE "DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DE LEI ORÇAMENTÁRIA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11456</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11456/pc_036-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11456/pc_036-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 031/2007 QUE "CRIA CARGO DE PROVIMENTO EM COMISSÃO NA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11457</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11457/pc_037-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11457/pc_037-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 038/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA VALE FEIRA NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11458</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11458/pc_038-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11458/pc_038-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 044/2007 QUE "CRIA CARGO DE ATENDENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11459</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11459/pc_039-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11459/pc_039-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 045/2007 QUE "CRIA CARGO DE MECÂNICO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11460</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11460/pc_040-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11460/pc_040-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 046/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO AO CENTRO CULTURAL EZEQUIEL RONCHI".</t>
   </si>
   <si>
     <t>11461</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11461/pc_041-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11461/pc_041-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 047/2007 QUE "DENOMINA DE "AVENIDA FLORA KUSTER KIEFER" E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11462</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11462/pc_042-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11462/pc_042-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 048/2007 QUE "DENOMINA DE "ESTRADA MUNICIPAL PASTOR GERMANO KIEFER" E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11463</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11463/pc_043-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11463/pc_043-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 049/2007 QUE "CRIA CAMPANHA DE EDUCAÇÃO AMBIENTAL EM TODAS AS ESCOLAS PÚBLICAS MUNICIPAIS".</t>
   </si>
   <si>
     <t>11464</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11464/pc_044-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11464/pc_044-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 051/2007 QUE "CRIA CARGO DE PROVIMENTO EM COMISSÃO PARA ATENDER A SECRETARIA MUNICIPAL DE EDUCAÇÃO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11465/pc_045-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11465/pc_045-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 050/2007 QUE "AUTORIZA FIRMAR CONVÊNIO COM A ASSOCIAÇÃO MONTANHAS CAPIXABAS TURISMO E EVENTOS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11466/pc_046-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11466/pc_046-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 054/2007 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DO USO E FORNECIMENTO DE CANUDOS DE PLÁSTICO AMBALADOS INDIVIDUALMENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11467/pc_047-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11467/pc_047-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 053/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ATUAR EM CONSTRUÇÕES E REFORMAS DAS FACHADAS DAS RESIDÊNCIAS LOCALIZADAS NA RUA DELIMAR SCHUNCK E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11468/pc_049-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11468/pc_049-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 062/2007 QUE "DENOMINA DE ESTRADA "BERNARDO LEONOR EFFGEN" E DÁ OUTAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11469/pc_050-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11469/pc_050-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 035/2007 QUE "PROIBE O DESPEJO DE ESGOTO, ENTULHO DE LIXO DE QUALQUER NATUREZA NOS RIOS E CÓRREGOS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11470</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11470/pc_051-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11470/pc_051-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 034/2007 QUE "DISPÕE SOBRE A INSTITUIÇÃO DA COORDENADORIA MUNICIPAL DE DEFESA DO CONSUMIDOR - PROCON MUNICIPAL".</t>
   </si>
   <si>
     <t>11471</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11471/pc_052-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11471/pc_052-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 061/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO A CONSTRUÇÃO DE PORTAL, MIRANTE E PAISAGISMO NA RODOVIA FRANCISCO STOCKL E REFORMA NO CENTRO DE AGRO-NEGÓCIO".</t>
   </si>
   <si>
     <t>11472</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11472/pc_053-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11472/pc_053-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 079/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONSTRUIR UM NÚCLE DO ESPORTE E LAZER E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11473</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11473/pc_054-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11473/pc_054-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 078/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINACEIROS À ORGANIZAÇÃO DE AMPARO AO IDOSO "SOU FELIZ".</t>
   </si>
   <si>
     <t>11474</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11474/pc_055-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11474/pc_055-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 065/2007 QUE "DENOMINA DE RUA "JAIR RONCHI" E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>11475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11475/pc_056-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11475/pc_056-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 067/2007 QUE "DENOMINA DE PONTE "ELIZABETH CATELAN TAQUETE" E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11476/pc_057-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11476/pc_057-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 066/2007 QUE "DENOMINA DE "ELIAS BRAVIM" O CAMPO DO ESPORTE CLUBE DE ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11477/pc_058-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11477/pc_058-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 075/2007 QUE "DENOMINA DE GERMANO KIEFER A ALAMEDA LOCALIZADA AO LADO DO TREVO DE MARECHAL FLORIANO PRÓXIMO A RUA ALVINO WASSEM E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11478/pc_059-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11478/pc_059-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 076/2007 QUE "DISPÕE A CRIAÇÃO DE EMPREGOS PÚBLICOS PARA A CONTRATAÇÃO DE PROFISSIONAIS LIGADOS AO PSF - PROGRAMA DE SAÚDE DA FAMÍLIA, DA SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11479/pc_060-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11479/pc_060-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 080/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR ANISTIA FISCAL DE IPTU (IMPOSTO PREDIAL E TERRITORIAL URBANO E DÁ OUTRAS PROVIDÊNCIAS)"</t>
   </si>
   <si>
     <t>11480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11480/pc_061-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11480/pc_061-2007.pdf</t>
   </si>
   <si>
     <t>11481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11481/pc_062-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11481/pc_062-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 074/2007 QUE "ALTERA A LEI MUNICIPAL N° 709 DE 10.07.2007 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO PARA O EXERCÍCIO FINANCEIRO DE 2008".</t>
   </si>
   <si>
     <t>11482</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11482/pc_063-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11482/pc_063-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 073/2007 QUE "ALTERA A LEI MUNICIPAL N° 563 DE 07.11.2005 "PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO"</t>
   </si>
   <si>
     <t>11483</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11483/pc_064-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11483/pc_064-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO ÀS PROPOSTAS DE EMENDAS ADITIVAS À LEI ORGÂNICA MUNICIPAL CONFORME A SEGUINTE SEQUÊNCIA N° 001/2007 ATÉ N° 020/2007.</t>
   </si>
   <si>
     <t>11484</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11484/pc_065-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11484/pc_065-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO A PROPOSTA DE EMENDA MODIFICATIVA A LEI ORGÂNICA MUNICIPAL N° 026/2007.</t>
   </si>
   <si>
     <t>11485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11485/pc_066-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11485/pc_066-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO A PROPOSTA DE EMENDA ADITIVA À LEI ORGÂNICA MUNICIPAL N° 005/2007.</t>
   </si>
   <si>
     <t>11486</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11486/pc_067-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11486/pc_067-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO ÁS PROPOSTAS DE EMENDAS SUPRESSIVAS Á LEI ORGÂNICA MUNICIPAL CONFORME A SEGUINTE SEQUÊNCIA: N° 001/2007 ATÉ N° 007/2007.</t>
   </si>
   <si>
     <t>11487</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11487/pc_068-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11487/pc_068-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO ÀS PROPOSTAS DE EMENDAS MODIFICATIVAS À LEI ORGÂNICA MUNICIPAL ENUMERADAS CONFORME A SEGUINTE SEQUÊNCIA: N° 001/2007 ATÉ N°025/2007.</t>
   </si>
   <si>
     <t>11488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11488/pc_069-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11488/pc_069-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 077/2007 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIROS À ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11489</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11489/pc_070-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11489/pc_070-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 092/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIROS AO CENTRO CULTURAL EZEQUIEL RONCHI".</t>
   </si>
   <si>
     <t>11490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11490/pc_071-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11490/pc_071-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 095/2007. "DENOMINA DE RUA "MARIA RIBEIRO" E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11491/pc_072-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11491/pc_072-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 096/2007. "DENOMINA DE RUA "ITAMAR LITTIG" E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11492/pc_073-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11492/pc_073-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 100/2007. "DISPÕE SOBRE A CONCESSÃO DE ABONO PECUNIÁRIO PARA OS FUNCIONÁRIOS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11493/pc_074-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11493/pc_074-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 089/2007. "AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO AO BANCO NACIONAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL - BNDES, ATRAVÉS DO BANCO DO BRASIL S/A NA QUALIDADE DE MANDATÁRIO A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11494/pc_075-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11494/pc_075-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 093/2007. "FICA AUTORIZADO O PODER EXECUTIVO MUNICIPAL A CRIAR NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A REALIZAÇÃO DE EXAME EMISSÕES EVOCADAS OTOACÚSTICAS, NA UNIDADE DE SAÚDE E POSTOS DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>11495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11495/pc_076-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11495/pc_076-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 094/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM SOCIEDADES EMPRESARIAIS, EMPRESÁRIOS INDIVIDUAIS, ÓRGÃOS PÚBÇICOS E ENTIDADES EDUCACIONAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11496/pc_077-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11496/pc_077-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 097/2007. "AUTORIZA O PODER LEGISLATIVO MUNICIPAL CUSTEAR UNIFORMES PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11497/pc_078-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11497/pc_078-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 098/2007. "FICA AUTORIZADO O PODER EXECUTIVO MUNICIPAL A INCENTIVAR A IMPLANTAÇÃO DE INCLUSÃO DE REDE DE COLETA E ARMAZENAMENTO DE ÁGUA DA CHUVA EM EDIFICAÇÕES QUE VENHAM A SER CONSTRUÍDA EM TODA REGIÃO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11498/pc_079-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11498/pc_079-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 085/2007. "AUTORIZA O PODER EXECUTIVO A CONCEDER ANISTIA DE MULTAS E JUROS NA REMISSÃO DOS DEBITOS INSCRITOS EM DIVIDA ATIVA NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11500/pc_080-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11500/pc_080-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 081/2007. "DISPÕE SOBRE A CRIAÇÃO DE VAGAS PARA ESTAGIÁRIOS, AUTORIZA O EXECUTIVO A ASSINAR O CONVÊNIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11501</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11501/pc_081-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11501/pc_081-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 036/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A EMPRESA ARCOS RAPOSO - COORDENADORA DO INSTITUTO VERDE BRASIL".</t>
   </si>
   <si>
     <t>11502</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11502/pc_082-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11502/pc_082-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 071/2007. "ALTERA REDAÇÃO DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11504</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11504/pc_083-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11504/pc_083-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 093/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O PROGRAMA DE INCENTIVO A COLETA SELETIVA DE LIXO RECICLAVEL".</t>
   </si>
   <si>
     <t>11506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11506/pc_084-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11506/pc_084-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 090/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVENIO COM O SISTEMA FAESA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11508</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11508/pc_085-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11508/pc_085-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 102/2007. "ESTABELECE NORMAS ESPECIAIS PARA FUNCIONAMENTO DE BARES OU SIMILARES NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11509</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11509/pc_086-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11509/pc_086-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 101/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A INCLUIR DOIS MÓDULOS ESPORTIVOS A LEI MUNICIPAL N° 719 DE 08 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11513</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11513/pc_087-2006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11513/pc_087-2006.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 105/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE SEGURO CONTRA ACIDENTES PESSOAIS PARA ALUNOS DA REDE PÚBLICA DE ENSINO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11514</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11514/pc_088-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11514/pc_088-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 103/2007. "AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATO DE COMODATO NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL".</t>
   </si>
   <si>
     <t>11515</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11515/pc_089-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11515/pc_089-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 104/2007. "FICA AUTORIZADO O PODER EXECUTIVO MUNICIPAL DISPOR SOBRE A ENTRADA FRANCA DE SERVIDORES NOS EVENTOS E ESPETÁCULOS PROMOVIDOS PELO PODER PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11516/pc_090-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11516/pc_090-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 084/2007. "ALTERA REDAÇÃO DA LEI MUNICIPAL N° 675, DE 30 DE ABRIL DE 2007 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11518/pc_091-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11518/pc_091-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N° 643 DE 20 DE SETEMBRO DE 2006.</t>
   </si>
   <si>
     <t>11519</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11519/pc_092-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11519/pc_092-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 086/2007. "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2008".</t>
   </si>
   <si>
     <t>11521</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11521/pc_093-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11521/pc_093-2007.pdf</t>
   </si>
   <si>
     <t>REFERENTE A LEI N° 114/2007. "DENOMINA DE ESTRADA MUNICIPAL CAMPEÃO ANTONIO CARLOS DOS SANTOS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11522</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11522/pc_094-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11522/pc_094-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 116/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11523</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11523/pc_095-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11523/pc_095-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 115/2007. "AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO A CONSTRUÇÃO DE GIRADOR DE LOCOMOTIVAS".</t>
   </si>
   <si>
     <t>11524</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11524/pc_096-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11524/pc_096-2007.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI N°113/2007. "AUTORIZA A DOAÇÃO DE ÁREA PARA A COMPANHIA ESPIRITO SANTENSE DE SANEAMENTO - CESAN".</t>
   </si>
   <si>
     <t>11525</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11525/pc_097-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11525/pc_097-2007.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 112/2007. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ADICIONAL ESPECIAL DESTINADO À CONSTRUÇÃO DE QUADRA DE ESPORTE E LAZER".</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1453/1453_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1453/1453_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REJEIÇÃO DO VETO PARCIAL, RELATIVO AO ART. 38 DO PROJETO DE LEI Nº 018/2007 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL </t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1452/1452_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1452/1452_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REJEIÇÃO DO VETO TOTAL, RELATIVO AO PROJETO DE LEI Nº. 072/2006 DE AUTORIA DO VEREADOR ALOISIO MODOLO DE ALMEIDA </t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1451/1451_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1451/1451_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ FLORIANENSE À SRª. SILVIA MALHEIROS GUEDES ALCOFORADO </t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1450/1450_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1450/1450_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. PAULO LOVATTI JUNIOR </t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1449/1449_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1449/1449_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. SEBASTIÃO SERRANO MOTTA </t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1448/1448_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1448/1448_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. RICARDO MOGNOL </t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1447/1447_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1447/1447_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. VITAL CHRIST FILHO </t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1445/1445_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1445/1445_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. DORIO LUIZ SIQUEIRA </t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1444/1444_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1444/1444_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. RUY BORGO </t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1443/1443_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1443/1443_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ROBERLY JOSÉ PEREIRA </t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1441/1441_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1441/1441_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. MARCELO SANTOS </t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1440/1440_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1440/1440_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JOSÉ ERNANI DE ALMEIDA MACHADO</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1439/1439_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1439/1439_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. HONÓRIO FLORÊNCIO CATELAN </t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1438/1438_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1438/1438_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. FERNANDO FERREIRA PINTO PATERLINE </t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1437/1437_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1437/1437_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. CLAUDIO HUMBERTO VEREZA LODI</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1436/1436_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1436/1436_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃ FLORIANENSE A SRª. SONIA MARIA DOS SANTOS BUENO </t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1435/1435_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1435/1435_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. WELINGTHON NALESSO DENADAI</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1434/1434_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1434/1434_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. PATRICIO BERNABÉ FIORIM</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1433/1433_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1433/1433_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JOSÉ LAURIAS NUNES </t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1432/1432_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1432/1432_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. SEBASTIÃO MESSIAS LOPES </t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1431/1431_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1431/1431_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A APROVAÇÃO DO VETO TOTAL, RELATIVO AO PROJETO DE LEI Nº. 034/2007 DE AUTORIA DO VEREADOR ALOISIO MODOLO DE ALMEIDA </t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1430/1430_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A APROVAÇÃO DO VETO TOTAL, RELATIVO AO PROJETO DE LEI Nº. 035/2007 DE AUTORIA DO VEREADOR ALOISIO MODOLO DE ALMEIDA </t>
   </si>
   <si>
     <t>10004</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>ELIAS KIEFER</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10004/pl_002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10004/pl_002-2007.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N°. 604, DE 17 DE ABRIL DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10013/pl_003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10013/pl_003-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FEDERAÇÃO DE BEACH SOCCER DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>10014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10014/pl_004-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10014/pl_004-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO À CONTRAPARTIDA DO PROGRAMA PRÓ-ÁGUA DO MINISTÉRIO DA INTEGRAÇÃO NACIONAL.</t>
   </si>
   <si>
     <t>10875</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10875/pl_005-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10875/pl_005-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE BAIRRO SANTA RITA AS RUAS COM INÍCIO NAS FUTURAS INSTALAÇÕES DA PESTALOZZI E SEU TÉRMINO PRÓXIMO AO CAMPO DO APOLO XIII, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10015/pl_006-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10015/pl_006-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A MANTER APARELHO DESFIBRILADOR NAS AMBULÂNCIAS, UNIDADES DE SAÚDE DO MUNICIPIO E DISPONIBILIZAR O MESMO  PARA PERMANECER NOS LOCAIS DE REALIZAÇÕES DE EVENTOS NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10020/pl_008-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10020/pl_008-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CELEBRAR CONVÊNIOS SOBRE O ESTÁGIO DE ESTUDANTES DO ENSINO MÉDIO E SUPERIOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10022</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10022/pl_009-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10022/pl_009-2007.pdf</t>
   </si>
   <si>
     <t>CONCEDE AJUDA DE CUSTO A SERVIDORES DO QUADRO DO MAGISTÉRIO PÚBLICO MUNICIPAL, PARA A FORMAÇÃO EM SERVIÇO.</t>
   </si>
   <si>
     <t>10876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10876/pl_011-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10876/pl_011-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GRATIFICAÇÃO DE DIREÇÃO DE ESCOLAS E DO PESSOAL EGRESSO NO MAGISTÉRIO ESTADUAL REMANEJADO PARA O MUNICÍPIO, POR FORÇA DA MUNICIPALIZAÇÃO DO ENSINO.</t>
   </si>
   <si>
     <t>10877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10877/pl_012-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10877/pl_012-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO - CONSELHO FUNDEB.</t>
   </si>
   <si>
     <t>10878</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10878/pl_013-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10878/pl_013-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR PARCERIA COM A ''PESTALOZZI'' (ESCOLAR ESPECIAL RENASCER) - ORGANIZAÇÃO DE AMPARO A ALUNOS PORTADORES DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>10880</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10880/pl_014-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10880/pl_014-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR PARCERIA COM A ''SOU FELIZ - ORGANIZAÇÃO DE AMPARO AO IDOSO'', INSTITUIÇÃO DE ATENDIMENTO À PESSOA IDOSA DE LONGA PERMANÊNCIA.</t>
   </si>
   <si>
     <t>10881</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10881/pl_015-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10881/pl_015-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A EXECUÇÃO DA PAVIMENTAÇÃO ASFÁLTICA EM FRENTE AOS COLÉGIOS LOCALIZADOS NA ZONA RURAL DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>10882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10882/pl_016-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10882/pl_016-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA A ALÍNEA ''C'' DO PARÁGRAFO ÚNICO DO ARTIGO 1° E O ARTIGO 9° DA LEI N°. 235, DE 25 DE FEVEREIRO DE 1997.</t>
   </si>
   <si>
     <t>10883</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10883/pl_017-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10883/pl_017-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE HONÓRIO REGIANNI A LADEIRA QUE DÁ ACESSO A ESCOLA VICTÓRIO BRAVIN EM ARAGUAIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10884/pl_018-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10884/pl_018-2007.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10885/pl_019-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10885/pl_019-2007.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10886/pl_020-20007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10886/pl_020-20007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, A IMPLANTAR O PROGRAMA ''OPORTUNIDADE PARA TODOS''.</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10887/pl_021-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10887/pl_021-2007.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10888/pl_022-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10888/pl_022-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INSTALAR SANITÁRIOS NAS AGÊNCIAS BANCÁRIAS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10889/pl_023-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10889/pl_023-2007.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO PARA ATENDER A SECRETARIA MUNICIPAL DE MEIO AMBIENTE DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10890/pl_024-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10890/pl_024-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1° E O ART. 2° DA LEI MUNICIPAL N° 601 DE 17 DE ABRIL DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10916/pl_025-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10916/pl_025-2007.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO, A TÍTULO DE REPRESENTAÇÃO LEGAL, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10917/pl_026-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10917/pl_026-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PROFESSOR JAYME EMÍLIO BORGO, A QUADRA DE ESPORTES, SITUADA NO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10918/pl_027-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10918/pl_027-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FIORAVANTE CATELAN, O GINÁSIO DE ESPORTES, SITUADO NO DISTRITO DE ARAGUAIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10919/pl_028-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10919/pl_028-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSÉ ERLY, A RUA PROJETADA SITUADA NO BAIRRO PRÓXIMO AO CAMPO DE FUTEBOL DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10920/pl_029-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10920/pl_029-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''JOSÉ CALVI'' A RUA PROJETADA QUE TERÁ SEU INÍCIO PRÓXIMO A RESIDÊNCIA DO SR. LEOMAR BOLDRINE E SEU TÉRMINO NA RESIDÊNCIA DO SR. JAIR PETERLE NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10921/pl_031-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10921/pl_031-2007.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO NA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10922/pl_032-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10922/pl_032-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA FIRMAR CONVÊNIO COM A ASSOCIAÇÃO MONTANHAS CAPIXABAS TURISMO E EVENTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10923/pl_033-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10923/pl_033-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA REFERÊNCIA DE CARGO DE PROVIMENTO EM COMISSÃO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10924</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10924/pl_034-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10924/pl_034-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA COORDENADORIA MUNICIPAL DE DEFESA DO CONSUMIDOR - PROCON MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10925</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10925/pl_035-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10925/pl_035-2007.pdf</t>
   </si>
   <si>
     <t>PROIBE O DESPEJO DE ESGOTO, ENTULHO E LIXO DE QUALQUER NATUREZA NOS RIOS E CÓRREGOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10926</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10926/pl_036-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10926/pl_036-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIOS COM A EMPRESA ARCOS RAPOSO - COORDENADORA DO INSTITUTO VERDE BRASIL.</t>
   </si>
   <si>
     <t>10927</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10927/pl_037-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10927/pl_037-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2008 E DÁ OUTRS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10928/pl_038-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10928/pl_038-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA VALE FEIRA NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10929/pl_039-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10929/pl_039-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA VALE FEIRA NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10930/pl_040-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10930/pl_040-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DOS GRUPOS DE DANÇA ALEMÃ E ITALIANA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10931/pl_041-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10931/pl_041-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, A CONSTRUIR O CEMITÉRIO PÚBLICO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10932/pl_042-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10932/pl_042-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA ''APOIAR O ESPORTE É VALORIZAR O FUTURO'', NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10933/pl_043-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10933/pl_043-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR SERVIDORES POR TEMPO DETERMINADO.</t>
   </si>
   <si>
     <t>10934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10934/pl_044-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10934/pl_044-2007.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE ATENDENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10935/pl_045-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10935/pl_045-2007.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE MECÂNICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10936/pl_046-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10936/pl_046-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO AO CENTRO CULTURAL EZEQUIEL RONCHI.</t>
   </si>
   <si>
     <t>10941</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10941/pl_047-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10941/pl_047-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE AVENIDA ''FLORA KUSTER KIEFER'' E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10942</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10942/pl_048-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10942/pl_048-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''ESTRADA MUNICIPAL PASTOR GERMANO KIEFER'' E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10943</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10943/pl_049-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10943/pl_049-2007.pdf</t>
   </si>
   <si>
     <t>CRIA A CAMPANHA DE EDUCAÇÃO AMBIENTAL, EM TODAS AS ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>10944</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10944/pl_050-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10944/pl_050-2007.pdf</t>
   </si>
   <si>
     <t>10945</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10945/pl_051-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10945/pl_051-2007.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO PARA ATENDER A SECRETARIA MUNICIPAL DE EDUCAÇÃO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10946</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10946/pl_052-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10946/pl_052-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE LOTES NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10947</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10947/pl_053-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10947/pl_053-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ATUAR EM CONSTRUÇÕES E REFORMAS DAS FACHADAS DAS RESIDÊNCIAS, LOCALIZADAS NA RUA DELIMAR SCHUNCK E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10948</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10948/pl_054-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10948/pl_054-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO USO E FORNECIMENTO DE CANUDOS DE PLÁSTICO EMBALADOS INDIVIDUALMENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10949</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10949/pl_055-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10949/pl_055-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR ANISTIA FISCAL DE IPTU (IMPOSTO PREDIAL E TERRITORIAL URBANO) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10950</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10950/pl_056-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10950/pl_056-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE CONTRAPARTIDA FINANCEIRA PARA A REALIZAÇÃO DO EVENTO ''MADEIRA SHOW''.</t>
   </si>
   <si>
     <t>10951</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10951/pl_057-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10951/pl_057-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE MARECHAL FLORIANO NA FORMA E CONDIÇÕES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>10952</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10952/pl_059-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10952/pl_059-2007.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO FLORIANENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10953</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10953/pl_060-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10953/pl_060-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAPROPRIAÇÃO DO IMÓVEL LOCALIZADO NA RUA GUSTAVO HERTEL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10954</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10954/pl_061-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10954/pl_061-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO À CONSTRUÇÃO DE PORTAL, MIRANTE E PAISAGISMO NA RODOVIA FRANCISCO STOCKL E REFORMA DO CENTRO DE AGRO-NEGÓCIO.</t>
   </si>
   <si>
     <t>10955</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10955/pl_062-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10955/pl_062-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA BERNARDO LEONOR EFFGEN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10956</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10956/pl_063-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10956/pl_063-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O PROGRAMA DE INCENTIVO A COLETA SELETIVA DE LIXO RECICLÁVEL.</t>
   </si>
   <si>
     <t>10957</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10957/pl_064-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10957/pl_064-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA À PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>10958</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10958/pl_065-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10958/pl_065-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JAIR RONCHI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10959/pl_066-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10959/pl_066-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''ELIAS BRAVIM'' O CAMPO DO ESPORTE CLUBE DE ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10960</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10960/pl_067-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10960/pl_067-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PONTE ''ELIZABETH CATELAN TAQUETE'' E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10961</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10961/pl_070-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10961/pl_070-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAÇÃO DE EMPRESA PARA PUBLICAÇÃO DE MATÉRIAS DE CARÁTER INSTITUCIONAL, INFORMATIVO, EDUCACIONAL E DE ORIENTAÇÃO, RELATIVAS À VIDA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10962/pl_071-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10962/pl_071-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10963</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10963/pl_073-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10963/pl_073-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 563 DE 07.11.2005 - ''PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO PARA O QUADRIÊNIO 2006 A 2009''.</t>
   </si>
   <si>
     <t>10964</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10964/pl_074-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10964/pl_074-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 709 DE 10.07.2007 - ''LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO PARA O EXERCÍCIO FINANCEIRO DE 2008''.</t>
   </si>
   <si>
     <t>10965</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10965/pl_075-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10965/pl_075-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''GERMANO KIEFER'' A ALAMEDA LOCALIZADA AO LADO DO TREVO DE MARECHAL FLORIANO, PRÓXIMO À RUA ALVINO WASSEN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10966</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10966/pl_076-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10966/pl_076-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE EMPREGOS PÚBLICOS PARA A CONTRATAÇÃO DE PROFISSIONAIS LIGADOS AO PSF - PROGRAMA SAÚDE DA FAMÍLIA, DA SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10967</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10967/pl_077-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10967/pl_077-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS FINANCEIROS À ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10968</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10968/pl_078-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10968/pl_078-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS FINANCEIROS À ORGANIZAÇÃO DE AMPARO AO IDOSO ''SOU FELIZ''.</t>
   </si>
   <si>
     <t>10969</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10969/pl_079-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10969/pl_079-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A COSTRUIR UM NÚCLEO DO ESPORTE E LAZER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10970</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10970/pl_080-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10970/pl_080-2007.pdf</t>
   </si>
   <si>
     <t>10986</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10986/pl_081-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10986/pl_081-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE VAGAS PARA ESTAGIÁRIOS, AUTORIZA O EXECUTIVO A ASSINAR O CONVÊNIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10987</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10987/pl_082-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10987/pl_082-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM ESTADO DO ESPÍRITO SANTO NO QUE SE DIZ RESPEITO A SEGURANÇA CONTRA INCÊNDIO E PÂNICO.</t>
   </si>
   <si>
     <t>10988</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10988/pl_083-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10988/pl_083-2007.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE APRESENTAÇÃO DA CERTIDÃO DE VISTORIA DO CORPO DE BOMBEIROS MILITAR DO ESTADO DO ESPÍRITO SANTO PARA CONCESSÃO DE ALVARÁ DE LOCALIZAÇÃO E FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>10989</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10989/pl_085-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10989/pl_085-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ANISTIA DE MULTAS E JUROS NA REMISSÃO DOS DÉBITOS INSCRITOS EM DÍVIDA ATIVA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10990</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10990/pl_086-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10990/pl_086-2007.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2008.</t>
   </si>
   <si>
     <t>10991</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10991/pl_087-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10991/pl_087-2007.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO DE SANTA MARIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10992/pl_088-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10992/pl_088-2007.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PRODUTORES RURAIS DE VICTOR HUGO - APROVH E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10993/pl_089-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10993/pl_089-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO AO BANCO NACIONAL DE DESENVOLVIMENTO ECONÔMICO E SOCIAL - BNDES, ATRAVÉS DO BANCO DO BRASIL S/A NA QUALIDADE DE MANDATÁRIO A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>10994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10994/pl_090-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10994/pl_090-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O SISTEMA FAESA DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>10995</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10995/pl_091-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10995/pl_091-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO HOSPITALAR DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS - FHASDOMAR.</t>
   </si>
   <si>
     <t>10996</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10996/pl_092-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10996/pl_092-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO AO CENTRO EDUCACIONAL EZEQUIEL RONCHI.</t>
   </si>
   <si>
     <t>10997</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10997/pl_093-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10997/pl_093-2007.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO O PODER EXECUTIVO MUNICIPAL A CRIAR NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A REALIZAÇÃO DE EXAME EMISSÕES EVOCADAS OTOACÚSTICAS, NA UNIDADE DE SAÚDE E POSTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10998</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10998/pl_094-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10998/pl_094-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM SOCIEDADES EMPRESARIAIS, EMPRESÁRIOS INDIVIDUAIS, ÓRGÃOS PÚBLICOS E ENTIDADES EDUCACIONAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10999</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10999/pl_095-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10999/pl_095-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ''MARIA RIBEIRO'' E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11000</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11000/pl_096-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11000/pl_096-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ''ITAMAR LITTIG'' E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11001</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11001/pl_097-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11001/pl_097-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL CUSTEAR UNIFORMES PARA OS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11002</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11002/pl_098-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11002/pl_098-2007.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO O PODER EXECUTIVO MUNICIPAL INCENTIVAR A IMPLANTAÇÃO DE INCLUSÃO DE REDE DE COLETA E ARMAZENAMENTO DE ÁGUA DA CHUVA EM EDIFICAÇÕES QUE VENHAM A SER CONSTRUÍDAS EM TODA REGIÃO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11005</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11005/pl_099-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11005/pl_099-2007.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS ESPECIAIS PARA FUNCIONAMENTO DE BARES OU SIMILARES NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11003</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11003/pl_100-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11003/pl_100-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO PECUNIÁRIO PARA OS FUNCIONÁRIOS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11004/pl_101-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11004/pl_101-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INCLUIR DOIS MÓDULOS ESPORTIVOS À LEI MUNICIPAL N° 719 DE 08 DE OUTUBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11006/pl_102-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11006/pl_102-2007.pdf</t>
   </si>
   <si>
     <t>11007</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11007/pl_103-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11007/pl_103-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONTRATO DE COMODATO NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>11008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11008/pl_104-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11008/pl_104-2007.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO O PODER EXECUTIVO MUNICIPAL DISPOR SOBRE A ENTRADA FRANCA DE SERVIDORES NOS EVENTOS E ESPETÁCULOS PROMOVIDOS PELO PODER PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11009</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11009/pl_105-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11009/pl_105-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS DE SEGURO CONTRA ACIDENTES PESSOAIS PARA ALUNOS DA REDE PÚBLICA DE ENSINO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>11010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11010/pl_106-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11010/pl_106-2007.pdf</t>
   </si>
   <si>
     <t>CRIA PONTO DE TÁXIS NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11011/pl_107-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11011/pl_107-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JACOMO RONCHI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11012/pl_108-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11012/pl_108-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FLORIANO SCHNEIDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11013/pl_109-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11013/pl_109-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA CONSTRUÇÃO DE PONTOS DE COLETA DE RESÍDUOS SÓLIDOS EM FORMA DE CHALES, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>11014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11014/pl_110-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11014/pl_110-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DA LEI MUNICIPAL N°. 675, DE 30 DE ABRIL DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11015/pl_111-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11015/pl_111-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 643, DE 20 DE SETEMBRO DE 2006.</t>
   </si>
   <si>
     <t>11016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11016/pl_112-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11016/pl_112-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO À ''CONSTRUÇÃO DE QUADRA DE ESPORTE E LAZER''.</t>
   </si>
   <si>
     <t>11017</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11017/pl_113-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11017/pl_113-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE ÁREA PARA A COMPANHIA ESPÍRITO SANTENSE DE SANEAMENTO - CESAN.</t>
   </si>
   <si>
     <t>11018</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11018/pl_114-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11018/pl_114-2007.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA MUNICIPAL CAMPEÃO ANTONIO CARLOS DOS SANTOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11019/pl_115-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11019/pl_115-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL DESTINADO À ''CONSTRUÇÃO DE GIRADOR DE LOCOMOTIVAS''.</t>
   </si>
   <si>
     <t>11020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11020/pl_116-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11020/pl_116-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11021/pl_117-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11021/pl_117-2007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI N° 763 DE 14/12/2007 QUE AUTORIZA O PODER PÚBLICO MUNICIPAL A CONCEDER ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10430</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA 2007/2008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10430/pr001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10430/pr001-2007.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONFECCIONAR A CARTILHA DO VEREADOR PARA O BIÊNIO 2007-2008."</t>
   </si>
   <si>
     <t>10431</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10431/pr002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10431/pr002-2007.pdf</t>
   </si>
   <si>
     <t>" NOMEIA COMISSÃO ESPECIAL PARA ESTUDO E PROPOSIÇÃO PARA ALTERAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DA LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO-ES."</t>
   </si>
   <si>
     <t>10432</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10432/pr003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10432/pr003-2007.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO ORÇAMENTÁRIA DO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>9954</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9954/rq001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9954/rq001-2007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EXª., NA FORMA DO REGIMENTO INTERNO, APÓS DELIBERAÇÃO DO PLENÁRIO.</t>
   </si>
   <si>
     <t>9955</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9955/rq0002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9955/rq0002-2007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EXª., COM BASE NO 3°. DO ARTIGO 58 DA CONSTITUIÇÃO FEDERAL E NA FORMA DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>9994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9994/rq003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9994/rq003-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER JUNTO AO PODER EXECUTIVO MUNICIPAL QUE TOAS AS SOLICITAÇÕES REQUERIDAS PELOS PARLAMENTARES DESTA CASA DE LEIS SEJAM ATENDIDAS MEDIANTE OFÍCIO PROTOCOLADO.</t>
   </si>
   <si>
     <t>9993</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9993/rq004-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9993/rq004-2007.pdf</t>
   </si>
   <si>
     <t>QUE TODA MUDANÇA DE SECRETÁRIO MUNICIPAL, SEJA OFICIALIZADA A CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>9956</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9956/rq005-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9956/rq005-2007.pdf</t>
   </si>
   <si>
     <t>REQUER-SE JUNTO AO PODER EXECUTIVO MUNICIPAL, INFORMAÇÕES RELATIVAS À INTERRUPÇÃO DO AUXILIO FINANCEIRO.</t>
   </si>
   <si>
     <t>9957</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9957/rq006-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9957/rq006-2007.pdf</t>
   </si>
   <si>
     <t>REQUER A V. EXª QUE SE DIGNE DE ENCAMINHAR AO EXM°. SR. PREFEITO MUNICIPAL O ENCAMINHAMENTO.</t>
   </si>
   <si>
     <t>9958</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9958/rq007-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9958/rq007-2007.pdf</t>
   </si>
   <si>
     <t>REQUER, AO CHEFE DO PODER EXECUTIVO, QUE SEJA ENCAMINHADO À CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>9959</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9959/rq0008-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9959/rq0008-2007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V.  EXª., COM BASE NO 3°. DO ARTIGO 58 DA CONSTITUIÇÃO FEDERAL E NA FORMA DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>9960</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9960/rq009-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9960/rq009-2007.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DOS PROCESSOS DE TODO PROCEDIMENTO LICITA TÓRIO QUE ORIGINARAM A VIABILIZAÇÃO DE CONSTRUÇÕES DE PONTES.</t>
   </si>
   <si>
     <t>9961</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9961/rq010-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9961/rq010-2007.pdf</t>
   </si>
   <si>
     <t>REQUER PROVER ESTUDOS PARA AUMENTAR O VALOR DO VALE TICKET ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>9962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9962/rq011-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9962/rq011-2007.pdf</t>
   </si>
   <si>
     <t>REQUER-SE DESSE PLENÁRIO, QUE SEJA ENCAMINHADO AO EXM° SR. PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>9963</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9963/rq012-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9963/rq012-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER DO EXM° SR. PREFEITO MUNICIPAL AS INFORMAÇÕES ABAIXO.</t>
   </si>
   <si>
     <t>9964</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9964/rq013-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9964/rq013-2007.pdf</t>
   </si>
   <si>
     <t>9965</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9965/rq014-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9965/rq014-2007.pdf</t>
   </si>
   <si>
     <t>REQUER AO CHEFE DO PODER EXECUTIVO, QUE SEJA ENCAMINHADO À CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>9966</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9966/rq015-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9966/rq015-2007.pdf</t>
   </si>
   <si>
     <t>VEM RESPEITOSAMENTE SOLICITAR DO EXM° SR. PREFEITO MUNICIPAL AS INFORMAÇÕES COM RESPEITO A LICITAÇÃO SOBRE CONTRATAÇÃO DE EMPRESA PARA LOCAÇÃO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>9967</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9967/rq016-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9967/rq016-2007.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXM° SR. PREFEITO MUNICIPAL AS INFORMAÇÕES ABAIXO.</t>
   </si>
   <si>
     <t>9968</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9968/rq017-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9968/rq017-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER JUNTO AO PODER EXECUTIVO MUNICIPAL AS SEGUINTES INFORMAÇÕES.</t>
   </si>
   <si>
     <t>9969</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9969/rq018-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9969/rq018-2007.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXM° SR. PREFEITO MUNICIPAL A SEGUINTE INFORMAÇÃO.</t>
   </si>
   <si>
     <t>9970</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9970/rq019-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9970/rq019-2007.pdf</t>
   </si>
   <si>
     <t>REQUER JUNTO AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9971</t>
   </si>
   <si>
     <t>VEM REQUERER AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9972</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9972/rq021-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9972/rq021-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER AO PODER EXECUTIVO MUNICIPAL, AS SEGUINTES INFORMAÇÕES.</t>
   </si>
   <si>
     <t>9973</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9973/rq022-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9973/rq022-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER JUNTO AO PODER EXECUTIVO MUNICIPAL, MOTIVADO PELO PEDIDO DE VISTA.</t>
   </si>
   <si>
     <t>9974</t>
   </si>
   <si>
     <t>Cezar Ronchi, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9974/rq023-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9974/rq023-2007.pdf</t>
   </si>
   <si>
     <t>REQUER-SE DO PODER EXECUTIVO MUNICIPAL , QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS TODO O PROCEDIMENTO  LICITATÓRIO.</t>
   </si>
   <si>
     <t>9975</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9975/rq024-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9975/rq024-2007.pdf</t>
   </si>
   <si>
     <t>9976</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9976/rq025-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9976/rq025-2007.pdf</t>
   </si>
   <si>
     <t>REWUERER DO EXM° SR. PREFEITO MUNICIPAL A SEGUINTE INFORMAÇÃO, REFERENTE AO PROJETO DE LEI N° 071/2007.</t>
   </si>
   <si>
     <t>9977</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Cezar Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9977/rq026-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9977/rq026-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER DO EXM° SR. AS SEGUINTES INFORMAÇÕES.</t>
   </si>
   <si>
     <t>9978</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9978/rq027-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9978/rq027-2007.pdf</t>
   </si>
   <si>
     <t>REQUERER DO EXM° SR. AS SEGUINTES INFORMAÇÕES.</t>
   </si>
   <si>
     <t>9979</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9979/rq028-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9979/rq028-2007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EXMª, COM BASE NO 3° DO ARTIGO 58 DA CONSTITUIÇÃO FEDERAL E NA FORMA DE REGIEMNTO INTERNO.</t>
   </si>
   <si>
     <t>9981</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9981/rq029-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9981/rq029-2007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMª SR. PREFEITO MUNICIPAL DE MARECHAL FLORIANO, QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>9982</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9982/rq030-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9982/rq030-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER JUNTO AO PODER EXECUTIVO MUNICIPAL, INICIATIVA DE CONCEDER CURSO DE CAPITAÇÃO A TODOS SERVIDORES.</t>
   </si>
   <si>
     <t>9983</t>
   </si>
   <si>
     <t>REQUER-SE DO EXMº SR. PREFEITO MUNICIPAL A SEGUINTE INFORMAÇÃO, REFERENTE AO PROJETO DE LEI Nº 077/2007.</t>
   </si>
   <si>
     <t>9984</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9984/rq032-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9984/rq032-2007.pdf</t>
   </si>
   <si>
     <t>9985</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9985/rq033-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9985/rq033-2007.pdf</t>
   </si>
   <si>
     <t>9986</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9986/rq034-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9986/rq034-2007.pdf</t>
   </si>
   <si>
     <t>VEM RESPEITOSAMENTE POR MEIO DESTE REQUERER DO EXM° SR. PRESIDENTE JUAREZ JOSE XAVIER.</t>
   </si>
   <si>
     <t>9987</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9987/rq035-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9987/rq035-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER JUNTO AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9988</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9988/rq036-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9988/rq036-2007.pdf</t>
   </si>
   <si>
     <t>VER REQUERER JUNTO AO PODER EXECUTIVO MUNICIPAL, MOTIVADO PELA ANÁLISE.</t>
   </si>
   <si>
     <t>9989</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9989/rq037-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9989/rq037-2007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V.EXª. COM BASE NO 3º DO ARTIGO 58 DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>9990</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9990/rq038-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9990/rq038-2007.pdf</t>
   </si>
   <si>
     <t>COM BASE NO ARTIGO 89, XVIII E 95, I, "C", DA LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO-ES C/C ART. 4º, II, DO DECRETO-LEI N° 201/67.</t>
   </si>
   <si>
     <t>9991</t>
   </si>
   <si>
     <t>Amarílio José Klein, Donato de Souza Alencar</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9991/rq040-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9991/rq040-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER JUNTO AO PODER EXECUTIVO MUNICIPAL, MOTIVADO PELA ANÁLISE.</t>
   </si>
   <si>
     <t>9992</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9992/rq041-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9992/rq041-2007.pdf</t>
   </si>
   <si>
     <t>VEM REQUERER DESTA MESA DIRETORA, A POSSIBILIDADE DE PROPOR EM PLENÁRIO UM PROJETO DE LEI.</t>
   </si>
   <si>
     <t>12439</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12439/resolucao_001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12439/resolucao_001-2007.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONFECCIONAR A CARTILHA DAS AÇÕES LEGISLATIVAS E A CARTILHA DO VEREADOR PARA O BIÊNIO 2007-2008".</t>
   </si>
   <si>
     <t>12440</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12440/resolucao_002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12440/resolucao_002-2007.pdf</t>
   </si>
   <si>
     <t>"NOMEIA COMISSÃO ESPECIAL PARA ESTUDO E PROPOSIÇÃO PARA ALTERAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DA LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>12441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12441/resolucao_003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12441/resolucao_003-2007.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR A DOTAÇÃO ORÇAMENTÁRIA DO ORÇAMENTO VIGENTE".</t>
   </si>
   <si>
     <t>12442</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12442/resolucao_004-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12442/resolucao_004-2007.pdf</t>
   </si>
   <si>
     <t>12443</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12443/resolucao_005-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12443/resolucao_005-2007.pdf</t>
   </si>
   <si>
     <t>"NOMEIA COMISSÃO ESPECIAL PARA ESTUDO E PROPOSIÇÃO PARA ALTERAÇÃO DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DA LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO-ES"</t>
   </si>
   <si>
     <t>12805</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12805/emod001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12805/emod001-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 17 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12806/emod002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12806/emod002-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 20 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12807/emod003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12807/emod003-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA O INCISO II DO PARÁGRAFO ÚNICO DO ART. 23 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12808</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12808/emod004-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12808/emod004-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 24 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12809</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12809/emod005-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12809/emod005-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA OS INCISOS I E III DO ART. 27 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12810</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12810/emod006-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12810/emod006-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 32 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12811</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12811/emod007-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12811/emod007-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA OS §§ 1º E 2º DO ART. 40 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12812</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12812/emod008-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12812/emod008-2007.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 49 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12813</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12813/emod009-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12813/emod009-2007.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 50 DA LEI ORGÂNICA MUNICIPAL E SEUS DISPOSITIVOS.</t>
   </si>
   <si>
     <t>12814</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12814/emod010-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12814/emod010-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 56 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12825</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12825/emod011-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12825/emod011-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DO ARTIGO 89 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12830/emod012-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12830/emod012-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA OS ARTIGOS 96 E 97 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12831/emod013-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12831/emod013-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DO ART. 131 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12832/emod014-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12832/emod014-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DO ART. 132 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12833/emod015-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12833/emod015-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DO ART. 113 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12834/emod016-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12834/emod016-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA OS DISPOSITIVOS DO ART. 119 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12835/emod017-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12835/emod017-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO ART. 177 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12836/emod018-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12836/emod018-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DO ART. 188 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12838/emod019-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12838/emod019-2007.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ART. 4º DO ATO DAS DISPOSIÇÕES ORGANIZACIONAIS TRANSITÓRIAS DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12840/emod020-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12840/emod020-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 6º DO ATO DAS DISPOSIÇÕES ORGANIZACIONAIS TRANSITÓRIAS DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12842/emod021-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12842/emod021-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 12 DO ATO DA DISPOSIÇÕES ORGANIZACIONAIS TRANSITÓRIAS DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12844</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12844/emod021-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12844/emod021-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 13 DO ATO DAS DISPOSIÇÕES ORGANIZACIONAIS TRANSITÓRIAS DA LEI ORGÂNICAS MUNICIPAL.</t>
   </si>
   <si>
     <t>12845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12845/emod023-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12845/emod023-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 16 DO ATO DAS DISPOSIÇÕES ORGANIZACIONAIS TRANSITÓRIAS DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12846/emod024-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12846/emod024-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 18 DO ATO DAS DISPOSIÇÕES ORGANIZACIOANAIS TRANSITÓRIAS DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12847/emod025-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12847/emod025-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 23 DO ATO DAS DISPOSIÇÕES ORGANIZACIONAIS TRANSITÓRIAS DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12848/emod026-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12848/emod026-2007.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTS. 19, XV, 40,§ 1º E 54 § 6º, DA LEI ORGÂNICA E ACRESCENTA O PARÁGRAFO ÚNICO NO ART. 47, A FIM DE SUPRIMIR O VOTO SECRETO PARLAMENTAR.</t>
   </si>
   <si>
     <t>12796</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12796/lei_organica_001-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12796/lei_organica_001-2007.pdf</t>
   </si>
   <si>
     <t>REVOGA O INCISO V DO ART. 25 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12797/lei_organica_002-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12797/lei_organica_002-2007.pdf</t>
   </si>
   <si>
     <t>O ART. 54 DA LEI ORGÂNICA MUNICIPAL E SEUS DISPOSITIVOS PASSAM A VIGORAR COM A SEGUINTE REDAÇÃO.</t>
   </si>
   <si>
     <t>12798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12798/lei_organica_003-2007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12798/lei_organica_003-2007.pdf</t>
   </si>
   <si>
     <t>SUPRIME PARTE DO 61 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12801/camscanner_10-13-2022_13.07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12801/camscanner_10-13-2022_13.07.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 64 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12802/camscanner_10-13-2022_13.07_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12802/camscanner_10-13-2022_13.07_1.pdf</t>
   </si>
   <si>
     <t>SUPRIMI O § 3º DO ARTIGO 94 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12803/camscanner_10-13-2022_13.07_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12803/camscanner_10-13-2022_13.07_2.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTS. 192, 194, 195, 197 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>12804</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12804/camscanner_10-13-2022_13.07_3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12804/camscanner_10-13-2022_13.07_3.pdf</t>
   </si>
   <si>
     <t>REVOGA OS ARTS. 17 E 19 DO ATO DAS DISPOSIÇÕES ORGANIZACIONAIS TRANSITÓRIAS DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5866,68 +5866,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12159/dl_001-2007.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12160/dl_002-2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12161/dl_003-2007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12162/dl_004-2007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12163/dl_005-2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12164/dl_006-2007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12165/dl_007-2007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12166/dl_008-2007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12167/dl_009-2007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12168/dl_010-2007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12169/dl_011-2007.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12170/dl_012-2007.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12171/dl_013-2007.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12172/dl_014-2007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12173/dl_015-2007.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12175/dl_016-2007.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12176/dl_017-2007.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12178/dl_018-2007.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12179/dl_019-2007.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12180/dl_020-2007.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12181/dl_021-2007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12183/dl_022-2007.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12444/decreto_4.137-2007.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12445/decreto_4187-2007.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9699/001-2007.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9700/002-2007.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9706/003-2007.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9716/004-2007.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9865/005-2007.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9873/006-2007.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9926/007-2007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9927/008-2007.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9928/009-2007.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9929/010-2007.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9930/011-2007.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9931/012-2007.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9932/013-2007.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9933/014-2007.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9934/015-2007.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9935/016-2007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9939/017-2007.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9940/018-2007.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9943/019-2007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9949/020-2007.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9951/021-2007.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9952/022-2007.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9980/024-2007.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10003/025-2007.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10012/026-2007.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10017/027-2007.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10021/028-2007.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10024/029-2007.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10030/030-2007.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10031/031-2007.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10032/032-2007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10033/033-2007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10034/034-2007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10035/035-2007.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10036/036-2007.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10053/037-2007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10059/038-2007.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10062/039-2007.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10064/040-2007.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10073/041-2007.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10074/042-2007.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10075/043-2007.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10076/044-2007.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10077/045-2007.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10078/046-2007.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10079/047-2007.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10080/048-2007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10081/049-2007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10083/050-2007.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10111/051-2007.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10112/052-2007.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10113/053-2007.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10114/054-2007.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10115/055-2007.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10116/056-2007.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10117/057-2007.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10118/058-2007.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10119/059-2007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10120/060-2007.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10124/061-2007.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10125/062-2007.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10129/063-2007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10130/064-2007.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10131/065-2007.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10132/066-2007.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10136/067-2007.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10162/068-2007.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10169/069-2007.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10171/070-2007.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10172/071-2007.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10173/072-2007.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10227/073-2007.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10236/074-2007.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10237/075-2007.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10238/076-2007.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10239/077-2007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10240/078-2007.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10241/079-2007.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10242/080-2007.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10243/081-2007.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10244/082-2007.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10245/083-2007.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10246/084-2007.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10247/085-2007.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10255/086-2007.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10295/087-2007.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10296/088-2007.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10297/089-2007.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10314/090-2007.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10319/091-2007.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10320/092-2007.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10321/093-2007.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10322/094-2007.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10323/095-2007.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10324/096-2007.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10325/097-2007.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10337/098-2007.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10340/099-2007.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10344/100-2007.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10358/101-2007.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10379/102-2007.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10380/103-2007.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10381/104-2007.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10382/105-2007.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10383/106-2007.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10385/108-2007.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10386/109-2007.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10387/110-2007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10388/111-2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10415/112-2007.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10416/113-2007.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10417/114-2007.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10418/115-2007.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10419/116-2007.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10420/117-2007.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10421/118-2007.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10422/119-2007.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10423/120-2007.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10464/121-2007.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10468/122-2007.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10469/122-2007.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10473/124-2007.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10474/125-2007.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10475/126-2007.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10476/127-2007.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10477/128-2007.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10478/129-2007.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10479/130-2007.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10480/131-2007.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10481/132-2007.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10482/133-2007.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10483/134-2007.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10484/135-2007.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10485/136-2007.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10486/137-2007.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10487/138-2007.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10488/139-2007.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10501/140-2007.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10502/141-2007.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10504/143-2007.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10505/144-2007.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10506/145-2007.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10507/146-2007.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10508/147-2007.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10509/148-2007.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10510/149-2007.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10511/150-2007.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4238/4238_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4239/4239_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4240/4240_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4241/4241_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4242/4242_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4243/4243_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4245/4245_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4246/4246_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4251/4251_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4252/4252_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4253/4253_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4254/4254_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4255/4255_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4257/4257_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4258/4258_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4259/4259_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4260/4260_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4263/4263_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4265/4265_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4266/4266_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4268/4268_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4270/4270_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4272/4272_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4273/4273_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4274/4274_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4275/4275_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4277/4277_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4281/4281_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4282/4282_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4283/4283_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4284/4284_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4285/4285_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4287/4287_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/4288/mocao_035.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4289/4289_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4292/4292_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4296/4296_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4298/4298_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4301/4301_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4302/4302_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4303/4303_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4304/4304_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4306/4306_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4311/4311_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4313/4313_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4314/4314_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4315/4315_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4308/4308_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4319/4319_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4321/4321_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4322/4322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4323/4323_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4324/4324_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4325/4325_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4326/4326_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4328/4328_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4331/4331_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4333/4333_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4335/4335_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4337/4337_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11418/pc_001-2007.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11419/pc_002-2007.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11420/pc_003-2007.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11421/pc_004-2007.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11422/pc_005-2007.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11423/pc_006-2007.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11424/pc_007-2007.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11425/pc_008-2007.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11426/pc_009-2007.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11427/pc_010-2007.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11428/pc_011-2007.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11429/pc_012-2007.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11430/pc_013-2007.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11431/pc_014-2007.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11432/pc_015-2007.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11433/pc_016-2007.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11434/pc_017-2007.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11435/pc_018-2007.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11437/pc_019-2007.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11440/pc_020-2007.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11441/pc_021-2007.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11442/pc_022-2007.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11443/pc_023-2007.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11444/pc_024-2007.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11445/pc_025-2007.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11446/pc_026-2007.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11447/pc_027-2007.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11448/pc_028-2007.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11449/pc_029-2007.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11450/pc_030-2007.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11451/pc_031-2007.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11452/pc_032-2007.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11453/pc_033-2007.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11454/pc_034-2007.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11455/pc_035-2007.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11456/pc_036-2007.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11457/pc_037-2007.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11458/pc_038-2007.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11459/pc_039-2007.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11460/pc_040-2007.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11461/pc_041-2007.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11462/pc_042-2007.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11463/pc_043-2007.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11464/pc_044-2007.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11465/pc_045-2007.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11466/pc_046-2007.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11467/pc_047-2007.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11468/pc_049-2007.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11469/pc_050-2007.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11470/pc_051-2007.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11471/pc_052-2007.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11472/pc_053-2007.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11473/pc_054-2007.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11474/pc_055-2007.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11475/pc_056-2007.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11476/pc_057-2007.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11477/pc_058-2007.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11478/pc_059-2007.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11479/pc_060-2007.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11480/pc_061-2007.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11481/pc_062-2007.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11482/pc_063-2007.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11483/pc_064-2007.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11484/pc_065-2007.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11485/pc_066-2007.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11486/pc_067-2007.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11487/pc_068-2007.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11488/pc_069-2007.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11489/pc_070-2007.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11490/pc_071-2007.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11491/pc_072-2007.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11492/pc_073-2007.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11493/pc_074-2007.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11494/pc_075-2007.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11495/pc_076-2007.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11496/pc_077-2007.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11497/pc_078-2007.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11498/pc_079-2007.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11500/pc_080-2007.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11501/pc_081-2007.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11502/pc_082-2007.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11504/pc_083-2007.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11506/pc_084-2007.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11508/pc_085-2007.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11509/pc_086-2007.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11513/pc_087-2006.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11514/pc_088-2007.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11515/pc_089-2007.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11516/pc_090-2007.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11518/pc_091-2007.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11519/pc_092-2007.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11521/pc_093-2007.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11522/pc_094-2007.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11523/pc_095-2007.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11524/pc_096-2007.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11525/pc_097-2007.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10004/pl_002-2007.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10013/pl_003-2007.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10014/pl_004-2007.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10875/pl_005-2007.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10015/pl_006-2007.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10020/pl_008-2007.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10022/pl_009-2007.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10876/pl_011-2007.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10877/pl_012-2007.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10878/pl_013-2007.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10880/pl_014-2007.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10881/pl_015-2007.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10882/pl_016-2007.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10883/pl_017-2007.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10884/pl_018-2007.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10885/pl_019-2007.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10886/pl_020-20007.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10887/pl_021-2007.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10888/pl_022-2007.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10889/pl_023-2007.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10890/pl_024-2007.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10916/pl_025-2007.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10917/pl_026-2007.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10918/pl_027-2007.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10919/pl_028-2007.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10920/pl_029-2007.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10921/pl_031-2007.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10922/pl_032-2007.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10923/pl_033-2007.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10924/pl_034-2007.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10925/pl_035-2007.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10926/pl_036-2007.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10927/pl_037-2007.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10928/pl_038-2007.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10929/pl_039-2007.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10930/pl_040-2007.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10931/pl_041-2007.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10932/pl_042-2007.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10933/pl_043-2007.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10934/pl_044-2007.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10935/pl_045-2007.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10936/pl_046-2007.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10941/pl_047-2007.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10942/pl_048-2007.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10943/pl_049-2007.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10944/pl_050-2007.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10945/pl_051-2007.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10946/pl_052-2007.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10947/pl_053-2007.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10948/pl_054-2007.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10949/pl_055-2007.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10950/pl_056-2007.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10951/pl_057-2007.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10952/pl_059-2007.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10953/pl_060-2007.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10954/pl_061-2007.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10955/pl_062-2007.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10956/pl_063-2007.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10957/pl_064-2007.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10958/pl_065-2007.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10959/pl_066-2007.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10960/pl_067-2007.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10961/pl_070-2007.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10962/pl_071-2007.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10963/pl_073-2007.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10964/pl_074-2007.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10965/pl_075-2007.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10966/pl_076-2007.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10967/pl_077-2007.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10968/pl_078-2007.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10969/pl_079-2007.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10970/pl_080-2007.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10986/pl_081-2007.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10987/pl_082-2007.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10988/pl_083-2007.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10989/pl_085-2007.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10990/pl_086-2007.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10991/pl_087-2007.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10992/pl_088-2007.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10993/pl_089-2007.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10994/pl_090-2007.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10995/pl_091-2007.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10996/pl_092-2007.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10997/pl_093-2007.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10998/pl_094-2007.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10999/pl_095-2007.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11000/pl_096-2007.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11001/pl_097-2007.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11002/pl_098-2007.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11005/pl_099-2007.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11003/pl_100-2007.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11004/pl_101-2007.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11006/pl_102-2007.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11007/pl_103-2007.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11008/pl_104-2007.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11009/pl_105-2007.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11010/pl_106-2007.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11011/pl_107-2007.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11012/pl_108-2007.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11013/pl_109-2007.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11014/pl_110-2007.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11015/pl_111-2007.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11016/pl_112-2007.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11017/pl_113-2007.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11018/pl_114-2007.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11019/pl_115-2007.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11020/pl_116-2007.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11021/pl_117-2007.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10430/pr001-2007.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10431/pr002-2007.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10432/pr003-2007.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9954/rq001-2007.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9955/rq0002-2007.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9994/rq003-2007.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9993/rq004-2007.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9956/rq005-2007.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9957/rq006-2007.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9958/rq007-2007.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9959/rq0008-2007.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9960/rq009-2007.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9961/rq010-2007.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9962/rq011-2007.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9963/rq012-2007.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9964/rq013-2007.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9965/rq014-2007.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9966/rq015-2007.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9967/rq016-2007.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9968/rq017-2007.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9969/rq018-2007.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9970/rq019-2007.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9972/rq021-2007.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9973/rq022-2007.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9974/rq023-2007.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9975/rq024-2007.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9976/rq025-2007.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9977/rq026-2007.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9978/rq027-2007.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9979/rq028-2007.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9981/rq029-2007.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9982/rq030-2007.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9984/rq032-2007.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9985/rq033-2007.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9986/rq034-2007.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9987/rq035-2007.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9988/rq036-2007.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9989/rq037-2007.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9990/rq038-2007.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9991/rq040-2007.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9992/rq041-2007.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12439/resolucao_001-2007.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12440/resolucao_002-2007.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12441/resolucao_003-2007.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12442/resolucao_004-2007.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12443/resolucao_005-2007.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12805/emod001-2007.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12806/emod002-2007.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12807/emod003-2007.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12808/emod004-2007.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12809/emod005-2007.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12810/emod006-2007.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12811/emod007-2007.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12812/emod008-2007.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12813/emod009-2007.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12814/emod010-2007.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12825/emod011-2007.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12830/emod012-2007.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12831/emod013-2007.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12832/emod014-2007.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12833/emod015-2007.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12834/emod016-2007.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12835/emod017-2007.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12836/emod018-2007.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12838/emod019-2007.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12840/emod020-2007.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12842/emod021-2007.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12844/emod021-2007.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12845/emod023-2007.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12846/emod024-2007.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12847/emod025-2007.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12848/emod026-2007.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12796/lei_organica_001-2007.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12797/lei_organica_002-2007.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12798/lei_organica_003-2007.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12801/camscanner_10-13-2022_13.07.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12802/camscanner_10-13-2022_13.07_1.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12803/camscanner_10-13-2022_13.07_2.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12804/camscanner_10-13-2022_13.07_3.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12159/dl_001-2007.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12160/dl_002-2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12161/dl_003-2007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12162/dl_004-2007.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12163/dl_005-2007.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12164/dl_006-2007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12165/dl_007-2007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12166/dl_008-2007.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12167/dl_009-2007.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12168/dl_010-2007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12169/dl_011-2007.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12170/dl_012-2007.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12171/dl_013-2007.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12172/dl_014-2007.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12173/dl_015-2007.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12175/dl_016-2007.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12176/dl_017-2007.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12178/dl_018-2007.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12179/dl_019-2007.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12180/dl_020-2007.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12181/dl_021-2007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12183/dl_022-2007.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12444/decreto_4.137-2007.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12445/decreto_4187-2007.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9699/001-2007.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9700/002-2007.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9706/003-2007.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9716/004-2007.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9865/005-2007.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9873/006-2007.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9926/007-2007.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9927/008-2007.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9928/009-2007.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9929/010-2007.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9930/011-2007.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9931/012-2007.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9932/013-2007.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9933/014-2007.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9934/015-2007.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9935/016-2007.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9939/017-2007.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9940/018-2007.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9943/019-2007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9949/020-2007.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9951/021-2007.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9952/022-2007.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9980/024-2007.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10003/025-2007.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10012/026-2007.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10017/027-2007.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10021/028-2007.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10024/029-2007.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10030/030-2007.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10031/031-2007.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10032/032-2007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10033/033-2007.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10034/034-2007.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10035/035-2007.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10036/036-2007.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10053/037-2007.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10059/038-2007.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10062/039-2007.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10064/040-2007.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10073/041-2007.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10074/042-2007.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10075/043-2007.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10076/044-2007.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10077/045-2007.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10078/046-2007.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10079/047-2007.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10080/048-2007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10081/049-2007.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10083/050-2007.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10111/051-2007.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10112/052-2007.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10113/053-2007.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10114/054-2007.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10115/055-2007.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10116/056-2007.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10117/057-2007.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10118/058-2007.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10119/059-2007.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10120/060-2007.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10124/061-2007.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10125/062-2007.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10129/063-2007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10130/064-2007.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10131/065-2007.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10132/066-2007.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10136/067-2007.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10162/068-2007.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10169/069-2007.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10171/070-2007.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10172/071-2007.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10173/072-2007.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10227/073-2007.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10236/074-2007.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10237/075-2007.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10238/076-2007.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10239/077-2007.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10240/078-2007.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10241/079-2007.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10242/080-2007.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10243/081-2007.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10244/082-2007.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10245/083-2007.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10246/084-2007.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10247/085-2007.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10255/086-2007.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10295/087-2007.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10296/088-2007.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10297/089-2007.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10314/090-2007.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10319/091-2007.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10320/092-2007.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10321/093-2007.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10322/094-2007.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10323/095-2007.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10324/096-2007.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10325/097-2007.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10337/098-2007.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10340/099-2007.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10344/100-2007.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10358/101-2007.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10379/102-2007.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10380/103-2007.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10381/104-2007.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10382/105-2007.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10383/106-2007.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10385/108-2007.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10386/109-2007.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10387/110-2007.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10388/111-2007.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10415/112-2007.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10416/113-2007.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10417/114-2007.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10418/115-2007.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10419/116-2007.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10420/117-2007.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10421/118-2007.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10422/119-2007.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10423/120-2007.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10464/121-2007.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10468/122-2007.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10469/122-2007.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10473/124-2007.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10474/125-2007.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10475/126-2007.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10476/127-2007.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10477/128-2007.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10478/129-2007.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10479/130-2007.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10480/131-2007.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10481/132-2007.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10482/133-2007.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10483/134-2007.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10484/135-2007.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10485/136-2007.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10486/137-2007.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10487/138-2007.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10488/139-2007.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10501/140-2007.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10502/141-2007.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10504/143-2007.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10505/144-2007.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10506/145-2007.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10507/146-2007.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10508/147-2007.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10509/148-2007.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10510/149-2007.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10511/150-2007.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4238/4238_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4239/4239_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4240/4240_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4241/4241_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4242/4242_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4243/4243_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4245/4245_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4246/4246_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4251/4251_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4252/4252_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4253/4253_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4254/4254_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4255/4255_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4257/4257_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4258/4258_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4259/4259_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4260/4260_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4263/4263_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4265/4265_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4266/4266_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4268/4268_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4270/4270_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4272/4272_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4273/4273_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4274/4274_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4275/4275_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4277/4277_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4281/4281_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4282/4282_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4283/4283_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4284/4284_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4285/4285_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4287/4287_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/4288/mocao_035.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4289/4289_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4292/4292_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4296/4296_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4298/4298_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4301/4301_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4302/4302_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4303/4303_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4304/4304_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4306/4306_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4311/4311_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4313/4313_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4314/4314_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4315/4315_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4308/4308_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4319/4319_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4321/4321_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4322/4322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4323/4323_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4324/4324_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4325/4325_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4326/4326_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4328/4328_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4331/4331_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4333/4333_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4335/4335_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4341/4341_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4337/4337_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/4339/4339_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11418/pc_001-2007.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11419/pc_002-2007.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11420/pc_003-2007.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11421/pc_004-2007.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11422/pc_005-2007.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11423/pc_006-2007.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11424/pc_007-2007.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11425/pc_008-2007.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11426/pc_009-2007.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11427/pc_010-2007.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11428/pc_011-2007.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11429/pc_012-2007.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11430/pc_013-2007.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11431/pc_014-2007.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11432/pc_015-2007.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11433/pc_016-2007.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11434/pc_017-2007.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11435/pc_018-2007.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11437/pc_019-2007.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11440/pc_020-2007.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11441/pc_021-2007.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11442/pc_022-2007.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11443/pc_023-2007.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11444/pc_024-2007.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11445/pc_025-2007.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11446/pc_026-2007.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11447/pc_027-2007.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11448/pc_028-2007.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11449/pc_029-2007.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11450/pc_030-2007.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11451/pc_031-2007.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11452/pc_032-2007.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11453/pc_033-2007.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11454/pc_034-2007.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11455/pc_035-2007.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11456/pc_036-2007.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11457/pc_037-2007.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11458/pc_038-2007.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11459/pc_039-2007.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11460/pc_040-2007.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11461/pc_041-2007.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11462/pc_042-2007.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11463/pc_043-2007.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11464/pc_044-2007.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11465/pc_045-2007.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11466/pc_046-2007.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11467/pc_047-2007.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11468/pc_049-2007.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11469/pc_050-2007.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11470/pc_051-2007.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11471/pc_052-2007.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11472/pc_053-2007.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11473/pc_054-2007.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11474/pc_055-2007.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11475/pc_056-2007.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11476/pc_057-2007.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11477/pc_058-2007.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11478/pc_059-2007.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11479/pc_060-2007.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11480/pc_061-2007.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11481/pc_062-2007.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11482/pc_063-2007.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11483/pc_064-2007.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11484/pc_065-2007.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11485/pc_066-2007.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11486/pc_067-2007.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11487/pc_068-2007.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11488/pc_069-2007.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11489/pc_070-2007.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11490/pc_071-2007.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11491/pc_072-2007.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11492/pc_073-2007.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11493/pc_074-2007.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11494/pc_075-2007.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11495/pc_076-2007.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11496/pc_077-2007.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11497/pc_078-2007.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11498/pc_079-2007.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11500/pc_080-2007.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11501/pc_081-2007.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11502/pc_082-2007.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11504/pc_083-2007.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11506/pc_084-2007.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11508/pc_085-2007.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11509/pc_086-2007.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11513/pc_087-2006.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11514/pc_088-2007.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11515/pc_089-2007.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11516/pc_090-2007.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11518/pc_091-2007.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11519/pc_092-2007.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11521/pc_093-2007.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11522/pc_094-2007.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11523/pc_095-2007.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11524/pc_096-2007.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11525/pc_097-2007.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2007/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10004/pl_002-2007.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10013/pl_003-2007.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10014/pl_004-2007.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10875/pl_005-2007.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10015/pl_006-2007.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10020/pl_008-2007.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10022/pl_009-2007.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10876/pl_011-2007.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10877/pl_012-2007.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10878/pl_013-2007.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10880/pl_014-2007.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10881/pl_015-2007.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10882/pl_016-2007.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10883/pl_017-2007.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10884/pl_018-2007.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10885/pl_019-2007.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10886/pl_020-20007.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10887/pl_021-2007.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10888/pl_022-2007.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10889/pl_023-2007.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10890/pl_024-2007.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10916/pl_025-2007.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10917/pl_026-2007.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10918/pl_027-2007.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10919/pl_028-2007.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10920/pl_029-2007.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10921/pl_031-2007.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10922/pl_032-2007.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10923/pl_033-2007.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10924/pl_034-2007.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10925/pl_035-2007.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10926/pl_036-2007.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10927/pl_037-2007.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10928/pl_038-2007.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10929/pl_039-2007.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10930/pl_040-2007.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10931/pl_041-2007.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10932/pl_042-2007.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10933/pl_043-2007.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10934/pl_044-2007.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10935/pl_045-2007.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10936/pl_046-2007.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10941/pl_047-2007.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10942/pl_048-2007.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10943/pl_049-2007.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10944/pl_050-2007.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10945/pl_051-2007.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10946/pl_052-2007.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10947/pl_053-2007.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10948/pl_054-2007.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10949/pl_055-2007.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10950/pl_056-2007.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10951/pl_057-2007.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10952/pl_059-2007.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10953/pl_060-2007.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10954/pl_061-2007.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10955/pl_062-2007.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10956/pl_063-2007.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10957/pl_064-2007.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10958/pl_065-2007.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10959/pl_066-2007.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10960/pl_067-2007.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10961/pl_070-2007.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10962/pl_071-2007.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10963/pl_073-2007.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10964/pl_074-2007.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10965/pl_075-2007.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10966/pl_076-2007.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10967/pl_077-2007.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10968/pl_078-2007.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10969/pl_079-2007.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10970/pl_080-2007.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10986/pl_081-2007.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10987/pl_082-2007.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10988/pl_083-2007.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10989/pl_085-2007.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10990/pl_086-2007.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10991/pl_087-2007.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10992/pl_088-2007.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10993/pl_089-2007.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10994/pl_090-2007.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10995/pl_091-2007.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10996/pl_092-2007.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10997/pl_093-2007.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10998/pl_094-2007.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10999/pl_095-2007.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11000/pl_096-2007.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11001/pl_097-2007.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11002/pl_098-2007.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11005/pl_099-2007.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11003/pl_100-2007.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11004/pl_101-2007.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11006/pl_102-2007.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11007/pl_103-2007.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11008/pl_104-2007.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11009/pl_105-2007.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11010/pl_106-2007.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11011/pl_107-2007.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11012/pl_108-2007.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11013/pl_109-2007.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11014/pl_110-2007.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11015/pl_111-2007.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11016/pl_112-2007.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11017/pl_113-2007.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11018/pl_114-2007.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11019/pl_115-2007.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11020/pl_116-2007.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/11021/pl_117-2007.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10430/pr001-2007.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10431/pr002-2007.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/10432/pr003-2007.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9954/rq001-2007.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9955/rq0002-2007.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9994/rq003-2007.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9993/rq004-2007.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9956/rq005-2007.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9957/rq006-2007.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9958/rq007-2007.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9959/rq0008-2007.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9960/rq009-2007.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9961/rq010-2007.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9962/rq011-2007.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9963/rq012-2007.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9964/rq013-2007.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9965/rq014-2007.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9966/rq015-2007.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9967/rq016-2007.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9968/rq017-2007.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9969/rq018-2007.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9970/rq019-2007.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9972/rq021-2007.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9973/rq022-2007.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9974/rq023-2007.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9975/rq024-2007.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9976/rq025-2007.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9977/rq026-2007.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9978/rq027-2007.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9979/rq028-2007.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9981/rq029-2007.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9982/rq030-2007.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9984/rq032-2007.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9985/rq033-2007.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9986/rq034-2007.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9987/rq035-2007.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9988/rq036-2007.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9989/rq037-2007.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9990/rq038-2007.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9991/rq040-2007.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/9992/rq041-2007.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12439/resolucao_001-2007.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12440/resolucao_002-2007.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12441/resolucao_003-2007.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12442/resolucao_004-2007.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12443/resolucao_005-2007.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12805/emod001-2007.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12806/emod002-2007.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12807/emod003-2007.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12808/emod004-2007.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12809/emod005-2007.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12810/emod006-2007.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12811/emod007-2007.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12812/emod008-2007.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12813/emod009-2007.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12814/emod010-2007.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12825/emod011-2007.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12830/emod012-2007.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12831/emod013-2007.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12832/emod014-2007.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12833/emod015-2007.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12834/emod016-2007.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12835/emod017-2007.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12836/emod018-2007.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12838/emod019-2007.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12840/emod020-2007.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12842/emod021-2007.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12844/emod021-2007.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12845/emod023-2007.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12846/emod024-2007.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12847/emod025-2007.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12848/emod026-2007.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12796/lei_organica_001-2007.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12797/lei_organica_002-2007.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12798/lei_organica_003-2007.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12801/camscanner_10-13-2022_13.07.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12802/camscanner_10-13-2022_13.07_1.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12803/camscanner_10-13-2022_13.07_2.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2007/12804/camscanner_10-13-2022_13.07_3.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H545"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>