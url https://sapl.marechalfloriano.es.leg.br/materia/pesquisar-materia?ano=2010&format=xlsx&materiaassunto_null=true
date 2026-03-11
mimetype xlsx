--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,4025 +54,4025 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12227</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12227/dl_001-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12227/dl_001-2010.pdf</t>
   </si>
   <si>
     <t>"DECRETA PONTO FACULTATIVO".</t>
   </si>
   <si>
     <t>12228</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12228/dl_002-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12228/dl_002-2010.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PEFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2005".</t>
   </si>
   <si>
     <t>12229</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12229/dl_003-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12229/dl_003-2010.pdf</t>
   </si>
   <si>
     <t>12230</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12230/dl_004-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12230/dl_004-2010.pdf</t>
   </si>
   <si>
     <t>12231</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12231/dl_005-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12231/dl_005-2010.pdf</t>
   </si>
   <si>
     <t>12232</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12232/dl_006-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12232/dl_006-2010.pdf</t>
   </si>
   <si>
     <t>12233</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12233/dl_007-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12233/dl_007-2010.pdf</t>
   </si>
   <si>
     <t>12234</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12234/dl_008-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12234/dl_008-2010.pdf</t>
   </si>
   <si>
     <t>12235</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12235/dl_009-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12235/dl_009-2010.pdf</t>
   </si>
   <si>
     <t>12236</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12236/dl_010-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12236/dl_010-2010.pdf</t>
   </si>
   <si>
     <t>12237</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12237/dl_011-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12237/dl_011-2010.pdf</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3146/3146_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3146/3146_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 (DUAS) ESCADAS NO CANTEIRO DE FLOR EM FRENTE A PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3179/3179_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3179/3179_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MURO DE CIMENTO ATRÁS DO POSTO DE SAÚDE CEZAR VELLO PUPPIN.</t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3178/3178_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3178/3178_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-QUE A PREFEITURA MUNICIPAL, JUNTAMENTE COM OS REPRESENTANTES DA DEFESA CIVIL VISTORIE TODAS AS ÁREAS DO MUNICÍPIO QUE OFERECEM RISCOS QUANDO HÁ OCORRÊNCIA DE FORTES CHUVAS._x000D_
 -QUE SEJA FEITO UM CADASTRO DESSAS ÁREAS E ESTUDOS PARA POSSÍVEIS INTERVENÇÕES PARA QUE SE EVITE TRAGEDIAS FUTURAS.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3177/3177_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3177/3177_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM VEICULO MAIOR, DE PREFERENCIA UM MICRO-ÔNIBUS, PARA LEVAR OS PACIENTES PARA FAZER CONSULTAS E EXAMES EM VITORIA.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3176/3176_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3176/3176_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA ALBERTO RAASCH, PARALELA A RUA QUINTA DOS LAGOS, COM SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA E ABERTURA NA LARGURA DA RUA.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3175/3175_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3175/3175_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OBRAS DE MELHORIAS NA NOVA UNIDADE DE SAÚDE DE BOM JESUS.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3174/3174_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3174/3174_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAMPO DE FUTEBOL SOCIETY ATRAS DA PESTALOZZI.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3173/3173_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3173/3173_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CASCALHAGEM DO MORRO DE ACESSO AO RIBEIRÃO DO CRISTO E A ESTRADA ATÉ A PROPRIEDADE DA FAMÍLIA CANAL.</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3172/3172_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3172/3172_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO ARAGUAIA NO TRECHO COM INICIO NA PROPRIEDADE DO SENHOR IVO CANAL ATÉ O SEU ENCONTRO COM O CÓRREGO DAS PEDRAS.</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3171/3171_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3171/3171_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDE DE HIDRANTES DE COLUNA NOS SEGUINTES PONTOS: NO CENTRO PRÓXIMO AO SUPERMERCADO JS; NA RUA DO BATATAL; NA RUA DA SOU FELIZ, NA BR 262 PRÓXIMO À SECRETARIA DE OBRAS E NA RUA DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3170/3170_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3170/3170_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM DA ESTRADA DE ACESSO A RIO FUNDO.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3169/3169_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3169/3169_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO DA RUA GUSTAVO HERTEL NA LOCALIDADE DE BATATAL E DO CÓRREGO DA RUA ANTENOR DOS SANTOS BRAGA COM INICIO NA GLOBOAVES E TERMINO PRÓXIMO À IGREJA BATISTA.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3168/3168_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3168/3168_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCLUSÃO DA OBRA DO POSTO DE SAÚDE DE RIO FUNDO COM INSTALAÇÃO DE GRADES NAS JANELAS E PORTAS, DENTRE OUTRAS BENFEITORIAS NECESSÁRIAS PARA INICIAR SEU FUNCIONAMENTO REALIZANDO ATENDIMENTO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3167/3167_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3167/3167_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DAS ESCRITURAS LOTES/CASAS DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, LOCALIZADO NO BAIRRO SANTA RITA. E DO ANTIGO CONJUNTO DE CASAS AO LADO DA IGREJA MARANATA NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3166/3166_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3166/3166_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTINUAÇÃO DOS SERVIÇOS DE ROÇAGEM DA ESTRADA DE ACESSO A RIO FUNDO.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3165/3165_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3165/3165_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACA INDICANDO BR 262, NO FINAL DA RUA CLARA ENDLICH, EM FRENTE A RESIDENCIA DA SRª. IRANI SCHUNCK.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3164/3164_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3164/3164_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-CONSTRUÇÃO DE UM POSTO DE SAÚDE NO TREVO DE PARAJU NO LOCAL ADQUIRIDO PARA CONSTRUÇÃO DA QUADRA ESPORTIVA, DEVIDO O ESPAÇO DISPONÍVEL SER PEQUENO;_x000D_
 -NO LOCAL QUE É O VIVEIRO DE MUDAS CONSTRUIR A QUADRA ESPORTIVA PORQUE O CONTRATO COM A PREFEITURA TERMINOU E O LOCAL PERTENCE AO MUNICÍPIO;_x000D_
 -VIABILIZAR PARA A COMUNIDADE BETINHO SIMON A CONSTRUÇÃO DA REDE DE ESGOTO, ONDE O SR.ROMEU STEIN TEM INTERESSE EM COLABORAR COM A OBRA CEDENDO MAQUINÁRIO E O LOCAL PARA INSTALAÇÃO DA REDE.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3162/3162_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3162/3162_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UMA AMBULÂNCIA A SER CEDIDA PARA ATENDIMENTO A COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3163/3163_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3163/3163_texto_integral.pdf</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3161/3161_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3161/3161_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A SUBSTITUIÇÃO DOS POSTES DE MADEIRA POR POSTES DE CONCRETO, EXISTENTES NAS RUAS DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3160/3160_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3160/3160_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO, CASCALHAMENTO E ROÇAGEM DA VEGETAÇÃO LATERAL NAS ESTRADAS DE COSTA PEREIRA E BOM JESUS.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3159/3159_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3159/3159_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMPO DE SOCIETY SINTÉTICO COM ILUMINAÇÃO E COBERTURA NO TERRENO ATRÁS DA PESTALOZZI EM PARCERIA COM O GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3158/3158_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3158/3158_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTINUAÇÃO DA CONSTRUÇÃO DAS GALERIAS EM NOSSO MUNICÍPIO, EM ESPECIAL O CÓRREGO BATATAL E SUAS VICINAIS ATÉ A DIVISA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3157/3157_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3157/3157_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRADA DE ALTO RIO FUNDO.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3156/3156_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3156/3156_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRUTURA FISICA DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL DE RIO FUNDO.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3155/3155_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3155/3155_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COMPRA DE BRINQUEDOS PARA INSTALAÇÃO DE PARQUINHO PARA AS CRIANÇAS NAS PROXIMIDADES DO CENTRO DE EDUCAÇÃO INFANTIL MARIA KNIDEL LUBE E DA EMEF ARAGUAYA.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3154/3154_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3154/3154_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE UNIFORME E EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPI) PARA OS FUNCIONÁRIOS DA PREFEITURA, PRINCIPALMENTE OS GARIS E TRABALHADORES BRAÇAIS.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3153/3153_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3153/3153_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PAINEL NA PRAÇA CENTRAL DE MARECHAL FLORIANO PARA DIVULGAÇÃO DOS PROJETOS SOCIAIS APROVADOS NA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3152/3152_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3152/3152_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM PRATICA A LEI MUNICIPAL N°528/2005, QUE INSTITUI O HINO MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3151/3151_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3151/3151_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRIMENTO DAS LEIS MUNICIPAIS N°345/1999 E N°.907/2009 (AMBAS EM ANEXO) QUE TRATAM DO CONTROLE DE ANIMAIS SOLTOS NAS VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3150/3150_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3150/3150_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUSPENSÃO DA COBRANÇA DE TAXAS E CONTRIBUIÇÕES PELAS ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3149/3149_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3149/3149_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A ALTERAÇÃO DO LOCAL DE CONSTRUÇÃO DA POLICLÍNICA.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3148/3148_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3148/3148_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL DISPONIBILIZE O APARELHAMENTO E MATERIAL DE USO PERMANENTE ADQUIRIDO PARA O POSTO DE SAÚDE DE RIO FUNDO, COLOCANDO AQUELA UNIDADE DE SAÚDE PARA FUNCIONAR.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3147/3147_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3147/3147_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA PLACA IDENTIFICAÇÃO DA RUA QUE SE INICIA NO FINAL DA RUA QUINTA DOS LAGOS.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3145/3145_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3145/3145_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR ÔNIBUS PARA AS LINHAS DE TRANSPORTE INTERMUNICIPAL EM DIAS ALTERNADOS, PARA AS COMUNIDADES DE SOÍDO DE BAIXO E BOM JESUS.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3144/3144_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3144/3144_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PASSARELA DE ACESSO ENTRE O FINAL DA EDUARDO RUPF E A AV. WALDEMAR MEES.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3143/3143_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3143/3143_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR AS MEDIDAS NECESSÁRIAS PARA COLOCAR EM FUNCIONAMENTO A PATROL QUE SE ENCONTRA QUEBRADA.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3142/3142_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3142/3142_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR A NÍVEL DE URGÊNCIA A REMOÇÃO DOS CACHORROS DE RUA.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3141/3141_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3141/3141_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM QUEBRA MOLAS NA RUA GUSTAVO HERTEL, EM FRENTE A CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3140/3140_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3140/3140_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NA ESTRADA QUE DÁ ACESSO ENTRE AS COMUNIDADES DE RIO FUNDO E BETINHO SIMON.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3139/3139_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3139/3139_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TRÊS QUEBRA MOLAS NA RUA THIERES VELOSO.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3137/3137_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3137/3137_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PROTEÇÃO "GUARD RAIL" EM TODO O PERCURSO DA BR 262 COMPREENDENDO O TRECHO DO PARQUINHO INFANTIL LOCALIZADO NA AV. ARTHUR HAESE.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3138/3138_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3138/3138_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAÇÃO NA ESTRUTURA FÍSICA DO DEPARTAMENTO DE POLICIA MILITAR DE MARECHAL FLORIANO-ES, PARA OUTRA LOCALIDADE DENTRO DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3136/3136_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3136/3136_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM QUEBRA MOLA NA RUA EMILIO GUSTAVO HULLE, PRÓXIMO A MACEFEL.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3135/3135_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3135/3135_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA ANITA HAESE, PRÓXIMO A ENTRADA DO CENTRO RECREATIVO ARTHUR HAESE.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3134/3134_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3134/3134_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REAVALIAÇÃO DO PROJETO REFERENTE AO TRANSITO DO CENTRO DE MARECHAL FLORIANO E PINTURA DE IDENTIFICAÇÃO DE QUEBRA MOLA.</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3133/3133_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3133/3133_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE EM ALTO SANTA MARIA.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3132/3132_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3132/3132_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DOS SERVIÇOS DE ROÇAGEM, LIMPEZA DE SARJETAS, DESENTUPIMENTO DE BUEIROS E PINTURAS DE MEIO FIO EM TODO O TRAJETO DA RODOVIA FRANCISCO STOCKL, EM VIRTUDE DA REALIZAÇÃO DA FESTA DE CORPUS CHRIST NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3131/3131_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3131/3131_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM RELÓGIO COM MEDIDOR DE TEMPERATURA NA PRAÇA CENTRAL, PRÓXIMO À ESTAÇÃO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3130/3130_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3130/3130_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA PLACA INDICATIVA, PRÓXIMO Á IGREJA CATÓLICA SANT'ANA, PROIBINDO O USO DE SOM ALTO DE VEICULO E/OU BARULHO EXCESSIVO NO HORÁRIO DE REALIZAÇÃO DE MISSAS E CULTOS.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3129/3129_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3129/3129_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BANHEIRO PÚBLICO PRÓXIMO AO PARQUINHO INFANTIL LOCALIZADO NA AV. ARTHUR HAESE, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3128/3128_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3128/3128_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS NAS RUAS DO CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3127/3127_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3127/3127_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COBERTURA DE TODO O PÁTIO DA ESCOLA ELISIÁRIO FERREIRA FILHO, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3126/3126_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3126/3126_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVISAR A REDE DE ILUMINAÇÃO PÚBLICA EM FRENTE À IGREJA CATÓLICA DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3125/3125_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3125/3125_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL CONCEDA O MATERIAL DE LIMPEZA PARA HIGIENIZAÇÃO DOS BANHEIROS PÚBLICOS SITUADOS PRÓXIMOS À RODOVIÁRIA.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3124/3124_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3124/3124_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM BANHEIRO NA COMUNIDADE DE SANTA RITA PRÓXIMO AO CAMPO DE AREIA, CASO NÃO SEJA POSSÍVEL QUE VEJA A POSSIBILIDADE DE DEIXAR O BANHEIRO DA UNIDADE DE SAÚDE ABERTO ATÉ AS 23:00 HORAS PARA ATENDER A POPULAÇÃO.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3123/3123_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3123/3123_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MONUMENTO EM HOMENAGEM A IMIGRAÇÃO ITALIANA NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3122/3122_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3122/3122_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA REDE DE ILUMINAÇÃO PÚBLICA NAS RUAS: LORENZONI, JAIR BORGO, FLORIANO SCHENEIDER, RUA DOS IMIGRANTES, NA PRAÇA IMIGRANTE PIETRO BORGO E NA IGREJA DE SANTO ANTONIO - DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3121/3121_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3121/3121_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA, CASCALHAMENTO E O NIVELAMENTO DO PÁTIO PRÓXIMO A SECRETARIA DE OBRAS DE MARECHAL FLORIANO.(ÁREA PRÓXIMO AO TREVO EM FRENTE AS LOJAS AUTO ELÉTRICA DO JAILSON, MASTER MOTOS, ANDERSON BALANCEAMENTOS, DENTE OUTRAS).</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3120/3120_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3120/3120_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE VAGAS DE ESTACIONAMENTO EM FRENTE AO SUPERMERCADO AVENIDA, LOCALIZADO NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3119/3119_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3119/3119_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO REFERENTE AOS PONTOS DE TÁXI EM MARECHAL FLORIANO, E URGÊNCIA NO PROJETO PARA CRIAR AS VAGAS DE ESTACIONAMENTO NA AVENIDA PRESIDENTE KENNEDY.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3118/3118_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3118/3118_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM VIVEIRO DE MUDAS NATIVAS E PLANTAS ORNAMENTAIS NA COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3117/3117_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3117/3117_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMPO DE FUTEBOL SOCIETY NA COMUNIDADE DE ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3116/3116_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3116/3116_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO CONTENDO O NOME DAS COMUNIDADES DE TODO O MUNICÍPIO, PRINCIPALMENTE NOS ENTROCAMENTOS DE ESTRADAS QUE DÃO ACESSO A BR 262.</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3115/3115_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3115/3115_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIBERAÇÃO PARA UTILIZAR A RUA HELENA SANTA CLARA EFFEGEN, COM INICIO NO BANCO BANESTES E TERMINO NO BANCO BRADESCO, COMO RUA DE LAZER DE SEXTA-FEIRA A DOMINGO NO HORÁRIO DE 18:00 ÀS 22:00 HORAS.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3114/3114_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3114/3114_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TRÊS QUEBRA-MOLAS EM BARRA DO RIO FUNDO APÓS O POSTO IPIRANGA, PRÓXIMO AO COMÉRCIO DO SENHOR SORRISO.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3113/3113_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3113/3113_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM QUEBRA-MOLA EM FRENTE A ESCOLA ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3112/3112_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3112/3112_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DE TODOS OS QUEBRA-MOLAS EXISTENTES EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3111/3111_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3111/3111_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA EM TODA A  ESCADARIA PRÓXIMO A RESIDENCIADO SENHOR FRANCISCO PENHA.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3110/3110_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3110/3110_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA QUE DÁ ACESSO A COMUNIDADE DE CÓRREGO DO OURO EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3109/3109_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3109/3109_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA EM UMA LADEIRA ANTES DA COMUNIDADE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3108/3108_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3108/3108_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROGRAMA DE INCENTIVO A COLETA SELETIVA DE LIXO RECICLÁVEL, CONFORME A LEI MUNICIPAL N°743/2007, BEM COMO A CRIAÇÃO DE ASSOCIAÇÕES OU COOPERATIVAS.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3107/3107_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3107/3107_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO LOTEAMENTO BETINHO SIMON, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3106/3106_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3106/3106_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TÉRMINO DOS SERVIÇOS DE ROÇAGEM, CASCALHAMENTO E PATROLAMENTO NAS ESTRADAS DE BOM JESUS E COSTA PEREIRA, ESTRADAS ESTAS QUE CIRCULAM DIARIAMENTE O TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3105/3105_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3105/3105_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA CARLOS MERÍSIO.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3104/3104_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3104/3104_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE SOBRE O RIO JUCU, PRÓXIMO A QUADRA POLI-ESPORTIVA "PAULO ANTONIO LORENZONI".</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3103/3103_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3103/3103_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇOS DE ROÇAGEM, PATROLAMENTO E CASCALHAMENTO NA ESTRADA DE COSTA PEREIRA.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3102/3102_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3102/3102_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RETORNO DO FUNCIONÁRIO ANACLETO RAASCH PARA SUA FUNÇÃO DE ORIGEM, TRABALHANDO NA CONSERVAÇÃO DA ESTRADA DE COSTA PEREIRA.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3101/3101_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3101/3101_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CAPINA E CASCALHAMENTO DAS RUAS QUE FICAM NAS PROXIMIDADES DA TORRE DE TELEVISÃO.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3100/3100_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3100/3100_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO PÚBLICA NA VILA DE ARAGUAIA EM TODAS AS RUAS JÁ ILUMINADAS, BEM COMO A INSTALAÇÃO DE LUMINÁRIAS NAS RUAS QUE NÃO POSSUEM.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3099/3099_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3099/3099_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3098/3098_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3098/3098_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM RAMAL NO TELEFONE 3288-1961 DO POSTO DE SAÚDE DE MARECHAL FLORIANO, PARA O ATENDIMENTO NOTURNO.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3097/3097_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3097/3097_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO E CONSTRUÇÃO DE UMA GUARITA MILITAR EM SANTA MARIA, PRÓXIMO AO POSTO DO CAFÉ.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3096/3096_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3096/3096_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DOAÇÃO DO LOTE DA ANTIGA IGREJA MARANATA PARA A ASSOCIAÇÃO COMERCIAL AGROINDUSTRIAL DE SERVIÇOS DE MARECHAL FLORIANO - ACIASMAF.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3095/3095_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3095/3095_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVISÃO E INSTALAÇÃO DE NOVAS LUMINÁRIAS NA REDE DE ILUMINAÇÃO PÚBLICA NA RUA ALBERTO LUIZ RAASCH.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3094/3094_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3094/3094_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3093/3093_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3093/3093_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ADOTAS AS MEDIDAS NECESSÁRIAS JUNTAMENTE COM OS ÓRGÃOS COMPETENTES A FIM DE REVISAR EM CARÁTER DE URGÊNCIA AS PLACAS DE "PROIBIDO ESTACIONAR" INSTALADAS NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3092/3092_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3092/3092_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3091/3091_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3091/3091_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DOS QUEBRA MOLAS LOCALIZADOS NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3090/3090_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3090/3090_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A POSSIBILIDADE DE INTERLIGAR AS RUAS "HELENA SANTA CLARA" À RUA PRÓXIMO A ANTIGA SEDE DA PESTALOZZI.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3089/3089_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3089/3089_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MÉDICOS E DENTISTAS PARA O ATENDIMENTO NA REDE PÚBLICA DE SAÚDE. (PEDIATRA, CARDIOLOGISTA E CLINICO GERAL.)</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3088/3088_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3088/3088_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NAS ESTRADAS PRÓXIMO AO CAMPO DO APOLLO.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3087/3087_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3087/3087_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGO DE PASSAGEIROS NA BR 262 - KM 60 E KM 67.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3086/3086_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3086/3086_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA PÚBLICA NO MUNICÍPIO EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3085/3085_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3085/3085_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NO PÁTIO DA IGREJA DE VICTOR HUGO, ESTENDENDO-SE NA ESTRADA QUE DÁ ACESSO AO CEMITÉRIO.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3084/3084_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3084/3084_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3083/3083_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3083/3083_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA PAVIMENTAÇÃO DA "RUA MARIA TRABACH BOTELHO" E CONSERTOS DOS BUEIROS, EM FRENTE A IGREJA MARANATA, NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3082/3082_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3082/3082_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MEDICO UROLOGISTA PARA ATENDIMENTO NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3081/3081_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3081/3081_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE MEIO FIO NA RUA FRANCISCO PEREIRA NEVES, LATERAL DO SUPERMERCADO AVENIDA, ONDE OS CAMINHÕES ESTÃO FAZENDO MANOBRAS QUE COMPROMETERAM O MEIO FIO E MURO ALI EXISTENTES.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3080/3080_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3080/3080_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM REPETIDOR DE TELEVISÃO COM CAPACIDADE DE RETRANSMISSÃO DE PELO MENOS 03 CANAIS NA VILA DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3079/3079_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3079/3079_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO URGENTE DE BANHEIROS PÚBLICOS NA LOCALIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3078/3078_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3078/3078_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DO 1° CAMPEONATO DE FUTEBOL MUNICIPAL, EM MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3077/3077_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3077/3077_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REABERTURA DA ANTIGA ESTRADA QUE DÁ ACESSO AO CEMITÉRIO DE VICTOR HUGO, QUE PASSA EM FRENTE A ESCOLA MUNICIPAL.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3076/3076_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3076/3076_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO COM URGÊNCIA, DE 05 PONTES COMPREENDENDO O PERCURSO DA ESTRADA RODOLFO KROHLING, COM INÍCIO NA PROPRIEDADE DA FAMÍLIA BUSATO E TERMINO NA DIVISA COM O MUNICÍPIO DE ALFREDO CHAVES, NA PROPRIEDADE DO SR. BENJAMIM MOGNOL.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3075/3075_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3075/3075_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIDADE DE DOAR UM CENTRO DE METEREOLOGICO PARA ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3074/3074_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3074/3074_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM TERRENO NAS PROXIMIDADES DO DISTRITO DE SANTA MARIA, PARA FUTUROS INVESTIMENTOS DAS ASSOCIAÇÕES EM PARCERIA COM EMPRESAS QUE UTILIZAM A BANANA NA PRODUÇÃO DE ALIMENTOS INDUSTRIALIZADOS.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3073/3073_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3073/3073_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA RAMPA DE CIMENTO, PRÓXIMO AO CENTRO EDUCACIONAL MARIA KNIDELL, LADO DIREITO DA RODOVIA FRANCISCO STOCKL, SENTIDO SANTA MARIA - ARAGUAIA, NA SUBIDA DE TERRA QUE SERVE DE PASSAGEM PARA MOTOS E PEDESTRES.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3072/3072_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3072/3072_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERAÇÃO NA INFRAESTRUTURA DA PRAÇA CENTRAL, RETIRANDO PARTE DA OBRA NA CURVA PRÓXIMO AO SUPERMERCADO JS, AMPLIANDO O ESPAÇO DA RUA PARA FACILITAR A PASSAGEM DOS CAMINHÕES E ÔNIBUS.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3071/3071_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3071/3071_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA GERAL E AMPLIAÇÃO DA ESCOLA BERNADO LEONOR EFFEGEN, QUE ATENDE CRIANÇAS DA EDUCAÇÃO INFANTIL AO 5° ANO.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3070/3070_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3070/3070_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DE LIMPEZA DO RIO JUCU, NO TRAJETO QUE CORTA A SEDE DO MUNICÍPIO, PRINCIPALMENTE PRÓXIMO AO CORPO DE BOMBEIROS E NA PARTE LOGO ABAIXO ONDE ENCONTRA-SE UM GRANDE BANCO DE AREIA, SEGUIDO DE PEDRAS.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3069/3069_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3069/3069_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DO FORRO DE MADEIRA PARA PVC, DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL DE ARAGUAYA.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3068/3068_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3068/3068_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PADRONIZAÇÃO E MELHORIAS NA FORMA DE COBERTURA DOS PONTOS DE ÔNIBUS SITUADOS NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3067/3067_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3067/3067_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, COM COLOCAÇÃO DE POSTE E TRANSFORMADOR DE MAIOR POTENCIA, NO FINAL DA RUA CATELAN, PRÓXIMO A RESIDENCIA DO SR. ADEMILSON GRECCO, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3066/3066_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3066/3066_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UMA COMISSÃO DE ACOMPANHAMENTO DA INSTALAÇÃO DO PROJETO DE NOVA SINALIZAÇÃO DE TRÂNSITO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3065/3065_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3065/3065_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZAR EM TEMPO DETERMINADO A REGULARIZAÇÃO PARA REGISTO DE IMÓVEIS DOS LOTES COM MEDIÇÃO ATÉ 125 M² NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3064/3064_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3064/3064_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM PRÁTICA A LEI MUNICIPAL N°528/2005, QUE INSTITUI O HINO MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3063/3063_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3063/3063_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A POSSIBILIDADE DE CRIAÇÃO DE UMA BANDA MUNICIPAL DE FANFARRA.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3062/3062_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3062/3062_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A POSSIBILIDADE DE INCLUSÃO DE AUMENTO SALARIAL DOS SERVIDORES DO EXECUTIVO E LEGISLATIVO NO ORÇAMENTO DE 2011.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3060/3060_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3060/3060_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO E CONSTRUÇÃO DE BUEIROS NA RUA AGOSTINHO ENTRINGER, EM FRENTE AO RESTAURANTE PONTO FRIO.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3061/3061_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3061/3061_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DAS MARGENS DO RIO JUCU, NAS PROXIMIDADES DA RODOVIÁRIA E COMÉRCIOS DO CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3058/3058_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3058/3058_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE 10 A 20 TELHAS GALVANIZADAS PARA TELHAS TRANSPARENTES EM TODAS AS QUADRAS E GINÁSIOS DE ESPORTE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3059/3059_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3059/3059_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE MANUTENÇÃO DO REPETIDOR DE CANAIS DE TELEVISÃO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3057/3057_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3057/3057_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APOIO A REALIZAÇÃO DE MELHORIAS NAS CASAS DAS FAMÍLIAS CARENTES DO MUNICÍPIO ONDE TENHAM CRIANÇAS E IDOSOS.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3056/3056_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3056/3056_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NA ESTRADA COM INICIO NA BR 262, PRÓXIMO AO POSTO IPIRANGA ATÉ A VILA SCHUNCK, PASSANDO PELA PROPRIEDADE DO SENHOR "GERALDO CORDEIRO".</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3055/3055_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3055/3055_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR UMA TAMPA PARA O BUEIRO LOCALIZADO NA VILA SCHUNCK.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA PRÓXIMO AO CEMITÉRIO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3052/3052_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3052/3052_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CALÇAMENTO APÓS O TÉRMINO DO ASFALTO DA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3051/3051_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3051/3051_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DOIS QUEBRA MOLAS PRÓXIMO AO ABRIGO DE ÔNIBUS NA LOCALIDADE DE ALTO MARECHAL.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3019/3019_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3019/3019_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ENVIO DE UMA EQUIPE DE FUNCIONÁRIOS PARA REALIZAR VISTORIA E LIMPEZA EM TODOS OS BUEIROS DAS ESTRADAS VICINAIS DO MUNICÍPIO </t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3010/3010_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3010/3010_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE QUEBRA-MOLAS NA RUA JÁCOMO RONCHI EM ARAGUAIA, NA ALTURA DA CASA DA SRª ADELAIDE ZAMBOM </t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3009/3009_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3009/3009_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE UM QUEBRA-MOLAS NO INÍCIO DO ASFALTO QUE DA ACESSO A RIO FUNDO, PRÓXIMO AO COMÉRCIO DO SR. SORRISO </t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3008/3008_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3008/3008_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE REPARO NO BUEIRO PRÓXIMO AO COMÉRCIO DO SR. DARCY LITTIG EM RIO FUNDO </t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3007/3007_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3007/3007_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO E APROVAÇÃO DE PROJETO DE LEI VISANDO A REDUÇÃO DA ALÍQUOTA DO ICMS PARA O CAFÉ, DE 12% (DOZE POR CENTO) PARA 07% (SETE POR CENTO).</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3005/3005_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3005/3005_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">TERMINO DOS TRABALHOS DE PATROLAMENTO E CASCALHAMENTO NAS ESTRADAS DE BOM JESUS E COSTA PEREIRA, NESTE MUNICÍPIO </t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3004/3004_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3004/3004_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A EXMª SRª PREFEITA MUNICIPAL, ATRAVÉS DA SECRETARIA DE OBRAS, FAÇA CONTATO COM AS SECRETARIAS DE OBRAS DOS MUNICÍPIOS QUE FAZEM LIMITE TERRITORIAL COM O NOSSO, AFIM DE SOLICITAR PARCERIAS NO SENTIDO DE MELHORAR ALGUNS TRECHOS DE ESTRADAS DO INTERIOR </t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3003/3003_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3003/3003_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UM TRANSFORMADOR COM REDE DE ILUMINAÇÃO, PARA ATENDER AS FAMÍLIAS, RESIDENTES PRÓXIMO AO DEPOSITO DE MADEIRA DA EMPRESA FIBRIA </t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3002/3002_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3002/3002_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA QUADRA ESPORTIVA DE VICTOR HUGO, COM INSTALAÇÃO DE ESTRUTURA SANITÁRIA, JUNTO A MESMA</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3001/3001_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3001/3001_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAÇÃO DE UM CENTRO DE AMPARO PARA INTERNAÇÃO E TRATAMENTO DE DEPENDENTES QUÍMICOS, NESTE MUNICÍPIO </t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3000/3000_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3000/3000_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">LIBERAÇÃO, O MAIS RÁPIDO POSSÍVEL, DOS LOTES DOADOS ÀS PESSOAS CARENTES, PRÓXIMO AO CONJUNTO HABITACIONAL LOCALIZADO NO BAIRRO SANTA RITA </t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2998/2998_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2998/2998_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO E EXECUÇÃO DO PROGRAMA TAEKWONDO PARA AS CRIANÇAS DE NOSSO MUNICÍPIO, CONFORME PRECONIZA A LEI MUNICIPAL Nº. 785 DE 31 DE MARÇO DE 2008</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO E EXECUÇÃO DO PROGRAMA MUNICIPAL DE APRENDIZAGEM DO JOGO DE XADREZ PARA AS CRIANÇAS DO NOSSO MUNICÍPIO, DE ACORDO COM A LEI MUNICIPAL Nº. 786 DE 31 DE MARÇO DE 2008</t>
   </si>
   <si>
     <t>2896</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2896/2896_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2896/2896_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO E EXECUÇÃO DO PROGRAMA DE RECICLAGEM DE ÓLEO E GORDURA DE ORIGEM VEGETAL E ANIMAL </t>
   </si>
   <si>
     <t>2895</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2895/2895_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2895/2895_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA CONCEDIDO DIÁRIO PARA OS MOTORISTAS DE AMBULÂNCIA E FUNCIONARIAS DA AMA.</t>
   </si>
   <si>
     <t>2894</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2894/2894_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2894/2894_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">OBRA DE ELEVAÇÃO DO NÍVEL DA PONTE SITUADA PRÓXIMO A RESIDENCIA DO EX-VEREADOR SR. PAULO CÉSAR GILLES, EM ALTO SANTA MARIA </t>
   </si>
   <si>
     <t>2893</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2893/2893_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2893/2893_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DAS MANILHAS EM UMA VALA PRÓXIMO AO CAMPO DE FUTEBOL DE SANTA MARIA, AO LADO DO CENTRO EDUCACIONAL MARIA KNIDEL LUBE </t>
   </si>
   <si>
     <t>2892</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2892/2892_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2892/2892_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NA ESTRADA ENTRE BARRA DO RIO FUNDO PASSANDO PELA PROPRIEDADE DA FAMÍLIA FISCHER E SAINDO NA RUA GUSTAVO HERTEL</t>
   </si>
   <si>
     <t>2891</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2891/2891_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2891/2891_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PATROLAMENTO, CASCALHAMENTO E ROÇAGEM NAS ESTRADAS DE RIO FUNDO, TANTO NA ESTRADA PRINCIPAL COMO NAS ESTRADAS VICINAIS </t>
   </si>
   <si>
     <t>2890</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2890/2890_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2890/2890_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL REALIZE A CAPTURA DOS CÃES VADIOS DAS RUAS DE NOSSO MUNICÍPIUO</t>
   </si>
   <si>
     <t>2889</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2889/2889_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2889/2889_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE SINALIZAÇÃO INDICATIVA NOS ENTRONCAMENTOS DAS PRINCIPAIS ESTRADAS VICINAIS QUE CORTAM O INTERIOR DE NOSSO MUNICÍPIO </t>
   </si>
   <si>
     <t>2888</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2888/2888_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2888/2888_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INCENTIVAR O PLANO E CULTIVO DE JARDINS PRÓXIMO ÀS IGREJAS CATÓLICAS E EVANGÉLICAS QUE ESTÃO LOCALIZADAS NO INTERIOR DO NOSSO MUNICÍPIO </t>
   </si>
   <si>
     <t>2887</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2887/2887_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2887/2887_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE ESTUDOS PARA VERIFICAR A POSSIBILIDADE DE CONCESSÃO DE AUMENTO NO TICKET ALIMENTAÇÃO DOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL, PASSANDO ESTE A SER NO VALOR DE R$ 80,00.</t>
   </si>
   <si>
     <t>2886</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2886/2886_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2886/2886_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REVISÃO DA REDE DE ESGOTO PRÓXIMO A RESIDÊNCIA DO SR. CARLOS PREST EM ARAGUAIA </t>
   </si>
   <si>
     <t>2885</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2885/2885_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2885/2885_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAÇÃO DE UM LATÃO DE LIXO NA RUA PROJETADA PARALELA A RUA CECÍLIA PITANGA, NO LOTEAMENTO DO SR. TONINHO KIEFER </t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2884/2884_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2884/2884_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE TRÊS PONTES DE CONCRETO NA COMUNIDADE DE SANTA MARIA </t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2883/2883_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2883/2883_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CONSERTO DO REPETIDOR DE TELEVISÃO DA COMUNIDADE DE ARAGUAIA </t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2882/2882_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2882/2882_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE DE CONCRETO EM ALTO SANTA MARIA, PRÓXIMO AO SÍTIO "DOMINGÃO ENTRINGER".</t>
   </si>
   <si>
     <t>2881</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2881/2881_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2881/2881_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA EM RIO FUNDO, EM FRENTE A PROPRIEDADE DO SENHOR HUMBERTO CURBANI (FIGUEROA).</t>
   </si>
   <si>
     <t>2880</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2880/2880_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2880/2880_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UM QUEBRA MOLAS NA RUA THIERES VELOSO, EM FRENTE A CASA DO SENHOR JAIME KUSTER </t>
   </si>
   <si>
     <t>2879</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2879/2879_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2879/2879_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA E DEDETIZAÇÃO NOS BUEIROS E NAS MARGENS DOS CÓRREGOS DE MARECHAL FLORIANO DEVIDO AO GRANDE NÚMERO DE ROEDORES E BARATAS QUE ESTÃO SAINDO DOS MESMOS</t>
   </si>
   <si>
     <t>2878</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2878/2878_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2878/2878_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CONCESSÃO DE UNIFORMES COMPLETO PARA OS SERVIDORES DO PODER EXECUTIVO MUNICIPAL QUE FAZEM A COLETA DO LIXO </t>
   </si>
   <si>
     <t>2877</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2877/2877_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2877/2877_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DO CÓRREGO DE BATATAL E DO CÓRREGO QUE CORTA A RUA ANTENOR SANTOS BRAGA </t>
   </si>
   <si>
     <t>2876</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2876/2876_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2876/2876_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZA UM FUNCIONÁRIO BRAÇAL PARA A COMUNIDADE DE SÃO CRISTOVÃO, NO CONDOMÍNIO PRÓXIMO AO TREVO DE PARAJU </t>
   </si>
   <si>
     <t>2875</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2875/2875_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2875/2875_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE UM QUEBRA MOLA NA RUA GUSTAVO HERTEL PRÓXIMO A FÁBRICA DE RAÇÃO DO SENHOR DAMIÃO KLEIN </t>
   </si>
   <si>
     <t>2874</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE ABRIGOS DE PASSAGEIROS EM DIVERSOS PONTOS DA ESTRADA QUE LIGA A SEDE DO MUNICÍPIO À COMUNIDADE DE RIO FUNDO </t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2873/2873_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2873/2873_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE BANCOS DE PRAÇA EM FRENTE À NOVA CONSTRUÇÃO DA SEDE DA RODOVIÁRIA DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2872/2872_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2872/2872_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAMENTO DO PÁTIO ONDE A POLICIA MILITAR ESTACIONA AS VIATURAS </t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2870/2870_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2870/2870_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCESSÃO DE REAJUSTE SALARIAL A TODOS OS SERVIDORES DO EXECUTIVO MUNICIPAL, SEGUIDO DE ESTUDO DE IMPACTO FINANCEIRO BASEADO NO NOVO ORÇAMENTO PARA 2011, O QUAL TEVE UMA ESTIMATIVA DE AUMENTO NA ARRECADAÇÃO DE APROXIMADAMENTE 28% TOTALIZANDO UM MONTANTE ANUAL DE R$ 32.500.000,00</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2869/2869_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2869/2869_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DE ESTUDOS PARA VERIFICAR A POSSIBILIDADE DE CONCESSÃO DE AUMENTO NO TICKET ALIMENTAÇÃO DOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL E CUMPRIMENTO DA LEI MUNICIPAL Nº 695/2007.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2871/2871_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2871/2871_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA E MANUTENÇÃO DOS BUEIROS LOCALIZADOS NO VALE DAS PALMAS EM ALTO MARECHAL E PRINCIPALMENTE NA RUA DAS HORTÊNCIAS</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2868/2868_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2868/2868_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REFORMA GERAL DO PRÉDIO ONDE ESTÁ INSTALADA A SECRETARIA DE MEIO AMBIENTE </t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2866/2866_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2866/2866_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">COMPRA DE UM TERRENO E CONSTRUÇÃO DE UMA RODOVIÁRIA NA SEDE DI MUNICÍPIO </t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2864/2864_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2864/2864_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REVER COM URGÊNCIA A QUESTÃO DAS DIÁRIAS DOS MOTORISTAS E FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE SAÚDE </t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2863/2863_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2863/2863_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAR A OPERAÇÃO TAPA-BURACOS NO ASFALTO COM INÍCIO NO POSTO IPIRANGA INDO EM DIREÇÃO A RIO FUNDO </t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2862/2862_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2862/2862_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RETORNO DO FUNCIONÁRIO ANACLETO RAASCH PARA SUA FUNÇÃO DE ORIGEM, TRABALHANDO NA CONSERVAÇÃO DA ESTRADA DE COSTA PEREIRA</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2861/2861_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2861/2861_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO NO ENTRONCAMENTO ENTRE A RODOVIA RODOLPHO KROHLING E A ESTRADA COM SENTIDO A RESIDENCIA DO SENHOR JAIR KROHLING, PRÓXIMO A PONTE DE SANTA MARIA, IDENTIFICANDO O DIRECIONAMENTO PARA ARAGUAIA E MATILDE </t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2855/2855_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2855/2855_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A REVISÃO DAS DEMISSÕES DOS SERVIDORES PÚBLICOS DE MARECHAL FLORIANO, REALIZADA NOS ÚLTIMOS MESES</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2851/2851_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2851/2851_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA ADÃO KILL</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2849/2849_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2849/2849_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CALÇAMENTO E IMPLANTAÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA NA VILA DE BOM JESUS </t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2848/2848_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2848/2848_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUMENTO DO TICKET ALIMENTAÇÃO E DO SALÁRIO DOS SERVIDORES</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO O ILMO. SR. ALTEVIR ANTONIO WASSEN  </t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SR. JACINTO CATELAN JUNIOR </t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. JEAN CARLOS BOLDRINI </t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AO SR. EDIMILSOM KHOELER</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. EBENIDIO JOSE PIMENTEL </t>
   </si>
   <si>
     <t>2496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO O ILMO. SR. CLEOMIR MERISIO DE PAULA </t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SARGENTO JOSÉ ARAÚJO DA SILVA </t>
   </si>
   <si>
     <t>2494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO E RECONHECIMENTO AO SENHOR HENRIQUE RAASCH</t>
   </si>
   <si>
     <t>2493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO GRUPO ANIMA</t>
   </si>
   <si>
     <t>2492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SRª. FREDALINA HERTEL WERNESBACH </t>
   </si>
   <si>
     <t>2491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR A SRª. ULIVA GUIDI BRAVIM </t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO SR. JUAREZ JOSE XAVIER</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E CONGRATULAÇÃO A TOS INTEGRANTES DA POLICIA MILITAR DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AO SR. WANDELINO JOSÉ BUNGENSTAB</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR A SRª. TEREZA MARIA DE SOUZA BOECHER </t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR A SRª. ANA SCHOROEDER LUTZKE </t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E CONGRATULAÇÃO AO SENHOR CID GONÇALVES DE ARAÚJO </t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SR. ANTONIO SANTANA </t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E CONGRATULAÇÃO A TODOS FUNCIONÁRIOS PÚBLICOS DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSOS E CONGRATULAÇÃO A TODOS ENFERMEIROS E SOCORRISTA DE MARECHAL FLORIANO  </t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SENHOR DJALMA FERREIRA DA CONCEIÇÃO </t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SENHOR LUIZ CERUTI </t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR A SENHORA OLÍMPIA BRAVIM ZAMBOM </t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO AOS SENHORES JOSE BRAZ MATTIELO, CEZAR ABEL KROHLING, JOSE ONOFRE PEREIRA E UBALDINO SARAIVA </t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO PROFUNDO PESAR A SENHORA CARMELIA KUSTER RIBET</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO A TODOS OS POLICIAIS MILITARES QUE COMPÕEM O 2º PELOTÃO DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE REPUDIO ÀS INÚMERAS RECLAMAÇÕES FEITAS PELOS USUÁRIOS DO CARTÓRIO DE REGISTRO DE IMÓVEIS DA COMARCA DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E CONGRATULAÇÃO AO SENHOR PEDRO RODRIGUES BARBOSA JUNIOR </t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SENHOR NELSON FISCHER </t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR AO SR. ROBERTO KAUTSKY</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SR. ALFREDO MAYER </t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E CONGRATULAÇÃO AO EXCELENTÍSSIMO SENHOR JOAQUIM SERPA </t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SR. FERDINANDO PREST </t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AO SENHOR NICOLAU KROHLING </t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SENHOR ANTONIO DOMINGUES LANGUER </t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR A SENHORA ILZA CARRARETO</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AOS POLICIAIS MILITARES DA 6ª CIA INDEPENDENTE DA PMES DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SENHOR JOSÉ AURELIANO SIMON </t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AOS POLICIAIS MILITARES DO PELOTÃO DA PMES DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AOS POLICIAIS MILITARES </t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AOS PROFESSORES E ALUNOS DA ESCOLA VICTORIO BRAVIM </t>
   </si>
   <si>
     <t>2459</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO E RECONHECIMENTO A DIRETORIA, PROFESSORES E ALUNOS DA ESCOLA VICTORIO BRAVIM</t>
   </si>
   <si>
     <t>2458</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. FABIO GILLES </t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR AO SR. MAURO JOSÉ CHRISTO</t>
   </si>
   <si>
     <t>2456</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR AO SENHOR ANACLETO PIANZOLLI</t>
   </si>
   <si>
     <t>2455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SRª. ADÉLIA GUIDE DENADAI </t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS A SENHORA EDIA KLIPPEL LITTIG </t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO JOVEM RALPH BORGO </t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS A SENHORA PREFEITA MUNICIPAL - ELIANE PAES LORENZONI, A SENHORA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO - EDIA KLIPPEL LITTIG, E A TODOS OS DIRIGENTES, PROFESSORES E ALUNOS DA ESCOLA DO MUNICÍPIO </t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO A EQUIPE DO GRUPO DE JIPEIROS DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AOS SENHORAS SARGENTO ANTONIO AUGUSTO BLANCK E O TENENTE VALDEMAR ABELDI JUNIOR </t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AO COMANDANTE E DEMAIS MILITARES DO 4º BATALHÃO DO CORPO DE BOMBEIROS MILITAR DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR SR. ELIOMAR SEBASTIÃO NEVES </t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR AO SENHOR DÉLIO SOUZA </t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR SR. PAULO CEZAR RODRIGUES </t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR SR. FLORIANO RAASCH </t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR SR. EDSON FISCHER </t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO EXCELENTÍSSIMO SENHOR CESAR COLNAGO</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO AO EXCELENTÍSSIMO SENHOR RICARDO FERRAÇO </t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AOS EXCELENTÍSSIMOS SENHORES HERMILO NARDI GAMA, ANDRÉ ARRUDA LOBATO RODRIGUES CARMO, RICARDO ASSAD GALVÊS.</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE AGRADECIMENTO AOS SENHORES MILITARES: MALOR MARCELO CORREA MUNIZ E SOLDADO PEDRO ALVES DA SILVA </t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO A SENHORA ISABEL MARTINELI E SUA EQUIPE DE COLABORADORES </t>
   </si>
   <si>
     <t>2438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SENHORA DULCE BRANDÃO </t>
   </si>
   <si>
     <t>2437</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO A EXCELENTÍSSIMA SENHORA LUIZA TOLEDO</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2436/2436_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2436/2436_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSOS E RECONHECIMENTO A TODOS OS AGENTE COMUNITÁRIOS DE SAÚDE E OS AGENTES DE COMBATE ÀS ENDEMIAS DE NOSSO MUNICÍPIO </t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO A SENHORA MARIA CARMEN MATTOS SCHUNCK </t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E CONGRATULAÇÃO AO SR. ANTÔNIO CARLOS MALINI </t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E CONGRATULAÇÃO A SRª. YARA PACHECO </t>
   </si>
   <si>
     <t>2432</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A CRIANÇA ANA LUIZA PIMENTA TARGUETA </t>
   </si>
   <si>
     <t>2431</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTOS DE APLAUSOS E RECONHECIMENTO EM COMEMORAÇÃO A 51 ANOS DE EXISTÊNCIA DA FARMÁCIA REGINA </t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO E RECONHECIMENTO AOS POLICIAIS MILITARES DA 6ª CIA INDEPENDENTE DA POLICIA MILITAR DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO A EXMª. SRª. ELIANE PAES LORENZONI - PREFEITA MUNICIPAL </t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR A SENHORA LUIZA HÜBER </t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1382/1382_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1382/1382_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCICIO DE 2005</t>
   </si>
   <si>
     <t>10879</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Eliane Paes Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10879/plo_001-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10879/plo_001-2010.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 795, DE 31 DE MARÇO DE 2008, QUE DENOMINA DE CRECHE MARIA KNIDEL LUBE PARA: "CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL MARIA KNIDEL LUBE."</t>
   </si>
   <si>
     <t>10891</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10891/camscanner_07-06-2022_13.34_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10891/camscanner_07-06-2022_13.34_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONSTRUÇÃO E ADEQUAÇÃO DE CALÇADAS AMBITO MUNICIPAL".</t>
   </si>
   <si>
     <t>10892</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Aloísio Módolo de Almeida, Cabral, Joaquim Stein, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10892/plo_003-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10892/plo_003-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE VÍDEO MONITORAMENTO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10893</t>
   </si>
   <si>
     <t>Gabriela Stockl Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10893/plo_004-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10893/plo_004-2010.pdf</t>
   </si>
   <si>
     <t>DETERMINA NORMAS PARA VENDA E ALIMENTOS NO COMÉRCIO COM EMBALAGENS INFERIORES AOS SEUS PADRÕES DE REFERÊNCIA.</t>
   </si>
   <si>
     <t>10894</t>
   </si>
   <si>
     <t>MESA DIRETORA 2009/2010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10894/plo_005-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10894/plo_005-2010.pdf</t>
   </si>
   <si>
     <t>"ALTERA ARTIGO 38 DA LEI MUNICIPAL N°. 931 DE 26 DE JUNHO DE 2009".</t>
   </si>
   <si>
     <t>10895</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10895/plo_006-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10895/plo_006-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ISENTAR DE ISSQN O INSTITUTO BRASILEIRO DE GEOGRAFIA E ESTATISTICA - IBGE, SOBRE OS SERVIÇOS PRESTADOS PELOS AGENTES RECENSEADORES POR OCASIÃO DA REALIZAÇÃO DO CENSO 2010, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>10896</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10896/plo_007-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10896/plo_007-2010.pdf</t>
   </si>
   <si>
     <t>RATIFICA DELIBERAÇÃO DA ASSEMBLEIA GERAL CIM PEDRA AZUL QUE AUTORIZA O INGRESSO  DE NOVOS MUNICÍPIOS CONSORCIADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10897/plo_008-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10897/plo_008-2010.pdf</t>
   </si>
   <si>
     <t>FIXA PISO SALARIAL PROFISSIONAL NACIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>10898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10898/plo_009-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10898/plo_009-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER RECURSOS FINANCEIROS A TÍTULO DE SUBVENÇÃO SOCIAL A ESCOLA ESPECIAL RENASCER - SOCIEDADE PESTALOZZI DE  MARECHAL FLORIANO,E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>10899</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10899/plo_010-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10899/plo_010-2010.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE ALIMENTAÇÃO DIFERENCIADA PARA ALUNOS DIABÉTICOS E ALÉRGICOS NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>10900</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10900/plo_011-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10900/plo_011-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS MEDIDAS DE PREVENÇÃO E COMBATE AO "BULLYING" NAS ESCOLAS PÚBLICAS E PRIVADAS LOCALIZADAS NO ÂMBITO MUNICIPAL.</t>
   </si>
   <si>
     <t>10901</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10901/plo_012-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10901/plo_012-2010.pdf</t>
   </si>
   <si>
     <t>CRIA O CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL "MARIA KNIDEL LUBE".</t>
   </si>
   <si>
     <t>10902</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10902/plo_013-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10902/plo_013-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DO SOM DA BUZINA DOS TRENS QUE UTILIZAM A LINHA FÉRREA NO PERÍMETRO URBANO DO MUNICIPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10903</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10903/plo_014-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10903/plo_014-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO  DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10904</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10904/plo_015-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10904/plo_015-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EMBARQUE E DESEMBARQUE DE ALUNOS EM FRENTE ÀS ESCOLAS PÚBLICAS E PARTICULARES, NO ÂMBITO DO MUNICIPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10905/plo_016-2010_-.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10905/plo_016-2010_-.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA DE SAÚDE MENTAL NO MUNICIPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10906/plo_017-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10906/plo_017-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ESTABELECER PROGRAMA PARA PROMOVER REGULARIZAÇÃO FUNDIÁRIA, NO ÂMBITO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10907/plo_018-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10907/plo_018-2010.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRAÇA SIRENA MACHADO MARTINS</t>
   </si>
   <si>
     <t>10908</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10908/plo_019-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10908/plo_019-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10909/plo_020-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10909/plo_020-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA À PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10910/plo_021-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10910/plo_021-2010.pdf</t>
   </si>
   <si>
     <t>PROIBE A PARALISAÇÃO DE PROGRAMAS, PROJETOS, EXECUÇÃO DE SERVIÇOS E OBRAS PÚBLICAS POR OCASIÃO DA MUDANÇA DE GESTÃO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10911/plo_023-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10911/plo_023-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10912/plo_24-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10912/plo_24-2010.pdf</t>
   </si>
   <si>
     <t>ESTABELECE CRITÉRIOS PARA O FUNCIONAMENTO DOS ESTABELECIMENTOS QUE PROPORCIONEM O ACESSO À INTERNET E A DIVERSÕES ELETRÔNICAS NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10913/plo_26-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10913/plo_26-2010.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA QUEIMA DE RESTOS VEGETAIS E LIXO NO MUNICÍPIO DE MARECHAL FLORIANO</t>
   </si>
   <si>
     <t>10914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10914/plo_27-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10914/plo_27-2010.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE AMPARO A PACIENTES ACAMADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10915/plo_28-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10915/plo_28-2010.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$982.000,0 (NOVECENTOS E OITENTA E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1998/1998_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1998/1998_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 111.000,00 (CENTO E ONZE MIL REAIS)</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1997/1997_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1997/1997_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO PARA PAGAMENTO DE PREMIAÇÃO NO VALOR DE R$ 6.000,00 (SEIS MIL REAIS) AOS VENCEDORES DO V CONCURSO DE QUALIDADE DO CAFÉ DO MUNICÍPIO DE MARECHAL FLORIANO/ES</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1996/1996_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1996/1996_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE IDENTIFICAÇÃO DE TODO EQUIPAMENTO, VEICULO, CAMINHÃO E MAQUINÁRIO A SERVIÇO DO MUNICÍPIO </t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1995/1995_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1995/1995_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA AO MUNICÍPIO DE MARECHAL FLORIANO PARA A REALIZAÇÃO DE SERVIÇOS DE COLETA, TRANSPORTE DE DESCARGA DE RESÍDUOS GERAIS PELOS ABATEDOUROS DE AVES </t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1994/1994_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1994/1994_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONCESSÃO DE CESTA DE NATAL AOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1993/1993_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1993/1993_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CONTROLE INTERNO DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1992/1992_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1992/1992_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA GIUZEPPE DE NADAI </t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1991/1991_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1991/1991_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR TRABALHADORES POR TEMPO DETERMINADO E REALIZAR CONCURSO PÚBLICO </t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1990/1990_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1990/1990_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1989/1989_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1989/1989_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO MONTANHAS CAPIXABAS TURISMO &amp; EVENTOS </t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1988/1988_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1988/1988_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO ESPECIAL DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO - FECMMF</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1987/1987_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1987/1987_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 754 DE 23 DE NOVEMBRO DE 2007</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1986/1986_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1986/1986_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ZULMIRA TRAVAGLIA HULLE</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1985/1985_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1985/1985_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL AOS AGENTES COMUNITÁRIOS DE SAÚDE DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1984/1984_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1984/1984_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONTRATO ADMINISTRATIVO DE PRESTAÇÃO DE SERVIÇOS, POR TEMPO DETERMINADO E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3050/3050_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3050/3050_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO PARA A FORMAÇÃO DO GRUPO FRENTE PARLAMENTAR DE SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3049/3049_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3049/3049_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1°- VIABILIZAÇÃO DA CAPTAÇÃO DE RECURSOS PARA OBRAS DE MELHORIAS NO PAISAGISMO, ILUMINAÇÃO PÚBLICA E INFRAESTRUTURA URBANA._x000D_
 2°-DISPONIBILIZAR PONTO DE TÁXI PRÓXIMO Á ESTAÇÃO NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3048/3048_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3048/3048_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1°-CÓPIA DOS PROCESSOS DE PAGAMENTOS DE 2009 DOS PRESTADORES DE SERVIÇOS DE MÁQUINAS, VEÍCULOS AUTOMOTORES, CAMINHÕES, CAÇAMBAS E ESQUIPAMENTOS;_x000D_
 2°-RELATÓRIOS DISCRIMINANDO OS DADOS DOS VEÍCULOS E MOTORISTAS;_x000D_
 3°-CÓPIA DOS CONTRATOS DE PRESTAÇÃO DE SERVIÇOS DOS VEÍCULOS PAGOS EM 2009;_x000D_
 4°-CÓPIA DA PLANILHA DE EXECUÇÃO DE SERVIÇOS.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3047/3047_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3047/3047_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-CÓPIA DA FOLHA DE PAGAMENTO DA PREFEITURA MUNICIPAL REFERENTE AO MÊS DE JANEIRO DE 2010.</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3046/3046_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3046/3046_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-CÓPIA DA RELAÇÃO DE SERVIDORES LOTADOS NA SECRETARIA MUNICIPAL DE AGRICULTURA CONSTANDO NOMES E SETORES ONDE ESTÃO LOCADOS;_x000D_
 2-COPIA DA FOLHA DE PAGAMENTO DA SECRETARIA DE AGRICULTURA NO EXERCÍCIO DE 2009;_x000D_
 3-COPIA DO CRONOGRAMA DE TRABALHO/METAS DA PASTA DA AGRICULTURA EXECUTADO NO EXERCÍCIO DE 2009;_x000D_
 4-CÓPIA DO RELATÓRIO INFORMANDO OS GASTOS DO EXERCÍCIO DE 2009 DA SECRETARIA DE AGRICULTURA EM RELAÇÃO AO ORÇAMENTO ANUAL.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3045/3045_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3045/3045_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-CÓPIA DE TODO O PROCESSO LICITATÓRIO REFERENTE AOS GASTOS COM MATERIAL EMPREGADO NA CONSTRUÇÃO DA CRECHE FLOMIRO ENDLICH CANAL NETO;_x000D_
 2-COPIA DO CONTRATO FIRMADO ENTRE A PREFEITURA MUNICIPAL E EMPRESA VENCEDORA DO REFERIDO PROCESSO LICITATÓRIO;_x000D_
 3-CÓPIA DE ATESTADO DE SERVIÇO EXECUTADO, NOTAS FISCAIS DE PRESTAÇÃO DE CONTAS, ORDEM DE PAGAMENTO E VALOR EFETIVAMENTE PAGO PELA OBRA;_x000D_
 4-CÓPIA DE TODO O PROCESSO LICITATÓRIO REFERENTE AOS GASTOS REALIZADOS COM MATERIAL E MÃO DE OBRA PARA REFORMA E AMPLIAÇÃO DA ESCOLA ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3044/3044_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3044/3044_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS CONTRATOS REFERENTE A TODOS OS SERVIÇOS DE ASFALTAMENTO E OPERAÇÕES TAPA-BURACOS REALIZADOS NO MUNICÍPIO DE MARECHAL FLORIANO NO PERÍODO DE JANEIRO DE 2009 A FEVEREIRO DE 2010.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3043/3043_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3043/3043_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE PARA À CÂMARA MUNICIPAL UM PROJETO DE LEI ABRINDO PRAZO PARA REGULARIZAÇÃO DOS LOTES COM MEDIÇÃO ACIMA DE 125 METROS QUADRADOS.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3042/3042_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3042/3042_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-QUE A PREFEITURA MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE OBRAS E SERVIÇOS URBANOS, VIABILIZE A CONSTRUÇÃO DE GAVETAS NOS CEMITÉRIOS PÚBLICOS EXISTENTES NO CENTRO E NAS COMUNIDADES DO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3041/3041_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3041/3041_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE OFICIO CONVOCANDO A PRESENÇA DO SR. ANTONIO MALINIE DO SR. CLEOMIR MERISIO DE PAULA NO DIA 23/03/2010 ÁS 19:00 NO PLENÁRIO DESSA CASA.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3040/3040_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3040/3040_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-CÓPIA DO CONTRATO DA OBRA DE CONSTRUÇÃO DO MURO SITUADO NA UNIDADE DE SAÚDE CÉSAR VELLO  PUPPIM, EM MARECHAL FLORIANO._x000D_
 -CÓPIA DO PROCESSO LICITATÓRIO CASO O VALOR DA OBRA TENHA EXIGIDO LICITAÇÃO._x000D_
 -CÓPIA DAS NOTAS FISCAIS DO MATERIAL EMPREGADO NA OBRA, CASO ESTE TENHA SIDO FORNECIDO PELA PREFEITURA._x000D_
 -CASO O MATERIAL TENHA SIDO FORNECIDO PELA EMPRESA QUE EXECUTOU A OBRA, ENCAMINHAR CÓPIA DA ORDEM DE PAGAMENTO CONFORME PLANILHA DE EXECUÇÃO DOS SERVIÇOS.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3039/3039_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3039/3039_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM PROJETO ARQUITETÔNICO PARA AS DEPENDÊNCIAS DO CLUBE RECREATIVO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3038/3038_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3038/3038_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-QUE A PREFEITURA MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ELABORE E ENCAMINHE À CÂMARA MUNICIPAL UM PROJETO DE LEI CONCEDENDO AJUDA FINANCEIRA PARA AS FAMÍLIAS QUE TÊM RENDA FAMILIAR DE ATÉ 03 (TRÊS) SALÁRIOS MÍNIMOS COM A FINALIDADE DE RETIRAR DOCUMENTO DE ESCRITURA PÚBLICA DO IMÓVEL RESIDENCIAL.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3037/3037_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3037/3037_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APURAÇÃO DOS GASTOS DO INICIO DE 2009 EM FUNÇÃO DO DECRETO EMERGENCIAL EXARADO PELO CHEFE DO PODER EXECUTIVO POR OCASIÃO DAS ENCHENTES QUE ATINGIRAM O MUNICÍPIO.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3036/3036_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3036/3036_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- APURAR A DEVOLUÇÃO DE RECURSOS FINANCEIROS DO PODER LEGISLATIVO PARA O PODER EXECUTIVO NO EXERCÍCIO DE 2008, BEM COMO A DESTINAÇÃO E APLICAÇÃO DOS RECURSOS DEVOLVIDOS.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3035/3035_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3035/3035_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-SERVIÇOS DE DRAGAGEM NO RIO JUCU BRAÇO SUL, NO CENTRO DE MARECHAL FLORIANO, REALIZADO NO EXERCÍCIO DE 2008.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>Cabral, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3034/3034_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3034/3034_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ELABORAÇÃO E ENCAMINHAMENTO DE UM PROJETO DE LEI RETORNANDO COM A DATA BASE PARA REAJUSTE SALARIAL DOS SERVIDORES.</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3033/3033_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3033/3033_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-COPIA DE DOCUMENTOS E/OU RELATÓRIOS INFORMANDO A ARRECADAÇÃO DE RECURSOS COM ILUMINAÇÃO PÚBLICA NO EXERCÍCIO DE 2009._x000D_
 2-INFORMAR POR ESCRITO QUAL A EMPRESA PRESTADORA DOS SERVIÇOS DE ILUMINAÇÃO PÚBLICA NO MUNICÍPIO; E_x000D_
 3-COPIA DO CONTRATO DA EMPRESA PRESTADORA DESTE SERVIÇO FIRMADO COM O MUNICÍPIO NO EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3032/3032_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3032/3032_texto_integral.pdf</t>
   </si>
   <si>
     <t>1°-EXARÇÃO DO DECRETO MUNICIPAL REGULAMENTADO A LEI MUNICIPAL N°753._x000D_
 2°-ELABORAÇÃO DE DECRETO MUNICIPAL INSTITUINDO A PADRONIZAÇÃO DA COMUNICAÇÃO VISUAL DE TODOS OS TÁXIS.</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3031/3031_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3031/3031_texto_integral.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE UM NOVO ESTATUTO DOS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3030/3030_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3030/3030_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TODOS OS CONTRATOS DE ALUGUEL DAS MÁQUINAS E VEÍCULOS, COM AS DEVIDAS NUMERAÇÕES DAS PLACAS E O LOCAL (SECRETARIA) ONDE ESTÃO SENDO UTILIZADOS.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3029/3029_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3029/3029_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1°-FOLHA DE PAGAMENTO DE TODOS OS FUNCIONÁRIOS._x000D_
 2°-VALOR GASTO COM A FOLHA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3028/3028_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3028/3028_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ACIONAMENTO DA DEFESA CIVIL E DO CORPO DE BOMBEIROS PARA VISTORIA EM TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>Abel  Bungenstab</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3027/3027_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3027/3027_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIE A RELOCAÇÃO DO SR. ANACLETO BRAGA PARA A SUA FUNÇÃO DE ORIGEM ONDE CUIDAVA DA CONSERVAÇÃO DA ESTRADA PRINCIPAL DE BOM JESUS.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3026/3026_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3026/3026_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INFORMAR QUAL O DESTINO DOS MATERIAIS RETIRADOS DA CRECHE FLOMIRO ENDLICH CANAL NETO E DA ESCOLA ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3025/3025_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3025/3025_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TODOS OS CONTRATOS D ALUGUEL DE IMÓVEIS PAGOS POR ESTA ADMINISTRAÇÃO NO PERÍODO DE JANEIRO DE 2009 A MARÇO DE 2010.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3024/3024_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3024/3024_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIBERAÇÃO PARA PASSAGEM DE MÃO E CONTRA-MÃO NO TRÂNSITO DA RUA MANOEL KILL.</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Cabral, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3023/3023_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3023/3023_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOTIVO PELO QUAL O CEMITÉRIO PÚBLICO AINDA NÃO FOI CONSTRUÍDO, UMA VEZ QUE O TERRENO FOI ADQUIRIDO EM 2005, CONFORME A LEI MUNICIPAL N°564/2005.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3022/3022_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3022/3022_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AO MÊS DE MARÇO DE 2010.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3021/3021_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3021/3021_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- QUE A PREFEITURA MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, DISPONIBILIZE UMA AJUDA DE CUSTO PARA OS SERVIDORES QUE REALIZAM SUAS TAREFAS NO INTERIOR DO MUNICÍPIO OU DESLOCAM-SE PARA OUTROS MUNICÍPIOS COM RETORNO APÓS O TERMINO DA SUA JORNADA DE TRABALHO.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3020/3020_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3020/3020_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DO TRANSPORTE COLETIVO URBANO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Cabral, Paulo Roberto Raasch</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3018/3018_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3018/3018_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PEDREIRO.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3017/3017_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3017/3017_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-ESCLARECIMENTOS/INFORMAÇÕES SOBRE A FALTA DE IMPRESSÃO DOS CONTRA-CHEQUES DOS SERVIDORES MUNICIPAIS;_x000D_
 2-INFORMAR PORQUÊ DO NÃO FORNECIMENTO DOS CONTRA-CHEQUES JUNTO AO PAGAMENTO E QUAL FOI O ULTIMO MÊS QUE HOUVE A IMPRESSÃO E ENTREGA DOS MESMOS.</t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3016/3016_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3016/3016_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-COPIA DO ATO DE AUTORIZAÇÃO PARA RETIRADA DO MATERIAL EMPREGADO NAS INSTALAÇÕES DO LOCAL DETERMINADO PARA FUNCIONAMENTO DA FEIRA DA ROÇA, NESTE MUNICÍPIO;_x000D_
 -INFORMAR ONDE SE ENCONTRAM AS TELHAS E MADEIRAS RETIRADAS DESSE LOCAL, CASO TENHAM SIDO DOADOS, INFORMAR A QUEM E QUAL QUANTIDADE.</t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3015/3015_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3015/3015_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROMOVA UM ENCONTRO COM OS SERVIDORES DO POSTO DE SAÚDE DE MARECHAL FLORIANO SEGUIDO DE UMA PALESTRA, COM O OBJETIVO DE INCENTIVAR E PROPORCIONAR UM MELHOR ATENDIMENTO AO PÚBLICO.</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3013/3013_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3013/3013_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS CONTRATOS E PAGAMENTOS REALIZADOS PELA SECRETARIA DE EDUCAÇÃO, INCLUINDO OS CONTRATOS RESCINDIDOS, DURANTE O ANO DE 2009, RELATIVOS A CONSTRUÇÃO, REFORMA, AMPLIAÇÃO E DEMAIS SERVIÇOS RELACIONADOS A OBRAS EXECUTADAS NESTE PERÍODO.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3012/3012_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3012/3012_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DO CONTRATO FIRMADO ENTRE A PREFEITURA MUNICIPAL E A FIRMA QUE PRESTA SERVIÇOS DE LIMPEZA PÚBLICA NA CIDADE.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3014/3014_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3014/3014_texto_integral.pdf</t>
   </si>
   <si>
     <t>VISANDO A CORREÇÃO DE ENDEREÇOS DE DUAS LOCALIDADES MUNICIPAIS (BOM JESUS E COSTA PEREIRA), COMO PERTENCENTES AO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3011/3011_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3011/3011_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-CÓPIA DOS CONTRATOS LICITATÓRIOS FIRMADO ENTRE A PREFEITURA MUNICIPAL E AS SEGUINTES EMPRESAS:_x000D_
 EMPRESA"S.A.C" (RESPONSÁVEL PELA REFORMA DA ESCOLA ELISIÁRIO FERREIRA FILHO)_x000D_
 EMPRESA "SUDESTE", (RESPONSÁVEL PELA REFORMA DA CRECHE FLOMIRO ENDLICH CANAL NETO)</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3006/3006_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3006/3006_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DECRETO MUNICIPAL PARA NOVA REGULAMENTAÇÃO DOS HORÁRIOS DE PLANTÃO NAS FARMÁCIAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2999/2999_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2999/2999_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIE A CONTINUIDADE DOS SERVIÇOS DE MELHORAMENTO, CALÇAMENTO OU ASFALTAMENTO NA RUA ALBERTO HENRIQUE LUIZ RAASCH PRÓXIMO A LOCALIDADE DE QUINTA DOS LAGOS.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2997/2997_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2997/2997_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIE O INICIO DO FUNCIONAMENTO DAS ESTAÇÕES DO PRO ÁGUA CONSTRUÍDOS NAS COMUNIDADES DE ALTO NOVA ALMEIDA, VILA SCHUNCK E BETINHO SIMON.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2996/2996_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2996/2996_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIBERAÇÃO PARA RETIRADA DE AREIA DO RIO JUCU BRAÇO SUL.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Aloísio Módolo de Almeida, Cabral, Gabriela Stockl Ronchi, Joaquim Stein, Juarez Xavier, Paulo Lovatti Junior, Paulo Roberto Raasch</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2995/2995_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2995/2995_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA CURVA QUE FICA NO FINAL DA RUA CLARA ENDLICH, A FIM DE FACILITAR O TRÁFEGO DE CARROS DE GRANDE PORTE.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2994/2994_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2994/2994_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- CÓPIA DA FICHA FINANCEIRA DO SENHOR RENÉ BENTO DOS SANTOS (AUXILIAR DE SERVIÇOS), LOTADO NA SECRETARIA MUNICIPAL DE OBRAS, NO PERÍODO DE 1997 A 2004 E NO CARGO DE GERENTE NO PERÍODO DE 2009 A JUNHO DE 2010.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2993/2993_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2993/2993_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE AO PODER LEGISLATIVO UM PROJETO DE LEI, COM PRAZO DETERMINADO, AUTORIZANDO A REGULARIZAÇÃO DE TERRENOS COM MEDIÇÃO ATÉ 120 M².</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2992/2992_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2992/2992_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM PRÁTICA JUNTAMENTE COM O ÓRGÃO ESTADUAL - DETRAN - A LEI MUNICIPAL N°.908/2009, QUE "DISPÕE SOBRE A DEMARCAÇÃO DE ÁREA ESPECIAL DE ESTACIONAMENTO EM FRENTE ÀS FARMÁCIAS E DROGARIAS LOCALIZADAS NESTE MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2991/2991_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2991/2991_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIDADE DE PELO MENOS 04 (QUATRO) SERVIDORES BRAÇAIS PARA REALIZAR A MANUTENÇÃO DE EMERGÊNCIA NAS ESTRADAS VICINAIS ONDE PASSA O TRANSPORTE ESCOLAR E NÃO POSSUI OS CONSERVADORES PERMANENTES.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2990/2990_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2990/2990_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-CÓPIA DAS FOLHAS DE PAGAMENTO DA PREFEITURA MUNICIPAL REFERENTE AOS MESES DE JULHO E AGOSTO DE 2010.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2989/2989_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2989/2989_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DO PROCEDIMENTO LICITATÓRIO OU TOMADA DE PREÇO CONTENDO DISCRIMINAÇÃO DOS MATERIAIS USADOS NA REFORMA DO COLÉGIO ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2988/2988_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2988/2988_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DE TODOS OS CONTRATOS DE ALUGUÉIS DOS IMOVEIS LOCADOS PELAS SECRETARIAS MUNICIPAIS PARA SEDIAR O DEPARTAMENTO E DEMAIS SETORES QUE NÃO FICAM NO MESMO PRÉDIO.</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2987/2987_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2987/2987_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RELATÓRIO CONSTANDO O MOTIVO DO NÃO FUNCIONAMENTO DAS ESTAÇÕES DO PRÓ-ÁGUA DAS COMUNIDADES DE VILA SCHUNCK, BETINHO SIMON E ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2986/2986_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2986/2986_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-RELAÇÃO DOS CANDIDATOS À AGENTE DE COMBATE A ENDEMIAS E AGENTE DE VIGILÂNCIA SANITÁRIA._x000D_
 -RELAÇÃO ATUALIZADA DOS SERVIÇOS QUE EXERCEM AS FUNÇÕES ACIMA._x000D_
 -COPIA DO EDITAL PARA SELEÇÃO E PREENCHIMENTO DAS VAGAS DOS CARGOS RELACIONADOS NO ITEM 1.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2984/2984_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2984/2984_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RELAÇÃO DE TODOS OS GASTOS QUE A CÂMARA MUNICIPAL DE MARECHAL FLORIANO TEVE QUE ARCAR COM A REALIZAÇÃO DAS DUAS COMISSÕES PARLAMENTARES DE INQUÉRITO NO EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2983/2983_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2983/2983_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RELAÇÃO DE MEDICAMENTOS QUE FORAM DESCARTADOS NO DIA 14 DE OUTUBRO DE 2010, JUNTO AO SERVIÇO DE COLETA DA MARCA AMBIENTAL. FAVOR DISCRIMINAR OS MEDICAMENTOS E SUAS RESPECTIVAS DATAS DE VENCIMENTO.</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2982/2982_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2982/2982_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-COPIA DE TODA A DOCUMENTAÇÃO REFERENTE AO CERTAME LICITATÓRIO OU TOMADA DE PREÇO DAS OBRAS DE MELHORIAS OU ASFALTAMENTO DE VIAS EXECUTADAS NO MUNICÍPIO NO ANO DE 2010.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2981/2981_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2981/2981_texto_integral.jpeg</t>
   </si>
   <si>
     <t>FOLHA DE PAGAMENTO DA PREFEITURA MUNICIPAL REFERENTE AOS MESES DE SETEMBRO E OUTUBRO DE 2010.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2980/2980_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2980/2980_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIBERAÇÃO DE PARTE DE UM TERRENO LOCALIZADO NO ALTO DO MORRO, PRÓXIMO A IGREJA SANTA RITA PARA A PRÁTICA DOS ESPORTES CONHECIDOS COMO DOWNNHILL, BICICROSS E MOUNTAIM BIKE.</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2979/2979_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2979/2979_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INFORMAÇÕES SOBRE O LOCAL DE TRABALHO DE TODOS OS FUNCIONÁRIOS DO GABINETE DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2978/2978_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2978/2978_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DA FOLHA DE PONTO DE 2010 DOS SEGUINTES FUNCIONÁRIOS: FONOAUDIÓLOGA, ODONTÓLOGO, FISIOTERAPEUTA, MÉDICO DE AMBULATÓRIO, MÉDICO DO PSF E ENFERMEIROS.</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2977/2977_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2977/2977_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI REALIZANDO A DOAÇÃO DA ÁREA REFERENTE AO SUBSOLO DA PESTALOZZI PARA O GRUPO DE VOLUNTÁRIOS MÃOS ENTRELAÇADAS.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2976/2976_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2976/2976_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI CRIANDO UM CENTRO PARA RECUPERAÇÃO DE DROGADOS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>12466</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12466/resolucao_001-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12466/resolucao_001-2010.pdf</t>
   </si>
   <si>
     <t>"NOMEIA FRENTE PARLAMENTAR DE SEGURANÇA PÚBLICA DESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>12467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12467/resolucao_002-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12467/resolucao_002-2010.pdf</t>
   </si>
   <si>
     <t>"CRIA COMISSÃO PARLAMENTAR DE INQUÉRITO RELATIVO AO REQUERIMENTO N° 014/2010".</t>
   </si>
   <si>
     <t>12468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12468/resolucao_003-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12468/resolucao_003-2010.pdf</t>
   </si>
   <si>
     <t>"CRIA COMISSÃO PARLAMENTAR DE INQUÉRITO RELATIVO AO REQUERIMENTO N° 015/2010".</t>
   </si>
   <si>
     <t>12469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12469/resolucao_004-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12469/resolucao_004-2010.pdf</t>
   </si>
   <si>
     <t>"NOMEIA MEMBROS PARA COMPOR A COMISSÃO PARLAMENTAR DE INQUÉRITO CRIADA PELA RESOLUÇÃO N° 003/2010".</t>
   </si>
   <si>
     <t>12470</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12470/resolucao_005-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12470/resolucao_005-2010.pdf</t>
   </si>
   <si>
     <t>12683</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12683/em001-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12683/em001-2010.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 014/2010."</t>
   </si>
   <si>
     <t>12684</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12684/em002-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12684/em002-2010.pdf</t>
   </si>
   <si>
     <t>12685</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12685/em003-2010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12685/em003-2010.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 031/2010."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4379,68 +4379,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12227/dl_001-2010.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12228/dl_002-2010.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12229/dl_003-2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12230/dl_004-2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12231/dl_005-2010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12232/dl_006-2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12233/dl_007-2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12234/dl_008-2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12235/dl_009-2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12236/dl_010-2010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12237/dl_011-2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3146/3146_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3179/3179_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3178/3178_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3177/3177_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3176/3176_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3175/3175_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3174/3174_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3173/3173_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3172/3172_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3171/3171_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3170/3170_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3169/3169_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3168/3168_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3167/3167_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3166/3166_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3165/3165_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3164/3164_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3162/3162_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3163/3163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3161/3161_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3160/3160_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3159/3159_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3158/3158_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3157/3157_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3155/3155_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3154/3154_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3153/3153_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3152/3152_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3150/3150_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3149/3149_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3148/3148_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3147/3147_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3145/3145_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3144/3144_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3143/3143_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3142/3142_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3141/3141_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3140/3140_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3139/3139_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3137/3137_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3138/3138_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3136/3136_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3135/3135_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3134/3134_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3133/3133_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3132/3132_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3131/3131_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3130/3130_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3129/3129_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3128/3128_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3127/3127_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3126/3126_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3125/3125_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3124/3124_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3123/3123_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3122/3122_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3121/3121_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3120/3120_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3119/3119_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3118/3118_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3117/3117_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3116/3116_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3115/3115_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3114/3114_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3113/3113_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3112/3112_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3111/3111_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3110/3110_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3109/3109_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3108/3108_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3107/3107_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3106/3106_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3105/3105_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3104/3104_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3103/3103_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3102/3102_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3101/3101_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3100/3100_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3099/3099_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3098/3098_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3097/3097_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3096/3096_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3095/3095_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3094/3094_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3093/3093_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3092/3092_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3091/3091_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3090/3090_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3089/3089_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3088/3088_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3087/3087_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3086/3086_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3085/3085_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3084/3084_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3083/3083_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3082/3082_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3081/3081_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3080/3080_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3079/3079_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3078/3078_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3077/3077_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3076/3076_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3075/3075_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3074/3074_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3073/3073_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3072/3072_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3071/3071_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3070/3070_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3069/3069_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3068/3068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3067/3067_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3066/3066_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3065/3065_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3064/3064_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3063/3063_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3062/3062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3060/3060_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3061/3061_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3058/3058_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3059/3059_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3057/3057_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3056/3056_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3055/3055_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3052/3052_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3051/3051_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3019/3019_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3010/3010_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3009/3009_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3008/3008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3007/3007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3005/3005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3004/3004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3003/3003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3002/3002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3001/3001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3000/3000_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2998/2998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2896/2896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2895/2895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2894/2894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2893/2893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2892/2892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2891/2891_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2890/2890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2889/2889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2888/2888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2887/2887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2886/2886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2885/2885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2884/2884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2883/2883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2882/2882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2881/2881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2880/2880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2879/2879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2878/2878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2877/2877_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2876/2876_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2875/2875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2873/2873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2872/2872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2870/2870_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2869/2869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2871/2871_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2868/2868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2866/2866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2864/2864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2863/2863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2862/2862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2861/2861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2855/2855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2851/2851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2849/2849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2848/2848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2436/2436_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10879/plo_001-2010.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10891/camscanner_07-06-2022_13.34_2.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10892/plo_003-2010.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10893/plo_004-2010.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10894/plo_005-2010.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10895/plo_006-2010.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10896/plo_007-2010.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10897/plo_008-2010.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10898/plo_009-2010.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10899/plo_010-2010.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10900/plo_011-2010.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10901/plo_012-2010.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10902/plo_013-2010.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10903/plo_014-2010.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10904/plo_015-2010.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10905/plo_016-2010_-.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10906/plo_017-2010.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10907/plo_018-2010.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10908/plo_019-2010.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10909/plo_020-2010.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10910/plo_021-2010.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10911/plo_023-2010.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10912/plo_24-2010.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10913/plo_26-2010.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10914/plo_27-2010.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10915/plo_28-2010.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1997/1997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1996/1996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1995/1995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1994/1994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1993/1993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1992/1992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1991/1991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1990/1990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1989/1989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1988/1988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1987/1987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1986/1986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1985/1985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1984/1984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3050/3050_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3049/3049_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3048/3048_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3047/3047_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3046/3046_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3045/3045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3044/3044_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3043/3043_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3042/3042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3041/3041_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3040/3040_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3039/3039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3038/3038_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3037/3037_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3036/3036_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3035/3035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3034/3034_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3033/3033_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3032/3032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3031/3031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3030/3030_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3029/3029_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3028/3028_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3027/3027_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3026/3026_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3025/3025_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3024/3024_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3023/3023_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3022/3022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3021/3021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3020/3020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3018/3018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3017/3017_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3016/3016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3015/3015_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3013/3013_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3012/3012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3014/3014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3011/3011_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3006/3006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2999/2999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2997/2997_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2996/2996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2995/2995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2994/2994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2993/2993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2992/2992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2991/2991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2990/2990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2989/2989_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2988/2988_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2987/2987_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2986/2986_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2984/2984_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2983/2983_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2982/2982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2981/2981_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2980/2980_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2979/2979_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2978/2978_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2977/2977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2976/2976_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12466/resolucao_001-2010.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12467/resolucao_002-2010.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12468/resolucao_003-2010.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12469/resolucao_004-2010.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12470/resolucao_005-2010.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12683/em001-2010.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12684/em002-2010.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12685/em003-2010.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12227/dl_001-2010.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12228/dl_002-2010.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12229/dl_003-2010.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12230/dl_004-2010.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12231/dl_005-2010.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12232/dl_006-2010.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12233/dl_007-2010.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12234/dl_008-2010.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12235/dl_009-2010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12236/dl_010-2010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12237/dl_011-2010.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3146/3146_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3179/3179_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3178/3178_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3177/3177_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3176/3176_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3175/3175_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3174/3174_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3173/3173_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3172/3172_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3171/3171_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3170/3170_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3169/3169_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3168/3168_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3167/3167_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3166/3166_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3165/3165_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3164/3164_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3162/3162_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3163/3163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3161/3161_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3160/3160_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3159/3159_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3158/3158_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3157/3157_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3155/3155_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3154/3154_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3153/3153_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3152/3152_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3150/3150_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3149/3149_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3148/3148_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3147/3147_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3145/3145_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3144/3144_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3143/3143_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3142/3142_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3141/3141_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3140/3140_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3139/3139_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3137/3137_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3138/3138_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3136/3136_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3135/3135_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3134/3134_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3133/3133_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3132/3132_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3131/3131_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3130/3130_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3129/3129_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3128/3128_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3127/3127_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3126/3126_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3125/3125_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3124/3124_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3123/3123_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3122/3122_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3121/3121_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3120/3120_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3119/3119_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3118/3118_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3117/3117_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3116/3116_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3115/3115_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3114/3114_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3113/3113_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3112/3112_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3111/3111_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3110/3110_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3109/3109_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3108/3108_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3107/3107_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3106/3106_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3105/3105_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3104/3104_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3103/3103_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3102/3102_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3101/3101_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3100/3100_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3099/3099_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3098/3098_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3097/3097_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3096/3096_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3095/3095_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3094/3094_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3093/3093_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3092/3092_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3091/3091_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3090/3090_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3089/3089_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3088/3088_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3087/3087_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3086/3086_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3085/3085_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3084/3084_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3083/3083_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3082/3082_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3081/3081_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3080/3080_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3079/3079_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3078/3078_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3077/3077_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3076/3076_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3075/3075_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3074/3074_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3073/3073_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3072/3072_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3071/3071_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3070/3070_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3069/3069_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3068/3068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3067/3067_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3066/3066_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3065/3065_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3064/3064_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3063/3063_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3062/3062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3060/3060_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3061/3061_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3058/3058_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3059/3059_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3057/3057_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3056/3056_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3055/3055_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3052/3052_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3051/3051_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3019/3019_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3010/3010_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3009/3009_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3008/3008_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3007/3007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3005/3005_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3004/3004_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3003/3003_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3002/3002_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3001/3001_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3000/3000_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2998/2998_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2896/2896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2895/2895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2894/2894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2893/2893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2892/2892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2891/2891_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2890/2890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2889/2889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2888/2888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2887/2887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2886/2886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2885/2885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2884/2884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2883/2883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2882/2882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2881/2881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2880/2880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2879/2879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2878/2878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2877/2877_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2876/2876_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2875/2875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2873/2873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2872/2872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2870/2870_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2869/2869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2871/2871_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2868/2868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2866/2866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2864/2864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2863/2863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2862/2862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2861/2861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2855/2855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2851/2851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2849/2849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2848/2848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2501/2501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2500/2500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2499/2499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2498/2498_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2497/2497_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2496/2496_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2495/2495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2494/2494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2493/2493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2492/2492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2491/2491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2490/2490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2482/2482_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2487/2487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2486/2486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2485/2485_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2484/2484_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2483/2483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2481/2481_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2480/2480_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2479/2479_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2478/2478_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2477/2477_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2476/2476_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2475/2475_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2489/2489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2488/2488_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2473/2473_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2472/2472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2471/2471_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2470/2470_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2469/2469_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2468/2468_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2467/2467_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2466/2466_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2465/2465_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2464/2464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2463/2463_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2462/2462_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2461/2461_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2460/2460_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2459/2459_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2458/2458_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2457/2457_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2456/2456_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2455/2455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2454/2454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2453/2453_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2452/2452_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2451/2451_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2450/2450_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2449/2449_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2448/2448_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2447/2447_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2446/2446_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2445/2445_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2444/2444_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2443/2443_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2442/2442_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2441/2441_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2440/2440_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2439/2439_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2438/2438_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2437/2437_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2436/2436_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2435/2435_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2434/2434_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2433/2433_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2432/2432_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2431/2431_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2430/2430_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2429/2429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2474/2474_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10879/plo_001-2010.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10891/camscanner_07-06-2022_13.34_2.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10892/plo_003-2010.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10893/plo_004-2010.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10894/plo_005-2010.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10895/plo_006-2010.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10896/plo_007-2010.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10897/plo_008-2010.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10898/plo_009-2010.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10899/plo_010-2010.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10900/plo_011-2010.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10901/plo_012-2010.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10902/plo_013-2010.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10903/plo_014-2010.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10904/plo_015-2010.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10905/plo_016-2010_-.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10906/plo_017-2010.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10907/plo_018-2010.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10908/plo_019-2010.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10909/plo_020-2010.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10910/plo_021-2010.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10911/plo_023-2010.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10912/plo_24-2010.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10913/plo_26-2010.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10914/plo_27-2010.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/10915/plo_28-2010.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1997/1997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1996/1996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1995/1995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1994/1994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1993/1993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1992/1992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1991/1991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1990/1990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1989/1989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1988/1988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1987/1987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1986/1986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1985/1985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/1984/1984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3050/3050_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3049/3049_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3048/3048_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3047/3047_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3046/3046_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3045/3045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3044/3044_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3043/3043_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3042/3042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3041/3041_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3040/3040_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3039/3039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3038/3038_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3037/3037_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3036/3036_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3035/3035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3034/3034_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3033/3033_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3032/3032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3031/3031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3030/3030_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3029/3029_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3028/3028_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3027/3027_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3026/3026_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3025/3025_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3024/3024_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3023/3023_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3022/3022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3021/3021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3020/3020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3018/3018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3017/3017_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3016/3016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3015/3015_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3013/3013_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3012/3012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3014/3014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3011/3011_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/3006/3006_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2999/2999_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2997/2997_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2996/2996_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2995/2995_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2994/2994_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2993/2993_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2992/2992_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2991/2991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2990/2990_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2989/2989_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2988/2988_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2987/2987_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2986/2986_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2984/2984_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2983/2983_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2982/2982_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2981/2981_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2980/2980_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2979/2979_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2978/2978_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2977/2977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2010/2976/2976_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12466/resolucao_001-2010.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12467/resolucao_002-2010.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12468/resolucao_003-2010.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12469/resolucao_004-2010.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12470/resolucao_005-2010.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12683/em001-2010.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12684/em002-2010.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2010/12685/em003-2010.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H376"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="133.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>