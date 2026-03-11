--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,6642 +54,6642 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>12238</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12238/dl_001-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12238/dl_001-2011.pdf</t>
   </si>
   <si>
     <t>"DECRETA PONTO FACULTATIVO NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12239</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12239/dl_002-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12239/dl_002-2011.pdf</t>
   </si>
   <si>
     <t>"DECRETA PONTO FACULTATIVO".</t>
   </si>
   <si>
     <t>12240</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12240/dl_003-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12240/dl_003-2011.pdf</t>
   </si>
   <si>
     <t>12241</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12241/dl_004-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12241/dl_004-2011.pdf</t>
   </si>
   <si>
     <t>12242</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12242/dl_005-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12242/dl_005-2011.pdf</t>
   </si>
   <si>
     <t>12243</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12243/dl_006-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12243/dl_006-2011.pdf</t>
   </si>
   <si>
     <t>12244</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12244/dl_007-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12244/dl_007-2011.pdf</t>
   </si>
   <si>
     <t>12245</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12245/dl_008-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12245/dl_008-2011.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2004".</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2840/2840_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2840/2840_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DE TODAS AS RUAS DA BAIXADA DE SANTA MARIA E CONSTRUÇÃO DA UNIDADE DE SAÚDE NA MESMA COMUNIDADE.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2839/2839_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2839/2839_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 02 POSTES COM ILUMINAÇÃO PUBLICA NA LADEIRA PAULO CESAR GOMES DA SILVA, NA LOCALIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2838/2838_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2838/2838_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TELEFONE PÚBLICO "ORELHÃO" NA RUA THEOBALDO RUPF.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2837/2837_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2837/2837_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CALÇADÃO PARA A RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2836/2836_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2836/2836_texto_integral.jpeg</t>
   </si>
   <si>
     <t>URGÊNCIA NO TÉRMINO DOS SERVIÇOS DE MANUTENÇÃO DAS ESTRADAS DE COSTA PEREIRA.</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2835/2835_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2835/2835_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BUEIROS E PAVIMENTAÇÃO ASFÁLTICA NA LADEIRA QUE DÁ ACESSO A COMUNIDADE DA VILA SCHUNCK.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2834/2834_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2834/2834_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA MOLAS EM RIO FUNDO, NO PERCURSO ENTRE A MERCEARIA DO SENHOR DARCI LITTG, PASSANDO PELO POSTO DE SAÚDE E TÉRMINO NO COLÉGIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2833/2833_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2833/2833_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TÉRMINO DA OBRA DE MANILHAMENTO DO BAIRRO ALAGOINHA NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2832/2832_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2832/2832_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA MOLAS NA RUA PRINCIPAL DE ARAGUAIA, PRÓXIMO A ESCOLA MUNICIPAL, SENTIDO À RESIDENCIA DO SR. JACINTO CATELAN.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2831/2831_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2831/2831_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DESLOCAR O POSTE DE ENERGIA ELÉTRICA INSTALADO NA CALÇADA, PRÓXIMO AO RESTAURANTE DO VITAL.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2830/2830_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2830/2830_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM MEDICO PEDIATRA PARA ATENDIMENTO NO POSTO DE SANTA RITA.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2829/2829_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2829/2829_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE QUEBRA MOLAS NA RUA THIERES VELOSO, EM FRENTE A RESIDENCIA DO SR. TONINHO KIEFER, JAIME KUSTER E LINDA KREBEL.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2828/2828_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2828/2828_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE MEDICO PEDIATRA PARA O POSTO DE SAÚDE LOCALIZADO NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2827/2827_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2827/2827_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DESMEMBRAMENTO DE ESCRITURA PARA REGISTRO DE CADA LOTE LOCALIZADO NO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN E O ANTIGO CONJUNTO QUE FICA PRÓXIMO AO SUPERMERCADO BEM VINDO AO LADO DA IGREJA MARANATA.</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2826/2826_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2826/2826_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CASAS POPULARES PARA AS FAMÍLIAS QUE ESTÃO RESIDINDO EM SITUAÇÃO PRECÁRIA ÀS MARGENS DO RIO JUCU, EM RIO FUNDO.</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2825/2825_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2825/2825_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA INSERIDO NO CALENDÁRIO CULTURAL DO MUNICÍPIO A CAMINHADA DA IGREJA DE S'ANTANA ATÉ A IGREJA DE NOSSA SENHORA DE APARECIDA, EM ALFREDO CHAVES.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2824/2824_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2824/2824_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PARCERIA ENTRE A PREFEITURA DE MARECHAL FLORIANO E A PREFEITURA DE DOMINGOS MARTINS PARA MANUTENÇÃO DA ESTRADA QUE LIGA O SITIO DO CAPITÃO ATÉ O VALE DA ESTAÇÃO DE DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2823/2823_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2823/2823_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DOS CÓRREGOS: FINAL DA RUA QUINTA DOS LAGOS ATÉ O PRÉDIO DO BANESTES; E DO CÓRREGO NA GLOBO AVES COM TERMINO NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2822/2822_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2822/2822_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM FUNCIONAMENTO OS REPETIDORES DAS TORRES DE SINAIS DE TELEVISÃO LOCALIZADAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2820/2820_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2820/2820_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇOS DE MELHORIAS NAS RESIDENCIAS SITUADAS EM ÁREAS DE RISCO EM TODO O MUNICÍPIO, APÓS AVALIAÇÃO TÉCNICA DA DEFESA CIVIL.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2821/2821_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2821/2821_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DA RUA DE LAZER NA RUA DO BANCO DO BRASIL, USANDO TAMBÉM A GALERIA LATERAL A CASA DO ERILDO EFFGEN, PEGANDO A RUA DO RESTAURANTE OU DA AÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2819/2819_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2819/2819_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA E UM CAMPO SOCIETY NA COMUNIDADE DO BETINHO SIMON.</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2818/2818_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2818/2818_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM NAS ESTRADAS PRINCIPAIS DE RIO FUNDO E SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2817/2817_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2817/2817_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAGEM DA ESTRADA EM ALTO RIO FUNDO COM INICIO NO SITIO CACHOEIRINHA ATÉ A DIVISA COM ALFREDO CHAVES.</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2816/2816_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2816/2816_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA E/OU AMPLIAÇÃO DA ESCOLA E QUADRA DE ESPORTES DE BOM JESUS.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2815/2815_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2815/2815_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRADA DO ALTO ARAGUAIA, NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR JOSÉ LUIZ BRAVIM.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2814/2814_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2814/2814_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR OPERAÇÃO TAPA BURACOS NA COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2813/2813_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2813/2813_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO DE RUAS NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2812/2812_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2812/2812_texto_integral.jpeg</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE CRIAR CARTÃO ALIMENTO OU "CESTA BÁSICA" PARA AS FAMÍLIAS CARENTES EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2811/2811_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2811/2811_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDO SOBRE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA CRECHE NA COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2810/2810_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2810/2810_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COMPRA DO TERRENO QUE FICA ATRÁS DA CONSTRUÇÃO DA POLICLÍNICA, PARA A ENTRADA E SAÍDA DE AMBULÂNCIAS.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2809/2809_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2809/2809_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA OBRAS DE REPARO NA CALÇADA LOCALIZADA EM FRENTE AO ARMARINHO DE NADAI, PRÓXIMO A FARMACIA CRISTIANE, JUNTO A PONTE ALCINO DE NADAI NA RUA SANTANA.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2808/2808_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2808/2808_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OBRAS DE CONCLUSÃO DO ASFALTO QUE TEM INICIO NO FINAL DA RUA QUINTA DOS LAGOS ATÉ A PROPRIEDADE DO SENHOR ALBINO JOSE SAIT (TUZINHO SAIT) QUE FICA DEPOIS DO TERRENO DO SR. JUCA RAASCH.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2807/2807_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2807/2807_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA GUARITA POLICIAL NA COMUNIDADE DE SANTA RITA, DEVIDO O CRESCIMENTO DA POPULAÇÃO E CONSTANTES PROBLEMAS SOCIAIS QUE OCORREM.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2806/2806_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2806/2806_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CEMITÉRIO PÚBLICO NA SEDE DESTE MUNICÍPIO, O MAIS BREVE POSSÍVEL.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2805/2805_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2805/2805_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE A SECRETARIA MUNICIPAL DE EDUCAÇÃO AJUDE NA ORGANIZAÇÃO DA FORMATURA DO PROERD EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2804/2804_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2804/2804_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR O ASFALTAMENTO OU CALÇAMENTO DA RUA HEMILIO ENTRINGER, LOCALIZADO EM FRENTE AO RESTAURANTE PONTO FRIO.</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2803/2803_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2803/2803_texto_integral.pdf</t>
   </si>
   <si>
     <t>FORNECER GRATUITAMENTE ALMOÇO E JANTAR AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE TRABALHAM EM REGIME DE PLANTÃO A DISPOSIÇÃO DOS POSTOS DE SAÚDE MANTIDO PELO PODER PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2802/2802_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2802/2802_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO, JUNTAMENTE COM A SECRETARIA DE AGRICULTURA E MEIO AMBIENTE, PROMOVAM PALESTRAS PARA OS AGRICULTORES, ORIENTANDO SOBRE A PRESERVAÇÃO DE NASCENTES, RETIRADA DE MADEIRA PARA O USO PRÓPRIO E OBRIGATORIEDADE DE ÁREAS DE RESERVA LEGAL.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2801/2801_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2801/2801_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACA NO PONTO DE TÁXI DE MARECHAL FLORIANO, INFORMANDO OS NOMES E TELEFONES CADA TAXISTA.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2800/2800_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2800/2800_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO E REFORMAS DE BUEIROS NA ESTRADA QUE LIGA A SEDE DO MUNICÍPIO ATÉ BOM JESUS.</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2799/2799_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2799/2799_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DAR CONTINUIDADE NA EXECUÇÃO DO PROJETO REFERENTE A OBRA DE CONSTRUÇÃO DO PORTAL DE SANTA MARIA, CONFORME LEI MUNICIPAL N°.959, DE 28 DE OUTUBRO DE 2009.</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2798/2798_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2798/2798_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR E APARELHAR COM EQUIPAMENTOS A ÁREA QUE FICA EM BAIXO DA PESTALOZZI PARA A 3ª IDADE REALIZAR SEUS EXERCÍCIOS FÍSICOS.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2797/2797_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2797/2797_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR O CALÇAMENTO NA SUBIDA QUE DÁ ACESSO A COMUNIDADE DE SÃO SEBASTIÃO, LOCALIZADO NA FAZENDA PUPPIM.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2796/2796_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2796/2796_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ELEVAR O NÍVEL ESTRADA QUE ATRAVESSA A LINHA FÉRREA EM RIO FUNDO COM ACESSO A FAZENDA PUPPIM.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2795/2795_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2795/2795_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM E MANUTENÇÃO EM TODAS AS ESTRADAS MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2794/2794_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2794/2794_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ELABORAÇÃO DE UM LIVRO COM A HISTÓRIA DO MUNICÍPIO DE MARECHAL FLORIANO (DA COLONIZAÇÃO - AINDA COMO DOMINGOS MARTINS - PASSANDO PELA EMANCIPAÇÃO SEGUINDO ATÉ OS DIAS ATUAIS).</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2793/2793_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2793/2793_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO E ATUALIZAÇÃO DA GALERIA DE FOTOS DOS VEREADORES E PRESIDENTES, COM A INTENSÃO DE PRESERVAR A HISTÓRIA DO LEGISLATIVO FLORIANENSE.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2792/2792_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2792/2792_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO INTERVENHA JUNTO A EMPRESA DE TELEFONIA VIVO SOLICITANDO A INSTALAÇÃO DE UMA TORRE DE TELEFONIA MÓVEL NA COMUNIDADE DE BOM JESUS E COSTA PEREIRA.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2791/2791_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2791/2791_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COMPLEMENTO DO ASFALTO NA ESTRADA QUE LIGA A SEDE DESTE MUNICÍPIO A COSTA PEREIRA, INICIANDO-SE NA SUBIDA PRÓXIMO A ENTRADA DO VALE DA TRANQUILIDADE, PASSANDO PELA ANTIGA RESIDÊNCIA DO SENHOR DANILO CANAL, PELA RESIDENCIA DA FAMÍLIA ALMEIDA E RESIDENCIAS DOS SENHORES MAZINHO DE FREITAS PADILHA, PEDRO MARQUES E ROBERTO PADILHA.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2790/2790_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2790/2790_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE DE CONCRETO NA COMUNIDADE DE COSTA PEREIRA, PRÓXIMO AO COMÉRCIO DO SENHOR EDINHO WENESBARCH.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2789/2789_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2789/2789_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE A SECRETARIA DE EDUCAÇÃO E CULTURA PROMOVA AOS DOMINGOS E FERIADOS ENCONTROS DE MODA DE VIOLA, CONCERTINA E OUTROS, A FIM DE RESGATAR E PROMOVER OS TALENTOS EXISTENTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2788/2788_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2788/2788_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM PONTO DE ÔNIBUS NO TREVO DO POSTO IPIRANGA, NO SENTIDO VITÓRIA A MINAS.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2787/2787_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2787/2787_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR A CONSTRUÇÃO DE UM BOEIRO NA RUA ARISTEU HULLE A FIM CAPTAR TODO O EXCESSO DE ÁGUA QUE VEM DAS RUAS PARALELAS.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2786/2786_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2786/2786_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REDUÇÃO 50% DO VALOR DA ALÍQUOTA DO ITBI - IMPOSTO SOBRE TRANSMISSÃO DE BENS IMÓVEIS POR ATO ONEROSO.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2785/2785_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2785/2785_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ATUALIZAÇÃO DO SITE DA CÂMARA COM AS INDICAÇÕES, MOÇÕES, REQUERIMENTOS E PROJETOS DE LEI DE TODOS OS VEREADORES DESDE A CRIAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2784/2784_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2784/2784_texto_integral.jpeg</t>
   </si>
   <si>
     <t>A REALIZAÇÃO DO 1° CAMPEONATO MUNICIPAL DE FUTEBOL DE CAMPO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2783/2783_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2783/2783_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAR, LIMPAR, PATROLAR E CASCALHAR A ESTRADA DE RIO FUNDO COM INICIO PRÓXIMO AO POSTO IPIRANGA ATÉ A IGREJA DE SANTO ANTONIO.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2782/2782_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2782/2782_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MURO ATRÁS DO POSTO DE SAÚDE CEZAR VELLO PUPPIN.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2781/2781_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2781/2781_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAR A RETIRADA DO ABRIGO DO PONTO DE ÔNIBUS EM FRENTE AO RESTAURANTE PONTO FRIO, POIS O MESMO SERVE DE ABRIGO PARA MELIANTES E ANDARILHOS.</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2780/2780_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2780/2780_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DO MURO DA IGREJA LUTERANA, PRÓXIMO A PEZTALOZZI.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2779/2779_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2779/2779_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DO TERRENO DE PROPRIEDADE DA PREFEITURA MUNICIPAL, LOCALIZADO ATRÁS DO JARDIN DE INFÂNCIA VOVÓ FERNANDINA.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2778/2778_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2778/2778_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE QUEBRA MOLAS EM FRENTE AO COMÉRCIO (BAR) DO SENHOR ASSIS, PRÓXIMO AO POSTO SERRAMAR, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2777/2777_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2777/2777_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DO PRÉDIO DO ANTIGO HOSPITAL PARA QUE O MESMO POSSA ABRIGAR A ESCOLA EMEF MAURO JOSÉ CHRISTO.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2776/2776_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2776/2776_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMPO DE BOCHA ANEXA A PRAÇA DE ESPORTES QUE ESTÁ EM CONSTRUÇÃO ATRÁS DA PESTALOZZI, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2775/2775_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2775/2775_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA PLACA NO INICIO DA RUA ANTENOR DOS SANTOS BRAGA, IDENTIFICANDO AS COMUNIDADE DE BOM JESUS E COSTA PEREIRA.</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2774/2774_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2774/2774_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA ANITA HAESE.</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2773/2773_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2773/2773_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDOS SOBRE A POSSIBILIDADE DE AUMENTO SALARIAL DOS CONSELHEIROS TUTELARES DE MARECHAL FLORIANO BEM COMO A REGULARIZAÇÃO NO HORÁRIO, PARA QUE O ATENDIMENTO AO PÚBLICO SEJA DE 08:00 ÁS 17:00 HORAS.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2772/2772_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2772/2772_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA FLORIANO KIEFER.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2771/2771_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2771/2771_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS EM TODO O PERCURSO DA RUA DELIMAR SCHUNCK</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2770/2770_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2770/2770_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA COMUNIDADE DE BETINHO SIMON.</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2769/2769_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2769/2769_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA MOLAS NA RUA GUSTAVO HERTEL, PRÓXIMO A ENTRADA DO SHOW HALLS.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2768/2768_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2768/2768_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NO CALÇAMENTO DA RUA GERMANO GERARDT.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2767/2767_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2767/2767_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROGRAMA DE SAÚDE DO ALUNO NA REDE MUNICIPAL DE ENSINO, ENVOLVENDO ERGONOMIA EM SALA DE AULA, ANÁLISE POSTURAL E NUTRICIONAL, ACUIDADE AUDITIVA.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2766/2766_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2766/2766_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIR APROXIMADAMENTE 44 PRANCHÕES DE UMA PONTE, PRÓXIMO A PROPRIEDADE DO SENHOR VALDEMAR LITTIG, EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2765/2765_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2765/2765_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE DE CONCRETO E CALÇAMENTO DA VILA NA VILA DE BOM JESUS.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2764/2764_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2764/2764_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DO PERCURSO QUE LIGA A BR E A ESCOLA DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2763/2763_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2763/2763_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA PASSARELA DO BATALHÃO DO CORPO DE BOMBEIROS PARA A RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2762/2762_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2762/2762_texto_integral.jpeg</t>
   </si>
   <si>
     <t>USAR A SOBRA DO RECURSO PRÓ-ÁGUA PARA REFORMAR A APARELHAR OS SISTEMAS DE ÁGUA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2761/2761_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2761/2761_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA PROJETADA, PARALELA A RUA OSCAR ARAUJO, CONFORME FOTOS EM ANEXO</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2760/2760_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2760/2760_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CASCALHAGEM DAS ESTRADAS DA COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2759/2759_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2759/2759_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA HEMILIO ENTRINGER, LOCALIZADO EM FRENTE AO RESTAURANTE PONTO FRIO.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2757/2757_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2757/2757_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CALÇADÃO OU CICLOVIA NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2756/2756_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2756/2756_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VISTORIAR COM URGÊNCIA A REDE DE ESGOTO LOCALIZADA À RUA SANTANA, PRÓXIMO AO SICOOB, FARMÁCIA MANIFARMA E LOJAS PAULISTÃO.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2755/2755_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2755/2755_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APOIO FINANCEIRO E SESSÃO DE FUNCIONÁRIOS MUNICIPAIS PARA A EXECUÇÃO DA FESTA ITALIANA DA COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2754/2754_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2754/2754_texto_integral.jpeg</t>
   </si>
   <si>
     <t>NOMEAÇÃO DOS AGENTES DE SAÚDE APROVADOS EM CONCURSO PÚBLICO PARA ASA ÁREAS DEFICITÁRIAS DO PSF EM ARAGUAIA E RIO FUNDO.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2753/2753_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2753/2753_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DAS VIAS PAVIMENTADAS RECENTEMENTE NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2752/2752_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2752/2752_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO BATATAL COMEÇANDO NO SUPERMERCADO DORINHO ATÉ A COMUNIDADE SANTA RITA.</t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2751/2751_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2751/2751_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAR OBRAS DE URBANIZAÇÃO COM CALÇAMENTO, ÁGUA, LUZ, ESGOTO NA PARTE ALTA DO CONJUNTO HABITACIONAL SERGIO SEBASTIÃO STEIN, NO BAIRRO SANTA RITA EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2750/2750_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2750/2750_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR A RETIRADA DAS MANILHAS QUE ATUALMENTE PASSAM POR BAIXO DA RESIDENCIA DA SENHORA MARIA JOSÉ SILVA DE ANDRADE E OUTROS MORADORES DA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>ROÇAGEM E ABERTURA DE SAÍDA DE ÁGUA NA ESTRADA PRINCIPAL DE RIO FUNDO.</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2748/2748_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2748/2748_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTERVENÇÃO NO RIO QUE CORTA A COMUNIDADE DE RIO FUNDO, E RETIRADA DE UMA ÁRVORE QUE ESTÁ PENDIDA NA ESTRADA HÁ APROXIMADAMENTE 250 METROS DO POSTO VISTA ALEGRE.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2747/2747_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2747/2747_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAGEM NA ESTRADA QUE DÁ ACESSO A FAZENDA PUPPIM, ALÉM DE CONSERTO OS BUEIROS DA LOCALIDADE.</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2746/2746_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2746/2746_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR 03 (TRÊS) QUEBRA MOLAS EM SOÍDO DE BAIXO, SENDO UM EM FRENTE A PEDREIRA DO SENHOR CLEMENTE, OUTRO EM FRENTE VENDA DO DARINHO E OUTRO PRÓXIMO AO COLÉGIO DA CABOCLA.</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2745/2745_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2745/2745_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA  DA RUA ADÃO KILL, EM MARECHAL FLORIANO._x000D_
 </t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2744/2744_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2744/2744_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM DA ESTRADA DE RIO FUNDO E CONSTRUÇÃO DE PONTE DE CIMENTO E/OU MADEIRA NO PERCURSO ENTRE A RESIDENCIA DO SENHOR RUBERLY LITTIG E A COMUNIDADE DE ALTO RIO FUNDO.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2743/2743_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2743/2743_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIA NA ILUMINAÇÃO PÚBLICA DAS RUAS DE SANTA MARIA.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2742/2742_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2742/2742_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CALÇADAS LATERAIS NAS RUAS CLARA ENDLICH E VICTOR TRAVÁGLIA.</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2741/2741_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2741/2741_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CRIAÇÃO DE PROGRAMAS DE ORIENTAÇÃO NA ÁREA DE SAÚDE EXCLUSIVA PARA ADOLESCENTES, ENFOCANDO OS SEGUINTES TEMAS:_x000D_
 -GRAVIDEZ PRECOCE NÃO PLANEJADA;_x000D_
 -PREVENÇÃO DE DST/AIDS;_x000D_
 -MÉTODOS CONTRACEPTIVOS;_x000D_
 -EXAMES GINECOLÓGICOS, MENARCA (1ªMENSTRUAÇÃO).</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2740/2740_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2740/2740_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DO PERCURSO QUE LIGA A GLOBOAVES ATÉ A PROPRIEDADE DO SENHOR SEBASTIÃO ASSIS E O PERCURSO ENTRE A PROPRIEDADE DO SENHOR SEBASTIÃO RIBEIRO ATÉ AS RESIDENCIAS DO SENHOR BETO PADILHA E PEDRINHO MARQUES.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2739/2739_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2739/2739_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE O ENTULHO RETIRADO DAS CONSTRUÇÕES CIVIS DE NOSSO MUNICÍPIO SEJA DESTINADO PARA A OPERAÇÃO DE TAPA BURACOS, EM TODAS AS ESTRADAS VICINAIS.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2738/2738_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2738/2738_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAGEM E CASCALHAGEM DE TODAS AS ESTRADAS DO DISTRITO DE VICTOR HUGO, PRINCIPAIS E VICINAIS.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2737/2737_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2737/2737_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE LIGA O SITIO DOS LAGOS, NA PROPRIEDADE DO SENHOR ANTONIO BROSEGUINI, PASSANDO PELA RESIDÊNCIA DO SENHOR MERINHO ATÉ A LINHA FÉRREA.</t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2736/2736_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2736/2736_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPAGEM DO TRECHO DE ESTRADA EM FRENTE A GLOBOAVES, ONDE ATUALMENTE É DE PARALELEPÍPEDO.</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2735/2735_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2735/2735_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UTILIZAÇÃO DO PLACAR ELETRÔNICO NO GINÁSIO DE ESPORTES PAULO ANTONIO LORENZONI, EM TODOS OS JOGOS NOTURNOS, DISPONIBILIZANDO SERVIDOR CAPACITADO PARA MANUSEIO DE TAL EQUIPAMENTO.</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2734/2734_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2734/2734_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR CAÇAMBAS DE CONCRETO PARA A ESTRADA ONDE RESIDE O SENHOR FLOMIRO ENCLICH ATÉ A RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2733/2733_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2733/2733_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ESCADARIA COM CORRIMÃO NA SUBIDA DA RUA JOÃO MERÍSIO, ONDE A MESMA DÁ ACESSO A DIVERSAS RESIDÊNCIAS E SECRETARIA MUNICIPAL DE MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2732/2732_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2732/2732_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DA RUA DELIMAR SCHUNCK, EM TODO O SEU PERCURSO DO LADO DIREITO, PARALELO A LINHA FÉRREA.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2731/2731_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2731/2731_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA COLOCADA EM PRÁTICA A ELABORAÇÃO E CRIAÇÃO DO HINO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2730/2730_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2730/2730_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM PRÁTICA A LEI MUNICIPAL N°929/2009 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O SERVIÇO DE INSPEÇÃO SANITÁRIA MUNICIPAL (S.I.M.).</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2729/2729_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2729/2729_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE VETERINÁRIO PARA DAR ANDAMENTO AO SERVIÇO DE INSPEÇÃO SANITÁRIA MUNICIPAL (S.I.M.)</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2728/2728_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2728/2728_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE UMA CARROCINHA PARA EFETUAR A CAPTURA DOS CÃES QUE FICAR LARGADOS NAS RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2727/2727_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2727/2727_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR 04 (QUATRO) QUEBRA MOLAS NA RUA EMÍLIO HULLE.</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2726/2726_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2726/2726_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE PASSA PRÓXIMO AO CAMPO DO APOLLO ATÉ A RESIDENCIA DO SENHOR ANCHIETA.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2725/2725_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2725/2725_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE FÔLDER PARA DIVULGAR OS ATRATIVOS TURÍSTICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2724/2724_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2724/2724_texto_integral.pdf</t>
   </si>
   <si>
     <t>MUDANÇA NA ÁREA DE PROVAS DAS MOTOCICLETAS PARA AS PROXIMIDADES DO CAMPO ANEXO Á PESTALOZZI, NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2723/2723_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2723/2723_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA E MANUTENÇÃO DA ESTRADA E LIMPEZA DOS BOEIROS INICIANDO NA QUINTA DOS LAGOS ATÉ A IGREJA LUTERANA DE COSTA PEREIRA.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2722/2722_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2722/2722_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE LOCAL PARA ABRIGAR OS PASSAGEIROS DOS ÔNIBUS E OS ALUNOS DO TRANSPORTE ESCOLAR, NA ESTRADA PRINCIPAL DE RIO FUNDO, PRÓXIMO A ENTRADA DO SITIO DO SENHOR JOSÉ LUIZ SUDRÉ, LOGO APÓS A PROPRIEDADE DO SENHOR HUMBERTO CURBANI.</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2721/2721_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2721/2721_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA ANITA HAESE QUE DÁ ACESSO UM CONDOMÍNIO, PRÓXIMO A ANTIGO CENTRO RECREATIVO ARTHUR HAESE.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2720/2720_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2720/2720_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A COMUNIDADE DE SOÍDO DE BAIXO, INICIANDO-SE NO POSTO IPIRANGA E TERMINANDO NA RESIDENCIA DO SENHOR AMARÍLIO JOSÉ KLEIN.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2719/2719_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2719/2719_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA DE RIO FUNDO, INTERLIGANDO O ASFALTO JÁ EXISTENTE ATÉ A IGREJA DE SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2718/2718_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2718/2718_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MURO DE CONTENÇÃO OU RETIRADA DE UNS DOIS METROS DE UM BARRANCO, NO ASFALTO QUE VAI PARA A COMUNIDADE DE ALTO MARECHAL.</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2717/2717_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2717/2717_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CANIL EM MARECHAL FLORIANO PARA PRENDER OS CÃES QUE ESTÃO ATACANDO AS PESSOAS, ALÉM DE REVIRAREM OS LATÕES DE LIXOS ESPALHADOS PELAS ESTRADAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2716/2716_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2716/2716_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO EXAME DA ORELHINHA NOS POSTOS DE SAÚDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2715/2715_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2715/2715_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE DE CONCRETO E CALÇAMENTO DA VILA DE BOM JESUS.</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2714/2714_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2714/2714_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM FUNCIONAMENTO A ESTAÇÃO DO PRÓ-ÁGUA DA VILA SCHUNCK.</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2713/2713_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2713/2713_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIA DO PAISAGISMO DOS TREVOS DE NOSSO MUNICÍPIO, BEM COMO MELHORIA DA ILUMINAÇÃO E JARDINAGEM DO TREVO DE ACESSO À SANTA MARIA E ARAGUAIA.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2711/2711_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2711/2711_texto_integral.jpeg</t>
   </si>
   <si>
     <t>EXECUÇÃO DE SERVIÇOS DE DRENAGEM E PAVIMENTAÇÃO ASFÁLTICA NA RUA ADÃO KILL.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2710/2710_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2710/2710_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM PRÁTICA A COLETA SELETIVA DE LIXO, PRINCIPALMENTE NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2709/2709_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2709/2709_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REABERTURA DAS CURVAS PERIGOSAS NAS ESTRADAS VICINAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2708/2708_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2708/2708_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA E INSTALAÇÃO DE ILUMINAÇÃO ADEQUADA PARA A ENTRADA DE SOÍDO DE BAIXO, PRÓXIMO AO POSTO IPIRANGA ATÉ A PONTE.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2707/2707_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2707/2707_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAGEM NA ESTRADA DE COSTA PEREIRA, APÓS A IGREJA LUTERANA COM DESTINO ÀS PROXIMIDADES DO SÍTIO DO SENHOR VALMIR RAASCH E VILSON FICHER.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2706/2706_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2706/2706_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DO POSTO DE SAÚDE DE BOM JESUS, OBJETIVANDO O FUNCIONAMENTO DO MESMO, PARA O ATENDIMENTO À COMUNIDADE.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2705/2705_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2705/2705_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA DE UMA ÁREA DE TERRA NO LOCAL ONDE SERÁ CONSTRUÍDO A IGREJA DE FREI GALVÃO EM COSTA PEREIRA, PRÓXIMO AO CONDOMÍNIO DAS ÁGUAS. </t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2704/2704_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2704/2704_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA ESCADARIA EM ANEXO À BR 262 PARA DAR ACESSO AOS PEDESTRES, ATÉ A AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2703/2703_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2703/2703_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM TRANSPORTE COLETIVO PARA ATENDER A COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2702/2702_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2702/2702_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTINUIDADE NOS SERVIÇOS DE CALÇAMENTO DAS RUAS DE SANTA MARIA, EM ESPECIAL, AS RUAS QUE TERMINAM EM FRENTE À CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2701/2701_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2701/2701_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO TESTE DO OLHINHO NOS POSTOS DE SAÚDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2700/2700_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2700/2700_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE OBRAS DE SANEAMENTO BÁSICO PARA CAPTAR E TRATAR O ESGOTO NA COMUNIDADE DE BETINHO SIMON,.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2699/2699_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2699/2699_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAMOS A REALIZAÇÃO DE UM CONVÊNIO ENTRE O PODER EXECUTIVO MUNICIPAL E A CLÍNICA CENTRO MÉDICO, PARA A REALIZAÇÃO DE EXAMES DE MAMOGRAFIA, EM MULHERES QUE RESIDAM NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2698/2698_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2698/2698_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UMA NOVA PONTE, AO LADO A RESIDÊNCIA DO SENHOR RUBERLY LITTIG, PRÓXIMO A IGREJA CATÓLICA DE RIO FUNDO.</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2697/2697_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2697/2697_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE APROXIMADAMENTE 03 (TRÊS) BUEIROS NO PERCURSO DA ESTRADA PRINCIPAL QUE LIGA A SEDE DESTE MUNICÍPIO ATÉ A COMUNIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2696/2696_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2696/2696_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA E REFORMA GERAL DA ESCOLA DE BOM JESUS.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2695/2695_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2695/2695_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTENDER AS OBRAS DE REABERTURA, CASCALHAGEM E PAVIMENTAÇÃO ASFÁLTICA, QUE ESTÃO SENDO EXECUTADAS PRÓXIMO À PROPRIEDADE DO SENHOR HILÁRIO DE FREITAS, INTERLIGANDO TODO O PERCURSO, PASSANDO PELA PROPRIEDADE DO SENHOR ESPERDIÃO BRITO ATÉ AS PROXIMIDADES DA PROPRIEDADE DO SENHOR SAMIRO SCHNEIDER, ONDE A ESTRADA SE INTERLIGA COM A ESTRADA PRINCIPAL DE BOM JESUS.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2694/2694_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2694/2694_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA EDUARDO HOFFMAN.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2693/2693_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2693/2693_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NO CALÇAMENTO, MEIO FIO E A CONSTRUÇÃO DE BUEIROS NA RUA MARIA TRABACH BOTELHO, BEM COMO A POSSIBILIDADE DE REALIZAR O RECAPIAMENTO DA MESMA.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2692/2692_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2692/2692_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPEAMENTO NA PAVIMENTAÇÃO ASFÁLTICA EM TODO O PERCURSO DA RUA CECILIA PITANGA PINTO, BEM COMO RUAS PARALELAS.</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2691/2691_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2691/2691_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-REFORMAS E MELHORIAS NA QUADRA POLIESPORTIVA DE VICTOR HUGO, IMPLANTANDO UMA PROTEÇÃO LATERAL ATÉ O TELHADO, EVITANDO QUE A ÁGUA DA CHUVA MOLHE O PISO DA QUADRA._x000D_
 -CONSTRUIR BANHEIROS EXTERNOS ENTRE A QUADRA E A ESCOLA MUNICIPAL, APROVEITANDO A PARTE SUPERIOR PARA A CRIAÇÃO DE UM PALCO PARA A REALIZAÇÃO DE EVENTOS, PALESTRAS E OUTRAS SOLENIDADES.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2690/2690_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2690/2690_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA COMUNIDADE DE CÓRREGO DO OURO, DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2689/2689_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2689/2689_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM DO BARRANCO E CAPINA DO MEIO FIO, NA ESTRADA DE ALTO MARECHAL.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2688/2688_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2688/2688_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA E COBERTURA DA QUADRA JAIME EMÍLIO BORGO EM ARAGUAIA.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2687/2687_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2687/2687_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS NO TRECHO DE ASFALTO QUE LIGA O POSTO IPIRANGA ATÉ O SÍTIO DA VOVÓ, EM BARRA DO RIO FUNDO.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2686/2686_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2686/2686_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ELEVAR O NÍVEL DA ESTRADA QUE DÁ ACESSO A FAZENDA PUPPIM, ONDE A MESMA PASSA SOBRE A LINHA FÉRREA.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2685/2685_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2685/2685_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPAGEM DA ESTRADA ASFALTADA QUE DÁ ACESSO À COMUNIDADE DE BARRA DO RIO FUNDO, INICIANDO NO POSTO IPIRANGA.</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2684/2684_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2684/2684_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DO CÓRREGO DE BATATAL E ESTUDAR A POSSIBILIDADE DE AUMENTAR O PERCURSO DA GALERIA.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2683/2683_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2683/2683_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ILUMINAÇÃO PUBLICA EM TODA A ESTRADA QUE DÁ ACESSO AO LOTEAMENTO PARQUE DA COLINA, LOCALIZADO NA VILA DE BETINHO SIMON, TERMINANDO NAS PROXIMIDADES DA RESIDENCIA DO SENHOR OSMAR SIMON.</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2682/2682_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2682/2682_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA INICIANDO NA ANTIGA FÁBRICA DO SENHOR DAMIÃO KLEIN PASSANDO PELA ÁREA DE LAZER DO SENHOR JOÃO STEIN, ATÉ A COMUNIDADE DO SITIO DAS FLORES.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2681/2681_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2681/2681_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O POSTO DE SAÚDE DE SANTA MARIA SEJA CONSTRUÍDO EM ESTILO GERMÂNICO.</t>
   </si>
   <si>
     <t>2680</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2680/2680_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2680/2680_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DOS BRINQUEDOS NECESSÁRIOS PARA EQUIPAR O PARQUINHO DA CRECHE CANTINHO DA TIA MARIA, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2679/2679_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2679/2679_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CALÇAMENTO NA FRENTE DE TODOS OS COMÉRCIOS DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2678/2678_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2678/2678_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO PÚBLICA DA RUA MARIA TRABACH BOTELHO.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2677/2677_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2677/2677_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO DA ESTRADA QUE DÁ ACESSO À COMUNIDADE DA VILA SCHUNCK, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2676/2676_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2676/2676_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO DA ESTRADA MORRO DOS MARQUES, EM RIO FUNDO.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2675/2675_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2675/2675_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE FOSSAS PARA AS RESIDENCIAS DA COMUNIDADE SITIO DAS FLORES.</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2674/2674_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2674/2674_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA 3ª PONTE PARA A ENTRADA E SAÍDA NO MUNICÍPIO DE MARECHAL FLORIANO, ONDE O TERRENO FOI ADQUIRIDO PELO PODER EXECUTIVO NA LEGISLATURA ANTERIOR, PRÓXIMO AO GINÁSIO DE ESPORTES PAULO LORENZONI.</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2673/2673_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2673/2673_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE QUEBRA MOLAS NO PERCURSO DA RUA ANTENOR DOS SANTOS BRAGA.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2672/2672_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2672/2672_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BUEIROS NA ESTRADA PRINCIPAL DE SOÍDO DE BAIXO, CHEGANDO ATÉ O VIRADOURO ATÉ AS PROXIMIDADES DA RESIDÊNCIA DO SENHOR PAULINHO KILL, ESTRADA DO VALE DA ESPERANÇA, E PROXIMIDADES DA RESIDÊNCIA DO SENHOR ADEMAR BIRCA, BEM COMO OA ESTRADA QUE DÁ ACESSO À PROPRIEDADE DO SENHOR TARCISIO CHRIST._x000D_
 POIS, EM TODO ESTE PERCURSO SERÃO NECESSÁRIOS 3 (TRÊS) BUEIROS COM MANILHAS DE 30CM. 3 (TRÊS) BUEIROS COM MANILHAS DE 40CM E 1 (UM) BUEIRO COM MANILHAS DE 80CM.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2671/2671_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2671/2671_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA EM SOÍDO DE BAIXO, NO PERCURSO ENTRE A PROPRIEDADE DO SENHOR NELSON WRUCK ATÉ A IGREJA LUTERANA, ILUMINANDO TAMBÉM, TODOS OS LOCAIS NA ESTRADA PRINCIPAL ONDE TENHAM RESIDENCIAS. </t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2670/2670_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2670/2670_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAMOS A COMPRA DE UMA ÁREA DE TERRA PARA A CONSTRUÇÃO DA SEDE DA ASSOCIAÇÃO DE MORADORES DE SOÍDO DE BAIXO, BEM COMO A CONSTRUÇÃO DE UM LOCAL PARA AS REUNIÕES E ENCONTROS DO GRUPO DA 3ª IDADE._x000D_
 INDICAMOS AINDA, A CONTRATAÇÃO DE UM AGENTE DE SAÚDE PARA ATENDER AS FAMÍLIAS DA REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2669/2669_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2669/2669_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE COM URGÊNCIA A IMPLANTAÇÃO DOS EQUIPAMENTOS NECESSÁRIOS E PINTURA COM AS DEMARCAÇÕES, PARA A REALIZAÇÃO DA PRÁTICA DO BASQUETEBOL, NO GINÁSIO DE ESPORTES PAULO LORENZONI.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2668/2668_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2668/2668_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR O FUNCIONAMENTO DE UMA NOVA UNIDADE DE CAPTAÇÃO DE ÁGUA DA COMUNIDADE DE BETINHO SIMON.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2667/2667_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2667/2667_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DO PROGRAMA BRASIL PROFISSIONALIZADO, EDUCAÇÃO PROFISSIONAL E TECNOLÓGICA NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2666/2666_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2666/2666_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAR UM CENTRO DE ACOLHIMENTO PARA AS PESSOAS, PRINCIPALMENTE PARA IDOSOS, GESTANTES E CRIANÇAS, ONDE POSSAM LANCHAR, DIALOGAR E PASSAR ALGUMAS HORAS ENQUANTO ESPERAM CONSULTAS, EXAMES E OUTROS PROCEDIMENTOS.</t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2665/2665_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2665/2665_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAGEM DAS SEGUINTES ESTRADAS:_x000D_
 -INICIO NA PROPRIEDADE DO SENHOR CARLOS PREST, PASSANDO PELAS PROPRIEDADES DOS SENHORES JAIME ZAMBOM E JOSÉ CARLOS BRAVIM, ATÉ O INICIO DA RUA PREST, EM ARAGUAIA._x000D_
 -INICIO NO PONTILHÃO EM RIO FUNDO ATÉ A RODOVIA JÁCOMO RONCHI, EM ARAGUAIA._x000D_
 -INICIO NA PROPRIEDADE DA FAMÍLIA CANAL ATÉ A PROPRIEDADE DO SENHOR ARTHUR TAVARES.</t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2664/2664_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2664/2664_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DE APROXIMADAMENTE 150M (CENTO E CINQUENTA METROS) DE UMA LADEIRA LOCALIZADA ENTRE AS PROPRIEDADES DO SENHOR JOSÉ LUIS BRAVIM E O SENHOR ARTUR TAVARES, EM ALTO ARAGUAIA.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2663/2663_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2663/2663_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANILHAMENTO AO LADO DA CRECHE EM SANTA MARIA E REDE DE TRATAMENTO DE ESGOTO NA BAIXADA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2662/2662_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2662/2662_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE 03 (TRÊS) QUEBRA MOLAS NO PERCURSO DA RUA THEOBALDO RUPF.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2661/2661_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2661/2661_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAR E CASCALHARAS ESTRADAS QUE DÃO ACESSO A COMUNIDADE BOM JESUS.</t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2660/2660_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2660/2660_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DE UMA PONTE PRÓXIMO A LINHA FÉRREA, LOCALIZADA NA, ESTRADA QUE DÁ ACESSO A DIVERSAS PROPRIEDADES, A REFERIDA PONTE FICA APÓS A PROPRIEDADE DO SENHOR MERINHO KIEFER.</t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2659/2659_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2659/2659_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE FOSSAS SÉPTICAS PARA AS FAMÍLIAS RESIDENTES NO INTERIOR DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2658/2658_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2658/2658_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DO PISO E REFORMA GERAL DA QUADRA POLIESPORTIVA DE BOM JESUS.</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2657/2657_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2657/2657_texto_integral.jpeg</t>
   </si>
   <si>
     <t>EXTENSÃO DA ILUMINAÇÃO PÚBLICA DA RUA ANTERNOR DOS SANTOS BRAGA ATÉ AS PROXIMIDADES DO SITIO DO SENHOR FLOMIRO ENDLICH.</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2656/2656_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2656/2656_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO DE UMA ESTRADA PARALELA À RUA ALBERTO HENRIQUE LUIZ RAASCH, DANDO ACESSO A DIVERSAS RESIDÊNCIAS, ESTRADA ESTA, QUE SE INICIA NA RESIDENCIA DO SENHOR BABÁ BUENO.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2655/2655_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2655/2655_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA E SANEAMENTO BÁSICO PARA OS MORADORES DAS RUAS FLORIANO KIEFER, JOSÉ CÂNDIDO DA SILVEIRA E RUA MARIA DA GLÓRIA SILVEIRA.</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2654/2654_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2654/2654_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM BANHEIRO PÚBLICO PARA A COMUNIDADE DE SANTA RITA, PRÓXIMO AO CAMPO DE AREIA, OU ENTÃO, A LIBERAÇÃO DO BANHEIRO EXTERNO DA UNIDADE DE SAÚDE DO BAIRRO, PARA QUE O MESMO FIQUE ABERTO ATÉ AS 23:00 HORAS, PARA ATENDER A POPULAÇÃO.</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2653/2653_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2653/2653_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS PARA AS RUAS PROJETADAS QUE FICAM NO FINAL DA RUA CECILIA PITANGA NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2652/2652_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2652/2652_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VIABILIZAR O CALÇAMENTO DE UM BECO DE APROXIMADAMENTE 40 (QUARENTA) METROS, ONDE DÁ ACESSO À ESCADARIA QUE FICA AO LADO DA CESAN, BEM COMO A IMPLANTAÇÃO DE UM CORRIMÃO NESTA ESCADARIA. POIS, DIVERSAS CRIANÇAS UTILIZAM ESTA ESCADARIA PARA SEGUIREM PARA AS ESCOLAS, ALÉM DE DIVERSAS PESSOAS IDOSAS.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2651/2651_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2651/2651_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CURSO BÁSICO DE PRIMEIROS SOCORROS PARA PROFESSORES DA REDE MUNICIPAL.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2650/2650_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2650/2650_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA NO CÓRREGO PARALELO À RUA QUINTA DOS LAGOS, NO BAIRRO SANTA RITA, COM INICIO DA LIMPEZA NA PADARIA DA PRAÇA, PASSANDO PELA CRECHE LEONOR MIGUEL FEU ROSA ATÉ A NASCENTE DO REFERIDO CÓRREGO.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2649/2649_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2649/2649_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO CONHECIDO POPULARMENTE COMO BAIXADA DE SANTA MARIA, NOS LOTES DE PROPRIEDADE DA PREFEITURA.</t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2648/2648_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2648/2648_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO E URBANIZAÇÃO DO BAIRRO QUE SE FORMOU NO LOTEAMENTO DO SENHOR TARCÍSIO KLEIN, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2647/2647_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2647/2647_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DAS ÁREAS DE PROPRIEDADE FAMILIAR DO SENHOR JOÃO DE NADAI E LUIZ ALBERTO PREST, LOCALIZADAS NA AVENIDA DOS IMIGRANTES, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2646/2646_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2646/2646_texto_integral.jpeg</t>
   </si>
   <si>
     <t>EXECUÇÃO DE SERVIÇOS DE JARDINAGEM EM TODO O TREVO DE PARAJU, BEM COMO REALIZAR A TAPAGEM DE BURACOS E A PINTURA DE MEIOS FIOS.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2645/2645_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2645/2645_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PUBLICA PARA A COMUNIDADE DE CÓRREGO DO OURO, EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2644/2644_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2644/2644_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE UMA LIMPEZA GERAL NA RUA DELIMAR SCHUNCK, RECOLHENDO TODO O LIXO ESPALHADO ÀS MARGENS DESTA RUA E DA LINHA FÉRREA, ALÉM DA PINTURA DOS MEIOS FIOS,</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2643/2643_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2643/2643_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM BANHEIRO PÚBLICO NA PRAÇA FIORAVANTE ANDRÉ LORENZONI, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2642/2642_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2642/2642_texto_integral.jpeg</t>
   </si>
   <si>
     <t>FORNECIMENTO DE VACINA CONTRA VARICELA (CATAPORA) PELA REDE MUNICIPAL DE SAÚDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2641/2641_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2641/2641_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DE UMA PONTE DE MADEIRA, PRÓXIMO À RESIDENCIA DO SENHOR PEDRO FAIOL, EM PARALELO À ESTRADA PRINCIPAL DE BOM JESUS E, REABERTURA DE UM TRECHO DE ESTRADA, PRÓXIMO A RESIDENCIA DO SENHOR ANACLETO RAASCH, EM COSTA PEREIRA.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2640/2640_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2640/2640_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE ODONTÓLOGO PARA ATENDER A COMUNIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2639/2639_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2639/2639_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPAROS EM TODO O PISO DA QUADRA DE ESPORTES DE VICTOR HUGO E CONSTRUÇÃO DE BANHEIROS EXTERNOS.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2638/2638_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2638/2638_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CALÇAMENTO OU PAVIMENTAÇÃO ASFÁLTICA NA VILA DE BOM JESUS, BEM COMO A INSTALAÇÃO DE UMA ILUMINAÇÃO PÚBLICA DE QUALIDADE.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2637/2637_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2637/2637_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA OU CALÇAMENTO DA RUA FLORIANO KIEFER E ADJACÊNCIAS, LOCALIZADAS NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2636/2636_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2636/2636_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANILHAR OS CÓRREGOS DO BAIRRO SANTA RITA, COM INICIO NA LAGOA EXISTENTES NA PROPRIEDADE DO SENHOR ADILSON RUPF E TÉRMINO PRÓXIMO Á PADARIA DA PRAÇA.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2635/2635_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2635/2635_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA SUBIDA DA COMUNIDADE DE CÓRREGO DO OURO, EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2634/2634_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2634/2634_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A COMUNIDADE DE SOÍDO DE BAIXO, INICIANDO-SE NO POSTO IPIRANGA ATÉ AS PROXIMIDADES DA PROPRIEDADE DO SENHOR AMARÍLIO KLEIN.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2633/2633_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2633/2633_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE NOVOS MATERIAIS ESPORTIVOS, COMO BOLAS, KITS DE UNIFORMES, COLETES E OUTROS, PARA ATENDER AS DIVERSAS CRIANÇAS E JOVENS QUE PARTICIPAM DOS TREINAMENTOS OFERECIDOS PELO DEPARTAMENTO ESPORTIVO DA PREFEITURA MUNICIPAL, ALÉM DE DISPONIBILIZAR E PREPARAR O GINÁSIO DE ESPORTES PAULO LORENZONI PARA A PRÁTICA DO BASQUETEBOL.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2632/2632_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2632/2632_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE PLACAS DE SINALIZAÇÃO E PINTURA DOS QUEBRA MOLAS, CONSTRUÍDOS RECENTEMENTE NA RUA ANTENOR DOS SANTOS BRAGA.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2631/2631_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2631/2631_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE DIVERSAS RAMPAS PARA ACESSO A CADEIRANTES, NO CALÇADÃO QUE ESTÁ SENDO CONSTRUÍDO NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2630/2630_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2630/2630_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE UMA VISTORIA POR PARTE DOS TÉCNICOS E SERVIDORES DO PODER EXECUTIVO, EM TODOS OS BUEIROS E GALERIAS DE TODOS OS CÓRREGOS QUE ATRAVESSAM A SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2629/2629_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2629/2629_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCESSÃO DE NOVO UNIFORME PARA TODOS OS SERVIDORES DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2628/2628_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2628/2628_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CANALETAS E MEIO FIO PARA ESCOAMENTO DAS ÁGUAS DAS CHUVAS, NA PAVIMENTAÇÃO ASFÁLTICA DA COMUNIDADE DE RIO FUNDO, NO PERCURSO ENTRE O POSTO DE SAÚDE E O CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2627/2627_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2627/2627_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICAMOS A COMPRA OU LOCAÇÃO DE MICRO ÔNIBUS PARA MELHORAR AINDA MAIS O ATENDIMENTO NA SAÚDE MUNICIPAL,VISANDO A LOCOMOÇÃO DE PACIENTES QUE REALIZAM TRATAMENTOS OU CONSULTAS NA GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2626/2626_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2626/2626_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPARAR OU SUBSTITUIR POR MANILHAS, UMA PONTE QUE DÁ ACESSO À PROPRIEDADE DE DIVERSAS FAMÍLIAS QUE TRABALHAM COM PRODUTOS DE HORTIFRUTI,TENDO COMO REFERÊNCIA A ESTRADA QUE DÁ ACESSO À PROPRIEDADE DO SENHOR ADEMAR PIRCA, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2625/2625_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2625/2625_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGOS PARA PASSAGEIROS DE ÔNIBUS EM TODOS OS PONTOS DE PARADA NO INTERIOR DO MUNICÍPIO DE MARECHAL FLORIANO, EM ESPECIAL O DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2624/2624_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2624/2624_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PADRONIZAÇÃO DAS CALÇADAS NO PERCURSO DA RUA GUSTAVO HERTEL, NO SEU LADO DIREITO, PARALELO AO CALÇADÃO QUE ESTA SENDO CONSTRUÍDO, EM ESPECIAL AS CALÇADAS LOCALIZADAS EM FRENTE AS RESIDENCIAS. </t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2623/2623_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2623/2623_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DESMEMBRAMENTO DOS LOTES DOADOS PELO PODER EXECUTIVO MUNICIPAL, LOCALIZADOS NO BAIRRO SÉRGIO SEBASTIÃO STEIN, ALÉM DE PROVIDENCIAR AS ESCRITURAS DAS CASAS LOCALIZADAS NA COMUNIDADE DE SANTA RITA, BEM COMO AS CASAS LOCALIZADAS ATRÁS DO SUPERMERCADO BEM VINDO.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2622/2622_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2622/2622_texto_integral.jpeg</t>
   </si>
   <si>
     <t>URGÊNCIA NA ABERTURA DE UMA NOVA RUA, INTERLIGANDO A RUA ADHOLFO HULLE E A RUA HELENA SANTA CLARA, NO LOCAL DO IMÓVEL ADQUIRIDO PRÓXIMO AO BANESTES DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2621/2621_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2621/2621_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR CASCALHO, AREIA GROSSA OU MATERIAL SIMILAR EM FRENTE AOS COMÉRCIOS MÁSTER MOTOS, SHOPCAR E OS DEMAIS LOCALIZADOS ÀS MARGENS DA RODOVIA BR 262, AO LADO DA GARAGEM DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2620/2620_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2620/2620_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PONTE OU MANILHAMENTO DE UM CÓRREGO NA COMUNIDADE DE BOA ESPERANÇA, PRÓXIMO AS RESIDÊNCIAS DOS SENHORES DIONIZIO, OTTO PADILHA, SR FRANCISCO, SR EDMILSON, SR JOEL BASSANI E SR MIRO BASSANI, VISANDO NÃO INTERROMPER O ESCOAMENTO DA PRODUÇÃO HORTIFRUIGRANJEIRA.</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2619/2619_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2619/2619_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA-MOLAS NA RUA VICTOR TRAVÁGLIA, PRÓXIMO A RESIDENCIA DA SRª MARLUCE MERÍSIO.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2618/2618_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2618/2618_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR LATÕES PARA RECOLHIMENTO DO LIXO DE APROXIMADAMENTE 40 RESIDENCIAS EM COSTA PEREIRA, PRÓXIMO A MERCEARIA DO SENHOR DADÁ E PRÓXIMO AO CONDOMÍNIO DAS ÁGUAS NA ESTRADA PRINCIPAL QUE DÁ ACESSO A COSTA PEREIRA E BOM JESUS, BEM COMO PROVIDENCIAR A CONSTRUÇÃO DE ALGUNS DEPÓSITOS TEMPORÁRIOS NESTE PERCURSO, PARA QUE O LIXO FIQUE EM LOCAL ADEQUADO ATÉ QUE O CAMINHÃO FAÇA O RECOLHIMENTO.</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2617/2617_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2617/2617_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TROCA DOS PRANCHÕES DE UMA PONTE PRÓXIMO A ESTRADA PRINCIPAL DE BOM JESUS, NO LOCAL DENOMINADO "JAQUEIRA" PRÓXIMO A PROPRIEDADE DO SENHOR ÂNGELO FERREIRA NAZARET.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2616/2616_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2616/2616_texto_integral.jpeg</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2615/2615_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2615/2615_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 04 QUEBRA-MOLAS NO BAIRRO MIGUEL SOUZA EM SANTA MARIA E 02 QUEBRA-MOLAS NO INICIO DE ARAGUAIA,PRÓXIMO AO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2614/2614_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2614/2614_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO DE RUA NA BAIXADA DE SANTA MARIA E MELHORIA DE ILUMINAÇÃO PÚBLICA, COM INICIO NA RESIDENCIA DO SENHOR BERNARDO DE SOUZA ATÉ A RESIDENCIA DO SENHOR JAIR CARPINO (RUA SANTA LUCIA).</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2613/2613_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2613/2613_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REITERAÇÃO DA INDICAÇÃO N°114/2010 QUE SOLICITA A INSTALAÇÃO DE LAMPADA NO POSTE LOCALIZADO NO FINAL DA RUA CATELAN, PRÓXIMO A RESIDENCIA DO SR. ADEMILSON GRECCO, AO LADO DA CASA DO VICE-PREFEITO EM ARAGUAIA.</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2612/2612_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2612/2612_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ESTUDOS DO IMPACTO FINANCEIRO VISANDO A POSSIBILIDADE DE AUMENTO SALARIAL AOS FUNCIONÁRIOS PÚBLICOS EFETIVOS DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2611/2611_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2611/2611_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAR UM PROGRAMA PARA A REALIZAÇÃO DE PEQUENOS PROCEDIMENTOS MÉDICOS NO P.A DE SEDE, COMO A REALIZAÇÃO DE RETIRADA DE UNHA, RETIRADA DE CRAVOS E VERRUGAS, LIPOMA E CISTOS SEBÁCIO.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2610/2610_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2610/2610_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REABERTURA DE ALGUNS PONTOS NA ESTRADA QUE DÁ ACESSO A COMUNIDADE DE VILA SCHUNCK, BEM COMO A PAVIMENTAÇÃO DE UMA LADEIRA MUITO INGRIME LOGO NA CHEGADA DA COMUNIDADE, ALÉM DE CASCALHAR UM TRECHO DE ESTRADA LOGO APÓS A PONTE A ESQUERDA.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2609/2609_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2609/2609_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL QUE SEJA ENVIADO A ESTA CASA UM PROJETO DE LEI AUTORIZANDO OS PROPRIETÁRIOS DE LOTES COM MEDIÇÃO INFERIOR A 300M², ESTIPULANDO UM PRAZO DE ATÉ 90 DIAS, PARA QUE OS MESMOS EFETUEM O REGISTRO E PEÇA A ESCRITURA.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2608/2608_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2608/2608_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA RUA HEMILIO ENTRINGER, LOCALIZADO EM FRENTE AO RESTAURANTE PONTO FRIO.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2607/2607_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2607/2607_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDO SOBRE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA CRECHE PARA O DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2606/2606_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2606/2606_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DE TODAS AS CALÇADAS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2605/2605_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2605/2605_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DOS CÓRREGOS: BATATAL, INICIANDO NO BAIRRO SANTA RITA E DO CÓRREGO QUE SE INICIA PRÓXIMO A GLOBOAVES.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2604/2604_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2604/2604_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR A ÁREA AO LADO DO CAMPO BOM DE BOLA PARA SER USADA NO TREINAMENTO PARA A FORMAÇÃO DE MOTOCICLISTAS APLICADAS PELOS CENTROS DE FORMAÇÃO DE CONDUTORES DE MARECHAL FLORIANO, BEM COMO A REALIZAÇÃO DAS PROVAS APLICADAS PELO DETRAN.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2603/2603_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2603/2603_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO IMEDIATA DE AGENTES DE SAÚDE E MEDICO ODONTÓLOGO PARA A COMUNIDADE DE BOM JESUS EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2602/2602_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2602/2602_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE AS OBRAS DAS QUADRAS  DA CABOCLA E TONINHO KILL SEJAM CONCLUÍDAS, POIS FORAM INICIADAS NA GESTÃO PASSADA E SE ENCONTRAM ABANDONADAS CAUSANDO PREJUÍZO PARA AS RESPECTIVAS COMUNIDADES.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2601/2601_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2601/2601_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CURSO DE QUALIDADE DE ATENDIMENTO AO TURISTA PARA TODOS OS PERMISSIONÁRIOS DE TÁXI DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2600/2600_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2600/2600_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ILUMINAÇÃO PÚBLICA EM ARAGUAIA: NA LADEIRA FERREIRA NETO (SUBIDA DO CEMITÉRIO); E NA RUA ULIANA (BAIRRO ALAGOINHA).</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2599/2599_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2599/2599_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-INCLUSÃO NO CALENDÁRIO DE EVENTOS ESPORTIVOS DO MUNICÍPIO DE MARECHAL FLORIANO;_x000D_
 1-CAMPEONATO MUNICIPAL DE FUTEBOL DE CAMPO NO 1°.SEMESTRE ANUAL;_x000D_
 2-CAMPEONATO MUNICIPAL DE FUTSALL NO 2°.SEMESTRE ANUAL.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2598/2598_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2598/2598_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ADOTE MEDIDAS NO SENTIDO DE FISCALIZAR O USO DO ESPAÇO PÚBLICO E ZELE PARA QUE ELE NÃO SEJA INVADIDO.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2597/2597_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2597/2597_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA ESTENDIDA A REDE DE ILUMINAÇÃO PÚBLICA ATÉ O FINAL DAS RUAS LOCALIZADAS NO MORRO DA MACEFEL, NO BAIRRO JARBINHAS.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2596/2596_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2596/2596_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL INFORME QUAIS PROVIDENCIAS ESTÃO SENDO ADOTADAS COM RELAÇÃO AO AUMENTO SALARIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS. SE HAVERÁ REPOSIÇÃO DAS PERDAS SALARIAIS, SE ESTÃO SENDO FEITOS ESTUDOS PARA ADEQUAÇÃO DO SALARIO DOS FUNCIONÁRIOS AO SALARIO MINIMO VIGENTE, PARA ACABARMOS COM A COMPLEMENTAÇÃO DE SALARIO HOJE EXISTENTE.</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2595/2595_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2595/2595_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DRENAGEM TIPO CANALETA NA ESTRADA PRINCIPAL DE BOM JESUS, PRÓXIMO A RESIDENCIA DA SRª. GRACINDA WERNESBACK.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2594/2594_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2594/2594_texto_integral.jpeg</t>
   </si>
   <si>
     <t>EMISSÃO DE UM DECRETO MUNICIPAL DETERMINADO A PADRONIZAÇÃO DOS UNIFORMES DOS TAXISTAS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2593/2593_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2593/2593_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA NO ENTORNO DA QUADRA DE ESPORTES DA ESCOLA DE ENSINO FUNDAMENTAL E MÉDIO EMÍLIO OSCAR HULLE, INCLUINDO A LIMPEZA DAS CALHAS DA QUADRA.</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2592/2592_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2592/2592_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ENVIE UM PROJETO DE LEI AUTORIZANDO A REGULARIZAÇÃO POR PARTE DOS PROPRIETÁRIOS DE LOTES E IMÓVEIS COM MEDIÇÃO INFERIOR A 300M², ESTIPULANDO-SE UM PRAZO DE 06 MESES.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2591/2591_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2591/2591_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DOS CÓRREGOS: FINAL DA RUA QUINTA DOS LAGOS ATÉ O PRÉDIO DO BANESTES; E DO CÓRREGO QUE COMEÇA NA GLOBOAVES COM TÉRMINO NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2590/2590_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2590/2590_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE A PREFEITURA MUNICIPAL REALIZE A CAPTURA DOS CÃES SOLTOS NAS RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2589/2589_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2589/2589_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS QUANTO AO INICIO DO FUNCIONAMENTO DO CEMITÉRIO PÚBLICO RECANTO DA PAZ.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2588/2588_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2588/2588_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SIMBOLIZAR EM LOCAL PÚBLICO NA ENTRADA DA CIDADE UM MONUMENTO REPRESENTANDO A IMAGEM DA "ORQUÍDEA CATTLEYA WARNERI", COMO UM DOS SÍMBOLOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2587/2587_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2587/2587_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM NOVO SISTEMA PARA MARCAÇÃO DE CONSULTAS NO P.A. DE MARECHAL FLORIANO-DISQUE CONSULTAS.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2586/2586_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2586/2586_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA RUA VICTOR TRAVAGLIA, PRÓXIMO A ESCOLA EMÍLIO OSCAR HULLE.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2585/2585_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2585/2585_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DO PÁTIO NO POSTO DE SAÚDE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2584/2584_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2584/2584_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DIVULGAÇÃO DOS NOMES DOS DISTRITOS DE SANTA MARIA E ARAGUAIA NO PORTAL QUE ESTÁ SENDO CONSTRUÍDO PRÓXIMO AO CENTRO DE AGRONEGÓCIOS, BEM COMO A INSERÇÃO DA FRASE "SEJA BEM VINDO" NOS SEGUINTES IDIOMAS ITALIANO E ALEMÃO.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2583/2583_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2583/2583_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APOIO FINANCEIRO PARA A REALIZAÇÃO DO "NATALE DELLA UNITA" DA COMUNIDADE DE ARAGUAIA, BEM COMO A SESSÃO DE SERVIDORES DO PODER EXECUTIVO PARA A ORNAMENTAÇÃO NA COMUNIDADE.</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2582/2582_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2582/2582_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA GERAL NA ESTRADA PRINCIPAL QUE DÁ ACESSO A COMUNIDADE DE BOM JESUS, INICIANDO NO SITIO DO CAPITÃO.</t>
   </si>
   <si>
     <t>2581</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2581/2581_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2581/2581_texto_integral.jpeg</t>
   </si>
   <si>
     <t>EQUIPAÇÃO DO SALARIO DOS SERVIDORES PÚBLICOS MUNICIPAIS AO SALÁRIO MINIMO, PARA EVITAR O COMPLEMENTO SALARIAL NA FOLHA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>2580</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2580/2580_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2580/2580_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUEBRA MOLAS NA RUA WALDEMAR MEES, PRÓXIMO A BARBEARIA DO SR. JOSE, E OUTRO PRÓXIMO AO BAR DO SR. JOÃO FISCHER.</t>
   </si>
   <si>
     <t>2579</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2579/2579_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2579/2579_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RETIRADA URGENTE DE DUAS ÁRVORES NA RUA DELIMAR SCHUNCK, EM FRENTE A RESIDÊNCIA DA SENHORA DINÁ.</t>
   </si>
   <si>
     <t>2578</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2578/2578_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2578/2578_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTERVENÇÃO DO PODER EXECUTIVO JUNTO A EMPRESA DE TELEFONIA VIVO SOLICITANDO A INSTALAÇÃO DE UMA TORRE DE TELEFONIA MÓVEL PARA ATENDER AS COMUNIDADES DE BOM JESUS E COSTA PEREIRA.</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2577/2577_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2577/2577_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTRATAÇÃO OU DESIGNAÇÃO DE 02 BRAÇAIS PARA TRABALHAREM ESPECIALMENTE NOS CONSERTOS DE BUEIROS E PONTES DO INTERIOR DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2576/2576_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2576/2576_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TRANSPORTE COLETIVO PARA ATENDER AS COMUNIDADES DE BOM JESUS E COSTA PEREIRA, PELO MENOS DUAS VEZES POR SEMANA.</t>
   </si>
   <si>
     <t>2575</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2575/2575_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2575/2575_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR A DISPOSIÇÃO DA COMUNIDADE DE VILA SCHUNCK MAIS 01 OPERADOR DE RETA.</t>
   </si>
   <si>
     <t>2574</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2574/2574_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2574/2574_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, FISCALIZE E PROÍBA A VENDA DE MERCADORIAS POR PARTE DOS AMBULANTES DE OUTRAS CIDADES, EVITANDO QUE O COMERCIANTE LOCAL, QUE PAGA SEUS IMPOSTOS NÃO SAIA PREJUDICADO.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2573/2573_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2573/2573_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VISTORIA E LIMPEZA DE TODOS OS BUEIROS EXISTENTES NA SEDE E INTERIOR DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>LIMPEZA E OPERAÇÃO TAPA BURACOS NO ASFALTAMENTO QUE DÁ ACESSO A COMUNIDADE DE MIGUEL SOUZA, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>2571</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2571/2571_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2571/2571_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CASCALHAMENTO E PATROLAMENTO DE UMA ESTRADA NA LOCALIDADE DA CABOCLA - SOÍDO DE BAIXO, PASSANDO PELO COMÉRCIO DO SENHOR NILSON LITTIG, ATÉ AS PROXIMIDADES DA FAMÍLIA LITTIG.</t>
   </si>
   <si>
     <t>2570</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2570/2570_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2570/2570_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS NA COMUNIDADE DE ARAGUAIA, NOS SEGUINTES TRECHOS:_x000D_
 -RUA FLORIANO SCHNAIDER, INICIANDO NA RESIDÊNCIA DO SENHOR ANTONIO MALINI E TÉRMINO NA RESIDÊNCIA DO SENHOR ADELSON RANGEL;_x000D_
 -RUA ULIANA, EM FRENTE AO MURO QUE FOI CONSTRUÍDO PELA PREFEITURA;_x000D_
 -AVENIDA DOS IMIGRANTES, NA SUBIDA EM FRENTE A POUSADA ARAGUAIA._x000D_
 </t>
   </si>
   <si>
     <t>2569</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2569/2569_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2569/2569_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA GALERIA NO CÓRREGO QUE PASSA AO LADO DAS CASAS POPULARES LOCALIZADAS ATRÁS DO SUPERMERCADO BEM VINDO.</t>
   </si>
   <si>
     <t>2568</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2568/2568_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2568/2568_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE E DENTRO DA LEGISLAÇÃO VIGENTE, EM ESPECIAL A LEI MUNICIPAL N°801/2009, CONCEDA AOS MUNÍCIPES DE MARECHAL FLORIANO, AS LICENÇAS AMBIENTAIS.</t>
   </si>
   <si>
     <t>2567</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2567/2567_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2567/2567_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUMENTO SALARIAL ESCALONADO AOS SERVIDORES MUNICIPAIS, PRINCIPALMENTE PARA AQUELES QUE RECEBEM SALARIO INFERIOR AO SALÁRIO MINIMO.</t>
   </si>
   <si>
     <t>2566</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>EXECUÇÃO DA LEI MUNICIPAL N°746/2007, VISANDO A CONTRATAÇÃO DE ESTAGIÁRIOS PARA O PODER EXECUTIVO MUNICIPAL NO ANO DE 2012.</t>
   </si>
   <si>
     <t>2565</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2565/2565_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2565/2565_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VERIFICAR O SANEAMENTO BÁSICO DA RUA EDUARDO RUPF, PRÓXIMO A RUA QUE ESTÁ SENDO CONSTRUÍDA ATRÁS DA RESIDÊNCIA DO SENHOR ERILDO EFFGEN.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2564/2564_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2564/2564_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DAS FAIXAS E COLOCAÇÃO DAS PLACAS INDICANDO VAGA DE ESTACIONAMENTO EXCLUSIVO PARA MOTOS NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2563/2563_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2563/2563_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CORTE DE ALGUMAS ÁRVORES ACIMA DAS BARREIRAS QUE CAÍRAM NA RUA GUSTAVO HERTEL, NO PERCURSO ONDE FOI REALIZADO A ABERTURA PARA CONSTRUÇÃO DO CALÇADÃO.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2562/2562_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2562/2562_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS PRÓXIMO AO NEGO PLANTAS, SAINDO DO BAIRRO VILA DAS ORQUIDEAS ATÉ A BR 262.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2561/2561_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2561/2561_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROTEÇÃO LATERAL, TIPO CORREMÃO, NA PONTE SOBRE O CÓRREGO BATATAL, LOCALIZADO PRÓXIMO À NOVA SEDE DA SECRETARIA DE EDUCAÇÃO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2560</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2560/2560_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2560/2560_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA DISPONIBILIZADO ATENDIMENTO MÉDICO PEDIÁTRICO NOS FINAIS DE SEMANA, NO P.A.DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2559</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2559/2559_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2559/2559_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-LIMPEZA DA GALERIA NO PERCURSO ENTRE A VILA DAS ORQUÍDEAS ATÉ O BATALHÃO DO CORPO DE BOMBEIROS._x000D_
 -QUE A SECRETARIA MUNICIPAL DE OBRAS DISPONIBILIZE O MATERIAL NECESSÁRIO PARA COLOCAR MAIS UMA CAMADA DE ASFALTO NA ENTRADA DA RUA ALVINO WASSEM.</t>
   </si>
   <si>
     <t>2558</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2558/2558_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2558/2558_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPAROS GERAL NO TELHADO DA ESCOLA MUNICIPAL DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>2557</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2557/2557_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2557/2557_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-AQUISIÇÃO DE 15 MANILHAS DE "40CM" PARA CONFECÇÃO DE 01 BUEIRO PRÓXIMO A RESIDENCIA DO SR.NELSON WRUCH, LOCALIZADO EM SOÍDO DE BAIXO._x000D_
 -AQUISIÇÃO DE 20 MANILHAS DE "8OCM" PARA TIRADA DE ÁGUA, QUE VEM DA ESTRADA PRINCIPAL, QUE ESTÁ ALAGANDO O QUINTAL E RESIDENCIA DA SRª NEUSA E DO SR. PAULINHO KILL, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2712/2712_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2712/2712_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR UM QUEBRA MOLAS NO INICIO DA SUBIDA DA RUA CECILIA PITANGA, PRÓXIMO À MACEFEL.</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2428/2428_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2428/2428_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO A TODOS OS VEREADORES DO MUNICÍPIO DE ALFREDO CHAVES </t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2427/2427_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2427/2427_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR A SENHORA MATILDE GALINA DE NADAI </t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2426/2426_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2426/2426_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR A SENHORA ELZA EWALD MENDES </t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2425/2425_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2425/2425_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE PROFUNDO PESAR SENHORA ILDA CHAGAS PENHA </t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2424/2424_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2424/2424_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AOS SRS. POLICIAIS CIVIS - DELEGADO DR. GERALDO RODRIGUES PEÇANHA, ESCRIVÃO WASHINGTON ALMEIDA COTTA E O INVESTIGADOR FLAVIO ANTONIO SANTOS DE FRANÇA </t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2423/2423_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2423/2423_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. ALEXANDRE JACINTO TAQUETTE </t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2422/2422_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2422/2422_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO A ILMº. SRª. ELEN CHRISTINE VIEIRA SANTOS BONELA  </t>
   </si>
   <si>
     <t>2421</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2421/2421_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2421/2421_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO AO ILMº. SR. ELIAS KIEFER </t>
   </si>
   <si>
     <t>2420</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2420/2420_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2420/2420_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO AO SR. CÉSAR COLNAGO - DEPUTADO FEDERAL </t>
   </si>
   <si>
     <t>2419</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2419/2419_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2419/2419_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO A SRª. ROSE DE FREITAS - DEPUTADA FEDERAL </t>
   </si>
   <si>
     <t>2418</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2418/2418_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2418/2418_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE PROFUNDO PESAR AO SR. VALDEMAR COSTA </t>
   </si>
   <si>
     <t>2417</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2417/2417_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2417/2417_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SRª. MARIA WANDA DA SILVA DE SOUZA </t>
   </si>
   <si>
     <t>2416</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2416/2416_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2416/2416_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO A DIRETORIA E MEMBROS FUNDADORES DO ROTARY CLUBE DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2415/2415_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2415/2415_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSO E RECONHECIMENTO A SENHORA ROSINEIDE MOREIRA SALVADOR </t>
   </si>
   <si>
     <t>2414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2414/2414_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2414/2414_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SRª. JUDITH RAMOS DELPIEIRO </t>
   </si>
   <si>
     <t>2413</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2413/2413_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2413/2413_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO A TODOS OS POLICIAIS MILITARES </t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AO CONSELHO TUTELAR DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2411/2411_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2411/2411_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSOS E RECONHECIMENTO AOS SENHORES VALTER KLIPPEL, ABRÃO KIEFER E FÁBIO JOSÉ RAASCH </t>
   </si>
   <si>
     <t>2410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2410/2410_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2410/2410_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO A IGREJA LUTERANA DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2409/2409_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2409/2409_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AO SENHOR EDMAR JOSÉ BARBOSA </t>
   </si>
   <si>
     <t>2408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2408/2408_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2408/2408_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VOTO DE APLAUSO E RECONHECIMENTO AO DIA DO DESBRAVADOR </t>
   </si>
   <si>
     <t>2407</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2407/2407_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2407/2407_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SENHORA MARIA INGLE NALESSO </t>
   </si>
   <si>
     <t>2406</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2406/2406_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2406/2406_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO A TODOS FORMADOS NO CURSO DE ADMINISTRAÇÃO DA FUNDAÇÃO UNIVERSIDADE TOCANTINS  </t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2405/2405_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2405/2405_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SENHORA ROSIMERE GERHARDT BORTOLINI GRECO </t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2404/2404_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2404/2404_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AOS SENHORES IZIDRO SIQUEIRA NETO E FRANCISCO ALEXANDRE PENHA </t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2403/2403_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2403/2403_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO SENHOR IZAIAS MARCOS MOGNOL </t>
   </si>
   <si>
     <t>2402</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2402/2402_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2402/2402_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AO SENHOR ANTONIO MARTINS DE NADAI </t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2401/2401_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2401/2401_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. JAIME KUSTER </t>
   </si>
   <si>
     <t>2400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2400/2400_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2400/2400_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AO DR. IVAN MARTINS S. FILHO </t>
   </si>
   <si>
     <t>2399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2399/2399_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2399/2399_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AO SOLDADO DA PM SRª CIRLA BUSATO </t>
   </si>
   <si>
     <t>2398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2398/2398_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2398/2398_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO A REALIZAÇÃO DA 1ª FAVESU, FEIRA DE AVICULTURA E SUINOCULTURA CAPIXABA </t>
   </si>
   <si>
     <t>2397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2397/2397_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2397/2397_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. VALDEMIRO RACH </t>
   </si>
   <si>
     <t>2396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2396/2396_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2396/2396_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO SECRETÁRIO DE OBRAS E SERVIÇOS URBANOS </t>
   </si>
   <si>
     <t>2395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2395/2395_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2395/2395_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A SRª. LEDA MARGARIDA BRAVIM FERREIRA </t>
   </si>
   <si>
     <t>2394</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2394/2394_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2394/2394_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SRª. ANA FERRON BRAVIM </t>
   </si>
   <si>
     <t>2393</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2393/2393_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2393/2393_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AO SR. JOAQUIM GONÇALVES SERPA E DEMAIS MEMBROS DA DIRETORIA  </t>
   </si>
   <si>
     <t>2392</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2392/2392_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2392/2392_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO AO CLUBE DE REGATAS VASCO DA GAMA </t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2391/2391_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2391/2391_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AOS ATLETAS E COMISSÃO TÉCNICA DA SELEÇÃO DE FUTSAL DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2390</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2390/2390_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2390/2390_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSO E RECONHECIMENTO A SENHORA LIANE MARIA BRAVIM CATELAN </t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2389/2389_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2389/2389_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SENHORA NAIR PEREIRA DA COSTA </t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2388/2388_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2388/2388_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. FRANCISCO DE PAULA PEREIRA </t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2387/2387_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2387/2387_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SENHORA NORMA REGINA RODRIGUES </t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2386/2386_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2386/2386_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR A SENHORA ILMA ESPÍNDULA BREMENKAMP </t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2385/2385_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2385/2385_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A EXCELENTÍSSIMA SENHORA PREFEITA DE MARECHAL FLORIANO ELIANE PAES LORENZONI E TODA SUA EQUIPE DE SECRETÁRIOS MUNICIPAIS </t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2384/2384_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2384/2384_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AOS SECRETÁRIOS MUNICIPAIS DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2383/2383_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2383/2383_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. PAULO RENATO COSTA SOUZA </t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2382/2382_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2382/2382_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO EXCELENTÍSSIMO SENHOR JUIZ DE DIREITO DA CÂMARA DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2381/2381_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2381/2381_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM VOTO DE APLAUSOS E RECONHECIMENTO EM DISTINÇÃO AO MÉDICO GINECOLOGISTA, DR. OTTO</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2380/2380_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2380/2380_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR DR. CÉSAR QUINTAES</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2379/2379_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2379/2379_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A TODOS OS SERVIDORES DA CÂMARA DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2378/2378_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2378/2378_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO SENHOR UBALDINO SARAIVA </t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2377/2377_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2377/2377_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO PESAR AO SENHOR PEDRO BUENO </t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2376/2376_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2376/2376_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SENHOR ANACLETO BOTELHO DE ALMEIDA  </t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2375/2375_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2375/2375_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO EM DISTINÇÃO AOS SERVIDORES DA VIGILÂNCIA SANITÁRIA DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2374/2374_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2374/2374_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO SENHOR JOÃO ADILSO SCALFONE </t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2373/2373_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2373/2373_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO O SENHOR HERMILO NARDI GAMA </t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2372/2372_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2372/2372_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. ROGÉRIO DUARTE SILVA </t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2371/2371_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2371/2371_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SR. MÁRIO TRANPADINI </t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2370/2370_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2370/2370_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE PROFUNDO PESAR A SENHORA RUTH MENDES COSTALONGA </t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2369/2369_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2369/2369_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AO SENHOR JOÃO DANIEL</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2368/2368_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2368/2368_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AOS ATLETAS DAVI DOS SANTOS GOBBI E GABRIEL DOS SANTOS GOBBI </t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2367/2367_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2367/2367_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM VOTO DE APLAUSOS E RECONHECIMENTO A SENHORA LUCINÉIA GUIMARÃES PREST</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2366/2366_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2366/2366_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A SENHORA VANUZA MORAES KLEIN E O SENHOR VANDAIK COSTA ARAUJO </t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2365/2365_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2365/2365_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE PROFUNDO PESAR AO SENHOR BENEDITO MARQUES </t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2364/2364_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2364/2364_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR A SENHORA LINDANALVA CAVATI DOS SANTOS</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2363/2363_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2363/2363_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AO SR. JOSÉ FELIPE KNIDEL</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2362/2362_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2362/2362_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E RECONHECIMENTO AOS IRMÃOS DA LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS </t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2361/2361_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2361/2361_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A EQUIPE DE PROFISSIONAIS DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO VICTÓRIO BRAVIM </t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2350/2350_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2350/2350_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E CONGRATULAÇÃO A TODOS OS MEMBROS DA LOJA MAÇÔNICA BARAQUIEL PINTO DE MADEIROS </t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2346/2346_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2346/2346_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTE, ESTENDENDO-SE AOS DIRETORES, COORDENADORES, PROFESSORES E DEMAIS SERVIDORES </t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2339/2339_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2339/2339_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A ILUSTRÍSSIMA SENHORA ÉZIA KLIPPEL </t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2334/2334_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2334/2334_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO SENHOR JOAQUIM GONÇALVES SERPA </t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2327/2327_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2327/2327_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AO SENHOR JOSÉ GERVÁSIO CRISTO </t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2324/2324_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2324/2324_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR JOSÉ LAURENTINO JARETTA E A SUA ESPOSA A ILUSTRÍSSIMA SENHORA  DALVA MARIA DORNELAS JARETTA </t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2315/2315_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2315/2315_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A TODOS OS PROFISSIONAIS E ALUNOS PELA BRILHANTE REALIZAÇÃO DO 1° PASSEIO CICLÍSTICO DO CENTRO EDUCACIONAL INTEGRAÇÃO </t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2313/2313_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2313/2313_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE PESAR AOS FAMILIARES DA JOVEM KELLY KUSTER </t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2310/2310_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2310/2310_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR DR. GERALDO PEÇANHA  </t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2296/2296_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2296/2296_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR VITAL SCHUNK</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2294/2294_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2294/2294_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E CONGRATULAÇÕES AO ILUSTRÍSSIMO SENHOR DARCI PORTO NASCIMENTO </t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2292/2292_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2292/2292_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A EXCELENTÍSSIMA SENHORA GABRIELA STOCKL RONCHI E IRMÃOS</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2291/2291_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2291/2291_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO SENHOR CARLOS ALBERTO CURTO E EQUIPE </t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2289/2289_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2289/2289_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO A SENHORA MARIA ARLETE NOVAES MORAES DA SILVA E EQUIPE </t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2283/2283_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2283/2283_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM VOTO DE APLAUSOS E RECONHECIMENTO A TODOS OS SERVIDORES DA CÂMARA DE MARECHAL FLORIANO</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2281/2281_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2281/2281_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AS EQUIPES VENCEDORAS DO CAMPEONATO MUNICIPAL DE FUTSAL DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2280/2280_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2280/2280_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO EXCELENTÍSSIMO SENHOR TENENTE CORONEL D'ISEP</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2278/2278_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2278/2278_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE REPÚDIO AO ORGANIZADORES DO II CAMPEONATO MUNICIPAL DE FUTSAL DE MARECHAL FLORIANO  </t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2277/2277_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2277/2277_texto_integral.jpeg</t>
   </si>
   <si>
     <t>UM VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR ELIELSO MAGNO YNDLY</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2275/2275_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2275/2275_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UM VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR CALOR PEDRINI COSTA </t>
   </si>
   <si>
     <t>11527</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11527/pc_001-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11527/pc_001-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 017/2011. "INSTITUI PLANTÃO MÉDICO PEDIÁTRICO NAS ESCOLAS MUNICIPAIS".</t>
   </si>
   <si>
     <t>11528</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11528/pc_002-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11528/pc_002-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 002/2011. "AUTORIZA O INGRESSO DE IRUPI, TRANSFORMA A PESSOA JURÍDICA SUPORTE DO CIM PEDRA AZUL/ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11529</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11529/pc_003-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11529/pc_003-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 004/2011. "AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVOS ÁS FUTURAS INSTALAÇÕES DE EMPRESAS QUE SERÃO IMPLANTADAS NO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11530</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11530/pc_004-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11530/pc_004-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 010/2011. "CONCEDE REPASSE À ENTIDADE DE ORGANIZAÇÃO DE AMPARO A IDOSOS - "SOU FELIZ".</t>
   </si>
   <si>
     <t>11531</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11531/pc_005-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11531/pc_005-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 011/2011. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA DE SAÚDE DA MULHER, COM AÇÕES DIRIGIDAS PARA O ATENDIMENTO DAS NECESSIDADES PRIORITÁRIAS DESSE GRUPO".</t>
   </si>
   <si>
     <t>11532</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11532/pc_006-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11532/pc_006-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 012/2011. "AUTORIZA O PODER EXECUTIVO MUCIPAL A CONCEDER UM DIA DE LICENÇA POR ANO, PARA A REALIZAÇÃO DE EXAME PREVENTIVO DE CANCER GINECOLOGICO E DE PROSTATA PARA OS FUNCIONÁRIOS COM 40 ANOS OU MAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11533/pc_007-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11533/pc_007-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 014/2011. "CRIA A GUARDA MIRIM MUNICIPAL".</t>
   </si>
   <si>
     <t>11534</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11534/pc_008-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11534/pc_008-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 016/2011. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ISENÇÃO OU REMISSÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) PARA O EXERCÍCIO DE 2011, INCIDENTE SOBRE IMÓVEIS EDIFICADOS ATINGIDOS POR ENCHENTES E ALAGAMENTOS CAUSADOS PELAS CHUVAS OCORRIDAS NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11535</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11535/pc_009-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11535/pc_009-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 017/2011. " INSTITUI PLANTÃO MÉDICO PEDIÁTRICO NAS ESCOLAS MUNICIPAIS".</t>
   </si>
   <si>
     <t>11536</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11536/pc_010-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11536/pc_010-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 019/2011. "AUTORIZA O PODER EXECUTIVO E O PODER LEGISLATIVO MUNICIPAL A CONCEDER REAJUSTE AOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11537</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11537/pc_011-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11537/pc_011-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 025/2011. "DISPÕE SOBRE A OBRIGATORIEDADE DO USO DE EQUIPAMENTOS DE PREVENÇÃO E COMBATE A INCENDIOS EM TODOS OS ÓRGÃOS PÚBLICOS MUNICIPAIS".</t>
   </si>
   <si>
     <t>11538</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11538/pc_012-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11538/pc_012-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 026/2011. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A IMPLANTAR O PROGRAMA SHOW NA PRAÇA".</t>
   </si>
   <si>
     <t>11539</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11539/pc_013-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11539/pc_013-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 021/2011. "ALTERA ARTIGOS DA LEI MUNICIPAL N° 135 DE 30 DE STEMBRO DE 1995 - CÓDIGO DE POSTURA".</t>
   </si>
   <si>
     <t>11540</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11540/pc_014-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11540/pc_014-2011.pdf</t>
   </si>
   <si>
     <t>11541</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11541/pc_015-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11541/pc_015-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 022/2011. "DECLARA COMO UTILIDADE PÚBLICA A ASSOCIAÇÃO PARA O DESENVOLVIMENTO COMUNITÁRIO DE BOA ESPERANÇA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11542</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11542/pc_016-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11542/pc_016-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 028/2011. "DISPÕE SOBRE A IMPLANTAÇÃO DO "PROGRAMA SAÚDE DO ALUNO" NA REDE MUNICIPAL DE ENSINO".</t>
   </si>
   <si>
     <t>11543</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11543/pc_017-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11543/pc_017-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 029/2011. "INSTITUI O PROGRAMA "VIVEMOS DE MUDAS" NAS ESCOLAS MUNICIPAIS".</t>
   </si>
   <si>
     <t>11544</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11544/pc_018-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11544/pc_018-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 035/2011. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O "PROGRAMA INTERNET PARA TODOS", NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11545</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11545/pc_019-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11545/pc_019-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 036/2011. "DISPÕE SOBRE AJUDA DE CUSTO DE TRANSPORTE A ESTUDANTES QUE CURSAM O ENSINO SUPERIOR E SEGUNDO GRAU TÉCNICO PROFISSIONALIZANTE FORA DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11546</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11546/pc_020-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11546/pc_020-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 037/2011. "INSTITUI NO ÂMBITO MUNICIPAL, O PROGRAMA DOE SEU MEDICAMENTO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11586</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11586/pc_021-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11586/pc_021-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 039/2011. "FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A CONTRATAR PROFISSIONAL ESPECIALIZADO PARA COLOCAR EM PRÁTICA O "PROGRAMA DE ENSINO DO TAEKWONDO", INSTITUIDO PELA LEI MUNICIPAL N° 785 DE 31 DE MARÇO DE 2008".</t>
   </si>
   <si>
     <t>11588</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11588/pc_022-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11588/pc_022-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 042/2011. "INSTITUI O PROGRAMA DE ENSINO DE MÚSICA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11590</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11590/pc_023-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11590/pc_023-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 040/2011. "INSTITUI O USO DE SACOLAS PLÁSTICAS BIODEGRADÁVEIS OU OXI-BIODEGRADÁVEIS EM TODOS OS ESTABELECIMENTOS COMERCIAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11591</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11591/pc_024-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11591/pc_024-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 040/2011.</t>
   </si>
   <si>
     <t>11593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11593/pc_025-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11593/pc_025-2011.pdf</t>
   </si>
   <si>
     <t>11594</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11594/pc_026-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11594/pc_026-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 047/2011. "DISPÕE SOBRE A REALIZAÇÃO DE ANÁLISES BACTERIOLÓGICAS NAS FONTES DE ÁGUA POTÁVEL DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11595/pc_027-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11595/pc_027-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 048/2011. "DENOMINA DE CEMITÉRIO RECANTO DA PAZ".</t>
   </si>
   <si>
     <t>11597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11597/pc_028-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11597/pc_028-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 049/2011. "DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>11598</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11598/pc_029-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11598/pc_029-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 050/2011. "DISPÕE SOBRE O PROGRAMA DE ESTÁGIO PARA ESTUDANTES, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>11601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11601/pc_030-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11601/pc_030-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 051/2011. "DISPÕE SOBRE REAJUSTE PARA OS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11606</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11606/pc_031-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11606/pc_031-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 052/2011. "DENOMINA DE JOSÉ HENRIQUE PEREIRA O CAMPO MUNICIPAL DE FUTEBOL SOCIETY DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11609</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11609/pc_032-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11609/pc_032-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 015/2011. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZA LEILÃO PARA A VENDA DE VEÍCULOS AUTOMOTORES PERTENCENTES AO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11610</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11610/pc_033-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11610/pc_033-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 030/2011. "DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11611</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11611/pc_034-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11611/pc_034-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 030/2011. "DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS - LDO".</t>
   </si>
   <si>
     <t>11613</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11613/pc_035-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11613/pc_035-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 053/2011.</t>
   </si>
   <si>
     <t>11614</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11614/pc_036-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11614/pc_036-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 044/2011. "AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11615</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11615/pc_037-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11615/pc_037-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 044/2011. "AUTORIZA ABERTURADE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11616</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11616/pc_038-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11616/pc_038-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 056/2011. "AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O SERVIÇO DE INSPEÇÃO MUNICIPAL - (S.I.M.) E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>11617</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11617/pc_039-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11617/pc_039-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 055/2011. "AUTORIZA A REALIZAÇÃO DO EXAME DENOMINADO EMISSÕES OTOACÚSTICAS EVOCADAS - "TESTE DA ORELHINHA" EM RECÉM-NASCIDOS NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11618</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11618/pc_040-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11618/pc_040-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 060/2011. "INSTITUI A COMENDA JACINTO CATELAN JUNIOR, ESTABELECE NORMAS PARA SUA CONCESSÃO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>11619</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11619/pc_041-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11619/pc_041-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 064/2011. "AUTORIZA O PODER EXECUTIVO A INSTRUIR O PROGRAMA ACADEMIA NA TERCEIRA IDADE - ATI E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11620</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11620/pc_042-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11620/pc_042-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 079/2011. "DENOMINA DE PRAÇA DE ESPORTE E LAZER TONINHO SANTANA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11621</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11621/pc_043-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11621/pc_043-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 080/2011. "DISPÕE SOBRE A IMPLANTAÇÃO DE UM PROGRAMA E/OU CURSO DE CONHECIMENTOS BÁSICOS DE PRIMEIROS SOCORROS PARA TODOS OS PROFESSORES DE ESCOLAS MUNICIPAIS, ESTADUAIS E PARTICULARES DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11622</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11622/pc_044-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11622/pc_044-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 081/2011. "DISPÕE SOBRE A CRIAÇÃO DO BAIRRO NOSSA SENHORA DA PENHA, NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11623</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11623/pc_045-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11623/pc_045-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 082/2011. "INSTITUI O DIA MUNICIPAL DO FRANGO, NO MUNICÍPIO DE MARECHAL FLORIANO"</t>
   </si>
   <si>
     <t>11624</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11624/pc_046-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11624/pc_046-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 088/2011. "OBRIGA O PODER EXECUTIVO MUNICIPAL A FAZER A REVISÃO E O RECADASTRAMENTO DOS IMÓVEIS A CADA 02 ANOS PARA FINS DE COBRANÇA DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA - IPTU".</t>
   </si>
   <si>
     <t>11625</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11625/pc_047-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11625/pc_047-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 090/2011. "DISPÕE SOBRE A INCLUSÃO UM VEÍCULO NO ANEXO I DA LEI MUNICIPAL N°. 1055 DE 15 DE JULHO DE 2011".</t>
   </si>
   <si>
     <t>11626</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11626/pc_048-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11626/pc_048-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO A PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO - EXERCICIO DE 2004 - PREFEITO JOÃO CARLOS LORENZONI".</t>
   </si>
   <si>
     <t>11627</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11627/pc_049-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11627/pc_049-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 094/2011. "AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO RÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11628</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11628/pc_050-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11628/pc_050-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 095/2011. "ACRESCENTA O INCISO 2° AO ART. 2° DA LEI N° 1.085, DE 30 DE SETEMBRO DE 2011, DISPENSANDO A NOTA DE EMPENHO PARA A REALIZAÇÃO DA DESPESA, NOS TERMOS DO ART. 60, INCISO 1°, DA LEI FEDERAL N° 4.320, DE 17 DE MARÇO DE 1964".</t>
   </si>
   <si>
     <t>11629</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11629/pc_051-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11629/pc_051-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 097/2011. "DISPÕE SOBRE A CONCESSÃO DE ABONO PECUNIÁRIO PARA OS SERVIDORES EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>11630</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11630/pc_052-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11630/pc_052-2011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 098/2011. "DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REJEIÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCICIO DE 2004</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4094/4094_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4094/4094_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTALAR PLACAS INDICATIVAS DE LOCALIZAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES. </t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
     <t>Eliane Paes Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4093/4093_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4093/4093_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O INGRESSO DE IRUPI, TRANSFORMA A PESSOA JURÍDICA SUPORTE DO CIM PEDRA AZUL/ES E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4091/4091_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4091/4091_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVOS AS FUTURAS INSTALAÇÕES DE EMPRESAS QUE SERÃO IMPLANTADAS NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4090/4090_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4090/4090_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A COMPETÊNCIA E EMISSÃO DA CARTEIRA DE IDENTIDADE ESTUDANTIL NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4089/4089_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4089/4089_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ANISTIA FISCAL DO IMPOSTO PREDIAL E TERRITORIAL URBANO IPTU E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4088/4088_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4088/4088_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIRO A FUNDAÇÃO HOSPITALAR DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS - FHASDOMAR. </t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4087/4087_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4087/4087_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O REPASSE DO INCENTIVO DE CUSTEIO DO GOVERNO FEDERAL AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS), VINCULADOS ÁS EQUIPES DE SAÚDE DE FAMÍLIA, POR MEIO DA PORTARIA N°. 3.178, DE 19 DE OUTUBRO DE 2010 DO MINISTÉRIO DA SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4086/4086_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4086/4086_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REPASSE Á ENTIDADE DE ORGANIZAÇÃO DE AMPARO A IDOSOS - SOU FELIZ. </t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4085/4085_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4085/4085_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA DE SAÚDE DA MULHER, COM AÇÕES DIRIGIDAS PARA O ATENDIMENTO DAS NECESSIDADES PRIORITÁRIAS DESSE GRUPO. </t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4084/4084_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4084/4084_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O SERVIÇO PUBLICO MUNICIPAL A CONCEDER DIA DE LICENÇA POR ANO, PARA A REALIZAÇÃO DE EXAMES PREVENTIVO DE CÂNCER GINECOLÓGICO E DE PRÓSTATA PARA OS FUNCIONÁRIOS COM 40 ANOS OU MAIS E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4083/4083_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4083/4083_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A GUARDA MIRIM MUNICIPAL </t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4082/4082_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4082/4082_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR LEILÃO PARA A VENDA DE VEÍCULOS AUTOMOTORES PERTENCENTES AO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4081/4081_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4081/4081_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ISENÇÃO OU REMISSÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) PARA O EXERCICIO DE 2011, INCIDENTE SOBRE IMÓVEIS EDIFICADOS ATINGIDOS POR ENCHENTES E ALAGAMENTOS CAUSADOS PLEAS CHUVAS OCORRIDAS NO MUNICÍPIO DE MARECHAL FLORIANO EM 2011.</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4080/4080_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4080/4080_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI PLANTÃO MÉDICO PEDIÁTRICO NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4079/4079_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4079/4079_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL "MAURO JOSÉ CHRISTO".</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4077/4077_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4077/4077_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO E O PODER LEGISLATIVO A CONCEDER REAJUSTE AOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4076/4076_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4076/4076_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA Á PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4075/4075_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4075/4075_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA ARTIGOS DA LEI MUNICIPAL N° 170 DE 30 DE SETEMBRO DE 1995- CÓDIGO DE POSTURA. </t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4073/4073_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4073/4073_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA COMO UTILIDADE PÚBLICA A ASSOCIAÇÃO PARA O DESENVOLVIMENTO COMUNITÁRIO DE BOA ESPERANÇA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4072/4072_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4072/4072_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO USO DE EQUIPAMENTOS DE PREVENÇÃO E COMBATE A INCÊNDIOS EM TODOS OS ÓRGÃOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>Abel  Bungenstab</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4071/4071_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4071/4071_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A IMPLANTAR O PROGRAMA SHOW NA PRAÇA.</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4069/4069_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4069/4069_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TORNA OBRIGATÓRIA A INSCRIÇÃO, NO RODAPÉ DAS LEIS, O NOME DOS VEREADORES QUE SUBSCREVERAM O PROJETO. </t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4068/4068_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4068/4068_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A IMPLANTAÇÃO DO "PROGRAMA SAÚDE DO ALUNO" NA REDE MUNICIPAL DE ENSINO. </t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4066/4066_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4066/4066_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "VIVEMOS DE MUDAS" NAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4063/4063_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4063/4063_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXECÍCIO FINANCEIRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4062/4062_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4062/4062_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O "DIA DO JIPEIRO" E A "SEMANA MUNICIPAL DE EVENTOS E COMEMORAÇÕES DOS PRATICANTES DE ESPORTES RADICAIS". </t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4061/4061_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4061/4061_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA PISO SALARIAL PROFISSIONAL NACIONAL PARA OS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA. </t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4060/4060_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4060/4060_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL "CANTINHO DA TIA MARIA".</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4059/4059_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4059/4059_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ABONO SALARIAL AOS INTEGRANTES DO QUADRO DE MAGISTÉRIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTES DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>Gabriela Stockl Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4058/4058_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4058/4058_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O "PROGRAMA INTERNET PARA TODOS", NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4057/4057_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4057/4057_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUDA DE CUSTO DE TRANSPORTE A ESTUDANTES QUE CURSAM O ENSINO SUPERIOR E SEGUNDO GRAU TÉCNICO PROFISSIONALIZANTE FORA DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4056/4056_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4056/4056_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO ÂMBITO MUNICIPAL, O PROGRAMA DOE SEU MEDICAMENTO, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4055/4055_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4055/4055_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ISENÇÃO DO PAGAMENTO DE INGRESSO PARA OS SERVIDORES PÚBLICOS MUNICIPAIS, QUANDO DAS REALIZAÇÃO DAS FESTAS PROVIDAS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4054/4054_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4054/4054_texto_integral.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO MUNICIPAL AUTORIZADO A CONTRATAR PROFISSIONAIS ESPECIALIZADOS PARA COLOCAR EM PRÁTICA O "PROGRAMA DE ENSINO DO TAEKWONDO", INSTITUÍDO PELA LEI MUNICIPAL N° 785 DE 31 DE MARÇO DE 2008.</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>Alcino Diniz, Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4053/4053_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4053/4053_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O USO OBRIGATÓRIO DE SACOLAS PLÁSTICAS BIODEGRADÁVEIS OU OXI-BIODEGRADÁVEIS EM TODOS OS ESTABELECIMENTOS COMERCIAIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4052/4052_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4052/4052_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA ÁREA DE PERÍMETRO URBANO NO ARTIGO 5° DA LEI N° 066 DE 08 DE ABRIL DE 1994. </t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4051/4051_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4051/4051_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE ENSINO DE MÚSICA NO MUNICÍPIO DE MARECHAL FLORIANO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4050/4050_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4050/4050_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIROS A AVES - ASSOCIAÇÃO DOS AVICULTORES DO ESTADO DO ESPIRITO SANTO E A ASES - ASSOCIAÇÃO DE SUINOCULTORES DO ESTADO DO ESPIRITO SANTO. </t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4049/4049_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4049/4049_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4048/4048_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4048/4048_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL. </t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4047/4047_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4047/4047_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O NOME DA SECRETARIA MUNICIPAL DE AÇÃO SOCIAL PARA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4046/4046_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4046/4046_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REALIZAÇÃO DE ANÁLISES BACTERIOLÓGICAS NAS FONTES DE ÁGUA POTÁVEL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4045/4045_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4045/4045_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE CEMITÉRIO MUNICIPAL RECANTO DA PAZ </t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4044/4044_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4044/4044_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4043/4043_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4043/4043_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PROGRAMA DE ESTÁGIO PARA ESTUDANTES, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4042/4042_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4042/4042_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE REAJUSTE PARA OS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4041/4041_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4041/4041_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE JOSÉ HENRIQUE PEREIRA FILHO O CAMPO MUNICIPAL DE FUTEBOL SOCIETY DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4040/4040_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4040/4040_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CRIAÇÃO DA "ESCOLA DE ARTES DA TERCEIRA IDADE" NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4039/4039_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4039/4039_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A REALIZAÇÃO DO "TESTE DO OLHINHO" EM RECÉM-NASCIDOS NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4038/4038_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4038/4038_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A REALIZAÇÃO DO EXAME DENOMINADO EMISSÕES OTOACÚSTICAS EVOCADAS - "TESTE DA ORELINHA" EM RECÉM-NASCIDOS RESIDENTES NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>Alcino Diniz</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4037/4037_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4037/4037_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA PODER EXECUTIVO MUNICIPAL A INSTITUIR O SERVIÇO DE INSPEÇÃO MUNICIPAL - (S.I.M.) E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4036/4036_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4036/4036_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA FLORIANO KIEFER. </t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4035/4035_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4035/4035_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTAR ÁREA DE PERÍMETRO URBANO NO ARTIGO 5° DA LEI N° 066 DE 08 DE ABRIL DE 1994. </t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4034/4034_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4034/4034_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE GRATIFICAÇÃO ESPECIAL DE FUNÇÃO A TÍTULO DE EQUIPARAÇÃO SALARIAL AOS AGENTES COMUNITARIOS DE SAÚDE CONTRATADOS COM BASE NA LEI MUNICIPAL N° 878/2009.</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4032/4032_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4032/4032_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A COMENDA JACINTO CATELAN JUNIOR, ESTABELECE NORMAS PARA SUA CONCESSÃO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4029/4029_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4029/4029_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL O INSTITUTO RAÍZES DA TERRA - IRT, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4028/4028_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4028/4028_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO DE SOÍDO DE BAIXO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4026/4026_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4026/4026_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A SEMANA MUNICIPAL DE LIMPEZA DO RIO JUCU BRAÇO SUL. </t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4025/4025_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4025/4025_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA ACADEMIA DA TERCEIRA IDADE - ATI DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4024/4024_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4024/4024_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADÃO FLORIANENSE</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4022/4022_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4022/4022_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO. </t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4021/4021_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4021/4021_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4020/4020_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4020/4020_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4018/4018_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4018/4018_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4016/4016_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4016/4016_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADÃO FLORIANENSE. </t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4014/4014_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4014/4014_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE CONCESSÃO DE TÍTULOS DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO. </t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>Paulo Roberto Raasch</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4012/4012_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4012/4012_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4010/4010_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4010/4010_texto_integral.jpeg</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4009/4009_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4009/4009_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL CONCEDER TÍTULOS DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4007/4007_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4007/4007_texto_integral.pdf</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4005/4005_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4005/4005_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DA COMENDA JACINTO CATELAN JUNIOR. </t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4004/4004_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4004/4004_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL PARA COMPLEMENTAR ÁREA DE ABERTURA DE RUA. </t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3999/3999_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3999/3999_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR A DESPESA DE ALIMENTAÇÃO PARA APROXIMADAMENTE 100 PESSOAS INTEGRANTES E INSTRUTORES DA BANDA JUNIOR DA POLICIA MILITAR DO ESTADO DO ESPÍRITO SANTO. </t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3996/3996_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3996/3996_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE PRAÇA DE ESPORTE E LAZER TONINHO SANTANA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3994/3994_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3994/3994_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A IMPLANTAÇÃO DE UM PROGRAMA E/OU CURSO DE CONHECIMENTO BÁSICO DE PRIMEIROS SOCORROS PARA TODOS OS PROFESSORES DE ESCOLAS MUNICIPAIS, ESTADUAIS E PARTICULARES DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3991/3991_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3991/3991_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO BAIRRO NOSSA SENHORA DA PENHA, NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3988/3988_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3988/3988_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O DIA MUNICIPAL DO FRANGO, NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3986/3986_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3986/3986_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 1.600.000,00 (UM MILHÃO E SEISCENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3980/3980_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3980/3980_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CONTRATAR FINANCIAMENTO JUNTO DO BANCO DO BRASIL, NA QUALIDADE DE AGENTE FINANCEIRO, A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS. </t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3976/3976_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3976/3976_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O VALOR DO AUXILIO ALIMENTAÇÃO DO SERVIDOR PÚBLICO MUNICIPAL. </t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3974/3974_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3974/3974_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI, NO MUNICÍPIO, O CONCURSO DE DECORAÇÃO NATAL DE LUZ. </t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3972/3972_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3972/3972_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 6.000,00 (SEIS MIL REAIS).</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3970/3970_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3970/3970_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OBRIGA O PODER EXECUTIVO MUNICIPAL A FAZER A REVISÃO E O RECADASTRAMENTO DOS IMÓVEIS A CADA 02 ANOS PARA FINS DE COBRANÇA DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA - IPTU. </t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3968/3968_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3968/3968_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INCLUSÃO DE DOIS VEÍCULOS NO ANEXO I DA LEI MUNICIPAL N°. 1055, DE 15 DE JULHO DE 2011. </t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3964/3964_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3964/3964_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE CESTA DE NATAL AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3962/3962_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3962/3962_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O HINO OFICIAL DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3959/3959_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3959/3959_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZAÇÃO PARA PAGAMENTO DE PREMIAÇÃO NO VALOR DE R$ 6.000,00 (SEIS MIL REAIS) AOS VENCEDORES DO VIII CONCURSO DE QUALIDADE DO CAFÉ DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3957/3957_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3957/3957_texto_integral.pdf</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3956/3956_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3956/3956_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O §2° AO ART. 2° DA LEI N° 1.085 DE 30 DE SETEMBRO DE 2011, DISPENSANDO NOTA DE EMPENHO PARA A REALIZAÇÃO DA DESPESA, NOS TERMOS DO ART. 60, §1°, DA LEI FEDERAL N° 4.320, DE 17 DE MARÇO DE 1964.</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
     <t>MESA DIRETORA 2011/2012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3953/3953_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3953/3953_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ABONO PECUNIÁRIO PARA OS SERVIDORES EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3950/3950_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3950/3950_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3947/3947_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3947/3947_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR CONTRATO ADMINISTRATIVO DE PRESTAÇÃO DE SERVIÇOS, POR TEMPO DETERMINADO PARA O PROGRAMA INCLUIR E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3944/3944_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3944/3944_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE JANETA ROSA SIMON STÖCKL A NOVA UNIDADE BÁSICA DE SAÚDE DO DISTRITO DE SANTA MARIA, MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3936/3936_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3936/3936_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O DÉCIMO QUARTO SALÁRIO AOS PROFISSIONAIS DA EDUCAÇÃO DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>13185</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/13185/camscanner_03-28-2023_10.23..pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/13185/camscanner_03-28-2023_10.23..pdf</t>
   </si>
   <si>
     <t>"FICA DENOMINADA DE "CEMITÉRIO MUNICIPAL RECANTO DA PAZ" O CEMITÉRIO LOCALIZADO NA RUA GUSTAVO HERTEL, BAIRRO SANTA RITA, MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>10449</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10449/pr001-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10449/pr001-2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10450</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10450/pr002-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10450/pr002-2011.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO ORÇAMENTÁRIA DO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2975/2975_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2975/2975_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-COPIA DAS FOLHAS DE PAGAMENTO DA PREFEITURA MUNICIPAL REFERENTE AOS MESES DE OUTUBRO, NOVEMBRO E DEZEMBRO DE 2010 E JANEIRO DE 2011.</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2974/2974_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2974/2974_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-COPIA DE DOCUMENTOS INFORMANDO TODOS OS GASTOS EFETUADOS NA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA, ESPECIFICANDO ITEM POR ITEM.</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2973/2973_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2973/2973_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- COPIA DE DOCUMENTOS INFORMANDO O NOME DOS SERVIDORES BRAÇAIS QUE FORAM RECONTRATADOS E TAMBÉM AQUELES QUE FORAM NOMEADOS RECENTEMENTE, DISCRIMINANDO O ATUAL LOCAL DE TRABALHO DE CADA UM, CONFORME AUTORIZAÇÃO OBTIDA PELA LEI MUNICIPAL N°.1.013 DE 22 DE DEZEMBRO DE 2010._x000D_
 2- CASO AS VAGAS AINDA NÃO FORAM TODAS PREENCHIDAS, FAVOR INFORMAR POR ESCRITO.</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2972/2972_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2972/2972_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- RELAÇÃO DE TODOS OS VEÍCULOS, TRATORES, MÁQUINAS QUE SE ENCONTRAM A SERVIÇO DAS SECRETARIAS DE AGRICULTURA E OBRAS INDICANDO A NUMERAÇÃO OU PLACA DE IDENTIFICAÇÃO.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2971/2971_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2971/2971_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- RELATÓRIO REFERENTE AO VALOR MENSAL DA ARRECADAÇÃO MUNICIPAL NOS ANOS DE 2009/2010.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2970/2970_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2970/2970_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- REQUER QUE SEJA OFERTADO O "ALUGUEL SOCIAL" ÀS PESSOAS ATINGIDAS PELAS ENCHENTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2969/2969_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2969/2969_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- LIMPEZA DO RIO JUCU BRAÇO SUL E SEUS AFLUENTES UMA VEZ POR ANO, ENTRE OS MESES DE JUNHO E AGOSTO.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2968/2968_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2968/2968_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- CÓPIA DE TODA A DOCUMENTAÇÃO ADOTADA REFERENTE À REFORMA DO TELHADO E/OU REFORMA DA ESCOLA ELISIÁRIO FERREIRA FILHO REALIZADO NO ANO DE 2008, CONTENDO A PLANILHA DE EXECUÇÃO E OS PAGAMENTOS REFERENTES A ESTES SERVIÇOS.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2967/2967_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2967/2967_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- CÓPIA DE TODA A DOCUMENTAÇÃO E PROCEDIMENTOS ADOTADOS NA CONTRATAÇÃO, DIVULGAÇÃO E DEMAIS GASTOS POR OCASIÃO DA FESTA CARNAVALESCA, REALIZADA EM MARECHAL FLORIANO ANO 2011.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2966/2966_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2966/2966_texto_integral.jpeg</t>
   </si>
   <si>
     <t>- CÓPIA DE TODOS OS PROCESSOS LICITATÓRIOS REFERENTE À COMPRA DE MATERIAIS DE CONSTRUÇÃO NO ANO DE 2010, CONSTANDO TODOS OS MATERIAIS DE CONSTRUÇÃO NO ANO DE 2010, CONSTANDO TODO OS MATERIAIS ENTREGUES À PREFEITURA E PAGOS ATÉ A PRESENTE DATA, INCLUINDO NESTE REQUERIMENTO TODAS AS EMPRESAS QUE PARTICIPARAM DOS CERTAMES._x000D_
 -INFORMAR OS LOCAIS ONDE OS REFERIDOS MATERIAIS FORAM ENTREGUES E OS LOCAIS DE SUA UTILIZAÇÃO.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2965/2965_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2965/2965_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO DE ALIMENTAÇÃO NO PRONTO ATENDIMENTO DE SAÚDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2964/2964_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2964/2964_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-RELAÇÃO DE TODA A DOCUMENTAÇÃO REFERENTE À TOMADA DE PREÇOS E/OU LICITAÇÕES DAS OBRAS DE REFORMA E AMPLIAÇÃO DO COLÉGIO ELISIÁRIO FERREIRA FILHO E CRECHE FLOMIRO ENDLICH CANAL NETO, CONSTANDO AS PLANILHAS DE EXECUÇÃO E PLANILHAS DE ACRÉSCIMOS REFERENTE AOS ADITIVOS DAS MESMAS.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2963/2963_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2963/2963_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- REABERTURA DO RIO QUE INTERLIGA O DISTRITO DE ARAGUAIA ATÉ A COMUNIDADE DE BARRA DO RIO FUNDO, PRÓXIMO AO POSTO IPIRANGA.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2962/2962_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2962/2962_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- REQUER A REALIZAÇÃO DE ESTUDOS SOBRE A POSSIBILIDADE DE PAGAMENTO DE HORAS EXTRAS PARA OS MOTORISTAS DE AMBULÂNCIA DO "P.A", VISANDO O PRINCIPIO DA ISONOMIA, SEGUINDO OS PARÂMETROS QUE REGEM AS HORAS EXTRAS PARA OS MOTORISTAS DE OUTRAS SECRETARIAS.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2961/2961_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2961/2961_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- AUMENTO DO VALOR DO TICKET ALIMENTAÇÃO DE R$ 60,00 (SESSENTA REAIS) PARA R$ 110,00 (CENTO E DEZ REAIS).</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2960/2960_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2960/2960_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-REQUER QUE PODER EXECUTIVO MUNICIPAL CONCEDA ALIMENTAÇÃO AOS SERVIDORES DO PRONTO ATENDIMENTO DE MARECHAL FLORIANO QUE EXERCEM SUAS FUNÇÕES A REGIME DE PLANTÃO.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2959/2959_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2959/2959_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- RELAÇÃO DE TODA A DOCUMENTAÇÃO REFERENTE À TOMADA DE PREÇOS E/OU LICITAÇÕES DAS OBRAS DE REFORMA E AMPLIAÇÃO DO COLÉGIO ELISIÁRIO FERREIRA FILHO E CRECHE FLOMIRO ENDLICH CANAL NETO, CONSTANDO AS PLANILHAS DE EXECUÇÃO E PLANILHAS DE ACRÉSCIMO REFERENTE AOS ADITIVOS DAS MESMAS.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2958/2958_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2958/2958_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- CÓPIA DE TODA DOCUMENTAÇÃO REFERENTE À AQUISIÇÃO DO VEÍCULO PARA A 3ª IDADE, SE A COMPRA É PROVENIENTE DE RECURSOS PRÓPRIOS, EMENDA PARLAMENTAR OU CONVÊNIO.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2957/2957_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2957/2957_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1- CÓPIA DO CONTRATO FIRMADO ENTRE A PREFEITURA E A EMPRESA RESPONSÁVEL PELA LIMPEZA DO RIO BRAÇO SUL DO RIO JUCU.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2956/2956_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2956/2956_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DO CONTRATO FIRMADO ENTRE A PREFEITURA E A EMPRESA RESPONSÁVEL PELA EXECUÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA EM BARRA DO RIO FUNDO, BOA ESPERANÇA, SANTA MARIA E ARAGUAIA.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2955/2955_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2955/2955_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PELO DNIT, COM RELAÇÃO À CURVA DO KM 48 DA BR 262 (PRÓXIMO AO POSTO IPIRANGA), UMA VEZ QUE, OS ACIDENTES CONTINUAM ACONTECENDO.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2954/2954_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2954/2954_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS ÀS MARGENS DA BR 262, INDICANDO O NOME DE MARECHAL FLORIANO E A DISTÂNCIA A SER PERCORRIDA.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2953/2953_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2953/2953_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RELAÇÃO DE TODAS AS ATIVIDADES DESENVOLVIDAS PELA SECRETARIA DE AGRICULTURA, BEM COMO O RELATÓRIO DE TODAS AS DESPESAS PAGAS ENTRE OS MESES DE JANEIRO DE 2010 A MAIO DE 2011.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2951/2951_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2951/2951_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-CONSIDERANDO QUE A PREFEITURA MUNICIPAL NOS ÚLTIMOS 3 ANOS VEM PAGANDO ABONO SALARIAL, REQUEREMOS A POSSIBILIDADE DE TRANSFORMAR O ABONO OFERECIDO EM VENCIMENTOS FIXOS, RESPEITANDO O NÍVEL DE ENSINO DE CADA PROFESSOR VALORIZANDO ASSIM O MAGISTÉRIO._x000D_
 -QUAIS OS VALORES CORRESPONDENTES À ARRECADAÇÃO MUNICIPAL DOS ANOS DE 2005 E 2010, E INFORMAR QUAL O VALOR DESTINADO PARA O PAGAMENTO DO MAGISTÉRIO CORRESPONDENTE A CADA ANO._x000D_
 -DE ACORDO COM O ARTIGO 5° DA LEI N° 11.738, DO PISO SALARIAL DE R$ 1.187,97, REQUEREMOS INFORMAÇÕES SOBRE O MOTIVO PELO QUAL O PAGAMENTO RELACIONADO AO PISO SALARIAL NÃO FOI ATUALIZADO DESDE JANEIRO DE 2009, E SE OS MESMOS SERÃO PAGOS DE FORMA RETROATIVA.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2948/2948_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2948/2948_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ESTUDOS SOBRE A POSSIBILIDADE DE REAJUSTE NO TICKET ALIMENTAÇÃO PARA OS SERVIDORES DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2946/2946_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2946/2946_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AOS MESES DE FEVEREIRO, MARÇO, ABRIL E MAIO DE 2011.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>CÓPIA DE TODO O PROCEDIMENTO ADOTADO NA OBRA DE PAVIMENTAÇÃO ASFÁLTICA QUE LIGA A RUA QUINTA DOS LAGOS À COSTA PEREIRA, CONSTANDO A METRAGEM E SEUS RESPECTIVOS VALORES, E SE HOUVER, ESPECIFICAR OBRAS DE ARTE E OUTRAS DESPESAS.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>Cabral, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2944/2944_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2944/2944_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DE EXTRATOS, COMPROVANTES DE PAGAMENTO DA DÍVIDA DO MUNICÍPIO DE MARECHAL FLORIANO JUNTO AO INSS, DESDE O INICIO DA VIGÊNCIA DO ACORDO ONDE FOI DEFINIDO O PARCELAMENTO DA DÍVIDA EM REFERENCIA.</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Alcino Diniz, Aloísio Módolo de Almeida, Cabral, Gabriela Stockl Ronchi, Joaquim Stein, Juarez Xavier, Paulo Lovatti Junior, Paulo Roberto Raasch</t>
   </si>
   <si>
     <t>REQUER QUE, DIANTE DAS DIFICULDADES FINANCEIRAS DO HOSPITAL FHASDOMAR E DIANTE DA GRANDE QUANTIDADE DE PACIENTES DE MARECHAL FLORIANO QUE LÁ SÃO ATENDIDOS, REQUEREMOS QUE SEJAM REALIZADOS REPASSES MENSAIS DE ACORDO COM O NÚMERO DE ATENDIMENTOS.</t>
   </si>
   <si>
     <t>2942</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2942/2942_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2942/2942_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL, CÓPIA DE TODAS AS LICITAÇÕES, INCLUINDO PREGÃO PRESENCIAL, PREGÃO ELETRÔNICO, CARTAS CONVITES E OUTROS, REALIZADOS NO ANO DE 2011.</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
     <t>Alcino Diniz, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2941/2941_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2941/2941_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL CRIE UM DECRETO DETERMINANDO O HORÁRIO DE 22:00  HORAS PARA O FECHAMENTO DAS FARMÁCIAS DE PLANTÃO E QUE AS MESMAS CONTINUE ATENDENDO APÓS ESTE HORÁRIO CONFORME LEI MUNICIPAL N°077/1994</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2940/2940_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2940/2940_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL  AGILIDADE E EMPENHO NO TÉRMINO DOS SERVIÇOS QUE ESTÃO SENDO EXECUTADOS NO CEMITÉRIO DE MARECHAL FLORIANO, PARA QUE O MESMO SEJA LIBERADO PARA FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2939/2939_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2939/2939_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTUDOS SOBRE A POSSIBILIDADE DOS VEÍCULOS APREENDIDOS EM MARECHAL FLORIANO NÃO SEJAM ENCAMINHADOS DIRETAMENTE PARA OS PÁTIOS DA CIDADE DE CARIACICA.</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2936/2936_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2936/2936_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL ESTUDO SOBRE A POSSIBILIDADE DE DOAÇÃO DE MUDAS DE PALMITOS DE VÁRIAS ESPECIES, PARA AUXILIAR NA AGRICULTURA FAMILIAR, OBJETIVANDO O AUMENTO DA RENDA DOS PRODUTORES RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>9368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/9368/035-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/9368/035-2011.pdf</t>
   </si>
   <si>
     <t>MEDIANTE AOS INÚMEROS PEDIDOS DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS, QUANTO A DEFASAGEM SALARIAL QUE SE APROXIMA A 40% E MEDIANTE AOS BAIXOS SALÁRIOS PAGOS AOS EFETIVOS EM RELAÇÃO AOS CARGOS COMISSIONADOS, POSTO QUE OS TRABALHADORES BRAÇAIS CONTRATADOS RECEBEM UM SALÁRIOS SUPERIOR AO EFETIVO, E OS MÉDICOS PLANTONISTAS EFETIVOS RECEBEM PROPORCIONALMENTE  A METADE DOS CONTRATADOS, EQUIVALENDO-SE APENAS NA CARGA HORÁRIA, E, OUTRAS CATEGORIAS TÊM TRATAMENTOS  SIMILARES. PORTANTO, REQUEREMOS A PREFEITA QUE SE FAÇA JUSTIÇA AOS SERVIDORES EFETIVOS, PROPORCIONANDO A PARIDADE SALARIAL E QUE SSEJA DADO AO SERVIDOR EFETIVO UM AUMENTO SALARIAL COMPATÍVEL.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2933/2933_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2933/2933_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER ESTUDOS SOBRE A POSSIBILIDADE DE CONFECCIONAR MAPAS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2932/2932_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2932/2932_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE UM MURO SEJA CONSTRUÍDO ATRÁS DO POSTO DE SAÚDE CÉSAR VELLO PUPPIM.</t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2931/2931_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2931/2931_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INFORMAÇÃO DE QUANTAS EQUIPES DO P.S.F. ESTÃO ATENDENDO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2930/2930_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2930/2930_texto_integral.jpeg</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE PERMITIR O ESTACIONAMENTO EM UM LADO DA PISTA LATERAL Á BR 262, EM FRENTE Á PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2929/2929_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2929/2929_texto_integral.jpeg</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2928/2928_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2928/2928_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPASSE DA VERBA NO VALOR DE R$1.500,00 PARA A ORGANIZAÇÃO DO 1°DESAFIO DE DOWNHILL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2927/2927_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2927/2927_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAR UM PROJETO DE LEI DANDO AUTONOMIA FINANCEIRA AO DEPARTAMENTO DE ESPORTES DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
     <t>RETORNO DOS EQUIPAMENTOS DO CONSULTÓRIO ODONTOLÓGICO PERTENCENTES Á ASSOCIAÇÃO DE BOM JESUS.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2925/2925_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2925/2925_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DA DOCUMENTAÇÃO REFERENTE AO CAMPO BOM DE BOLA.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2924/2924_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2924/2924_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NO PROCEDIMENTO DE MARCAÇÃO DE CONSULTA NO P.A. DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2923/2923_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2923/2923_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-RELATÓRIO DAS ATIVIDADES REALIZADAS PELA SECRETARIA MUNICIPAL DE AGRICULTURA NOS ANOS DE 2010 E 2011, VOLTADAS PARA O ATENDIMENTO AO AGRICULTOR;_x000D_
 -RELATÓRIO DOS SERVIÇOS REALIZADOS PELOS TÉCNICOS AGRÍCOLAS DO MUNICÍPIO, NO ANO DE 2010/2011;_x000D_
 -CRONOGRAMA DE AÇÕES A SEREM DESEMPENHADAS ENTRE OS MESES DE JULHO A DEZEMBRO DE 2011;_x000D_
 -CÓPIA DO PLANEJAMENTO ESTRATÉGICO DA SECRETARIA, NO BIÊNIO DE 2011/2012;_x000D_
 -RELATÓRIO DAS DESPESAS DA SECRETÁRIA, NOS ANOS DE 2010/2011.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2922/2922_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2922/2922_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAR MENSALMENTE A LIMPEZA DO RIO JUCU BRAÇO SUL, OU ELABORAÇÃO DE CAMPANHAS CONVOCANDO VOLUNTÁRIOS DO MUNICÍPIO PARA LIMPEZA DO MESMO.</t>
   </si>
   <si>
     <t>9367</t>
   </si>
   <si>
     <t>REQUER TODA A DOCUMENTAÇÃO REFERENTE AOS GASTOS COM A FESTA ITALEMANHA, REALIZADA NOS DIAS 08,09 E 10 DE JULHO DE 2011, ESPECIFICANDO TAMBÉM, OS GASTOS COM O BINGO, BEM COMO VALOR ARRECADO E A SUA DESTINAÇÃO.</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2921/2921_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2921/2921_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO CONTRATO FIRMADO ENTRE A EMPRESA RESPONSÁVEL PELA LIMPEZA DO RIO JUCU BRAÇO SUL, CONTENDO INCLUSIVE, A AUTORIZAÇÃO DOS ÓRGÃOS AMBIENTAIS.</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2920/2920_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2920/2920_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO CONTRATO REFERENTE À LOCAÇÃO DO IMÓVEL, ONDE FUNCIONA A ESCOLA MUNICIPAL MAURO JOSÉ CHRISTO.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2919/2919_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2919/2919_texto_integral.jpeg</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE ENCAMINHAR O MAQUINÁRIO NECESSÁRIO PARA ABRIR UMA VALA DE APROXIMADAMENTE 800M DE COMPRIMENTO PARA CESAN CANALIZAR TUBOS QUE FORNECERÃO ÁGUA POTÁVEL PARA APROXIMADAMENTE 40 FAMÍLIAS.</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2918/2918_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2918/2918_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A POSSIBILIDADE DE COLOCAR EM FUNCIONAMENTO DO SISTEMA PROÁGUA DA COMUNIDADE DE VILA SCHUNCK, CONFORME SOLICITAÇÃO DOS MORADORES DA REFERIDA COMUNIDADE, ATRAVÉS DO ABAIXO ASSINADO ANEXADO A ESTE REQUERIMENTO.</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2917/2917_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2917/2917_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A MUDANÇA DA UNIDADE DE CAPTAÇÃO DE ÁGUA DA COMUNIDADE DE BETINHO SIMON._x000D_
 REQUER AINDA, QUE SEJAM REALIZADAS AS OBRAS NECESSÁRIAS PARA O TRATAMENTO DO ESGOTO DESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2916/2916_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2916/2916_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RELAÇÃO DE TODOS OS VEÍCULOS PERTENCENTES AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO INFORME QUAIS SERÃO AS PROVIDENCIAS QUE SERÃO TOMADAS PARA O TÉRMINO DAS OBRAS DA QUADRA POLIESPORTIVA DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2914/2914_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2914/2914_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUAIS PROVIDENCIAS SERÃO TOMADAS PARA COLOCAR UM FUNCIONAMENTO O SISTEMA PROÁGUA DA COMUNIDADE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2913/2913_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2913/2913_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAS SOBRE A REGULARIZAÇÃO DOS LOTES LOCALIZADOS NO BAIRRO SANTA RITA, DOADOS PELA PREFEITURA.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2912/2912_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2912/2912_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL VERIFIQUE COM CERTA URGÊNCIA, A DOCUMENTAÇÃO NECESSÁRIA QUE ESTÁ FALTANDO, PARA QUE SEJAM TERMINADOS OS SERVIÇOS DE LIMPEZA DO RIO JUCU BRAÇO SUL, BEM COMO A LIMPEZA DO CÓRREGO, NA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2911/2911_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2911/2911_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INFORMAR O DESTINO DO LIXO RECOLHIDO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
     <t>QUE A EXCELENTÍSSIMA SENHORA PREFEITA ESTUDE A POSSIBILIDADE DE CRIAR A SECRETARIA DE ESPORTE E LAZER,  E, SECRETARIA DE TRANSPORTE E INTERIOR, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2908</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO TODA A DOCUMENTAÇÃO REFERENTE À COMPRA DE MATERIAIS E EQUIPAMENTOS DA CRECHE FLOMIRO ENDLICH CANAL NETO, CONSTANDO AS RESPECTIVAS NOTAS FISCAIS, DISCRIMINANDO TODOS OS ITENS E SEUS VALORES.</t>
   </si>
   <si>
     <t>2907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2907/2907_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2907/2907_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ANALISE DA POSSIBILIDADE DE AUMENTO SALARIAL DE TODOS OS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>2906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2906/2906_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2906/2906_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ENCAMINHE AO INCRA A LEI MUNICIPAL N°1040</t>
   </si>
   <si>
     <t>2905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2905/2905_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2905/2905_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO INFORME COMO ANDA A DISTRIBUIÇÃO DE MUDAS POR PARTE DO VIVEIRO MUNICIPAL E QUAIS OS PROCEDIMENTOS PARA QUE OS MUNÍCIPES POSSAM REQUERER AS MUDAS DE PALMÁCEAS, NATIVAS E OUTRAS.</t>
   </si>
   <si>
     <t>2904</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO INFORME QUAL FOI O PERCENTUAL GASTO COM A FOLHA DE PAGAMENTO DOS ÚLTIMOS 12 (DOZE) MESES, INFORMANDO MÊS A MÊS.</t>
   </si>
   <si>
     <t>2903</t>
   </si>
   <si>
     <t>TENDO EM VISTA O AUMENTO NO VALOR DA CESTA BÁSICA, REQUEIRO QUE O PODER EXECUTIVO ANALISE A POSSIBILIDADE DE OFERECER REAJUSTE NO TICKET ALIMENTAÇÃO PARA OS SERVIDORES DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2902</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2902/2902_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2902/2902_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL PROVIDENCIAS QUANTO A MELHORIAS NA ESCOLA BERNARDO LEONOR EFFGEN:_x000D_
 CONSTRUÇÃO DE UM MURO DE PROTEÇÃO ATRÁS DA ESCOLA;_x000D_
 PLACA DE IDENTIFICAÇÃO COM O NOME DA ESCOLA;_x000D_
 PINTURA DA ESCOLA, PINTURA DO PARQUINHO, BEM COMO COLOCAR AREIA NO MESMO.</t>
   </si>
   <si>
     <t>2901</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2901/2901_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2901/2901_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE UMA NOVA AVALIAÇÃO DOS IMÓVEIS NO MUNICÍPIO OBJETIVANDO ANALISAR SE OS VALORES COBRADOS ESTÃO CORRETOS.</t>
   </si>
   <si>
     <t>2900</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2900/2900_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2900/2900_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INFORME QUAL A ARRECADAÇÃO MENSAL DO GINÁSIO DE ESPORTES PAULO LORENZONI E DO CAMPO BOM DE BOLA, REFERENTE AO ANO DE 2011.</t>
   </si>
   <si>
     <t>2899</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2899/2899_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2899/2899_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE A CÓPIA DO CONTRATO FIRMADO ENTRE A PREFEITURA MUNICIPAL E A EMPRESA RESPONSÁVEL PELA CONSTRUÇÃO DA POLICLÍNICA DE MARECHAL FLORIANO, BEM COMO INFORMAR EM QUE SITUAÇÃO ENCONTRA-SE O ANDAMENTO DESTA OBRA.</t>
   </si>
   <si>
     <t>2898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2898/2898_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2898/2898_texto_integral.jpeg</t>
   </si>
   <si>
     <t>EMBASADO NO OF. PMMF N° 354, REFERENTE À REPOSTA REQUERIMENTO 057/2011 ENVIADO A ESTE PODER, REQUEIRO DO PODER EXECUTIVO MUNICIPAL A CÓPIA DE TODO O PROCESSO ONDE A PREFEITURA DE ENTRADA JUNTO AOS ÓRGÃOS AMBIENTAIS RESPONSÁVEIS PELA LIBERAÇÃO DOS LOTES NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>2897</t>
   </si>
   <si>
     <t>VIABILIZE UM PARECER TÉCNICO PARA REGULARIZAÇÃO DE LOTES NO DISTRITO DE ARAGUAIA, DE PROPRIEDADE DO SR. HILTON EZEQUIEL.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2867/2867_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2867/2867_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DA DOCUMENTAÇÃO REFERENTE À LICITAÇÃO OU TOMADA DE PREÇOS DA CONSTRUÇÃO DO CAMPO DE BOCHA, PRÓXIMO A PESTALOZZI, INCLUINDO TODA A DOCUMENTAÇÃO DE TODAS AS EMPRESAS PARTICIPANTES DO CERTAME.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2865/2865_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2865/2865_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUMENTO DOS VENCIMENTOS DE TODOS OS SERVIDORES DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2860/2860_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2860/2860_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO, ATRAVÉS DE TODAS AS SECRETARIAS MUNICIPAIS, FAÇA CUMPRIR A LEI N°949/2009 DE AUTORIA DESTE VEREADOR, ONDE "CONCEDE LICENÇA AO SERVIDOR PÚBLICO EM SEU ANIVERSÁRIO E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2859/2859_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2859/2859_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAR A INSTALAÇÃO DE PLACA CONSTANDO AS INFORMAÇÕES PERTINENTES Á OBRA DO CALÇADÃO QUE ESTÁ SENDO CONSTRUÍDO NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2858/2858_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2858/2858_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DOS DOCUMENTOS LICITATÓRIOS REFERENTES À CONSTRUÇÃO DO CALÇADÃO DA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2857/2857_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2857/2857_texto_integral.jpeg</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE COMPRA DE UM TERRENO NA LOCALIDADE DE SITIO DAS FLORES, PARA A CONSTRUÇÃO DE UM POSTO DE SAÚDE, VIRADOR E OUTRAS ATIVIDADES PARA ATENDIMENTO AO PÚBLICO.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2856/2856_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2856/2856_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDENCIAS QUANTO À MELHORIAS NO ATENDIMENTO DO PSF NESTA CIDADE.</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2854/2854_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2854/2854_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AOS MESES DE JUNHO, JULHO, AGOSTO E SETEMBRO DE 2011.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2853/2853_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2853/2853_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O PERCENTUAL DE 5,7% A 14% SEJA APLICADO NO REAJUSTE DOS SERVIDORES DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2852/2852_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2852/2852_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A CÓPIA DE TODAS AS NOTAS FISCAIS REFERENTE A MATERIAIS DE CONSTRUÇÃO COMPRADOS NO PERÍODO DE JANEIRO A OUTUBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA DOCUMENTAÇÃO REFERENTE À OBRA DE CONSTRUÇÃO DO CAMPO DE BOCHA.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2847/2847_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2847/2847_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA CUMPRIDO E ACRESCENTADO NA LEI MUNICIPAL N°003/93, A DATA BASE ONDE CONCEDE O REAJUSTE SALARIAL ANUAL AO SERVIDORES PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO._x000D_
 SUGIRO QUE A DATA BASE PARA O REAJUSTE SEJA O MÊS DE JANEIRO DE CADA ANO.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2846/2846_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2846/2846_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROVIDÊNCIAS QUANTO A MELHORIAS NO KM 48 DA RODOVIA BR 262, PRÓXIMO AO POSTO IPIRANGA EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2845/2845_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2845/2845_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIAS DOS BOLETINS DE OCORRÊNCIAS AMBIENTAL - B.O.A. REFERENTE AOS CRIMES AMBIENTAIS PRATICADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>ESTUDO DE IMPACTO FINANCEIRO PARA CONCESSÃO DE REAJUSTE NO VALE FEIRA DA CÂMARA MUNICIPAL PARA O VALOR DE R$40,00 NO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2843/2843_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2843/2843_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL CÓPIA DE TODA A DOCUMENTAÇÃO DAS EMPRESAS QUE PARTICIPARAM DO CERTAME LICITATÓRIO REFERENTE À CONCESSÃO DE CESTAS NATALINAS NESTE EXERCÍCIO, DESTACANDO A EMPRESA VENCEDORA.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2842/2842_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2842/2842_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DA LEI MUNICIPAL N°990/2010, COM OS PARÂMETROS DA LEGISLAÇÃO FEDERAL QUE AMPLIA A DECLIVIDADE PARA 45 GRAUS PARA A CONSTRUÇÃO DE TERRENOS SITUADOS EM MORROS.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2841/2841_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2841/2841_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-REQUER DO PODER EXECUTIVO CÓPIA DE TODAS AS LICENÇAS AMBIENTAIS CONCEDIDAS PELA SECRETARIA MUNICIPAL DE MEIO AMBIENTE NO ANO DE 2011._x000D_
 -INFORMAR EM RELATÓRIO TODAS AS ATIVIDADES RELACIONADAS AO PLANO DE TRABALHO DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, BEM COMO INFORMAR A PARTICIPAÇÃO EM CURSOS, PALESTRAS E DEMAIS ATIVIDADES SÓCIO EDUCATIVAS.</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2909/2909_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2909/2909_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO TODA A DOCUMENTAÇÃO REFERENTE  À COMPRA DE MATERIAIS E EQUIPAMENTOS DA CRECHE FLOMIRO ENDLICH CANAL NETO, CONSTANDO AS RESPECTIVAS NOTAS FISCAIS, DISCRIMINANDO TODOS OS ITENS E SEUS VALORES.</t>
   </si>
   <si>
     <t>12471</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12471/resolucao_001-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12471/resolucao_001-2011.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12472</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12472/resolucao_002-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12472/resolucao_002-2011.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO ORÇAMENTÁRIA DO ORÇAMENTO VIGENTE".</t>
   </si>
   <si>
     <t>12674</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12674/em001-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12674/em001-2011.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 013/2011."</t>
   </si>
   <si>
     <t>12675</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12675/em002-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12675/em002-2011.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 021/2011."</t>
   </si>
   <si>
     <t>12676</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12676/em003-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12676/em003-2011.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 030/2011."</t>
   </si>
   <si>
     <t>12677</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12677/em004-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12677/em004-2011.pdf</t>
   </si>
   <si>
     <t>12678</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12678/em005-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12678/em005-2011.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 038/2011."</t>
   </si>
   <si>
     <t>12679</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12679/em006-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12679/em006-2011.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 089/2011."</t>
   </si>
   <si>
     <t>12680</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12680/em0007-2011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12680/em0007-2011.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 090/2011."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6996,68 +6996,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12238/dl_001-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12239/dl_002-2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12240/dl_003-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12241/dl_004-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12242/dl_005-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12243/dl_006-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12244/dl_007-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12245/dl_008-2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2840/2840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2839/2839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2838/2838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2837/2837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2836/2836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2835/2835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2834/2834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2833/2833_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2832/2832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2831/2831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2830/2830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2829/2829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2828/2828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2827/2827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2826/2826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2825/2825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2824/2824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2823/2823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2822/2822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2820/2820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2821/2821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2819/2819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2818/2818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2817/2817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2816/2816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2815/2815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2814/2814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2813/2813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2812/2812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2811/2811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2810/2810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2809/2809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2808/2808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2807/2807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2806/2806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2805/2805_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2804/2804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2802/2802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2801/2801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2800/2800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2799/2799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2798/2798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2797/2797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2796/2796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2795/2795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2794/2794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2793/2793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2792/2792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2791/2791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2790/2790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2789/2789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2788/2788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2787/2787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2786/2786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2785/2785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2784/2784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2783/2783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2782/2782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2781/2781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2780/2780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2779/2779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2778/2778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2777/2777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2776/2776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2775/2775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2774/2774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2773/2773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2772/2772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2771/2771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2770/2770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2769/2769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2768/2768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2767/2767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2766/2766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2765/2765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2764/2764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2763/2763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2762/2762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2761/2761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2760/2760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2759/2759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2757/2757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2756/2756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2755/2755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2754/2754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2753/2753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2752/2752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2751/2751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2750/2750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2748/2748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2747/2747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2746/2746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2745/2745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2744/2744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2743/2743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2742/2742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2741/2741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2740/2740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2739/2739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2738/2738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2737/2737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2736/2736_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2735/2735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2734/2734_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2733/2733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2732/2732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2731/2731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2730/2730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2729/2729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2728/2728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2727/2727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2726/2726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2725/2725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2724/2724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2723/2723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2722/2722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2721/2721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2720/2720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2719/2719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2718/2718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2717/2717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2716/2716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2715/2715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2714/2714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2713/2713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2711/2711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2710/2710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2709/2709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2708/2708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2707/2707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2706/2706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2705/2705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2704/2704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2703/2703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2702/2702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2701/2701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2700/2700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2699/2699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2698/2698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2697/2697_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2696/2696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2695/2695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2694/2694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2693/2693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2692/2692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2691/2691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2690/2690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2689/2689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2688/2688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2687/2687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2686/2686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2685/2685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2684/2684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2683/2683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2682/2682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2681/2681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2680/2680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2679/2679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2678/2678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2677/2677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2676/2676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2675/2675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2674/2674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2673/2673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2672/2672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2671/2671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2670/2670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2669/2669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2668/2668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2667/2667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2666/2666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2665/2665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2664/2664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2663/2663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2662/2662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2661/2661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2660/2660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2659/2659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2658/2658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2657/2657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2656/2656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2655/2655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2654/2654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2653/2653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2652/2652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2651/2651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2650/2650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2649/2649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2648/2648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2647/2647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2646/2646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2645/2645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2644/2644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2643/2643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2642/2642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2641/2641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2640/2640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2639/2639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2638/2638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2637/2637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2636/2636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2635/2635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2634/2634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2633/2633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2632/2632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2631/2631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2630/2630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2629/2629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2628/2628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2627/2627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2626/2626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2625/2625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2624/2624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2623/2623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2622/2622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2621/2621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2620/2620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2619/2619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2618/2618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2617/2617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2616/2616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2615/2615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2614/2614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2613/2613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2612/2612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2611/2611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2610/2610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2609/2609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2608/2608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2607/2607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2606/2606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2605/2605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2604/2604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2603/2603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2602/2602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2601/2601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2600/2600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2599/2599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2598/2598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2597/2597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2596/2596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2595/2595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2594/2594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2593/2593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2592/2592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2591/2591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2590/2590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2589/2589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2588/2588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2587/2587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2586/2586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2585/2585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2584/2584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2583/2583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2582/2582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2581/2581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2580/2580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2579/2579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2578/2578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2577/2577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2576/2576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2575/2575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2574/2574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2573/2573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2571/2571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2570/2570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2569/2569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2568/2568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2567/2567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2565/2565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2564/2564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2563/2563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2562/2562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2561/2561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2560/2560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2559/2559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2558/2558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2557/2557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2712/2712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2428/2428_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2427/2427_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2426/2426_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2425/2425_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2424/2424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2423/2423_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2422/2422_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2421/2421_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2420/2420_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2419/2419_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2418/2418_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2417/2417_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2416/2416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2415/2415_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2414/2414_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2413/2413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2411/2411_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2410/2410_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2409/2409_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2408/2408_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2407/2407_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2406/2406_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2405/2405_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2404/2404_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2403/2403_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2402/2402_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2401/2401_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2400/2400_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2399/2399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2398/2398_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2397/2397_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2396/2396_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2395/2395_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2394/2394_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2393/2393_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2392/2392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2391/2391_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2390/2390_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2389/2389_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2388/2388_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2387/2387_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2386/2386_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2385/2385_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2384/2384_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2382/2382_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2381/2381_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2380/2380_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2379/2379_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2378/2378_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2377/2377_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2376/2376_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2375/2375_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2374/2374_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2373/2373_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2372/2372_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2371/2371_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2370/2370_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2369/2369_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2368/2368_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2367/2367_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2366/2366_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2365/2365_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2364/2364_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2363/2363_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2362/2362_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2361/2361_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2350/2350_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2346/2346_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2339/2339_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2334/2334_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2327/2327_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2324/2324_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2315/2315_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2313/2313_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2310/2310_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2296/2296_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2294/2294_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2292/2292_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2291/2291_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2289/2289_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2283/2283_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2281/2281_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2280/2280_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2278/2278_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2277/2277_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2275/2275_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11527/pc_001-2011.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11528/pc_002-2011.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11529/pc_003-2011.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11530/pc_004-2011.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11531/pc_005-2011.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11532/pc_006-2011.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11533/pc_007-2011.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11534/pc_008-2011.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11535/pc_009-2011.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11536/pc_010-2011.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11537/pc_011-2011.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11538/pc_012-2011.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11539/pc_013-2011.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11540/pc_014-2011.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11541/pc_015-2011.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11542/pc_016-2011.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11543/pc_017-2011.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11544/pc_018-2011.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11545/pc_019-2011.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11546/pc_020-2011.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11586/pc_021-2011.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11588/pc_022-2011.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11590/pc_023-2011.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11591/pc_024-2011.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11593/pc_025-2011.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11594/pc_026-2011.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11595/pc_027-2011.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11597/pc_028-2011.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11598/pc_029-2011.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11601/pc_030-2011.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11606/pc_031-2011.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11609/pc_032-2011.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11610/pc_033-2011.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11611/pc_034-2011.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11613/pc_035-2011.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11614/pc_036-2011.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11615/pc_037-2011.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11616/pc_038-2011.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11617/pc_039-2011.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11618/pc_040-2011.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11619/pc_041-2011.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11620/pc_042-2011.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11621/pc_043-2011.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11622/pc_044-2011.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11623/pc_045-2011.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11624/pc_046-2011.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11625/pc_047-2011.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11626/pc_048-2011.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11627/pc_049-2011.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11628/pc_050-2011.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11629/pc_051-2011.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11630/pc_052-2011.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4094/4094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4093/4093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4091/4091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4090/4090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4089/4089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4088/4088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4087/4087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4086/4086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4085/4085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4084/4084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4083/4083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4082/4082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4081/4081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4080/4080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4079/4079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4077/4077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4076/4076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4075/4075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4073/4073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4072/4072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4071/4071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4069/4069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4068/4068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4066/4066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4063/4063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4062/4062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4061/4061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4060/4060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4059/4059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4058/4058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4057/4057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4056/4056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4055/4055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4054/4054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4053/4053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4052/4052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4051/4051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4050/4050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4049/4049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4048/4048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4047/4047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4046/4046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4045/4045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4044/4044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4043/4043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4042/4042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4041/4041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4040/4040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4039/4039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4038/4038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4037/4037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4036/4036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4035/4035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4034/4034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4032/4032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4029/4029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4028/4028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4026/4026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4025/4025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4024/4024_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4022/4022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4021/4021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4020/4020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4018/4018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4016/4016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4014/4014_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4012/4012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4010/4010_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4009/4009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4007/4007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4005/4005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4004/4004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3999/3999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3996/3996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3994/3994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3991/3991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3988/3988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3986/3986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3980/3980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3976/3976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3974/3974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3972/3972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3970/3970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3968/3968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3964/3964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3962/3962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3959/3959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3957/3957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3956/3956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3953/3953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3950/3950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3947/3947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3944/3944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3936/3936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/13185/camscanner_03-28-2023_10.23..pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10449/pr001-2011.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10450/pr002-2011.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2975/2975_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2974/2974_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2973/2973_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2972/2972_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2971/2971_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2970/2970_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2969/2969_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2968/2968_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2967/2967_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2966/2966_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2965/2965_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2964/2964_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2963/2963_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2962/2962_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2961/2961_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2960/2960_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2959/2959_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2958/2958_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2957/2957_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2956/2956_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2955/2955_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2954/2954_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2953/2953_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2951/2951_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2948/2948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2946/2946_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2944/2944_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2942/2942_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2941/2941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2940/2940_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2939/2939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2936/2936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/9368/035-2011.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2933/2933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2932/2932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2931/2931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2930/2930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2929/2929_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2928/2928_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2927/2927_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2925/2925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2924/2924_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2923/2923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2922/2922_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2921/2921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2920/2920_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2919/2919_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2918/2918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2917/2917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2916/2916_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2914/2914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2913/2913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2912/2912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2911/2911_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2907/2907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2906/2906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2905/2905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2902/2902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2901/2901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2900/2900_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2899/2899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2898/2898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2867/2867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2865/2865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2860/2860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2859/2859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2858/2858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2857/2857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2856/2856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2854/2854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2853/2853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2852/2852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2847/2847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2846/2846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2845/2845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2843/2843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2842/2842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2841/2841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2909/2909_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12471/resolucao_001-2011.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12472/resolucao_002-2011.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12674/em001-2011.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12675/em002-2011.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12676/em003-2011.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12677/em004-2011.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12678/em005-2011.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12679/em006-2011.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12680/em0007-2011.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12238/dl_001-2011.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12239/dl_002-2011.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12240/dl_003-2011.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12241/dl_004-2011.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12242/dl_005-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12243/dl_006-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12244/dl_007-2011.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12245/dl_008-2011.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2840/2840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2839/2839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2838/2838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2837/2837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2836/2836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2835/2835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2834/2834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2833/2833_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2832/2832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2831/2831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2830/2830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2829/2829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2828/2828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2827/2827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2826/2826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2825/2825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2824/2824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2823/2823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2822/2822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2820/2820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2821/2821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2819/2819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2818/2818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2817/2817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2816/2816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2815/2815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2814/2814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2813/2813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2812/2812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2811/2811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2810/2810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2809/2809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2808/2808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2807/2807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2806/2806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2805/2805_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2804/2804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2802/2802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2801/2801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2800/2800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2799/2799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2798/2798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2797/2797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2796/2796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2795/2795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2794/2794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2793/2793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2792/2792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2791/2791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2790/2790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2789/2789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2788/2788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2787/2787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2786/2786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2785/2785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2784/2784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2783/2783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2782/2782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2781/2781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2780/2780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2779/2779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2778/2778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2777/2777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2776/2776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2775/2775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2774/2774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2773/2773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2772/2772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2771/2771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2770/2770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2769/2769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2768/2768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2767/2767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2766/2766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2765/2765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2764/2764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2763/2763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2762/2762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2761/2761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2760/2760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2759/2759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2757/2757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2756/2756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2755/2755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2754/2754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2753/2753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2752/2752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2751/2751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2750/2750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2748/2748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2747/2747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2746/2746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2745/2745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2744/2744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2743/2743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2742/2742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2741/2741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2740/2740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2739/2739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2738/2738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2737/2737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2736/2736_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2735/2735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2734/2734_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2733/2733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2732/2732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2731/2731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2730/2730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2729/2729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2728/2728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2727/2727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2726/2726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2725/2725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2724/2724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2723/2723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2722/2722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2721/2721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2720/2720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2719/2719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2718/2718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2717/2717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2716/2716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2715/2715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2714/2714_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2713/2713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2711/2711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2710/2710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2709/2709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2708/2708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2707/2707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2706/2706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2705/2705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2704/2704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2703/2703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2702/2702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2701/2701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2700/2700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2699/2699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2698/2698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2697/2697_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2696/2696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2695/2695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2694/2694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2693/2693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2692/2692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2691/2691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2690/2690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2689/2689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2688/2688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2687/2687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2686/2686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2685/2685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2684/2684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2683/2683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2682/2682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2681/2681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2680/2680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2679/2679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2678/2678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2677/2677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2676/2676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2675/2675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2674/2674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2673/2673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2672/2672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2671/2671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2670/2670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2669/2669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2668/2668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2667/2667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2666/2666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2665/2665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2664/2664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2663/2663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2662/2662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2661/2661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2660/2660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2659/2659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2658/2658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2657/2657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2656/2656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2655/2655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2654/2654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2653/2653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2652/2652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2651/2651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2650/2650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2649/2649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2648/2648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2647/2647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2646/2646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2645/2645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2644/2644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2643/2643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2642/2642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2641/2641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2640/2640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2639/2639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2638/2638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2637/2637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2636/2636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2635/2635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2634/2634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2633/2633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2632/2632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2631/2631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2630/2630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2629/2629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2628/2628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2627/2627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2626/2626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2625/2625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2624/2624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2623/2623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2622/2622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2621/2621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2620/2620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2619/2619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2618/2618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2617/2617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2616/2616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2615/2615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2614/2614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2613/2613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2612/2612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2611/2611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2610/2610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2609/2609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2608/2608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2607/2607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2606/2606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2605/2605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2604/2604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2603/2603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2602/2602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2601/2601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2600/2600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2599/2599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2598/2598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2597/2597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2596/2596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2595/2595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2594/2594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2593/2593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2592/2592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2591/2591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2590/2590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2589/2589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2588/2588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2587/2587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2586/2586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2585/2585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2584/2584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2583/2583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2582/2582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2581/2581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2580/2580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2579/2579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2578/2578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2577/2577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2576/2576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2575/2575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2574/2574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2573/2573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2571/2571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2570/2570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2569/2569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2568/2568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2567/2567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2565/2565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2564/2564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2563/2563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2562/2562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2561/2561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2560/2560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2559/2559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2558/2558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2557/2557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2712/2712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2428/2428_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2427/2427_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2426/2426_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2425/2425_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2424/2424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2423/2423_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2422/2422_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2421/2421_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2420/2420_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2419/2419_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2418/2418_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2417/2417_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2416/2416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2415/2415_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2414/2414_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2413/2413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2411/2411_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2410/2410_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2409/2409_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2408/2408_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2407/2407_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2406/2406_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2405/2405_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2404/2404_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2403/2403_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2402/2402_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2401/2401_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2400/2400_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2399/2399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2398/2398_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2397/2397_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2396/2396_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2395/2395_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2394/2394_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2393/2393_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2392/2392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2391/2391_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2390/2390_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2389/2389_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2388/2388_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2387/2387_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2386/2386_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2385/2385_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2384/2384_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2383/2383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2382/2382_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2381/2381_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2380/2380_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2379/2379_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2378/2378_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2377/2377_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2376/2376_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2375/2375_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2374/2374_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2373/2373_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2372/2372_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2371/2371_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2370/2370_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2369/2369_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2368/2368_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2367/2367_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2366/2366_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2365/2365_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2364/2364_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2363/2363_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2362/2362_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2361/2361_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2350/2350_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2346/2346_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2339/2339_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2334/2334_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2327/2327_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2324/2324_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2315/2315_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2313/2313_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2310/2310_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2296/2296_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2294/2294_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2292/2292_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2291/2291_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2289/2289_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2283/2283_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2281/2281_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2280/2280_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2278/2278_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2277/2277_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2275/2275_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11527/pc_001-2011.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11528/pc_002-2011.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11529/pc_003-2011.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11530/pc_004-2011.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11531/pc_005-2011.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11532/pc_006-2011.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11533/pc_007-2011.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11534/pc_008-2011.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11535/pc_009-2011.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11536/pc_010-2011.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11537/pc_011-2011.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11538/pc_012-2011.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11539/pc_013-2011.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11540/pc_014-2011.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11541/pc_015-2011.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11542/pc_016-2011.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11543/pc_017-2011.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11544/pc_018-2011.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11545/pc_019-2011.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11546/pc_020-2011.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11586/pc_021-2011.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11588/pc_022-2011.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11590/pc_023-2011.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11591/pc_024-2011.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11593/pc_025-2011.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11594/pc_026-2011.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11595/pc_027-2011.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11597/pc_028-2011.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11598/pc_029-2011.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11601/pc_030-2011.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11606/pc_031-2011.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11609/pc_032-2011.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11610/pc_033-2011.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11611/pc_034-2011.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11613/pc_035-2011.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11614/pc_036-2011.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11615/pc_037-2011.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11616/pc_038-2011.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11617/pc_039-2011.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11618/pc_040-2011.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11619/pc_041-2011.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11620/pc_042-2011.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11621/pc_043-2011.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11622/pc_044-2011.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11623/pc_045-2011.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11624/pc_046-2011.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11625/pc_047-2011.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11626/pc_048-2011.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11627/pc_049-2011.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11628/pc_050-2011.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11629/pc_051-2011.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/11630/pc_052-2011.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4094/4094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4093/4093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4091/4091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4090/4090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4089/4089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4088/4088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4087/4087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4086/4086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4085/4085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4084/4084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4083/4083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4082/4082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4081/4081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4080/4080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4079/4079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4077/4077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4076/4076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4075/4075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4073/4073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4072/4072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4071/4071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4069/4069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4068/4068_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4066/4066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4063/4063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4062/4062_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4061/4061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4060/4060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4059/4059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4058/4058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4057/4057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4056/4056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4055/4055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4054/4054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4053/4053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4052/4052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4051/4051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4050/4050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4049/4049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4048/4048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4047/4047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4046/4046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4045/4045_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4044/4044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4043/4043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4042/4042_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4041/4041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4040/4040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4039/4039_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4038/4038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4037/4037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4036/4036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4035/4035_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4034/4034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4032/4032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4029/4029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4028/4028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4026/4026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4025/4025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4024/4024_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4022/4022_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4021/4021_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4020/4020_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4018/4018_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4016/4016_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4014/4014_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4012/4012_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4010/4010_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4009/4009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4007/4007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4005/4005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/4004/4004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3999/3999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3996/3996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3994/3994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3991/3991_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3988/3988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3986/3986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3980/3980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3976/3976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3974/3974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3972/3972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3970/3970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3968/3968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3964/3964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3962/3962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3959/3959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3957/3957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3956/3956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3953/3953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3950/3950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3947/3947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3944/3944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/3936/3936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/13185/camscanner_03-28-2023_10.23..pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10449/pr001-2011.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/10450/pr002-2011.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2975/2975_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2974/2974_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2973/2973_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2972/2972_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2971/2971_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2970/2970_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2969/2969_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2968/2968_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2967/2967_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2966/2966_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2965/2965_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2964/2964_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2963/2963_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2962/2962_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2961/2961_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2960/2960_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2959/2959_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2958/2958_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2957/2957_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2956/2956_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2955/2955_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2954/2954_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2953/2953_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2951/2951_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2948/2948_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2946/2946_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2944/2944_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2942/2942_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2941/2941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2940/2940_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2939/2939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2936/2936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/9368/035-2011.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2933/2933_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2932/2932_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2931/2931_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2930/2930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2929/2929_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2928/2928_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2927/2927_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2925/2925_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2924/2924_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2923/2923_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2922/2922_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2921/2921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2920/2920_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2919/2919_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2918/2918_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2917/2917_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2916/2916_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2914/2914_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2913/2913_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2912/2912_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2911/2911_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2907/2907_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2906/2906_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2905/2905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2902/2902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2901/2901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2900/2900_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2899/2899_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2898/2898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2867/2867_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2865/2865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2860/2860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2859/2859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2858/2858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2857/2857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2856/2856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2854/2854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2853/2853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2852/2852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2847/2847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2846/2846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2845/2845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2843/2843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2842/2842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2841/2841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2011/2909/2909_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12471/resolucao_001-2011.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12472/resolucao_002-2011.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12674/em001-2011.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12675/em002-2011.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12676/em003-2011.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12677/em004-2011.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12678/em005-2011.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12679/em006-2011.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2011/12680/em0007-2011.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H630"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="199.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>