--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,5519 +54,5519 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13691</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13691/001-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13691/001-2012.pdf</t>
   </si>
   <si>
     <t>''DECRETA PONTO FACULTATIVO ''.</t>
   </si>
   <si>
     <t>13692</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13692/002-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13692/002-2012.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACULTATIVO´´.</t>
   </si>
   <si>
     <t>13693</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13693/004-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13693/004-2012.pdf</t>
   </si>
   <si>
     <t>13694</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13694/005-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13694/005-2012.pdf</t>
   </si>
   <si>
     <t>13695</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13695/006-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13695/006-2012.pdf</t>
   </si>
   <si>
     <t>13696</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13696/007-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13696/007-2012.pdf</t>
   </si>
   <si>
     <t>13697</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13697/008-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13697/008-2012.pdf</t>
   </si>
   <si>
     <t>13698</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13698/009-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13698/009-2012.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA HORÁRIO ESPECIAL´´.</t>
   </si>
   <si>
     <t>13699</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13699/010-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13699/010-2012.pdf</t>
   </si>
   <si>
     <t>´´DECRETA PONTO FACULTATIVO´´.</t>
   </si>
   <si>
     <t>13700</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13700/011-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13700/011-2012.pdf</t>
   </si>
   <si>
     <t>13701</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13701/012-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13701/012-2012.pdf</t>
   </si>
   <si>
     <t>13704</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13704/013-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13704/013-2012.pdf</t>
   </si>
   <si>
     <t>13706</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13706/014-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13706/014-2012.pdf</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA PARA ATENDER A ESCOLA JOSÉ ALOÍSIO SIMON, BEM COMO TODA A COMUNIDADE CONHECIDA COMO "BETINHO SIMON", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PERCURSO FINANCEIRO DEVOLVIDO PELA CÂMARA MUNICIPAL REFERENTE O EXERCÍCIO DE 2011, SEJA APLICADO NOS SERVIÇOS DE MANUTENÇÃO E LIMPEZA DO RIO JUCU BRAÇO SUL E CÓRREGOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE AUTORIZAR E CREDENCIAR O PÁTIO DA SECRETARIA DE OBRAS, JUNTO AO DETRAN/ES, PARA QUE AS MOTOS E VEÍCULOS APREENDIDOS EM MARECHAL FLORIANO FIQUEM RETIDOS NO ÂMBITO DO MUNICÍPIO POR PRAZO DE ATÉ 48 HORAS, CONSIDERANDO DIAS ÚTEIS._x000D_
 A AUTORIZAÇÃO PARA ESTADIA DOS VEÍCULOS APREENDIDOS APLICA-SE SOMENTE AOS CARROS E MOTOS APREENDIDOS POR PROBLEMAS DE DOCUMENTAÇÃO, OS DEMAIS CASOS SERÃO ENCAMINHADOS CONFORME DETERMINA AS NORMAS EM VIGOR.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O VEICULO QUE ESTÁ SENDO DEVOLVIDO PELA CÂMARA MUNICIPAL AO PODER EXECUTIVO MUNICIPAL SEJA UTILIZADO NOS SERVIÇOS PRESTADOS PELA EQUIPE DO "P.S.F" NO DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CORTE DE ARVORES NA RUA GUSTAVO HERTEL, INICIANDO NAS PROXIMIDADES DO SUPERMERCADO BEM VINDO E TÉRMINO NAS PROXIMIDADES DO CAMPO DO APOLLO.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ABERTURA DAS QUADRAS MUNICIPAIS NOS FINAIS DE SEMANA PARA A PRÁTICA DE ESPORTE ENTE OS JOVENS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>Abel  Bungenstab</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE OS SERVIÇOS DE MANUTENÇÃO E RECUPERAÇÃO DAS ESTRADA VICINAIS, APOS TEREM EXECUTADOS TODOS OS SERVIÇOS NAS ESTRADAS PRINCIPAIS DE BOM JESUS E COSTA PEREIRA, UMA VEZ QUE AS MESMAS ENCONTRAM-SE EM PÉSSIMAS CONDIÇÕES DE TRAFEGABILIDADE, POIS DIVERSAS PONTES ENCONTRAM-SE DANIFICADAS, BEM COMO  GRANDE NUMERO DE BARREIRAS QUE CAÍRAM, ALÉM DE BURACOS E VALAS QUE SE FORMARAM.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>Paulo Roberto Raasch</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROVIDENCIE COM URGÊNCIA O CASCALHAMENTO E PATROLAMENTO DA ESTRADA PRINCIPAL QUE DÁ ACESSO A COMUNIDADE FAZENDA PUPPIM.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>Gabriela Stockl Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM CENTRO DE ATENDIMENTO AO TURISTA NO CENTRO DE AGRONEGÓCIOS EM SANTA MARIA - COM INFORMAÇÕES REGIONAIS SOBRE CIRCUITOS TURÍSTICOS, ATRAÇÕES, EMPREENDIMENTOS, ARTESANATO DENTRE OUTROS.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM DISTRITO INDUSTRIAL NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA GERAL DA GALERIA NO PERCURSO ENTRE A VILA DAS ORQUÍDEAS ATÉ O BATALHÃO DO CORPO DE BOMBEIROS;_x000D_
 INSTALAÇÃO DE PLACAS INDICATIVAS, EM TODO O PERCURSO ENTRE A SEDE E AS COMUNIDADES DE BOM JESUS E COSTA PEREIRA, INDICANDO O SENTINDO MARECHAL FLORIANO/BOM JESUS E VICE-VERSA, EM ESPECIAL NOS TRECHOS QUE EXISTEM ENCRUZILHADAS. </t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A COMUNIDADE DE VILA SCHUNCK, COM INICIO NO POSTO IPIRANGA E TÉRMINO NA PONTE LOCALIZADA NO INICIO DA COMUNIDADE, BEM COMO PAVIMENTAR UM TRECHO DENTRO DA COMUNIDADE QUE AINDA NÃO FOI PAVIMENTADO.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DO TRECHO ASFALTADO QUE DÁ ACESSO A VILA PRÓXIMA A RESIDENCIA DO SR. MIGUEL SOUZA EM SANTA MARIA, BEM COMO A REALIZAÇÃO DE UMA LIMPEZA NAS LATERAIS DO SISTEMA DE DRENAGEM PLUVIAL.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INCLUSÃO DO "FILÉ DE TILÁPIA" NA ALIMENTAÇÃO ESCOLAR DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DIVERSOS ABRIGOS DE PASSAGEIROS NA ESTRADA PRINCIPAL QUE INTERLIGA A SEDE À COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Alcino Diniz</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE APROXIMADAMENTE 20 MANILHAS DE "80 CM" VISANDO OS REPAROS A SEREM REALIZADOS EM UM BUEIRO ANEXO AO PONTILHÃO PRÓXIMO AS RESIDENCIAS DOS SENHORES PAULINHO KILL E ADEMAR PIRCA.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO DE MUDAS NATIVAS PARA REFLORESTAMENTO DAS ÁREAS DEGRADADAS PELAS FORTES CHUVAS OCORRIDAS EM NOSSA REGIÃO.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NAS RUAS DA COMUNIDADE DE BETINHO SIMON, ALÉM DA REALIZAÇÃO DE OBRAS DE PAISAGISMO NO TREVO DE PARAJÚ.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA QUADRA POLIESPORTIVA DA COMUNIDADE DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OFERTA DE CURSO DE ENSINO PROFISSIONALIZANTE PARA JOVENS E ADULTOS NOS PROGRAMAS DE ALFABETIZAÇÃO, ATRAVÉS DE PARCERIAS COM ÓRGÃOS DE ÁREA, A NÍVEL MUNICIPAL.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BUEIROS NA ENTRADA QUE DÁ ACESSO A COMUNIDADE DE BOM JESUS E RETIRADA DA TERRA DOS BARRANCOS QUE DESABARAM NA ENTRADA PRINCIPAL DESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA SUBIDA DA LOCALIDADE CONHECIDA COMO "VILA NOVA" AO LADO DA BR 262, ANEXO PRÓXIMO A VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO INTERVENHA, JUNTO AO MINISTÉRIO DA SAÚDE, OBJETIVANDO O CADASTRO DA POLICLÍNICA NO "UPA 24 HORAS", UNIDADES DE PRONTO ATENDIMENTO.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE RAMPAS E ESCADAS EM LOCAIS DE DIFÍCIL ACESSO ÀS RESIDENCIAS, VISANDO BENEFICIAR OS MUNÍCIPES QUE ENCONTRAM DIFICULDADES EM TRANSPORTAR SUAS MERCADORIAS, BEM COMO AUXILIAR OS IDOSOS NO TRAJETO ATÉ SUAS CASAS.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVISÃO GERAL DAS CALÇADAS DE NOSSO MUNICÍPIO, VISANDO DETECTAR POSSÍVEIS IRREGULARIDADES.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA ANITA HAESE.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DAS CALÇADAS E OUTRAS MELHORIAS NO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN,NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE CALHAS NO TELHADO DO PRÉDIO DO CENTRO DE AGRONEGÓCIOS.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONTINUAÇÃO DO SERVIÇO DE PATROLAMENTO DA ESTRADA DE RIO FUNDO QUE DESEMBOCA NA REGIÃO DO ALTO ARAGUAIA.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NO MORRO DOS MARQUES, EM RIO FUNDO.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDO TOPOGRÁFICO VISANDO AVALIAR A OBRA DE PAVIMENTAÇÃO DA RUA EDUARDO RHUPF, O NIVELAMENTO DA RUA, APÓS A PAVIMENTAÇÃO ESTÁ ACIMA DO NÍVEL DAS GARAGENS E DEMAIS ENTRADAS DE ACESSO ÁS RESIDENCIAS.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA INFRAESTRUTURA DAS VIAS PUBLICAS DO BAIRRO BETINHO SIMON.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPEAMENTO NA PAVIMENTAÇÃO ASFÁLTICA DA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO ENCAMINHE RETRO ESCAVADEIRA, PATROL E DUAS CAÇAMBAS, VISANDO O PREPARO DE TERRAPLANAGEM PARA POSTERIOR CALÇAMENTO DO PÁTIO DA IGREJA AUXILIADORA DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA COBERTURA NO PÁTIO DA ESCOLA DE BOM JESUS, BEM COMO A REALIZAÇÃO DE UMA REVISÃO NA PINTURA DESTA ESCOLA.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DOS CÓRREGOS: BATATAL, INICIANDO NO BAIRRO SANTA RITA E DO CÓRREGO QUE SE INICIA PRÓXIMO A GLOBOAVES.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA OU CALÇAMENTO DA RUA FLORIANO KIEFER E ADJACÊNCIAS, LOCALIZADAS NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MUDANÇA NO TRANSITO DA CIDADE DE MARECHAL FLORIANO, RUA VICTOR TRAVÁGLIA E RUA MANOEL KILL.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO DAS RUAS DA VILA DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA-BURACO, LIMPEZA E ILUMINAÇÃO NA VIA QUE DÁ ACESSO A COMUNIDADE MIGUEL SOUZA EM SANTA MARIA.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO PÚBLICA DO TREVO DE SANTA MARIA ATÉ O CENTRO DE AGRONEGÓCIOS, BEM COMO A REALIZAÇÃO DE UM PROJETO PAISAGÍSTICO EM TODO O PERCURSO DA RODOVIA FRANCISCO STOCKL.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAR O ATENDIMENTO PEDIÁTRICO NA POLICLÍNICA, APÓS INAUGURAÇÃO.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1661/1661_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1661/1661_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAR O ATENDIMENTO COM MEDICO CARDIOLOGISTA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DOIS QUEBRA MOLAS NA AVENIDA WALDEMAR MEES, SENDO UM EM FRENTE À BARBEARIA DO SR. JOSE DO CARMO E OUTRO EM FRENTE AO ANTIGO DPM.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA EM UMA LADEIRA LOCALIZADA NA CHEGADA DA COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO DA PRAÇA ANEXA NA ÁREA INFERIOR DA IGREJA DE SÃO JOSÉ NA COMUNIDADE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1657/1657_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1657/1657_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA NA SUBIDA DO CEMITÉRIO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf</t>
   </si>
   <si>
     <t>EFETIVAÇÃO E O CONSEQUENTE ENQUADRAMENTO DOS(AS) AGENTES COMUNITÁRIOS(AS) DE SAÚDE E AGENTES DE COMBATE ÀS ENDEMIAS, NOS TERMOS DA LEI MUNICIPAL Nº.799/2008, QUE OBSERVOU AS EXIGÊNCIAS DO ART.198 DA CONSTITUIÇÃO FEDERAL, ESPECIALMENTE SEUS PARÁGRAFOS 4°, 5° E 6°, CUJAS LEGISLAÇÕES CITADAS SEGUEM EM ANEXO.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFERECER ADICIONA DE INSALUBRIDADE AOS PROFESSORES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DE CAPINA, LIMPEZA, ROÇAGEM, PATROLAMENTO E CASCALHAMENTO EM TODA A EXTENSÃO DA ESTRADA PRINCIPAL DE ACESSO A BOM JESUS.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE BUEIROS DA ESTRADA PRÓXIMO À PROPRIEDADE DO BELO MOGNOL, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGOS DE ÔNIBUS AO LONGO DA RODOVA FRANCISCO STOCKL, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO DA ESTRADA DO CEDRO E RIO DAS PEDRAS, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE MELHORIAS NAS CASINHAS COLETORAS DE LIXO ESPALHADAS PELAS ESTRADAS DE NOSSO MUNICÍPIO, INSERINDO INFORMAÇÕES QUE SOMENTE DEVEM SER DEPOSITADOS LIXOS RECICLÁVEIS, SENDO PROIBIDO DEPOSITAR LIXO ORGÂNICO.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA PARA O BAIRRO NOSSA SENHORA DA PENHA, LOCALIZADO PRÓXIMO À ÁREA DE LAZER DO SENHOR JOÃO STEIN, TENDO INICIO NA FÁBRICA DE RAÇÃO DO SENHOR DAMIÃO KLEIN, NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPEAMENTO NA PAVIMENTAÇÃO ASFÁLTICA E LIMPEZA GERAL DA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR À DISPOSIÇÃO DA COMUNIDADE DE VILA SCHUNCK MAIS UM OPERADOR DE RETA.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A RUA FLORIANO KIEFER E ADJACÊNCIA, LOCALIZADAS NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE ESTUDOS VISANDO AMENIZAR AS ENCHENTES OCORRIDAS EM BARRA DO RIO FUNDO, EM ESPECIAL, NO TRECHO PRÓXIMO AO SITIO DA VOVÓ, POR SE TRATAR DE UM LOCAL TURÍSTICO, ONDE ESTÁ SENDO CONSTRUÍDO O ZOOLÓGICO E RECEBERÁ DIARIAMENTE CENTENAS DE VISITANTES.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DE UMA DESCIDA QUE DÁ ACESSO A DIVERSAS PROPRIEDADES, EM PARALELO A PROPRIEDADE DO SENHOR MERINHO KIEFER, APROXIMADAMENTE 100 (CEM) METROS ANTES DA PROPRIEDADE DO SENHOR ANTONIO BROSEGUINE.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA COBERTURA PARA EMBARQUE E DESEMBARQUE DE PASSAGEIROS NOS PONTOS DE TÁXIS LOCALIZADOS PRÓXIMO A RODOVIÁRIA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTENDER A REDE DE ÁGUA TRATADA PARA ATÉ A COMUNIDADE DE CÓRREGO DO OURO.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR OU CONTRATAR UM SERVIDOR BRAÇAL PARA TRABALHAR NA VILA DE BOM JESUS.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROVIDENCIE A TROCA DA AREIA DA ÁREA DE LAZER ANEXA AO POST DE SAÚDE DO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CASCALHAMENTO NO MORRO DOS VELTEN, TENDO INICIO DEPOIS DO SHOW HAUS, COM DESTINO À FAZENDA PUPPIM, EM RIO FUNDO.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM NA ESTRADA LOCALIZADA ENTRE A LINHA FÉRREA, SAINDO DA ESTRADA PRINCIPAL DE RIO FUNDO COM DESTINO À FAZENDA PUPPIM.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Paulo Roberto Raasch, Paulo Lovatti Junior</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE PATROLAMENTO NA ESTRADA DO CARACOL, DENOMINADA DE PEDRO SCHUNCK,PASSANDO PELO ORQUIDÁRIO FLORABELA, COM DESTINO AO SÍTIO DO SENHOR ITAMAR SCHUNCK, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇOS DE CAPINA, LIMPEZA E ROÇAGEM NO FINAL DA RUA THIERES VELOSO.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCESSÃO DE UNIFORMES E EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPI) PARA OS GARIS, BEM COMO AOS DEMAIS SERVIDORES BRAÇAIS.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO PARA A PRAÇA DE SANTA MARIA, SITUADA ABAIXO DA IGREJA CATÓLICA DE SÃO JOSÉ, ENGLOBANDO O PÁTIO EM FRENTE A ESCOLA NICOLAU KROHLING E AS PROXIMIDADES DO COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE TRÊS LOMBADAS PRÓXIMAS A ENTRONCAMENTO DA RODOVIA FRANCISCO STOCKL (ES-146), COM A RODOVIA RODOOFO KROHLING, SENDO UMA NO INICIO DA RODOVIA RODOLFO KROHLING, OUTRA PRÓXIMA A RESIDÊNCIA DO SR. ARMINDO BUSATO E OUTRA PRÓXIMA A RESIDÊNCIA DO SR. LAURO BUSATO, EM SANTA MARIA,TODAS ESTAS VIAS DÃ ACESSO A CACHOEIRA DO ZECA, LOCAL DE GRANDE FLUXO DE VEÍCULOS E MOTOCICLETAS PRINCIPALMENTE NOS FINAIS DE  SEMANA.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM ACESSO ANTES DA ESCOLA MAURO JOSÉ CHRISTO, VISANDO FACILITAR O ACESSO DO CARRO CORPO DE BOMBEIROS A BR 262.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.jpeg</t>
   </si>
   <si>
     <t>URGÊNCIA NA ABERTURA E ASFALTAMENTO DA ESTRADA QUE DÁ ACESSO A COMUNIDADE DE VILA SCHUNCK, BEM COMO A IMPLANTAÇÃO DE UM TELEFONE PÚBLICO - ORELHÃO PARA ESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE NOVA UNIDADE DE SAÚDE EM ARAGUAIA.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TROCA DO PISO DOS DOIS PAVIMENTOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTERVENÇÃO URGENTE COM PATROL, RETROESCAVADEIRA E CAÇAMBA NO TRECHO DE ESTRADA QUE TEM INÍCIO PRÓXIMO À PROPRIEDADE DO SENHOR ANTONIO BROSEGUINI E TÉRMINO NA LINHA FÉRREA, PASSANDO PRÓXIMO AS PROPRIEDADES DOS SENHORES MAZINHO KIEFER, MERINHO KIEFER, DARCY BUSATO E DEMAIS PRODUTORES.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO NA ESTRADA DE RIO FUNDO, TENDO INÍCIO NAS IMEDIAÇÕES DA PROPRIEDADE DO SENHOR JOSÉ MARIA VASCONCELOS E TÉRMINO NA LINHA FÉRREA, EM BARRA DO RIO FUNDO.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPEAMENTO NA RUA ANTENOR SANTOS BRAGA, EM ESPECIAL, EM TODA A EXTENSÃO QUE ATUALMENTE É CALÇADA COM PARALELEPÍPEDO.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RETIRADA DO ENTULHO QUE ENCONTRA-SE DEPOSITADO EM FRENTE À PROPRIEDADE DO SENHOR SEBASTIÃO ASSIS, LOCALIZADA APÓS A GLOBOAVES E VALE DA TRANQUILIDADE.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 03 (TRÊS) BUEIROS NA ESTRADA PRINCIPAL QUE LIGA A SEDE DO MUNICÍPIO ATÉ BOM JESUS.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTERVENÇÃO URGENTE NA RUA DELIMAR SCHUNCK, REFERENTE AOS ALICERCES QUE SUSTENTAM UMA PASSARELA EM PARALELO A LINHA FÉRREA.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS PARA A COMUNIDADE DE ALTO RIO FUNDO ATÉ O SITIO PARAÍSO, ENVIANDO PATROL, CASCALHO, ALÉM DA CONSTRUÇÃO DE 02 BUEIROS NESTE PERCURSO.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CAMPO DE BOCHA PARA OS DISTRITOS DE ARAGUAIA E VICTOR HUGO.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DOS CÓRREGOS: FINAL DA RUA QUINTA DOS LAGOS ATÉ O PRÉDIO DO BANESTES; E DO CÓRREGO NA GLOBO AVES COM TÉRMINO NO MESMO LOCAL.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A RUA THEOBALDO RUPF.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPEAMENTO DAS RUAS E AVENIDAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CALÇAMENTO NA RUA MARIA CATHARINA BORGO CELANTE EM ARAGUAIA.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DO RIO JUCU BRAÇO SUL, NO TRAJETO QUE CORTA A SEDE DO MUNICÍPIO, INICIANDO PRÓXIMO AO RESTAURANTE PONTO FRIO ATÉ O POÇO FUNDO.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA EM UM TRECHO ANTES DO CAMPO CAPIXABINHA EM SOÍDO DE BAIXO, LOCAL POPULARMENTE CONHECIDO COMO CURVA DA MORTE.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.jpeg</t>
   </si>
   <si>
     <t>URGÊNCIA NA ABERTURA E ASFALTAMENTO DA ESTRADA QUE DÁ ACESSO A COMUNIDADE DE VILA SCHUNCK;_x000D_
 PAVIMENTAÇÃO ASFÁLTICA PARA A RUA FLORIANO KIEFER E ADJACÊNCIAS, LOCALIZADAS NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTUDOS VISANDO A POSSIBILIDADE DE RETIRAR ALGUMAS PLACAS DE PROIBIDO ESTACIONAR NO CENTRO DA CIDADE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UMA ROTATÓRIA, COLOCANDO OLHO DE GATO, PROPORCIONANDO UMA MELHOR DEMARCAÇÃO NO FINAL DA RUA VICTOR TRAVÁGLIA, EM FRENTE AO COMÉRCIO MADEIRAS WASSEM, VISANDO EVITAR POSSÍVEIS ACIDENTES.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA VARANDA NA FRENTE DA UNIDADE DE SAÚDE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.jpeg</t>
   </si>
   <si>
     <t>URBANIZAÇÃO COM SERVIÇOS DE ILUMINAÇÃO PÚBLICA, REDE DE ESGOTO, SISTEMA DE TRATAMENTO DE ÁGUA E CALÇAMENTO NA VILA QUE SE FORMOU NO LOTEAMENTO DO SENHOR TARCISIO KLEIN EM SANTA MARIA.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RUA EM CIMA DO POSTO PAVIMENTAÇÃO E DRENAGEM DA RUA NILSON STEIN E RUA ZUMIRA TRAVÁLGLIA HULLE.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA GERAL DO CÓRREGO BATATAL, RETIRANDO O LIXO ACUMULADO EM SEU LEITO, BEM COMO A ROÇAGEM DAS MARGENS DESTE CÓRREGO, INICIANDO PRÓXIMO AO SUPERMERCADO DORINHO E TÉRMINO PRÓXIMO AO BANESTES.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CASCALHAMENTO EM FRENTE AO ACESSO DA ESCOLA SITIO RUPF.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A RUA EMÍLIO ENTRINGER, LOCALIZADO EM FRENTE AO RESTAURANTE PONTO FRIO.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVISÃO E REPAROS NAS CALÇADAS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A ROÇAGEM DO TERRENO LOCALIZADO ATRÁS DO CENTRO EDUCACIONAL VOVÓ FERNANDINA, DE PROPRIEDADE DO PODER EXECUTIVO E LEGISLATIVO.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUANTO À NOVA UNIDADE DE SAÚDE CONSTRUÍDA EM BOM JESUS E QUE AINDA NÃO FOI ATIVADA, ENQUANTO A VELHA ESTÁ PEQUENA E FUNCIONANDO EM PRECÁRIAS CONDIÇÕES.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE PROGRAMA DE SAÚDE MENTAL NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLETA SELETIVA PARA LIXO ELETRÔNICO.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DESENTUPIMENTO DE BUEIROS NA COMUNIDADE DA VILA SCHUNCK, EM ESPECIAL OS BUEIROS LOCALIZADOS EM UM SUBIDA, DENTRO DA PRÓPRIA VILA.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS LÂMPADAS DE ILUMINAÇÃO PÚBLICA NA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1-VISTORIA URGENTE DAS MANILHAS DA REPRESA DO SENHOR ADILSON RUPF, NO BAIRRO SANTA RITA._x000D_
 2- INSTALAÇÃO DE 03 QUEBRA MOLAS NA RUA QUINTA DOS LADOS.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRADA JACOMO DENADAI, QUE LIGA A FÁBRICA DE RAÇÃO DO SENHOR DAMIÃO KLEIN ATÉ AS PROXIMIDADES DO SHOW HAUS.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAÇÃO DE MÁQUINAS PARA A INSTALAÇÃO DAS MANILHAS PRÓXIMO A RESIDÊNCIA DO SENHOR RAFAEL, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM POÇO ARTESIANO VISANDO A RELIGAÇÃO DO SISTEMA DE TRATAMENTO DE ÁGUA PARA A COMUNIDADE DE BETINHO SIMON.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE 02 POSTES DE ILUMINAÇÃO PUBLICA NO ACESSO DO CEMITÉRIO DE ARAGUAIA;_x000D_
 CONTRAÇÃO DE MÁQUINA ESPECIALIZADA PARA DAR CONTINUIDADE A LIMPEZA DOS CÓRREGOS DO INTERIOR, ESPECIALMENTE PARA O DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UMA LOMBADA NA RODOVIA ES 146 NO KM 09, PRÓXIMO AS MORADIAS EM PARALELO A LINHA FÉRREA.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL DISPONIBILIZE PARA AS COMUNIDADES DO INTERIOR DO MUNICÍPIO, DIVERSOS CURSOS DE ARTESANATO, COMO MACRAMÊ, TRICOT. BISCUIT, PINTURA, ALÉM DE CURSOS DE CORTE E COSTURA, E QUE OS MESMOS SEJAM MINISTRADOS POR ARTESÃO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NAS RUAS DE ARAGUAIA, PRINCIPALMENTE NA RUA DOS IMIGRANTES (PRINCIPAL), NA ALTURA DOS COMÉRCIOS DA MERCEARIA GUIDI E MERCEARIA KROHLING.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE SANITÁRIO PÚBLICO NO CAMPO DE BOCHA, LOCALIZADO AO LADO DO GINÁSIO DE ESPORTES "PAULO ANTÔNIO LORENZONI".</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VIABILIZAR LATÕES DE LIXO E GARI, PARA A MANUTENÇÃO DA LIMPEZA DA RUA OSCAR ARAÚJO, LOCALIZADA EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE DÁ ACESO A COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA PARA A ESTRADA DE SOÍDO DE BAIXO, DO TREVO DO POSTO IPIRANGA ATÉ AS PROXIMIDADES DO COMÉRCIO DA FAMÍLIA KLEIN.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROVIDENCIE A CONSTRUÇÃO DE UM LOCAL/CASINHA PARA O DEPOSITO DE LIXO NO DISTRITO DE VICTOR HUGO,PRÓXIMO A RESIDENCIA DO SENHOR JOSÉ COSMO.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM QUEBRA MOLAS EM FRENTE À RESIDENCIA DO SENHOR JAIR FRANCISCO KROHLING, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DOS QUEBRA MOLAS E DAS FAIXAS DE TRAVESSIA DE PEDESTRES NAS RUAS DA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM SELO MUNICIPAL DE CERTIFICAÇÃO AMBIENTAL PARA AS PEQUENAS PROPRIEDADES PRODUTORAS DE ALIMENTOS.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGOS DE PASSAGEIROS NO PERCURSO DA ESTRADA DE RIO FUNDO.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DAS SEGUINTES ESTRADAS:_x000D_
 QUE TEM INICIO NAS ESTRADAS PRINCIPAL DE BOM JESUS, ATÉ PRÓXIMO ÀS RESIDENCIAS DAS FAMÍLIAS FAIOL, GAVA E OUTRAS;_x000D_
 QUE TEM INICIO NA ESTRADA PRINCIPAL DE BOM JESUS ATÉ PRÓXIMO ÀS RESIDÊNCIAS DOS IRMÃOS PAULO E LINDÁRIO SCHENEIDER E OUTRAS FAMÍLIAS;_x000D_
 QUE TEM INICIO NA ESTRADA PRINCIPAL DE BOM JESUS ATÉ PRÓXIMO A VÁRIAS RESIDENCIAS NO CONDOMÍNIO GERALDO MACHADO, ONDE TAMBÉM RESIDE O DESEMBARGADOR DR. FERRARI.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIBERAÇÃO DA QUADRA DA ESCOLA BETINHO SIMON PARA O USO DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DAS MARGENS DO RIO JUCU BRAÇO SUL INICIANDO NO RESTAURANTE PONTO FRIO E TERMINO NO POÇO FUNDO.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIA NA LIMPEZA E AMPLIAÇÃO DO BANHEIRO PÚBLICO LOCALIZADO NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DAS PONTES DENOMINADAS ALCINO DE NADAI E ELIZABETH CATELAN TAQUETE, LOCALIZADAS NA SEDE DO MUNICÍPIO, REMODELANDO-AS DE MODO QUE SE TORNEM ATRATIVOS TURÍSTICOS.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR TÉCNICOS PARA A REALIZAÇÃO DE PROJETOS E ADOTAR INCENTIVOS FISCAIS PARA OS PROPRIETÁRIOS DE IMÓVEIS NO MUNICÍPIO, QUE QUISEREM IMPRIMIR EM SUAS RESIDENCIAS O ESTILO ENXAIMEL.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ADOTAR UM ESTILO PRÓPRIO E ÚNICO DE BANCOS E LIXEIRAS A SER USADO EM TODO O MUNICÍPIO,PRINCIPALMENTE NOS PONTOS FREQUENTADOS POR TURISTAS.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAR PROGRAMA DE ORIENTAÇÃO SOBRE A OSTEOPOROSE.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM AGENTE DE SAÚDE PARA FAZER VISITAS NO FINAL DA RUA ARMANDO .</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO DAS ESTRADAS DE BOM JESUS E COSTA PEREIRA;_x000D_
 CALÇAMENTO DA RUA PRÓXIMO AO COMÉRCIO DO MARCONY NALESSO DE VARGAS, EM COSTA PEREIRA.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA A IMEDIATA LIBERAÇÃO PARA O FUNCIONAMENTO DO CEMITÉRIO PÚBLICO DENOMINADO "RECANTO DA PAZ", LOCALIZADO PRÓXIMO AO APOLO.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REBAIXAMENTO DAS MANILHAS E PAVIMENTAÇÃO ASFÁLTICA DA RUA EDVALDO VIERA SANTOS.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM BUEIRO PRÓXIMO A PROPRIEDADE DA FAMILIA KROHLING, EM SANTA MARIA, EM PARALELO A CASA DO SENHOR JOSÉ KROHLING E NICOLAU KROHLING.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RUA GUSTAVO HERTEL, BEM COMO A REALIZAÇÃO DE MELHORIAS NO ACABAMENTO NO ACABAMENTO LATERAL DA PAVIMENTAÇÃO ASFÁLTICA DAS RUAS QUE FORAM RECAPEADAS NA SEDE.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE ABRIGOS DE PASSAGEIROS, DE AMBOS OS LADOS, SENTIDO À VITÓRIA E BELO HORIZONTE, EM FRENTE AO RESTAURANTE "ESTILO RÚSTICO", EM VICTOR HUGO, QUE TEM COMO PROPRIETÁRIO O SR. JAIR GILLES.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE ROÇAGEM ÀS MARGENS DO RIO BRAÇO SUL.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANILHAR O CÓRREGO PRÓXIMO À CASA DO SR. RAFAEL E NÉIA HAESE, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR SINAL DE ACESSO À INTERNET ÀS COMUNIDADES DE SOÍDO,  BOM JESUS E RIO FUNDO.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO E PAISAGISMO NA FRENTE DA EMEF JOSÉ ALOÍSIO SIMON.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1561/1561_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1561/1561_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROVIDENCIE MELHORIAS NA CAPTAÇÃO DA ÁGUA DAS CHUVAS PARA A RUA JOSÉ LOVATTI, NO SENTIDO DE EVITAR QUE AS ÁGUAS DESÇAM BARRANCO ABAIXO, NA RUA LAURA LITTIG KUSTER, PODENDO ATÉ MESMO PREJUDICAR AS ESTRUTURAS DAS RESIDÊNCIAS OU MESMO QUE OS BARRANCOS VENHAM A DESMORONAR EM CIMA DE ALGUMA RESIDÊNCIA, TENDO EM VISTA A INCLINAÇÃO DO LOCAL.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE APÓS A PASSAGEM DESTE PERÍODO DE CHUVAS, SEJA DADA UMA ATENÇÃO ESPECIAL NAS ESTRADAS DO INTERIOR DE NOSSO MUNICÍPIO, COLOCANDO À DISPOSIÇÃO TODO O SEU MAQUINÁRIO E MÃO DE OBRA, UMA VEZ QUE A SITUAÇÃO DESTAS ESTRADAS ENCONTRAM-SE EM PÉSSIMAS CONDIÇÕES DE TRAFEGABILIDADE POR CAUSA DOS BURACOS E VALAS QUE SE FORMARAM PELO EXCESSO DE ÁGUA ACUMULADA, PREJUDICANDO O ESCOAMENTO DE MERCADORIAS, TRANSPORTE DE PASSAGEIROS, E OUTROS.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>DETETIZAÇÃO DE AMBAS ÀS MARGENS DO RIO JUCU, NO TRECHO QUE CORTA A SEDE DESTE MUNICÍPIO, INICIANDO PRÓXIMO AO RESTAURANTE PONTO FRIO E TÉRMINO NO FINAL DA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.jpeg</t>
   </si>
   <si>
     <t>BENFEITORIAS EM TODAS AS CALÇADAS DO MUNICÍPIO DE MARECHAL FLORIANO, BEM COMO A CONSTRUÇÃO DE RAMPAS PARA ACESSO A CADEIRANTES.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AVALIAÇÃO TÉCNICA PARA SUPRIR A NECESSIDADE DE CONSTRUO DE BUEIROS, CAIXAS SECAS E MANUTENÇÃO DAS ESTRADAS, PRINCIPALMENTE NAS PROXIMIDADES DA RESIDENCIA DO SR. SAMUEL MODOLO E BENJAMIM MOGNOL.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA VARANDA NA UNIDADE DE SAÚDE DA COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE PLACAS NO CALÇADÃO DA RUA GUSTAVO HERTEL, INDICANDO O RISCO DE QUEDA DE BARREIRA NESTE PERÍODO DE CHUVAS.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>PLENÁRIO 2011/2012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR A QUADRA POLIESPORTIVA DENOMINADA "CENTRO EDUCACIONAL ESPORTIVO DR. EVANDRO VIEIRA BITTENCOURT MACHADO", LOCALIZADA À RUA NOÉ LUIGI MÓDOLO, PARA A PRÁTICA DE VOLEIBOL E BASQUETEBOL, NOS PERÍODOS QUE NÃO ESTIVER SENDO UTILIZADO PELA ESCOLA "ELISIÁRIO FERREIRA FILHO", BEM COMO,  QUE SEJAM ADQUIRIDOS OS MATERIAIS NECESSÁRIOS PARA EQUIPAR A MESMA, OBJETIVANDO A PRÁTICA DESTES ESPORTES, BENEFICIANDO NÃO SÓ A COMUNIDADE, MAS TAMBÉM OS ALUNOS DA REFERIDA ESCOLA.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM DENTISTA E UM PEDIATRA PARA ATENDER PELO MENOS TRÊS VEZES POR SEMANA, NA UNIDADE DE SAÚDE DO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1552/1552_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1552/1552_texto_integral.jpeg</t>
   </si>
   <si>
     <t>FAZER O DESMEMBRAMENTO DAS ESCRITURAS DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN E DO ANTIGO CONJUNTO QUE FICA DEPOIS DO SUPERMERCADO BEM VINDO, VISANDO HABILITAR OS MORADORES ARA OBTEREM EMPRÉSTIMOS JUNTO A CAIXA  ECONÔMICA FEDERAL, PARA MELHORIA DE SUAS RESIDÊNCIAS, JÁ QUE, SEM O MESMO ELES FICAM IMPOSSIBILITADOS PARA TAL PROCEDIMENTO JUNTO À REFERIDA AGENCIA BANCARIA.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROCEDA COM A REALIZAÇÃO DE DIVERSAS MELHORIAS NA RUA DOZINO MONTEIRO DE PAULA, EM PARALELO A RUA PROFESSORA CECILIA PITANGA.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CALÇAMENTO DE UM PÁTIO EM FRENTE AOS COMÉRCIOS, SHOPCAR, MASTER MOTOS E JMK AUTO ELÉTRICA LOCALIZADOS EM PARALELO A BR 262.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA INTERLIGANDO A RUA GUSTAVO HERTEL, ATÉ O BAIRRO NOSSA SENHORA DA PENHA.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROCEDA COM  A AQUISIÇÃO DE DIVERSOS EQUIPAMENTOS PARA QUE A POLICLÍNICA POSSA REALIZAR EXAMES COMO: MAMOGRAFIA,RAIO X E OUTROS.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PINTURA DAS FAIXAS DE SINALIZAÇÃO HORIZONTAL PARA ESTACIONAMENTO DE MOTOCICLETAS,BEM COMO, CRIAÇÃO DE NOVAS VAGAS PARA ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM NOVO POÇO ARTESIANO PARA A COMUNIDADE DE BETINHO DE SIMON.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROVIDENCIE A CONTRATAÇÃO DE 1 MÉDICO PEDIATRA PARA ATENDER AOS PACIENTES QUE PROCURAM ATENDIMENTO NO POSTO SANTA RITA.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO AUXILIE O PROJETO SOCIAL DA BANDA JUNIOR DA POLICIA MILITAR, ATRAVÉS DA AQUISIÇÃO DE INSTRUMENTOS MUSICAIS.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TROCA DE LUMINÁRIAS E LIMPEZA GERAL DA RUA DELIMAR SCHUNCK;_x000D_
 SERVIÇO DE CASCALHAMENTO DA RUA JOSÉ LOVATTI, LOCALIZADA NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL, JUNTO AO DER-ES, SOLICITANDO A INSTALAÇÃO DE DOIS QUEBRA-MOLAS,PRÓXIMO AO COMÉRCIO DO SENHOR CHICO, LOCALIZADO NA RODOVIA LAURO PEREIRA COIMBRA, QUE INTERLIGA A BR 262 EM VICTOR HUGO A SÃO BENTO DE URÂNIA.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VIABILIZAR A COLOCAÇÃO DE PROTEÇÃO LATERAL NA PONTE PRÓXIMO AO PRÉDIO DE SECRETARIA MUNICIPAL DE EDUCAÇÃO, LOCALIZADA NA RUA VICTOR TRAVÁGLIA.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO PROVIDENCIE O TÉRMINO DO CALÇAMENTO DO BAIRRO NOSSA SENHORA DA PENHA, ANTIGA VILA VENTEM, LOCALIZADO PRÓXIMO A ÁREA DE LAZER DO SENHOR JOÃO STEIN.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO REGULARIZE O REPASSE PARA A ENTIDADE "SOU FELIZ", TENDO EM VISTA QUE O MESMO ENCONTRA-SE EM ATRASO, REFERENTE AOS MESES DE SETEMBRO E OUTUBRO, E, NOVEMBRO A VENCER.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE DENTRO DAS POSSIBILIDADES, O PODER EXECUTIVO UTILIZE OS RECURSOS FINANCEIROS, VIABILIZANDO A LIMPEZA E DESASSOREAMENTO DO RIO BRAÇO SUL.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL REALIZE UMA OPERAÇÃO TAPA BURACOS NAS RUAS GUSTAVO HERTEL E RUA HELENA SANTA CLARA.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIA EM FRENTE AO "ZOO PARK DA MONTANHA", ZOOLÓGICO LOCALIZADO NO SÍTIO DA VOVÓ, NA ESTRADA DE RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REGULARIZAÇÃO DA COLETA DE LIXO NO INTERIOR E NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE ABONO SALARIAL AOS AGENTES COMUNITÁRIOS DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, AOS FAMILIARES DO SENHOR JAIR BATISTA ARAUJO, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR JAIR BORGO.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO E SOLIDARIEDADE, AO ILUSTRÍSSIMO SENHOR CIRO RIBET E SUA FAMÍLIA.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO EXCELENTÍSSIMO SENHOR WANZETE KRUGER.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR NATALINO BIANCHI NETO, COORDENADOR DO CONSELHO DA IGREJA CATÓLICA NA PARÓQUIA DE SANT'ANA E OS DEMAIS MEMBROS.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO CASAL EMPREENDEDOR FÁBIO CARLOS KLIPPEL ANDRADE E SUA ESPOSA EVANILDA MAIER KLIPPEL ANDRADE PROPRIETÁRIOS DA LOJA CAMBALACHO E FOTOMANIA.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AS ILUSTRÍSSIMAS SENHORAS SILVANA FONSECA DOS SANTOS E JOCILENE DA SILVA STEIN.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR AO FALECIMENTO DO SR. ALCEMIR KIEFER.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR FÁBIO STEIN, COORDENADOR MUNICIPAL DA DEFESA CIVIL DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AOS ILUSTRÍSSIMOS SENHORES ANTONIO MÁRCIO BIANCHI E SIDINEY KLIPPEL.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AOS POLICIAIS DA 6ª CIA INDEPENDENTE DE MARECHAL FLORIANO, EM ESPECIAL O EXM° SR. MAJOR MARCELO CORREA MUNIZ E O EXM° SR. CAPITÃO EDINEI BALBINO DE SOUZA.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO E SOLIDARIEDADE A IGREJA CRISTÃ MARANATA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1865/1865_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1865/1865_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR JAIMILSON KUSTER.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE SOLIDARIEDADE A ILUSTRÍSSIMA SENHORA SILVIA GUEDES ALCOFORADO.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AOS NOBRES EMPRESÁRIOS DO RAMO DA AVICULTURA CAPIXABA, OS SENHORES ITAMAR KLEIN, ODERLI SCHNEIDER E OZÓRIO SCHENEIDER.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO EXCELENTÍSSIMO SENHOR CARLOS MARCELO D'ISEP COSTA, TENENTE CORONEL DO CORPO DE BOMBEIROS DO ESTADO DO ESPIRITO SANTO.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1870/1870_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1870/1870_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR ANÍSIO KILL.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR VICTOR ESTEVÃO KLIPPEL, EM FACE A REALIZAÇÃO DA 1ª COPA MASTER DE FUTEBOL SOCIETY.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO ILMO SR. CESAR ABEL KROHLING, PELA APROVAÇÃO E NOMEAÇÃO NO CONCURSO PÚBLICO DO INCAPER.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO FALECIMENTO DA SRª. ZULANIA BUNGENSTAB BOTELHO.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO AO ILMO SR. MARCOS LUCIO MIRANDA.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO, AO ILMO SR. ERASMO SCHWANZ.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, EM FACE DO EXCELENTE TRABALHO REALIZADO POR TODA A EQUIPE DO PSF DE ARAGUAIA QUE ATENDE  AS COMUNIDADES DE ARAGUAIA E RIO FUNDO, AO MÉDICO RESPONSÁVEL,O ILUSTRÍSSIMO DR. GERALDO DE SOUSA PIRES, O ILUSTRÍSSIMO SENHOR DR.ALEX, DENTISTA, ENFERMEIRA, SENHOR SILMARA BRUNA ZAMBOM, AS TÉCNICAS DE ENFERMAGEM PATRICIA SCHNEIDER E HELENA MARA MAJESKI, E AS AGENTES DE SAÚDE JOCILENE PETERLE, MARISA KIFFER,REGINA CALVI LUDWIG, MARGARIDA BUSATO, AUXILIAR DE DENTISTA VERA LÚCIA VELTEM E A AUXILIAR DE ERVIÇOS GERAIS MARIA APARECIDA TRARBACH, SEMPRE ATENDENDO A TODOS COM MUITA PRESTEZA E DEDICAÇÃO.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR ESPIRIDIÃO BRITO.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR JOHNATHAN AREAL ALVES.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, A SENHORA LIANE MARIA BRAVIM CATELAN,TODOS OS PROFESSORES E TODOS OS ALUNOS DA ESCOLA ESTADUAL VICTÓRIO BRAVIM.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO EXMO SR. MAJOR MARCELO CORREA MUNIZ E EXM°. SR. CAPITÃO EDINEY BALBINO DE SOUZA.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR WALDEMIRO ENTRINGER, EM FACE DO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO A SRª. EVANILDA MAYER DE ANDRADE E FAMÍLIA PELO DESEMPENHO NESTE EMPREENDIMENTO, DESEJANDO-LHE MUITO SUCESSO NESTA TRAJETÓRIA.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO PASSAMENTO DO SR. ANTONIO MODOLO.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO JOVEM WAGNER RIBET, EM FACE DO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO EXM°.SENHOR JUAREZ JOSÉ XAVIER, PELO EXEMPLO DE PROFISSIONALISMO E CARÁTER, E REQUEIRO AINDA,QUE SEJA DADO CIÊNCIA AO AGRACIADO.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO FALECIMENTO DA SRª ADELIA MARIA VANELI LEMOS.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1843/1843_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1843/1843_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO SR. ROMILDO LOUREIRO SANTOS.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, AO ILUSTRÍSSIMO SENHOR DR. ANTONIO MIRANDO SMITH.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR RAEL SÉRGIO.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1838/1838_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1838/1838_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SRª ELIDE REGIANNE CATELAN.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1836/1836_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1836/1836_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, EM COMEMORAÇÃO A PASSAGEM DO DIA 1° DE MAIO - DIA MUNDIAL DO TRABALHADOR.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1835/1835_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1835/1835_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR CELESTINO DE ALMEIDA MACHADO, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1833/1833_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1833/1833_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR NELSON CORREA.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1832/1832_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1832/1832_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO PASSAMENTO DO SR. ITAMAR RAASCH.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1830/1830_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1830/1830_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO PASSAMENTO DO SR. JOSÉ RAFAEL ALVES.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1828/1828_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1828/1828_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E FELICITAÇÕES AO ILUSTRÍSSIMO SENHOR HENRIQUE RAASCH.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1826/1826_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1826/1826_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR GERMANO KOEHLER, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1825/1825_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1825/1825_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR JOSÉ STOCKL.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, EM ESPECIAL A EXCELENTÍSSIMA SENHORA ELIANE PAES LORENZONI.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, EM ESPECIAL A ILUSTRÍSSIMA SENHORA NAIR LÚCIA EFFGEM BUNGENSTAB.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR ANTONIO CARLOS OLIVEIRA, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR AFONSO SPERANDIO, EM FACE DO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA JOVEM THAÍS LYRIO DE ANDRADE, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1817/1817_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1817/1817_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO EXCELENTÍSSIMO SENHOR VITOR BELINI ALBERTINO.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR JOSÉ ELDER ARREBOLA.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA LUCINÉIA GUIMARÃES, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR TECLY SANTANA CINTRA.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A TODOS OS ORGANIZADORES E PESSOAS QUE TRABALHARAM NA REALIZAÇÃO D XIII FESTA ITALEMANHA, NA PESSOA DA EXMª. SRª. PREFEITA MUNICIPAL ELIANE PAES LORENZONI, A SRª. ÉDIA KLIPPEL E A SRª. MARIA GORETH PINTO GERARDHT.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, À EXMª. SRª. ELIANE PAES LORENZONI E TODOS OS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SENHOR RUBENS FISCHER E A SENHORA LUZIA DA COSTA.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS E RECONHECIMENTO TENDO COMO DISTINÇÃO O EXCELENTÍSSIMO SENHOR JOÃO CARLOS LORENZONI, DEPUTADO ESTADUAL  </t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO A EXCELENTÍSSIMA SENHORA ELIANE PAES LORENZONI.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, AOS ILUSTRÍSSIMOS SERVIDORES DA FARMÁCIA BÁSICA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, A ILUSTRÍSSIMA SENHORA ALINE DOURADO VIEIRA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1797/1797_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1797/1797_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO ESTIMADO CASAL FLORENTINO DELPUPPO E GENOVEVA MARCULANO GAMA DELPUPPO.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO O EXMO SR. ANDRE ARRUDA LOBATO RODRIGUES.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR FELIPE HUBER,EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR JOSÉ TAVARES TEODORO, POPULARMENTE CONHECIDO COMO XERERÉU.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DE JOVENTINO LOURENÇO DA SILVA, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA LUZIA ALVES PEREIRA DA COSTA, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO JOVEM MARLON CORREIA COSTA, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO PASSAMENTO DA SRª. ANA ULIANA BRAVIM.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, EM ESPECIAL A ILUSTRÍSSIMA SENHORA JOELMA APARECIDA CORREA DOS SANTOS.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO À ILUSTRÍSSIMA SENHORA LIANE MARIA BRAVIM CATELAN.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR THIAGO DE SOUZA CASTRO.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO À ILUSTRÍSSIMA SENHORA BERNADETE MARIA TSCHAEN.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O SR. TARCISIO BORGO, A SRª NILDA REGIANE KROHLING BORGO E A DIVISÃO DE CULTURAL MUNICIPAL, PELO SUCESSO DO "V FESTIVAL DA CULTURA ITALIANA DE ARAGUAIA", REALIZADO NOS DIAS 18 E 19 DE AGOSTO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO À TODA A EQUIPE DA ESCOLA VICTÓRIO BRAVIM.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS  RECONHECIMENTO À TODA A EQUIPE DA ESCOLA NICOLAU KROHLING.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A ILUSTRÍSSIMA SENHORA DIANA DE SOUZA MESSIAS, DIRETORA DA ESCOLA MAURO JOSÉ CHRISTO E A ILUSTRÍSSIMA SENHORA SAIONARA RAMOS DAS NEVES SÓRIO.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES AO EXCELENTÍSSIMO SENHOR FABRICIO ADMIRAL SOUZA.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PROFUNDO PESAR PELO FALECIMENTO DO JOVEM TALISON HENRIQUE BICKEL.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO MENOR MATHEUS PIVETA VIDAL DA PENHA, EM FACE DO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR FABIO JOSÉ PIMENTA WERNECK MACHADO, EM FASE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA CATHARINA HOFFMANN BORGO, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O EXCELENTÍSSIMO SENHOR EDIVALDO LOURENÇO DOS SANTOS JUNIOR.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO PARA O EXCELENTÍSSIMO SENHOR IVAN GUERRA.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A TODA A EQUIPE DE SERVIDORES DA CRECHE FLOMIRO ENDLICH CANAL NETO.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A TODA A EQUIPE DE SERVIDORES DA ESCOLA BERNARDO LEONOR EFFGEM.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR CELSO AFONSO LUDOVICO LACERDA.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O ILUSTRÍSSIMO SENHOR JOAB VARGAS VIEIRA.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA OS ILUSTRÍSSIMOS SENHORES JOSÉ OSCAR HERTEL E ADEMAR HERTEL, BEM COMO OS FILHOS.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR DOMINGOS ALMEIDA, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA  O ILUSTRÍSSIMO SENHOR CARLOS ROBERTO BORGO.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR HILTON ULIANA, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA JOCILENE CRISTINA ENDLICH, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1741/1741_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1741/1741_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A ILUSTRÍSSIMA SENHORA ÉDIA KLIPPEL.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A TODA A EQUIPE DE SERVIDORES DA ESCOLA SITIO RUPF.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA OS ILUSTRÍSSIMOS SENHORES ANTONIO LIDINEY GOBBI E JOSÉ ONOFRE PEREIRA.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O EXCELENTÍSSIMO SENHOR SILVIO FELIPE DOS SANTOS.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR SEBASTIÃO KROHLING SEGUNDO.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS DA CONDUÇÃO DOS TRABALHOS ELEITORAIS DE 2012.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO EXCELENTÍSSIMO SENHOR ALOÍSIO MODOLO DE ALMEIDA.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO À TODOS OS FUNCIONÁRIOS DO CARTÓRIO ELEITORAL DE DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO EXCELENTÍSSIMO SENHOR JOAQUIM BENEDITO BARBOSA GOMES, MINISTRO RELATOR DA CPI DO MENSALÃO.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOTA DE REPUDIO AS AGRESSÕES SOFRIDAS PELO REPÓRTER ANDRÉ FALCÃO E O CINEGRAFISTA WAGNER MARTINS.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA ELZA KILL KROHLING, EM FACE DE FALECIMENTO.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AOS VENCEDORES DO IX CONCURSO DE QUALIDADE DE CAFÉ.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A EXCELENTÍSSIMA SENHORA DOUTORA MONICA SILVA MARTINS.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA OS EXCELENTÍSSIMOS VEREADORES DESSE ATUAL MANDATO, BEM COMO TODOS OS FUNCIONÁRIOS DESTE PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA OS EXCELENTÍSSIMOS SENHORES VEREADORES ELEITOS NAS ULTIMAS ELEIÇÕES.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O ILUSTRÍSSIMO SENHOR ROMEU NUNES VIEIRA.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O ILUSTRÍSSIMO SENHOR FABIO STEIN.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR RAEL SÉRGIO.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR OTTO LITTIG, EM FACE DO SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O ILUSTRÍSSIMO SENHOR JOSÉ RODOLFO KROHLING.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO PARA A EXCELENTÍSSIMA SENHORA ELIANE PAES LORENZONI.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO PARA O ILUSTRÍSSIMO SENHOR GUSTAVO JOSÉ WERNERSBACH.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1829/1829_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1829/1829_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, A TODA A EQUIPE DE ENFERMAGEM DO MUNICÍPIO DE MARECHAL FLORIANO, PELA COMEMORAÇÃO DO DIA DA ENFERMAGEM.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR ANTONIO VACCARI EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>11643</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11643/pc_001-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11643/pc_001-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 003/2012 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL FIRMAR CONVÊNIO COM O ÓRGÃO DETRAN/ES E O GOVERNO ESTADUAL".</t>
   </si>
   <si>
     <t>11644</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11644/pc_002-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11644/pc_002-2012.pdf</t>
   </si>
   <si>
     <t>11646</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11646/pc_003-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11646/pc_003-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 007/2012 QUE "DISPÕE SOBRE REAJUSTE PARA OS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11647</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11647/pc_004-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11647/pc_004-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 008/2012 QUE "ALTERA A LEI MUNICIPAL N° 692 DE 09 DE MAIO DE 2007, QUE INSTITUI O VALE FEIRA PARA SER UTILIZADO NA FEIRA LIVRE DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>11648</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11648/pc_005-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11648/pc_005-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 010/2012 QUE "INSTITUI O ÓRGÃO DE CONTROLE INTERNO NO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11649</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11649/pc_006-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11649/pc_006-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 013/2012 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS)"</t>
   </si>
   <si>
     <t>11650</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11650/pc_007-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11650/pc_007-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 015/2012 QUE "FIX O SUBSIDIO MENSAL DO PREFEITO MUNICIPAL".</t>
   </si>
   <si>
     <t>11651</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11651/pc_008-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11651/pc_008-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 016/2012 QUE "FIXA O SUBSIDIO MENSAL DE SECRETÁRIOS MUNICIPAS".</t>
   </si>
   <si>
     <t>11652</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11652/pc_009-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11652/pc_009-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 017/2012 QUE "FIXA O SUBSIDIO MENSAL DOS VEREADORES".</t>
   </si>
   <si>
     <t>11653</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11653/pc_010-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11653/pc_010-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 014/2012 QUE "IMPÕE PENALIDADES AOS CONTRIBUINTES MUNICIPAL POR FORNECIMENTO DE BEBIDAS ALCOOLICAS A PESSOAS QUE SÃO PÚBLICAS E NOTORIAMENTE CONHECIDAS COMO ALCOOLICAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11654</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11654/pc_011-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11654/pc_011-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 018/2012 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL".</t>
   </si>
   <si>
     <t>11655</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11655/pc_012-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11655/pc_012-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 019/2012 QUE "AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES".</t>
   </si>
   <si>
     <t>11656</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11656/pc_013-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11656/pc_013-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 025/2012 QUE "FIXA VENCIMENTOS-BASE DO QUADRO DO MAGISTÉRIO DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11657</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11657/pc_014-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11657/pc_014-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 021/2012 QUE "REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11659</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11659/pc_015-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11659/pc_015-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 024/2012 QUE "DISCIPLINA AS NOMEAÇÕES PARA CARGOS EM COMISSÃO, NO ÂMBITO DOS ÓRGÃOS DO PODER EXECUTIVO E LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11661</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11661/pc_016-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11661/pc_016-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 026/2012 QUE "TORNA OBRIGATÓRIO O ENVIO DE LEIS SANCIONADAS OU PROMULGADAS ÀS FAMÍLIAS DOS CIDADÃOS QUE FORAM HOMENAGEADOS PELO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11663</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11663/pc_017-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11663/pc_017-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 027/2012 QUE "DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE ORIENTAÇÃO A SEXUALIDADE NAS ESCOLAS DA REDE MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO-ES"</t>
   </si>
   <si>
     <t>11665</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11665/pc_018-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11665/pc_018-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 028/2012 QUE "DENOMINA DE ESTRADA JAIME CANAL".</t>
   </si>
   <si>
     <t>11667</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11667/pc_019-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11667/pc_019-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 030/2012 QUE "DENOMINA DE LADEIRA MARIO SCHUNK"</t>
   </si>
   <si>
     <t>11669</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11669/pc_020-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11669/pc_020-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 029/2012 QUE "OBRIGA OS MERCADOS, SUPERMERCADOS, IPERMERCADOS OU ESTABELECIMENTOS SIMILARES A ACOMODAR EM ESPAÇO ÚNICO, SEPARADO E ESPECÍFICO OS PRODUTOS RECOMENDADOS PARA PESSOAS DIABÉTICAS".</t>
   </si>
   <si>
     <t>11670</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11670/pc_021-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11670/pc_021-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 032/2012 QUE "DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11672</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11672/pc_022-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11672/pc_022-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 040/2012 QUE "AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES"</t>
   </si>
   <si>
     <t>11674</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11674/pc_023-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11674/pc_023-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 068/2012 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE 209.000,00".</t>
   </si>
   <si>
     <t>11676</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11676/pc_024-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11676/pc_024-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 070/2012 QUE "ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO-ES PARA O EXERCÍCIO FINANCEIRO DE 2013".</t>
   </si>
   <si>
     <t>11677</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11677/pc_025-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11677/pc_025-2012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 078/2012 QUE "ALTERA A LEI N° 1.104 DE 21 DE DEZEMBRO DE 2011".</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TITULO DE HONRA AO MERITO</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Cabral, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1966/1966_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1966/1966_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR PROGRAMA DE CONSCIENTIZAÇÃO, VISTORIA E FISCALIZAÇÃO PARA ABERTURA DE BARRAGENS, TANQUES E LAGOAS, NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10982</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10982/projeto_de_lei_002-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10982/projeto_de_lei_002-2012.pdf</t>
   </si>
   <si>
     <t>" AUTORIZA O PODER EXECUTIVO MUNICIPAL CONCEDER REAJUSTE AOS SERVIDORES MUNICIPAIS DO QUADRO PERMANENTE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>Aloísio Módolo de Almeida, Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1964/1964_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1964/1964_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°400, DE 08 DE OUTUBRO DE 2001.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>Eliane Paes Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REPASSE Á ENTIDADE DE ORGANIZAÇÃO DE AMPARO A IDOSOS - SOU FELIZ</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ANISTIA FISCAL DO IMPOSTO PREDIAL E TERRITORIAL URBANO IPTU E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>MESA DIRETORA 2011/2012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE PARA OS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°692 DE 09 DE MAIO DE 2007, QUE "INSTITUI O VALE FEIRA PARA SER UTILIZADO NA FEIRA LIVRE DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>Alcino Diniz, Joaquim Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FRANCISCO MARQUES SOBRINHO O CAMPO DE BOCHA LOCALIZADO NA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O ÓRGÃO DE CONTROLE INTERNO NO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ABONO SALARIAL AOS AGENTES COMUNITÁRIOS DE SAÚDE DESTE MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE SALARIAL PARA SERVIDORES DO PODER EXECUTIVO MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO VALOR DE R$300.000,00 (TREZENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPÕE PENALIDADES AOS CONTRIBUINTES MUNICIPAL POR FORNECIMENTO DE BEBIDAS ALCOÓLICAS A PESSOA QUE SÃO PÚBLICAS E NOTORIAMENTE CONHECIDAS COMO ALCOÓLICOS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSIDIO MENSAL DO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSIDIO MENSAL DOS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSIDIO MENSAL DOS VEREADORES.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ADQUIRIR IMÓVEL.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1939/1939_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1939/1939_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS PARA ATENDER A SECRETARIA DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1940/projeto_de_lei_021-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1940/projeto_de_lei_021-2012.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ARY RIBEIRO DA SILVA O PRÉDIO DA POLICLÍNICA DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA RUTH MENDES COSTALONGA.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1934/projeto_de_lei_024-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1934/projeto_de_lei_024-2012.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA AS NOMEAÇÕES PARA CARGOS EM COMISSÃO, NO ÂMBITO DOS ÓRGÃOS DO PODER EXECUTIVO E LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA VENCIMENTOS-BASE DO QUADRO DO MAGISTÉRIO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O ENVIO DE LEIS SANCIONADAS OU PROMULGADAS ÀS FAMÍLIAS DOS CIDADÃOS QUE FORAM HOMENAGEADOS PELO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE ORIENTAÇÃO A SEXUALIDADE NAS ESCOLAS DA REDE MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA JAIME CANAL.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRIGA OS MERCADOS, SUPERMERCADOS, HIPERMERCADOS OU ESTABELECIMENTOS SIMILARES A ACOMODAR EM ESPAÇO ÚNICO, SEPARADO E ESPECIFICO OS PRODUTOS RECOMENDADOS PARA PESSOAS DIABÉTICAS.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LADEIRA MARIO SCHUNCK.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DO TRABALHADOR RURAL NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1924/projeto_de_lei_032-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1924/projeto_de_lei_032-2012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA Á PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N°.1.124 DE 30 DE MARÇO DE 2012 QUE DENOMINA DE RUA RUTH MENDES COSTALONGA.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIROS A TÍTULO DE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CAMPANHA DE ESCLARECIMENTO E COMBATE A PEDOFILIA NAS ESCOLAS PÚBLICAS E PARTICULARES DO MUNICÍPIO DE MARECHAL FLORIANO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RODOVIA ANTONIO MANOEL MARQUES.</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RODOVIA HENRIQUE KROHLING SOBRINHO.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RODOVIA CARLOS GERMANO KRÜGER.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA REFERÊNCIA DA CARREIRA/CLASSE DO CARGO DE BERÇARISTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O TRIMESTRE ESCOLAR ANTIDROGAS, NAS DIRETRIZES ESCOLARES PARA A PREVENÇÃO AO USO DE DROGAS E OBRIGA A TODAS AS INSTITUIÇÕES DE ENSINO FUNDAMENTAL E MÉDIO DE MARECHAL FLORIANO A ADERIR AO PROJETO  </t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE RUA FLORISBELA UHL VELTEN </t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE ESTRADA BENEDICTO MARQUES </t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1980/1980_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1980/1980_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE CENTRO EDUCACIONAL ESPORTIVO DR. EVANDRO VIERA BITTENCOURT MACHADO</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1979/1979_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1979/1979_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE GINÁSIO MUNICIPAL DE ESPORTES CICÍLIA MARIA SIMON </t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1978/1978_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1978/1978_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE VILA ALTO RIO FUNDO </t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1977/1977_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1977/1977_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO DISPOR SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1976/1976_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1976/1976_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE ENSINO DA BOCHA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1975/1975_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1975/1975_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA JOSÉ HUBER</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1974/1974_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1974/1974_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REGULAMENTAR A DENOMINAÇÃO DE BAIRROS, LOGRADOUROS PÚBLICOS E BENS PÚBLICOS </t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1973/1973_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1973/1973_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR PROFISSIONAIS COM CERTIFICADO FITOSSANITÁRIA DE ORIGEM - CFO/CFOC, PARA ATENDER OS PRODUTORES DE CÍTRICOS E BANANAS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DA OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1972/1972_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1972/1972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA REMÉDIO EM CASA E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1971/1971_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1971/1971_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE FIXAÇÃO DE QUADRO DE HORÁRIOS NAS DIRETORIAS E DEPARTAMENTOS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A GRAVAÇÃO DE LOGOMARCA DE EMPRESAS PÚBLICAS E/OU PRIVADAS EM UNIFORMES DOADOS AOS ALUNOS DAS CRECHES E ESCOLAS MUNICIPAIS </t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1969/1969_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1969/1969_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 435.000,00 (QUATROCENTOS E TRINTA E CINCO MIL REAIS)</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1968/1968_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1968/1968_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DESONERAÇÃO FISCAL RELATIVA AOS IMPOSTOS QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1967/1967_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1967/1967_texto_integral.pdf</t>
   </si>
   <si>
     <t>DESTINA E DOA IMÓVEIS PARA A EXECUÇÃO DO PROGRAMA MINHA CASA MINHA VIDA - PMCMV</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1965/1965_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1965/1965_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO MENSAGEIROS DA BOA NOVA E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES PARA IMPLEMENTAR O PROGRAMA MINHA CASA MINHA VIDA - PMCMV, CRIADO PELA LEI N° 11.977, DE 07 DE JULHO DE 2009, NAS CONDIÇÕES DEFINIDAS PELOS NORMATIVOS DO MINISTÉRIO DAS CIDADES</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGOS PARA ATENDER A SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR DE R$ 101.500,00 (CENTO E UM MIL E QUINHENTOS REAIS)</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°904 DE 15 DE ABRIL DE 2009 QUE CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL - FMHIS</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES </t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA PAULO RUPF</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO SISCAN - SISTEMA MUNICIPAL DE REGISTRO DE CÂNCER NO MUNICÍPIO DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O REGIMENTO INTERNO DO CEMITÉRIO RECANTO DA PAZ E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO VALOR R$ 209.000,00 (DUZENTOS E NOVE MIL REAIS)</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ACRESCENTAR ÁREA DE PERÍMETRO URBANO AO ARTIGO 5° DA LEI N° 066 DE 08 DE ABRIL DE 1994</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO - ES PARA O EXERCÍCIO FINANCEIRO DE 2013</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A TRANSPARÊNCIA DOS ATOS DOS PODERES LEGISLATIVO E EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO II E ANEXO III DA LEI MUNICIPAL Nº 1125 DE 30 DE MARÇO DE 2012</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 14, 15, 18 E 39 DA LEI Nº 675, DE 30 DE ABRIL DE 2007, E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZAÇÃO PARA PAGAMENTO DE PREMIAÇÃO NO VALOR DE R$ 6.000,00 (SEIS MIL REAIS) AOS VENCEDORES DO IX CONCURSO DE QUALIDADE DO CAFÉ DO MUNICÍPIO DE MARECHAL FLORIANO  </t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FICAM CRIADOS PONTOS DE TÁXI NO MUNICÍPIO DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE ABONO SALARIAL AOS INTEGRANTES DO QUADRO DE MAGISTÉRIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTES DESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS </t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº.1104, DE 21 DE DEZEMBRO DE 2011</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 960 DE 09.11.09 - "PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPIRITO SANTO PARA O PERÍODO DE 2010 A 2013.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE PRAÇA DOS PODERES PEDRO BUENO </t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERAR DISPOSITIVOS DA LEI Nº 1180, DE 10 DE DEZEMBRO DE 2012, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZAR O PODER EXECUTIVO A DISPOR SOBRE A CRIAÇÃO DAS TAXAS PARA O LICENCIAMENTO AMBIENTAL DE EMPREENDIMENTO, ATIVIDADES E/OU SERVIÇOS CONSIDERADOS EFETIVA OU POTENCIALMENTE POLUIDORES E/OU DEGRADADORES DO MEIO AMBIENTE NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZAR O PODER EXECUTIVO MUNICIPAL À ATUALIZAR AS FONTES DE RECURSOS DO ORÇAMENTO MUNICIPAL DO EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>10451</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10451/pr001-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10451/pr001-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A DEVOLVER RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10452</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10452/pr002-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10452/pr002-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10453</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10453/pr003-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10453/pr003-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO DO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>10454</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10454/pr004-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10454/pr004-2012.pdf</t>
   </si>
   <si>
     <t>10455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10455/pr005-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10455/pr005-2012.pdf</t>
   </si>
   <si>
     <t>10456</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10456/pr006-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10456/pr006-2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE ABONO PECUNIÁRIO PARA OS SERVIDORES EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10458</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10458/pr007-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10458/pr007-2012.pdf</t>
   </si>
   <si>
     <t>9369</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/9369/001-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/9369/001-2012.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS UM PROJETO DE LEI AUTORIZANDO A REGULARIZAÇÃO DE LOTES COM MEDIDAS INFERIORES A 300M2, TENDO EM VISTA O GRANDE NÚMERO DE SOLICITAÇÕES FEITAS PELOS PROPRIETÁRIOS.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE OFERECER UMA AJUDA DE CUSTOS NO VALOR DE R$ 100,00 AOS ESTUDANTES DE NÍVEL MÉDIO E SUPERIOR, QUE NECESSITAM USAR TRANSPORTE PRIVADO PARA ESTUDAR FORA DO MUNICÍPIO DE MARECHAL FLORIANO._x000D_
 FICA A CARGO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO O CONTROLE PARA A CONCESSÃO DA AJUDA DE CUSTO. </t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A CONSTRUÇÃO DE UMA REDE DE ESGOTO COM TUBOS DE PVC NO MORRO CONHECIDO COMO FRANCISCO PENHA, TENDO EM VISTA QUE OS MARADORES ESTÃO UTILIZANDO COMO REDE DE ESGOTO UMA ANTIGA REDE DE ÁGUA QUE SERVIA DE ESCAPE PARA A SOBRA DO RESERVATÓRIO DA CESAN. </t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE ATRAVÉS DO SETOR COMPETENTE UMA VISTORIA EM TODAS AS REPRESAS, LAGOAS E AÇUDES DO MUNICÍPIO DE MARECHAL FLORIANO, OBSERVANDO SE AS MESMAS ENCONTRAM-SE EM BOAS SITUAÇÕES DE SEGURANÇA.  </t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER UM PEDIDO PARA QUE, O PODER EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS UM PROJETO DE LEI VISANDO PROPICIAR AUMENTO SALARIAL AOS SERVIDORES DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO CÓPIA DA FOLHA DE PAGAMENTO AOS MESES DE NOVEMBRO E DEZEMBRO DE 2011, BEM COMO INFORMAR O PERCENTUAL GASTO COM OS SERVIDORES EFETIVOS NOS REFERIDOS MESES CITADOS. </t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO CRIE UM PROGRAMA DE CONSCIENTIZAÇÃO SOBRE A DOENÇA QUE ACOMETE A PRÓSTATA, CONFORME DETERMINA A LEI MUNICIPAL Nº 556/2005, QUE INSTITUIU A SEMANA DE ORIENTAÇÃO E PREVENÇÃO SOBRE AS COMPLICAÇÕES CAUSADAS PELA FALTA DE UM DIAGNÓSTICO PRECOCE DA DOENÇA. </t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE TODO O PROCEDIMENTO ADOTADO SEJA TOMADA DE PREÇOS OU OUTRA MODALIDADE DE LICITAÇÃO PARA A CONTRATAÇÃO DOS SERVIÇOS QUE ORIGINOU A CONSTRUÇÃO DOS ABRIGOS DE ÔNIBUS NO MUNICÍPIO, CONSTANDO INCLUSIVE OS VALORES JÁ PAGO.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CÓPIA DO RELATÓRIO REALIZADO PELA DEFESA CIVIL QUE ORIGINOU O DECRETO EMERGENCIAL ANO 2012, INFORMANDO AS OBRAS A SEREM REALIZADAS, QUEM AS EXECUTOU E O VALOR QUE JÁ FOI PAGO.  </t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO INFORME QUAL É A PREVISÃO PARA INICIO DO FUNCIONAMENTO NO NOVO CEMITÉRIO, CONSTRUÍDO NA RUA GUSTAVO HERTEL. </t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL, JUNTO AO COMANDO DA POLÍCIA MILITAR DE MARECHAL FLORIANO, SOLICITANDO A PERMANÊNCIA DE POLICIAS PRÓXIMO A PRAÇA JOSÉ HENRIQQUE PEREIRA E BAR AMÉRICA, DEVIDO A GRANDE CONCENTRAÇÃO DE JOVENS NOS FINAIS DE SEMANA DE "6º FEIRA A DOMINGO", EM ESPECIAL NO PERÍODO NOTURNO. </t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL INTERVENHA JUNTO AO SETOR OU A EMPRESA COMPETENTE, OBJETIVANDO A RETIRADA DOS POSTES QUE FICARAM DENTRO DA RUA GUSTAVO HERTEL, APÓS A SUBSTITUIÇÃO DOS POSTES VELHOS, TENDO EM VISTA A EXPANSÃO LATERAL DA VIA E O CALÇADÃO QUE FOI CONSTRUÍDO.  </t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">COPIA DE TODO O CONTRATO, ORDEM DE SERVIÇO OU AUTORIZAÇÃO EFETUADA ENTRE A PREFEITURA MUNICIPAL E AS EMPRESAS RESPONSÁVEIS PELA EXECUÇÃO DOS SERVIÇOS DE TAPA BURACOS, REALIZADOS EM MARECHAL FLORIANO ENTRE OS MESES DE JANEIRO DE 2011 ATÉ JANEIRO DE 2012, ENCAMINHADO EM ANEXO AS NOTAS FISCAIS PAGAS COM AS REFERIDAS MEDIÇÕES AUTORIZADAS PELA SECRETARIA DE OBRAS. </t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL, EM CONJUNTO COM O SETOR DE TRIBUTAÇÃO, REALIZE UMA VISTORIA EM TODAS AS RUAS DO MUNICÍPIO, VISANDO REGULARIZAR A NUMERAÇÃO DOS IMÓVEIS, UMA VEZ QUE OS PROPRIETÁRIOS ESTÃO TENDO DIFICULDADE EM RECEBER SUAS CORRESPONDÊNCIAS ATRAVÉS DOS CORREIOS, ESCELSA, CESAN E OUTROS.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO E A SECRETARIA DE EDUCAÇÃO, REAJUSTE O SALÁRIO DOS PROFESSORES, BEM COMO A REVISÃO DE UM PLANO DE CARREIRA MAIS ATUALIZADO, PARA OS SERVIDORES DA EDUCAÇÃO MUNICIPAL. </t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ESTUDO SOBRE A POSSIBILIDADE DE SEPARAR A SECRETARIA DE ESPORTES DA SECRETARIA DE EDUCAÇÃO, VISANDO UM MELHOR PLANEJAMENTO, ELABORAÇÃO E EXECUÇÃO DAS ATIVIDADES ESPORTIVAS EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL, DENTRO DAS SUAS DISPONIBILIDADES FINANCEIRAS ANÁLISE A POSSIBILIDADE DE ADQUIRIR UM CARRO FUMACÊ OU CONTRATE UMA EMPRESA ESPECIALIZADA PARA A REALIZAÇÃO DESTE TIPO DE SERVIÇO, OBJETIVANDO ATENDER PRINCIPALMENTE AS RUAS DA SEDE DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE EM FORNECER AJUDA DE CUSTO PARA OS MOTORISTAS DE AMBULÂNCIA, VISANDO O CUSTEIO DA ALIMENTAÇÃO EM VIAGENS ONDE EXCEDAM O LIMITE DE SEUS HORÁRIOS DIÁRIOS. </t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE ESTUDOS FINANCEIROS VISANDO A POSSIBILIDADE DE AUMENTAR O REPASSE FINANCEIRO VISANDO A POSSIBILIDADE DE AUMENTAR O REPASSE MENSAL DESTINADO A ENTIDADE "SOU FELIZ", LOCALIZADA EM MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1868/1868_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1868/1868_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A AUTORIZAÇÃO PARA A UTILIZAÇÃO DO ESPAÇO DA CÂMARA</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL EM CONJUNTO COM A SECRETARIA MUNICIPAL DE SAÚDE PROVIDENCIE A CRIAÇÃO DE UM PROGRAMA DE SAÚDE DO IDOSO, VISANDO PROPORCIONAR UMA MELHOR QUALIDADE DE VIDA A ESTAS PESSOAS QUE TANTO TRABALHARAM PARA O CRESCIMENTO DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL EM CONJUNTO COM A SECRETARIA MUNICIPAL DE SAÚDE, VIABILIZE A CRIAÇÃO DE UM PROGRAMA DE SAÚDE MENTAL, PARA ATENDER AS NECESSIDADES DOS MUNICÍPIOS DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE MEDIDAS QUE VISAM O ESVAZIAMENTO DAS FOSSAS SITUADAS NO INTERIOR DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL, ADOTE MEDIDAS PARA IMPLANTAÇÃO DO ORÇAMENTO PARTICIPATIVO PARA EXERCÍCIO DE 2013, VISANDO OBTER UMA DISCUSSÃO MAIS AMPLA, ATENDENDO AS VERDADEIRAS NECESSIDADES DE TODAS AS COMUNIDADES. </t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO ENCAMINHE CÓPIA DA FOLHA DE PAGAMENTO DOS SERVIDORES DO MAGISTÉRIO, REFENTE AOS EXERCÍCIOS DE 2011 E 2012. </t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO, JUNTAMENTE COM A SECRETARIA DE OBRAS E SERVIÇOS URBANOS, PROVIDENCIAS PARA REALIZAR UMA VISTORIA URGENTE EM UM BUEIRO QUE ENTUPIU E CAUSOU UMA GRANDE ENXURRADA ENCHENDO VÁRIAS RESIDÊNCIAS DE LAMA E ENTULHO. </t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO, JUNTAMENTE COM A SECRETARIA DE OBRAS E SERVIÇOS URBANOS, QUE REALIZE UMA VISTORIA SEGUIDA DE UMA AVALIAÇÃO TÉCNICA E TOMADA DE PROVIDENCIAS EM UMA PONTE DE MADEIRA QUE ESTA CAINDO PRÓXIMO À COMUNIDADE CATÓLICA DE FREI GALVÃO EM COSTA PEREIRA. </t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL CRIE UMA CARTILHA QUE ORIENTE TODOS OS ALUNOS DO MUNICÍPIO DE MARECHAL FLORIANO SOBRE O USO INDEVIDO DE DROGAS E ÁLCOOL, ALÉM DE REALIZAR POLÍTICAS PÚBLICAS NA ÁREA DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA SOCIAL, JUNTO AS FAMÍLIAS QUE PASSAM POR PROBLEMAS RELACIONADOS AO ÁLCOOL E AS DROGAS. </t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL COLOQUE EM PRÁTICA A LEI MUNICIPAL Nº 1039/2011 QUE "DISPÕE SOBRE AJUDA DE CUSTO DE TRANSPORTE A ESTUDANTES QUE CURSAM O ENSINO SUPERIOR E 2º GRAU TÉCNICO PROFISSIONALIZANTE FORA DO MUNICÍPIO DE MARECHAL FLORIANO-ES"</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1837/1837_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1837/1837_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE EM CONTINUAR A CONSTRUÇÃO DAS QUADRAS QUE FORAM INTERROMPIDAS EM VIRTUDE DO NÃO CUMPRIMENTO DO CONTRATO REALIZADO ENTRE A ADMINISTRAÇÃO ANTERIOR E AS EMPRESAS RESPONSÁVEIS. </t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1834/1834_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1834/1834_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A DEMARCAÇÃO DE DUAS OU TRÊS VAGAS PARA TÁXI, NO ENTORNO DA PRAÇA JOSÉ HENRIQUE PEREIRA, TENDO EM VISTA QUE O LOCAL APRESENTA UMA DEMANDA MUITO GRANDE DE PESSOAS, EM VIRTUDE DE SER UM LOCAL COM MUITOS COMÉRCIOS, EVITANDO ASSIM QUE OS TAXISTAS SOFRAM POSSÍVEIS MULTAS. </t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1831/1831_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1831/1831_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO CRIE A "SECRETARIA MUNICIPAL DE ESPORTE E LAZER", VISANDO UM MELHOR PLANEJAMENTO, ELABORAÇÃO E EXECUÇÃO DAS ATIVIDADES ESPORTIVAS EM NOSSO MUNICÍPIO, TENDO EM VISTA QUE HOJE,ESTA SECRETARIA ENCONTRA-SE ASSOCIADA À SECRETARIA DE EDUCAÇÃO E CULTURA, E PARA QUE O ESPORTE RECEBA UMA ATENÇÃO MAIS DIRETA SERA NECESSÁRIO QUE O PODER EXECUTIVO SEPARE A SECRETARIA DE ESPORTES DAS ACIMA MENCIONADAS. </t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1827/1827_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1827/1827_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO IMPLANTE O PROGRAMA DE PLANEJAMENTO FAMILIAR NO ÂMBITO MUNICIPAL. </t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EFETIVAÇÃO E ENQUADRAMENTO DE 12 AGENTES EM EQUIDADE COM OS OUTROS 17 AGENTES JÁ EFETIVADOS._x000D_
 TRATAMENTO IGUALITÁRIO AS DEMAIS SERVIDORES MUNICIPAIS, COMO POR EXEMPLO, A ELIMINAÇÃO DA PROIBIÇÃO DE TAIS AGENTES TENHAM OS BENEFÍCIOS A EMPRÉSTIMOS CONSIGNADOS, PAGAMENTO DE INSALUBRIDADE E DEMAIS DIREITOS COMUNS AOS DEMAIS SERVIDORES. </t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM VIABILIZADOS ESTUDOS POR PARTE DA PREFEITURA MUNICIPAL E DA SECRETARIA DE EDUCAÇÃO, NO SENTIDO DE ENCAMINHAR PROJETO DE LEI EQUIPARANDO OS CARGOS DE BERÇARISTAS COM O DE AUXILIAR DE CRECHE, IGUALANDO OS SALÁRIOS E A CARREIRA, UMA VEZ EM QUE OS BERÇARISTAS POSSUEM ENSINO MÉDIO COMPLETO, SENDO ESTA A MESMA EXIGÊNCIA DO CARGO DE AUXILIAR DE CRECHE, PORTANDO OS BERÇARISTAS POSSUEM O MESMO GRAU DE ESCOLARIDADE E AS MESMAS ATRIBUIÇÕES QUE OS AUXILIARES DE CRECHE. </t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">RECUPERAÇÃO DAS ESTRADAS DE USO DAS LINHAS DE TRANSPORTE ESCOLAR DA COMUNIDADE DE ARAGUAIA. </t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO IMPLANTE O PROGRAMA CAMPEÕES DO FUTURO, NA COMUNIDADE BETINHO SIMON, SITUADA NO TREVO DE PARAJÚ.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO REPASSE RECURSOS FINANCEIROS PARA A PESTALOZZI, A TÍTULO DE SUBVENÇÃO SOCIAL, DO MESMO MODO QUE É REPASSADO PARA A ENTIDADE DE AMPARO A IDOSOS - SOU FELIZ, CONFORME LEI MUNICIPAL Nº 1107, DE 09 DE FEVEREIRO DE 2012.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">COPIA DE TODOS OS BOLETINS DE ATENDIMENTOS DE URGÊNCIA (BAU) REALIZADOS NO PERÍODO DE 01.01.2012 ATÉ 24.04.2012, NO POSTO DE SAÚDE DA SEDE DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO ENVIE UMA EQUIPE DE SERVIDORES DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS PARA TOMAR AS PROVIDENCIAS CABÍVEIS SOBRE A SEGUINTE SITUAÇÃO: RETIRADA DE ARVORES CAÍDAS NA ESTRADA, LIMPEZA GERAL E CASCALHAMENTO DA VIA PÚBLICA SITUADA PRÓXIMO A PROPRIEDADE DO SR. SEBASTIAO ASSIS.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO A CÓPIA DOS CONTRATOS OU RECIBOS REFERENTE AO PAGAMENTO/RECEBIMENTO DAS PROPAGANDAS QUE FORAM INSERIDAS NO CAMPO DE BOCHA QUINTINO EDUARDO RUPF E NO GINÁSIO DE ESPORTE PAULO LORENZONI. </t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO A CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AOS MESES DE JANEIRO, FEVEREIRO, MARÇO E ABRIL DE 2012.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL, ESTUDE A POSSIBILIDADE DE CRIAR EM SANTA MARIA, UM CENTRO ESPORTIVO, COM ESTÁDIO MUNICIPAL FUTEBOL SOCIETY COM GRAMA SINTÉTICA, CAMPO DE BOCHA E ACADEMIA POPULAR. </t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1800/1800_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1800/1800_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL REPASSE RECURSOS FINANCEIROS PARA HOSPITAL FHASDOMAR, TENDO EM VISTA QUE O HOSPITAL DE DOMINGOS MARTINS ATENDE UMA GRANDE QUANTIDADE DE PACIENTES DE MARECHAL FLORIANO, ENCAMINHADOS PELOS MÉDICOS DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1798/1798_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1798/1798_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONFORME REUNIÃO REALIZADA JUNTO AOS MORADORES DO BAIRRO SANTA RITA E MEDIANTE A DOCUMENTAÇÃO DA EMENDA Nº530, APRESENTADA PELA DEPUTADA LUIZA TOLEDO E SOLICITADA PELO VEREADOR JOÃO CABRAL R. CONCIGLIERI, NO VALOR DE R$ 30.000,00, OBJETIVANDO A IMPLANTAÇÃO DA ACADEMIA POPULAR NO BAIRRO SANTA RITA, REQUEIRO A VOSSA EXCELÊNCIA QUE PROCEDA COM A CONSTRUÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1795/1795_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1795/1795_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A IDENTIFICAÇÃO ATRAVÉS DE PLACAS INDICATIVAS DAS DENOMINAÇÕES DE RUAS, PRAÇAS, TRAVESSIAS, PONTES E PRÉDIOS PÚBLICOS CONFORME APROVADOS PELA CÂMARA MUNICIPAL, EM TODO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOCIEDADE PESTALOZI DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O ENCAMINHAMENTO DE UM PROJETO DE LEI REESTRUTURANDO O PLANO DE CARGOS E SALÁRIOS DA PREFEITURA MUNICIPAL. </t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE CÂMERAS DE VIDEOMONITORAMENTO EM TODO O MUNICÍPIO E NAS RODOVIAS DE MAIOR MOVIMENTO.  </t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE A SECRETARIA MUNICIPAL DE EDUCAÇÃO INTERVENHA JUNTO A SEDU, SOLICITANDO A IMPLANTAÇÃO DO SUPLETIVO DE ENSINO MÉDIO NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, UMA VEZ QUE TEMOS APROXIMADAMENTE 50 ALUNOS DESTE MUNICÍPIO QUE DESLOCAM-SE PARA ESTUDAR EM DOMINGOS MARTINS, TENDO DENTRE ESTES ALUNOS COM DIFICULDADE FINANCEIRA PARA CUSTEAR O TRANSPORTE ATÉ O MUNICÍPIO VIZINHO. </t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A AQUISIÇÃO DE UMA ÁREA DE TERRA EM ARAGUAIA PARA CONSTRUÇÃO DE UMA UNIDADE DE SAÚDE DA FAMÍLIA, CRECHE E ESCOLA, ADEQUADAS À NOVA REALIDADE DA COMUNIDADE. </t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DO PODER EXECUTIVO NO SENTIDO DE CORRIGIR O PROBLEMA QUE A OBRA DA POLICLÍNICA CAUSOU NAS MANILHAS PLUVIAIS, PROVOCANDO O ENTUPIMENTO DAS MESMAS, EM ESPECIAL O ENTUPIMENTO DAS MANILHAS PRÓXIMAS A RESIDÊNCIA DA SENHORA MARLENE MARTINS, MÃE DO ZENALDINHO FISCAL DO PODER EXECUTIVO MUNICIPAL._x000D_
 REQUER AINDA A CÓPIA DA DOCUMENTAÇÃO REFERENTE A AQUISIÇÃO DE GRAMA PARA SERVIÇOS DE PAISAGISMO DO TRAJETO DO CALÇADÃO SITUADO A RUA GUSTAVO HERTEL, NO PERÍODO 2011/2012. SOLICITO CÓPIA DAS NOTAS FICAIS DESTA COMPRA, E CASO A AQUISIÇÃO FOI FEITA ATRAVÉS DE PROCESSO LICITATÓRIO, ENCAMINHAR COPIA A PREFEITURA E O PRESTADOR COMO A COPIA DO CONTRATO REALIZADO ENTRE A PREFEITURA E O PRESTADOR DE SERVIÇO RESPONSÁVEL PELO PLANTIO DA GRAMA. </t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE A ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO, ENCAMINHE A ESTA CASA DE LEIS O ESTATUTO DESTA ENTIDADE. </t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS REALIZEM COM URGÊNCIA UMA VISTORIA NA ESTRADA PRINCIPAL DE COSTA PEREIRA, PRÓXIMO A PROPRIEDADE DO SENHOR ANSELMO À CERCA DE 200 METROS DA PONTE DA IGREJA LUTERANA. </t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL, IMPLANTE A PARTI DO PRÓXIMO ANO O ORÇAMENTO PARTICIPATIVO ESTIMADO A REAL POSSIBILIDADE DE PARTICIPAÇÃO DA SOCIEDADE NA VIDA PÚBLICA, POR INTERMÉDIO DO ORÇAMENTO PÚBLICO COM O PROPÓSITO DE PERMITIR A INTERFERÊNCIA DIRETA DA COMUNIDADE NA DEFINIÇÃO DE CERTAS AÇÕES E OBRAS PÚBLICAS, PROMOVENDO CONSULTAS PÚBLICAS QUE PERMITEM A REPRESENTANTES DE BAIRROS, ASSOCIAÇÕES DE MORADORES, LIDERANÇAS COMUNITÁRIAS E A QUALQUER CIDADÃO OPINAR SOBRE PRIORIDADES A SEREM IMPLEMENTADAS NO PRÓXIMO ANO.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL CRIE UM CENTRO DE TESTAGEM E ACONSELHAMENTO (CTA), O QUAL, OFERECE SERVIÇOS DE SAÚDE QUE REALIZAM  AÇÕES DE DIAGNÓSTICO E PREVENÇÃO DE DOENÇAS TRANSMISSÍVEIS. </t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL COLOQUE EM PRÁTICA AS DIVERSAS LEIS MUNICIPAIS REFERENTE À IMPLANTAÇÃO DE COLETA SELETIVA NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO DE MUDAS DE ESPÉCIES NATIVAS DA MATA ATLÂNTICA PARA AGRICULTORES DO MUNICÍPIO PARA RECOMPOSIÇÃO DA MATA CILIAR E REFLORESTAMENTO DE APP'S.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1766/1766_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1766/1766_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO NA BR 262, CONTENDO AS INFORMAÇÕES PARA ACESSO A ESTRADA PASTOR GERMANO KIEFER E VILA ALTO RIO FUNDO. </t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE TRANSFORMAR A ANTIGA ESCOLINHA DESATIVADA NA COMUNIDADE DE ALTO MARECHAL, EM UM PONTO DE APOIO PARA ATENDIMENTO DOS MÉDICOS DO PSF A AGENTES DE SAÚDE, BEM COMO SER UTILIZADA NAS CAMPANHAS DE VACINAÇÃO.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM PSICÓLOGO E UM FISIOTERAPEUTA PARA ATENDER NA CASA DE AMPARO AOS IDOSOS "SOU FELIZ".</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CRIAÇÃO DE UMA COOPERATIVA DE PRODUTORES RURAIS, DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE PLACAS INFORMANDO SOBRE AS NOVAS INSTALAÇÕES DA POLICLÍNICA. </t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO ENCAMINHE COPIA DA FICHA FINANCEIRA DA SERVIDORA ELISABETI RESENDE DA SILVA GAMA, REFERENTE AO PERÍODO DE 2006 À 2012.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO EM CONJUNTO COM A SECRETARIA MUNICIPAL DE MEIO AMBIENTE, PROVIDENCIE UMA VISITA NA UNIVERSIDADE FEDERAL DE VIÇOSA PARA ANALISARMOS E POSTERIORMENTE IMPLANTARMOS EM NOSSO MUNICÍPIO O NOVO SISTEMA DE CARBONIZAÇÃO DE LENHA PARA CARVÃO, "FORNO CONTÊINER", OBJETIVANDO APOIAR AS CARVOARIAS EXISTENTES EM NOSSO MUNICÍPIO, FAZENDO COM QUE AS MESMAS SE ENQUADREM PERANTE AS NORMAS AMBIENTAIS NO SISTEMA PRATICO E PRODUTIVO.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AOS MESES DE JUNHO E JULHO DE 2012.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE UM NOVO LOCAL PARA A IMPLANTAÇÃO DO VIVEIRO DE MUDAS DA PREFEITURA, E PROVIDENCIE NOVAMENTE O PROGRAMA DE DISTRIBUIÇÃO GRATUITA DESSAS MUDAS PARA OS AGRICULTORES DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O CONTRATO DE CONCESSÃO DE USO SEAG Nº 0033/2008, FIRMADO ENTRE A SECRETARIA DE ESTADO DA AGRICULTURA, ABASTECIMENTO, AQUICULTURA PESCA E A ASSOCIAÇÃO DE DESENVOLVIMENTO DE SANTA MARIA, PASSE A SER ADMINISTRADO PELA SECRETARIA MUNICIPAL DE AGRICULTURA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAR UM COMPACTADOR DE SOLO PARA ATENDER AS NECESSIDADES DAS ESTRADAS VICINAIS DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL RETORNE COM A UNIDADE MÓVEL DE ODONTOLOGIA PARA O BAIRRO DE SANTA RITA, VISANDO ATENDER A TODOS DESTA COMUNIDADE, UMA VEZ QUE MUITAS FAMÍLIAS NÃO TÊM CONDIÇÕES DE ARCA COM AS DESPESAS PARA O TRATAMENTO DENTÁRIO. </t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE DENTRO DAS POSSIBILIDADES A EXCELENTÍSSIMA SENHORA DEPUTADA LUIZA TOLEDO INTERVENHA JUNTO AO GOVERNO ESTADUAL, VISANDO IMPLANTAR NA REGIÃO SERRANA A "FAZENDA DA ESPERANÇA", TENDO EM VISTA O GRANDE NÚMERO DE PESSOAS QUE NECESSITAM DE ACOMPANHAMENTO DIÁRIO PARA RECUPERAÇÃO E TRATAMENTO RELATIVO AO USO DE DROGAS, OBJETIVANDO O RETORNO A SOCIEDADE, OFERECENDO PRINCIPALMENTE O APOIO QUE AS FAMÍLIAS NECESSITAM.  </t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>Abel  Bungenstab, Aloísio Módolo de Almeida, Cabral, Gabriela Stockl Ronchi, Joaquim Stein, Juarez Xavier, Paulo Lovatti Junior, Paulo Roberto Raasch, Sérgio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CASCALHAMENTO NAS PRINCIPAIS ESTRADAS DE BOM JESUS E COSTA PEREIRA;_x000D_
 CASCALHAMENTO E LIMPEZA PRÓXIMA A COMUNIDADE LUTERANA DE COSTA PEREIRA;_x000D_
 INTERVENÇÃO EM UM BUEIRO NA ENTRADA QUE LIGA A REFERIDA COMUNIDADE E AS OUTRAS LOCALIDADES.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">INFORMAÇÕES DE COMO ESTA O ANDAMENTO DO PROCESSO REFERENTE À CONSTRUÇÃO DAS ACADEMIAS POPULARES DOS BAIRROS DE SANTA RITA E ARAGUAIA. </t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE PODER EXECUTIVO MUNICIPAL PROVIDENCIE A FIXAÇÃO E REAJUSTE DO SALÁRIO DOS AGENTES DE SAÚDE NO MUNICÍPIO DE MARECHAL FLORIANO, DE ACORDO COM A PORTARIA Nº 459, DE 15 DE MARÇO DE 2012, DO MINISTÉRIO DA SAÚDE._x000D_
 REQUER AINDA, QUE SEJAM REALIZADOS ESTUDOS NO SENTIDO DE CONCEDER ABONO SALARIAL A ESTES PROFISSIONAIS.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL E DO CIRETRAN DO MUNICÍPIO DE MARECHAL FLORIANO, NO SENTIDO DE PROVIDENCIAR A REGULARIZAÇÃO E IDENTIFICAÇÃO ATRAVÉS DE PLACAS DE SINALIZAÇÃO, PERMITINDO O ESTACIONAMENTO SOMENTE AO LADO DA VIA, COLABORANDO ASSIM PARA O TRÁFEGO NORMAL DE VEÍCULOS EM UM TRECHO DE ESTRADA LOCALIZADO EM FRENTE AO ZOOLÓGICO "ZOO PARK DA MONTANHA - SÍTIO DA VOVÓ", EM BARRA DO RIO FUNDO - MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE DENTRO DE SUAS POSSIBILIDADES O TRANSPORTE COLETIVO ER-TRANS PASSE A CIRCULAR PELO MENOS 03 VEZES POR SEMANA NA COMUNIDADE DA VILA SCHUNCK E ALTO MARECHAL, NAS PROXIMIDADES DA FAMÍLIA RHEINEL.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE CÓPIA DA FOLHA DE PAGAMENTO AOS MESES DE AGOSTO E SETEMBRO DE 2012.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AO MÊS DE SETEMBRO DE 2012.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREMOS, OUVIDO O PLENÁRIO, AUTORIZAÇÃO DOS SENHORES PARLAMENTARES PARA REALIZAR A INSTALAÇÃO DOS TRABALHOS E SESSÃO SOLENE DE POSSE DOS VEREADORES, PREFEITO E VICE-PREFEITO ELEITOS PARA O QUADRIÊNIO 2013-2016 ÀS 09:00 HORAS DO DIA 1º DE JANEIRO DE 2013. </t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO O CUMPRIMENTO DA LEI MUNICIPAL Nº. 955 DE 15 DE OUTUBRO DE 2009, PRINCIPALMENTE O DISPOSTO NO ARTIGO 37, QUE DETERMINA A IDENTIFICAÇÃO DOS VEÍCULOS DE PASSAGEIROS DO TRANSPORTE COLETIVO QUE PRESTAM SERVIÇO NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL, ENCAMINHE A COPIA DA FOLHA DE PAGAMENTO, REFERENTE AOS MESES DE AGOSTO, SETEMBRO E OUTUBRO DE 2012. </t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL DENTRO DAS PRERROGATIVAS QUE LHE COMPETE, REALIZE ESTUDO SOBRE A POSSIBILIDADE DE PRORROGA O PRAZO DE CONTRATO COM A EMPRESA RESPONSÁVEL PELO TRANSPORTE COLETIVO NO MUNICÍPIO DE MARECHAL FLORIANO, POR ENTENDER QUE A POPULAÇÃO FICARÁ PREJUDICADA COM A PARALISAÇÃO DESTE SERVIÇO._x000D_
 OUTROSSIM, POR IMPOSIÇÃO LEGAL TAL CONCESSÃO DEVERÁ SER OBJETO DE PROCEDIMENTO LICITATÓRIO PRÓPRIO E NOSSO REQUERIMENTO É NO SENTIDO DE NÃO DEIXAR A POPULAÇÃO DESABASTECIDA DE TRANSPORTE PÚBLICO COLETIVO ATÉ A REALIZAÇÃO DA LICITAÇÃO.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL REALIZE IMPACTO FINANCEIRO VISANDO A CONCESSÃO DE ABONO SALARIAL A TODOS OS SERVIDORES DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL REALIZE FISCALIZAÇÃO MUNICIPAL NAS AGÊNCIAS BANCÁRIAS, OBJETIVANDO O CUMPRIMENTO DA LEI MUNICIPAL Nº 669 DE 12 DE ABRIL DE 2007 "OBRIGA AS AGÊNCIAS BANCÁRIAS MUNICIPAIS A VIABILIZAREM A INSTALAÇÃO DE SANITÁRIOS EM SUAS DEPENDÊNCIAS PARA USO DO CLIENTE.</t>
   </si>
   <si>
     <t>12473</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12473/resolucao_001-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12473/resolucao_001-2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO A DEVOLVER RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12474</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12474/resolucao_002-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12474/resolucao_002-2012.pdf</t>
   </si>
   <si>
     <t>"INSTAURA E NOMEIA MEMBROS PARA COMPOR A COMISSÃO ESPECIAL PROCESSANTE".</t>
   </si>
   <si>
     <t>12475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12475/resolucao_003-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12475/resolucao_003-2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12476/resolucao_004-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12476/resolucao_004-2012.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO DO ORÇAMENTO VIGENTE".</t>
   </si>
   <si>
     <t>12477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12477/resolucao_005-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12477/resolucao_005-2012.pdf</t>
   </si>
   <si>
     <t>12478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12478/resolucao_006-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12478/resolucao_006-2012.pdf</t>
   </si>
   <si>
     <t>12479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12479/resolucao_007-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12479/resolucao_007-2012.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE ABONO PECUNIÁRIO PARA OS SERVIDORES EFETIVOS E COMISSIONADOS DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12480/resolucao_008-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12480/resolucao_008-2012.pdf</t>
   </si>
   <si>
     <t>12617</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12617/em001-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12617/em001-2012.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 020/2012."</t>
   </si>
   <si>
     <t>12618</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12618/em002-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12618/em002-2012.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº032/2012."</t>
   </si>
   <si>
     <t>12619</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12619/em003-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12619/em003-2012.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 032/2012."</t>
   </si>
   <si>
     <t>12620</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12620/em004-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12620/em004-2012.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 070/2012."</t>
   </si>
   <si>
     <t>12621</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12621/ea001-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12621/ea001-2012.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 025/2012."</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3869/3869_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3869/3869_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONCEDE REPASSE Á ENTIDADE DE ORGANIZAÇÃO DE AMPARO A IDOSOS - SOU FELIZ.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3868/3868_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3868/3868_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3866/3866_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3866/3866_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3865/3865_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3865/3865_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE SALARIAL PARA OS SERVIDORES DO PODER EXECUTIVO MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3863/3863_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3863/3863_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICIPAL VIGENTE NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3861/3861_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3861/3861_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3860/3860_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3860/3860_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA CARGOS PARA ATENDER A SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3859/3859_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3859/3859_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DENOMINA DE ARY RIBEIRO DA SILVA O PRÉDIO DA POLICLÍNICA DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3858/3858_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3858/3858_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3856/3856_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3856/3856_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DE LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2013 E DÁ OUTRAS PROVIDENCIAS - LDO.</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3854/3854_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3854/3854_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA A PROPRIEDADE FORNECEDORA DE ÁGUA NO DISTRITO DE ARAGUAIA E DÁ  OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3852/3852_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3852/3852_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS FINANCEIROS A TÍTULO DE SUBVENÇÃO SOCIAL À ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3850/3850_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3850/3850_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTARES AO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORINO, RELATIVO AO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3849/3849_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3849/3849_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3848/3848_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3848/3848_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO MUNICIPAL VIGENTE NO VALOR DE R$435.000,00 (QUATROCENTOS E TRINTA E CINCO MIL REAIS).</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3847/3847_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3847/3847_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DESENVOLVER AÇÕES PARA IMPLEMENTAR O PROGRAMA MINHA CASA MINHA VIDA - PMCMV, CRIADO PELA LEI N°11.977, DE 07 DE JULHO DE 2009, NAS CONDIÇÕES DEFINIDAS PELO NORMATIVO DO MINISTÉRIO DAS CIDADES.</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3846/3846_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3846/3846_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESONERAÇÃO FISCAL RELATIVA AOS IMPOSTOS QUE MENCIONA, E DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3845/3845_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3845/3845_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DESTINA E DOA IMÓVEIS PARA A EXECUÇÃO DO PROGRAMA MINHA CASA MINHA VIDA - PMCMV.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3844/3844_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3844/3844_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO MENSAGEIROS DA BOA NOVA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3843/3843_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3843/3843_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA CARGOS PARA ATENDER A SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3839/3839_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3839/3839_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°904 DE 15 DE ABRIL DE 2009 QUE CRIA O FUNDO MUNICIPAL DE HABITAÇÃO DE INTERESSE SOCIAL - FMHIS.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3838/3838_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3838/3838_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORINO, RELATIVO AO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3837/3837_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3837/3837_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA O REGIMENTO INTERNO DO CEMITÉRIO RECANTO DA PAZ E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3836/3836_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3836/3836_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO MUNICIPAL VIGENTE NO VALOR DE R$ 209.000,00 (DUZENTOS E NOVE MIL REAIS).</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3834/3834_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3834/3834_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO-ES PARA O EXERCÍCIO FINANCEIRO DE 2013.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3832/3832_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3832/3832_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES AO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO, RELATIVO AO EXERCÍCIO DE 2012.</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3829/3829_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3829/3829_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA O ART. 14,15,18 E 39 DA LEI N°675, DE 30 DE ABRIL DE 2007, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3828/3828_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3828/3828_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ENCAMINHAMOS O PRESENTE PROJETO DE LEI QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A FORNECER OS PRODUTOS RURAIS, VENCEDORES DO 9° CONCURSO DE QUALIDADE DO CAFÉ DO MUNICÍPIO DE MARECHAL FLORIANO, UMA PREMIAÇÃO EM DINHEIRO PARA OS 1°, 2° E 3° COLOCADOS, NO VALOR TOTAL  DE R$ 6.000,00 (SEIS MIL REAIS)".</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3825/3825_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3825/3825_texto_integral.jpeg</t>
   </si>
   <si>
     <t>FICAM CRIADOS PONTOS DE TÁXI NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3823/3823_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3823/3823_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO SALARIAL AOS INTEGRANTES DO QUADRO DE MAGISTÉRIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTES DESTE MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3821/3821_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3821/3821_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI COM PROPOSTA DE ADEQUAÇÃO NO PPA 2010 A 2013.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3819/3819_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3819/3819_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI N° 1180, DE 10 DE DEZEMBRO DE 2012, E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3817/3817_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3817/3817_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL À ATUALIZAR AS FONTES DE RECURSOS DO ORÇAMENTO MUNICIPAL DO EXERCÍCIO DE 2013.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5873,68 +5873,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13691/001-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13692/002-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13693/004-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13694/005-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13695/006-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13696/007-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13697/008-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13698/009-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13699/010-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13700/011-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13701/012-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13704/013-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13706/014-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1661/1661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1657/1657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1561/1561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1552/1552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1865/1865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1870/1870_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1843/1843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1838/1838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1836/1836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1835/1835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1833/1833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1832/1832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1830/1830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1828/1828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1826/1826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1825/1825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1817/1817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1797/1797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1829/1829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11643/pc_001-2012.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11644/pc_002-2012.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11646/pc_003-2012.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11647/pc_004-2012.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11648/pc_005-2012.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11649/pc_006-2012.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11650/pc_007-2012.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11651/pc_008-2012.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11652/pc_009-2012.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11653/pc_010-2012.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11654/pc_011-2012.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11655/pc_012-2012.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11656/pc_013-2012.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11657/pc_014-2012.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11659/pc_015-2012.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11661/pc_016-2012.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11663/pc_017-2012.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11665/pc_018-2012.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11667/pc_019-2012.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11669/pc_020-2012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11670/pc_021-2012.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11672/pc_022-2012.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11674/pc_023-2012.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11676/pc_024-2012.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11677/pc_025-2012.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1966/1966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10982/projeto_de_lei_002-2012.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1964/1964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1939/1939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1940/projeto_de_lei_021-2012.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1934/projeto_de_lei_024-2012.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1924/projeto_de_lei_032-2012.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1980/1980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1979/1979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1978/1978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1977/1977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1976/1976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1975/1975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1974/1974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1973/1973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1972/1972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1971/1971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1968/1968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1967/1967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10451/pr001-2012.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10452/pr002-2012.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10453/pr003-2012.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10454/pr004-2012.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10455/pr005-2012.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10456/pr006-2012.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10458/pr007-2012.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/9369/001-2012.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1868/1868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1837/1837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1834/1834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1831/1831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1827/1827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1800/1800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1798/1798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1795/1795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1766/1766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12473/resolucao_001-2012.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12474/resolucao_002-2012.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12475/resolucao_003-2012.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12476/resolucao_004-2012.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12477/resolucao_005-2012.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12478/resolucao_006-2012.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12479/resolucao_007-2012.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12480/resolucao_008-2012.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12617/em001-2012.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12618/em002-2012.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12619/em003-2012.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12620/em004-2012.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12621/ea001-2012.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3869/3869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3868/3868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3866/3866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3865/3865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3863/3863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3861/3861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3860/3860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3859/3859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3858/3858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3856/3856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3854/3854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3852/3852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3850/3850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3849/3849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3848/3848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3847/3847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3846/3846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3845/3845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3844/3844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3843/3843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3839/3839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3838/3838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3837/3837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3836/3836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3834/3834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3832/3832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3829/3829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3828/3828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3825/3825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3823/3823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3821/3821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3819/3819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3817/3817_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13691/001-2012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13692/002-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13693/004-2012.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13694/005-2012.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13695/006-2012.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13696/007-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13697/008-2012.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13698/009-2012.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13699/010-2012.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13700/011-2012.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13701/012-2012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13704/013-2012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/13706/014-2012.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1661/1661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1657/1657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1561/1561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1552/1552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1865/1865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1870/1870_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1843/1843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1838/1838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1836/1836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1835/1835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1833/1833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1832/1832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1830/1830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1828/1828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1826/1826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1825/1825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1817/1817_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1797/1797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1829/1829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11643/pc_001-2012.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11644/pc_002-2012.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11646/pc_003-2012.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11647/pc_004-2012.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11648/pc_005-2012.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11649/pc_006-2012.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11650/pc_007-2012.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11651/pc_008-2012.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11652/pc_009-2012.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11653/pc_010-2012.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11654/pc_011-2012.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11655/pc_012-2012.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11656/pc_013-2012.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11657/pc_014-2012.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11659/pc_015-2012.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11661/pc_016-2012.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11663/pc_017-2012.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11665/pc_018-2012.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11667/pc_019-2012.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11669/pc_020-2012.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11670/pc_021-2012.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11672/pc_022-2012.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11674/pc_023-2012.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11676/pc_024-2012.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/11677/pc_025-2012.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1966/1966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10982/projeto_de_lei_002-2012.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1964/1964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1939/1939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1940/projeto_de_lei_021-2012.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1934/projeto_de_lei_024-2012.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/1924/projeto_de_lei_032-2012.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1980/1980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1979/1979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1978/1978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1977/1977_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1976/1976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1975/1975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1974/1974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1973/1973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1972/1972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1971/1971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1968/1968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1967/1967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10451/pr001-2012.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10452/pr002-2012.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10453/pr003-2012.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10454/pr004-2012.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10455/pr005-2012.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10456/pr006-2012.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/10458/pr007-2012.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/9369/001-2012.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1868/1868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1837/1837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1834/1834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1831/1831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1827/1827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1800/1800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1798/1798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1795/1795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1766/1766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12473/resolucao_001-2012.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12474/resolucao_002-2012.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12475/resolucao_003-2012.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12476/resolucao_004-2012.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12477/resolucao_005-2012.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12478/resolucao_006-2012.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12479/resolucao_007-2012.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12480/resolucao_008-2012.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12617/em001-2012.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12618/em002-2012.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12619/em003-2012.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12620/em004-2012.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2012/12621/ea001-2012.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3869/3869_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3868/3868_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3866/3866_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3865/3865_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3863/3863_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3861/3861_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3860/3860_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3859/3859_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3858/3858_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3856/3856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3854/3854_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3852/3852_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3850/3850_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3849/3849_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3848/3848_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3847/3847_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3846/3846_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3845/3845_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3844/3844_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3843/3843_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3839/3839_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3838/3838_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3837/3837_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3836/3836_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3834/3834_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3832/3832_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3829/3829_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3828/3828_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3825/3825_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3823/3823_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3821/3821_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3819/3819_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2012/3817/3817_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H546"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>