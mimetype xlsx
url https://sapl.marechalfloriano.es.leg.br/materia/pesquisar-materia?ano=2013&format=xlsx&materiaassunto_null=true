--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -54,9356 +54,9356 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13707</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13707/001-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13707/001-2013.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACULTATIVO´´.</t>
   </si>
   <si>
     <t>13708</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13708/002-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13708/002-2013.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACLTATIVO´´.</t>
   </si>
   <si>
     <t>13709</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13709/003-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13709/003-2013.pdf</t>
   </si>
   <si>
     <t>´´DISPÕE SOBRE A REJEIÇÃO DO VETO INTEGRAL, RELATIVO AO AUTROGRAFO N°. 080/2012 RELATIVO AO PROJETO DE LEI N°. 082/2012, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI QUE ´´AUTORIZA O PODER EXECUTIVO A DISPOR SOBRE A CRIAÇÃO DAS TAXAS PARA O LICENCIAMENTO AMBIENTAL DE EMPREENDIMENTOS, ATIVIDADES E/OU SERVIÇOS CONSIDERADOS EFETIVA OU PONTENCIALMENTE POLUIDORES E/OU DEGRADADORES DO MEIO AMBIENTE NO MUNICÍPIO DE MARECHAL FLORIANO´´.</t>
   </si>
   <si>
     <t>13710</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13710/004-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13710/004-2013.pdf</t>
   </si>
   <si>
     <t>13711</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13711/005-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13711/005-2013.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACULTATIVO NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL´´.</t>
   </si>
   <si>
     <t>13712</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13712/006-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13712/006-2013.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACULTATIVO NO ÂMBITO DO PODER LEGISTATIVO MUNUCIPAL´´.</t>
   </si>
   <si>
     <t>13713</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13713/007-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13713/007-2013.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACULTATIVO ´´.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3669/3669_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3669/3669_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSERTO DO REPETIDOR DE SINAL DE TELEVISÃO DA TV GAZETA, BEM COMO A AMPLIAÇÃO DE OUTROS CANAIS DE TV, NA COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3670/3670_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3670/3670_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA UNIDADE DE SAÚDE NA COMUNIDADE VILA SCHUNCK, BEM COMO A MANUTENÇÃO DE ATENDIMENTO NO LOCAL QUE ESTÁ SENDO REALIZADO ATUALMENTE, ATÉ À CONCLUSÃO DA NOVA UNIDADE, E, DISPONIBILIZAÇÃO IMEDIATA DE UM DENTISTA PARA ATENDIMENTO NA MESMA.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3671/3671_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3671/3671_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO PÚBLICA NAS RUAS QUINTA DOS LAGOS, LOCALIZADA NO BAIRRO SANTA RITA E THEODORO DA FONSECA, LOCALIZADA NA SEDE, PRÓXIMA A MAÇONARIA.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>DAVI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3672/3672_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3672/3672_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AMPLIAR A CONTRATAÇÃO DE 02 (DOIS) PARA 03 (TRÊS), O NÚMERO DE PROFESSORES NA ESCOLA MUNICIPAL "FLORES PASSINATO KUSTER", BEM COMO, A REALIZAÇÃO DE ESTUDAR PARA ANALISAR A POSSIBILIDADE DESTA ESCOLAR TAMBÉM OFERECER ENSINO PARA O TURNO VESPERTINO.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3673/3673_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3673/3673_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TRANSPORTE ESCOLAR PARA A ESCOLA "FLORES PASSINATO KUSTER", SENDO QUE, SEJA UM SAINDO DO VIRADOURO E OUTRO DA PROPRIEDADE DO SENHOR LAURINDO WRUCK, AMBOS COM DESTINO ATÉ Á ESCOLA.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>Alcino Diniz</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3678/3678_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3678/3678_texto_integral.pdf</t>
   </si>
   <si>
     <t>-PRIORIDADE NA CONSTRUÇÃO DE DUAS QUADRAS POLIESPORTIVAS EM SOÍDO DE BAIXO._x000D_
 -QUE A PREFEITURA MUNICIPAL DISPONIBILIZE SEMPRE NOS PERÍODOS DE CHUVA UMA CAÇAMBA E UMA RETROESCAVADEIRA, PARA FICAR DE PLANTÃO NO PERÍODO NOTURNO, PARA ATENDER OS PRODUTORES RURAIS, TENDO EM VISTA QUE SEMPRE OCORREM DESLIZAMENTO DE BARREIRAS, INTERDITANDO AS ESTRADAS, IMPOSSIBILITANDO O ESCOAMENTO DAS MERCADORIAS E CONSEQUENTEMENTE TRAZENDO PREJUÍZOS AOS MESMOS.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3677/3677_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3677/3677_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTERVENÇÃO ENTRE O PODER EXECUTIVO E O DNIT, NO SENTIDO DE REALIZAR OPERAÇÃO TAPA BURACOS NA RODOVIA FRANCISCO STOCKL, NO PERCURSO QUE LIGA A BR 262, ATÉ O DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3676/3676_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3676/3676_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO OU VIABILIZAÇÃO DE UM LOCAL ADEQUADO PARA A INSTALAÇÃO DE UMA CRECHE MUNICIPAL NA COMUNIDADE DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3675/3675_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3675/3675_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA E SUBSTITUIÇÃO DE ALGUMAS CALHAS DO TELHADO DA ESCOLA MUNICIPAL DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3674/3674_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3674/3674_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA PONTE NA BAIXADA DE SANTA MARIA, PRÓXIMO AO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3668/3668_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3668/3668_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL MATENHA EM SEU QUADRO OS PROFISSIONAIS QUE SEJAM FUNDAMENTAIS PARA O BEM ESTAR DAS COMUNIDADES, EM ESPECIAL A EDUCADORA ANDREIA RAASCH, NASCIDA E CRIADA NA COMUNIDADE DE BOM JESUS E A SERVIDORA LORENA LOVATTI SIMON, QUE SEMPRE EXERCEU COM MUITA CAPACIDADE AS SUAS FUNÇÕES DE ENFERMEIRA NA COMUNIDADE DE BOM JESUS E NO BAIRRO SANTA RITA, ONDE É MUITO QUERIDA POR TODAS AS PESSOAS DESTA COMUNIDADES.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3667/3667_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3667/3667_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE MELHORIAS NA ÁREA DE LAZER DESTINADA A PRATICA ESPORTIVA DE SKATE, LOCALIZADA NA AVENIDA ARTHUR HAESE, ATRAVÉS DE REFORMAS NA PISTA E NA ILUMINAÇÃO PÚBLICA DESTE LOCAL.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3666/3666_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3666/3666_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJAM ADOTADAS ALGUMAS PROVIDENCIAS PARA O DISTRITO DE ARAGUAIA, RELACIONADAS À MANUTENÇÃO DO DISTRITO QUE A SEGUIR VEM RELACIONADAS:_x000D_
 -LIMPEZA E REPARO NAS CALÇADAS;_x000D_
 -LIMPEZA DE BUEIROS E SUBSTITUIÇÃO DE ALGUMAS TAMPAS.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3665/3665_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3665/3665_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO E PADRONIZAÇÃO DE PLACAS REFERENTES AO NOME DAS RUAS DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3664/3664_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3664/3664_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NO BECO SITUADO NA RUA THIERES VELOSO COM PAVIMENTAÇÃO ASFÁLTICA OU CALÇAMENTO EM BLOCOS E INSTALAÇÃO DE 03 POSTES COM ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3663/3663_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3663/3663_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITAR À SECRETARIA DE OBRAS A VIABILIDADE DA HUMANIZAÇÃO E DISPENÇÃO DE LIXEIRAS EM FRENTE ÀS REPARTIÇÕES PÚBLICAS, PRÉDIOS E DEMAIS PONTOS COMERCIO LOCAL ONDE HÁ GRANDE CIRCULAÇÃO DE PESSOAS COMO PRAÇAS, ÁREAS ESPORTIVAS, BRANCOS, SUPERMERCADOS, RESTAURANTES, ESCOLAS, ETC.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3662/3662_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3662/3662_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA INFRAESTRUTURA DA RUA ALVINO WASSEN.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3661/3661_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3661/3661_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REATIVAR O FUNCIONAMENTO DO CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA, CONFORME A LEI MUNICIPAL N°.573/2005.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3660/3660_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3660/3660_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA DA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3659/3659_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3659/3659_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE UMA AJUDA DE CUSTO AOS PLANTONISTAS E TÉCNICOS DA POLICLÍNICA, BEM COMO AOS SERVIDORES MOTORISTAS DE VANS, KOMBI E AMBULÂNCIA.</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3658/3658_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3658/3658_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANILHAMENTO DE UM CÓRREGO, LOCALIZADO ENTRE O CAMPO DE FUTEBOL E A CRECHE DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3657/3657_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3657/3657_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 02 QUEBRA MOLAS, NA VILA MIGUEL SOUZA, BEM COMO A REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS EM TODO O PERCURSO.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3656/3656_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3656/3656_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA INFRAESTRUTURA DE TODAS AS RUAS DO DISTRITO DE ARAGUAIA, COMO POR EXEMPLO OPERAÇÃO TAPA BURACOS, ACERTOS DE MEIO FIO, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3655/3655_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3655/3655_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE A SECRETARIA DE OBRAS E SERVIÇOS URBANOS PASSE A DISPONIBILIZAR OS SERVIÇOS DE COLETA DE LIXO ATÉ O FINAL DA RUA FLORIANO KIEFER.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3654/3654_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3654/3654_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NO TRECHO DE ESTRADA ENTRE A CABOCLA E AS PROXIMIDADES DA PROPRIEDADE DO SENHOR LAURINDO WRUCK, E O PERCURSO ENTRE A CABOCLA E AS PROXIMIDADES DA PROPRIEDADE DO SENHOR TARCISIO CHRISTO.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3653/3653_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3653/3653_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-QUE A PREFEITURA MUNICIPAL PROVIDENCIE A CARÁTER DE URGÊNCIA A AQUISIÇÃO DE REMÉDIOS PARA A FARMÁCIA BÁSICA MUNICIPAL, TENDO EM VISTA QUE A MESMA NÃO ESTÁ ATENDENDO OS ANSEIOS DA POPULAÇÃO FLORIANENSE, EM ESPECIAL OS PACIENTES QUE NECESSITAM DE REMÉDIOS CONTROLADOS;_x000D_
 -CONSIDERANDO AINDA QUE AS RUAS DO CENTRO DE NOSSO MUNICÍPIO FORAM TODAS RECAPEADAS NO EXERCÍCIO ANTERIOR, INDICO AO PODER EXECUTIVO O RECAPEAMENTO DA RUA GUSTAVO HERTEL EM TODO O SEU PERCURSO.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3652/3652_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3652/3652_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-CONSTRUÇÃO DE UM MURO, VISANDO A AMPLIAÇÃO DA RUA CECÍLIA PITANGA, NO MORRO DA MACEFEL, PRÓXIMO A CASA DO SR. HONORATO MOREIRA._x000D_
 -MELHORIA EM UMA RUA LOCALIZADA ATRÁS DO REPETIDOR, TENDO EM VISTA A ENORME QUANTIDADE DE BURACOS.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3650/3650_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3650/3650_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">-APROXIMADAMENTE 350 METROS DE PAVIMENTAÇÃO ASFÁLTICA PARA A COMUNIDADE DE BOM JESUS, INICIANDO NO FINAL DO CALÇAMENTO JÁ EXISTENTE ATÉ O FINAL DA ESTRADA, ONDE SE LOCALIZA UM BUEIRO QUE DEVERÁ SER UMA PONTE, TENDO EM VISTA O GRANDE VOLUME DE ÁGUA._x000D_
 -REALIZAÇÃO DE MELHORIAS NA ILUMINAÇÃO PÚBLICA DE BOM JESUS, NO PERCURSO ENTRE A PONTE, A ESCOLA, A IGREJA E O POSTO DE SAÚDE._x000D_
 -DISPONIBILIZAÇÃO DE 01 GARI, VISANDO A  LIMPEZA DE TODO O PERCURSO DA ESTRADA PRINCIPAL DESTA COMUNIDADE, PRINCIPALMENTE O TRAJETO DA VILA PRINCIPAL._x000D_
 </t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3648/3648_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3648/3648_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACA INDICATIVA NOS SEGUINTES PONTOS:_x000D_
 1-NA BR 262 KM 55 INFORMANDO A ENTRADA DA LOCALIDADE DE ALTO RIO FUNDO - ESTRADA PASTOR GERMANO KIEFER._x000D_
 2-NA BR 262 INFORMANDO A ENTRADA DO DISTRITO DE VICTOR HUGO;_x000D_
 3- NA LOCALIDADE DE ALTO NOVA ALMEIDA - ESTRADA MUNICIPAL CAMPEÃO ANTONIO CARLOS DOS SANTOS.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3647/3647_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3647/3647_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO DA VILA CÓRREGO DO OURO, EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3645/3645_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3645/3645_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA LIMPEZA DOS BUEIROS DA RUA MATHILDE ADÉLIA ENDRIGER STUM, LOCALIZADA ANEXO AOS BOMBEIROS, BEM COMO, A MANUTENÇÃO DA LIMPEZA DA MESMA.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3644/3644_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3644/3644_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MUTIRÃO DE LIMPEZA NO CÓRREGO BATATAL, TENDO INICIO NA UNIDADE DE SAÚDE DE SANTA RITA, ESTENDENDO-SE ATÉ O RIO BRAÇO SUL, VISANDO MELHOR VAZÃO ÀS ÁGUAS E PREVENÇÃO ÀS ENCHENTES, DEVIDO À CHEGADAS DAS CHUVAS DE MARÇO.</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3643/3643_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3643/3643_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ASFALTAMENTO DO TRECHO DE ESTRADA QUE COMPREENDE DA VILA MIGUEL SOUZA ATÉ A ESTRADA DE RIO FUNDO.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3642/3642_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3642/3642_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO, ESGOTO E DISPONIBILIZAÇÃO DE UM GARI PARA MANUTENÇÃO DA LIMPEZA DA RUA ALVINO WASSEM.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3640/3640_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3640/3640_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE PAVIMENTAÇÃO E MELHORIAS EM FRENTE À OFICINA DE MOTO PUPPIM, JMK ELÉTRICA E SHOP CAR, COM INICIO NA RUA ALVINO WASSEM, PARALELO À BR 262 E TÉRMINO AO LADO DA PROPRIEDADE DO SR. ABEL CAUS, INCLUSIVE, COM SERVIÇOS DE DRENAGEM DAS ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3637/3637_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3637/3637_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-AMPLIAÇÃO E MELHORIA DA ILUMINAÇÃO DO TRECHO QUE COMPREENDE O POSTO DO CAFÉ ATÉ O EMPÓRIO STEIN, SANTA MARIA;_x000D_
 -COLOCAÇÃO DOS NOMES DOS DISTRITOS DE ARAGUAIA E SANTA MARIA NO PORTAL E BENFEITORIAS NO PAISAGISMO DE TODA A RODOVIA.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3635/3635_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3635/3635_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE EQUIPAMENTO HIDRÁULICOS VISANDO O FORNECIMENTO DE ÁGUA PARA OS BAIRROS CRUZEIROS E ALAGOINHA, NO DISTRITO DE ARAGUAIA, UMA VEZ QUE SERÃO BENEFICIADOS MAIS DE 30 FAMÍLIAS.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3633/3633_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3633/3633_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O RECAPEAMENTO ASFÁLTICO DE UM TRECHO CONHECIDO COMO MORRO DOS HEIN, LOCALIZADO EM ALTO MARECHAL._x000D_
 -INDICO AINDA A REALIZAÇÃO DE MELHORIAS ATRAVÉS DE ROÇAGEM DAS MARGENS E CALÇAMENTO DA RUA ZULMIRA TRAVÁGLIA HULLE, UMA VEZ QUE RECENTEMENTE UM MORADOR SE ACIDENTOU NO LOCAL, NECESSITANDO ATÉ MESMO A INTERVENÇÃO DO CORPO DE BOMBEIRO.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3631/3631_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3631/3631_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE A PREFEITURA MUNICIPAL PROVIDENCIE A MANUTENÇÃO DE APROXIMADAMENTE 150 METROS DE ESTRADA DO FINAL DA RUA BATATAL ATÉ O SHOW HAUS.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA INICIANDO NO POSTO IPIRANGA ATÉ A COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERAS DE SEGURANÇA EM TODAS AS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3626/3626_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3626/3626_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DEMARCAÇÃO E PINTURA DE FAIXA DE PEDESTRE EM FRENTE À IGREJA LUTERANA AO LADO DA CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3625/3625_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3625/3625_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OPERAÇÃO TAPA BURACOS NA RODOVIA HENRIQUE KROHLING SOBRINHO E NA RODOVIA CARLOS GERMANO KRUGER, AMBAS SITUADAS NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR OU CONTRATAR MAIS UM GARI PARA ATENDER O DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3623/3623_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3623/3623_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA ARMANDO ANTÔNIO WALCHER, LOCALIZADA NO BAIRRO VALE DAS PALMAS, EM ESPECIAL, MANUTENÇÃO DA LIMPEZA DOS BUEIROS, BEM COMO, A MANUTENÇÃO DA LIMPEZA DA MESMA.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3622/3622_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3622/3622_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SEGUINTES MELHORIAS NA VILA SCHUNCK:_x000D_
 -INSTALAÇÃO DE ORELHÕES NA COMUNIDADE;_x000D_
 -ASFALTAMENTO DO POSTO IPIRANGA ATÉ À VILA;_x000D_
 -MELHORIA NO SISTEMA DE TRATAMENTO DE ÁGUA;_x000D_
 -ROÇAGEM DA ESTRADA QUE DÁ ACESSO À COMUNIDADE;_x000D_
 -SOLICITAR QUE O CAMINHÃO QUE ATENDE A COMUNIDADE FAZENDO A COLETA DE LIXO, ESTENDA O SERVIÇO ATÉ A RESIDÊNCIA DO SENHOR ÉDIO ESPÍNDULA;_x000D_
 -INSTALAÇÃO DE 03 (TRÊS) PLACAS INDICATIVAS COM O NOME DA COMUNIDADE, SENDO, UMA NO TREVO DE ACESSO APÓS A ENTRADA DO POSTO IPIRANGA, UMA NA BR 262 PROXINO AO TREVO REFERIDO POSTO, E, UMA CHEGANDO NA VILA.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3620/3620_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3620/3620_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO NAS SEGUINTES RUAS NA VILA DE ARAGUAIA:_x000D_
 -RUA JOSÉ ERLY, COM INICIO EM FRENTE À RESIDENCIA DO SENHOR MARCOS TESCH ATÉ A RESIDENCIA DA SENHORA MARIA ERLY;_x000D_
 -RUA PROJETADA,COM INICIO EM FRENTE À RESIDENCIA DO SENHOR LEOMAR BOLDRINI ATÉ À RESIDENCIA DO SENHOR MARCOS PÉRTELE;_x000D_
 -RUA PROJETADA, COM INICIO EM FRENTE À RESIDENCIA DO SENHOR LEONEL XIMENES ATÉ A RESIDENCIA DO SENHOR ELÓI BRAVIN CANELLA;_x000D_
 -RUA MARIA CATHARINA CELANTE BORGO, COM INICIO NA RESIDENCIA DO SENHOR JOÃO CELANTE ATÉ A RESIDÊNCIA DO SENHOR ADEMIR DADALTO;_x000D_
 -RUA PROJETADA, COM INICIO EM FRENTE À RESIDENCIA DO SENHOR JANDIR REGIANE ATÉ A RESIDÊNCIA DA SENHORA LURDES MILANEZ DADALTO.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3619/3619_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3619/3619_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS E AMPLIAÇÃO  NA ILUMINAÇÃO PÚBLICA DE ARAGUAIA, COMPREENDENDO SUBSTITUIÇÃO DAS LÂMPADAS BRANCAS POR AMARELAS E INSTALAÇÃO DE ILUMINAÇÃO ONDE AINDA NÃO HÁ.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3617/3617_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3617/3617_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: REFORMA DO COLÉGIO E QUADRA DE ESPORTES DE BOM JESUS.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3616/3616_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3616/3616_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: DESENTUPIMENTO DE BUEIRO NA RUA NOÉ LUIGI MODOLO, PRÓXIMO A RESIDENCIA DO SENHOR TONINHO MODOLO.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3615/3615_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3615/3615_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO DE UM ORELHÃO NA COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3613/3613_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3613/3613_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: TÉRMINO DAS OBRAS DO POSTO DE SAÚDE DE BOM JESUS, OBJETIVANDO O FUNCIONAMENTO DO MESMO, PARA O ATENDIMENTO À COMUNIDADE.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: IMPLANTAÇÃO APROXIMADAMENTE 300 METROS DE ILUMINAÇÃO PÚBLICA PARA UM TRECHO DE ESTRADA NO DISTRITO DE ARAGUAIA, INICIANDO APÓS A RESIDENCIA DO SENHOR TARCISIO ANTONIO BORGO, PASSANDO PEAS RESIDENCIAS DOS SENHOR RAUL FUSATO, VANDERLEI GRECCO, JURANDI ULIANA E ESMAEL SCHIMENEZ.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3611/3611_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3611/3611_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS NA SEDE DO MUNICÍPIO, EM ESPECIAL A RUA GUSTAVO HERTEL._x000D_
 INDICA AINDA, A INSTALAÇÃO DE LIXEIRAS NA COMUNIDADE DE SOÍDO DE BAIXO, PRÓXIMO A RESIDÊNCIA DO SENHOR NELSON WRUCK.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3610/3610_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3610/3610_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: MELHORIAS E AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA DA VILA DOS IPÊS, LOCALIZADA NA BAIXADA - EM SANTA MARIA.</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA COM LUMINÁRIAS QUATRO PÉTALAS, EM UM LOCAL ESTRATÉGICO NA COMUNIDADE DE AUXILIADORA, COM OBJETIVO DE ILUMINAR A IGREJA, O ACESSO AO CEMITÉRIO E O GALPÃO QUE ESTÁ SENDO CONSTRUÍDO.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Cabral, Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: REFORMA, AMPLIAÇÃO E EXTENSÃO DE REDE DAS UNIDADES DE TRATAMENTO DE ÁGUA DOS DISTRITOS DE ARAGUAIA, SANTA MARIA, VICTOR HUGO E COMUNIDADES DE ALTO NOVA ALMEIDA E BOM JESUS, BEM COMO A CONSTRUÇÃO DE NOVAS ESTAÇÕES DE TRATAMENTO DE ÁGUA PARA AS COMUNIDADE DE MIGUEL SOUZA, CÓRREGO DO OURO, ALTO RIO FUNDO, ALTO MARECHAL, SEDE DE SANTA MARIA, NAS PROXIMIDADES DA IGREJA CATÓLICA</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3607/3607_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3607/3607_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: CONTRATAÇÃO DE UM TÉCNICO DE SEGURANÇA DO TRABALHO PARA ATUAR NO QUADRO DE SERVIDORES DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Cabral, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3606/3606_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3606/3606_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: REFORMA, AMPLIAÇÃO E EXTENSÃO DE REDE DAS UNIDADES DE TRATAMENTO DE ÁGUA DOS DISTRITOS DE ARAGUAIA, SANTA MARIA, VICTOR HUGO E COMUNIDADES DE ALTO NOVA ALMEIDA E BOM JESUS, BEM COMO A CONSTRUÇÃO DE NOVAS ESTAÇÕES DE TRATAMENTO DE ÁGUA PARA AS COMUNIDADE DE MIGUEL SOUZA, CÓRREGO DO OURO, ALTO RIO FUNDO, ALTO MARECHAL, SEDE DE SANTA MARIA, NAS PROXIMIDADES DA IGREJA CATÓLICA.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3602/3602_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3602/3602_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-REPAROS NA ILUMINAÇÃO PÚBLICA;_x000D_
 -SERVIÇOS DE PREVENÇÃO A MOSQUITOS;_x000D_
 -DISPONIBILIZAR UM DENTISTA PARA A COMUNIDADE;_x000D_
 -OPERAÇÃO TAPARA BURACOS, ROÇAGEM E LIMPEZA DAS LATERAIS ATÉ A DIVISA COM ALFREDO CHAVES;_x000D_
 -INSTALAÇÃO DE UM DESTACAMENTO POLICIAL DURANTE 24 HORAS DEVIDO À FALTA DE SEGURANÇA, QUE É UMA QUEIXA CONSTANTE DOS MORADORES.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3599/3599_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3599/3599_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SERVIÇO DE DESENTUPIMENTO DE BUEIROS DA RUA NILSON STEIN, PARALELA À RUA CECILIA PITANGA, TENDO INICIO NA RESIDÊNCIA DO SR. JAIME BOENO, QUE DÁ ACESSO À DIVERSAS RESIDENCIAS, DENTRE ELAS, A DO SR. ANTÔNIO BOENO.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA DA PRAÇA DE SKATE, BEM COMO A COLOCAÇÃO DE ILUMINAÇÃO ADEQUADA PARA A PRÁTICA DESTE ESPORTE.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: CONSTRUÇÃO DE CAIXAS SECAS EM TODAS AS ESTRADAS DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3595/3595_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3595/3595_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: LIMPEZA E ROÇAGEM DE TODOS OS LOTES VAZIOS DA SEDE E DOS DISTRITOS DE SANTA MARIA E ARAGUAIA.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3594/3594_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3594/3594_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO DE ESTRUTURA METÁLICA, TIPO TELA, SOBRE A GALERIA LOCALIZADA ATRÁS DO BANESTES, COM INICIO NA RUA DE LAZER E TÉRMINO EM UMA PONTE, LOCALIZADA NA AVENIDA WALDEMAR MÊES.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3593/3593_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3593/3593_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA:MELHORIAS PARA A COMUNIDADE DE SOÍDO DE BAIXO, ATRAVÉS DE PATROLAMENTO E CASCALHAMENTO DE TODAS AS ESTRADAS DA COMUNIDADE, BEM COMO A INSTALAÇÃO DE MAIS LIXEIRAS EM DIVERSOS PONTOS. INDICO AINDA QUE SEJAM REALIZADOS OS SERVIÇOS DE TAPA BURACOS PARA A LOCALIDADE DE ALTO MARECHAL.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3592/3592_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3592/3592_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE PAVIMENTAÇÃO E MELHORIAS EM FRENTE A TODOS OS COMÉRCIOS DE ÁREA RURAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3591/3591_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3591/3591_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA SALA EXTRA NA ESCOLA FLORES PASSINATO KUSTER, POPULARMENTE CONHECIDA COMO "CABOCLA".</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3590/3590_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3590/3590_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: MELHORIAS COMO PATROLAMENTO, CASCALHAMENTO E ROÇAGEM DE TODAS AS ESTRADAS DO DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3589/3589_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3589/3589_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: ATENDIMENTO MÉDICO PARA A UNIDADE DE SAÚDE DE VICTOR HUGO NO MINIMO 03 (TRÊS) VEZES NA SEMANA.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3588/3588_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3588/3588_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: MELHORIAS PARA TODAS AS ESTRADAS DA COMUNIDADE DE BOM JESUS INCLUINDO O TRECHO DA ESTRADA QUE DÁ ACESSO A TAQUARAS, DIVISA ENTRE MARECHAL FLORIANO E VIANA E O TRECHO DE ESTRADA QUE OFERECE ACESSO A SANTA LUZIA, DIVISA ENTRE MARECHAL FLORIANO E GUARAPARI, BEM COMO O TRECHO DE ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SENHOR MERINHO KIEFER, ANTES DO SITIO ANTONIO BROSEGUINI.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3587/3587_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3587/3587_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA NO PERCURSO ENTRE A GLOBOAVES E A RESIDENCIA DO SENHOR DANILO CANAL, APÓS A ENTRADA DO VALE DA TRANQUILIDADE.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3586/3586_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3586/3586_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: PLANTIO DE NOVAS ESPÉCIES DE FLORES E ARBUSTOS NA PRAÇA DOS PODERES PEDRO BUENO, ENGLOBANDO TODO O ESPAÇO GRAMADO, EM VIRTUDE DO LOCAL SER A CHEGADA DE TURISTAS ATRAVÉS DO TREM DAS MONTANHAS.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3585/3585_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3585/3585_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: RECUPERAÇÃO DE TODAS AS ESTRADAS DO INTERIOR DO MUNICÍPIO, EM ESPECIAL AQUELAS EM QUE PASSAM DIARIAMENTE O TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3584/3584_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3584/3584_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: DEMARCAÇÃO DOS QUEBRA MOLAS, PINTURA E RECUPERAÇÃO DOS MEIO FIOS DO MUNICÍPIO, BEM COMO A RECUPERAÇÃO DE ALGUMAS TAMPAS DE BUEIROS DA SEDE.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3583/3583_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3583/3583_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA A OBRA DE INSTALAÇÃO DE COBERTURA NA RAMPA DE ACESSO À CRECHE MARIA KNIDEL LUBE, NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3581/3581_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3581/3581_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: TREINAMENTO EM EXCELÊNCIA AOS SERVIDORES PÚBLICOS PARA ATENDIMENTO AO CIDADÃO NAS REPARTICIPAÇÃO PÚBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3580/3580_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3580/3580_texto_integral.jpeg</t>
   </si>
   <si>
     <t>VISANDO EVITAR UMA TRAGÉIA, SOLICITO URGÊNCIA NA CAPTAÇÃO DAS ÁGUAS PLUVIAIS DA RUA DOZINO MONTEIRO DE PAULA, POIS A MESMA ESTÁ CAUSANDO EROSÃO EM PARTES DO MORRO ONDE EXISTEM DIVERSAS RESIDÊNCIAS, CITO DENTRE ELAS A RESIDÊNCIA DO SENHOR BETINHO AGUIAR E A IGREJA, POIS CASO HAJA UM DESMORONAMENTO ESTAS E OUTRAS RESIDENCIAS SERÃO AFETADAS E PROVAVELMENTE ENGOLIDAS PELA TERRA.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3578/3578_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3578/3578_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: SUBSTITUIÇÃO DOS EQUIPAMENTOS NECESSÁRIOS PARA OS CONSERTOS DA ILUMINAÇÃO PÚBLICA DAS RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3577/3577_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3577/3577_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MURO DE CONTENÇÃO EM UM BARRANCO QUE OFERECE ACESSO A ALTO MARECHAL, LOCALIZADO ATRÁS DA MARMORARIA DO SENHOR ADALBERTO.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3576/3576_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3576/3576_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DOS CÓRREGOS: FINAL DA RUA QUINTA DOS LAGOS ATÉ O PRÉDIO DO BANESTES; E DO CÓRREGO QUE COMEÇA NA GLOBO AVES COM TÉRMINO PRÓXIMO AO SUPERMERCADO DO DORINHO.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DE UM CRONOGRAMA DE ROÇAGEM NAS PRINCIPAIS ESTRADAS DA ÁREA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3574/3574_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3574/3574_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ARBORIZAÇÃO E PLANTIO DE MUDAS FRUTÍFERAS, FLORES E OUTROS, NAS RODOVIAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL BUSQUE LICENCIAMENTO AMBIENTAL PARA REALIZAR EXTRAÇÃO DE CASCALHO NA ÁREA DO ANTIGO LIXÃO DE VICTOR HUGO, JÁ QUE O MESMO POSSUI JAZIDA DE ALTO E RELEVANTE POTENCIAL, RESOLVENDO ASSIM, UM DOS MAIORES PROBLEMAS DO MUNICÍPIO EM RELAÇÃO À CONSERVAÇÃO DE ESTRADAS.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FAÇA A CONTRATAÇÃO DE UMA EQUIPE ESPECIALIZADA EM CAPTAÇÃO DE RECURSOS.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3571/3571_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3571/3571_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO BUSQUE RECURSOS JUNTO AOS ÓRGÃOS COMPETENTES E AUTORIDADES, EMENDAS ESTADUAIS E FEDERAIS, PARA A COMPRA DE UM TERRENO E CONSTRUÇÃO DE UM PÁTIO DE EVENTOS E SIMILARES.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES PARA A COMUNIDADE DE ALTO SANTA MARIA, ANEXO A IGREJA LUTERANA.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3569/3569_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3569/3569_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE EM MARÇO DESTE ANO A PREFEITURA REALIZOU UMA LICITAÇÃO DE SERVIÇOS DE OPERAÇÃO TAPA BURACOS PARA RECUPERAÇÃO DAS ESTRADAS DE NOSSO MUNICÍPIO, NO VALOR DE R$ 258.397,20. REQUEIRO NOVAMENTE QUE A PREFEITURA EXECUTE OS SERVIÇOS DE TAPA BURACOS NO MORRO DOS HEIN, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3568/3568_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3568/3568_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA DE UMA RUA QUE FOI PROJETADA NA BAIXADA DE SANTA MARIA, INTERLIGANDO DUAS RUAS PRINCIPAIS, TENDO EM VISTA QUE NO LOCAL JÁ ESTÃO EM CONSTRUÇÃO CERCA 8 RESIDENCIAS.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3567/3567_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3567/3567_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: CALÇAMENTO E DRENAGEM PARA A RUA JOÃO LOVATTI E NO FINAL DA RUA CECILIA PITANGA, PRÓXIMO A CASA DA SENHORA JERUZA.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3566/3566_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3566/3566_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DO SETOR COMPETENTE, PROCEDA COM A RETIRADA DE TODOS OS VEÍCULOS QUE ESTÃO ABANDONADOS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3563/3563_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3563/3563_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL, PROVIDENCIE A CONSTRUÇÃO DE BUEIRO E OUTRAS MELHORIAS NA DESCIDA QUE OFERECE ACESSO A DIVERSAS PROPRIEDADES, DENTRE ELAS A PROPRIEDADE DO SENHOR MERINHO KIEFER, ANTES DA PROPRIEDADE DO SENHOR ANTONIO BROSEGUINI.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3562/3562_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3562/3562_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE SERVIÇOS DE MELHORIAS NA INFRAESTRUTURA DAS ESTRADAS ENTRE O LIMITE DO MUNICÍPIO DE MARECHAL FLORIANO E MUNICÍPIOS VIZINHOS, EM FUNÇÃO DO VINCULO DE MORADORES COM A CIDADE EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3560/3560_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3560/3560_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO E MELHORIAS NA ILUMINAÇÃO PÚBLICA PARA A RUA BRAVIM E RUA FERDINANDO PREST, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3559/3559_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3559/3559_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: PAVIMENTAÇÃO ASFÁLTICA PARA TODAS AS RUAS DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3558/3558_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3558/3558_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: PAVIMENTAÇÃO ASFÁLTICA NO PERCURSO ENTRE O POSTO IPIRANGA, PASSANDO PELA COMUNIDADE DE RIO FUNDO, E TÉRMINO NO PÁTIO DA IGREJA DE SANTO ANTONIO, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3555/3555_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3555/3555_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM QUEBRA MOLAS NA RUA CECILIA PITANGA, APÓS A 1ª CURVA, EM FRENTE A RESIDÊNCIA DO POLICIAL MILITAR SÉRGIO (CECEU).</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3554/3554_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3554/3554_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES NO TERRENO SITUADO ATRÁS DO CENTRO MUNICIPAL DE EDUCAÇÃO MARIA KNIDEL LUBE NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3552/3552_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3552/3552_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FAÇA A AQUISIÇÃO DE BANHEIROS QUÍMICOS E COBERTURAS DE TOLDOS PARA ATENDER AS COMUNIDADES DO MUNICÍPIO DURANTE A REALIZAÇÃO DE FESTAS CULTURAIS, EVENTOS RELIGIOSOS, REUNIÕES, PALESTRAS, DENTRE OUTROS ENCONTROS.</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3551/3551_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3551/3551_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OBRA DE CALÇAMENTO PARA O PATIO DA CAPELA DE SANTO ANTONIO, SITUADO NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3550/3550_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3550/3550_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE SEJA FEITA MELHORIAS NA ILUMINAÇÃO PÚBLICA E PAVIMENTAÇÃO ASFÁLTICA NO PERCURSO DE APROXIMADAMENTE 300 METROS DA RUA VILA NOVA, POPULARMENTE CONHECIDA COMO LOTEAMENTO DO JERONIMO, ANEXO A BR 262, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3548/3548_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3548/3548_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE DOIS QUEBRA MOLAS PARA A RODOVIA JOÃO BATISTA KLEIN, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3547/3547_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3547/3547_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REPAROS NA REDE ELÉTRICA E SUBSTITUIÇÃO DE 33 LÂMPADAS NA POLICLÍNICA ARY RIBEIRO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3546/3546_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3546/3546_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-IMPLANTAÇÃO DE MANILHAMENTO PARA A CAPTAÇÃO DAS ÁGUAS PLUVIAIS DA RUA EDIVALDO VIEIRA;_x000D_
 -MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA E CALÇADAS NO FINAL DA RUA HELENA SANTA CLARA, ONDE A MESMA É INTERLIGADA COM RUA EDUARDO RUPF, TENDO EM VISTA A EXISTÊNCIA DE UM PROJETO PARA A RUA DE LAZER.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3544/3544_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3544/3544_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE AS SEGUINTES MELHORIAS NA COMUNIDADE DE RIO FUNDO._x000D_
 -ILUMINAÇÃO PÚBLICA PARA A SUBIDA DA IGREJA CATÓLICA ABRANGENDO A ESTRADA QUE OFERECE ACESSO AO CEMITÉRIO;_x000D_
 -MELHORIA NA PAVIMENTAÇÃO ASFÁLTICA QUE DÁ ACESSO A IGREJA;_x000D_
 -RESTAURAÇÃO DA ANTIGA CAIXA D'ÁGUA NAS PROXIMIDADES DA LINHA FÉRREA.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3541/3541_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3541/3541_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE UM NOVO REPETIDOR DE TELEVISÃO PARA ATENDER OS MORADORES DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3540/3540_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3540/3540_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA E ROÇAGEM DOS BARRANCOS DE TODAS AS ESTRADAS DA COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>PLENÁRIO 2021/2022</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3539/3539_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3539/3539_texto_integral.jpeg</t>
   </si>
   <si>
     <t>OS ALUNOS DA ESCOLA SITIO RUPF VIERAM VISITAR A CÂMARA MUNICIPAL EM DATA DE 20/06/2013 E PEDIRAM UMA ATENÇÃO ESPECIAL DAS AUTORIDADES MUNICIPAIS PARA OBRA DE AMPLIAÇÃO DA PONTE DA SITUADA ANTES DA ESCOLA, UMA VEZ QUE A MESMA É ESTREITA E MUITO PERIGOSA, POIS POSSUEM PASSAGEM ÚNICA DE VEÍCULOS E MOTOS E NO HORÁRIO DE ENTRADA E SAÍDA DOS ALUNOS O RISCO DE ACIDENTE TORNA-SE CONSTANTE, PRINCIPALMENTE PARA AS CRIANÇAS QUE USAM BICICLETA PARA IR À ESCOLA.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3538/3538_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3538/3538_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INTERVENÇÃO JUNTO À EMPRESA DE TELEFONIA "OI" PARA LIMPEZA E MANUTENÇÃO DA ESTRUTURA DA TORRE SITUADA PRÓXIMO AO CENTRO EDUCACIONAL VOVÓ FERNANDINA, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3537/3537_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3537/3537_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-INDICA: INSTALAÇÃO DE PONTOS PARA COLETA DE LIXO COM COBERTURA EM DIVERSOS PONTOS NAS COMUNIDADES DE BOM JESUS E TAQUARAS._x000D_
 -PATROLAMENTO E CASCALHAMENTO DAS ESTRADAS DE COSTA PEREIRA E TAQUARAS.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3536/3536_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3536/3536_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A INTERVENÇÃO DO PODER EXECUTIVO NO SENTINDO DE EXIGIR A INSTALAÇÃO DE CADEIRAS EM TODAS AS REPARTIÇÕES PÚBLICAS ONDE O ATENDIMENTO É REALIZADO POR FILAS.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3535/3535_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3535/3535_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO DE UMA COBERTURA APROPRIADA PARA O ESTACIONAMENTO DAS AMBULÂNCIAS EM FRENTE A POLICLÍNICA ARY RIBEIRO DA SILVA, POIS EM DUAS DE CHUVAS OS PACIENTES AO SEREM RETIRADOS ACABAM SE MOLHANDO.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DAS MARGENS DO RIO JUCU BRAÇO SUL INICIANDO NO RESTAURANTE PONTO FRIO E TERMINO NO POÇO FUNDO.</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3532/3532_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3532/3532_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM TERRENO PARA A CONSTRUÇÃO DE UM NOVO POSTO DE SAÚDE PARA A COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3531/3531_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3531/3531_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA GERAL EM TODO O PERCURSO DA RUA DELIMAR SCHUNCK.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3529/3529_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3529/3529_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO DE BANHEIRO PÚBLICO NAS PROXIMIDADES DA PRAÇA SAUDÁVEL, NA VILA DAS ORQUÍDEAS.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Alcino Diniz, DAVI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3527/3527_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3527/3527_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-INDICA: INSTALAÇÃO DE CÂMERA DE VÍDEO MONITORAMENTO EM TODAS AS SALAS DA POLICLÍNICA ARY RIBEIRO DA SILVA._x000D_
 -INDICA AINDA O PATROLAMENTO DE TODAS AS ESTRADAS DA COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3526/3526_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3526/3526_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE ESTUDOS NO SENTIDO DE CONCEDER ABONO FINANCEIRO AOS SERVIDORES EFETIVOS E COMISSIONADOS DA PREFEITURA NO FINAL DE 2013.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3525/3525_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3525/3525_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES PARA A ESCOLA DE RIO FUNDO E QUE O MESMO SEJA DISPONIBILIZADO PARA OS MORADORES DA COMUNIDADE.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3524/3524_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3524/3524_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA PONTE NA COMUNIDADE DE BOA ESPERANÇA, PRÓXIMO A PROPRIEDADE DO SENHOR TEODORO KUNN.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3523/3523_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3523/3523_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE GUARITA POLICIAL NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3521/3521_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3521/3521_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO QUE SEJA PROVIDENCIADA A LIMPEZA DO RIO JUCU, EM ESPECIAL A PARTE FINAL DA RUA DELIMAR SCHUNCK EM VIRTUDE DO ACUMULO DE LIXO, DOS GALHOS DE ÁRVORE E RESTOS DE MADEIRA QUE ESTÃO PARADOS NAS MARGENS E NAS PEDRAS DESTE RIO.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3519/3519_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3519/3519_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA DOS CÓRREGOS QUE COMEÇAM NA GLOBOAVES COM TÉRMINO PRÓXIMO AO SUPERMERCADO DO DORINHO, E NO FINAL DA RUA  QUINTA DOS LAGOS ATÉ O PRÉDIO DO BANESTES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A LIMPEZA E MANILHAMENTO DO CÓRREGO LOCALIZADO NO BAIRRO SANTA RITA, INICIANDO NA QUINTA DOS LAGOS ATÉ AS PROXIMIDADES DA SERRALHERIA.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Alcino Diniz, Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3516/3516_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3516/3516_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM PONTO DE APOIO A SAÚDE NA COMUNIDADE DE BOA ESPERANÇA, AO LADO DA IGREJA DE CONFISSÃO LUTERANA.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>INDICO A CONSTRUÇÃO  DE UM CHAFARIZ NAS PROXIMIDADES DO CENTRO EDUCACIONAL VOVÓ FERNANDINA, REALIZANDO O APROVEITAMENTO DA ÁGUA QUE NASCE DENTRO DO TERRENO ADQUIRIDO PELO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3514/3514_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3514/3514_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A EXECUÇÃO DOS SERVIÇOS DE DRENAGEM E LIMPEZA DOS RIOS: JUCU, RIO FUNDO, ALTO RIO FUNDO, RIO DE SANTA MARIA, ALÉM DOS CÓRREGOS DE BATATAL E DA GLOBOAVES.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3513/3513_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3513/3513_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO O PATROLAMENTO E CASCALHAMENTO DA ESTRADA QUE OFERECE ACESSO A COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3512/3512_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3512/3512_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A REABERTURA E ROÇAGEM DA ESTRADA QUE SE INICIA PRÓXIMO A PROPRIEDADE DO SENHOR JOEL POLLI, EM VICTOR HUGO ATÉ ALTO SANTA MARIA.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3510/3510_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3510/3510_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A INSTALAÇÃO DE BLOQUEADOR DE ODOR PARA OS CAMINHÕES QUE RECOLHEM O LIXO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3509/3509_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3509/3509_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO A MANUTENÇÃO, ROÇAGEM E TAPA BURACOS DE UMA ESTRADA NA COMUNIDADE DE BOA ESPERANÇA, NO PERCURSO ENTRE A IGREJA E A PROPRIEDADE DO SENHOR LEONILDO KLIPPEL.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Coquinho, Dodô Krohling, Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3508/3508_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3508/3508_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ILUMINAÇÃO EM TODO O TREVO DO POSTO DE CAFÉ ATÉ O COMÉRCIO DO SENHOR GENÉSIO STEIN, BEM COMO, A CONSTRUÇÃO DE UMA GUARITA DA POLICIA MILITAR NAS MEDIAÇÕES DO REFERIDO TREVO, QUE ABRANGE A BR 262 E A RODOVIA FRANCISCO STOCKL.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3505/3505_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3505/3505_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA E REABERTURA DO CÓRREGO DE ARAGUAIA,COM INICIO EM ARAGUAIA E TÉRMINO NA CAFEEIRA STOCKL.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3504/3504_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3504/3504_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RATIFICANDO O PEDIDO FEITO ATRAVÉS DA INDICAÇÃO N°. 109/2013, NOVAMENTE SOLICITO OBRA DE AMPLIAÇÃO E INSTALAÇÃO DE CORREMÃO NA PONTE SITUADA ANTES DA ESCOLA SITIO RUPF, UMA VEZ QUE A MESMA É ESTREITA E MUITO PERIGOSA, POIS POSSUEM PASSAGEM ÚNICA DE VEÍCULOS E MOTOS E NO HORÁRIO DE ENTRADA E SAÍDA DOS ALUNOS O RISCO DE ACIDENTE TORNA-SE CONSTANTE, PRINCIPALMENTE PARA AS CRIANÇAS QUE USAM BICICLETA PARA IR Á ESCOLA.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3503/3503_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3503/3503_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO INSTALAÇÃO DE MANILHAS PARA A CAPTAÇÃO DAS ÁGUAS DAS CHUVAS, NA RUA EDIVALDO VIEIRA SANTOS.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3502/3502_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3502/3502_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICO IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA PARA A RUA FLORISBELA UHL VELTEN, INICIANDO NAS PROXIMIDADES DA FÁBRICA DE RAÇÃO DO SENHOR DAMIÃO KLEIN.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3501/3501_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3501/3501_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-INDICO A CONTINUAÇÃO DA CONSTRUÇÃO DO CALÇADÃO EM SANTA MARIA, PARALELO A RODOVIA FRANCISCO STOCKL, NO PERCURSO ENTRE A RESIDÊNCIA DO SENHOR ARGEMIRO PEREIRA ATÉ A CAFEEIRA KROHLING._x000D_
 -INDICO AINDA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO MESMO PERCURSO.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3500/3500_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3500/3500_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UMA ÁREA DE TERRA NO DISTRITO DE ARAGUAIA, ATRAVÉS DO GOVERNO DO ESTADO, OBJETIVANDO A REALIZAÇÃO DE FESTAS POPULARES, EVENTOS RELIGIOSOS, INSTALAÇÃO DE UM NOVO POSTO DE SAÚDE E A CRECHE MUNICIPAL, TODOS COM FUNCIONANDO EM UM MESMO LOCAL.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3499/3499_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3499/3499_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSERTO DO PLACAR ELETRÔNICO DO GINÁSIO DE ESPORTES PAULO ANTÔNIO LORENZONI, LOCALIZADO NESTA CIDADE.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3498/3498_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3498/3498_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS E EXTENSÃO DA REDE DE ILUMINAÇÃO PÚBLICA, COM INICIO NO ENTROCAMENTO DA RUA DE ACESSO À VILA MIGUEL SOUZA ATÉ A PRIMEIRA CURVA DA RODOVIA FRANCISCO STOCKL, SENTIDO POSTO DO CAFÉ.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO DA RUA PARALELA AO MORRO DO CEMITÉRIO DE SANTA MARIA ATÉ O ALTO DA MATA, MEDINDO APROXIMADAMENTE 500 METROS, COM INICIO NA OFICINA DE MOTOS E TÉRMINO NAS PROXIMIDADES DA RESIDÊNCIA DA SENHORA ADÉLIA RUPF KHROLING.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3496/3496_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3496/3496_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A RECUPERAÇÃO DO CARPETE DE GRAMA SINTÉTICA DO CAMPO BOM DE BOLA "JOSÉ HENRIQUE PEREIRA FILHO" E REPAROS EM TODO O ALAMBRADO AO ENTORNO DO MESMO.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3494/3494_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3494/3494_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1. IMPLANTAÇÃO DE UM BEBEDOURO E CONSTRUÇÃO DE BANHEIRO FEMININO E MASCULINO NAS INSTALAÇÕES DA PRAÇA SAUDÁVEL E ACADEMIA POPULAR DA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3493/3493_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3493/3493_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS PARA A COMUNIDADE DA IGREJA EVANGÉLICA LUTERANA DE CRISTO REI, EM SOÍDO DE BAIXO CONFORME SEGUE:_x000D_
 1.CONSTRUÇÃO DE CALÇAMENTO PARA A SUBIDA QUE OFERECE ACESSO A IGREJA LUTERANA;_x000D_
 2.INSTALAÇÃO DE CALHAS E CONSTRUÇÃO DE BUEIROS PARA CAPTAÇÃO DAS ÁGUAS PLUVIAIS;_x000D_
 3.INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3491/3491_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3491/3491_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APROXIMADAMENTE QUATRO BANCOS COM COBERTURA NO CALÇADÃO DA RUA GUSTAVO HERTEL EM FRENTE À CAPELA MORTUÁRIA.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3490/3490_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3490/3490_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE GRADES NA GUARITA DOS TAXISTAS LOCALIZADA EM ANEXO A RODOVIÁRIA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3489/3489_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3489/3489_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LIMPEZA E ROÇAGEM DE TODAS AS ESTRADAS E RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3487/3487_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3487/3487_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM MURO DE CONTENÇÃO PARALELO A RUA ANITA PEREIRA HAESE, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3486/3486_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3486/3486_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE QUATRO QUEBRA MOLAS NAS PRINCIPAIS RUAS DA BAIXADA VILA DOS IPÊS, POPULARMENTE CONHECIDA COMO BAIXADA DO JUVENTINO, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3484/3484_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3484/3484_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE UM ABRIGO PARA PONTO DE ÔNIBUS NO KM 4,5 DA RODOVIA CARIOLANO GUILHERME STEIN QUE SE INICIA EM PARALELO A BR 262, SENTINDO BOA ESPERANÇA A PARAJÚ.</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3483/3483_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3483/3483_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.REABERTURA DA RUA FLORISBELA UHL VELTEN, PASSANDO PELA ÁREA DE LAZER DO SENHOR JOÃO STEIN ATÉ A CABANA VELTEN.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3482/3482_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3482/3482_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE A COLETA DE LIXO REALIZADA NOS FINAIS DE SEMANA SEJA ESTENDIDA PARA TODAS AS RUAS DA SEDE DO MUNICÍPIO, INICIANDO NAS PROXIMIDADES DO CAMPO DO APOLLO, PASSANDO PELA RUA DA GLOBOAVES, CENTRO E TODAS AS RUAS ADJACENTES A AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3478/3478_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3478/3478_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.INTERVENÇÃO DO PODER EXECUTIVO JUNTO A EMPRESA DE TELEFONIA OI, VISANDO REPAROS E SUBSTITUIÇÃO DOS POSTES DE TELEFONIA NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.INDICA QUE O PODER EXECUTIVO MUNICIPAL DISPONIBILIZE O SINAL DE INTERNET PARA APROXIMADAMENTE 30 FAMÍLIAS PARA A COMUNIDADE DE ALTO RIO FUNDO.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3476/3476_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3476/3476_texto_integral.pdf</t>
   </si>
   <si>
     <t>-CONSIDERANDO QUE O PRÓPRIO PREFEITO MUNICIPAL NOS INFORMOU ATRAVÉS DO OF.PMMF N°387/2013, QUE NO PERÍODO DE 08 À 28 DE JULHO AS ESTRADAS DE SOÍDO DE BAIXO RECEBERIAM MELHORIAS NO QUE DIZ RESPEITO A LIMPEZA, ROÇAGEM E OUTRAS MANUTENÇÕES, PORÉM PASSADOS OS PRAZOS ESTABELECIDOS OS SERVIÇOS AINDA FORAM EXECUTADOS, CAUSANDO DIVERSOS TRANSTORNOS A TODOS OS MORADORES E USUÁRIOS DESTAS ESTRADAS._x000D_
 -PERANTE O EXPOSTO, EM NOME DA COMUNIDADE DE SOÍDO DE BAIXO VENHO EXIGIR A VOSSA EXCELÊNCIA UMA ATENÇÃO ESPECIAL DO PREFEITO MUNICIPAL NO QUE DIZ RESPEITO A ESSE PEDIDO.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3474/3474_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3474/3474_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA OU CONSTRUÇÃO DE UMA NOVA PONTE DE CONCRETO NA COMUNIDADE DE BOA ESPERANÇA, PRÓXIMO A RESIDENCIA DO SENHOR ALIPIO KLIPPEL E ZECA DELPUPPO.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3473/3473_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3473/3473_texto_integral.jpeg</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE MAIS LIXEIRAS A SEREM DISTRIBUÍDAS EM TODA A SEDE DE NOSSO MUNICÍPIO, BEM COMO A INSTALAÇÃO DE MAIS LATÕES DE LIXO PARA A COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3472/3472_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3472/3472_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA SUBIDA QUE OFERECE ACESSO A IGREJA EVANGÉLICA LUTERANA DE SANTA CRUZ, EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3470/3470_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3470/3470_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.PAVIMENTAÇÃO ASFÁLTICA E IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA ADEQUADA PARA A RUA RITA HAND ARAÚJO, ANEXO AO AÇOUGUE DO FIGUEROA.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3469/3469_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3469/3469_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: CALÇAMENTO PARA 03 RUAS DA VILA DOS IPÊS, POPULARMENTE CONHECIDA COMO BAIXADA DO JUVENTINO, EM SANTA MARIA._x000D_
 -UMA RUA FICA SITUADA ABAIXO DA RESIDENCIA DO SR. JUVENTINO;_x000D_
 -UMA RUA TRANSVERSAL DA RUA PRINCIPAL;_x000D_
 -E OUTRA RUA SITUA-SE NO TERMINO DA PARTE CALÇADA DA RUA PRINCIPAL.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3468/3468_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3468/3468_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: DESLOCAMENTO DE 05 POSTES DA LADEIRA DA RUA PREST, EM ARAGUAIA, COM INICIO NA RESIDENCIA DO SR. ANTONIO PIVETTA ATE A CASA DO SR. LEOMAR BOLDRINI.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3467/3467_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3467/3467_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: REALIZAÇÃO DE EXAMES PSA (PROVA ANTÍGENO PROSTÁTICO) PARA HOMENS, ACIMA DE 50 ANOS, NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3466/3466_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3466/3466_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: SERVIÇOS DE PATROLAMENTO DAS ESTRADAS DE SOÍDO DE BAIXO E ROÇAGEM DOS BARRANCOS DA ESTRADA SENTIDO RAPADURA.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3465/3465_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3465/3465_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: CALÇAMENTO E ILUMINAÇÃO NA SUBIDA DA IGREJA LUTERANA DE SOÍDO.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3464/3464_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3464/3464_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: DESENTUPIR OS BUEIROS NA ESTRADA QUE DÁ ACESSO À LOCALIDADE DE RAPADURA.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3463/3463_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3463/3463_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPONIBILIZAR O ESPAÇO EMBAIXO DO POSTO DE RIO FUNDO PARA O GRUPO DA TERCEIRA IDADE, PARA PROMOVEREM REUNIÃO, ENCONTROS, GINASTICA E OUTRAS ATIVIDADES.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3462/3462_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3462/3462_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-MELHORIAS PARA A QUINTA DOS LAGOS ATRAVÉS DE PAVIMENTAÇÃO COM PVS, ATÉ AS PROXIMIDADES DA PROPRIEDADE DO SENHOR PUPPI SCHOROEDER;_x000D_
 -DESTINAÇÃO EM MASSA DE GRANDE PARTE DOS MAQUINÁRIOS DA SECRETÁRIA DE OBRAS,PARA DAR MANUTENÇÃO EM TODAS AS ESTRADAS PARA AS COMUNIDADES DE BOM JESUS, COSTA PEREIRA, TAQUARAS E COMUNIDADE EFFGEN.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3461/3461_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3461/3461_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE TERRENO PARA A CONSTRUÇÃO DE UMA ÁREA DE LAZER, COM CAMPO DE FUTEBOL E OUTROS, NA COMUNIDADE DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3460/3460_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3460/3460_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CALÇAMENTO E/OU PAVIMENTAÇÃO, BEM COMO INSTALAÇÃO DE BUEIROS, NA RUA ARISTEU HULLE, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3459/3459_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3459/3459_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM PONTO ELETRÔNICO DIGITAL NA SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3458/3458_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3458/3458_texto_integral.jpeg</t>
   </si>
   <si>
     <t>APÓS SOLICITAÇÃO DOS DIRETORES, PROFESSORES E PAIS DE ALUNOS DO CENTRO EDUCACIONAL INTEGRAÇÃO, REIVINDICAMOS AO EXCELENTÍSSIMO SENHOR ANTONIO LIDINEY GOBBI, PREFEITO MUNICIPAL, JUNTO A SECRETARIA DE OBRAS PARA QUE SEJA IMPLANTADO DOIS QUEBRA MOLAS EM FRENTE À INSTITUIÇÃO ACIMA CITADA, BEM COMO A REALIZAÇÃO DA PINTURA DE FAIXA DE PEDESTRES.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3456/3456_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3456/3456_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CALÇAMENTO DE UM PÁTIO EM FRENTE AOS COMÉRCIOS, SHOPCAR, MASTER MOTOS E JMK AUTO ELÉTRICA LOCALIZADOS EM PARALELO A BR 262, EM PARALELO AO PÁTIO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3455/3455_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3455/3455_texto_integral.jpeg</t>
   </si>
   <si>
     <t>COLOCAR EM FUNCIONAMENTO O POSTO DE SAÚDE DE BOM JESUS.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ASFALTAMENTO PARA A ESTRADA DE RIO FUNDO, INICIANDO NO ZOOLÓGICO ATÉ A IGREJA DE SANTO ANTONIO, EM ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3453/3453_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3453/3453_texto_integral.jpeg</t>
   </si>
   <si>
     <t>-PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA QUE OFERECE ACESSO A INDUSTRIAS, INICIANDO AO LADO DA BR 262, NO KM 53,5.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3452/3452_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3452/3452_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A COMUNIDADE DE SOÍDO DE BAIXO CARECE DE LOCAIS ADEQUADOS PARA A PRÁTICA DE ESPORTE E LAZER, EM ESPECIAL, OS ALUNOS DA ESCOLA FLORES PASSINATO, INDICO A VOSSA EXCELÊNCIA:_x000D_
 - A CONCLUSÃO DO GINÁSIO DE ESPORTES LOCALIZADOS NAS PROXIMIDADES DA COMUNIDADE CABOCLA, PRÓXIMO A ESCOLA.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3451/3451_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3451/3451_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE A FOLHA DE PAGAMENTO DO PODER EXECUTIVO VEM EXTRAPOLANDO OS LIMITES ESTABELECIDOS PELA LEI DE RESPONSABILIDADE FISCAL, INDICO:_x000D_
 EXTINÇÃO DE TODOS OS CARGOS DE SUB SECRETÁRIO MUNICIPAL._x000D_
 E, QUE A SECRETARIA MUNICIPAL DE MEIO AMBIENTE SEJA ADMINISTRADA PELO VICE PREFEITO, COM O OBJETIVO DE AMENIZAR AINDA MAIS OS GASTOS COM A FOLHA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3450/3450_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3450/3450_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO DE DOIS QUEBRA MOLAS NA RODOVIA JOÃO BATISTA KLEIN, PRÓXIMO AS RESIDENCIAS DOS SENHORES JOSÉ LUIZ CALISTO E CLEMENTINO HERBEST, APROXIMADAMENTE NO KM 02 DA RODOVIA, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: INSTALAÇÃO DE UM POÇO ARTESIANO PROFUNDO, A PARTIR DE 60 METROS PARA ATENDER A TODA A COMUNIDADE DE BETINHO SIMON, TANTO OS MORADORES DA PARTE ALTA PRÓXIMO A ESCOLA E A IGREJA, QUANTO AOS MORADORES DA PARTE BAIXA, PRÓXIMO A PROPRIEDADE DO SENHOR ADAUTO.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3447/3447_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3447/3447_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA: CALÇAMENTO COM PVS EM DUAS ENTRADAS PARALELAS A RODOVIA JOÃO BATISTA KLEIN, SENDO UMA PRÓXIMA A RESIDENCIA DO SENHOR IZIENITO FRIDERICH E OUTRA PRÓXIMA A RESIDENCIA DO SENHOR IZIDORO FRIEDERICH, LOCALIZADAS ANTES DO COMERCIAL KLEIN, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>CECT - COMISSÃO DE ESPORTE, CULTURA E TURISMO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3446/3446_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3446/3446_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA ESCOLA E UM GINÁSIO DE ESPORTES NA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3444/3444_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3444/3444_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.REABERTURA E LIMPEZA DAS MANILHAS E BUEIROS EM UM PEQUENA VALA/RIACHO QUE SE INICIA PRÓXIMO À FLORICULTURA DA TITA, PASSANDO POR BAIXO DA RODOVIA BR 262 E DESAGUANDO NO RIO JUCU BRAÇO SUL, ANEXO AO PÁTIO DA ITALEMANHA.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3443/3443_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3443/3443_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.INDICA A REALIZAÇÃO DE MELHORIAS EM UMA ESTRADA APÓS A PROPRIEDADE DO SENHOR FLOMIRO ENDLICH, QUE OFERECE ACESSO A DIVERSAS CHÁCARAS, DENTRE ELAS, AS RESIDÊNCIAS DO SENHOR NATALINO BIANCHI, VEINHO, SOLIMAR SERRALHEIRO E DEMAIS MORADORES.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3442/3442_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3442/3442_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PATROLAMENTO DE TODAS AS ESTRADAS DA COMUNIDADE DE SOÍDO  DE BAIXO, BEM COMO A DISPONIBILIZAÇÃO DE APROXIMADAMENTE TRÊS OU QUATRO CAÇAMBAS COM OS RESÍDUOS DE ASFALTO RETIRADOS DA BR 262.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3440/3440_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3440/3440_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.INDICA INSTALAÇÃO DE VENTILADORES NA POLICLÍNICA ARY RIBEIRO DA SILVA.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3439/3439_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3439/3439_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.INDICA INSTALAÇÃO DE UM PRÓ-ÁGUA PARA ATENDER A COMUNIDADE DA VILA MIGUEL SOUZA, EM SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3438/3438_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3438/3438_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.INDICA CONTRATAÇÃO DE UM MÉDICO UROLOGISTA PARA ATUAR NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3435/3435_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3435/3435_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.CONSTRUÇÃO DE UMA ESCOLA NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3434/3434_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3434/3434_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.RECAPEAMENTO DA RUA GUSTAVO HERTEL, INICIANDO NO SUPERMERCADO DORINHO, COM TÉRMINO NAS PROXIMIDADES DO CAMPO DO APOLLO.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3433/3433_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3433/3433_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.QUE O PODER EXECUTIVO PROVIDENCIE A CONTINUAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA PARA A ESTRADA QUE OFERECE ACESSO A COMUNIDADE DE COSTA PEREIRA, INICIANDO EM UMA SUBIDA APÓS A QUINTA DOS LAGOS, PASSANDO NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR JUCA RAASCH, COM TÉRMINO PRÓXIMO A PROPRIEDADE DO SENHOR TUZINHO SAITH.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3429/3429_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3429/3429_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1. REQUER QUE APÓS O ENCERRAMENTO DA FEIRA LIVRE, REALIZADA AOS SÁBADOS EM FRENTE À PREFEITURA MUNICIPAL, A SECRETARIA MUNICIPAL DE OBRAS PROVIDENCIE A LIMPEZA DO LOCAL, EVITANDO QUE O LIXO FIQUE ACUMULADO.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3427/3427_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3427/3427_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.INDICA A IMPLANTAÇÃO DE UM CALÇAMENTO ÀS MARGENS DA RODOVIA FRANCISCO STOCKL, NO PERCURSO ENTRE A EMPRESA LP FERRAMENTAS ATÉ AS PROXIMIDADES DA ESCOLA VICTÓRIO BRAVIM.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3426/3426_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3426/3426_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1. INDICA A PAVIMENTAÇÃO ASFÁLTICA PARA O DISTRITO DE SANTA MARIA, INICIANDO NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR JAIR KROHLING ATÉ A PROPRIEDADE DO JOSÉ ULIANA.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3424/3424_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3424/3424_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1. INDICA AO PODER EXECUTIVO MUNICIPAL A DEMARCAÇÃO DE VAGAS DE ESTACIONAMENTO EXCLUSIVO PARA OS VEÍCULOS DO TRANSPORTE ESCOLAR EM FRENTE AS CRECHES E ESCOLAS DE ENSINO FUNDAMENTAL E MÉDIO.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3423/3423_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3423/3423_texto_integral.pdf</t>
   </si>
   <si>
     <t>1. INDICA CONCESSÃO AO PRODUTOR RURAL SENHOR RUBERLI LITTIG, DOS BENEFÍCIOS PROPOSTOS NA LEI 1.208, QUE DISPÕE SOBRE O APOIO AO PEQUENO E MÉDIO PRODUTOR RURAL DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3421/3421_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3421/3421_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIAÇÃO DA SECRETARIA DE ESPORTES.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3420/3420_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3420/3420_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REFORMA GERAL NO CALÇAMENTO DA RUA PRESIDENTE COSTA SILVA, EM TODO O SEU TRAJETO CORRIGINDO AS IMPERFEIÇÕES DO SOLO.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3419/3419_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3419/3419_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TRATAMENTO DE ÁGUA E ESGOTO PARA TODA A COMUNIDADE DE ALTO RIO FUNDO.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3418/3418_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3418/3418_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA INFRAESTRUTURA DA ESTRADA COM INICIO NA RESIDENCIA DO SR. JOSE MARIA VASCONCELOS ATÉ A VILA DE BARRA DO RIO FUNDO.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3417/3417_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3417/3417_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1. CONTRATAÇÃO DE MÉDICO PEDIATRA PARA ATENDER NO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3416/3416_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3416/3416_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1. LIMPEZA DE TODA A REDE PLUVIAL DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3414/3414_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3414/3414_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O CALÇAMENTO DE UM PÁTIO EM FRENTE AOS COMÉRCIOS SHOPCAR, MASTER MOTOS E JMK AUTO ELÉTRICA LOCALIZADOS EM PARALELO A BR 262, EM PARALELO AO PÁTIO DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3413/3413_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3413/3413_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1. REFORMA E AMPLIAÇÃO DO POSTO DE SAÚDE DE SOÍDO DE BAIXO, BEM COMO A PAVIMENTAÇÃO COM PVS NA SUBIDA DO POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3412/3412_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3412/3412_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REAJUSTE NO VALOR DO VALE FEIRA DOS SERVIDORES DOS PODERES EXECUTIVOS E LESGILATIVO A SABER:_x000D_
 I- O VALE FEIRA DO PODER LEGISLATIVO PASSE DOS ATUAIS R$ 25,00 (VINTE E CINCO REAIS) PARA R$ 40,00 (QUARENTA REAIS);_x000D_
 II- O PODER EXECUTIVO MUNICIPAL CUMPRA A LEI MUNICIPAL Nº 695/2007 E CONCEDA AOS SERVIDORES DO PODER EXECUTIVO O VALE FEIRA, JÁ CORRIGIDOS NO VALOR DE R$ 40,00 (QUARENTA REAIS).</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3410/3410_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3410/3410_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PONTO BIOMÉTRICO PARA A SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3409/3409_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3409/3409_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSIDERANDO A ATUAL SITUAÇÃO PRECÁRIA DAS POUCAS CADEIRAS DE RODAS DA POLICLÍNICA ARI RIBEIRO DA SILVA, REQUEIRO A INTERVENÇÃO DO PODER EXECUTIVO JUNTO A SECRETÁRIA ESTADUAL DE SAÚDE NO SENTIDO DE ADQUIRIR CERCA DE 10 CADEIRAS DE RODAS PARA ATENDIMENTO A POPULAÇÃO FLORIANENSE.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3407/3407_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3407/3407_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM BUEIRO NA ESTRADA QUE OFERECE ACESSO A COMUNIDADE DE COSTA PEREIRA, APÓS A QUINTA DOS LAGOS, 50 METROS DEPOIS DO TÉRMINO DO ASFALTO, NA PROPRIEDADE DO SENHOR DANIEL RIBET.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Cabral, Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3406/3406_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3406/3406_texto_integral.jpeg</t>
   </si>
   <si>
     <t>1.REFORMA E AMPLIAÇÃO DO POSTO DE SAÚDE DE SOÍDO DE BAIXO, BEM COMO A PAVIMENTAÇÃO COM PVS NA SUBIDA DO POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Alcino Diniz, Cezinha Ronchi, Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3405/3405_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3405/3405_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AQUISIÇÃO DE UM TERRENO EM ARAGUAIA PARA A CONSTRUÇÃO DE UMA ESCOLA, POSTO DE SAÚDE E GINÁSIO DE ESPORTES, PRAÇA SAUDÁVEL E ACADEMIA DE IDOSO.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Coquinho, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA URGENTE DA QUADRA DE ESPORTE DE BOM JESUS "FAUSTINO SANTA CLARA".</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3402/3402_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3402/3402_texto_integral.jpeg</t>
   </si>
   <si>
     <t>SOLICITA AO PREFEITO, JUNTAMENTE A CESAN, REFORMA E AMPLIAÇÃO DO PROÁGUA DE ARAGUAIA E SANTA MARIA.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3401/3401_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3401/3401_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INDICA A IMPLANTAÇÃO DE ILUMINAÇÃO PÚBLICA EM TODO O PERCURSO DA RUA ALFREDO KLIPPEL, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3399/3399_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3399/3399_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, DISPONIBILIZE UMA LINHA TELEFÔNICA À NOITE, AOS FINAIS DE SEMANA E FERIADOS NA POLICLÍNICA ARY RIBEIRO DA SILVA, PARA QUE A POPULAÇÃO POSSA OBTER INFORMAÇÕES QUE VENHAM SER NECESSÁRIAS ATRAVÉS DA MESMA.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3397/3397_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3397/3397_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MELHORIAS NA INFRAESTRUTURA DA ESTRADA QUE LIGA A PROPRIEDADE DO SENHOR IRINEU CANAL ATÉ A PROPRIEDADE DO SENHOR ANTONIO PAIVA E DEMAIS MORADORES, PRINCIPALMENTE QUANTO A MEDIDAS PARA CAPTAÇÃO DAS ÁGUAS E CONSTRUÇÃO DE BUEIROS.</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>PLENÁRIO 2013/2014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4182/4182_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4182/4182_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR LOURIVAL SCHUNK, EM FACE DE SEU FALECIMENTO OCORRIDO EM 06 DE JANEIRO DE 2013, AOS 63 ANOS.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4181/4181_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4181/4181_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR DÉLIO ARNALDO KOEHLER, EM FACE DE SEU FALECIMENTO OCORRIDO EM 01 DE JANEIRO DE 2013, AOS 60 ANOS.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4180/4180_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4180/4180_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SR.ª MARIA DE FÁTIMA DOS SANTOS BERGAMI, EM FACE DE SEU FALECIMENTO OCORRIDO EM 08 DE FEVEREIRO DE 2013, AOS 47 ANOS.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4179/4179_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4179/4179_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO JOVEM MAGNO THADEU EFFGEN, EM FACE DE SEU FALECIMENTO OCORRIDO EM 14 DE FEVEREIRO DE 2013, AOS 27 ANOS.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4178/4178_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4178/4178_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SR.ª MARIA DE VARGAS, EM FACE DE SEU FALECIMENTO OCORRIDO EM 16 DE FEVEREIRO DE 2013, AOS 72 ANOS.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4177/4177_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4177/4177_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO A TODAS AS MULHERES PELO SEU DIA E DE FORMA MUITO ESPECIAL À MULHER FLORIANENSE.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>Cabral, Dodô Krohling, Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4176/4176_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4176/4176_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO  E RECONHECIMENTO AOS PRODUTORES RESPONSÁVEIS EM ELEVAR O NOME DO MUNICÍPIO DE MARECHAL FLORIANO A NÍVEL DE ESTADO E BRASIL REFERENTE A CULTURA DO CAFÉ.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4175/4175_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4175/4175_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ILUSTRÍSSIMA SENHORA ADENILDE STEIN E OS ILUSTRÍSSIMOS SENHORES UBALDINO SARAIVA E JARBAS ROCHA.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4174/4174_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4174/4174_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SRª. ABIGAIL GONÇALVES AMARO, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4173/4173_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4173/4173_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR JORGE SÁVIO DE PAULA ANTUNES.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
     <t>MESA DIRETORA 2013/2014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4172/4172_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4172/4172_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO TENDO COMO DISTINÇÃO O EXM°. SR. CÉSAR COLNAGO.</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4171/4171_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4171/4171_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR MARCOS PAULO STOFF.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4170/4170_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4170/4170_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO TENDO COMO DISTINÇÃO O EXCELENTÍSSIMO SENHOR CORONEL GERMANO FELIPPE WERNERSBACH NETO.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4169/4169_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4169/4169_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO TENDO COMO DISTINÇÃO O EXCELENTÍSSIMO SENHOR CAPITÃO EDINEY BALBINO DE SOUZA.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4168/4168_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4168/4168_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO TENDO COMO DISTINÇÃO O ILMO SR. GIBRAN SCHENEIDER CHRISTO - DIRETOR LEGISLATIVO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4167/4167_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4167/4167_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR RENATO BARBOSA DA SILVA E TODOS OS DEMAIS MEMBROS E PRODUTORES DO NÚCLEO ORQUIDÓFILO DE DOMINGOS MARTINS E MARECHAL FLORIANO, PELO EXCELENTE TRABALHO DE PRESERVAÇÃO DAS ESPÉCIES DE ORQUÍDEAS.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4166/4166_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4166/4166_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AOS JORNALISTAS RAEL SÉRGIO E ANA PAULA MILL, EM FACE OS EXCELENTES TRABALHOS JORNALÍSTICOS PRESTADOS AO ESTADO DO ESPIRITO SANTO.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4165/4165_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4165/4165_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO TENDO COMO DISTINÇÃO A ILMA SRA. LEIA MARIA LAUER HUBER, PROFESSORES, AUXILIARES, SERVENTES E VOLUNTÁRIOS DO CENTRO MUNICIPAL DE EDUCAÇÃO MARIA KNIDEL LUBE, PELO SUCESSO NA REALIZAÇÃO DA FESTA JUNINA, QUE OCORREU NO ULTIMO DIA 08 DE JUNHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>Juarez Xavier, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4164/4164_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4164/4164_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AOS POLICIAIS MILITARES AMBIENTAIS NOMEADOS ACIMA,EM FACE OS EXCELENTES TRABALHOS PRESTADOS À FRENTE DO 2° PELOTÃO DA 1ª CIA DA POLICIA MILITAR AMBIENTAL, QUE ATENDE OS MUNICÍPIOS DE DOMINGOS MARTINS E MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4163/4163_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4163/4163_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AOS POLICIAIS DA 6ª CIA INDEPENDENTE DE MARECHAL FLORIANO, EM ESPECIAL O SARGENTO ADILSON RODRIGUES, O CABO LOBATO E O CABO ARRAIS, PELO EXCELENTE TRABALHO APRESENTADO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4162/4162_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4162/4162_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. IVANIR LORENZONI, EM FACE DO SEU FALECIMENTO OCORRIDO EM 23 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4161/4161_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4161/4161_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR LUCIANO NAVAR BOENO MENENDEZ, POR LEVAR O SEU CONHECIMENTO AS CRIANÇAS E JOVENS DE NOSSO QUERIDO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4160/4160_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4160/4160_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO TENDO COMO DISTINÇÃO SR.ª MARIA OZILIA CHRISTO, SR.ª NILDA REGIANE BORGO, SR. TARCISIO BORGO, SR. GENINHO BORGO, SR. LUIZ BORGO, SR. JOÃO CELANTE, SR. LUCAS VALDIR CHRISTO, EM FACE DO BELÍSSIMO TRABALHO REALIZADO, À FRENTE DA FESTA DA IGREJA DE SANTO ANTONIO.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4159/4159_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4159/4159_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR IVO CANAL, ATUALMENTE, PRESIDENTE DA SOCIPROMA DE ARAGUAIA, E O ILUSTRÍSSIMO SENHOR GERAL BUENO CRAVEIRO DE SÁ, ATUALMENTE, PRESIDENTE DA ASSOCIAÇÃO DOS BOINAS AZUIS DA ONU - BATALHÃO SUEZ, EM FACE À BRILHANTE HOMENAGEM CONCEBIDA PELA ASSEMBLÉIA LEGISLATIVA DO ESTADO DO ESPIRITO SANTO E PELO DEPUTADO PROPONENTE, DOUTOR HÉRCULES SILVEIRA, AOS SOLDADOS BRASILEIROS QUE LUTARAM NO CANAL DO SUEZ COMO "FORÇA DE PAZ" - BATALHÃO SUEZ.</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4158/4158_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4158/4158_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILMO SR. ISAIAS MARCOS MOGNOL, ARGEU OLIVEIRA E DEMAIS COLABORADORES PELA REALIZAÇÃO DO XIV CAMPEONATO DE SINUCA DO DISTRITO DE SANTA MARIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4157/4157_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4157/4157_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO JOVEM ALEXANDRE ALFREDO PEREIRA COUTINHO SANTOS.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4156/4156_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4156/4156_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS URBANOS SR. LUIZ MAGNO FARIAS, BEM COMO TODA SUA EQUIPE DE SERVIDORES.</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4155/4155_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4155/4155_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. ROBERTO ALFREDO LUBE, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4154/4154_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4154/4154_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO, O ILUSTRÍSSIMO SENHOR SILVINO ROSSI, BEM COMO TODA A FAMÍLIA.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4153/4153_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4153/4153_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ILUSTRÍSSIMOS SENHORES, SR. ALDO JOSÉ FERREIRA JÚNIOR, SR. WELLINGTON ALBERTO BALLA, SR. KADDÚ LICKTENELD E EDSON WAGNER, À FRENTE DA RÁDIO NATIVA FM 102,5 EM FACE À INAUGURAÇÃO REALIZADA EM 1° DE JULHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4152/4152_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4152/4152_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ILUSTRÍSSIMOS SENHORES, SR. ADÍLIO KRUGER, SRª GORETH APARECIDA ULIANA KRUGER, SR.AILTON KRUGER, SRª AMENI SOUZA DE ANDRADE KRUGER, SR. RICARDO FRANCISCO KROHLING E SRª MARIA KROHLING, EM FACE À DOAÇÃO DA ÁREA PARA CONSTRUÇÃO DE UMA QUADRA DE ESPORTE EM ALTO SANTA MARIA.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4151/4151_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4151/4151_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O EXCELENTÍSSIMO SENHOR GERMANO FELIPPE WERNERSBACH NETO, TENENTE CORONEL DO CORPO DE BOMBEIROS DO ESTADO DO ESPIRITO SANTO, E TODOS OS MILITARES LOTADOS NO 4° BATALHÃO LOCALIZADO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4150/4150_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4150/4150_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO AO FLORENTINO E DONA SANTA, COMO SÃO CARINHOSAMENTE CONHECIDOS, POR SUA LOUVÁVEL CONTRIBUIÇÃO PRESTADA À CIDADE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4149/4149_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4149/4149_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR ANTÔNIO RIBEIRO GRANJA, EM FACE AO SEU 100° ANIVERSÁRIO, BEM COMO, O ILUSTRÍSSIMO SENHOR NICOLAU KROHLING, EM FACE AO SEU 103° ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4148/4148_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4148/4148_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SR. VANDERLEI BETZEL, EM FACE AO EXCELENTE TRABALHO REALIZADO COMO VENDEDOR À FRENTE DA EMPRESA COMERCIAL SCÁRDUA.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4147/4147_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4147/4147_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO, O ILUSTRÍSSIMO SENHOR JOSÉ LUIZ CORREA VIEIRA, À FRENTE DA GERÊNCIA DO BANCO DO BRASIL DESDE 15 DE MAIO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4146/4146_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4146/4146_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. HELMUT LITTIG, EM FACE DE SEU FALECIMENTO OCORRIDO EM 31 DE JULHO DE 2013, AOS 78 ANOS.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4145/4145_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4145/4145_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, AOS ORGANIZADORES DO VI ENCONTRO DA CULTURA ITALIANA DE ARAGUAIA.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4144/4144_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4144/4144_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O À ESCOLA MUNICIPAL NICOLAU KROHLING, PELO GRANDE SUCESSO NA ORGANIZAÇÃO DA QUADRILHA ESCOLAR, REALIZADA NO DIA 03 DE AGOSTO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4143/4143_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4143/4143_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR ADILSO JOSÉ CARDOSO E  SUA ESPOSA A SENHORA MIRIAN FERNANDES CARDOSO, NOBRES EMPRESÁRIOS DE NOSSO MUNICÍPIO, DESEJANDO-LHE MUITO SUCESSO.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4142/4142_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4142/4142_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES, PARA OS PROPRIETÁRIOS E FUNCIONÁRIOS DO RESTAURANTE PONTO FRIO, PELA COMEMORAÇÃO DE 50 ANOS DE FUNDAÇÃO.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4141/4141_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4141/4141_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SR.ª ALBERTINA LIPPAUS HUBER, EM FACE DE SEU FALECIMENTO OCORRIDO EM 11 DE JULHO DE 2013.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4140/4140_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4140/4140_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SRª. HELENA FRANCISCO DE PAULO, EM FACE DO SEU FALECIMENTO OCORRIDO EM 23 DE JULHO DE 2013, AOS 67 ANOS.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4139/4139_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4139/4139_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. HERBERT LITTIG, EM FACE DO SEU FALECIMENTO OCORRIDO EM 13 DE AGOSTO DE 2013.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4138/4138_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4138/4138_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. HENRIQUE RAASCH, EM FACE DO SEU FALECIMENTO OCORRIDO EM 17 DE AGOSTO DE 2013, AOS 96 ANOS.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4137/4137_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4137/4137_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, O EXCELENTÍSSIMO SENHOR ANTÔNIO LIDINEY GOBBI, PREFEITO MUNICIPAL, E A ILUSTRÍSSIMA SENHORA MARIA APARECIDA TRABARCH, SECRETÁRIA MUNICIPAL DE TURISMO ESTENDENDO-SE A TODOS OS ORGANIZADORES, COLABORADORES, SERVIDORES E VOLUNTÁRIOS, ENVOLVIDOS DIRETA E INDIRETAMENTE NA ORGANIZAÇÃO DO "4° FESTIVAL DA MADEIRA".</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>Cabral, Cezinha Ronchi, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4136/4136_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4136/4136_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O PROFESSOR SR. WERNER BRUSKE, EM VIRTUDE DOS RELEVANTES SERVIÇOS PRESTADOS COMO PROFESSOR DOS GRUPOS DE DANÇA ALEMÃ DE SANTA MARIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4135/4135_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4135/4135_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E RECONHECIMENTO AO AMÉRICA FUTEBOL CLUBE PARABENIZANDO PELA CONQUISTA DE MAIS UM CAMPEONATO MUNICIPAL, E EM RECONHECIMENTO AO GRANDE TRABALHO DESPORTIVO EM QUE O CLUBE VEM DESENVOLVENDO AO LONGO DESSES ANOS, COROADOS DE ENGAJAMENTO E COMPETÊNCIA.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4134/4134_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4134/4134_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO AO PREFEITO MUNICIPAL LIDINEY GOBBY, A SECRETÁRIA DE EDUCAÇÃO, ESPORTES E CULTURA, A SENHORA ADENILDE STEIN, E AO ILUSTRÍSSIMO SENHOR JARBAS ROCHA, DIRETOR DE ESPORTES E EM ESPECIAL AS EQUIPES DO AMÉRICA FUTEBOL CLUBE, ARAGUAIA FUTEBOL CLUBE, SANTA MARIA FUTEBOL CLUBE, APOLLO XII, RIO FUNDO E LORINDO WRUCK, QUE NÃO MEDIAM ESFORÇOS PARA DESEMPENHAR SUAS ATIVIDADES NO CAMPEONATO MUNICIPAL DE FUTEBOL DE CAMPO.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4133/4133_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4133/4133_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, TODOS OS TAXISTAS DESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4132/4132_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4132/4132_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR ALESSANDRO GOMES PEREIRA.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4131/4131_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4131/4131_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR IDEFONSO MURILO LOVATTI, E SUA ESPOSA, ILUSTRÍSSIMA SENHORA DOMINGA DAS GRAÇAS ZAMPIROLI LOVATTI.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>Alcino Diniz, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4130/4130_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4130/4130_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRE SENHOR PADRE APOLINARIS TUE UDE - VIGÁRIO DA PARÓQUIA SANTAN'A DE MARECHAL FLORIANO/ES, NO PERÍODO DE 2010-2013.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4129/4129_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4129/4129_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. GALDINO TONANI, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4128/4128_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4128/4128_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ATLETA DONATO DE SOUZA ALENCAR, FAIXA PRETA E PROFESSOR DESTE MUNICÍPIO, FOI VICE CAMPEÃO BRASILEIRO NA CATEGORIA ADULTO E MÁSTER DE TAEKWONDO.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4127/4127_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4127/4127_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A EQUIPE DE VOLEIBOL DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO "VICTORIO BRAVIM", LOCALIZADA NO DISTRITO DE ARAGUAIA, MARECHAL FLORIANO, CONSAGRADA BICAMPEÃ DOS JOGOS ESCOLARES DO ESPIRITO SANTO (JEES).</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4126/4126_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4126/4126_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A PROFESSORA JAQUELINE DENADAI, BEM COMO OS ALUNOS DO 1° ANO II DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL "ELISIÁRIO FERREIRA FILHO", LOCALIZADA NESTA CIDADE, EM FACE À CONQUISTA DO 1° LUGAR DO CONCURSO NACIONAL DA EDP NAS ESCOLAS.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4125/4125_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4125/4125_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. EDSON ALVES FONSECA, EM FACE DE SEU FALECIMENTO OCORRIDO EM 18 DE SETEMBRO DE 2013, AOS 71 ANOS.</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4124/4124_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4124/4124_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, SILMARA BRUNA ZAMBON.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4123/4123_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4123/4123_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ILUSTRÍSSIMA SENHORA LIANE MARIA BRAVIM CATELAN, EM FACE À EXCELENTE CONDUÇÃO DOS TRABALHOS DESENVOLVIDOS NA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO VICTORIO BRAVIM, EM ESPECIAL PELA CONQUISTA DA MAIOR MÉDIA DE DESEMPENHO NO EXAME NACIONAL DO ENSINO MÉDIO (ENEM) DE 2012, ENTRE AS ESCOLAS PÚBLICAS ESTADUAIS, EXTENSIVO AOS COORDENADORES, PEDAGOGOS, PROFESSORES E DEMAIS SERVIDORES.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4122/4122_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4122/4122_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR FELDAN TEODORO DE BELTRAME.</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4121/4121_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4121/4121_texto_integral.jpeg</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR TECLY SANTANA CYNTRA.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4120/4120_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4120/4120_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR PAULO CESAR COUTINHO.</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4119/4119_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4119/4119_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ILUSTRÍSSIMOS SENHORES VANDERLI BORGO, JOSÉ CARLOS VELTEN, FRANCISCO LÁZARO PERIN, DANIEL CAÇADOR, CEZAR PEDRO HUBER E CLARINDO BUSATO, VENCEDORES DO 10° CONCURSO DE QUALIDADE DE CAFÉ DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4118/4118_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4118/4118_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, OS JOVENS JOVANA ULIANA DE OLIVEIRA, MATHEUS PÉTERLE MODOLO, ESTEVÃO RODRIGUES GONÇALVES, LAYSA GILLES GUIDI, ALUNOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL ARAGUAYA, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4117/4117_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4117/4117_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILUSTRÍSSIMO SENHOR CARLOS  ALBERTO PREST, EM FACE AOS 110 ANOS DE ATUAÇÃO NO MERCADO DE FERRAMENTAS AGRÍCOLAS PARA O ESPIRITO SANTO E PARA MAIS DE 10 ESTADOS BRASILEIROS.</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4116/4116_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4116/4116_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, A LOJA BARIQUIEL PINTO DE MEDEIROS PELA LOUVÁVEL CONTRIBUIÇÃO PRESTADA À CIDADE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4115/4115_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4115/4115_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, AO ILUSTRÍSSIMO SENHOR HELDEN CARLOS DE MEDEIROS E FAMÍLIA, MORADORES DE MARECHAL FLORIANO, EM FACE AO EXCELENTE TRABALHO REALIZADO NA LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS.</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4114/4114_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4114/4114_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ILUSTRÍSSIMA SENHORA SANDRA BERTOLLO.</t>
   </si>
   <si>
     <t>11687</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11687/pc_001-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11687/pc_001-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 020/2013 QUE "DENOMINA DE JACINTO CATELAN JUNIOR, O CAMPO BOM DE BOLA DO DITRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>11688</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11688/pc_002-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11688/pc_002-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 009/2013 QUE "DISPÕE SOBRE A INSTITUIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - CMDRS, E FUNDO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - FMDRS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11689</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11689/pc_003-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11689/pc_003-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 010/2013 QUE "AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA DE ACUIDADE AUDITIVA NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11690</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11690/pc_004-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11690/pc_004-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 011/2013 QUE "ALTERA A LEI MUNICIPAL N° 934 DE 09 DE JULHO DE 2009, QUE DISPÕE SOBRE EXAME DE VISTA DE ALUNO DA REDE MUNICIPAL DE ENSINO".</t>
   </si>
   <si>
     <t>11691</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11691/pc_005-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11691/pc_005-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 012/2013 QUE "ESTABELECE A POSSIBILIDADE DO AGENDAMENTO TELEFÔNICO DE CONSULTAS PARA PAIENTES IDOSOS E PARA PESSOAS COM DEFICIÊNCIA JÁ CADASTRADAS NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11692</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11692/pc_006-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11692/pc_006-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 013/2013 QUE "DISPÕE SOBRE A CRIAÇÃO E FUNCIONAMENTO DE CANIL MUNICIPAL".</t>
   </si>
   <si>
     <t>11693</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11693/pc_007-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11693/pc_007-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 014/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DO PROJETO CINEMA NA PRAÇA"</t>
   </si>
   <si>
     <t>11695</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11695/pc_008-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11695/pc_008-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 019/2013 QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAIS ESPECIAIS AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11696</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11696/pc_009-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11696/pc_009-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 015/2013 QUE "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11698</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11698/pc_010-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11698/pc_010-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 020/2013 QUE "DENOMINA DE JACINTO CATELAN JUNIOR, O CAMPO BOM DE BOLA DO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>11699</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11699/pc_011-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11699/pc_011-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 021/2013 QUE "INSTITUI O PROGRAMA DE ENSINO DA PRÁTICA ESPORTIVA DO FUTEBOL DE AREIA".</t>
   </si>
   <si>
     <t>11700</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11700/pc_012-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11700/pc_012-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 022/2013 QUE "DENOMINA DE RODOVIA GABRIEL BRAVIM CANELLA, A RUA PROJETADA EM ARAGUAIA".</t>
   </si>
   <si>
     <t>11702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11702/pc_013-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11702/pc_013-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 023/2013 QUE "DISPÕE SOBRE A ASSISTÊNCIA TÉCNICA PÚBLICA E GRATUITA, PARA O PROJETO E A CONSTRUÇÃO DE HABITAÇÃO DE INTERESSE SOCIAL, PARA AS FAMÍLIAS DE BAIXA RENDA DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11703/pc_014-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11703/pc_014-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 024/2013 QUE "INSTITUI, NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA DE COMBATE ÀS DROGAS".</t>
   </si>
   <si>
     <t>11704</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11704/pc_015-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11704/pc_015-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 025/2013 QUE "AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DO ESPIRITO SANTO PARA INSTALAÇÃO DE CENTRAL DE ATENDIMENTO INTEGRADO FAÇA FÁCIL NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11707</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11707/pc_016-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11707/pc_016-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 027/2013 QUE "DISPÕE SOBRE A TOPONÍMIA DE ÁREA DE ESPORTE NA LOCALIDADE DE SOÍDO DE BAIXO, NESTE MUNICÍPIO"</t>
   </si>
   <si>
     <t>11709</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11709/pc_017-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11709/pc_017-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 028/2013 QUE "ALTERA A LEI N° 955/2009 QUE DISPÕE SOBRE TRANSPORTE COLETIVO URBANO NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11711</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11711/pc_018-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11711/pc_018-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 029/2013 QUE "ALTERA A LEI MUNICIPAL N°. 546, DE 15 DE SETEMBRO DE 2005".</t>
   </si>
   <si>
     <t>11714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11714/pc_019-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11714/pc_019-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 030/2013 QUE "DISPÕE SOBRE A REVOGAÇÃO DA LEI N° 893 DE 02 DE ABRIL DE 2009".</t>
   </si>
   <si>
     <t>11716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11716/pc_020-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11716/pc_020-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 032/2013 QUE "ALTERA A LEI MUNICIPAL N° 1.103, DE 21 DE DEZEMBRO DE 2011".</t>
   </si>
   <si>
     <t>11717</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11717/pc_021-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11717/pc_021-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 034/2013 QUE "DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO SERVIÇO VOLUNTÁRIO CIVIL, INSTITUÍDO PELA LEI MUNICIPAL N° 1.185 DE 23 DE JANEIRO DE 2013".</t>
   </si>
   <si>
     <t>11719</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11719/pc_022-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11719/pc_022-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 035/2013 QUE "CONCEDE REAJUSTE NO AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO".</t>
   </si>
   <si>
     <t>11720</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11720/pc_023-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11720/pc_023-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 036/2013 QUE "INSTITUI A POLITICA DE PREVENÇÃO, DIAGNOSTICO E TRATAMENTO DO CÂNCER DE PELE NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊMCIAS".</t>
   </si>
   <si>
     <t>11721</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11721/pc_024-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11721/pc_024-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 037/2013 QUE "DISPÕE SOBRE A ISENÇÃO DE TAXAS ADMINISTRATIVAS RECOLHIDAS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, PARA AS ASSOCIAÇÕES, FUNDAÇÕES OU INSTITUIÇÕES FILANTRÓPICAS E PARA AS OFICIALMENTE DECLARADAS DE UTILIDADE PÚBLICA MUNICIPAL".</t>
   </si>
   <si>
     <t>11722</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11722/pc_025-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11722/pc_025-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 038/2013 QUE "DENOMINA DE LADEIRA PEDRO PIVETA".</t>
   </si>
   <si>
     <t>11723</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11723/pc_026-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11723/pc_026-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 039/2013 QUE "CONCEDE ABONO DE EXPEDIENTE AO SERVIDOR PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11724</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11724/pc_027-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11724/pc_027-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 040/2013 QUE "AUTORIZA O PODER EXECUTIVO ALTERAR O NOME DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL - SEMAS, PARA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS - SEMADH E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11725</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11725/pc_028-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11725/pc_028-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 031/2013 QUE "ALTERA O ARTIGO 129 DA LEI MUNICIPAL N° 003, DE 04 DE JANEIRO DE 1993".</t>
   </si>
   <si>
     <t>11726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11726/pc_030-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11726/pc_030-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 018/2013 QUE "CRIA O XARGO DE COORDENADOR DO PROGRAMA ESTRATÉGIA SAÚDE DA FAMÍLIA, NO QUADRO DE SERVIDORES DE PROVIMENTO EM COMISSÃO DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11727</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11727/pc_030-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11727/pc_030-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 018/2013 QUE "CRIA O CARGO DE COORDENADOR DO PROGRAMA ESTRATÉGIA SAÚDE DA FAMÍLIA, NO QUADRO DE SERVIDORES DE PROVIMENTO EM COMISSÃO DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11728</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11728/pc_031-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11728/pc_031-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 046/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DA SEMANA EXPO GOSPEL NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11729</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11729/pc_032-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11729/pc_032-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 048/2013 QUE "INSTITUI A SEMANA MUNICIPAL DE COMBATE A PEDOFILIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11730</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11730/pc_033-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11730/pc_033-2013.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO AO VETO PARCIAL PROVENIENTE DO PROJETO DE LEI N° 026/2013 QUE "INSTITUI O PROGRAMA DE APOIO AO PEQUENO E MÉDIO PRODUTOR RURAL E Á AGROINDUSTRIA DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>11731</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11731/pc_034-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11731/pc_034-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 051/2013 QUE "DISPÕE SOBRE A INSTITUIÇÃO DE CONCURSO DE REDAÇÃO VOLTADOS AOS ALUNOS DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11732</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11732/pc_035-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11732/pc_035-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 052/2013 QUE "DISPÕE SOBRE A INSTITUIÇÃO DA SEMANA DA FAMÍLIA NA ESCOLA A SER REALIZADA NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11733</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11733/pc_036-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11733/pc_036-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 050/2013 QUE "DENOMINA DE RUA HENRIQUE MIGUEL TRARBACH".</t>
   </si>
   <si>
     <t>11734</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11734/pc_037-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11734/pc_037-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 041/2013 QUE "CRIA CARGO DE COMISSÃO ESPECIAL A SER INCLUÍDO NA LI MUNICIPAL N° 1.191, DE 23 DE JANEIRO DE 2013".</t>
   </si>
   <si>
     <t>11735</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11735/pc_038-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11735/pc_038-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 053/2013 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER MEDIANTE USO PRECÁRIO, IMÓVEIS PÚBLICOS AS ENTIDADES RELIGIOSAS, COM SEDE NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DPA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11736</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11736/pc_039-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11736/pc_039-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 054/2013 QUE "DENOMINA DE RUA JHONE ARAUJO DE SOUSA".</t>
   </si>
   <si>
     <t>11737</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11737/pc_040-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11737/pc_040-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 055/2013 QUE "DENOMINA DE RUA FERNANDA BORGO".</t>
   </si>
   <si>
     <t>11738</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11738/pc_041-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11738/pc_041-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 056/2013 QUE "DENOMINA DE RUA RAINI BARBOSA DE OLIVEIRA".</t>
   </si>
   <si>
     <t>11739</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11739/pc_042-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11739/pc_042-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 057/2013 QUE "DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA MEIO AMBIENTE E LEITURA TODO DIA NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11740</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11740/pc_043-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11740/pc_043-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 058/2013 QUE "DISPÕE SOBRE A INCLUSÃO DE PROGRAMA SAÚDE VOCAL DESTINADO AOS PROFESSORES DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11741</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11741/pc_044-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11741/pc_044-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 059/2013 QUE "INSTITUI O DIA MUNICIPAL DO ORQUIDOFILO E A EXPOSIÇÃO DE ORQUÍDEAS NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11748</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11748/pc_045-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11748/pc_045-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 060/2013 QUE "INSTITUI NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO O PROGRAMA ESPECIAL DE DIAGNÓSTICO DA DISLEXIA NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11749</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11749/pc_046-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11749/pc_046-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 061/2013 QUE "AUTORIZA O PODER EXECUTIVO A CONCEDER ISENÇÃO OU REMISSÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU) A SERVIDORES DO PODER EXECUTIVO MUNICIPAL QUE RECEBEM A REMUNERAÇÃO MENSAL DE UM SALÁRIO MÍNIMO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11750/pc_047-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11750/pc_047-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 042/2013 QUE "ALTERA A LEI MUNICIPAL N° 1.164 DE 04 DE JULHO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11751</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11751/pc_048-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11751/pc_048-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 066/2013 QUE "INSTITUI A DISCIPLINA EDUCAÇÃO AMBIENTAL NA GRADE CURRÍCULAR DO 1° GRAU DAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11752</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11752/pc_049-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11752/pc_049-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 067/2013 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DE INCLUIR REGRAS DE GARANTIAS A SEREM OBSERVADAS EM EDITAIS DE LICITÇÃO, CONTRATOS E APROVAÇÃO DE PROJETOS BÁSICOS DE OBRAS E SERVIÇOS DE ENGANHARIA E ARQUITETURA DE PAVIMENTAÇÃO DE RUAS E ESTRADAS".</t>
   </si>
   <si>
     <t>11753</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11753/pc_050-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11753/pc_050-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 043/2013 QUE "INSTITUI O CÓDIGO MUNICIPAL DO MEIO AMBIENTE E RECURSOS HÍDRICOS, DISPÕE SOBRE A POLÍTICA DE MEIO AMBIENTE E RECURSOS HÍDRICOS PARA O MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11754</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11754/pc_051-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11754/pc_051-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 069/2013 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DOS RESTAURANTES E SIMILARES EM CONCEDER DESCONTOS E/OU MEIA PORÇÃO PARA AS PESSOAS QUE REALIZAREM CIRURGIA BARIÁTRICA OU QUALQUER OUTRA GASTROPLASTIA NA FORMA QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11755</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11755/pc_052-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11755/pc_052-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 068/2013 QUE "INSTITUI A SEMANA DO MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11757</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11757/pc_053-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11757/pc_053-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 065/2013 QUE "DENOMINA DE WALDEMIRO ENTRINGER A RUA PROJETADA SITUADA NA SEDE DESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>11759</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11759/pc_054-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11759/pc_054-2013.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO AO VETO INTEGRAL RELATIVO AO PROJETO DE LEI N° 039/2013 QUE "CONCEDE ABONO DE EXPEDIENTE AO SERVIDOR PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11760</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11760/pc_055-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11760/pc_055-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 070/2013 QUE "DISPÕE SOBRE A INSTITUIÇÃO DE MEIA ENTRADA PARA OS SERVIDORES PÚBLICOS MUNICIPAIS EM ESTABELECIMENTOS QUE PROPORCIONEM CULTURA, LAZER E ENTRETENIMENTO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11762/pc_056-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11762/pc_056-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 071/2013 QUE "INCLUI NO CURRÍCULO ESCOLAR A DISCIPLINA ALIMENTAÇÃO SAUDÁVEL".</t>
   </si>
   <si>
     <t>11764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11764/pc_057-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11764/pc_057-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 072/2013 QUE "DETERMINA A CRIAÇÃO DO CADASTRO DE BENS DO MUNICÍPIO DE MARECHAL FLORIANO - CABMMF E DISPÕE SOBRE O ENVIO ANUAL A CÂMARA MUNICIPAL DE MARECHAL FLORIANO, DA RELAÇÃO DE BENS MÓVEIS E IMÓVEIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11767</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11767/pc_058-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11767/pc_058-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 073/2013 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE DE PUBLICAR LISTAGEM DE REMÉDIOS GRATUITOS OFERECIDOS A POPULAÇÃO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11768</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11768/pc_059-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11768/pc_059-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 075/2013 QUE "ALTERA O ART. 2° DA LEI MUNICIPAL N° 1.190 DE 23 DE JANEIRO DE 2013".</t>
   </si>
   <si>
     <t>11770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11770/pc_060-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11770/pc_060-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 076/2013 QUE "DENOMINA DE RUA FERDINANDO PREST".</t>
   </si>
   <si>
     <t>11771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11771/pc_061-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11771/pc_061-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 047/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DA CENTRAL MUNICIPAL DE AMBULÂNCIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11772/pc_062-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11772/pc_062-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 058/2013 QUE "DISPÕE SOBRE A INCLUSÃO DE PROGRAMA DE SAÚDE VOCAL DESTINADO AOS PROFESSORES DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11777</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11777/pc_063-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11777/pc_063-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 057/2013 QUE "INSTITUI A IMPLANTAÇÃO DO PROGRAMA MEIO AMBIENTE E LEITURA TODO DIA, NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11780</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11780/pc_064-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11780/pc_064-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 083/2013 QUE "DISPÕE SOBRE A IMPLANTAÇÃO DA DISCIPLINA TRÂNSITO E CIDADANIA NA GRADE CURRICULAR DAS ESCOLAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11782</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11782/pc_065-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11782/pc_065-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 081/2013 QUE "INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO DA RESPONSABILIDADE NO TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11785</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11785/pc_066-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11785/pc_066-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 080/2013 QUE "DISPÕE SOBRE O LIVRE ACESSO DOS VERADORES AOS ÓRGÃOS E REPARTIÇÕES PÚBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11787/pc_067-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11787/pc_067-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 078/2013 QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11788</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11788/pc_068-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11788/pc_068-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 074/2013 QUE "DISPÕE SOBRE FISCALIZAÇÃO, INFRAÇÕES E PENALIDADES RELATIVAS À PROTEÇÃO DO MEIO AMBIENTE E RECURSOS HÍDRICOS NO ÂMBITO DOS ÓRGÃOS E ENTIDADES QUE COMPÕEM O SISTEMA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS DO MUNICÍPIO DE MARECHAL FLORIANO - SISMARH".</t>
   </si>
   <si>
     <t>11789</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11789/pc_069-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11789/pc_069-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 082/2013 QUE "AUTORIZA OS ÓRGÃOS PÚBLICOS, OS ESTABELECIMENTOS COMERCIAIS, INDUSTRIAIS E DE PRETAÇÃO DE SERVIÇO A OCUPAR PARTE DA CALÇADA PARA ESTACIONAMENTO DE BICICLETAS, MEDIANTE A INSTALAÇÃO DE PARACICLOS".</t>
   </si>
   <si>
     <t>11790</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11790/pc_070-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11790/pc_070-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 086/2013 QUE "DENOMINA DE RUA LUCINÉIA GIMARÃES".</t>
   </si>
   <si>
     <t>11791</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11791/pc_071-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11791/pc_071-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 087/2013 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO E O PODER LEGISLATIVO PUBLICAR EM SITE OFICIAL AS LEIS MUNICIPAIS".</t>
   </si>
   <si>
     <t>11792</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11792/pc_072-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11792/pc_072-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 088/2013 QUE "DENOMINA DE EDUARDO ERNESTO KIEFFER O CALÇADÃO DA RUA GUSTAVO HERTEL".</t>
   </si>
   <si>
     <t>11793</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11793/pc_073-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11793/pc_073-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 084/2013 QUE "DISPÕE SOBRE O CONSELHO MUNICIPAL DO IDOSO".</t>
   </si>
   <si>
     <t>11794</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11794/pc_074-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11794/pc_074-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 085/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DA COMUNIDADE VALE DAS MONTANHAS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11795/pc_075-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11795/pc_075-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 077/2013 QUE "DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11796/pc_076-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11796/pc_076-2013.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO RELATIVO AO PROJETO DE LEI N° 069/2013 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DOS RESTAURANTES E SIMILARES EM CONCEDER DESCONTOS E/OU MEIA PORÇÃO PARA PESSOAS QUE REALIZARAM CIRURGIA BARIÁTRICA OU QUALQUER OUTRA GASTROPLASTIA NA FORMA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11797/pc_077-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11797/pc_077-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 067/2013 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DE INCLUIR REGRAS DE GARANTIAS SEREM OBSERVADAS EM EDITAIS DE LICITAÇÃO, CONTRATOS E A APROVAÇÃO DE PROJETOS BÁSICOS DE OBRAS E SERVIÇOS DE ENGENHARIA E ARQUITETURA DE PAVIMENTAÇÃO DE RUAS E ESTRADAS".</t>
   </si>
   <si>
     <t>11798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11798/pc_078-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11798/pc_078-2013.pdf</t>
   </si>
   <si>
     <t>11799</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11799/pc_079-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11799/pc_079-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 089/2013 QUE "DENOMINA DE ESTRADA PRINCIPAL NICOLAU MARQUES".</t>
   </si>
   <si>
     <t>11800</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11800/pc_080-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11800/pc_080-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 090/2013 QUE "INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A SEMANA MUNICIPAL DE PROTEÇÃO DA CRIANÇA E DO ADOLESCENTE".</t>
   </si>
   <si>
     <t>11801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11801/pc_081-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11801/pc_081-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 091/2013 QUE "INSTITUI O MÊS DO IDOSO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11802/pc_082-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11802/pc_082-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 095/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DO ESPAÇO CIDADÃO NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11803/pc_083-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11803/pc_083-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 096/2013 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR A CONTRATAÇÃO TEMPORÁRIA DE PESSOAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTES".</t>
   </si>
   <si>
     <t>11804</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11804/pc_084-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11804/pc_084-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 102/2013 QUE "CRIA O PROGRAMA DE INCENTIVO Á DOAÇÃO DE MEDULA ÓSSEA NO ÂMBITO DA CÂMARA MUNICIPAL".</t>
   </si>
   <si>
     <t>11805</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11805/pc_085-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11805/pc_085-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 099/2013 QUE "ALTERA DISPOSITIVO DA LEI MUNICIPAL N° 677, DE 22 DE MARÇO DE 2007".</t>
   </si>
   <si>
     <t>11807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11807/pc_086-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11807/pc_086-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 101/2013 QUE "ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 1.091, DE 14 DE OUTUBRO DE 2011".</t>
   </si>
   <si>
     <t>11808</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11808/pc_087-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11808/pc_087-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 098/2013 QUE "FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS Á URBANIZAÇÃO".</t>
   </si>
   <si>
     <t>11810</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11810/pc_088-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11810/pc_088-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 100/2013 QUE "PROÍBE NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO A INAUGURAÇÃO DE OBRAS PÚBLICAS INACABADAS OU COM PENDÊNCIAS QUE IMPEÇAM A SUA IMEDIATA UTILIZAÇÃO".</t>
   </si>
   <si>
     <t>11812</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11812/pc_089-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11812/pc_089-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 097/2013 QUE "DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL N° 746, DE 14 DE NOVEMBRO DE 2007 QUE INSTITUI O PROGRAMA DE ESTÁGIO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11814</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11814/pc_090-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11814/pc_090-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 103/2013 QUE "ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 1.159, DE 29 DE JUNHO DE 2012".</t>
   </si>
   <si>
     <t>11817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11817/pc_091-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11817/pc_091-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 093/2013 QUE "DISPÕE SOBRE A RESERVA DE VAGAS DE ESTACIONAMENTO PARA GESTANTES NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11823/pc_092-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11823/pc_092-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 106/2013 QUE "INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA MUNICIPAL DO CICLISTA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11824/pc_093-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11824/pc_093-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 107/2013 QUE "AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO ENTRE MUNICÍPIOS".</t>
   </si>
   <si>
     <t>11825</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11825/pc_094-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11825/pc_094-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 108/2013 QUE "CRIA O MEMORIAL E O MUSEU DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11826/pc_095-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11826/pc_095-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 109/2013 QUE "INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL CORES, FLORES E SABORES", E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11827</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11827/pc_096-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11827/pc_096-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 110/2013 QUE "INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL ITALO-GERMÂNICO ITALEMANHA", E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11828</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11828/pc_097-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11828/pc_097-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 111/2013 QUE "INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL DA MADEIRA", E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11829</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11829/pc_098-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11829/pc_098-2013.pdf</t>
   </si>
   <si>
     <t>11830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11830/pc_099-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11830/pc_099-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 113/2013 QUE "DESMEMBRA E MODIFICA A NOMENCLATURA DE SECRETARIAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11831/pc_100-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11831/pc_100-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 114/2013 QUE "DENOMINA-SE DE ALZIRA CANAL PREST AS FUTURAS INSTALAÇÕES DA PRAÇA SAUDÁVEL DE ARAGUAIA".</t>
   </si>
   <si>
     <t>11832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11832/pc_101-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11832/pc_101-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 115/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DO BAIRRO CRUZEIRO NO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>11833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11833/pc_102-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11833/pc_102-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 117/2013 QUE "DENOMINA DE RUA GALDINO FALLER, NA SEDE DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>11834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11834/pc_103-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11834/pc_103-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 104/2013 QUE "ALTERA A LEI MUNICIPAL N° 1013, DE 22 DE DEZEMBRO DE 2010 COM SUAS MODIFICAÇÕES E DÁ NOVAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11835/pc_104-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11835/pc_104-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 104/2013 QUE "ALTERA A LEI MUNICIPAL N° 1013 DE 22 DE DEZEMBRO DE 2010 COM SUAS MODIFICAÇÕES E DÁ NOVAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11836/pc_105-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11836/pc_105-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 116/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA LIXO ZERO NOS RIOS E CÓRREGOS DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ NOVAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11837/pc_106-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11837/pc_106-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 167/2013 QUE "ESTABELECE AS NOVAS REGRAS DO CONSELHO MUNICIPAL DE EDUCAÇÃO E DÁ NOVAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11838/pc_107-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11838/pc_107-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 168/2013 QUE "DISPÕE SOBRE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11839/pc_108-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11839/pc_108-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 169/2013 QUE "INSTUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL SAMBA E CHORO", E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11840/pc_109-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11840/pc_109-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 172/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA PASSEIO CULTURAL DESTINADO AOS ALUNOS DAS ESCOLAS PÚBLICAS MUNICIPAIS E DÁ NOVAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11841/pc_110-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11841/pc_110-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 173/2013 QUE "INSTITUI A SEMANA MUNICIPAL DA CONSCIENTIZAÇÃO E COMBATE AO ASSÉDIO MORAL NO TRABALHO".</t>
   </si>
   <si>
     <t>11842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11842/pc_111-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11842/pc_111-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 174/2013 QUE "DENOMINA DE VAGNER RIBET A PRAÇA SAUDÁVEL SITUADA NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11843/pc_112-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11843/pc_112-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 175/2013 QUE "DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO PARA O DESENVOLVIMENTO COMUNITÁRIO DE ALTO NOVA ALMEIDA".</t>
   </si>
   <si>
     <t>11845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11845/pc_113-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11845/pc_113-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 176/2013 QUE "TORNA OBRIGATÓRIA A FIXAÇÃO DE CARTAZES INFORMATIVOS COM A LISTA DE TODOS OS MEDICAMENTOS OFERECIDOS GRATUITAMENTE EM TODAS AS FARMÁCIAS E DROGARIAS CONVENIADAS À REDE AQUI TEM FÁRMACIA POPULAR DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11847/pc_114-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11847/pc_114-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 170/2013 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO DE COOPERAÇÃO ENTRE OS MUNICÍPIOS LIMITROFES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11848/pc_115-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11848/pc_115-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 112/2013 QUE "DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO DE 2014 A 2017".</t>
   </si>
   <si>
     <t>11865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11865/pc_116-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11865/pc_116-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 188/2013 QUE "DENOMINA DE VERADOR JACOMO RONCHI O MEMORIAL DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>11867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11867/pc_117-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11867/pc_117-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 189/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DA SEMANA DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11869</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11869/pc_118-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11869/pc_118-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 193/2013 QUE "ESTABELECE A PROMOÇÃO DA ACESSIBILIDADE DAS PESSOAS PORTADORAS DE DEFICIÊNCIA OU COM MOBILIDADE REDUZIDA A PARQUES DE DIVERSÕES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11871</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11871/pc_119-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11871/pc_119-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 179/2013 QUE "ESTIMA RECEITAS E FIXA DESPESAS DO ORÇAMENTO FISCAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2014"</t>
   </si>
   <si>
     <t>11872</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11872/pc_120-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11872/pc_120-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 195/2013 QUE "INSTITUI O DIA DO LÍDER COMUNITÁRIO NO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11873</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11873/pc_121-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11873/pc_121-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 196/2013 QUE "CRIA O PROGRAMA "CRIANÇAS E JOVENS NO ORQUIDÁRIO", NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11874</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11874/pc_122-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11874/pc_122-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 199/2013 QUE "ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO ESPÍRITO SANTO, INSTITUÍDO PELA AMUNES, COMO VEÍCULO OFICIAL DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>11875</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11875/pc_123-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11875/pc_123-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 200/2013 QUE "INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO O MÊS DE COMBATE AO CÂNCER DE MAMA".</t>
   </si>
   <si>
     <t>11876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11876/pc_124-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11876/pc_124-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 194/2013 QUE "DENOMINA DE ALFREDO KLIPPEL A RUA PROJETADA EM SOÍDO DE BAIXO".</t>
   </si>
   <si>
     <t>11877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11877/pc_125-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11877/pc_125-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 198/2013 QUE "DISPÕE SOBRE A CONCESSÃO DE HOMENAGENS E HONRARIAS NO ÂMBITO DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>11878</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11878/pc_126-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11878/pc_126-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 197/2013 QUE "AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES"</t>
   </si>
   <si>
     <t>11879</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11879/pc_127-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11879/pc_127-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 201/2013 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DOS ESTABELECIMENTOS QUE POSSUAM PRAÇA OU ESPAÇO PRÓPRIO PARA ALIMENTAÇÃO, A DISPONIBILIZAR LOCAL PREFERENCIAL PARA IDOSOS, GESTANTES E PESSOAS COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11880</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11880/pc_128-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11880/pc_128-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 202/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MEMÓRIAS DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11881</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11881/pc_129-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11881/pc_129-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 204/2013 QUE "INSTITUI O DIA MUNICIPAL DOS MOTORISTAS CONDUTORES DE AMBULÂNCIA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11882/pc_130-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11882/pc_130-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 209/2013 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR CONTRATAÇÃO TEMPORÁRIA DE PESSOAL, PARA ATENDER AS NECESSIDADES DA SEMUR E SEMUS".</t>
   </si>
   <si>
     <t>11883</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11883/pc_131-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11883/pc_131-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 213/2013 QUE "DISPÕE SOBRE A PROIBIÇÃO DA UTILIZAÇÃO DE TUBOS FLEXIVEIS PARA O ARMAZENAMENTO DE CONDIMENTOS COMO KETCHUP, MOSTARDA E MAIONESE, ENTRE OUTROS".</t>
   </si>
   <si>
     <t>11884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11884/pc_132-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11884/pc_132-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 2014/2013 QUE "DISPÕE SOBRE A INSTALAÇÃO DE BANHEIROS QUÍMICOS PARA IDOSOS E DEFICIENTES EM EVENTOS PÚBLICOS NO MUNICÍPIO".</t>
   </si>
   <si>
     <t>11885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11885/pc_133-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11885/pc_133-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 215/2013 QUE "INSTITUÍ A SEMANA MUNICIPAL DE AVALIAÇÃO POSTURAL E EDUCATIVA SOBRE A DOENÇA DE ALZHEIMER".</t>
   </si>
   <si>
     <t>11886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11886/pc_134-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11886/pc_134-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 217/2013 QUE "DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA CONHECENDO NOSSOS RIOS, FAUNA E FLORA NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11887</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11887/pc_135-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11887/pc_135-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 216/2013 QUE "DISPÕE SOBRE A CRIAÇÃO DO PRÊMIO SERVIDOR DO LEGISLATIVO, AMIGO DO POVO NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11888/pc_136-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11888/pc_136-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 203/2013 QUE "DISPÕE SOBRE RESPONSABILIDADE DOS SERVIÇOS DE ESTACIONAMENTOS PARA COM OS CONSUMIDORES".</t>
   </si>
   <si>
     <t>11889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11889/pc_137-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11889/pc_137-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 220/2013 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR CONTRATAÇÃO TEMPORÁRIA DE PESSOAL PARA ATENDER O PROGRAMA INCLUIR".</t>
   </si>
   <si>
     <t>11890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11890/pc_138-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11890/pc_138-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 221/2013 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR CONTRATAÇÃO TEMPORÁRIA DE PESSOAL PARA ATENDER AS NECESSIDADES DO CONTROLE INTERNO".</t>
   </si>
   <si>
     <t>11891</t>
   </si>
   <si>
     <t>CECT - COMISSÃO DE ESPORTE, CULTURA E TURISMO, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11891/pc_139-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11891/pc_139-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 222/2013 QUE "INSTITUI O PLANO DE PRESERVAÇÃO DO PATRIMÔNIO CULTURAL NO MUNICÍPIO DE MARECHAL FLORIANO E CRIA CONSELHO MUNICIPAL DE POLÍTICAS CULTURAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11892</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11892/pc_140-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11892/pc_140-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 223/2013 QUE "DISPÕE SOBRE A APRESENTAÇÃO DE MÚSICOS E BANDAS LOCAIS NOS EVENTOS APOIADAS E/OU REALIZADOS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11893</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11893/pc_141-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11893/pc_141-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 224/2013 QUE "INSTITUI A POLÍTICA DE PREVENÇÃO E ORIENTAÇÃO A OBESIDADE E AO SOBREPESO DE ADULTOS E CRIANÇAS NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11894</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11894/pc_142-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11894/pc_142-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 225/2013 QUE "DISPÕE SOBRE A PROIBIÇÃO DE INSTALAÇÃO DE TRONQUEIRAS E PORTEIRAS NAS ESTRADAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11895</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11895/pc_143-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11895/pc_143-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 227/2013 QUE "ALTERA O ARTIGO 1° DA LEI MUNICIPAL N° 480, DE 03 DE NOVEMBRO DE 2003".</t>
   </si>
   <si>
     <t>11896</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11896/pc_144-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11896/pc_144-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 226/2013 QUE "INSTITUI O PRÊMIO ORQUÍDEA CATLEYA WARNERI- PROFESSOR ERICO DE FREITAS MACHADO NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11897/pc_145-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11897/pc_145-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 228/2013 QUE "DENOMINA DE ESTRADA ANTONIO FISCHER, EM MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11898/pc_146-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11898/pc_146-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 229/2013 QUE "DENOMINA DE RUA ALCIMIR KIEFER, EM MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>11899</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11899/pc_147-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11899/pc_147-2013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 230/2013 QUE "CRIA CARGO DE ASSESSOR DE SERVIÇOS ADMINISTRATIVOS, NO ÂMBITO DO PODER LEGISLATIVO".</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Antônio Lidiney Gobbi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4033/4033_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4033/4033_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO VOLUNTÁRIO CIVIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4031/4031_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4031/4031_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°1013, DE 22 DE DEZEMBRO DE 2010.</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4030/4030_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4030/4030_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°878, DE 04 DE FEVEREIRO DE 2009, QUE DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA DE PESSOAL PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4027/4027_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4027/4027_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MARECHAL FLORIANO/ES A EFETUAR O PROTESTO DE TÍTULO EXECUTIVO JUDICIAL DE QUANTIA CERTA, DE CERTIDÃO DE DÍVIDA ATIVA DO MUNICÍPIO E O REGISTRO DE DEVEDORES EM ENTIDADES QUE PRESTEM SERVIÇOS DE PROTEÇÃO AO CRÉDITO E/OU PROMOVAM CADASTRO DE DEVEDORES INADIMPLENTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4023/4023_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4023/4023_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ESTRUTURA ORGANIZACIONAL DA PROCURADORIA GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4019/4019_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4019/4019_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANISTIA FISCAL DO IMPOSTO PREDIAL E TERRITORIAL URBANO IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4017/4017_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4017/4017_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS DE COMISSÃO ESPECIAL A SER INCLUÍDOS NA LEI MUNICIPAL N°565, DE 7 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4015/4015_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4015/4015_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO TÉCNICA COM OUTROS ÓRGÃOS, OBJETIVANDO A CESSÃO DE SERVIDORES E ESTAGIÁRIOS.</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4013/4013_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4013/4013_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - CMDRS, E FUNDO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - FMDRS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4011/4011_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4011/4011_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A INSTITUIR O PROGRAMA DE ACUIDADE AUDITIVA NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4008/4008_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4008/4008_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 934 DE 09 DE JULHO DE 2009, QUE "DISPÕE SOBRE EXAME DE VISTA DE ALUNO DE REDE MUNICIPAL DE ENSINO".</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4006/4006_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4006/4006_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A POSSIBILIDADE DO AGENDAMENTO TELEFÔNICO DE CONSULTAS PARA PACIENTES IDOSOS E PARA PESSOAS COM DEFICIÊNCIA JÁ CADASTRADOS AS UNIDADES DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4003/4003_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4003/4003_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E FUNCIONAMENTO DE CANIL MUNICIPAL.</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4002/4002_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4002/4002_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROJETO CINEMA NA PRAÇA.</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4001/4001_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4001/4001_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3998/3998_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3998/3998_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE GERÊNCIA DE POLITICAS SOCIAIS E DIREITOS HUMANOS NO QUADRO DE SERVIDORES DE PROVIMENTO EM COMISSÃO DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3997/3997_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3997/3997_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE COORDENADOR DO PROGRAMA ESTRATÉGIA SAÚDE DA FAMÍLIA, NO QUADRO DE SERVIDORES DE PROVIMENTO EM COMISSÃO DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3995/3995_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3995/3995_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS AO ORÇAMENTO VIGENTE NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3993/3993_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3993/3993_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JACINTO CATELAN JUNIOR O CAMPO BOM DE BOLA DO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3992/3992_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3992/3992_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE ENSINO DA PRATICA ESPORTIVA DO FUTEBOL DE AREIA.</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3990/3990_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3990/3990_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RODOVIA GABRIEL BRAVIM CANELLA A RUA PROJETADA EM ARAGUAIA.</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3989/3989_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3989/3989_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ASSISTÊNCIA TÉCNICA PÚBLICA E GRATUITA, PARA O PROJETO E A CONSTRUÇÃO DE HABITAÇÃO DE INTERESSE SOCIAL, PARA ÀS FAMÍLIAS DE BAIXA RENDA DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3987/3987_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3987/3987_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA DE COMBATE ÀS DROGAS.</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3985/3985_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3985/3985_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O GOVERNO DO ESTADO DO ESPIRITO SANTO PARA INSTALAÇÃO DE CENTRAL DE ATENDIMENTO INTEGRADO "FAÇA FÁCIL" NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3984/3984_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3984/3984_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROGRAMA DE APOIO AO PEQUENO E MÉDIO PRODUTOR RURAL E À AGROINDÚSTRIA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3983/3983_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3983/3983_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE TOPONÍMIA DE ÁREA DE ESPORTE NA LOCALIDADE DE SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3982/3982_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3982/3982_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 955/2009 QUE DISPÕE SOBRE TRANSPORTE COLETIVO URBANO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3981/3981_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3981/3981_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°.546, DE 15 DE SETEMBRO DE 2005.</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3979/3979_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3979/3979_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI N° 893, DE 02 DE ABRIL DE 2009.</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3978/3978_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3978/3978_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART.129 DA LEI MUNICIPAL N°.0003, DE 04 DE JANEIRO DE 1993.</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3977/3977_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3977/3977_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°.1.103, DE 21 DE DEZEMBRO DE 2011.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3973/3973_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3973/3973_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESTAÇÃO DE CONTAS DO SERVIÇO VOLUNTÁRIO CIVIL, INSTITUÍDO PELA LEI MUNICIPAL N°.1.185 DE 23 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3971/3971_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3971/3971_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE NO AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3969/3969_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3969/3969_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLITICA DE PREVENÇÃO, DIAGNÓSTICO E TRATAMENTO DO CÂNCER DE PELE NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3967/3967_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3967/3967_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE TAXAS ADMINISTRATIVAS RECOLHIDAS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, PARA AS ASSOCIAÇÕES, FUNDAÇÕES OU INSTITUIÇÕES FILANTRÓPICAS E PARA AS OFICIALMENTE DECLARADAS DE UTILIDADE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3966/3966_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3966/3966_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LADEIRA PEDRO PIVETA.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3965/3965_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3965/3965_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO DE EXPEDIENTE AO SERVIDOR PÚBLICO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3963/3963_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3963/3963_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ALTERAR O NOME DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL - SEMAS, PARA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS - SEMADH, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3960/3960_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3960/3960_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE COMISSÃO ESPECIAL A SER INCLUÍDO NA LEI MUNICIPAL N.1.191, DE 23 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3958/3958_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3958/3958_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N.1.164, DE 04 DE JULHO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3961/3961_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3961/3961_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CÓDIGO MUNICIPAL DO MEIO AMBIENTE E RECURSOS HÍDRICOS, DISPÕE SOBRE A POLÍTICA DE MEIO AMBIENTE E RECURSOS HÍDRICOS E SOBRE SISTEMA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS PARA O MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3955/3955_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3955/3955_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA  O PODER EXECUTIVO A DISPONIBILIZAR ÁREA PARA A CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3954/3954_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3954/3954_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 896, DE 02 DE ABRIL DE 2009, QUE DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA DE PESSOAL PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3952/3952_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3952/3952_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SEMANA "EXPO GOSPEL", NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3951/3951_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3951/3951_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CENTRAL MUNICIPAL DE AMBULÂNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3949/3949_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3949/3949_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE COMBATE A PEDOFILIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3948/3948_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3948/3948_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSO FINANCEIRO A FUNDAÇÃO HOSPITALAR DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS-FHASDOMAR.</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3946/3946_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3946/3946_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA HENRIQUE MIGUEL TRARBACH.</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3945/3945_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3945/3945_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE CONCURSO DE REDAÇÃO VOLTADOS AOS ALUNOS DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3943/3943_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3943/3943_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DA SEMANA DA FAMÍLIA NA ESCOLA A SER REALIZADA NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3942/3942_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3942/3942_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER MEDIANTE USO PRECÁRIO IMOVEIS PÚBLICOS ÁS ENTIDADES RELIGIOSAS, COM SEDE NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3941/3941_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3941/3941_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JHONE ARAUJO DE SOUSA.</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3940/3940_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3940/3940_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FERNANDO BORGO.</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3939/3939_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3939/3939_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA RAINI BARBOSA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3938/3938_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3938/3938_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA MEIO AMBIENTE E LEITURA TODO DIA, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3937/3937_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3937/3937_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE "PROGRAMA DE SAÚDE VOCAL" DESTINADO AOS PROFESSORES DA REDE MUNICIPAL DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3935/3935_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3935/3935_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO ORQUIDÓFILO E A EXPOSIÇÃO DE ORQUÍDEAS, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3934/3934_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3934/3934_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO, O PROGRAMA ESPECIAL DE DIAGNÓSTICO DA DISLEXIA NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3933/3933_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3933/3933_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER ISENÇÃO OU REMISSÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU), A SERVIDORES DO PODER EXECUTIVO MUNICIPAL QUE PERCEBEM A REMUNERAÇÃO MENSAL DE UM SALÁRIO MÍNIMO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3932/3932_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3932/3932_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA A PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3931/3931_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3931/3931_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CRIAR O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA CADEIA PRODUTIVA DA AQUICULTURA FAMILIAR, BEM COMO UTILIZAR RECURSOS NA PROMOÇÃO DE AÇÕES DE APOIO E INCENTIVO À ATIVIDADE.</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3930/3930_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3930/3930_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PREMIAÇÃO DE ATLETAS PARTICIPANTES DA CORRIDA "6 MILHAS CIDADE DAS ORQUÍDEAS MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3929/3929_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3929/3929_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE WALDEMIRO ENTRIGER A RUA PROJETADA SITUADA NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3928/3928_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3928/3928_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A DISCIPLINA EDUCAÇÃO AMBIENTAL NA GRADE CURRICULAR DO 1° GRAU DAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3927/3927_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3927/3927_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE INCLUIR REGRAS DE GARANTIAS A SEM OBSERVADAS EM EDITAIS DE LICITAÇÃO, CONTRATOS E A APROVAÇÃO DE PROJETOS BÁSICOS DE OBRAS E SERVIÇOS DE ENGENHARIA E ARQUITETURA DE PAVIMENTAÇÃO DE RUAS E ESTRADAS.</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3926/3926_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3926/3926_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DO MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3925/3925_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3925/3925_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DOS RESTAURANTES E SIMILARES EM CONCEDER DESCONTOS E/OU MEIA PORÇÃO PARA AS PESSOAS QUE REALIZARAM CIRURGIA BARIÁTRICA OU QUALQUER OUTRA GASTROPLASTIA NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3924/3924_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3924/3924_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE MEIA ENTRADA PARA OS SERVIDORES PÚBLICOS MUNICIPAIS EM ESTABELECIMENTOS QUE PROPORCIONEM CULTURA, LAZER E ENTRETENIMENTO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIA.</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3923/3923_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3923/3923_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CURRÍCULO ESCOLAR A DISCIPLINA "ALIMENTAÇÃO SAUDÁVEL".</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3922/3922_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3922/3922_texto_integral.pdf</t>
   </si>
   <si>
     <t>DETERMINA A CRIAÇÃO DO CADASTRO DE BENS DO MUNICÍPIO DE MARECHAL FLORIANO - CABMMF E DISPÕE SOBRE O ENVIO ANUAL À CÂMARA MUNICIPAL DE MARECHAL FLORIANO, DA RELAÇÃO DE BENS MÓVEIS E IMÓVEIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3921/3921_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3921/3921_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE DE PUBLICAR LISTAGEM DE REMÉDIOS GRATUITOS OFERECIDOS A POPULAÇÃO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3920/3920_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3920/3920_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE FISCALIZAÇÃO, INFRAÇÕES E PENALIDADES RELATIVAS À PROTEÇÃO DO MEIO AMBIENTE E RECURSOS HÍDRICOS NO ÂMBITO DOS ÓRGÃOS E ENTIDADES QUE COMPÕEM O SISTEMA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS DO MUNICÍPIO DE MARECHAL FLORIANO-SISMARH.</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3919/3919_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3919/3919_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART.2°, DA LEI MUNICIPAL N°.1.190, DE 23 DE JANEIRO 2013.</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3918/3918_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3918/3918_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FERDINANDO PREST.</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3917/3917_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3917/3917_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCÍCIO FINANCEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3916/3916_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3916/3916_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3915/3915_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3915/3915_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA, DOAR MUDAS DE CAFÉ, MUDAS DE FRUTÍFERAS E MUDAS DE PALMÁCEAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3914/3914_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3914/3914_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LIVRE ACESSO DOS VEREADORES AOS ÓRGÃOS E REPARTIÇÕES PÚBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3913/3913_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3913/3913_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO DA RESPONSABILIDADE NO TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3912/3912_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3912/3912_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA OS ÓRGÃOS PÚBLICOS, OS ESTABELECIMENTOS COMERCIAIS, INDUSTRIAIS E DE PRESTAÇÃO DE SERVIÇOS A OCUPAR PARTE DA CALÇADA PARA ESTACIONAMENTO DA BICICLETAS, MEDIANTE A INSTALAÇÃO DE PARACICLOS.</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3911/3911_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3911/3911_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DA DISCIPLINA TRÂNSITO E CIDADANIA NA GRADE CURRICULAR DAS ESCOLAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3910/3910_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3910/3910_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O "CONSELHO MUNICIPAL DO IDOSO".</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3909/3909_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3909/3909_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMUNIDADE VALE DAS MONTANHAS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3908/3908_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3908/3908_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA LUCINÉIA GUIMARÃES.</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3907/3907_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3907/3907_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO E O PODER LEGISLATIVO PUBLICAR EM SITE OFICIAL AS LEIS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3906/3906_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3906/3906_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE EDUARDO ERNESTO KIEFFER O CALÇADÃO DA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3905/3905_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3905/3905_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA PRINCIPAL NICOLAU MARQUES.</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3904/3904_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3904/3904_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA MUNICIPAL DE PROTEÇÃO DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3903/3903_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3903/3903_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS DO IDOSO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3901/3901_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3901/3901_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE VAGAS DE ESTACIONAMENTO PARA GESTANTES NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3899/3899_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3899/3899_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ESPAÇO CIDADÃO NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3898/3898_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3898/3898_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR CONTRATAÇÃO TEMPORÁRIA DE PESSOAL, PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CULTURA E ESPORTES.</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3897/3897_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3897/3897_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL N°746, DE 14 DE NOVEMBRO DE 2007 QUE INSTITUI O PROGRAMA DE ESTÁGIO NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3896/3896_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3896/3896_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS Á URBANIZAÇÃO.</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3895/3895_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3895/3895_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL N°677, DE 22 DE MARÇO DE 2007.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3894/3894_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3894/3894_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROÍBE NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A INAUGURAÇÃO DE OBRAS PÚBLICAS INACABADAS OU QUE PENDENCIAS QUE IMPEÇAM A SUA IMEDIATA UTILIZAÇÃO.</t>
   </si>
   <si>
     <t>8473</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8473/101-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8473/101-2013.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°. 1091 DE 14 DE OUTUBRO DE 2011.</t>
   </si>
   <si>
     <t>8474</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8474/102-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8474/102-2013.pdf</t>
   </si>
   <si>
     <t>CIA O PROGRAMA DE INCENTIVO À DOAÇÃO DE MÉDULA ÓSSEA NO ÂMBITO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>8475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8475/103-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8475/103-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DA LEI  MUNICIPAL N°. 1.159, DE 29 DE JUNHO DE 2012.</t>
   </si>
   <si>
     <t>8476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8476/104-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8476/104-2013.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N/. 1013, DE 23 DE DEZEMBRO DE 2010 COM SUAS MODIFICAÇÕES E DÁ NOVAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8477/106-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8477/106-2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA MUNICIPAL DO CICLISTA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8478/108-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8478/108-2013.pdf</t>
   </si>
   <si>
     <t>"CRIA O MEMORIAL E O MUSEU DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8479/109-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8479/109-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICIPIO DE MARECHAL FLORIANO/ES O "FESTIVAL CORES, FLORES E SABORES", E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8480/110-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8480/110-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICIPIO DE MARECHAL FLORIANO/ES O "FESTIVAL ITALO-GERMANICO / ITALEMANHA", E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8481/111-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8481/111-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL DA MADEIRA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8482</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8482/112-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8482/112-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERIODO DE 2014 A 2017.</t>
   </si>
   <si>
     <t>8483</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8483/113-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8483/113-2013.pdf</t>
   </si>
   <si>
     <t>DESMEMBRA E MODIFICA A NOMENCLATURA DE SECRETARIAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8484</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8484/114-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8484/114-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA-SE DE ALZIRA CANAL PREST AS FUTURAS INSTALAÇÕES DA PRAÇA SAUDÁVEL DE ARAGUAIA".</t>
   </si>
   <si>
     <t>8485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8485/115-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8485/115-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO BAIRRO CRUZEIRO NO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>8486</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8486/116-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8486/116-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA LIXO ZERO NOS RIOS E CÓRREGOS DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8487</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8487/117-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8487/117-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE RUA GALDINO FALLER, NA SEDE DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>8488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8488/118-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8488/118-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JEAN CARLOS WALCHER MODOLO".</t>
   </si>
   <si>
     <t>8489</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8489/119-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8489/119-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. UBALDINO SARAIVA".</t>
   </si>
   <si>
     <t>8490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8490/120-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8490/120-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. LINTZ MONTEIRO".</t>
   </si>
   <si>
     <t>8491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8491/121-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8491/121-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SENHOR ADAUTO JOSÉ BOLSANELO".</t>
   </si>
   <si>
     <t>8492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8492/122-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8492/122-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE A SRª. MARIA JOSÉ DA SILVA ANDRADE".</t>
   </si>
   <si>
     <t>8493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8493/123-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8493/123-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. PAULO SERGIO DUTRA".</t>
   </si>
   <si>
     <t>8494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8494/124-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8494/124-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ATÍLIO FISCHER".</t>
   </si>
   <si>
     <t>8495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8495/125-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8495/125-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE À SRª. TÂNIA BERNADETE EFFGEN".</t>
   </si>
   <si>
     <t>8496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8496/126-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8496/126-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ABEL KIFFER".</t>
   </si>
   <si>
     <t>8497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8497/127-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8497/127-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ROMÉRIO LUDUVICO"</t>
   </si>
   <si>
     <t>8500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8500/128-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8500/128-2013.pdf</t>
   </si>
   <si>
     <t>"DISPOE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. LAURO KROHLING".</t>
   </si>
   <si>
     <t>8501</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8501/129-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8501/129-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. LAURO ROMNELLO".</t>
   </si>
   <si>
     <t>8502</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8502/130-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8502/130-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. GABRIEL STOCKL"</t>
   </si>
   <si>
     <t>8503</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8503/131-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8503/131-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. PAULO HENRIQUE PEREIRA DOS SANTOS".</t>
   </si>
   <si>
     <t>8504</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8504/132-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8504/132-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE À SRª NILZA VELTEN".</t>
   </si>
   <si>
     <t>8505</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8505/133-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8505/133-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ROJER ROBERTO CUNHA MEDICE".</t>
   </si>
   <si>
     <t>8506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8506/134-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8506/134-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. EDUARDO ALEXANDRE WERNERSBACH DEPS."</t>
   </si>
   <si>
     <t>8507</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8507/135-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8507/135-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE " À SRª. SCHEILA MOREIRA DE MENDONÇA".</t>
   </si>
   <si>
     <t>8508</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8508/136-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8508/136-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. CHARBEL JACOB JÚNIOR".</t>
   </si>
   <si>
     <t>8509</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8509/137-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8509/137-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. WAGNER LIMA DE REZENDE".</t>
   </si>
   <si>
     <t>8510</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8510/138-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8510/138-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE SR. HÉRCULES FERNANDO DE MELLO".</t>
   </si>
   <si>
     <t>8511</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8511/139-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8511/139-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. CARLOS PEDRINI COSTA."</t>
   </si>
   <si>
     <t>8512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8512/140-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8512/140-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. GIBRAN SCHNEIDER CHRISTO".</t>
   </si>
   <si>
     <t>8513</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8513/pl_141-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8513/pl_141-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ODERLI SCHNEIDER".</t>
   </si>
   <si>
     <t>8514</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8514/pl_142-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8514/pl_142-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. OLDEMAR PÁDUA ENTRINGER".</t>
   </si>
   <si>
     <t>8515</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8515/pl_143-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8515/pl_143-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE À SRª. ROSÁLIA MARIA DO SACRÁRIO".</t>
   </si>
   <si>
     <t>8516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8516/pl_144-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8516/pl_144-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR, MÁRCIO BARCELOS".</t>
   </si>
   <si>
     <t>8517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8517/pl_145-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8517/pl_145-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. TARCÍSIO  ANTONIO BORGO".</t>
   </si>
   <si>
     <t>8518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8518/pl_146-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8518/pl_146-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. JÚLIO HÜBER".</t>
   </si>
   <si>
     <t>8519</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8519/pl_147-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8519/pl_147-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. GUSTAVO JOSÉ WERNERSBACH".</t>
   </si>
   <si>
     <t>8520</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8520/pl_148-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8520/pl_148-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ARNO KLIPPEL".</t>
   </si>
   <si>
     <t>8521</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8521/pl_149-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8521/pl_149-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE SR. ELMIRO RIBET".</t>
   </si>
   <si>
     <t>8522</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8522/pl_150-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8522/pl_150-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. HELIOMAR JOSÉ CHRISTI".</t>
   </si>
   <si>
     <t>8523</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8523/pl_151-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8523/pl_151-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. IDÉSIO KLIPPEL".</t>
   </si>
   <si>
     <t>8524</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8524/pl_152-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8524/pl_152-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. LINDOMAR RAACH".</t>
   </si>
   <si>
     <t>8525</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8525/pl_153-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8525/pl_153-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. VANDERSON ALONSO LEITE".</t>
   </si>
   <si>
     <t>8526</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8526/pl_154-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8526/pl_154-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. EUSTÁQUIO MOACYR AGRIZZI".</t>
   </si>
   <si>
     <t>8527</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8527/pl_155-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8527/pl_155-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE FÁBIO JOSÉ STEIN".</t>
   </si>
   <si>
     <t>8528</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8528/pl_156-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8528/pl_156-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. WALTER EMILINO BARCELOS".</t>
   </si>
   <si>
     <t>8529</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8529/pl_157-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8529/pl_157-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ROBERTO ANSELMO KAUSTSKY JUNIOR".</t>
   </si>
   <si>
     <t>8530</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8530/pl_158-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8530/pl_158-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. RAEL SÉRGIO DAS NEVES".</t>
   </si>
   <si>
     <t>8531</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8531/pl_159-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8531/pl_159-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. CÉZAR TADEU RONCHI".</t>
   </si>
   <si>
     <t>8532</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8532/pl_160-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8532/pl_160-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ELIZEU HÜBER".</t>
   </si>
   <si>
     <t>8533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8533/pl_161-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8533/pl_161-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE A SRª. MARA CRISTINA HANTHEGUESTE MORAIS MODOLO".</t>
   </si>
   <si>
     <t>8534</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8534/pl_162-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8534/pl_162-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. MARCO AURÉLIO PREST".</t>
   </si>
   <si>
     <t>8535</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8535/pl_163-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8535/pl_163-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. HUMBERTO SALEME DO VALE".</t>
   </si>
   <si>
     <t>8536</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8536/pl_164-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8536/pl_164-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. DOUGLAS PUPPIN".</t>
   </si>
   <si>
     <t>8537</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8537/pl_165-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8537/pl_165-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. ANDRÉ LUDUVICO KROHLING".</t>
   </si>
   <si>
     <t>8538</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8538/pl_166-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8538/pl_166-2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O FUNDO DE DESENVOLVIMENTO MUNICIPAL - FDM E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8539</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8539/pl_167-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8539/pl_167-2013.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS NOVAS REGRAS DO CONSELHO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8540</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8540/pl_168-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8540/pl_168-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8541</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8541/pl_169-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8541/pl_169-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL SAMBA E CHORO", E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8542</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8542/pl_170-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8542/pl_170-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER  EXECUTIVO MUNCIPAL A CELEBRAR CONVÊNIO DE COOPERAÇÃO ENTRE OS MUNICÍPIOS LIMITROFES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8543</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8543/pl_171-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8543/pl_171-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO".</t>
   </si>
   <si>
     <t>8544</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8544/pl_172-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8544/pl_172-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA PASSEIO CULTURAL DESTINADO AOS ALUNOS DAS ESCOLAS PÚBLICAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8545</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8545/pl_173-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8545/pl_173-2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A SEMANA MUNICIPAL DA CONSCIENTIZAÇÃO E COMBATE AO ASSÉDIO MORAL NO TRABALHO".</t>
   </si>
   <si>
     <t>8546</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8546/pl_174-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8546/pl_174-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE VAGNER RIBET A PRAÇA SAUDÁVEL SITUADA NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8547</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8547/pl_175-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8547/pl_175-2013.pdf</t>
   </si>
   <si>
     <t>"DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO PARA O DESENVOLVIMENTO COMNUNITÁRIO DE ALTO NOVA ALMEIDA".</t>
   </si>
   <si>
     <t>8548</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8548/pl_176-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8548/pl_176-2013.pdf</t>
   </si>
   <si>
     <t>"TORNA OBRIGATÓRIO A FIXAÇÃO DE CARTAZES INFORMATIVOS COM A LISTA DE TODOS OS MEDICAMENTOS OFERECIDOS GRATUITAMENTE EM TODAS AS FARMÁCIAS E DROGARIAS CONVENCIADAS À REDE "AQUI TEM FARMÁCIA POPULAR" DE MARECHAL FLORIANO."</t>
   </si>
   <si>
     <t>8549</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8549/pl_177-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8549/pl_177-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO DE APOIO À ACIASMAF NA CAMPANHA DE NATAL".</t>
   </si>
   <si>
     <t>8550</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8550/pl_178-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8550/pl_178-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO MA COMPOSIÇÃO DO CONSELHO MUNICIPAL DO IDOSO.</t>
   </si>
   <si>
     <t>8551</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8551/pl_179-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8551/pl_179-2013.pdf</t>
   </si>
   <si>
     <t>ESTIMA AS RECEITAS E FICA AS DESPESAS DO ORÇAMENTO FISCAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>8552</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8552/pl_180-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8552/pl_180-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE PRAÇA DE ESPORTES E LAZER HERDEIROS BRAVIM, NO DISTRITO DE ARAGUAIA - MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>8553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8553/pl_181-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8553/pl_181-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE CAMPO DE BOCHA JOAQUIM BRAVIM, NOS DISTRITO DE ARAGUAIA - MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>8554</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8554/pl_182-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8554/pl_182-2013.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JUIZ DE PAZ CARLOS RONCHI, NO DISTRITO DE ARAGUAIA, MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8555</t>
   </si>
   <si>
     <t>Cabral, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8555/pl_183-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8555/pl_183-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA D MAGNO THADEU EFFGEN A RUA PROJETADA EM BARRA DO RIO FUNDO".</t>
   </si>
   <si>
     <t>8556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8556/pl_184-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8556/pl_184-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SR. JOÃO CARLOS LORENZONI".</t>
   </si>
   <si>
     <t>8557</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8557/pl_185-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8557/pl_185-2013.pdf</t>
   </si>
   <si>
     <t>RATIFICA DELIBERAÇÃO DA ASSEMBLEIA GERAL CIM PEDRA AZUL QUE AUTORIZA O INGRESSO DE IÚNA COMO MUNICÍPIO CONSORCIADO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8558</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8558/pl_186-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8558/pl_186-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORZAÇÃO DE APOIO DE INTERCÂMBIO CULTURAL COM MUNICÍPIOS DO RIO GRANDE DO SUL DE CULTURA ALEMÃ.</t>
   </si>
   <si>
     <t>8559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8559/pl_187-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8559/pl_187-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MARECHAL FLORIANO A ADQUIRIR ÁREA PARA CONSTRUÇÃO DE CASAS PELO PROGRAMA MINHA CASA MINHA VIDA.</t>
   </si>
   <si>
     <t>8560</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8560/pl_188-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8560/pl_188-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE VEREADOR JACOMO RONCHI O MEMORIAL DO PODER LEGISLATIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>8561</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8561/pl_189-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8561/pl_189-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA SEMANA DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8562</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8562/pl_190-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8562/pl_190-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO PARA PATROCÍNIO DA 20ª FESTA DO CAFÉ E 10ª CONCURSO QUALIDADE DO CAFÉ DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>8563</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8563/pl_191-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8563/pl_191-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE AO SR. LOURINDO WRUCK".</t>
   </si>
   <si>
     <t>8564</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8564/pl_192-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8564/pl_192-2013.pdf</t>
   </si>
   <si>
     <t>"REVOGA AS LEIS MUNICIPAIS"</t>
   </si>
   <si>
     <t>8565</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8565/pl_193-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8565/pl_193-2013.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE A PROMOÇÃO DA ACESSIBILIDADE DAS PESSOAS PORTADORAS DE DEFICIENCIA OU COM MOBILIDADEREDUZIDA A PARQUES DE DIVERSÕES E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8566</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8566/pl_194-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8566/pl_194-2013.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE ALFREDO KLIPPEL A RUA PROJETADA EM SOIDO DE BAIXO".</t>
   </si>
   <si>
     <t>8567</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8567/pl_195-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8567/pl_195-2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O DIA DO LÍDER COMUNITARIO NO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>8568</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8568/pl_196-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8568/pl_196-2013.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA "CRIANÇAS E JOVENS NO ORQUIDÁRIO" NO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8569</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8569/plo_n._197-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8569/plo_n._197-2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODE LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES."</t>
   </si>
   <si>
     <t>8570</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8570/plo_n._198-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8570/plo_n._198-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE HOMENAGENS E HONRARIAS NO ÂMBITO DO MUNICÍPIO".</t>
   </si>
   <si>
     <t>8571</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8571/plo_n._199-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8571/plo_n._199-2013.pdf</t>
   </si>
   <si>
     <t>ADOTA O DIÁRIO OFICIAL DOS MUNICIPIOS DO ESTADO DO ESPIRITO SANTO, INSTITUIDO E ADMINISTRADO PELA AMUNES, COMO VEÍCULO OFICIAL DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMNISTRATIVOS DO MUNICIPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>8572</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8572/plo_n._200-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8572/plo_n._200-2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO MUNICIPIO DE MARECHAL FLORIANO O MÊS DE COMBATE AO CÂNCER DE MAMA".</t>
   </si>
   <si>
     <t>8573</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8573/plo_n._201-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8573/plo_n._201-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DOS ESTABELECIMENTOS QUE POSSUAM PRAÇA OU ESPAÇO PRÓPRIO PARA ALIMENTAÇÃO, A DISPONIBILIZAR LOCAL PREFERENCIAL PARA IDOSOS, GESTANTES E PESSOAS COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8574</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8574/plo_n._202-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8574/plo_n._202-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MEMÓRIAS DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8575</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8575/plo_n._203-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8575/plo_n._203-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE RESPONSABILIDADE DOS SERVIÇOS DE ESTACIONAMENTOS PARA COM OS CONSUMIDORES".</t>
   </si>
   <si>
     <t>8576</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8576/plo_n._204-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8576/plo_n._204-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DOS MOTORISTAS CONDUTORES DE AMBULÂNCIA DO MUNICÍPIO DE MARECHAL FLORIANO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8578</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8578/plo_n._207-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8578/plo_n._207-2013.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO MEIO AMBIENTES E RECURSOS HIDRICOS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8579</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8579/plo_n._208-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8579/plo_n._208-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANISTIA FISCAL DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8580</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8580/plo_n._209-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8580/plo_n._209-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR CONTRATAÇÃO TEMPORÁRIA DE PESSOAL, PARA ATENDER AS NECESSIDADES DA SEMUR E SEMUS.</t>
   </si>
   <si>
     <t>8581</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8581/plo_n.210-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8581/plo_n.210-2013.pdf</t>
   </si>
   <si>
     <t>CRIA A GRATIFICAÇÃO DE ATENDIMENTO MÉDICO E DÁ NOVAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8582</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8582/plo_n._211-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8582/plo_n._211-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER CESTAS DE NATAL AOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8583</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8583/plo_n._212-2012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8583/plo_n._212-2012.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DESAFETAÇÃO E A PERMUTA DE ÁREA PÚBLICA.</t>
   </si>
   <si>
     <t>8584</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8584/plo_n._213-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8584/plo_n._213-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROIBIÇÃO DA UTILIZAÇÃO DE TUBOS FLEXÍVEIS PARA O ARMAZENAMENTO DE CONDIMENTOS COMO KETCHUP, MOSTARDA E MAIONENSE, ENTRE OUTROS."</t>
   </si>
   <si>
     <t>8585</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8585/plo_n._214-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8585/plo_n._214-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTALAÇÃO DE BANHEIROS QUIMICOS PARA IDOSOS E DEFICIENTES EM EVENTOS PÚBLICOS NO MUNICÍPIO."</t>
   </si>
   <si>
     <t>8586</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8586/plo_n._215-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8586/plo_n._215-2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A SEMANA MUNICIPAL DE AVALIAÇÃO POSTURAL E EDUCATIVA SOBRE A DOENÇA DE ALZHEIMER".</t>
   </si>
   <si>
     <t>8587</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8587/plo_216-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8587/plo_216-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO PRÊMIO SERVIDOR DO LEGISLATIVO, AMIGO DO POVO NO MUNICIPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8588</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8588/plo_217-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8588/plo_217-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A IMPLANTAÇÃO DO PROGRAMA CONHECENDO NOSSOS RIOS, FAUNA E FLORA NO MUNICIPIO".</t>
   </si>
   <si>
     <t>8589</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8589/plo_218.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8589/plo_218.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO AOS PROFISSIONAIS DO MAGISTÉRIO DA EDUCAÇÃO BÁSICA.</t>
   </si>
   <si>
     <t>8590</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8590/plo_n.219-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8590/plo_n.219-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>8591</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8591/plo_220-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8591/plo_220-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR CONTRATAÇÃO TEMPORÁRIA DE PESSOAL, PARA ATENDER O PROGRAMA INCLUIR.</t>
   </si>
   <si>
     <t>8592</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8592/plo_221-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8592/plo_221-2013.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PRORROGAR CONTRATAÇÃO TEMPORÁRIA DE PESSOAL, PARA ATENDER AS NECESSIDADES DO CONTROLE INTERNO.</t>
   </si>
   <si>
     <t>8593</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8593/plo_222-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8593/plo_222-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE PRESERVAÇÃO DO PATRIMÔNIO CULTURAL NO MUNICÍPIO DE MARECHAL FLORIANO E CRIA O CONSELHO MUNICIPAL DE POLITICAS CULTURAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8594</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8594/plo_223-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8594/plo_223-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APRESENTAÇÃO DE MÚSICOS E BANDAS LOCAIS NOS EVENTOS APOIADOS E/OU REALIZADOS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8595</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8595/plo_224-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8595/plo_224-2013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A POLITICA DE PREVENÇÃO E ORIENTAÇÃO À OBESIDADE E AO SOBREPESO DE ADULTOS E CRIANÇAS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>8596</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8596/plo_225-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8596/plo_225-2013.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE INSTALAÇÃO DE TRONQUEIRAS E PORTEIRAS NAS ESTRADAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8597</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8597/plo_226-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8597/plo_226-2013.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO "ORQUÍDEA CATLEYA WARNERI- PROFESSOR ÉRICO DE FREITAS MACHADO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>8598</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8598/plo_227-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8598/plo_227-2013.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1° DA LEI MUNICIPAL N°. 480, DE 03 DE NOVEMBRO DE 2003.</t>
   </si>
   <si>
     <t>8599</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8599/plo_228-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8599/plo_228-2013.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA ANTONIO FISCHER, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>8600</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8600/plo_229-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8600/plo_229-2013.pdf</t>
   </si>
   <si>
     <t>DENOMINA DERUA ALCIMIR KIEFER, EM MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>8601</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8601/pl_230-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8601/pl_230-2013.pdf</t>
   </si>
   <si>
     <t>"CRIA CARGO DE ASSESSOR DE SERVIÇOS ADMINISTRATIVOS, NO ÂMBITO DO PODER LEGISLATIVO".</t>
   </si>
   <si>
     <t>8602</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8602/pl231-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8602/pl231-2013.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PROFESSOR JACINTO CATELAN JUNIOR O EDIFÍCIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTE, EM MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8603</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8603/pl_232-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8603/pl_232-2013.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE VEREADOR HILTON EZEQUIEL RONCHI O AUDITÓRIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTE, EM MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1484/1484_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1484/1484_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO VI AO PARAGRAFO ÚNICO DO ART.28 DO REGIMENTO INTERNO, E CRIA O ART.61-A E INCISOS - CRIAÇÃO DA COMISSÃO DE ESPORTE, CULTURA E TURISMO.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1482/1482_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1482/1482_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1481/1481_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1481/1481_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 137 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1479/1479_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1479/1479_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3893/3893_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3893/3893_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O CUMPRIMENTO DA LEI MUNICIPAL N° 1.039, DE 27 DE MAIO DE 2011 QUE "DISPÕE SOBRE AJUDA DE CUSTOS DE TRANSPORTE A ESTUDANTES QUE CURSAM O ENSINO SUPERIOR E SEGUNDO GRAU TÉCNICO PROFISSIONALIZANTE FORA DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3892/3892_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3892/3892_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">FISCALIZAÇÃO EM TODAS AS CASAS DE SHOWS, BOATES ITINERANTES, ESPAÇOS DE FESTAS, BARES E SIMILARES QUE REALIZAM EVENTOS NO ÂMBITO MUNICIPAL. </t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3891/3891_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3891/3891_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ESTUDOS DE IMPACTO FINANCEIRO VISANDO A REESTRUTURAÇÃO ADMINISTRATIVA E FINANCEIRA DO QUADRO DE FUNCIONÁRIOS EFETIVOS DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3890/3890_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3890/3890_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO, ATRAVÉS DA DEFESA CIVIL MUNICIPAL REALIZE PALESTRAS E TREINAMENTOS EM DIVERSAS COMUNIDADES DE NOSSO MUNICÍPIO, VISANDO A CAPACITAÇÃO DE VOLUNTÁRIOS, PARA REALIZAR SERVIÇOS DE CONSCIENTIZAÇÃO NO COMBATE A PREVENÇÃO DE POSSÍVEIS ACIDENTES PROVOCADOS PELA FORÇA DA NATUREZA.  </t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3889/3889_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3889/3889_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO EM PARCERIA COM O 4º BATALHÃO DO CORPO DE BOMBEIRO MILITAR DE MARECHAL FLORIANO, COLOQUEM EM PRÁTICA A LEI MUNICIPAL N° 899/2009, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCICLIERI, QUE DISPÕE SOBRE CRIAÇÃO DO PROGRAMA CORPO DE BOMBEIROS VOLUNTÁRIOS, EM MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3888/3888_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3888/3888_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA DE UMA RUA EM FRENTE À UNIDADE DE SAÚDE DE SANTA MARIA, COM INÍCIO NA RESIDENCIA DO SENHOR CLAUDECIR JOSÉ EVALD E TÉRMINO NA RESIDÊNCIA DA FAMÍLIA FISCHER. </t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3887/3887_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3887/3887_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ASFALTAMENTO DA LADEIRA PROJETADA EM ARAGUAIA, COM INÍCIO NA RESIDÊNCIA DO SENHOR LEOMAR BOLDRINI E TÉRMINO 500 METROS APÓS. </t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3886/3886_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3886/3886_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O CUMPRIMENTO DA LEI MUNICIPAL N° 1.174, DE 09 DE NOVEMBRO DE 2012 QUE "INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A TRANSPARÊNCIA DOS ATOS DOS PODERES LEGISLATIVO E EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3885/3885_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3885/3885_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO PROVIDENCIE DE ACORDO COM AS DISPONIBILIDADES FINANCEIRAS DO RECURSO DO MINISTÉRIO DA SAÚDE, O REPASSE DO INCENTIVO FINANCEIRO PARA OS AGENTES COMUNITÁRIOS DE SAÚDE, UMA VEZ QUE O MESMO DEVERIA TER SIDO REPASSADO NO EXERCÍCIO DE 2012. </t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3884/3884_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3884/3884_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO PROVIDENCIE DE ACORDO COM ALEI MUNICIAPAL N° 1091/2011, A CAPACITAÇÃO DOS PROFESSORES DA REDE MUNICIPAL DE EDUCAÇÃO, ATRAVÉS DE PROGRAMAS OU CURSOS PARA CONHECIMENTO BÁSICO DE PRIMEIROS SOCORROS, ALÉM DE PROVIDENCIAR OS EQUIPAMENTOS NECESSÁRIOS PARA CADA ESCOLA, POSSIBILITANDO ASSIM, QUE ESTE ATENDIMENTO SEJA OFERECIDO DE FORMA MAIS EFICÁCIA.  </t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO ESTUDE A POSSIBILIDADE DE ENCAMINHAR A ESTA CASA, UM PROJETO DE LEI QUE CRIA O "IPTU PREMIADO", AUTORIZANDO O MUNICÍPIO A REALIZAR ANUALMENTE UMA CAMPANHA DE ARRECADAÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU, COMO MEIO DE AUXILIAR NA CAPTAÇÃO DA RECEITA PÚBLICA MUNICIPAL, MEDIANTE A DISTRIBUIÇÃO GRATUITA DE PRÊMIOS, ATRAVÉS DE SORTEIO ENTRE CONTRIBUINTES QUE COMPROVAREM PONTUALIDADE O PAGAMENTO ATÉ O VENCIMENTO FIXADO NA PARCELA, DO ALUDIDO TRIBUTO. </t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3882/3882_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3882/3882_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DA EDUCAÇÃO, PROVIDENCIE A ABERTURA DE MAIS VAGAS NO CENTRO EDUCACIONAL DE SANTA MARIA E ARAGUAIA._x000D_
 REQUER AINDA A DISPONIBILIDADE DE FUNCIONAMENTO NO HORÁRIO INTEGRAL DE ENSINO ÀS CRIANÇAS MATRICULADAS NO CENTRO EDUCACIONAL DE SANTA MARIA E ARAGUAIA._x000D_
 REQUER TAMBÉM A AQUISIÇÃO DE BRINQUEDOS PARA A ÁREA DE LAZER E RECREAÇÃO DE TODAS AS CRECHES E CENTRO EDUCACIONAIS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3881/3881_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3881/3881_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO AO PREFEITO MUNICIPAL A POSSIBILIDADE DE REALIZAR O AUMENTO DO VALOR DO TICKET ALIMENTAÇÃO DE TODOS OS SERVIDORES DO PODER EXECUTIVO PARA A IMPORTÂNCIA DE R$ 130,00 (CENTO E TRINTA REAIS) POR MÊS, CORRESPONDENDO A UM REAJUSTE DE 30%.  </t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3880/3880_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3880/3880_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RESTAURAÇÃO DA SINALIZAÇÃO VERTICAL E HORIZONTAL DE MARECHAL FLORIANO (SEDE), BEM COMO, DE BARRA DO RIO FUNDO, RIO FUNDO, ARAGUAIA E SANTA MARIA.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3879/3879_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3879/3879_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL IMPLANTE, JUNTO AS EMPRESAS DE NOSSO MUNICÍPIO, UM SISTEMA PARA CADASTRO E FISCALIZAÇÃO DA PROCEDÊNCIA DAS PESSOAS QUE VIEREM A SER EMPREGADAS EM NOSSO MUNICÍPIO, VINDAS DE OUTROS ESTADOS, EM ESPECIAL AQUELAS CONTRATADAS POR PRODUTOR RURAL, E EMPRESAS DO RAMO DO CAFÉ, CONSTRUÇÃO CIVIL E OUTROS, POIS NO DECORRER DOS ANOS TEMOS OBSERVADO DIVERSOS PROBLEMAS/CRIMES EM RELAÇÃO AOS FUNCIONÁRIOS QUE EXERCEM MÃO DE OBRA POR PERÍODO TEMPORÁRIO EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3878/3878_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3878/3878_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROCEDA COM A REVISÃO DO IPTU - IMPOSTO PREDIAL E TERRITORIAL DO MUNICÍPIO DE MARECHAL FLORIANO, POIS TENHO RECEBIDO DIVERSAS RECLAMAÇÕES QUANTO AO VALOR COBRADO, ENTRE UMA RESIDÊNCIA DE MENOR PORTE E OUTRAS RESIDÊNCIAS MAIORES._x000D_
 REQUEIRO AINDA A POSSIBILIDADE DE PATROLAMENTO DO ACESSO DE APROXIMADAMENTE 1,5 KM, PRÓXIMO AO JEQUITIBA, EM SANTA MARIA, DESTINADO A FORNECER ACESSO A VILA DE MIGUEL SOUZA, PARA QUE O TRANSPORTE COLETIVO POSSA PASSAR PELO LOCAL E TRANSPORTA CERCA DE 10 CRIANÇAS, UMA VEZ QUE O TRANSPORTE JÁ SAI DO TREVO DE BETINHO SIMON. </t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3877/3877_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3877/3877_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL REGULAMENTE ATRAVÉS DE DECRETO UM NOVO HORÁRIO DE FUNCIONAMENTO DAS FARMÁCIAS, PARA QUE AQUELAS QUE ESTEJAM DE PLANTÃO FIQUEM COM SEU ESTABELECIMENTO ABERTO, ATÉ ÀS 22:00 HORAS, UMA VEZ QUE O HORÁRIO ATUAL DE ENCERRAMENTO DO EXPEDIENTE ESTÁ SENDO ÀS 19:00 HORAS. </t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3876/3876_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3876/3876_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA PROVIDENCIADO UMA PARCERIA ENTRE O PODER EXECUTIVO MUNICIPAL, A SECRETARIA ESTADUAL DE SEGURANÇA E O GOVERNO FEDERAL, VISANDO A IMPLANTAÇÃO DA LEI MUNICIPAL N° 975/2010, QUE DIZ RESPEITO A INSTALAÇÃO DE CÂMERAS DE VIDEOMONITORAMENTO NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO, &amp;#180;DISTRITOS DE ARAGUAIA, SANTA MARIA E COMUNIDADES DE BOM JESUS, DENTRE OUTRAS. </t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3875/3875_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3875/3875_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE DENTRO DAS POSSIBILIDADES, O CIRETRAN DE MARECHAL FLORIANO PROVIDENCIE A CRIAÇÃO DE MAIS VAGAS DE ESTACIONAMENTO PARA DEFICIENTES FÍSICOS, PRINCIPALMENTE EM FRENTE AS ESCOLAS. </t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3874/3874_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3874/3874_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL COLOQUE EM PRÁTICA O PROJETO DE CRIAÇÃO DA RUA DE LAZER, TENDO EM VISTA AS DIVERSAS SOLICITAÇÕES DE COMERCIANTES DA RUA HELENA SANTA CLARA, ONDE OS MESMOS RELATAM QUE HÁ NO PODER EXECUTIVO MUNICIPAL, UM PROJETO CRIADO NO EXERCÍCIO ANTERIOR. </t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3873/3873_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3873/3873_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL EFETUE REPASSE FINANCEIRO AO HOSPITAL DE DOMINGOS MARTINS NA PROPORÇÃO SUFICIENTE PARA COBRIR AS DESPESAS DOS ATENDIMENTOS DOS PACIENTES RESIDENTES EM MARECHAL FLORIANO QUE SÃO ATENDIDOS NESTA ENTIDADE. </t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3872/3872_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3872/3872_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADA A ESTA CASA DE LEIS AS INFORMAÇÕES REFERENTES ÀS SOLICITAÇÕES REPASSADAS A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, ATRAVÉS DAS INDICAÇÕES PROPOSTAS POR NÓS VEREADORES NAS SESSÕES ORDINÁRIAS.</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3871/3871_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3871/3871_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O CUMPRIMENTO DA LEI MUNICIPAL N°. 833, DE 30 DE JUNHO DE 2008 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER GRATUITAMENTE UNIFORMES ESCOLARES AOS ALUNOS E ALUNAS DAS ESCOLAS PÚBLICAS E CONVENIADAS, E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3870/3870_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3870/3870_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO AO PODER EXECUTIVO MUNICIPAL QUE AO CONTRATAR A EMPRESA PARA REFAZER O PLANO DE CARREIRA SEJA FORMADA UMA COMISSÃO DESIGNADA PELOS PRÓPRIOS FUNCIONÁRIOS. </t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO AO PREFEITO MUNICIPAL O ENVIO DE DOCUMENTAÇÃO CONSTANDO A ESCALA DE TRABALHO DE TODOS OS SERVIDORES DA POLICLÍNICA MUNICIPAL, ESPECIFICANDO OS QUE TRABALHAM EM REGIME DE PLANTÃO E EXPEDIENTES COM SUAS RESPECTIVAS CARGA HORARIA SEMANAL E MENSAL. </t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3864/3864_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3864/3864_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO REALIZE SERVIÇOS DE INSPEÇÃO, ATRAVÉS DO CONSELHO MUNICIPAL DE SEGURANÇA, EM TODAS AS ESCOLAS E REPARTIÇÕES PÚBLICAS NO SENTIDO DE ANALISAR POSSÍVEIS DANOS NAS OBRAS, VALIDADE DE EXTINTORES E OUTROS. </t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3862/3862_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3862/3862_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A INSTALAÇÃO DE PLACAS INDICANDO O NOME DAS RUAS DOS DISTRITOS DE ARAGUAIA E SANTA MARIA. </t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3857/3857_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3857/3857_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO A CONTINUIDADE DAS OBRAS DA QUADRA DA ESCOLA FLORES PASSINATO E QUADRA DA ESCOLA PLURIDOCENTE BRAÇO SUL, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3855/3855_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3855/3855_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO ESTUDE A POSSIBILIDADE DE CONSTRUIR BANHEIRO PÚBLICO NO CENTRO DA CIDADE, NAS PROXIMIDADES DA ESTAÇÃO FERROVIÁRIA. </t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3853/3853_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3853/3853_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO ESTUDE A POSSIBILIDADE DE FORNECER PROTETOR SOLAR, BONÉS E OUTROS ACESSÓRIOS PARA PROTEÇÃO INDIVIDUAL DOS SERVIDORES QUE EXECUTAM SERVIÇOS EXPOSTOS AO SOL. </t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3851/3851_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3851/3851_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO DE UM ESTUDO PARA ANÁLISE DA CONCESSÃO DE AUMENTO SALARIAL E TICKET ALIMENTAÇÃO PARA OS CONSELHEIROS TUTELARES DESSA MUNICIPALIDADE. </t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3842/3842_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3842/3842_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO INFORMAÇÕES ACERCA DA UTILIZAÇÃO DOS ÔNIBUS ESCOLARES ADQUIRIDOS PELO MUNICÍPIO NO ANO PASSADO, INFORMANDO QUAIS SÃO AS LINHAS/PERCURSOS QUE CADA ÔNIBUS ESTA REALIZANDO, INCLUSIVE COM SEUS RESPECTIVOS HORÁRIOS, E, CASO AINDA NÃO ESTEJAM EM FUNCIONAMENTO INFORMAR OS MOTIVOS PELA NÃO UTILIZAÇÃO DOS MESMOS. </t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3841/3841_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3841/3841_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A INTERVENÇÃO DO PODER EXECUTIVO JUNTO A SECRETARIA DE AGRICULTURA DO ESTADO, NO SENTIDO DE REALIZAR MELHORIAS NA PAVIMENTAÇÃO DE TODAS AS RODOVIAS CONTEMPLADAS PELO PROGRAMA "CAMINHOS DO CAMPO" DO MUNICÍPIO DE MARECHAL FLORIANO, EM ESPECIAL A "RODOVIA JOÃO BATISTA KLEIN".</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3840/3840_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3840/3840_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE AS SEGUINTES INFORMAÇÕES RELATIVAS A SECRETARIA DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS:_x000D_
 PRESTAÇÃO DE CONTAS REFERENTES AOS 3 MESES DE GOVERNO, INFORMANDO O SALDO DEIXADO DO EXERCÍCIO ANTERIOR, OS RECURSOS RECEBIDOS NESTE ANO E AS SAÍDAS REALIZADAS. _x000D_
 REQUEIRO INFORMAÇÕES ACERCA DA CLASSIFICAÇÃO DAS 32 CASAS CEDIDAS PELO GOVERNO FEDERAL AO MUNICÍPIO DE MARECHAL FLORIANO, ONDE AS PESSOAS JÁ FORAM CLASSIFICADAS E AVALIADAS PELOS ASSISTENTES SOCIAIS DO EXERCÍCIO ANTERIOR E ATÉ MESMO PUBLICADAS NO MURAL NA PREFEITURA._x000D_
 INFORMAÇÕES SOBRE OS ALUGUÉIS SOCIAL FORNECIDO PELO MUNICÍPIO, INFORMANDO QUEM RECEBE ATUALMENTE E QUEM DEIXOU DE RECEBER DEVIDO A MUDANÇA DE GESTOR MUNICIPAL. </t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3835/3835_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3835/3835_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">TENDO EM VISTA A PROVAÇÃO DO PROJETO QUE CRIA OS CARGOS DE ENFERMEIROS E TÉCNICOS, REQUEIRO QUE AO CHEFE DO PODER EXECUTIVO QUE DÊ PREFERÊNCIA PARA CONTRATAÇÃO AOS PROFISSIONAIS MORADORES DE NOSSO MUNICÍPIO. _x000D_
 REQUEIRO ESTUDOS SOBRE A POSSIBILIDADE DE EFETUAR CONVÊNIO COM O CENTRO MÉDICO DE MARECHAL FLORIANO, NO SENTIDO DE FORNECER ÀS MULHERES RESIDENTES DO MUNICÍPIO, O EXAME GRATUITO DE MAMOGRAFIA. _x000D_
 REQUEIRO AINDA QUE O PODER EXECUTIVO PROCEDA COM A AQUISIÇÃO DOS REMÉDIOS QUE ESTÃO EM FALTA NA FARMÁCIA BÁSICA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3833/3833_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3833/3833_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REIMPRESSÃO DE TODAS AS LEIS MUNICIPAIS DE 2013 QUE NÃO ESTÃO EM ATENDIMENTO A LEI MUNICIPAL N° 1.030 DE 11 DE MAIO DE 2011, QUE "TORNA OBRIGATÓRIA A INSCRIÇÃO, NO RODAPÉ DAS LEIS, O NOME DOS VEREADORES QUE SUBSCREVERAM O PROJETO".</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3831/3831_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3831/3831_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">TENDO EM VISTA A SOLICITAÇÃO DO PODER JUDICIÁRIO PARA A UTILIZAÇÃO DO PLENÁRIO NOS DIAS 22 E 23 DE ABRIL DE 2013, VISANDO A REALIZAÇÃO DE JURI POPULAR, REQUEIRO AUTORIZAÇÃO DOS NOBRES PARES PARA A UTILIZAÇÃO DO PLENÁRIO E DEMAIS DEPENDÊNCIAS DESTE PODER LEGISLATIVO. </t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3830/3830_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3830/3830_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VISANDO RECEBER E ACATAR AS RECLAMAÇÕES, QUEIXAS E ATÉ MESMO AS DENÚNCIAS DOS CIDADÃOS APRESENTADAS VERBALMENTE OU POR ESCRITO CONTRA ATOS E EMISSÕES INDEVIDAS OU ILEGAIS NO ÂMBITO DA SAÚDE MUNICIPAL, REQUEIRO A VOSSA EXCELÊNCIA A CRIAÇÃO DA OUVIDORIA MUNICIPAL DE SAÚDE, VINCULADA A SECRETARIA MUNICIPAL DE SAÚDE.  </t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3827/3827_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3827/3827_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO ESTUDE A POSSIBILIDADE DE UTILIZAR OS LOTES VAZIOS NO MUNICÍPIO PARA VAGAS DE ESTACIONAMENTO DE VEÍCULOS, CONCEDENDO AO PROPRIETÁRIO O BENEFÍCIO DA ISENÇÃO DO IPTU. </t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3826/3826_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3826/3826_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERDIÇÃO PARCIAL DA RUA THIERES VELOSO, INICIANDO NAS PROXIMIDADES DA ESCOLA MUNICIPAL ELISIÁRIO FERREIRA FILHO, TENDO EM VISTA QUE A TERRA QUE DÁ SUSTENTAÇÃO A PAVIMENTAÇÃO ESTÁ SOBRE PROCESSO DE EROSÃO, CAINDO BARRANCO ABAIXO, E, COLOCANDO EM RISCO A INTEGRIDADE DAS PESSOAS, BEM COMO OS CAMINHÕES PESADOS, AUTOMÓVEIS, MOTOCICLISTAS E O GRANDE NÚMERO DE CARROS QUE TRANSPORTAM AS CRIANÇAS PARA AS ESCOLAS. </t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3824/3824_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3824/3824_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A IMPLANTAÇÃO DE UM VIVEIRO MUNICIPAL DE MUDAS, SEJAM ELAS FRUTÍFERAS, PASMÁCIAS E MUDAS NATIVAS, OBJETIVANDO A DISTRIBUIÇÃO DAS MESMAS PARA OS PRODUTORES RURAIS DO MUNICÍPIO E ARBORIZAÇÃO DE RUAS E ESTRADAS DE NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO QUE EM CARÁTER DE URGÊNCIA A INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL JUNTO A SECRETARIA ESTADUAL DE AGRICULTURA, PARA QUE SEJA ADQUIRIDO A TORRE DE TELEFONE MÓVEL 3G, QUE ESTÁ SENDO OFERTADA ÀS COMUNIDADES DOS MUNICÍPIOS QUE NÃO DISPÕE DE COMUNICAÇÃO VIA TELEFONE. </t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3820/3820_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3820/3820_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL QUE SEJA REMETIDA A ESTA CASA DE LEIS, CÓPIA DA PRESTAÇÃO DE CONTAS DETALHADA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, ESPORTES E CULTURA, E SECRETARIA MUNICIPAL DE TURISMO, INFORMANDO O SALDO REMANESCENTE DO EXERCÍCIO ANTERIOR, TODOS OS RECURSOS RECEBIDOS, SEJA ELE MUNICIPAL OU FEDERAL, BEM COMO TODOS OS PAGAMENTOS REALIZADOS ATÉ A PRESENTE DATA._x000D_
 REQUER AINDA, QUE SEJA ENCAMINHADO A CÓPIA DETALHADA DAS FOLHAS DE PAGAMENTOS DO PODER EXECUTIVO MUNICIPAL, RELATIVO AOS MESES DE FEVEREIRO E MARÇO DE 2013.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3818/3818_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3818/3818_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA COLOCADA EM PRÁTICA PELO PODER EXECUTIVO MUNICIPAL A LEI MUNICIPAL N° 1002, DE 08 DE NOVEMBRO DE 2010, ONDE DETERMINA QUE TODO EQUIPAMENTO, VEÍCULO, CAMINHÃO MAQUINÁRIO A SERVIÇO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA OU INDIRETA, DEVERÁ OBRIGATORIAMENTE TER IDENTIFICAÇÃO POR ESCRITO COM OS SEGUINTES DIZERES "A SERVIÇO DA PREFEITURA QUANTO A AQUISIÇÃO DOS REMÉDIOS QUE ESTÃO EM FALTA, E, MAIS DETERMINAÇÃO E RAPIDEZ POR PARTE DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, NO QUE DIZ RESPEITO À MANUTENÇÃO DE ESTRADAS. </t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3797/3797_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3797/3797_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA UM PROJETO DE LEI, AUTORIZANDO O PODER EXECUTIVO MUNICIPAL REALIZAR CONVÊNIOS COM OUTROS MUNICÍPIOS VISANDO OFERECER APOIO E MANUTENÇÃO EM ESTRADAS QUE EXCEDEM AS DIVISAS COM O MUNICÍPIO, TENDO EM VISTA QUE EM MUITOS LOCAIS DESTAS DIVISAS OS MORADORES TEM SEUS TÍTULOS ELEITORAIS, SUAS CONTAS BANCÁRIAS, MOVIMENTO DO COMÉRCIO EM NOSSA CIDADE E TEM SEUS VEÍCULOS EMPLACADOS NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3792/3792_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3792/3792_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE INFORMAÇÕES RELATIVAS A DISCRIMINAÇÃO DETALHADA DE TODAS AS MÁQUINAS (PATROL, RETRO, PÁ CARREGADEIRA) E CAMINHÕES BASCULANTES QUE ESTÃO DISPONÍVEIS E EM CONDIÇÕES DE USO NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3791/3791_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3791/3791_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO QUE DENTRO DAS POSSIBILIDADES SEJA DISPONIBILIZADO UM PROFISSIONAL NA ÁREA DE EDUCAÇÃO FÍSICA PARA DAR AS AULAS DE GINÁSTICA PARA O GRUPO DA 3° IDADE. </t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3789/3789_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3789/3789_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">COLOCAR EM PRÁTICA A DISCIPLINA "ENSINO RELIGIOSO" NA GRADE CURRICULAR DAS ESCOLAS MUNICIPAIS. </t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3787/3787_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3787/3787_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">TÉRMINO DA QUADRA DE ESPORTES, LOCALIZADA PRÓXIMO AO CAMPO DO ESPORTE CLUBE ARAGUAIA, BEM COMO A INSTALAÇÃO DE TABELA PARA A PRÁTICA DO BASQUETEBOL. </t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3786/3786_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3786/3786_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO CÓPIA DE TODOS OS CONTRATOS DE LOCAÇÃO DOS ANOS DE 2012 E 2013, REFERENTES A IMÓVEIS E EQUIPAMENTOS, BEM COMO OS SEUS VALORES, PERÍODOS E PROPRIETÁRIOS DOS MESMOS. </t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3782/3782_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3782/3782_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA DADA PRIORIDADE ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, PARA A COMUNIDADE DE SOÍDO DE BAIXO, NO QUE DIZ RESPEITO À MANUTENÇÃO DAS ESTRADAS LOGO QUANDO OCORREM AS CHUVAS. POIS É NAS ESTRADAS DE SOÍDO DE BAIXO QUE ACONTECE O MAIOR FLUXO DE VEÍCULOS PESADOS DO MUNICÍPIO, ATRAVÉS DO TRANSPORTE DE PRODUTOS COMO, FRANGOS, HOTALIÇAS, FRUTAS, CAFÉ E DIVERSOS OUTROS TRANSPORTES QUE PASSAM POR ESSAS VIAS, ALAVANCANDO A ECONOMIA DE NOSSO MUNICÍPIO. _x000D_
 REQUEIRO AINDA PARA A LOCALIDADE DE CABOCLA SEJAM REALIZADOS OS SERVIÇOS DE "TÉRMINO DA QUADRA", "AUMENTO DE SALAS DE AULA NA ESCOLA FLORES PASSINATO" E REFORMA DO "CEMITÉRIO DE SOÍDO DE BAIXO".</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3778/3778_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3778/3778_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">EM CONFORMIDADE COM O ARTIGO 19, INCISO 18, DA LEI ORGÂNICA MUNICIPAL, CONVOCA A ILUSTRÍSSIMA SENHORA MARIELA FERNANDES VIEIRA MATACHON, BIOQUÍMICA RESPONSÁVEL PELA ANÁLISE E COLETA DOS EXAMES DE SANGUE DA POLICLÍNICA, VISANDO PRESTAR ESCLARECIMENTOS SOBRE A FALHA NA COLETA DE SANGUE QUE FORAM FEITAS E PRECISARAM SER REFEITOS NO DECORRER DESTE EXERCÍCIO. </t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3775/3775_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3775/3775_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR JUAREZ JOSÉ XAVIER, EM ATENDIMENTO AS SOLICITAÇÕES DOS MORADORES DO BAIRRO SANTA RITA, VEM REQUERER A VOSSA EXCELÊNCIA A MARCAÇÃO DE UMA REUNIÃO COM A COMUNIDADE, NO SENTIDO DE PLEITEAR A DOAÇÃO DE UMA ÁREA DE TERRA LOCALIZADA EM ANEXO A IGREJA CATÓLICA DE SANTA RITA, SENDO ESTA ÁREA INCORPORADA À DOAÇÃO REALIZADA ATRAVÉS DA LEI MUNICIPAL N° 397/2001. </t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO DE ESPORTE, PROVIDENCIE A CRIAÇÃO DAS ESCOLINHAS MUNICIPAIS DE FUTEBOL, NOS DISTRITOS DE ARAGUAIA E SANTA MARIA, BEM COMO A DISPONIBILIZAÇÃO DE AJUDA DE CUSTOS AOS CLUBES, COM O OBJETIVO DE MANTER OS CAMPOS DE FUTEBOL EM CONDIÇÕES DE FUNCIONAMENTO PARA AS ESCOLINHAS.  </t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3769/3769_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3769/3769_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A AQUISIÇÃO DE EQUIPAMENTOS PARA A CRIAÇÃO DO LABORATÓRIO PARA A REALIZAÇÃO DE EXAMES 24 HORAS DENTRO DA POLICLÍNICA.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3768/3768_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3768/3768_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUANTO A CONSTRUÇÃO DA ACADEMIA POPULAR NO BAIRRO DE SANTA RITA, TENDO EM VISTA QUE O DINHEIRO JÁ FOI LIBERADO PELO ESTADO E ESTÁ NA CONTA DA PREFEITURA E CASO NÃO O FAÇA EM TEMPO HÁBIL O DINHEIRO PODERÁ SER DEVOLVIDO.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3767/3767_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3767/3767_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">UTILIZAÇÃO DO ESPAÇO DO PLENÁRIO DA CÂMARA MUNICIPAL PARA REALIZAÇÃO DE AUDIÊNCIA PÚBLICA NO DIA 13 DE JUNHO DE 2013 ÁS 19:00HS, PLEITEADA PELA SECRETARIA DE AÇÃO SOCIAL E DIREITOS HUMANOS. </t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3766/3766_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3766/3766_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO AO CHEFE DO PODER EXECUTIVO QUE SEJA PROVIDENCIADA AÇÕES DE CUNHO ADMINISTRATIVO PARA ALTERAÇÃO DO ARTIGO 7º. DA LEI MUNICIPAL 816/2008 E DAS DISPOSIÇÕES CONTIDAS NO ESTATUTO DO SERVIDOR QUE VERSA SOBRE A PROGRESSÃO SALARIAL POR TEMPO DE SERVIÇO DOS SERVIDORES. _x000D_
 ATUALMENTE É EXIGIDO A ASCENÇÃO HORIZONTAL A CADA 03 ANOS, ATRAVÉS DE REQUERIMENTOS POR ESCRITO DO PRÓPRIO FUNCIONÁRIO, E EM VIRTUDE DESSA OBRIGATORIEDADE, SOLICITO QUE ESTA PROGRESSÃO SEJA EXECUTADA DE FORMA AUTOMÁTICA, DISPENSANDO A APRESENTAÇÃO DO REQUERIMENTO POR ESCRITO.  </t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3760/3760_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3760/3760_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ROÇAGEM DE LOTES PÚBLICOS E PARTICULARES, EM FUNÇÃO AO AUMENTO DE CASOS DE DENGUE EM NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3759/3759_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3759/3759_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A PRESTAÇÃO DE CONTAS COMPLETA RELATIVO À LEI MUNICIPAL N° 1.185/2013 QUE INSTITUIU O SERVIÇO VOLUNTÁRIO NO MUNICÍPIO._x000D_
 ESTA SOLICITAÇÃO TEM RESPALDO LEGAL PARA CUMPRIMENTO ATRAVÉS DA LEI MUNICIPAL N°. 1.220/2013 QUE ESTABELECEU CRITÉRIOS E PRAZOS PARA A DEVIDA PRESTAÇÃO DE CONTAS. </t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3758/3758_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3758/3758_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">CONFORMO SOLICITADO NO OFÍCIO EM ANEXO, REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE DENTRO DAS POSSIBILIDADES FINANCEIRAS, A DISPONIBILIZAÇÃO DE APOIO FINANCEIRO PARA A PARÓQUIA DE SANT'ANA, NO SENTIDO DE CUSTEAR AS DESPESAS DA MESMA, EM VIRTUDE DE ESTAR RECEBENDO 80 (OITENTA) JOVENS ORIUNDOS DE PAÍSES AINDA A DEFINIR, PARA PARTICIPAREM NA "PRÉ-JORNADA MUNDIAL DA JUVENTUDE"QUE OCORRERÁ EM NOSSO MUNICÍPIO, NO PERÍODO DE 18 A 20 DE JULHO DO CORRENTE ANO, ANTECEDENDO A "XXVIII JORNADA MUNDIAL DA JUVENTUDE", QUE ACONTECERÁ NA CIDADE DO RIO DE JANEIRO, NO PERÍODO DE 23 A 28 DE JULHO, SENDO PRESIDIDA PELO PAPA FRANCISCO.  </t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3757/3757_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3757/3757_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL NO SENTIDO DE PROVIDENCIAR INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA LADEIRA FERREIRA NETO (LADEIRA DO CEMITÉRIO), BEM COMO A AQUISIÇÃO DE UMA ÁREA DE TERRA AO LADO DO CEMITÉRIO DE ARAGUAIA, VISANDO A AMPLIAÇÃO DO MESMO E EM CONJUNTO A CONSTRUÇÃO DO MURO AO ENTORNO DESTE MESMO LOCAL. </t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3756/3756_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3756/3756_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A AQUISIÇÃO DE MÁQUINAS XEROGRÁFICAS PARA ATENDER A DEMANDA DE TODAS AS ESCOLAS MUNICIPAIS, EM ESPECIAL AS ESCOLAS DO INTERIOR DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3755/3755_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3755/3755_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O FUNCIONAMENTO IMEDIATO DOS ÔNIBUS ESCOLARES ADQUIRIDOS PELO MUNICÍPIO, ONDE OS MESMOS ESTÃO PARADOS A MAIS DE MESES NO PÁTIO DA SECRETARIA MUNICIPAL DE OBRAS. </t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CÓPIA DO CONVÊNIO DO MUNICÍPIO DE MARECHAL FLORIANO, PREFEITURA DE VITÓRIA E GOVERNO DO ESTADO, E CASO HAJA CONTRATO COM O LABORATÓRIO, PARA A REALIZAÇÃO DE EXAMES LABORATORIAIS;_x000D_
 QUANTIDADE DE EXAMES FEITOS A CADA MÊS DESDE O INICIO DA VIGÊNCIA DO CONTRATO E AINDA MENCIONAR MÊS A MÊS A QUANTIDADE DE EXAMES QUE PRECISARAM SER FEITOS NOVAMENTE;_x000D_
 DATA EM QUE A SECRETARIA MUNICIPAL DE SAÚDE ENVIOU OS MATERIAIS COLETADOS PARA O EXAMES, "QUE FORAM HEMOLISADOS" AO LABORATÓRIO MUNDIAL;_x000D_
 DATA EM QUE O LABORATÓRIO MUNDIAL INFORMOU SOBRE A NECESSIDADE DE NOVA COLETA PARA OS REFERIDOS EXAMES.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3751/3751_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3751/3751_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO PRESIDENTE DA CÂMARA MUNICIPAL QUE PROCEDA A NOMEAÇÃO DA FRENTE PARLAMENTAR DE SEGURANÇA PÚBLICA. </t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3750/3750_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3750/3750_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER: TENDO EM VISTA QUE O PERÍODO DE COLHEITA DO CAFÉ ESTÁ CHEGANDO EM NOSSA REGIÃO, REQUEIRO POR PARTE DA SECRETARIA MUNICIPAL DE OBRAS JUNTAMENTE COM A SECRETARIA DE AGRICULTURA UMA PRIORIDADE ESPECIAL NO ATENDIMENTO A ESTES PRODUTORES NO QUE DIZ RESPEITO A MANUTENÇÃO DE ESTRADAS. </t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3748/3748_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3748/3748_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE ESTUDO DE IMPACTO FINANCEIRO VISANDO A DETERMINAÇÃO DA DATA BASE PARA REAJUSTE ANUAL DOS SERVIDORES PÚBLICOS, BEM COMO A IMPLANTAÇÃO DOS DISPOSITIVOS LEGAIS PARA GARANTIA DO ÍNDICE OFICIAL, RECONHECENDO-SE, PARA TAL O PERCENTUAL DE REAJUSTE DO SALARIO MINIMO._x000D_
 REQUEIRO AINDA, ESTUDOS FINANCEIROS VIABILIZANDO O REAJUSTE DO VALOR DO TICKET ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA, POIS O ULTIMO AUMENTO FOI EM 2011 NO VALOR DE R$ 40,00 ATRAVÉS DA LEI MUNICIPAL Nº. 1.086/2011. </t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3737/3737_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3737/3737_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO CÓPIA DE TODOS OS DOCUMENTOS (HABILITAÇÃO, PROPOSTAS DE PREÇOS E CONTRATOS) DAS EMPRESAS PARTICIPANTES DOS PREGÕES PRESENCIAIS RELATIVOS À CONTRATAÇÃO DE HORAS DE MÁQUINAS, BEM COMO A CÓPIA DE TODA DOCUMENTAÇÃO (ORÇAMENTOS E CONTRATOS), RELATIVO A CONTRATAÇÃO DE HORAS DE MÁQUINAS REALIZADAS ATRAVÉS DO DECRETO EMERGÊNCIAL, CRIADO NO INÍCIO DO ANO DE 2013. </t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3735/3735_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3735/3735_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DA PREFEITURA MUNICIPAL NO SENTIDO DE VIABILIZAR UM POSTO DOS CORREIOS NA COMUNIDADE DE BOM JESUS, PARA O RECEBIMENTO DE CONTAS DE ENERGIA E DEMAIS CORRESPONDÊNCIAS. _x000D_
 REQUER AINDA A CONTRATAÇÃO OU DISPONIBILIZAÇÃO DE UM SERVIDOR BRAÇAL PARA REALIZAR A LIMPEZA E MANUTENÇÃO DA RUA PRINCIPAL DA VILA DE BOM JESUS E NO ENTORNO DA IGREJA E COLÉGIO. </t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3733/3733_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3733/3733_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE AO TÉRMINO E INAUGURAÇÃO DE TODAS AS OBRAS PÚBLICAS REALIZADAS PELO MUNICÍPIO, SEJA PUBLICADO EM PLACA JUNTAMENTE COM O NOME DO PREFEITO MUNICIPAL O NOME DE TODOS OS VEREADORES DESTA LEGISLATURA. </t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3731/3731_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3731/3731_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM ADOTADAS MEDIDAS PELO PODER EXECUTIVO NO SENTIDO DE REINSTALAR A PLACA/MONUMENTO DE INAUGURAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA DOS DISTRITOS DE ARAGUAIA, REALIZADO NA ÉPOCA DO PREFEITO DE DOMINGOS MARTINS, SENHOR LORIVAL BERGER. </t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3728/3728_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3728/3728_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DA PRESIDÊNCIA DESTA CASA DE LEIS, POR PARTE DA ASSESSORIA JURÍDICA, A EMISSÃO DE PARECER DE TODOS OS PROJETOS DE LEIS LIDOS NAS SESSÕES, PARA QUE AS COMISSÕES POSSAM ANALISAR E EMITIR UM PARECER MAIS FUNDAMENTADO SOBRE CADA PROJETO EM PAUTA.  </t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3725/3725_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3725/3725_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO ADOTE MEDIDAS PARA A IMPLANTAÇÃO DO PROGRAMA SEGUNDO TEMPO DO MINISTÉRIO DO ESPORTE. </t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3721/3721_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3721/3721_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO PROVIDENCIE JUNTO AO CIRETRAN DO MUNICÍPIO DE MARECHAL FLORIANO A EXTENÇÃO DA SINALIZAÇÃO VERTICAL PARA A COMUNIDADE DE BARRA DE RIO FUNDO, ATÉ O ZOOLÓGICO E PARA O TODO DISTRITO DE ARAGUAIA. </t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3717/3717_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3717/3717_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJAM ADOTADAS MEDIDAS PELO PODER EXECUTIVO QUANTO A RUA FLORIANO KIEFER NO SENTIDO DE PROVIDENCIAR MELHORIAS NO SANEAMENTO BÁSICO DA MESMA, INTERLIGANDO A REDE DE ESGOTO DAS RESIDÊNCIAS, JUNTO A CAPTAÇÃO DAS ÁGUAS PLUVIAIS, EVITANDO POSTERIORES EROSÕES, UMA VEZ QUE ESTAS E OUTRAS RUAS ESTÃO LOCALIZADAS EM UMA ÁREA MUITO ÍNGRIME.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3713/3713_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3713/3713_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CÓPIA DE TODAS AS MODALIDADES DE LICITAÇÕES REALIZADAS PELO PODER EXECUTIVO (PREGÃO PRESENCIAL - PREGÃO ELETRÔNICO, TOMADA DE PREÇOS E OUTROS), CONTENDO TODAS AS INFORMAÇÕES E DOCUMENTOS DAS EMPRESAS PARTICIPANTES (HABILITAÇÃO E PROPOSTA DE PREÇOS), CUJO OBJETO DA LICITAÇÃO SEJA A PRESTAÇÃO DE SERVIÇOS EM QUALQUER QUE SEJA A ÁREA, EM ESPECIAL A CONTRATAÇÃO DE HORAS DE MÁQUINAS (PÁ CARREGADEIRA, PATROL, CAÇAMBAS E OUTROS), PARA LIMPEZA E CONSERVAÇÃO DE ESTRADAS. </t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3712/3712_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3712/3712_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SUGIRO QUE SEJAM ADOTADAS MEDIDAS CABÍVEIS PARA EXONERAÇÃO DA BIOQUÍMICA SRª MARIELA FERNANDES MATACHON, BEM COMO A CONTRATAÇÃO DE UMA NOVA PROFISSIONAL NA ÁREA PARA QUE NÃO HAJA PREJUÍZO A POPULAÇÃO FLORIANENSE. </t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3711/3711_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3711/3711_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PREFEITO MUNICIPAL PROVIDENCIE O CUMPRIMENTO DA LEI MUNICIPAL N° 1.091, QUE "APLICA NOÇÕES DE PRIMEIROS SOCORROS PARA TODOS OS PROFESSORES DE ESCOLA MUNICIPAIS, ESTADUAIS E PARTICULARES DO MUNICÍPIO DE MARECHAL FLORIANO"._x000D_
 REQUER AINDA QUE SEJA GARANTIDO DIARIAMENTE O TRANSPORTE PARA OS PACIENTES DO MUNICÍPIO DE MARECHAL FLORIANO QUE REALIZAM QUIMIOTERAPIA E HEMODIALISE NOS HOSPITAIS DA GRANDE VITÓRIA. </t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3710/3710_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3710/3710_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO PROVIDENCIE A INSTALAÇÃO DOS EQUIPAMENTOS DA ACADEMIA POPULAR, UMA VEZ OS MESMOS JÁ ENCONTRAM-SE NO MUNICÍPIO PARADOS A MAIS DE MESES. </t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM ADOTADAS MEDIDAS VISANDO O FUNCIONAMENTO DOS ÔNIBUS ESCOLARES DO MUNICÍPIO DE MARECHAL FLORIANO, ADQUIRIDOS NO EXERCÍCIO FINANCEIRO DE 2012. </t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3708/3708_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3708/3708_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CÓPIA DETALHADA DE PRESTAÇÃO DE CONTAS RELATIVO À DESTINO, QUILOMETRAGEM DE SAÍDA E CHEGADA E QUANTIDADE DE ABASTECIMENTO DE COMBUSTÍVEL REALIZADO POR TODOS OS VEÍCULOS E MAQUINÁRIOS DA SECRETARIA DE OBRAS, BEM COMO ENCAMINHAR AS NOTAS FISCAIS RELATIVO AOS PAGAMENTOS EFETUADOS AOS POSTOS DE COMBUSTÍVEIS NO EXERCÍCIO DE 2013.  </t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3707/3707_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3707/3707_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO QUE VOSSA EXCELÊNCIA, QUE SEJA POSSÍVEL ENCAMINHE UM REPRESENTANTE DESTE ÓRGÃO A ESTA CASA DE LEIS, DE PREFERÊNCIA NO DIA EM QUE OCORRER UMA SESSÃO ORDINÁRIA PARA FAZER USO DA TRIBUNA DESTA CASA, COM O OBJETIVO DE EXPLICAR COMO SERÁ OS PROCEDIMENTOS A SEREM ADOTADOS PELO DNIT, NO QUE TANGE A DUPLICAÇÃO E A INSTALAÇÃO DOS RADARES E DO PEDÁGIO, FAZENDO COM QUE OS MUNÍCIPES POSSAM SABER QUAIS SERÃO OS IMPACTOS E BENEFÍCIOS CAUSADOS NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3706/3706_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3706/3706_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE A PREFEITURA MUNICIPAL PASSE A COLOCAR EM PRÁTICA A LEI MUNICIPAL Nº 1.039, QUE CONCEDE AJUDA FINANCEIRA PARA CUSTEAR O TRANSPORTE COLETIVO DOS ESTUDANTES DE MARECHAL FLORIANO QUE FAZEM SEUS CURSOS NA GRANDE VITÓRIA. </t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
     <t>Alcino Diniz, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3705/3705_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3705/3705_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PREFEITO MUNICIPAL ESTUDE A POSSIBILIDADE DE GRATIFICAR ATÉ 10% DO SALÁRIO BASE, OS MÉDICOS QUE DURANTE O MÊS NÃO TIVEREM NENHUM ATRASO NA CARGA HORÁRIA, CUMPRINDO TODAS AS HORAS E DIAS ESTIPULADOS PARA TRABALHO NO MUNICÍPIO. </t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3704/3704_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3704/3704_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A POSSIBILIDADE DO RETORNO DAS AULAS DE GINÁSTICA PARA OS GRUPOS DA 3ª IDADE, EXISTENTES NAS DIVERSAS COMUNIDADES DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3703/3703_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3703/3703_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE APÓS O TERMINO DA FESTA ITALEMANHA, O PODER EXECUTIVO MUNICIPAL ENCAMINHE CÓPIA DETALHADA DA PRESTAÇÃO DE CONTAS RELATIVO AOS GASTOS E RECURSOS OBTIDOS, ENCAMINHANDO CÓPIA DAS NOTAS FISCAIS, CÓPIA DE CONTRATOS, DENTRE OUTROS DOCUMENTOS QUE COMPROVEM O TOTAL DE RECEITAS E DESPESAS DISPENSADAS E REALIZAÇÃO DO EVENTO. "ITENS A SEREM ENCAMINHADOS: SHOWS E BANDAS, SONORIZAÇÃO, ALUGUÉIS DE EQUIPAMENTOS, BARRACAS, PATROCÍNIOS, RÁDIO E DEMAIS PRESTADORES DE SERVIÇOS". </t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES POR ESCRITO, DE MANEIRA DETALHADA, CONSTANDO O NÚMERO DE EQUIPES DO PSF QUE ESTÃO TRABALHANDO NO MUNICÍPIO, NOME DOS AGENTES, LOCAL TRABALHO E CARGA HORÁRIA. </t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3701/3701_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3701/3701_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES POR ESCRITO, CONSTANDO O NOME DOS SERVIDORES MUNICIPAIS, PARA QUAIS ÓRGÃOS FORAM CEDIDOS E EM QUE LOCAL ATUALMENTE ESTÃO PRESTADO SEUS SERVIÇOS. </t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3700/3700_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3700/3700_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE PARA QUE SEJA IMPLANTADO O PROJETO "PRAÇA SAUDÁVEL", QUE É UM PROJETO EM PARCERIA COM O GOVERNO DO ESTADO E TEM COMO OBJETIVO READEQUAÇÃO DE PRAÇAS EXISTENTES NO MUNICÍPIO E CONSTRUÇÃO DE NOVAS PRAÇAS, LEVANDO UMA NOVA ESTRUTURA PARA A REALIZAÇÃO DE ATIVIDADES ESPORTIVAS E DE LAZER, NAS COMUNIDADES DE ARAGUAIA, BAIXADA DE SANTA MARIA, RIO FUNDO, VICTOR HUGO, SOÍDO DE BAIXO E BOM JESUS, BEM COMO, A COBERTURA DA ÁREA DA ACADEMIA DAS MESMAS, POR PARTE DA PREFEITURA, INCLUSIVE, A COBERTURA DA RECÉM INAUGURADA. </t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3699/3699_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3699/3699_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE TRANSPORTE GRATUITO PARA OS MORADORES DO INTERIOR DO MUNICÍPIO, NOS DIAS DE REUNIÃO DAS AUDIÊNCIAS PÚBLICAS DO ORÇAMENTO PARTICIPATIVO PARA ELABORAÇÃO DO PPA 2014-2017.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3698/3698_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3698/3698_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA REMETIDA A ESTA CADA DE LEIS, CÓPIA DA FOLHA DE PAGAMENTO DO PODER EXECUTIVO, RELATIVO AOS MESES DE MAIO E JUNHO DE 2013._x000D_
 </t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3697/3697_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3697/3697_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA PROVIDENCIADA A MANUTENÇÃO DE TODOS OS VEÍCULOS DA SECRETARIA DE SAÚDE, EM ESPECIAL O CONSERTO DE UMA VAN QUE ENCONTRA-SE PARADA A MAIS DE 5 MESES, NO PÁTIO DA SECRETARIA DE OBRAS. </t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3696/3696_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3696/3696_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A PRESTAÇÃO DE CONTAS DETALHADA REFERENTE A PRESTAÇÃO DE SERVIÇOS DE MÃO DE OBRA PARA INSTALAÇÃO DOS EQUIPAMENTOS DA PRAÇA SAUDÁVEL, CONTENDO CÓPIA DO CONTRATO, CÓPIA DAS 3 COTAÇÕES ORÇAMENTÁRIAS, OU, EM CASO DE LICITAÇÃO CÓPIA DO CERTAME. </t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3695/3695_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3695/3695_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PROVIDÊNCIAS QUANTO A REGULAMENTAÇÃO DO ACESSO A RUA DE LAZER QUE ESTÁ SENDO USADA COMO ESTACIONAMENTO INDEVIDO DE VEÍCULOS._x000D_
 SUGIRO QUE SEJA INSTALADA CORRENTE DELIMITANDO O ACESSO SOMENTE A PEDESTRES E VEÍCULOS DE CARGA E DESCARGA. </t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3694/3694_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3694/3694_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL, JUNTO A FCA-FERROVIA CENTRO-ATLÂNTICA, NO SENTIDO DE PROVIDENCIAR A INSTALAÇÃO DE CANCELAS AUTOMÁTICAS NAS DUAS TRAVESSIAS DA LINHA FÉRREA QUE CORTAM O MUNICÍPIO, BEM COMO A DISPONIBILIZAÇÃO DE UM ESPAÇO PARA A IMPLANTAÇÃO DO PROJETO DE ESTACIONAMENTO PARA A AVENIDA PRESIDENTE KENNEDY. </t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>Alcino Diniz, Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3693/3693_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3693/3693_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER QUE O PODER EXECUTIVO MUNICIPAL TOME PROVIDÊNCIAS QUANTO A IMPLANTAÇÃO DO BANCO SOCIAL NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3692/3692_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3692/3692_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS QUANTO A INSTALAÇÃO DE LIXEIRAS PARA A COMUNIDADE DE BOA ESPERANÇA, EM ESPECIAL NAS PROXIMIDADES DA PONTE QUE OFERECE ACESSO A PROPRIEDADE DA FAMÍLIA LITTIG.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3691/3691_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3691/3691_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE AO REALIZAR CONTRATO DE PRESTAÇÃO DE SERVIÇO PARA CONTRATAÇÃO DE TRANSPORTE DO MUNICÍPIO PROVIDENCIE UM LAUDO ATESTANDO A CAPACIDADE DE FUNCIONAMENTO E SEGURANÇA DOS VEÍCULOS A SEREM CONTRATADOS. </t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>Alcino Diniz, DAVI, Dório Braun (Suplente), Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3690/3690_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3690/3690_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO PROCEDA COM OS REPASSES DAS VERBAS FINANCEIRAS, RELATIVO AO PROGRAMA DINHEIRO DIRETO NA ESCOLA AOS ALUNOS DA EDUCAÇÃO BÁSICA. </t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3689/3689_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3689/3689_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE A PREFEITURA MUNICIPAL ADOTE INICIATIVAS VISANDO UMA PARCERIA JUNTO COM AS EMPRESAS DO MUNICÍPIO E OS CLUBES DE FUTEBOL NO SENTIDO DE IMPLANTAR AÇÕES QUE PROPORCIONEM BENFEITORIAS NOS ESTÁDIOS DE FUTEBOL DA CIDADE, ATRAVÉS DE PINTURA, REPAROS NA ILUMINAÇÃO E OUTRAS MANUTENÇÕES QUE FAÇAM COM QUE OS CLUBES POSSAM REALIZAR MELHOR AS INICIATIVAS SOCIAIS JUNTO AS CRIANÇAS E JOVENS DE NOSSA CIDADE. </t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3688/3688_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3688/3688_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE A PREFEITURA MUNICIPAL PROVIDENCIE OS EQUIPAMENTOS NECESSÁRIOS PARA O BOM FUNCIONAMENTO DOS PRÓ-RURAIS, COMO POR EXEMPLO O APARELHO PARA ANÁLISE DE CLORO, E DEMAIS OUTROS APARELHOS QUE SÃO ESSENCIAIS PARA A QUALIDADE DE ÁGUA. </t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3687/3687_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3687/3687_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CÓPIAS DE DOCUMENTOS RELATIVOS À ESCALA DE TRABALHO DOS MÉDICOS, ENFERMEIROS, TÉCNICOS E AGENTES DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3686/3686_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3686/3686_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CÓPIA DE DOCUMENTOS CONTENDO TODOS OS PAGAMENTOS, QUANTIDADE DE PLANTÕES E VALORES REPASSADOS A MÉDICOS PLANTONISTAS NO MUNICÍPIO DE MARECHAL FLORIANO, RELATIVOS AOS MESES DE MARÇO, ABRIL, MAIO, JUNHO E JULHO DE 2013. </t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3685/3685_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3685/3685_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ESTUDOS SOBRE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA CASA DE MEL, AO LADO DA ENTRADA DE ACESSO A COMUNIDADE EVANGÉLICA DO BRASIL NA COMUNIDADE DE BOA ESPERANÇA. </t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3684/3684_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3684/3684_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER REAVALIAÇÃO NOS DADOS APRESENTADOS NO PORTAL DA TRANSPARÊNCIA DA PREFEITURA MUNICIPAL, POIS MUITAS INFORMAÇÕES ESTÃO INCOMPLETAS, NÃO ATENDENDO A LEI DA TRANSPARÊNCIA. </t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3683/3683_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3683/3683_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O RETORNO DAS ATIVIDADES DA ESCOLA DE MÚSICA DE NOSSO MUNICÍPIO, BEM COMO O RETORNO DAS AULAS PARA A BANDA MUNICIPAL MAYCON WILLIAN ENTRINGER._x000D_
 REQUER AINDA PROVIDENCIAS QUANTO A ROÇAGEM E LIMPEZA DAS ESTRADAS DE SOÍDO DE BAIXO. </t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3682/3682_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3682/3682_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL CÓPIA DETALHADA DA FOLHA DE PAGAMENTO RELATIVO AO MÊS DE JULHO DE 2013.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3681/3681_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3681/3681_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE APOIO AOS GRUPOS DE DANÇA GRANELLI DEI MONTI, PICCININI DEI MONTI, GRÜNES TALL, KINDER TANZ E STELLA ALPINA, BEM COMO APOIO AOS CORAIS PIU BELLO, DE ARAGUAIA, E SÃO JOSÉ, DE SANTA MARIA._x000D_
 CONTRATAÇÃO DE DOIS REGENTES PARA ATENDER OS REFERIDOS CORAIS DE ARAGUAIA E SANTA MARIA. _x000D_
 CONTRATAÇÃO DE DOIS INSTRUTORES PARA ATENDER OS GRUPOS DE DANÇAS ALEMÃ E ITALIANA DO MUNICÍPIO, BEM COMO A CONCESSÃO DE TRANSPORTE PARA OS INTEGRANTES DOS MESMOS, QUANDO FOREM SE APRESENTAR FORA DE SUA LOCALIDADE. </t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3680/3680_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3680/3680_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VENHO REQUERER AO DER-ES A CONSTRUÇÃO DE UM QUEBRA MOLAS EM FRENTE AO COMÉRCIO DO SENHO FIKA, TENDO EM VISTA O ALTO ÍNDICE DE VELOCIDADE IMPOSTOS PELO MOTORISTAS. </t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3679/3679_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3679/3679_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER NOVAMENTE O ENVIO DE INFORMAÇÕES POR ESCRITO, COMPLETANDO A RESPOSTA ENVIADA AO REQUERIMENTO N°. 089/2013, EM QUE O VEREADOR SOLICITA RELAÇÃO CONSTATANDO O NOME DOS SERVIDORES MUNICIPAIS QUE FORAM CEDIDOS PARA OUTROS ÓRGÃOS, DETALHANDO O SETOR ESPECIFICO DENTRO DE CADA REPARTIÇÃO E HORÁRIO DE TRABALHO, COMO POR EXEMPLO: SE TRABALHA NA PREFEITURA DE VITÓRIA, INFORMAR O SETOR QUE ATUA._x000D_
 REQUER TAMBÉM INFORMAÇÕES POR ESCRITO SOBRE QUAL ÓRGÃO É RESPONSÁVEL PELO ÔNUS DA REMUNERAÇÃO SALARIAL DESTES SERVIDORES, SE O MUNICÍPIO CEDENTE OU O CESSIONÁRIO. </t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3651/3651_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3651/3651_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM ADOTADAS MEDIDAS JUNTO AO GOVERNO DO ESTADO DO ESPIRITO SANTO, VISANDO A CONCESSÃO DE UMA TORRE DE TELEFONE MÓVEL E INTERNET 3G PARA O DISTRITO DE ARAGUAIA. </t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3649/3649_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3649/3649_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM REALIZADOS ESTUDOS PARA AQUISIÇÃO DE UM REPETIDOR DE TV DIGITAL PARA ATENDER A SEDE DO MUNICÍPIO, OS DISTRITOS DE ARAGUAIA E SANTA MARIA E DEMAIS COMUNIDADES. </t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3646/3646_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3646/3646_texto_integral.jpeg</t>
   </si>
   <si>
     <t>TENDO EM VISTA AS DEZENAS DE INDICAÇÕES E REQUERIMENTOS APRESENTADOS AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO DIVERSOS TIPOS DE BENFEITORIAS PARA A POPULAÇÃO, VENHO REQUERER QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PARA A EXECUÇÃO DESTES SERVIÇOS QUE SÃO DE RELEVANTE INTERESSE DA POPULAÇÃO:_x000D_
 INSTALAÇÃO DE QUEBRA MOLAS A AV. JOÃO BATISTA KLEIN;_x000D_
 RETORNO DAS ATIVIDADES DA ESCOLA DE MUSICA MAYCON WILLYAN;_x000D_
 INSTALAÇÃO DE LIXEIRAS PARA A COMUNIDADE DE BOA ESPERANÇA;_x000D_
 INSTALAÇÃO DE LIXEIRAS PARA SOÍDO DE BAIXO;_x000D_
 RETORNO DAS ATIVIDADES DE GINÁSTICA PARA OS GRUPOS DA 3ª IDADE.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3641/3641_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3641/3641_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A IMPLANTAÇÃO DO PROGRAMA DE INTERNET GRATUITA DESTINADO AO PRODUTOR RURAL DE MARECHAL FLORIANO. _x000D_
 REQUER AINDA A REABERTURA DA ESTRADA QUE INTERLIGA A LOCALIDADE DE CABOCLA ATÉ A COMUNIDADE DE VALE DA ESPERANÇA - LORINDO WRUCK. </t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3639/3639_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3639/3639_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A IMPLANTAÇÃO DE UM PROGRAMA PARA TRATAMENTO E ACOMPANHAMENTO DE CRIANÇAS E ADOLESCENTES USUÁRIOS OU DEPENDENTES DE ÁLCOOL E DROGAS. </t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3638/3638_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3638/3638_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO PROVIDENCIE A CRIAÇÃO DE UM ESPAÇO CIDADÃO NA RUA DELIMAR SCHUNCK, EQUIPANDO-O COM PELO MENOS CINCO COMPUTADORES COM ACESSO A INTERNET. </t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3636/3636_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3636/3636_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO CÓPIA DA ESCRITURA PÚBLICA E PLANTA TOPOGRÁFICA DO IMÓVEL ONDE ESTÁ LOCALIZADA A UNIDADE DE SAÚDE CÉZAR VELLO PUPPIM. </t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3634/3634_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3634/3634_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PROVIDÊNCIAS QUANTO A CONSTRUÇÃO DE UMA ESCOLA DE ENSINO FUNDAMENTAL COM GINÁSIO DE ESPORTES NA SEDE DO BAIRRO SANTA RITA.  </t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3632/3632_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3632/3632_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PREFEITO MUNICIPAL AGENDE UMA REUNIÃO COM TODOS OS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL, NO SENTIDO DE PRESTAR ESCLARECIMENTOS RELATIVOS À POSSIBILIDADE DE REAJUSTAR OS VENCIMENTOS DOS SERVIDORES PÚBLICOS. </t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3630/3630_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3630/3630_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA ANALISADA A POSSIBILIDADE DE TRANSFORMAR A RUA SANTANA EM MÃO ÚNICA, BEM COMO A CONSTRUÇÃO DE UM CALÇADÃO NA MESMA AVENIDA PARA A MELHOR CIRCULAÇÃO DOS PEDESTRES. </t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3628/3628_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3628/3628_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM ADOTADAS PROVIDENCIAS VISANDO DISTRIBUIÇÃO DE MUDAS DE CITRONELAS, UMA VEZ QUE, ESTUDOS COMPROVAM QUE ESTA PLANTA É EFICAZ NO COMBATE AO MOSQUITO DA DENGUE. </t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3621/3621_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3621/3621_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM ADOTADAS MEDIDAS NO SENTIDO DE SE CUMPRIR A LEI MUNICIPAL N° 534, DE 20 DE JUNHO DE 2005, QUE "PADRONIZA PINTURA DOS IMÓVEIS PERTENCENTES AO PODER EXECUTIVO MUNICIPAL"._x000D_
 REQUER AINDA QUE SEJA ADOTADAS MEDIDAS PARA PREMIAR OU BENEFICIAR OS PROPRIETÁRIOS DE IMÓVEIS PARTICULARES, INCENTIVANDO OS MESMOS A ADERIREM A LEI.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3618/3618_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3618/3618_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE A PREFEITURA MUNICIPAL ADOTE AS SEGUINTES MEDIDAS PARA INCENTIVAR OS PRODUTORES RURAIS DA FEIRA DA ROÇA:_x000D_
 CONCESSÃO DE UNIFORME PARA FEIRANTES;_x000D_
 INSTALAÇÃO DE BEBEDOUROS;_x000D_
 INSTALAÇÃO DE DUAS PLACAS DE CARÁTER TURÍSTICO, INDICANDO O DIA E LOCALIZAÇÃO DA FEIRA DA ROÇA, SENDO INSTALADA UMA PLACA NO LOCAL DA FEIRA, E UMA PLACA EM CADA TREVO DA RODOVIA BR 262; _x000D_
 INSTALAÇÃO DE DUAS PLACAS PROIBINDO O ESTACIONAMENTO NO LOCAL, NO PERÍODO DE SEXTA FEIRA A PARTI DAS 14:00 HORAS, ATÉ O TÉRMINO DA FEIRA NO SÁBADO;_x000D_
 CONFECÇÃO DE UM FOLDER TURÍSTICO PARA A FEIRA NA ROÇA;_x000D_
 INSTALAÇÃO DE LATÕES PADRONIZADOS PARA A COLETA DE LIXO NO LOCAL DA FEIRA, BEM COMO A INSTALAÇÃO DE UMA PIA PARA OS FEIRANTES; _x000D_
 PAGAMENTO DO VALE FEIRA PARA OS FUNCIONÁRIOS DA PREFEITURA.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3614/3614_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3614/3614_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DE V. EXCELÊNCIA JUNTO A ANTT, PARA QUE SEJAM REPENSADOS E REVOGADOS AS INICIATIVAS QUE VISAM A EXTINÇÃO DESTA, UMA VEZ QUE ESTA FERROVIA REPRESENTA A NOSSA HISTÓRIA, BEM COMO CONSTRUÇÃO DA ECONOMIA DE NOSSA CIDADE, VEZ QUE ATUALMENTE ESTA FERROVIA TEM UMA IMPORTÂNCIA SIGNIFICATIVA PARA NOSSOS MUNÍCIPES.   </t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA COLOCADA EM PRÁTICA A REVISÃO GERAL ANUAL EM RELAÇÃO AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO._x000D_
 REQUEIRO QUE CASO NÃO SEJA POSSÍVEL CONCESSÃO DESTE, SEJA ENTÃO REAJUSTADO DE FORMA SIGNIFICATIVA O VALOR DO TICKET ALIMENTAÇÃO. </t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE  A REALIZAÇÃO DE CONCURSO PÚBLICO, PREENCHENDO AS VAGAS DE CARGOS COMISSIONADOS POR EFETIVOS, CONCEDENDO A TODA A CATEGORIA DE SERVIDORES EFETIVOS UM SALÁRIO JUSTO, EVITANDO O AUMENTO EXORBITANTE DE SALÁRIOS SOMENTE A DETERMINADOS CARGOS EM COMISSÃO.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3603/3603_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3603/3603_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE A AQUISIÇÃO DE UMA ÁREA DE TERRA DE APROXIMADAMENTE DE 100M², AO LADO DO CEMITÉRIO DE ARAGUAIA, VISANDO A AMPLIAÇÃO DO MESMO. </t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3601/3601_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3601/3601_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE O CONSERTO DO REPETIDOR DE ARAGUAIA, BEM COMO, A SUA AMPLIAÇÃO PARA RECEBER SINAIS DE TRANSMISSÃO DA TV TRIBUNA E RECORD; REQUER AINDA, A INSTALAÇÃO DE REPETIDORES EM TODO O INTERIOR. </t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3600/3600_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3600/3600_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE 06 (SEIS) QUEBRA MOLAS EM ARAGUAIA, SENDO QUE DISTRIBUÍDOS, 01 (UM) NA ENTRADA DE ARAGUAIA, EM FRENTE À RESIDÊNCIA DO SENHOR VANTUIL GOMES; 01 (UM) PRÓXIMO AO CAMPO DE FUTEBOL DE ARAGUAIA; 02 (DOIS) NA RUA PREST; 02 (DOIS) NA RODOVIÁRIA JÁCOMO RONCHI, BEM COMO, A INSTALAÇÃO DE 03 (TRÊS) LUMINÁRIAS EM POSTES JÁ EXISTENTES NO LOCAL, MAS QUE NUNCA TIVERAM AS LUMINÁRIAS INSTALADAS.  </t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3598/3598_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3598/3598_texto_integral.jpeg</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ENCAMINHE A ESSA CASA DE LEIS, UM PROJETO DE LEI, OBJETIVANDO MANTER OS MUSEUS DO MUNICÍPIO EM ATIVIDADE, TENDO COMO INCENTIVO, A CESSÃO DE SERVIDORES E CONCESSÃO DE ISENÇÃO DE IPTU.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3582/3582_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3582/3582_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUEIRO NOVAMENTE O ENVIO DE CÓPIA DE DOCUMENTOS RELATIVOS AO REQUERIMENTO N°. 077/2013 (EM ANEXO), O QUAL FOI DADO RETORNO A ESTE VEREADOR PELA PREFEITURA ATRAVÉS DO OFICIO PMMF 391/2013, ESCLARECENDO O NÃO ENCAMINHAMENTO DOS ITENS SOLICITADOS. _x000D_
 CASO TORNE DIFÍCIL O ENCAMINHAMENTO ATRAVÉS DE XEROX DOS PROCESSOS DE LICITAÇÃO PARA PRESTAÇÃO DE SERVIÇOS, PRINCIPALMENTE LIMPEZA E CONSERVAÇÃO DE ESTRADAS,SUGIRO QUE AS INFORMAÇÕES SEJAM DIRECIONADAS A ESTE VEREADOR ATRAVÉS DE MÍDIA CD.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3579/3579_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3579/3579_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO E ENVIO Á CÂMARA MUNICIPAL DE UM PROJETO DE LEI PREVENDO UM NOVO PLANO DE CARGOS, CARREIRAS E SALÁRIOS PARA OS SERVIDORES DA PREFEITURA MUNICIPAL, HAJA VISTA QUE O ÚLTIMO PLANO FOI FEITO PELO EX-PREFEITO ELIAS KIEFER, PASSOU-SE MAIS QUATRO ANOS DA EX-PREFEITA ELIANE LORENZONI E ATÉ A ATUAL DATA NENHUMA AÇÃO ADMINISTRATIVA FOI ADOTADA PARA SANAR A DEFASAGEM SALARIAL DOS FUNCIONÁRIOS. </t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3565/3565_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3565/3565_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS SEJA PROVIDENCIADA UMA VISTORIA NA CRECHE FLOMIRO ENDLICH CANAL NETO, REALIZANDO MANUTENÇÃO NA ESTRUTURA DA MESMA, ATRAVÉS DE RECOLOCAÇÃO DE TAPETES DE BORRACHA QUE SE SOLTARAM, REPAROS NO REBOCO, NO GESSO E OUTROS SERVIÇOS, POIS NÃO HÁ REFORMA NO LOCAL A MAIS DE 3 ANOS._x000D_
 REQUER AINDA A CONSTRUÇÃO DE MAIS UM QUEBRA MOLAS NA RODOVIA JOÃO BATISTA KLEIN, PRÓXIMO A PEDREIRA DO SENHOR CLEMENTE. </t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3564/3564_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3564/3564_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO PROVIDENCIE TRANSPORTE PARA OS PROFESSORES QUE EXERCEM SUAS FUNÇÕES EM SANTA MARIA, ARAGUAIA, VICTOR HUGO E DEMAIS LOCALIDADES. </t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>Alcino Diniz, DAVI, Dório Braun (Suplente), Juarez Xavier, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3561/3561_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3561/3561_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREMOS AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL QUE ANTES DA VOTAÇÃO DO REFERIDO PROJETO SEJA ENCAMINHADO PARA A CÂMARA MUNICIPAL UM "TERMO DE COMPROMISSO", SE COMPROMETENDO A ANALISAR E ENVIAR PARA ESTA CASA, UMA PROPOSTA DE PREVISÃO E AUMENTO SALARIAL A TODOS OS SERVIDORES, BEM COMO INDICAR UMA DATA LIMITE PARA O CUMPRIMENTO DO REAJUSTE SALARIAL. _x000D_
 REQUEREMOS AINDA, A POSSIBILIDADE DE DEBATER COM OS MÉDICOS PLANTONISTAS, NO SENTIDO DE REVERMOS OS VALORES PROPOSTOS, UMA VEZ QUE O PRÓPRIO CHEFE DO PODER EXECUTIVO NOS DISSE QUE OS MÉDICOS HAVIAM PROPOSTO O VALOR DE R$ 1.700,00 PARA PLANTÃO 24 HORAS. </t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3557/3557_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3557/3557_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER QUE A SECRETARIA MUNICIPAL DE SAÚDE PROVIDENCIE A RETIRADA DA PLACA QUE SUSPENDE OS SERVIÇOS DE AFERIÇÃO DE PRESSÃO ARTERIAL, E PROVIDENCIE IMEDIATAMENTE O RETORNO DESTE SERVIÇO NA POLICLÍNICA.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3556/3556_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3556/3556_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONCEDER AO ILUSTRÍSSIMO SENHOR DONATO DE SOUZA ALENCAR O PATROCÍNIO NO VALOR DE R$ 2.000,00 PARA QUE O MESMO POSSA CUSTEAR AS DESPESAS DE PASSAGEM, INSCRIÇÃO E HOSPEDAGEM, UMA VEZ QUE O MESMO IRÁ REPRESENTAR O MUNICÍPIO DE MARECHAL FLORIANO NO CAMPEONATO BRASILEIRO DE TAEKWONDO, NO ESTADO DE BELÉM DO PARÁ ENTRE OS DIAS 20 E 22 DE SETEMBRO.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3553/3553_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3553/3553_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CONSIDERANDO O REQUERIMENTO APROVADO NESTA CASA E A SOLICITAÇÃO FEITA ATRAVÉS DO OFICIO PROTOCOLADO EM DATA DE 09/08/2013, DA COMUNIDADE DE SANTA RITA DE CÁSSIA, ASSINADO JUNTAMENTE COM O PÁROCO DA PARÓQUIA DE SANTANA, VENHO REQUERER A VOSSA EXCELÊNCIA INFORMAÇÕES POR ESCRITO A RESPEITO DA DOAÇÃO DE TERRA PLEITEADA PELA COMUNIDADE DA IGREJA CATÓLICA DE SANTA RITA DE CÁSSIA , POIS OS MESMO NECESSITAM DE UMA RESPOSTA EM VIRTUDE DA NECESSIDADE DE ADQUIRIR UM ESPAÇO PARA AMPLIAR AS ATIVIDADES SOCIAIS DESEMPENHADAS EM PROL DOS MORADORES._x000D_
 SOLICITAMOS TAMBÉM INFORMAÇÕES ACERCA DA REFORMA E AMPLIAÇÃO DA QUADRA DE SKATE, CONFORME ACORDADO ENTRE O PODER EXECUTIVO, LEGISLATIVO E REPRESENTANTES DOS SKATISTAS.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3549/3549_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3549/3549_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE A SECRETARIA MUNICIPAL DE EDUCAÇÃO, ATRAVÉS DA PREFEITURA MUNICIPAL PROVIDENCIE O FORNECIMENTO DOS KITS DE PRIMEIROS SOCORROS NA ESCOLA DA REDE MUNICIPAL DE ENSINO, CONTENDO OS SEGUINTES ITENS: ATADURA, GASES, SORO FISIOLÓGICO, FITA CREPE, PARES DE LUVAS E TERMÔMETRO. </t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3545/3545_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3545/3545_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REMANEJAMENTO DE UM SERVIDOR PARA A VILA DE BOM JESUS, PARA ATENDÊ-LA NO QUE TANGE À LIMPEZA, ROÇAGEM, TAPA-BURACOS E OUTROS SERVIÇOS CORRELATOS. </t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3543/3543_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3543/3543_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA PRESTAÇÃO DE CONTAS DETALHADA RELATIVO AOS GASTOS COM O SETOR DE ESPORTE, EM ESPECIAL OS CONTRATOS EFETUADOS COM DESPESAS DE ARBITRAGEM DE TODAS AS MODALIDADES REFERENTES ÀS COMPETIÇÕES DO ANO 2013.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3542/3542_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3542/3542_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM ADOTADAS MEDIDAS QUANTO AO TÉRMINO DA PINTURA DA SINALIZAÇÃO HORIZONTAL DO TRÂNSITO LOCAL, VISANDO O ORDENAMENTO DAS VAGAS DE ESTACIONAMENTO, BEM COMO TRANSFORMAR TODAS AS VIAS DA SEDE EM MÃO ÚNICA;_x000D_
 SUGIRO QUE O LOCAL ONDE SÃO REALIZADAS AS AULAS DE MOTO SEJA TRANSFERIDO PARA AS ÁREAS EM PARALELO AO CAMPO BOM DE BOLA, POIS NESTE LOCAL HÁ BEBEDOUROS E BANHEIROS PARA QUE OS ALUNOS, INSTRUTORES E EXAMINADORES POSSAM UTILIZAR, OUTRA SUGESTÃO SERIA A PREPARAÇÃO DE UM LOCAL ADEQUADO DENTRO DO PÁTIO DA ITALEMANHA, POIS A RUA ONDE VEM SENDO APLICADA AS AULAS É IMPRÓPRIA PARA A PRÁTICA DAS MESMAS, POIS NÃO SE TRATA DE UM LOCAL PRESERVADO E SIM UMA RUA ONDE TRAFEGAM DIARIAMENTE DIVERSOS VEÍCULOS._x000D_
 REQUER AINDA A CESSÃO DE DOIS SERVIDORES DO PODER EXECUTIVO PARA O CIRETRAN DE NOSSA CIDADE, UMA VEZ QUE CONFORME JÁ CONVERSADO COM O DIRETOR OS MESMOS SERÃO CUSTEADOS PELO GOVERNO DO ESTADO PARA MELHORAR O ATENDIMENTO AO PÚBLICO. </t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3533/3533_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3533/3533_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CRIAÇÃO DO ESPAÇO DO CIDADÃO NOS DISTRITOS DE ARAGUAIA, SANTA MARIA, VICTOR HUGO, NAS COMUNIDADES DE SOÍDO DE BAIXO, RIO FUNDO, BOM JESUS, BEM COMO A CRIAÇÃO DE UM ESPAÇO CIDADÃO NO BAIRRO SANTA RITA E RUA DELIMAR SCHUNCK. </t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3530/3530_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3530/3530_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO PROVIDÊNCIAS NO SENTIDO DE REGULARIZAR TAL SITUAÇÃO, UMA VEZ QUE AS CRIANÇAS DEPENDEM DE UMA ALIMENTAÇÃO SAUDÁVEL, POIS AS MESMAS FICAM MAIS TEMPO NA CRECHE DO QUE NA PRÓPRIA CASA._x000D_
 REQUEIRO AINDA, CÓPIA DO CARDÁPIO DESTINADO AS CRECHES MUNICIPAIS, POIS HÁ INFORMAÇÕES QUE ESTÁ SENDO REAPROVEITADA A ALIMENTAÇÃO DO ALMOÇO NA JANTA DAS CRIANÇAS. </t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3528/3528_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3528/3528_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM ADOTADAS MEDIDAS QUANTO A REALIZAÇÃO DE SERVIÇOS E MANUTENÇÃO RELATIVOS À CAPTAÇÃO DE ÁGUA NA RUA JOÃO MERISIO, ANEXO A RESIDÊNCIA DO SENHOR ADALBERTO, POIS ESTA RESIDÊNCIA VEM SENDO PREJUDICADA UMA VEZ QUE A CAPTAÇÃO DAS ÁGUAS REALIZADA PELO BUEIRO NÃO VEM FUNCIONANDO ADEQUADAMENTE, CAUSANDO DIVERSOS AGRAVANTES, POIS O CALÇAMENTO DA RUA CEDEU, FAZENDO COM QUE O MURO DE SUA CASA NECESSITASSE SER REFEITO MAIS DE UMA VEZ, E, ATUALMENTE O MESMO JÁ APRESENTA FISSURAS E ESTÁ TODO EMPENADO, PODENDO CAIR A QUALQUER MOMENTO. </t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3522/3522_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3522/3522_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO QUE SEJAM ADOTADAS MEDIDAS NO SENTIDO DE CRIAR UM PROGRAMA DE VISITAS ÀS ESCOLAS MUNICIPAIS ATRAVÉS DE PROFISSIONAL CAPACITADO PARA CONSCIENTIZAR SOBRE A IMPORTÂNCIA DA ESCOVAÇÃO ADEQUADA, BEM COMO A DISTRIBUIÇÃO DE KITS CONTENDO ESCOVA, CREME E FIO DENTAL. </t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3520/3520_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3520/3520_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A PAVIMENTAÇÃO DE TODAS AS RUAS DO DISTRITO DE ARAGUAIA COM O MATERIAL DENOMINADO PVS, BEM COMO A INSTALAÇÃO DE ILUMINAÇÃO PUBLICA NAS RUAS AONDE NÃO POSSUEM. </t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3517/3517_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3517/3517_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER COPIA DO DECRETO QUE INSTITUIU AS DIÁRIAS NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL, APÓS REVOGAÇÃO DA LEI MUNICIPAL N°. 893/2009 ATRAVÉS DA LEI MUNICIPAL N°. 1215/2013.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3511/3511_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3511/3511_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES POR ESCRITO, RELATIVO À LEI MUNICIPAL N°. 1242, DE 09 DE MAIO DE 2013, QUE TRATA DA "CONCESSÃO DE ABONO DE EXPEDIENTE AO SERVIDOR PÚBLICO MUNICIPAL" (CÓPIA EM ANEXO), DESCREVENDO SE A MESMA ESTÁ SENDO PRATICADA OU SE O PODER EXECUTIVO MUNICIPAL INGRESSOU COM PEDIDO DE "ADIN" SOBRE ESTA NORMA. </t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3506/3506_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3506/3506_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREM, APÓS ESTUDO DE VIABILIDADE FINANCEIRA, A INSTALAÇÃO DE CIRCUITO INTERNO DE FILMAGEM EM TODAS AS REPARTIÇÕES PÚBLICAS DO MUNICÍPIO, PRINCIPALMENTE ESCOLAS, PRÉDIO DA PREFEITURA, ESTAÇÃO, MUSEU, DENTRE OUTROS. </t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3507/3507_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3507/3507_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A EXECUÇÃO DE UM LEILÃO COM OS VEÍCULOS, MAQUINÁRIOS E SUCATAS QUE ESTÃO SEM SERVENTIA PARA O PODER EXECUTIVO MUNICIPAL._x000D_
 REQUER AINDA QUE OS RECURSOS OBTIDOS COM O LEILÃO SEJA RETRANSMITIDO NA COMPRA DE EQUIPAMENTOS, PEÇAS E PNEUS PARA ATENDER A SECRETARIA MUNICIPAL DE OBRAS. </t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3495/3495_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3495/3495_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA PROVIDENCIADA A MANUTENÇÃO PERIÓDICA DE TODOS OS BEBEDOUROS DAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO._x000D_
 REQUER AINDA A OBRIGATORIEDADE DA FIXAÇÃO DE SELOS COMPROVANDO A MANUTENÇÃO DOS MESMOS. </t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3492/3492_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3492/3492_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A EQUIPARAÇÃO SALARIAL DOS SERVIDORES AGENTES DE ENDEMIAS, TORNANDO-OS EQUIVALENTES AOS SALÁRIOS DOS AGENTES COMUNITÁRIOS DE SAÚDE, BEM COMO A CONCESSÃO DE TODAS AS GRATIFICAÇÕES QUE A CATEGORIA AINDA NÃO RECEBE. </t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3488/3488_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3488/3488_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE UMA COBERTURA PARA AS ACADEMIAS POPULARES DO DISTRITO DE ARAGUAIA E DA SEDE DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3485/3485_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3485/3485_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM REALIZADOS OS SERVIÇOS DE MANUTENÇÃO DA ESTRADA NAS PROXIMIDADES DA FAMÍLIA RAASCH, EM COSTA PEREIRA, PRÓXIMO AO CONDOMÍNIO PORTAL DO SOL, CONFORME SEGUE FOTOS EM ANEXO:_x000D_
 CONSTRUÇÃO DE UM BUEIRO PARA CAPTAÇÃO DAS ÁGUAS PLUVIAIS;_x000D_
 INSTALAÇÃO DE APROXIMADAMENTE 15 A 20 MANILHAS DE 60CM, CAPTANDO AS ÁGUAS DAS CHUVAS E DESTINANDO-AS PARA O RIACHO PRÓXIMO A ESTRADA. _x000D_
 INSTALAÇÃO DE CALHAS PRÓXIMO AO BARRANCO PARA CAPTAÇÃO DAS ÁGUAS. </t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INSTITUIÇÃO DE UMA OUVIDORIA MUNICIPAL DO SUS - SISTEMA ÚNICO DE SAÚDE, SERVIÇO VINCULADO A SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO, COM O OBJETIVO DE AMPLIAR A PARTICIPAÇÃO DOS CIDADÃOS NA GESTÃO DO SUS, POSSIBILITAR À INSTITUIÇÃO E AVALIAÇÃO CONTÍNUA DA QUALIDADE DAS AÇÕES E DOS SERVIÇOS PRESTADOS ENTRE O GESTOR MUNICIPAL DE SAÚDE E OS USUÁRIOS DO SUS, BEM COMO DOS PRESTADORES DE SERVIÇOS PÚBLICOS OU PRIVADOS E OS SERVIDORES DA ÁREA DA SAÚDE E SUBSIDIAR A GESTÃO NAS TOMADAS DE DECISÕES E NA FORMULAÇÃO DE POLÍTICAS PÚBLICAS DE SAÚDE. </t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3480/3480_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3480/3480_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER REAJUSTE NO TICKET ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA MUNICIPAL NO VALOR ATUAL DE R$ 100,00 PARA R$ 120,00.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3479/3479_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3479/3479_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO NOS TERMOS DO ART. 50 DA CONSTITUIÇÃO FEDERAL, DE ACORDO AINDA COM O ARTIGO 31 DE LEI ORGÂNICA DO MUNICÍPIO, COMBINADO COM OS ART. ARTIGO 224, 225 E SEGUINTES DO REGIMENTO INTERNO, SEJA CONVOCADO O IIMO. SR. PEDRO MIGUEL ANGEL CASTILLO DIAZ SECRETÁRIO MUNICIPAL DE SAÚDE, PARA QUE COMPAREÇA AO PLENÁRIO DESTA CASA, A FIM DE PRESTAR ESCLARECIMENTOS ACERCA DE: FALTA DE MÉDICOS PEDIATRAS; A FALTA DE REMÉDIOS BÁSICOS NOS POSTOS DE SAÚDE._x000D_
 REQUEIRO AINDA QUE APÓS AS DELIBERAÇÕES SOBERANAS DO PLENÁRIO, SEJA OFICIADO AO SECRETÁRIO MUNICIPAL DE SAÚDE, SOLICITANDO O SEU COMPARECIMENTO NO DIA 12 DE NOVEMBRO DE 2013 ÀS 19:00 HORAS NO PLENÁRIO PEDRO SCHUNK, CÂMARA MUNICIPAL DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3475/3475_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3475/3475_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREM QUE SEJA EXECUTADA A EMENTA PARLAMENTAR DO DEPUTADO MARCELO SANTOS, QUE DISPONIBILIZOU VERBA PARA A REALIZAÇÃO DO CALÇAMENTO DA RUA HERTEL, NA COMUNIDADE DE BOM JESUS. </t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3471/3471_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3471/3471_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ELABORAÇÃO E ENCAMINHAMENTO DE UM PROJETO DE LEI AO LEGISLATIVO MUNICIPAL RETORNANDO COM A DATA BASE PARA REAJUSTE SALARIAL DOS SERVIDORES, EM FUNÇÃO DA REVOGAÇÃO DA LEI MUNICIPAL N°. 868 DE 09 DE DEZEMBRO DE 2009 - NOVO ESTATUTO DOS SERVIDORES - QUE POSSUÍA NA REDAÇÃO ORIGINAL DO ARTIGO 76 ESTA PREVISÃO._x000D_
 ELABORAÇÃO DE UM NOVO PLANO DE CARGOS E SALÁRIOS VISANDO O REAJUSTE FINANCEIRO PARA O QUADRO DE FUNCIONÁRIOS DO PODER EXECUTIVO, EVITANDO ASSIM A COMPLEMENTAÇÃO SALARIAL INFERIOR AO SALARIO MINIMO, E CORRIGINDO A DEFASAGEM E PERDA SALARIAL, HAJA VISTA QUE RECENTEMENTE FOI CONCEDIDO REAJUSTE SOMENTE PARA MÉDICOS PLANTONISTAS E OS NOVOS CARGOS DE MÉDICOS PEDIATRAS. </t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER ESTUDOS ATRAVÉS DE EMPRESAS ESPECIALIZADA PARA AVERIGUAÇÃO DOS ÍNDICES DE INSALUBRIDADE E PERICULOSIDADE NAS ATIVIDADES SECRETÁRIA DE OBRAS QUE MANUSEIAM MÁQUINAS COMO ROÇADEIRAS, PODADEIRAS, MOTOSERRAS, MOTORISTAS DE CAÇAMBAS E OPERADORES DE MÁQUINAS PESADAS. REQUEIRO TAMBÉM QUE SEJA ENCAMINHADO A ESTA CASA, CÓPIA DO LAUDO TÉCNICO OFERECIDO PELA EMPRESA._x000D_
 REQUER AINDA QUE NA REALIZAÇÃO DA PODA DOS JARDINS SEJAM UTILIZADOS TELAS DE PROTEÇÃO, VISANDO A PROTEÇÃO DOS PEDESTRES E VEÍCULOS, POIS HÁ REGISTROS QUE VEÍCULOS JÁ FORAM ATINGIDOS E DANIFICADOS POR PEDRAS.  </t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3448/3448_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3448/3448_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O PODER EXECUTIVO A CÓPIA DE TODOS OS DOCUMENTOS RELATIVOS À PRESTAÇÃO DE CONTAS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, CONSTANDO TODOS OS EMPENHOS E PAGAMENTOS EFETUADOS NO DECORRER DO ANO DE 2013, ATÉ O MÊS DE NOVEMBRO, CONSTANDO EM CADA DESPESA A CÓPIA DE NOTA FISCAL E/OU CONTRATO, CÓPIA DOS 03 ORÇAMENTO RELATIVOS A CADA DESPESA, CÓPIA DOS CHEQUES EMITIDOS, ALÉM DE ENVIAR CÓPIA MENSAL E DETALHADA DOS EXTRATOS BANCÁRIOS RELATIVOS ÀS CONTAS BANCÁRIAS DE NÚMERO 17.860.768 - 20.580.882 - 21.051.354 - 21.051.370 - 21.051.388, DO BANCO DO BANESTES, BEM COMO AS CONTAS DE NÚMERO 12.261-0 - 8848-X - 12262-9 - 12260-2 - 8995-8 - 12259-9 - 12263-7, DO BANCO DO BRASIL, ALÉM DE POSSÍVEIS OUTRAS CONTAS CRIADAS NESTE ANO PELA PREFEITURA MUNICIPAL QUE ESTEJAM VINCULADAS À SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS. </t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3445/3445_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3445/3445_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CÓPIA DO DECRETO DO PODER EXECUTIVO OU DEMAIS DOCUMENTOS OFICIAIS LEGAIS QUE IMPRETRARAM NA AUTORIZAÇÃO PARA REDUÇÃO DOS VENCIMENTOS E GRATIFICAÇÕES DOS SECRETÁRIOS MUNICIPAIS, PREFEITO, VICE PREFEITO E DEMAIS SERVIDORES, DENTRO DO EXERCÍCIO DO ANO CORRENTE._x000D_
 REQUER AINDA A LIBERAÇÃO DE UM ALVARÁ PROVISÓRIO PARA A EMPRESA "CORDIAL", VISANDO A PRESTAÇÃO DOS SERVIÇOS DE TRANSPORTE COLETIVO PARA A COMUNIDADE DE SOÍDO DE BAIXO, UMA VEZ QUE A EMPRESA "ER TRANS", QUE PRESTAVA O SERVIÇO DE TRANSPORTE COLETIVO ABANDONOU O SERVIÇO, DEIXANDO TODA A POPULAÇÃO NA MÃO, UMA VEZ QUE PARA MUITOS ESTE ERA O ÚNICO TIPO DE LOCOMOÇÃO. </t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3441/3441_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3441/3441_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO, PROVIDENCIAS POR PARTE DA PREFEITURA MUNICIPAL, JUNTAMENTE COM A ACIASMAF, FAZENDO COM QUE SEUS FISCAIS FAÇAM  CUMPRIR TODAS AS EXIGÊNCIAS ESTABELECIDAS EM LEIS, HAJA VISTA QUE O AMBULANTE DEVE ESTAR DEVIDAMENTE LICENCIADO NO MUNICÍPIO, SUJEITANDO-SE O VENDEDOR AMBULANTE AO PAGAMENTO DE TRIBUTOS, IMPEDINDO IMEDIATAMENTE OS AMBULANTES QUE ESTEJAM ATUANDO DE FORMA ILEGAL. </t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3436/3436_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3436/3436_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE LEILÃO DOS VEÍCULOS DANIFICADOS E SEM SERVENTIA PARA A ADMINISTRAÇÃO PÚBLICA, ONDE OS MESMOS ENCONTRAM-SE EM LOCAL INADEQUADO ATRÁS DO PÁTIO DA ITALEMANHA._x000D_
 REQUER AINDA QUE CASO O LEILÃO NÃO SEJA REALIZADO QUE OS MESMO SEJAM RETIRADOS DAQUELE LOCAL E CONDUZIDOS PARA ABRIGO DE SUCATAS.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL CÓPIA DOS SEGUINTES CONTRATOS DE ALUGUEL:_x000D_
 - ESCOLA MAURO JOSÉ CHISTO;_x000D_
 - TERRENO ONDE ESTÁ LOCALIZADO O PÁTIO DA ITALEMANHA. </t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3431/3431_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3431/3431_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">VENHO REQUERER QUE FISCALIZAÇÕES SEJAM REALIZADAS E PROVIDÊNCIAS SEJAM ADOTADAS, POIS DIVERSOS SÃO OS LOTES QUE ENCONTRA,-SE NESTA SITUAÇÃO, PREJUDICANDO A SAÚDE PUBLICA E CAUSANDO DIVERSOS TRANSTORNOS AOS MORADORES VIZINHOS. </t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3430/3430_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3430/3430_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO QUE SEJAM ADOTADAS PROVIDÊNCIAS PARA CANALIZAR ATRAVÉS DE MANILHAS OU TUBOS, DESTINANDO AS ÁGUAS DAS CHUVAS PARA O RIO, EVITANDO ASSIM UMA POSSÍVEL TRAGÉDIA NO FUTURO. </t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3428/3428_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3428/3428_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUERER A PREFEITURA MUNICIPAL QUE PROVIDENCIE O MAIS BREVE POSSÍVEL, A REALIZAÇÃO DE MELHORIAS NA DRENAGEM E CASCALHAMENTO DE ALGUMAS RUAS, ATÉ QUE SEJA PROVIDENCIADO O DEVIDO CALÇAMENTO NAS MESMAS, SENANDO ASSIM, OS PROBLEMAS RELACIONADOS AO ACÚMULO DE ÁGUA E LAMA NO LOCAL, PROPORCIONANDO MELHORES CONDIÇÕES DE ACESSIBILIDADE A TODOS. </t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3425/3425_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3425/3425_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO A PREFEITURA MUNICIPAL, PROVIDÊNCIAS QUANTO A MELHORIAS NA ESTRADA QUE PASSA PRÓXIMO À PROPRIEDADE DO SENHOR JOSÉ ULIANA, UMA VEZ, QUE ALÉM DOS BURACOS E VALAS QUE APARECEM DEVIDO ÀS CHUVAS, TAMBÉM SE FAZ NECESSÁRIO A RECUPERAÇÃO DE UM BUEIRO, POIS O MESMO ENCONTRA-SE MUITO DANIFICADO, A PONTO DE ESTOURAR, PERDENDO ASSIM  TODO O SERVIÇO ALI JÁ REALIZADO. </t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3422/3422_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3422/3422_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CRIAÇÃO DE UM MEMORIAL EM HOMENAGEM A PASSAGEM IMPORTANTE E HISTÓRICA DO PRESIDENTE DA REPÚBLICA NILO PEÇANHA EM 28.06.1910, NA QUAL FOI RECEBIDO COM FESTAS NAS ESTAÇÕES DE ARAGUAIA E MARECHAL FLORIANO, PROVIDENCIANDO AINDA A CRIAÇÃO DO BUSTO, FOTOS E PLACAS EM HOMENAGEM AO PRESIDENTE PARA AS DUAS ESTAÇÕES. </t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3415/3415_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3415/3415_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CESSÃO DE USO DE PARTE DO GALPÃO DA ITALEMANHA PARA QUE OS JOVENS E CRIANÇAS POSSAM PRATICAR ESPORTE SKATE. </t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3411/3411_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3411/3411_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DA SECRETARIA MUNICIPAL DE SAÚDE A ESCALA RELATIVA AO PLANTÃO MÉDICO DA POLICLÍNICA ARY RIBEIRO DA SILVA , RELATIVO AO PERÍODO DE JANEIRO A JULHO DE 2013._x000D_
 REQUER AINDA A RELAÇÃO DE QUAIS FORAM OS PEDIATRAS CONTRATADOS, DE ACORDO COM LEI MUNICIPAL N° 1.379/2013, BEM COMO A RELAÇÃO DE DIAS E HORÁRIOS DE ATENDIMENTO.  </t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3408/3408_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3408/3408_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A EXTENSÃO DE REDE DE ILUMINAÇÃO PÚBLICA, INICIANDO NO FINAL DA RUA ANTENOR DOS SANTOS BRAGA, APÓS A PRODUTORA, PASSANDO PELAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR ASSIS E TÉRMINO PRÓXIMO A UMA VILA DE MORADORES, ANEXO A PROPRIEDADE DO SENHOR FLOMIRO ENDLICH. </t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3403/3403_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3403/3403_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CONCESSÃO DO ABONO SALARIAL AO PROFESSORES QUE TREINAM AS CRIANÇAS NO GINÁSIO DE ESPORTES PAULO LORENZONI, ENSINANDO A TODOS DIVERSOS TIPOS DE MODALIDADES ESPORTIVAS. </t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3400/3400_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3400/3400_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS PARA TODA A EXTENSÃO DA RUA GUSTAVO HERTEL, INICIANDO NAS PROXIMIDADES DO SUPERMERCADO DORINHO ATÉ O CAMPO DO APOLLO. </t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3398/3398_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3398/3398_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">FAÇA CUMPRIR A LEI MUNICIPAL N° 669, DE 12 DE ABRIL DE 2007, QUE "OBRIGA AS AGÊNCIAS BANCÁRIAS MUNICIPAIS, A VIABILIZAREM A INSTALAÇÃO DE SANITÁRIOS EM SUAS DEPENDÊNCIAS"._x000D_
 REQUEIRO TAMBÉM QUE AS AGENCIAS BANCÁRIAS DISPONIBILIZEM ÁGUA, ATRAVÉS DE BEBEDOUROS AOS SEUS CLIENTES. </t>
   </si>
   <si>
     <t>12546</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12546/res001-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12546/res001-2013.pdf</t>
   </si>
   <si>
     <t>NOMEIA FRENTE PARLAMENTAR DE SEGURANÇA PÚBLICA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>12547</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12547/res002-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12547/res002-2013.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA O INCISO VI AO PARÁGRAFO UNICO DO ART. 28 DO REGIMENTO INTERNO, E CRIA O ART. 61-A E INCISOS - CRIAÇÃO DA COMISSÃO DE ESPORTE, CULTURA E TURISMO".</t>
   </si>
   <si>
     <t>12548</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12548/res003-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12548/res003-2013.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÕES DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12549</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12549/res004-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12549/res004-2013.pdf</t>
   </si>
   <si>
     <t>"ALTERA REDAÇÃO DO ARTIGO 137 DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12551</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12551/res006-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12551/res006-2013.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12625</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12625/em001-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12625/em001-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 026/2013."</t>
   </si>
   <si>
     <t>12629</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12629/em002-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12629/em002-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 043/2013."</t>
   </si>
   <si>
     <t>12630</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12630/em003-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12630/em003-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 077/2013."</t>
   </si>
   <si>
     <t>12631</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12631/em004-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12631/em004-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 104/2013."</t>
   </si>
   <si>
     <t>12632</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12632/em005-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12632/em005-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 179/2013."</t>
   </si>
   <si>
     <t>12633</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12633/em006-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12633/em006-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 198/2013."</t>
   </si>
   <si>
     <t>12634</t>
   </si>
   <si>
     <t>Coquinho, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12634/em007-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12634/em007-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 210/2013."</t>
   </si>
   <si>
     <t>12622</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12622/ea001-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12622/ea001-2013.pdf</t>
   </si>
   <si>
     <t>12623</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12623/ea002-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12623/ea002-2013.pdf</t>
   </si>
   <si>
     <t>12624</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12624/ea003-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12624/ea003-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 097/2013."</t>
   </si>
   <si>
     <t>12635</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12635/es001-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12635/es001-2013.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 170/2013."</t>
   </si>
   <si>
     <t>12636</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12636/es002-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12636/es002-2013.pdf</t>
   </si>
   <si>
     <t>12637</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12637/es003-2013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12637/es003-2013.pdf</t>
   </si>
   <si>
     <t>12626</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12626/lei_organica.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12626/lei_organica.pdf</t>
   </si>
   <si>
     <t>"A MESA DIRETORA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, NO USO DE SUAS ATRIBUIÇÕES, FAZ SABER, NA FORMA DO § 2º. DO ARTIGO 46 DA LEI ORGÂNICA MUNICIPAL QUE PROMULGA AS SEGUINTES EMENDAS."</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3816/3816_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3816/3816_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO VOLUNTÁRIO CIVIL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°.1013, DE 22 DE DEZEMBRO DE 2010.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3814/3814_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3814/3814_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°878/2009, QUE DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA DE PESSOAL PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3813/3813_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3813/3813_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE MARECHAL FLORIANO/ES A EFETUAR O PROTESTO DE TÍTULO EXECUTIVO JUDICIAL DE QUANTIA CERTA, DE CERTIDÃO DE DIVIDA ATIVA DO MUNICÍPIO E O REGISTRO DE DEVEDORES EM ENTIDADES QUE PRESTEM SERVIÇOS DE PROTEÇÃO AO CRÉDITO E/OU PROMOVAM CADASTROS DE DEVEDORES INADIMPLENTES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3812/3812_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3812/3812_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI A ESTRUTURA ORGANIZACIONAL DA PROCURADORIA GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3811/3811_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3811/3811_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANISTIA FISCAL DO IMPOSTO PREDIAL E TERRITORIAL URBANO - IPTU E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3810/3810_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3810/3810_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA CARGOS DE PROVIMENTO EM COMISSÃO DE NATUREZA ESPECIAL.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3809/3809_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3809/3809_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3808/3808_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3808/3808_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE TRATA DA REFORMULAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL E CRIA O FUNDO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL - FMDRS.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3807/3807_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3807/3807_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE, CONFORME DISPOSTO NO ART. 40,41,42 E 43 DA LEI FEDERAL 4.320/64.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3806/3806_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3806/3806_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GRATIFICAÇÃO PELO EXERCÍCIO DE CARGO EM COMISSÃO DE SERVIDOR PÚBLICO À DISPOSIÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3805/3805_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3805/3805_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE GERÊNCIA DE POLITICAS SOCIAIS E DIREITOS HUMANOS.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3804/3804_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3804/3804_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA O CARGO DE COORDENADOR DO PROGRAMA ESTRATÉGIA SAÚDE DA FAMÍLIA, NO  QUADRO DE SERVIDORES DE PROVIMENTO EM COMISSÃO DA ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3803/3803_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3803/3803_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3802/3802_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3802/3802_texto_integral.jpeg</t>
   </si>
   <si>
     <t>O PROGRAMA DE APOIO AO PEQUENO E MÉDIO PRODUTOR RURAL E À AGROINDÚSTRIA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3801/3801_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3801/3801_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE DISPÕE SOBRE A DESIGNAÇÃO DE "AURELIANO MATHIAS LITTIG" A ÁREA DE ESPORTE E LAZER A SER CONSTRUÍDA EM SOÍDO DE BAIXO, NESTE MUNICÍPIO/ES.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3800/3800_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3800/3800_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°955/2009 QUE DISPÕE SOBRE TRANSPORTE COLETIVO URBANO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3799/3799_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3799/3799_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3798/3798_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3798/3798_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVOGA LEI QUE REGULAMENTA A CONCESSÃO DE DIÁRIAS NO ÂMBITO DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3796/3796_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3796/3796_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA O ART. 129 DA LEI MUNICIPAL N°.003, DE 04 DE JANEIRO DE 1993.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3795/3795_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3795/3795_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3794/3794_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3794/3794_texto_integral.jpeg</t>
   </si>
   <si>
     <t>REVOGAÇÃO DE LEI MUNICIPAL N°658, DE 24 DE NOVEMBRO DE 2006.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3793/3793_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3793/3793_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3790/3790_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3790/3790_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 1.164, DE 04 DE JULHO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3788/3788_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3788/3788_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE INSTITUI O CÓDIGO MUNICIPAL DO MEIO AMBIENTE E RECURSOS HÍDRICOS.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3785/3785_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3785/3785_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE AUTORIZA O PODER EXECUTIVO A DISPONIBILIZAR PARA O PODER LEGISLATIVO -CÂMARA MUNICIPAL- UMA ÁREA DE ATÉ 2.500M² DESTINADA A CONSTRUIR A SUA SEDE FÍSICA, LOCALIZADA NO ESPAÇO QUE HOJE FUNCIONA O ARQUIVO PUBLICO E A SECRETARIA DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3784/3784_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3784/3784_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°896/2009, QUE DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA DE PESSOAL PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3783/3783_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3783/3783_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3781/3781_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3781/3781_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR REPASSE DE VERBA A PROPRIEDADE FORNECEDORA DE ÁGUA DO DISTRITO DE ARAGUAIA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3780/3780_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3780/3780_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3779/3779_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3779/3779_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI QUE DISPÕE SOBRE A PREMIAÇÃO AOS ATLETAS VENCEDORES DA CORRIDA DENOMINADA "6 MILHAS CIDADE DAS ORQUÍDEAS MARECHAL FLORIANO"._x000D_
 </t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3777/3777_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3777/3777_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA O ART. 2°, DA LEI MUNICIPAL N°.1.190, DE 23 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3776/3776_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3776/3776_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3774/3774_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3774/3774_texto_integral.jpeg</t>
   </si>
   <si>
     <t>LEI ORÇAMENTARIA PARA O EXERCÍCIO FINANCEIRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3773/3773_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3773/3773_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3772/3772_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3772/3772_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA, DOAR MUDAS DE CAFÉ, MUDAS FRUTÍFERAS E MUDAS DE PALMÁCEAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3770/3770_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3770/3770_texto_integral.jpeg</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE AUTORIZA A CRIAÇÃO DO CMUDI- CONSELHO MUNICIPAL DO IDOSO.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3765/3765_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3765/3765_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA A CONTRATAÇÃO TEMPORÁRIA DE MOTORISTAS.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3764/3764_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3764/3764_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA LEI MUNICIPAL N°746, DE 14 DE NOVEMBRO DE 2007 QUE INSTITUI O PROGRAMA DE ESTÁGIO NO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3763/3763_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3763/3763_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUIÇÃO DE ÁREA DE EXPANSÃO URBANA.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3762/3762_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3762/3762_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 1013, DE 22 DE DEZEMBRO DE 2010.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3761/3761_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3761/3761_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL CORES, FLORES E SABORES" E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3754/3754_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3754/3754_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO - ES O FESTIVAL ÍTALO-GERMÂNICO/ITALEMANHA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3752/3752_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3752/3752_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO - ES O "FESTIVAL DA MADEIRA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3749/3749_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3749/3749_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3747/3747_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3747/3747_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO DE DESENVOLVIMENTO MUNICIPAL - FDM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3746/3746_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3746/3746_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3745/3745_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3745/3745_texto_integral.jpeg</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3744/3744_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3744/3744_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES O "FESTIVAL DE SAMBA E CHORO", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3743/3743_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3743/3743_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO DE COOPERAÇÃO ENTRE OS MUNICÍPIOS LIMÍTROFES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3742/3742_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3742/3742_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA COMPOSIÇÃO DO CONSELHO MUNICIPAL DO IDOSO.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3741/3741_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3741/3741_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A AUTORIZAÇÃO DE FIRMATURA DE TERMO DE COOPERAÇÃO E APOIO, ATRAVÉS DE CONVÊNIO, COM "ASSOCIAÇÃO COMERCIAL, INDUSTRIAL, AGROOINDUSTRIAL E DE SERVIÇOS DE MARECHAL FLORIANO-ACIASMAF".</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3740/3740_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3740/3740_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ESTIMATIVA DAS RECEITAS E FIXAÇÃO DAS DESPESAS DO ORÇAMENTO FISCAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2014.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3739/3739_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3739/3739_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CONCESSÃO DE HOMENAGENS E HONRARIAS NO ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3738/3738_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3738/3738_texto_integral.jpeg</t>
   </si>
   <si>
     <t>RATIFICAÇÃO DELIBERAÇÃO DA ASSEMBLEIA GERAL CIM PEDRA AZUL QUE AUTORIZA O INGRESSO DE IÚNA COMO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE DESPESA COM CUSTEIO COM A ESTADIA DO GRUPO FOLCLÓRICO GERMÂNICO "GRUNES TAL".</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3734/3734_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3734/3734_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3732/3732_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3732/3732_texto_integral.jpeg</t>
   </si>
   <si>
     <t>AUTORIZAÇÃO PARA O PATROCÍNIO DA 20ª FESTA DO CAFE E 10ª CONCURSO DE QUALIDADE DO CAFÉ DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3730/3730_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3730/3730_texto_integral.jpeg</t>
   </si>
   <si>
     <t>ADOTA O DIÁRIO OFICIAL DOS MUNICÍPIOS DO ESTADO DO ESPIRITO SANTO, INSTITUÍDO E ADMINISTRADO PELA AMUNES, COMO VEÍCULO OFICIAL DE PUBLICAÇÃO DOS ATOS NORMATIVOS E ADMINISTRATIVOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3729/3729_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3729/3729_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3727/3727_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3727/3727_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ANISTIA FISCAL DO IPTU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3726/3726_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3726/3726_texto_integral.jpeg</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DO MEIO AMBIENTE E RECURSOS HÍDRICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3724/3724_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3724/3724_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3723/3723_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3723/3723_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3722/3722_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3722/3722_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3720/3720_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3720/3720_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3719/3719_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3719/3719_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3718/3718_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3718/3718_texto_integral.jpeg</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO PARA O PESSOAL DO MAGISTÉRIO EM ATUAÇÃO DO ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3716/3716_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3716/3716_texto_integral.jpeg</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE PRESERVAÇÃO DO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE MARECHAL FLORIANO E CRIA CONSELHO MUNICIPAL DE POLITICAS CULTURAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3715/3715_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3715/3715_texto_integral.jpeg</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3714/3714_texto_integral.jpeg</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3714/3714_texto_integral.jpeg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -9707,68 +9707,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13707/001-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13708/002-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13709/003-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13710/004-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13711/005-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13712/006-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13713/007-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3669/3669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3670/3670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3671/3671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3672/3672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3673/3673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3678/3678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3677/3677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3676/3676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3675/3675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3674/3674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3668/3668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3667/3667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3666/3666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3665/3665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3664/3664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3663/3663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3662/3662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3661/3661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3660/3660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3659/3659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3658/3658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3657/3657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3656/3656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3655/3655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3654/3654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3653/3653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3652/3652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3650/3650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3648/3648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3647/3647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3645/3645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3644/3644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3643/3643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3642/3642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3640/3640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3637/3637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3635/3635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3633/3633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3631/3631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3626/3626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3625/3625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3623/3623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3622/3622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3620/3620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3619/3619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3617/3617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3616/3616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3615/3615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3613/3613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3611/3611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3610/3610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3607/3607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3606/3606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3602/3602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3599/3599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3595/3595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3594/3594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3593/3593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3592/3592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3591/3591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3590/3590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3589/3589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3588/3588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3587/3587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3586/3586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3585/3585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3584/3584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3583/3583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3581/3581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3580/3580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3578/3578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3577/3577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3576/3576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3574/3574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3571/3571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3569/3569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3568/3568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3567/3567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3566/3566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3563/3563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3562/3562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3560/3560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3559/3559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3558/3558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3555/3555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3554/3554_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3552/3552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3551/3551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3550/3550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3548/3548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3547/3547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3546/3546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3544/3544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3541/3541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3540/3540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3539/3539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3538/3538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3537/3537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3536/3536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3535/3535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3532/3532_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3531/3531_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3529/3529_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3527/3527_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3526/3526_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3525/3525_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3524/3524_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3523/3523_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3521/3521_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3519/3519_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3516/3516_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3514/3514_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3513/3513_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3512/3512_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3510/3510_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3509/3509_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3508/3508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3505/3505_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3504/3504_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3503/3503_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3502/3502_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3501/3501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3500/3500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3499/3499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3498/3498_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3496/3496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3494/3494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3493/3493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3491/3491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3490/3490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3489/3489_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3487/3487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3486/3486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3484/3484_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3483/3483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3482/3482_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3478/3478_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3476/3476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3474/3474_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3473/3473_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3472/3472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3470/3470_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3469/3469_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3468/3468_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3467/3467_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3466/3466_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3465/3465_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3464/3464_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3463/3463_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3462/3462_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3461/3461_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3460/3460_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3459/3459_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3458/3458_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3456/3456_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3455/3455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3453/3453_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3452/3452_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3451/3451_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3450/3450_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3447/3447_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3446/3446_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3444/3444_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3443/3443_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3442/3442_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3440/3440_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3439/3439_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3438/3438_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3435/3435_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3434/3434_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3433/3433_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3429/3429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3427/3427_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3426/3426_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3424/3424_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3423/3423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3421/3421_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3420/3420_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3419/3419_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3418/3418_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3417/3417_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3416/3416_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3414/3414_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3413/3413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3412/3412_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3410/3410_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3409/3409_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3407/3407_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3406/3406_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3405/3405_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3402/3402_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3401/3401_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3399/3399_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3397/3397_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4182/4182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4181/4181_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4180/4180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4179/4179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4178/4178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4177/4177_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4176/4176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4175/4175_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4174/4174_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4173/4173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4172/4172_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4171/4171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4170/4170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4169/4169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4168/4168_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4167/4167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4166/4166_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4165/4165_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4164/4164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4163/4163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4162/4162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4161/4161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4160/4160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4159/4159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4158/4158_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4157/4157_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4156/4156_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4155/4155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4154/4154_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4153/4153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4152/4152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4151/4151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4150/4150_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4149/4149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4148/4148_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4147/4147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4146/4146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4145/4145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4144/4144_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4143/4143_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4142/4142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4141/4141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4140/4140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4139/4139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4138/4138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4137/4137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4136/4136_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4135/4135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4134/4134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4133/4133_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4132/4132_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4131/4131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4130/4130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4129/4129_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4128/4128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4127/4127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4126/4126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4125/4125_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4124/4124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4123/4123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4122/4122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4121/4121_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4120/4120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4119/4119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4118/4118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4117/4117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4116/4116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4115/4115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4114/4114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11687/pc_001-2013.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11688/pc_002-2013.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11689/pc_003-2013.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11690/pc_004-2013.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11691/pc_005-2013.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11692/pc_006-2013.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11693/pc_007-2013.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11695/pc_008-2013.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11696/pc_009-2013.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11698/pc_010-2013.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11699/pc_011-2013.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11700/pc_012-2013.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11702/pc_013-2013.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11703/pc_014-2013.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11704/pc_015-2013.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11707/pc_016-2013.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11709/pc_017-2013.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11711/pc_018-2013.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11714/pc_019-2013.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11716/pc_020-2013.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11717/pc_021-2013.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11719/pc_022-2013.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11720/pc_023-2013.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11721/pc_024-2013.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11722/pc_025-2013.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11723/pc_026-2013.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11724/pc_027-2013.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11725/pc_028-2013.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11726/pc_030-2013.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11727/pc_030-2013.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11728/pc_031-2013.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11729/pc_032-2013.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11730/pc_033-2013.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11731/pc_034-2013.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11732/pc_035-2013.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11733/pc_036-2013.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11734/pc_037-2013.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11735/pc_038-2013.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11736/pc_039-2013.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11737/pc_040-2013.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11738/pc_041-2013.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11739/pc_042-2013.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11740/pc_043-2013.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11741/pc_044-2013.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11748/pc_045-2013.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11749/pc_046-2013.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11750/pc_047-2013.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11751/pc_048-2013.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11752/pc_049-2013.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11753/pc_050-2013.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11754/pc_051-2013.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11755/pc_052-2013.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11757/pc_053-2013.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11759/pc_054-2013.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11760/pc_055-2013.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11762/pc_056-2013.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11764/pc_057-2013.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11767/pc_058-2013.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11768/pc_059-2013.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11770/pc_060-2013.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11771/pc_061-2013.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11772/pc_062-2013.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11777/pc_063-2013.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11780/pc_064-2013.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11782/pc_065-2013.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11785/pc_066-2013.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11787/pc_067-2013.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11788/pc_068-2013.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11789/pc_069-2013.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11790/pc_070-2013.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11791/pc_071-2013.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11792/pc_072-2013.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11793/pc_073-2013.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11794/pc_074-2013.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11795/pc_075-2013.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11796/pc_076-2013.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11797/pc_077-2013.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11798/pc_078-2013.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11799/pc_079-2013.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11800/pc_080-2013.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11801/pc_081-2013.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11802/pc_082-2013.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11803/pc_083-2013.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11804/pc_084-2013.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11805/pc_085-2013.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11807/pc_086-2013.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11808/pc_087-2013.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11810/pc_088-2013.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11812/pc_089-2013.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11814/pc_090-2013.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11817/pc_091-2013.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11823/pc_092-2013.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11824/pc_093-2013.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11825/pc_094-2013.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11826/pc_095-2013.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11827/pc_096-2013.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11828/pc_097-2013.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11829/pc_098-2013.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11830/pc_099-2013.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11831/pc_100-2013.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11832/pc_101-2013.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11833/pc_102-2013.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11834/pc_103-2013.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11835/pc_104-2013.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11836/pc_105-2013.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11837/pc_106-2013.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11838/pc_107-2013.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11839/pc_108-2013.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11840/pc_109-2013.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11841/pc_110-2013.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11842/pc_111-2013.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11843/pc_112-2013.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11845/pc_113-2013.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11847/pc_114-2013.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11848/pc_115-2013.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11865/pc_116-2013.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11867/pc_117-2013.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11869/pc_118-2013.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11871/pc_119-2013.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11872/pc_120-2013.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11873/pc_121-2013.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11874/pc_122-2013.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11875/pc_123-2013.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11876/pc_124-2013.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11877/pc_125-2013.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11878/pc_126-2013.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11879/pc_127-2013.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11880/pc_128-2013.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11881/pc_129-2013.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11882/pc_130-2013.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11883/pc_131-2013.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11884/pc_132-2013.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11885/pc_133-2013.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11886/pc_134-2013.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11887/pc_135-2013.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11888/pc_136-2013.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11889/pc_137-2013.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11890/pc_138-2013.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11891/pc_139-2013.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11892/pc_140-2013.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11893/pc_141-2013.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11894/pc_142-2013.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11895/pc_143-2013.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11896/pc_144-2013.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11897/pc_145-2013.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11898/pc_146-2013.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11899/pc_147-2013.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4033/4033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4031/4031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4030/4030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4027/4027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4023/4023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4019/4019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4017/4017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4015/4015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4013/4013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4011/4011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4008/4008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4006/4006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4003/4003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4002/4002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4001/4001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3998/3998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3997/3997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3995/3995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3993/3993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3992/3992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3990/3990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3989/3989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3987/3987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3985/3985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3984/3984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3983/3983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3982/3982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3981/3981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3979/3979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3978/3978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3977/3977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3973/3973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3971/3971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3969/3969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3967/3967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3966/3966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3965/3965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3963/3963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3960/3960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3958/3958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3961/3961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3955/3955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3954/3954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3952/3952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3951/3951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3949/3949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3948/3948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3946/3946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3945/3945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3943/3943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3942/3942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3941/3941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3940/3940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3939/3939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3938/3938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3937/3937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3935/3935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3934/3934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3933/3933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3932/3932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3931/3931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3930/3930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3929/3929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3928/3928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3927/3927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3926/3926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3925/3925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3924/3924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3923/3923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3922/3922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3921/3921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3920/3920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3919/3919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3918/3918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3917/3917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3916/3916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3915/3915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3914/3914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3913/3913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3912/3912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3911/3911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3910/3910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3909/3909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3908/3908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3907/3907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3906/3906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3905/3905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3904/3904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3903/3903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3901/3901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3899/3899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3898/3898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3897/3897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3896/3896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3895/3895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3894/3894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8473/101-2013.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8474/102-2013.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8475/103-2013.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8476/104-2013.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8477/106-2013.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8478/108-2013.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8479/109-2013.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8480/110-2013.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8481/111-2013.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8482/112-2013.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8483/113-2013.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8484/114-2013.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8485/115-2013.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8486/116-2013.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8487/117-2013.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8488/118-2013.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8489/119-2013.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8490/120-2013.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8491/121-2013.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8492/122-2013.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8493/123-2013.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8494/124-2013.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8495/125-2013.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8496/126-2013.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8497/127-2013.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8500/128-2013.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8501/129-2013.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8502/130-2013.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8503/131-2013.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8504/132-2013.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8505/133-2013.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8506/134-2013.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8507/135-2013.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8508/136-2013.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8509/137-2013.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8510/138-2013.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8511/139-2013.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8512/140-2013.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8513/pl_141-2013.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8514/pl_142-2013.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8515/pl_143-2013.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8516/pl_144-2013.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8517/pl_145-2013.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8518/pl_146-2013.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8519/pl_147-2013.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8520/pl_148-2013.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8521/pl_149-2013.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8522/pl_150-2013.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8523/pl_151-2013.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8524/pl_152-2013.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8525/pl_153-2013.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8526/pl_154-2013.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8527/pl_155-2013.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8528/pl_156-2013.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8529/pl_157-2013.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8530/pl_158-2013.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8531/pl_159-2013.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8532/pl_160-2013.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8533/pl_161-2013.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8534/pl_162-2013.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8535/pl_163-2013.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8536/pl_164-2013.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8537/pl_165-2013.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8538/pl_166-2013.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8539/pl_167-2013.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8540/pl_168-2013.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8541/pl_169-2013.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8542/pl_170-2013.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8543/pl_171-2013.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8544/pl_172-2013.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8545/pl_173-2013.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8546/pl_174-2013.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8547/pl_175-2013.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8548/pl_176-2013.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8549/pl_177-2013.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8550/pl_178-2013.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8551/pl_179-2013.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8552/pl_180-2013.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8553/pl_181-2013.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8554/pl_182-2013.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8555/pl_183-2013.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8556/pl_184-2013.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8557/pl_185-2013.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8558/pl_186-2013.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8559/pl_187-2013.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8560/pl_188-2013.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8561/pl_189-2013.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8562/pl_190-2013.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8563/pl_191-2013.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8564/pl_192-2013.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8565/pl_193-2013.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8566/pl_194-2013.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8567/pl_195-2013.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8568/pl_196-2013.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8569/plo_n._197-2013.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8570/plo_n._198-2013.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8571/plo_n._199-2013.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8572/plo_n._200-2013.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8573/plo_n._201-2013.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8574/plo_n._202-2013.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8575/plo_n._203-2013.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8576/plo_n._204-2013.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8578/plo_n._207-2013.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8579/plo_n._208-2013.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8580/plo_n._209-2013.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8581/plo_n.210-2013.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8582/plo_n._211-2013.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8583/plo_n._212-2012.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8584/plo_n._213-2013.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8585/plo_n._214-2013.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8586/plo_n._215-2013.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8587/plo_216-2013.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8588/plo_217-2013.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8589/plo_218.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8590/plo_n.219-2013.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8591/plo_220-2013.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8592/plo_221-2013.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8593/plo_222-2013.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8594/plo_223-2013.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8595/plo_224-2013.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8596/plo_225-2013.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8597/plo_226-2013.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8598/plo_227-2013.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8599/plo_228-2013.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8600/plo_229-2013.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8601/pl_230-2013.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8602/pl231-2013.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8603/pl_232-2013.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3893/3893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3892/3892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3891/3891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3890/3890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3889/3889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3888/3888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3887/3887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3886/3886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3885/3885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3884/3884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3882/3882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3881/3881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3880/3880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3879/3879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3878/3878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3877/3877_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3876/3876_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3875/3875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3874/3874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3873/3873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3872/3872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3871/3871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3870/3870_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3864/3864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3862/3862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3857/3857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3855/3855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3853/3853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3851/3851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3842/3842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3841/3841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3840/3840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3835/3835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3833/3833_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3831/3831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3830/3830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3827/3827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3826/3826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3824/3824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3820/3820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3818/3818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3797/3797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3792/3792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3791/3791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3789/3789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3787/3787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3786/3786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3782/3782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3778/3778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3775/3775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3769/3769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3768/3768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3767/3767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3766/3766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3760/3760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3759/3759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3758/3758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3757/3757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3756/3756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3755/3755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3751/3751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3750/3750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3748/3748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3737/3737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3735/3735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3733/3733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3731/3731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3728/3728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3725/3725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3721/3721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3717/3717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3713/3713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3712/3712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3711/3711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3710/3710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3708/3708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3707/3707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3706/3706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3705/3705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3704/3704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3703/3703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3701/3701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3700/3700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3699/3699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3698/3698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3697/3697_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3696/3696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3695/3695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3694/3694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3693/3693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3692/3692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3691/3691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3690/3690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3689/3689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3688/3688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3687/3687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3686/3686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3685/3685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3684/3684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3683/3683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3682/3682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3681/3681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3680/3680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3679/3679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3651/3651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3649/3649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3646/3646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3641/3641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3639/3639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3638/3638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3636/3636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3634/3634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3632/3632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3630/3630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3628/3628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3621/3621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3618/3618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3614/3614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3603/3603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3601/3601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3600/3600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3598/3598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3582/3582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3579/3579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3565/3565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3564/3564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3561/3561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3557/3557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3556/3556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3553/3553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3549/3549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3545/3545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3543/3543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3542/3542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3533/3533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3530/3530_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3528/3528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3522/3522_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3520/3520_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3517/3517_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3511/3511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3506/3506_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3507/3507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3495/3495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3492/3492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3488/3488_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3485/3485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3480/3480_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3479/3479_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3475/3475_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3471/3471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3448/3448_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3445/3445_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3441/3441_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3436/3436_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3431/3431_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3430/3430_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3428/3428_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3425/3425_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3422/3422_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3415/3415_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3411/3411_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3408/3408_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3403/3403_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3400/3400_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3398/3398_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12546/res001-2013.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12547/res002-2013.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12548/res003-2013.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12549/res004-2013.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12551/res006-2013.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12625/em001-2013.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12629/em002-2013.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12630/em003-2013.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12631/em004-2013.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12632/em005-2013.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12633/em006-2013.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12634/em007-2013.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12622/ea001-2013.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12623/ea002-2013.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12624/ea003-2013.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12635/es001-2013.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12636/es002-2013.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12637/es003-2013.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12626/lei_organica.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3816/3816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3814/3814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3813/3813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3812/3812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3811/3811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3810/3810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3809/3809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3808/3808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3807/3807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3806/3806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3805/3805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3804/3804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3803/3803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3802/3802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3801/3801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3800/3800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3799/3799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3798/3798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3796/3796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3795/3795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3794/3794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3793/3793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3790/3790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3788/3788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3785/3785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3784/3784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3783/3783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3781/3781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3780/3780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3779/3779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3777/3777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3776/3776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3774/3774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3773/3773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3772/3772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3770/3770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3765/3765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3764/3764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3763/3763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3762/3762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3761/3761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3754/3754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3752/3752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3749/3749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3747/3747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3746/3746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3745/3745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3744/3744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3743/3743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3742/3742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3741/3741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3740/3740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3739/3739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3738/3738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3734/3734_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3732/3732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3730/3730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3729/3729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3727/3727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3726/3726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3724/3724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3723/3723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3722/3722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3720/3720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3719/3719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3718/3718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3716/3716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3715/3715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3714/3714_texto_integral.jpeg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13707/001-2013.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13708/002-2013.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13709/003-2013.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13710/004-2013.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13711/005-2013.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13712/006-2013.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/13713/007-2013.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3669/3669_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3670/3670_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3671/3671_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3672/3672_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3673/3673_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3678/3678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3677/3677_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3676/3676_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3675/3675_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3674/3674_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3668/3668_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3667/3667_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3666/3666_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3665/3665_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3664/3664_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3663/3663_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3662/3662_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3661/3661_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3660/3660_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3659/3659_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3658/3658_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3657/3657_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3656/3656_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3655/3655_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3654/3654_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3653/3653_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3652/3652_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3650/3650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3648/3648_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3647/3647_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3645/3645_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3644/3644_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3643/3643_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3642/3642_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3640/3640_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3637/3637_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3635/3635_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3633/3633_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3631/3631_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3629/3629_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3627/3627_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3626/3626_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3625/3625_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3624/3624_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3623/3623_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3622/3622_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3620/3620_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3619/3619_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3617/3617_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3616/3616_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3615/3615_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3613/3613_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3612/3612_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3611/3611_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3610/3610_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3609/3609_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3608/3608_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3607/3607_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3606/3606_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3602/3602_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3599/3599_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3597/3597_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3596/3596_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3595/3595_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3594/3594_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3593/3593_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3592/3592_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3591/3591_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3590/3590_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3589/3589_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3588/3588_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3587/3587_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3586/3586_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3585/3585_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3584/3584_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3583/3583_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3581/3581_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3580/3580_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3578/3578_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3577/3577_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3576/3576_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3575/3575_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3574/3574_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3573/3573_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3572/3572_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3571/3571_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3570/3570_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3569/3569_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3568/3568_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3567/3567_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3566/3566_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3563/3563_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3562/3562_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3560/3560_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3559/3559_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3558/3558_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3555/3555_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3554/3554_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3552/3552_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3551/3551_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3550/3550_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3548/3548_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3547/3547_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3546/3546_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3544/3544_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3541/3541_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3540/3540_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3539/3539_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3538/3538_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3537/3537_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3536/3536_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3535/3535_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3534/3534_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3532/3532_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3531/3531_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3529/3529_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3527/3527_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3526/3526_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3525/3525_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3524/3524_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3523/3523_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3521/3521_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3519/3519_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3518/3518_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3516/3516_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3514/3514_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3513/3513_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3512/3512_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3510/3510_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3509/3509_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3508/3508_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3505/3505_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3504/3504_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3503/3503_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3502/3502_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3501/3501_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3500/3500_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3499/3499_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3498/3498_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3497/3497_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3496/3496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3494/3494_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3493/3493_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3491/3491_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3490/3490_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3489/3489_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3487/3487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3486/3486_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3484/3484_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3483/3483_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3482/3482_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3478/3478_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3477/3477_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3476/3476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3474/3474_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3473/3473_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3472/3472_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3470/3470_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3469/3469_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3468/3468_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3467/3467_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3466/3466_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3465/3465_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3464/3464_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3463/3463_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3462/3462_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3461/3461_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3460/3460_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3459/3459_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3458/3458_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3456/3456_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3455/3455_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3454/3454_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3453/3453_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3452/3452_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3451/3451_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3450/3450_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3449/3449_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3447/3447_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3446/3446_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3444/3444_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3443/3443_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3442/3442_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3440/3440_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3439/3439_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3438/3438_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3435/3435_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3434/3434_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3433/3433_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3429/3429_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3427/3427_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3426/3426_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3424/3424_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3423/3423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3421/3421_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3420/3420_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3419/3419_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3418/3418_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3417/3417_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3416/3416_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3414/3414_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3413/3413_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3412/3412_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3410/3410_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3409/3409_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3407/3407_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3406/3406_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3405/3405_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3404/3404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3402/3402_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3401/3401_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3399/3399_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3397/3397_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4182/4182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4181/4181_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4180/4180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4179/4179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4178/4178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4177/4177_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4176/4176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4175/4175_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4174/4174_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4173/4173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4172/4172_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4171/4171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4170/4170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4169/4169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4168/4168_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4167/4167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4166/4166_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4165/4165_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4164/4164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4163/4163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4162/4162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4161/4161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4160/4160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4159/4159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4158/4158_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4157/4157_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4156/4156_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4155/4155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4154/4154_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4153/4153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4152/4152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4151/4151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4150/4150_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4149/4149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4148/4148_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4147/4147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4146/4146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4145/4145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4144/4144_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4143/4143_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4142/4142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4141/4141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4140/4140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4139/4139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4138/4138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4137/4137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4136/4136_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4135/4135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4134/4134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4133/4133_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4132/4132_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4131/4131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4130/4130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4129/4129_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4128/4128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4127/4127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4126/4126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4125/4125_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4124/4124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4123/4123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4122/4122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4121/4121_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4120/4120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4119/4119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4118/4118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4117/4117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4116/4116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4115/4115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4114/4114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11687/pc_001-2013.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11688/pc_002-2013.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11689/pc_003-2013.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11690/pc_004-2013.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11691/pc_005-2013.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11692/pc_006-2013.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11693/pc_007-2013.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11695/pc_008-2013.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11696/pc_009-2013.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11698/pc_010-2013.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11699/pc_011-2013.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11700/pc_012-2013.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11702/pc_013-2013.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11703/pc_014-2013.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11704/pc_015-2013.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11707/pc_016-2013.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11709/pc_017-2013.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11711/pc_018-2013.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11714/pc_019-2013.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11716/pc_020-2013.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11717/pc_021-2013.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11719/pc_022-2013.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11720/pc_023-2013.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11721/pc_024-2013.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11722/pc_025-2013.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11723/pc_026-2013.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11724/pc_027-2013.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11725/pc_028-2013.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11726/pc_030-2013.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11727/pc_030-2013.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11728/pc_031-2013.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11729/pc_032-2013.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11730/pc_033-2013.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11731/pc_034-2013.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11732/pc_035-2013.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11733/pc_036-2013.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11734/pc_037-2013.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11735/pc_038-2013.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11736/pc_039-2013.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11737/pc_040-2013.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11738/pc_041-2013.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11739/pc_042-2013.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11740/pc_043-2013.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11741/pc_044-2013.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11748/pc_045-2013.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11749/pc_046-2013.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11750/pc_047-2013.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11751/pc_048-2013.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11752/pc_049-2013.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11753/pc_050-2013.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11754/pc_051-2013.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11755/pc_052-2013.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11757/pc_053-2013.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11759/pc_054-2013.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11760/pc_055-2013.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11762/pc_056-2013.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11764/pc_057-2013.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11767/pc_058-2013.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11768/pc_059-2013.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11770/pc_060-2013.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11771/pc_061-2013.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11772/pc_062-2013.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11777/pc_063-2013.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11780/pc_064-2013.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11782/pc_065-2013.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11785/pc_066-2013.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11787/pc_067-2013.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11788/pc_068-2013.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11789/pc_069-2013.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11790/pc_070-2013.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11791/pc_071-2013.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11792/pc_072-2013.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11793/pc_073-2013.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11794/pc_074-2013.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11795/pc_075-2013.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11796/pc_076-2013.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11797/pc_077-2013.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11798/pc_078-2013.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11799/pc_079-2013.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11800/pc_080-2013.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11801/pc_081-2013.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11802/pc_082-2013.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11803/pc_083-2013.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11804/pc_084-2013.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11805/pc_085-2013.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11807/pc_086-2013.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11808/pc_087-2013.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11810/pc_088-2013.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11812/pc_089-2013.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11814/pc_090-2013.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11817/pc_091-2013.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11823/pc_092-2013.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11824/pc_093-2013.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11825/pc_094-2013.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11826/pc_095-2013.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11827/pc_096-2013.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11828/pc_097-2013.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11829/pc_098-2013.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11830/pc_099-2013.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11831/pc_100-2013.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11832/pc_101-2013.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11833/pc_102-2013.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11834/pc_103-2013.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11835/pc_104-2013.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11836/pc_105-2013.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11837/pc_106-2013.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11838/pc_107-2013.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11839/pc_108-2013.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11840/pc_109-2013.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11841/pc_110-2013.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11842/pc_111-2013.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11843/pc_112-2013.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11845/pc_113-2013.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11847/pc_114-2013.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11848/pc_115-2013.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11865/pc_116-2013.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11867/pc_117-2013.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11869/pc_118-2013.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11871/pc_119-2013.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11872/pc_120-2013.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11873/pc_121-2013.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11874/pc_122-2013.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11875/pc_123-2013.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11876/pc_124-2013.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11877/pc_125-2013.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11878/pc_126-2013.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11879/pc_127-2013.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11880/pc_128-2013.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11881/pc_129-2013.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11882/pc_130-2013.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11883/pc_131-2013.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11884/pc_132-2013.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11885/pc_133-2013.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11886/pc_134-2013.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11887/pc_135-2013.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11888/pc_136-2013.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11889/pc_137-2013.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11890/pc_138-2013.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11891/pc_139-2013.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11892/pc_140-2013.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11893/pc_141-2013.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11894/pc_142-2013.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11895/pc_143-2013.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11896/pc_144-2013.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11897/pc_145-2013.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11898/pc_146-2013.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/11899/pc_147-2013.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4033/4033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4031/4031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4030/4030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4027/4027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4023/4023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4019/4019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4017/4017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4015/4015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4013/4013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4011/4011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4008/4008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4006/4006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4003/4003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4002/4002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/4001/4001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3998/3998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3997/3997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3995/3995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3993/3993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3992/3992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3990/3990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3989/3989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3987/3987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3985/3985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3984/3984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3983/3983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3982/3982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3981/3981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3979/3979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3978/3978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3977/3977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3973/3973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3971/3971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3969/3969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3967/3967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3966/3966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3965/3965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3963/3963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3960/3960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3958/3958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3961/3961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3955/3955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3954/3954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3952/3952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3951/3951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3949/3949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3948/3948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3946/3946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3945/3945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3943/3943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3942/3942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3941/3941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3940/3940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3939/3939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3938/3938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3937/3937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3935/3935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3934/3934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3933/3933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3932/3932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3931/3931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3930/3930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3929/3929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3928/3928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3927/3927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3926/3926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3925/3925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3924/3924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3923/3923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3922/3922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3921/3921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3920/3920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3919/3919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3918/3918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3917/3917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3916/3916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3915/3915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3914/3914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3913/3913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3912/3912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3911/3911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3910/3910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3909/3909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3908/3908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3907/3907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3906/3906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3905/3905_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3904/3904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3903/3903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3901/3901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3899/3899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3898/3898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3897/3897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3896/3896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3895/3895_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3894/3894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8473/101-2013.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8474/102-2013.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8475/103-2013.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8476/104-2013.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8477/106-2013.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8478/108-2013.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8479/109-2013.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8480/110-2013.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8481/111-2013.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8482/112-2013.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8483/113-2013.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8484/114-2013.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8485/115-2013.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8486/116-2013.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8487/117-2013.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8488/118-2013.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8489/119-2013.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8490/120-2013.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8491/121-2013.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8492/122-2013.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8493/123-2013.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8494/124-2013.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8495/125-2013.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8496/126-2013.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8497/127-2013.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8500/128-2013.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8501/129-2013.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8502/130-2013.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8503/131-2013.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8504/132-2013.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8505/133-2013.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8506/134-2013.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8507/135-2013.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8508/136-2013.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8509/137-2013.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8510/138-2013.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8511/139-2013.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8512/140-2013.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8513/pl_141-2013.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8514/pl_142-2013.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8515/pl_143-2013.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8516/pl_144-2013.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8517/pl_145-2013.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8518/pl_146-2013.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8519/pl_147-2013.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8520/pl_148-2013.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8521/pl_149-2013.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8522/pl_150-2013.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8523/pl_151-2013.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8524/pl_152-2013.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8525/pl_153-2013.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8526/pl_154-2013.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8527/pl_155-2013.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8528/pl_156-2013.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8529/pl_157-2013.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8530/pl_158-2013.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8531/pl_159-2013.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8532/pl_160-2013.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8533/pl_161-2013.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8534/pl_162-2013.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8535/pl_163-2013.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8536/pl_164-2013.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8537/pl_165-2013.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8538/pl_166-2013.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8539/pl_167-2013.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8540/pl_168-2013.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8541/pl_169-2013.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8542/pl_170-2013.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8543/pl_171-2013.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8544/pl_172-2013.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8545/pl_173-2013.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8546/pl_174-2013.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8547/pl_175-2013.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8548/pl_176-2013.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8549/pl_177-2013.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8550/pl_178-2013.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8551/pl_179-2013.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8552/pl_180-2013.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8553/pl_181-2013.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8554/pl_182-2013.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8555/pl_183-2013.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8556/pl_184-2013.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8557/pl_185-2013.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8558/pl_186-2013.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8559/pl_187-2013.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8560/pl_188-2013.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8561/pl_189-2013.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8562/pl_190-2013.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8563/pl_191-2013.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8564/pl_192-2013.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8565/pl_193-2013.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8566/pl_194-2013.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8567/pl_195-2013.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8568/pl_196-2013.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8569/plo_n._197-2013.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8570/plo_n._198-2013.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8571/plo_n._199-2013.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8572/plo_n._200-2013.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8573/plo_n._201-2013.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8574/plo_n._202-2013.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8575/plo_n._203-2013.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8576/plo_n._204-2013.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8578/plo_n._207-2013.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8579/plo_n._208-2013.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8580/plo_n._209-2013.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8581/plo_n.210-2013.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8582/plo_n._211-2013.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8583/plo_n._212-2012.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8584/plo_n._213-2013.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8585/plo_n._214-2013.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8586/plo_n._215-2013.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8587/plo_216-2013.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8588/plo_217-2013.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8589/plo_218.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8590/plo_n.219-2013.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8591/plo_220-2013.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8592/plo_221-2013.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8593/plo_222-2013.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8594/plo_223-2013.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8595/plo_224-2013.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8596/plo_225-2013.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8597/plo_226-2013.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8598/plo_227-2013.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8599/plo_228-2013.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8600/plo_229-2013.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8601/pl_230-2013.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8602/pl231-2013.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/8603/pl_232-2013.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/1479/1479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3893/3893_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3892/3892_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3891/3891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3890/3890_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3889/3889_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3888/3888_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3887/3887_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3886/3886_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3885/3885_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3884/3884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3882/3882_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3881/3881_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3880/3880_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3879/3879_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3878/3878_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3877/3877_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3876/3876_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3875/3875_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3874/3874_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3873/3873_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3872/3872_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3871/3871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3870/3870_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3864/3864_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3862/3862_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3857/3857_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3855/3855_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3853/3853_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3851/3851_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3842/3842_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3841/3841_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3840/3840_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3835/3835_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3833/3833_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3831/3831_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3830/3830_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3827/3827_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3826/3826_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3824/3824_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3822/3822_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3820/3820_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3818/3818_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3797/3797_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3792/3792_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3791/3791_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3789/3789_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3787/3787_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3786/3786_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3782/3782_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3778/3778_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3775/3775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3771/3771_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3769/3769_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3768/3768_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3767/3767_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3766/3766_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3760/3760_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3759/3759_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3758/3758_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3757/3757_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3756/3756_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3755/3755_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3753/3753_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3751/3751_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3750/3750_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3748/3748_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3737/3737_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3735/3735_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3733/3733_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3731/3731_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3728/3728_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3725/3725_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3721/3721_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3717/3717_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3713/3713_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3712/3712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3711/3711_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3710/3710_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3709/3709_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3708/3708_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3707/3707_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3706/3706_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3705/3705_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3704/3704_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3703/3703_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3702/3702_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3701/3701_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3700/3700_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3699/3699_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3698/3698_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3697/3697_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3696/3696_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3695/3695_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3694/3694_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3693/3693_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3692/3692_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3691/3691_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3690/3690_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3689/3689_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3688/3688_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3687/3687_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3686/3686_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3685/3685_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3684/3684_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3683/3683_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3682/3682_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3681/3681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3680/3680_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3679/3679_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3651/3651_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3649/3649_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3646/3646_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3641/3641_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3639/3639_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3638/3638_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3636/3636_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3634/3634_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3632/3632_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3630/3630_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3628/3628_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3621/3621_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3618/3618_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3614/3614_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3605/3605_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3604/3604_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3603/3603_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3601/3601_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3600/3600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3598/3598_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3582/3582_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3579/3579_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3565/3565_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3564/3564_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3561/3561_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3557/3557_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3556/3556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3553/3553_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3549/3549_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3545/3545_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3543/3543_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3542/3542_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3533/3533_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3530/3530_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3528/3528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3522/3522_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3520/3520_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3517/3517_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3511/3511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3506/3506_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3507/3507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3495/3495_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3492/3492_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3488/3488_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3485/3485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3481/3481_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3480/3480_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3479/3479_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3475/3475_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3471/3471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3457/3457_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3448/3448_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3445/3445_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3441/3441_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3436/3436_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3432/3432_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3431/3431_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3430/3430_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3428/3428_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3425/3425_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3422/3422_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3415/3415_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3411/3411_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3408/3408_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3403/3403_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3400/3400_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3398/3398_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12546/res001-2013.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12547/res002-2013.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12548/res003-2013.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12549/res004-2013.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12551/res006-2013.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12625/em001-2013.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12629/em002-2013.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12630/em003-2013.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12631/em004-2013.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12632/em005-2013.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12633/em006-2013.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12634/em007-2013.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12622/ea001-2013.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12623/ea002-2013.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12624/ea003-2013.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12635/es001-2013.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12636/es002-2013.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12637/es003-2013.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2013/12626/lei_organica.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3816/3816_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3815/3815_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3814/3814_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3813/3813_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3812/3812_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3811/3811_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3810/3810_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3809/3809_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3808/3808_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3807/3807_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3806/3806_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3805/3805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3804/3804_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3803/3803_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3802/3802_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3801/3801_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3800/3800_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3799/3799_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3798/3798_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3796/3796_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3795/3795_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3794/3794_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3793/3793_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3790/3790_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3788/3788_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3785/3785_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3784/3784_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3783/3783_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3781/3781_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3780/3780_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3779/3779_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3777/3777_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3776/3776_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3774/3774_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3773/3773_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3772/3772_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3770/3770_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3765/3765_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3764/3764_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3763/3763_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3762/3762_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3761/3761_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3754/3754_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3752/3752_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3749/3749_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3747/3747_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3746/3746_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3745/3745_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3744/3744_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3743/3743_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3742/3742_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3741/3741_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3740/3740_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3739/3739_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3738/3738_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3734/3734_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3732/3732_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3730/3730_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3729/3729_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3727/3727_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3726/3726_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3724/3724_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3723/3723_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3722/3722_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3720/3720_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3719/3719_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3718/3718_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3716/3716_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3715/3715_texto_integral.jpeg" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2013/3714/3714_texto_integral.jpeg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H934"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="194" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>