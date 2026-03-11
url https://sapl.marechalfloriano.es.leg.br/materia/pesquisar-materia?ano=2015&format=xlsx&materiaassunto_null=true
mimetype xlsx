--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,5656 +54,5656 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13722</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13722/001-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13722/001-2015.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACULTATIVO´´.</t>
   </si>
   <si>
     <t>13723</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13723/002-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13723/002-2015.pdf</t>
   </si>
   <si>
     <t>´´ DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO- ES, REFERENTE AO EXERCÍCIO DE 2009 ´´´.</t>
   </si>
   <si>
     <t>13724</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13724/003-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13724/003-2015.pdf</t>
   </si>
   <si>
     <t>´´ DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO- ES, REFERENTE AO EXERCÍCIO DE 2011``.</t>
   </si>
   <si>
     <t>13725</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13725/004-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13725/004-2015.pdf</t>
   </si>
   <si>
     <t>´´DECRETA PONTO FACULTATIVO ``.</t>
   </si>
   <si>
     <t>13726</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13726/005-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13726/005-2015.pdf</t>
   </si>
   <si>
     <t>´´ DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCO DE 20213``.</t>
   </si>
   <si>
     <t>13727</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13727/006-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13727/006-2015.pdf</t>
   </si>
   <si>
     <t>´´ DECRETA PONTO FACULTATIVO``.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO TAPA-BURACOS NA RODOVIA FRANCISCO STOCKL-SANTA MARIA</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DA PLACA DE DENOMINAÇÃO DA QUADRA POPULARMENTE CONHECIDA COMO CENTRO DE EDUCAÇÃO FÍSICA "FAUSTINO SANTA CLARA" LOCALIZADA EM MORRO BAIXO-BOM JESUS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DA RODOVIA JOÃO BATISTA KLEIN QUE INTERLIGA A BR 262 A COMUNIDADE CABOCLA- SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ROÇAGEM E LIMPEZA DAS MARGENS DOS CÓRREGOS LOCALIZADOS NA SEDE DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA E ABERTURA DE MAIS UM METRO E MEIO DA ESTRADA QUE COMPREENDE O PERCURSO DA ANTIGA FÁBRICA DO DAMIÃO ATÉ O CLUBE RECREATIVO DO JOÃO STEIN.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRIMENTO DA LEI MUNICIPAL Nº 899/2009 QUE "AUTORIZA A CRIAÇÃO DO PROGRAMA CORPO DE BOMBEIROS VOLUNTÁRIOS E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 CUMPRIMENTO DA LEI MUNICIPAL Nº 740/2007 QUE "IMPLANTA EM TODO MUNICÍPIO A REDE DE COLETA E ARMAZENAMENTO DE ÁGUA DA CHUVA". </t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Alcino Diniz</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSIDERANDO QUE NO EXERCÍCIO DE 2013, OS MORADORES DA RUA RITA HAND ARAUJO, LOCALIZADA PRÓXIMA A RESIDÊNCIA DO SENHOR HUMBERTO CURBANI, PROTOCOLARAM EM DATA DE 16/12/2013, SOB O Nº 11164 UMA SOLICITAÇÃO REQUERENDO A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA ATRAVÉS DE SOMENTE UMA LUMINÁRIA PARA ATENDER TODOS OS MORADORES. OCORRE QUE MAIS DE 12 MESES SE PASSARAM E O SERVIÇO AINDA NÃO FOI REALIZADO, NEM SE QUER UMA RESPOSTA FOI REALIZADO REFERENTE AO REQUERIMENTO. </t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DO CALÇAMENTO E DRENAGEM NA RUA ARISTEU HULLE, VISTO QUE A MESMA NÃO É CALÇADA E NÃO RECEBE SERVIÇOS DE CAPINA E LIMPEZA.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REALIZAÇÃO DE UMA LIMPEZA EM AMBOS CÓRREGOS, PROVIDENCIANDO A ROÇAGEM DA VEGETAÇÃO E RETIRADA DO LIXO ACUMULO NAS MARGENS DOS CÓRREGOS DO MUNICÍPIO            DE MARECHAL FLORIANO. E INSTALAÇÃO DE MAIS 04 LIXEIRAS NA COMUNIDADE DE SOÍDO DE BAIXO TENDO EM VISTA QUE A ÚNICA LIXEIRA INSTALADA, NÃO E SUFICIENTE PARA ATENDER TODA A DEMANDA. _x000D_
 </t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS ATRAVÉS DE PAVIMENTAÇÃO ASFÁLTICA, INSTALAÇÃO DE CALHAS PARA CAPTAÇÃO DAS ÁGUAS DA CHUVA CONSTRUÇÃO DE BUEIROS PARA A SUBIDA DO CONDOMÍNIO CONHECIDO COMO DO SENHOR JERÔNIMO DOS SANTOS, LOCALIZADO EM ANEXO A BR 262, APÓS A COMUNIDADE DE ALTO MARECHAL.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DO VALÃO NAS PROXIMIDADES DO PÁTIO DA ITALEMANHA, QUE ENCONTRA-SE  TOTALMENTE ESQUECIDO NO QUE DIZ RESPEITO À LIMPEZA E ROÇAGEM DAS MARGENS, POIS HÁ MUITO TEMPO A PREFEITURA NÃO PROVIDENCIA A REALIZAÇÃO DESTES SERVIÇOS._x000D_
 </t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>TROCA DA AREIA DOS CAMPOS E PARQUINHO, LOCALIZADOS NA AVENIDA ARTHUR HAESE, BEM COMO A MELHORIA DA ILUMINAÇÃO E MANUTENÇÃO DE REPAROS GERAIS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA O PATROLAMENTO E CASCALHAMENTO DE ESTRADAS NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO EM TODO O TREVO DO POSTO DO CAFÉ O COMERCIO DO SENHOR GENÉSIO STEIN, BEM COMO A POSSIBILIDADE DE CONSTRUÇÃO DE UMA GUARITA DA POLÍCIA MILITAR NAS MEDIAÇÕES DO REFERIDO TREVO.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCESSÃO DE AMBULÂNCIA PARA PERMANECER NA LOCALIDADE DE VICTOR HUGO PARA ATENDER TODA A COMUNIDADE E ADJACÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A SECRETARIA DE OBRA TOME PROVIDÊNCIAS VIABILIZANDO MELHORIAS NO ACESSO AOS TÚMULOS DO CEMITÉRIO PÚBLICO MUNICIPAL RECANTO DA PAZ, LOCALIZADO PRÓXIMO AO CAMPO APOLLO, NESTA CIDADE. </t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DE LIMPEZA GERAL, PATROLAMENTO, CASCALHAMENTO E MANUTENÇÃO DAS ESTRADAS DE ALTO SANTA MARIA, SANTA MARIA E NA ESTRADA QUE DA ACESSO À RESIDENCIA DO SR. LEONILDO KLIPPEL, EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM POSTO DOS CORREIOS E A REFORMA DA QUADRA DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR VAGAS DE ESTACIONAMENTO E QUE A RUA EMÍLIO GUSTAVO HULLE SEJA TRANSFORMADA  EM MÃO UNICA.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A INSTALAÇÃO DE TORRE DE TELEFONIA MÓVEL E INTERNET 3G NA COMUNIDADE DE VICTOR HUGO. </t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DA ESCOLA DE VICTOR HUGO, VISANDO MELHOR SEGURANÇA AOS ALUNOS E TODO O CORPO DOCENTE DA MESMA.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ASFALTAMENTO DA ESTRADA QUE DÁ ACESSO AO CÓRREGO DO OURO, BEM COMO SISTEMA DE TRATAMENTO DE ÁGUA PARA A LOCALIDADE.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE O RETORNO DE ATENDIMENTO ODONTOLÓGICO E POLICIAMENTO PARA A COMUNIDADE DE VICTOR HUGO. </t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO À MARGEM DA BR 262, EM VICTO HUGO, INDICANDO O REFERIDO DISTRITO, BEM COM, PROVIDENCIAR O CALÇAMENTO DA IGREJA ATÉ A ESCOLA DESTA LOCALIDADE. </t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>DAVI, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMPO BOM DE BOLA PARA A COMUNIDADE DE BOM JESUS E PARA O DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL A INSTITUIÇÃO DO PROGRAMA MENOR APRENDIZ.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE UMA PRAÇA SAUDÁVEL PARA A COMUNIDADE DE VICTOR HUGO, DESTINADO A PRÁTICA DE ESPORTES E LAZER. </t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA GALERIA PARA CAPITAR AS ÁGUAS PLUVIAIS NA RUA PRINCIPAL DA COMUNIDADE DE ALTO NOVA ALMEIDA._x000D_
 INDICA AINDA A CONSTRUÇÃO DE DIVERSAS CAIXAS SECAS NAS ESTRADAS DO INTERIOR DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>REPAROS E MANUTENÇÃO NO GESSO DO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SERVIÇO DE PODA DAS ÁRVORES LOCALIZADAS ÀS MARGENS DA BR 262, EM FRENTE A GARAGEM DA PREFEITURA._x000D_
 RETIRADA DE MURO E LIMPEZA DE APROXIMADAMENTE 30 METROS NA RUA ALVINO WASSEM._x000D_
 INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA RODOVIA CORIOLANO GUILHERME STEIN- BOA ESPERANÇA. </t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>DAVI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A SECRETARIA MUNICIPAL DE EDUCAÇÃO, PASSE INSERIR NO ENSINO FUNDAMENTAL A PARTIR DA 5ª SÉRIE A DISCIPLINA SOBRE NOÇÕES DE EDUCAÇÃO FINANCEIRA. </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL DE MARECHAL FLORIANO, PROVIDÊNCIA PARA O EXERCÍCIO DE 2015, O RETORNO DA INSTITUIÇÃO DO ORÇAMENTO PARTICIPATIVO.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR APOIO FINANCEIRO PARA AS ESCOLINHAS DE FUTEBOL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A IMPLANTAÇÃO URGENTE DO SISTEMA UNIFICADO ESTADUAL DE SANIDADE AGROINDUSTRIAL FAMILIAR DE PEQUENO </t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO VIABILIZE UMA REFORMULAÇÃO DO CÓDIGO DE POSTURA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS E AMPLIAÇÃO DA PRAÇA LOCALIZADA PRÓXIMA A ESTAÇÃO FERROVIÁRIA DE ARAGUAIA.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UMA AMBULÂNCIA PARA PERMANECER NA LOCALIDADE DE ARAGUAIA DURANTE 24 HORAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONTRATAÇÃO DE DENTISTA E AUXILIAR DE DENTISTA PARA ATENDER NO DISTRITO DE ARAGUAIA, E VIABILIZAR SERVIÇO DE MANUTENÇÃO DO CONSULTÓRIO ODONTOLÓGICO. </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANTER AS RUAS E ESTRADAS EM BOAS CONDIÇÕES DE TRAFEGABILIDADE É FUNDAMENTAL PARA GARANTIR A SEGURANÇA DOS CONDUTORES VEÍCULOS E PRINCIPALMENTE DE PEDESTRES.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, PROVIDÊNCIE  O TÉRMINO DA QUADRA EXPORTIVA DO DISTRITO DE ARAGUAIA. </t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>A INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL, NO SENTIDO DA INTERVENÇÃO JUNTO AO DNIT E A POLICIA RODOVIÁRIA  FEDERAL, NO SENTIDO DE CONCEDER AUTORIZAÇÃO PARA A REMOÇÃO DA GUARITA, LOCALIZADA PRÓXIMO AO BAIRRO PONTO FRIO.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A MANUTENÇÃO DAS ESTRADAS RURAIS BEM COMO CONSTRUÇÃO DE CAIXAS SECAS NAS VIAS UTILIZADAS PELOS PRODUTORES DOS DISTRITOS DE SANTA MARIA E ARAGUAIA. </t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.rar</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE EM NOSSO MUNICÍPIO FORAM SANCIONADAS NO DECORRE DOS ANOS DIVERSAS LEIS  MUNICIPAIS QUE CONCEDEM BENEFÍCIOS AO PRODUTOR RURAL, VISANDO AUXILIÁ-LO NO SEU TRABALHO DIÁRIO.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PREFEITO MUNICIPAL JUNTO COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, PROVIDENCIEM UM PLANEJAMENTO PARA QUE ESTES PROFISSIONAIS POSSAM SER AGRACIADOS COM A CONCESSÃO DO ABONO SALARIAL.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO VIABILIZE A CONCLUSÃO DA QUADRA DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER  EXECUTIVO VIABILIZE SERVIÇOS DE ILUMINAÇÃO E ÁGUA TRATADA, NA COMUNIDADE DE ALTO RIO FUNDO.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA COM INICIO NO COMERCIO DO SORRISO EM RIO FUNDO E TÉRMINO NA CAFEEIRA STOCKL, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NA ESTRADA DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A LIMPEZA DO RIO JUCU BRAÇO SUL.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE DOIS REFLETORES NA GRUTA LOCALIZADA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA PARA AS RUAS DO BAIRRO SANTA RITA. </t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO OU PAVIMENTAÇÃO ASFÁLTICA PARA UMA ÁREA LOCALIZADA AO LADO DA CAPELA MORTUÁRIA  E EM FRENTE A PESTALOZZI.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>PROVIDENCIAR A ABERTURA DA ESTRADA GIUZEPPE DE NADAI, REMOVENDO PARTE DE UM BARRANCO, LOCALIZADO ANTES DA ÁREA DE LAZER DO SENHOR JOÃO STEIN, PRÓXIMO A POUSADA DO SENHOR  VANDERLEI.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A NECESSIDADE DE OFERECER MANUTENÇÃO NAS ESTRADAS DO MUNICÍPIO, VENHO SOLICITAR O PATROLAMENTO E CASCALHAMENTO DAS ESTRADAS DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE QUEBRA MOLAS OU REDUTOR DE VELOCIDADE NAS SEGUINTES LOCALIDADES:_x000D_
 EM FRENTE AO PORTÃO DO COLÉGIO INTEGRAÇÃO;_x000D_
 MORRO DA MACEFEL EM FRENTE AO LAVA JATO;_x000D_
 EM FRENTE AO COMERCIO/BAR DA TEREZA;_x000D_
 DAR DO SORRISO, VILA DE RIO FUNDO.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DA VALA LOCALIZADA PRÓXIMO AO PATIO DA ITALEMANHA, PARALELO A EMPRESA MARECHAL CASAS E DEMAIS COMÉRCIOS. </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS COM OS DIZERES "ANIMAIS SILVESTRES" NO PERCURSO DAS PROXIMIDADES DA CAFEEIRA STOCKL ATE A IGREJA SANTO ANTONIO, NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MELHORIAS NO BANHEIRO PÚBLICO DA RODOVIÁRIA DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE POSTES COM LUMINÁRIA NO TRECHO ENTRE O COMÉRCIO DO SR. DARCY LITTIG ATÉ AS RESIDENCIAS APÓS O CAMPO DE FUTEBOL EM RIO FUNDO. </t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRADA DE RIO FUNDO (ROÇAGEM E TAPA BURACOS)</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO VIABILIZE SERVIÇOS DE ÁGUA TRATADA PARA A COMUNIDADE DE RIO FUNDO,BEM COMO, CONSTRUÇÃO DE UM GINÁSIO DE ESPORTE, ABRIGOS DE ÔNIBUS E SALA DE REUNIÃO EMBAIXO DO POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A INSTALAÇÃO DE TORRE DE TORRE DE TELEFONIA MÓVEL NA COMUNIDADE DE RIO FUNDO. </t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA NOVA ESCOLA NA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA CONSTRUÍDO E EQUIPADO UM AUDITÓRIO, UMA SALA DE INCLUSÃO DIGITAL E UMA BIBLIOTECA EMBAIXO DA UNIDADE DE SAÚDE DE RIO FUNDO. </t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/101/estado_do_espirito_santo.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/101/estado_do_espirito_santo.pdf</t>
   </si>
   <si>
     <t>QUE SEJA FEITO EXAME DE PRÓSTATA, DISPONIBILIZAÇÃO DE  PROFISSIONAL DAS ÁREAS DE CARDIOLOGIA, GINECOLOGIA E PEDIATRIA E TROCA DE DOS EQUIPAMENTOS ODONTOLÓGICOS E CONTRATAÇÃO DE DENTISTAS, PARA AS UNIDADES DE SAÚDE DO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8673</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8673/629-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8673/629-2015.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE CAIXAS SECAS NAS ESTRADAS DA COMUNIDADE DE RIO FUNDO._x000D_
 INDICA AINDA A CONCESSÃO DE ESCÓRIAS PARA MELHORAR A CONDIÇÃO DA ESTRADA PRINCIPAL DE RIO FUNDO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LIXEIRAS METÁLICAS  EM DIVERSOS PONTOS DA ESTRADA PRINCIPAL DE RIO FUNDO.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE DOIS QUEBA MOLAS NAS PROXIMIDADES DO ZOO PARK, LOCALIZADO EM RIO FUNDO.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE CICLOVIAS COM PARCERIA DO GOVERNO DO ESTADO, NA SEDE E INTERIOR DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE CORRIMÃO NA PONTE DA COMUNIDADE DE VILA SCHUNCK.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE UMA CAPELA MORTUÁRIA NO DISTRITO DE ARAGUAIA. </t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTENSÃO DA REDE ELÉTRICA COM INSTALAÇÃO DE POSTES E LUMINÁRIAS, EM BOM JESUS. </t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DESLOCAMENTO DE UM SERVIDOR DA SECRETARIA DE OBRAS PARA MANUTENÇÃO E LIMPEZA DIÁRIA E LIBERAÇÃO DOS RECURSOS DA OBRA DE CALÇAMENTO EM BOM JESUS.   </t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">ESTUDOS VIABILIZANDO O ENVIO DE UM PROJETO DE LEI PARA A CÂMARA  MUNICIPAL, PARA A CONCESSÃO DE GRATIFICAÇÃO POR PRODUTIVIDADE AOS AGENTES COMUNITÁRIO DE SAÚDE E COMBATE ENDEMIAS.    </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OPERAÇÃO TAPA BURACOS NA RUA GUSTAVO HERTEL E PRÓXIMO AO DEPARTAMENTO DA POLICIA MILITAR NA CABECEIRA DA PONTE, NA SEDE DO MUNICÍPIO.   </t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DE PINTURA EM TODAS AS FAIXAS DE PEDESTRES NAS RUAS DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ILUMINAÇÃO PÚBLICA, COLOCANDO 04 POSTES COM LUMINÁRIA NA ESTRADA QUE DÁ ACESSO À COSTA PEREIRA.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AS ESCRITURAS PARA AS CASAS DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, BEM COMO DO CONJUNTO LOCALIZADO DEPOIS DO SUPERMERCADO BEM VINDO E TAMBÉM PARA AS PESSOAS QUE GANHARAM OS LOTES NA PARTE DE CIMA NO BAIRRO DE SANTA RITA.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NO ATENDIMENTO OFERECIDO PELOS AGENTES DE SAÚDE, BEM COMO AMPLIAÇÃO E INTENSIFICAÇÃO DO MESMO NAS DIVISAS DE BOM JESUS.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA E AMPLIAÇÃO DA ESCOLA DE BOM JESUS.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR CONSTRUÇÃO DE ABRIGOS DE ÔNIBUS NO PERCURSO ONDE O ÔNIBUS PASSARÁ. </t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>DAR CONTINUIDADE NO ASFALTAMENTO DA QUINTA DOS LAGOS.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENTRO DAS POSSIBILIDADES, VIABILIZAR MUDANÇAS NO ATENDIMENTO DA NOVA UNIDADE DE SAÚDE DE BOM JESUS.  </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UM CAMPO DE BOLA PARA A COMUNIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE TORRES DE TELEFONIA MÓVEL NAS COMUNIDADES DO INTERIOR DO MUNICÍPIO </t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA NA ESTRADA QUE LIGA A SEDE DO MUNICÍPIO À LOCALIDADE DE BOM JESUS. </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTAÇÃO DE MECANISMOS DE ACESSO A INTERNET WI-FI LIVRE E GRATUITA NA COMUNIDADE DE BOM JESUS. </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ATENÇÃO DA SECRETARIA MUNICIPAL DE SAÚDE INERENTE À COMUNIDADE DE BOM JESUS, NO QUE TANGE AO COMPARECIMENTO E FREQUÊNCIA DO MÉDICO ACESSIBILIDADE AOS MEDICAMENTOS E ATENDIMENTO ODONTOLÓGICO QUE INCLUSIVE ENCONTRA-SE PARALISADO.  </t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A, CERCA DE OITO MESES SOLICITAMOS JUNTO AO PREFEITO MUNICIPAL A NECESSIDADE DE CONSTRUIR DIVERSAS CAIXAS SECAS E BUEIROS NA COMUNIDADE DE BOM JESUS E COSTA PEREIRA.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A ÁREA DESIGNADA PARA O CEMITÉRIO DO DISTRITO DE ARAGUAIA NÃO ESTA SUPORTANDO A DEMANDA NECESSÁRIA, VENHO SOLICITAR QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A AQUISIÇÃO DE UMA ÁREA PARALELA AO CEMITÉRIO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AGILIZAR A CONCLUSÃO DA REFORMA DO CAMPO BOM DE BOLA, LOCALIZADO ATRAS DA ASSOCIAÇÃO PESTALOZZI DE MARECHAL FLORIANO._x000D_
 ROÇAGEM DA ESTRADA VELHA DE SOÍDO DE BAIXO. </t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA NOVA UNIDADE DE SAÚDE NA COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR INSTALAÇÃO DE UM QUEBA-MOLAS ENTRE A RESIDÊNCIA DO SR. ÂNGELO ULIANA E SR. ISNÁ DE PAULA, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR  DESLOCAMENTO DA TORRE DE CELULAR DE ARAGUAIA.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/131/131_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER TODA A PARTE ELÉTRICA DA SALA DE INFORMATICA DA ESCOLA MORRO BAIXO, EM BOM JESUS.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR O SERVIÇO DE TAPA-BURACOS EM CARÁTER DE URGÊNCIA EM TODAS AS RUAS DE MARECHAL FLORIANO.  </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A CONSTRUÇÃO DE CAPELA MORTUÁRIA NO CEMITÉRIO MUNICIPAL "RECANTO DA PAZ", LOCALIZADO PRÓXIMO AO CAMPO DO APOLLO. </t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Cabral, DAVI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VISANDO PROPORCIONAR MELHOR ACESSIBILIDADE A CADEIRANTES E IDOSOS, SOLICITO A MANUTENÇÃO NAS CABECEIRAS DE ACESSO A PASSARELA DA PONTE JACINTO TAQUETE._x000D_
 E A REALIZAÇÃO DE VISTORIA EM TODAS AS CALÇADAS DO MUNICÍPIO.   </t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DAS MARGENS DO RIO JUCU.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR AMPLIAÇÃO DO CENTRO MUNICIPAL  DE EDUCAÇÃO INFANTIL MARIA KNIDEL LUBE, NO DISTRITO DE SANTA MARIA E QUE SEJA IMPLANTADO UM BERÇÁRIO NO MESMO. </t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR CONSTRUÇÃO DA PONTE LOCALIZADA AO LADO DO SISTEMA PRÓ-ÁGUA NA BAIXADA, EM SANTA MARIA._x000D_
 VIABILIZAR SERVIÇO DE SANEAMENTO OU INSTALAÇÃO DE DE FOSSAS SÉPTICAS NA VILA DOS IPÊS, CONHECIDA POPULARMENTE COMO BAIXADA DO SR. JOVENTINO BUSATO. </t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A CONTRATAÇÃO DE DENTISTA, BEM COMO A AQUISIÇÃO DE CONSULTÓRIO ODONTOLÓGICO, EM SANTA MARIA.  </t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>DAVI, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA O TÉRMINO E AGILIDADE NOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA DA RODOVIA JOSÉ HUBER. </t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DA REDE DE ILUMINAÇÃO PÚBLICA DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A LIMPEZA E ROÇAGEM DO CÓRREGO ARAGUAIA. </t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A CONTINUIDADE NA PAVIMENTAÇÃO ASFÁLTICA DA RODOVIA RODOLFO KROHLING EM SANTA MARIA.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.rar</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE TORRE DE TELEFONIA MÓVEL NA SEDE  DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO DA FROTA DISPONIBILIZADA PARA SANTA MARIA, BEM COMO A REGULARIZAÇÃO DAS ROTAS DO TRANSPORTE ESCOLAR OFERECENDO IGUALDADE NO SERVIÇO PRESTADO A TODAS AS CRIANÇAS DO DISTRITO, SEM PREJUÍZOS PARA AQUELES ALUNOS QUE RESIDEM UM POUCO MAIS DISTANTE.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MELHORIAS  NA INFRA ESTRUTURA DA ESCOLA MUNICIPAL NICOLAU KROHLING, CONTRUÇAO DE FOSSA SÉPTICA E DIVERSAS OUTRAS MELHORIAS._x000D_
 CALÇAMENTO DE TODAS AS RUAS DA BAIXADA._x000D_
 AQUISIÇÃO  DE ÁREA DE TERRA LOCALIZADA NA PARTE DE CIMA DA RODOVIA, VISANDO A CONSTRUÇÃO DE UMA RUA PARA BENEFICIAR MAIS DE 20 FAMÍLIAS QUE ALI RESIDEM. </t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA NOVA ESCOLA ESCOLA NA COMUNIDADE DE BETINHO SIMON.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE PRAÇA PÚBLICA E DISPONIBILIZAR UM GARI PARA A COMUNIDADE DE BETINHO SIMON.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR CALÇAMENTO OU ASFALTAMENTO EM FRENTE AOS COMÉRCIOS LOCALIZADOS NAS MEDIÇÕES DO TREVO DE PARAJU.  </t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR SANEAMENTO BÁSICO, AUMENTO CAPTAÇÃO DE ÁGUA, BEM COMO LIMPEZAS DAS FOSSAS SÉPTICAS, NA COMUNIDADE DE BETINHO SIMON </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO DAS ESTRADAS DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SERVIÇOS DE CALÇAMENTO E ILUMINAÇÃO NA RUA ALFREDO KLIPPEL, QUE DA ACESSO A IGREJA LUTERANA DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Alcino Diniz, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A RETIRADA E CONSTRUÇÃO DE UMA PONTE SOBRE O RIO JUCU INTERLIGANDO A RUA DELIMAR SCHUNCK COM AS INTERMEDIAÇÕES DO CORPO DE BOMBEIROS, NA SEDE DESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE QUEBRA MOLAS EM FRENTE À CAPELA MORTUÁRIA AO LADO DO CENTRO EDUCACIONAL INTEGRAÇÃO. </t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UMA GUARITA PARA A INSTALAÇÃO DE UMA UNIDADE DA POLÍCIA MILITAR NA COMUNIDADE DE BETINHO SIMON.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA MELHORIAS E INSTALAÇÃO DE MAIS POSTES COM ILUMINAÇÃO PÚBLICA PARA A COMUNIDADE BETINHO SIMON. </t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MEDIANTE A TODA DIFICULDADE QUE OS SERVIDORES PASSAM EM SEU DIA A DIA, VENHO REQUERER PROVIDÊNCIAS PARA BENEFICIÁ-LOS ATRAVÉS DO REAJUSTE NO TICKET ALIMENTAÇÃO EM 50%.   </t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AGILIDADE E FINALIZAÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA DA RODOVIA JOSÉ HUBER. </t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR CALÇAMENTO, COLETA DE LIXO, ILUMINAÇÃO PÚBLICA, TRANSPORTE ESCOLAR E CAIXAS SECAS NAS ESTRADAS DA VILA UHL, LOCALIZADA EM BOA ESPERANÇA </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Cabral, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR SERVIÇOS DE PINTURA E MELHORIA NO PARQUINHO LOCALIZADO  À AVENIDA ARTHUR HAESE, COLOCANDO TAMBÉM BRINQUEDOS PARA MENORES DE 08 (OITO) ANOS, JÁ QUE OS QUE TEM NÃO ATENDEM ESSA FAIXA ETÁRIA.    </t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO A VOSSA EXCELÊNCIA A INTERVENÇÃO URGENTE JUNTO A SECRETARIA DE OBRAS, VISANDO PROPOR MELHORIAS PARA A RUA GERMANO GERHARTD, EM ESPECIAL A REALIZAÇÃO COMPLETA DA PAVIMENTAÇÃO DA MESMA, INICIANDO PRÓXIMO A RESIDÊNCIA DO SENHOR ADEMAR GERHARTD. </t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO PROVIDÊNCIAS QUANTO A REALIZAÇÃO DE MELHORIAS PARA A RUA NILSON STEIN, EM ESPECIAL A REALIZAÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A VOSSA EXCELÊNCIA A SUBSTITUIÇÃO DO POSTE DE MADEIRA PARA UM POSTE DE CONCRETO, NA RUA EMILIO GUSTAVO HULLE.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAÇÃO DE "ESCORIAS" PARA AS ESTRADAS DA COMUNIDADE DE SOÍDO DE BAIXO, VISANDO AMENIZAR A DIFICULDADE QUE OS CONDUTORES DE VEÍCULOS PASSA EM RAZÃO A GRANDE QUANTIDADE DE BURACOS </t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO A REALIZAÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA DE TODAS AS RUAS DO BAIRRO SANTA RITA, BEM COMO A ESTRADA QUE OFERECERÁ  ACESSO AO NOVO CONJUNTO HABITACIONAL DO BAIRRO.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA MELHORIAS PARA A COMUNIDADE DE BOM JESUS, ATRAVÉS DA EXECUÇÃO DOS SERVIÇOS DE LIMPEZA E LAVAGEM DA RUA PRINCIPAL._x000D_
 REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO DA ESTRADA PRINCIPAL QUE LIGA BOM JESUS A SEDE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE BUEIROS  E CAIXAS SECAS NA COMUNIDADE DE BOM JESUS E E COSTA PEREIRA. </t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PATROLAMENTO E CASCALHAMENTO NAS COMUNIDADES DE BOM JESUS E COSTA PEREIRA, COMPREENDENDO TODAS AS ESTRADAS DE AMBAS AS COMUNIDADES. </t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO NA COMUNIDADE DO AURÉLIO PUPPIM.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ROÇAGEM E LIMPEZA DAS RUAS CALÇADAS DO MORRO DA MACEFEL, BEM COMO PATROLAMENTO E CASCALHAMENTO DAS RUAS SEM CALÇAMENTOS._x000D_
 MELHORIAS COMPREENDENDO DRENAGEM E PAVIMENTAÇÃO EM CARÁTER DE URGÊNCIA, DA ÁREA PARALELA A BR 262, PRÓXIMA A RUA   ALVINO WASSEM.  </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">LIMPEZA DAS CAIXAS SECAS DA LADEIRA PEDRO PIVETA, EM ARAGUAIA. </t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA PRAÇA SAUDÁVEL E SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS DO CAMPO BOM DE BOLA DE ARAGUAIA.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MUDAR O POSTO DOS CORREIOS DE SANTA MARIA, QUE LOCALIZA-SE NO POSTO DO CAFÉ, PARA AS PROXIMIDADES DO CAMPO DE FUTEBOL.  </t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DRENAGEM E PAVIMENTAÇÃO DA RUA EDUARDO HOFFMANN, LOCALIZADA PERTO DO SUPERMERCADO BEM VINDO, NESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL AGILIZE A ANÁLISE E CONCESSÃO DOS PROCESSOS EM ANDAMENTO, PARA QUINQUÊNIO E DECÊNDIO, BEM COMO INSALUBRIDADE DE SEUS SERVIDORES.  </t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL DISPONIBILIZE VEÍCULO OU MOTO PARA OS SEUS FISCAIS CIRCULAREM ÂMBITO GERAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O CIRETRAN VIABILIZE MELHORIA NO TRÂNSITO DA RUA BELARMINO PINTO VIABILIZANDO A INVERSÃO E MUDANÇA DE MÃO E CONTRAMÃO DA MESMA, NO SENTIDO DE FAVORECER A SAÍDA DA AMBULÂNCIA DO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE MELHORIAS URGENTES NA RUA EDUARDO HOFFMAN QUE ATENDE DIARIAMENTE A CENTENAS DE PESSOAS, PROVIDENCIANDO A PAVIMENTAÇÃO ASFÁLTICA, IMPLEMENTAÇÃO DE OBRAS DE SANEAMENTO BÁSICO, CONSTRUÇÃO DE BUEIROS DENTRE OUTRAS BENFEITORIAS QUE PROPORCIONAM MELHOR QUALIDADE DE VIDA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER AO PREFEITO MUNICIPAL E A VIGILÂNCIA SANITÁRIA DO MUNICÍPIO, QUE AO REALIZAR AS PRIMEIRAS VISTORIAS NO ESTABELECIMENTO, SEJA REALIZADA DE FORMA ORIENTADORA E EDUCATIVA, PROPORCIONANDO AO COMERCIANTE UM PRAZO PARA ADAPTAÇÃO DE SEU ESTABELECIMENTO ÀS NORMAS LEGAIS VIGENTES, EVITANDO O DESGASTE ENTRE O COMÉRCIO E O PODER PÚBLICO.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPONIBILIZAÇÃO DE ESCÓRIAS PARA AS ESTRADAS DA COMUNIDADE, DE VICTOR HUGO, VISANDO AMENIZAR A DIFICULDADE QUE OS PRODUTORES RURAIS PASSAM EM RELAÇÃO AOS BURACOS E VALAS QUE SE FORMAM PELO EXCESSO DE CHUVA. </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA PARA A ESTRADA JAIME CANAL.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA GERAL DA PONTE DO CÓRREGO BOA VISTA SITUADA A RODOVIA FRANCISCO STOCKL, KM 7,6, NA DIVISA DOS DISTRITOS DE SANTA MARIA E ARAGUAIA.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSTRUÇÃO DE UMA PRAÇA SAUDÁVEL NA COMUNIDADE DE SOÍDO DE BAIXO E CONSTRUÇÃO DE BUEIROS E CAIXAS SECAS NA ESTRADA ENTRE SOÍDO E NOVAL ALMEIDA.  </t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A CONSTRUÇÃO DE GUARITA POLICIAL NO TREVO DE PARAJU. </t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR SERVIÇOS DE REPAROS E MELHORIAS NO ABRIGO DE ÔNIBUS DO TREVO DE PARAJU E INSTALAÇÃO DE CAIXAS METÁLICAS VISANDO A CAPTAÇÃO DE LIXO EM  TODOS  COMÉRCIOS DO TREVO DE PARAJU. </t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DA ESTRADA DE RIO FUNDO ATÉ O AURÉLIO PUPPIM._x000D_
 PATROLAMENTO E CASCALHAMENTO TENDO INÍCIO PRÓXIMO AO POSTO DE SAÚDE DE RIO FUNDO COM TÉRMINO EM ARAGUAIA.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ABERTURA DE UM PORTÃO LATERAL DE ACESSO PRINCIPAL A CRECHE DE SANTA MARIA. </t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE A CONTINUIDADE DOS SERVIÇOS DE LIMPEZA E ROÇAGEM DO RIO JUCU.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA, MANILHAMENTO, CONSTRUÇÃO DE BUEIROS , PATROLAGEM E CASCALHAGEM DE UMA VILA LOCALIZADA PRÓXIMO A PROPRIEDADE DO SENHOR FLOMIRO ENDLICH ATÉ O SÍTIO DO SR. ELMO. </t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO E CASCALHAMENTO DA ESTRADA PRINCIPAL DE BOM JESUS, E INSTALAÇÃO DE PROTEÇÃO LATERAL NAS PONTES DA COMUNIDADE.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE PLACAS INDICATIVAS NOS ENTRONCAMENTOS DE BOM JESUS PRINCIPALMENTE A INSTALAÇÃO DE UMA PLACA PRÓXIMO AO COMÉRCIO DO SENHOR ALTEVIR  WASSEM, APÓS O SUPERMERCADO DÓRINHO. INDICA AINDA A REABERTURA DA RUA THEOBALDO RUPF.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE 03 (TRÊS) ILUMINARIAS NO MORRO DA MACEFEL NA RUA  APOLÔNIA STEIN KIEFER. </t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR CONVÊNIO COM O SEBRAE, VISANDO OFERECER CURSOS NESTE MUNICÍPIO EM DIVERSOS SEGMENTOS.  </t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VENHO SOLICITAR AO PREFEITO MUNICIPAL QUE PROVIDENCIE A CRIAÇÃO DE UM SISTEMA DE CAPTAÇÃO DE ÁGUA PARA A NOVA ESCOLA  FLORES PASSINATO DA COMUNIDADE DE SOÍDO DE BAIXO.  </t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSIDERANDO QUE NO DIA 31 DE OUTUBRO DO CORRENTE ANO É FERIADO MUNICIPAL EM NOSSA CIDADE, EM COMEMORAÇÃO AO 24º ANIVERSÁRIO DA EMANCIPAÇÃO POLÍTICA, E NESTA OCASIÃO PARTE DO COMÉRCIO SERÁ OBRIGADO A FECHAR AS PORTAS, EXCETO AOS SUPERMERCADOS SENDO QUE NA PRÓXIMA SEGUNDA-FEIRA É FERIADO NACIONAL, ATENDENDO AOS PEDIDOS DOS COMERCIANTES DO MUNICÍPIO, VENHO SOLICITAR QUE O PREFEITO CONCEDA A AUTORIZAÇÃO PARA QUE MESMO POSSAM ABRIR AS PORTAS NESTE PRÓXIMO SÁBADO.  </t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A CONSTRUÇÃO DE UM VESTIÁRIO NA COMUNIDADE DE SOÍDO DE BAIXO PARA ATENDER OS ATLETAS QUE FAZEM USO DO CAMPO VALE DA ESPERANÇA  E CAMPO BOM DE BOLA, LOCALIZADOS NAS PROXIMIDADES DA RESIDENCIA DO SR. LORINDO WRUCK.   </t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO SANCIONOU A LEI MUNICIPAL QUE AUTORIZA A ASSISTÊNCIA SOCIAL A ADQUIRIR PASSAGENS PARA ANDARILHO OU MENDIGOS. _x000D_
 POSTO ISSO, VENHO SOLICITAR  O CUMPRIMENTO DA LEI MUNICIPAL DE Nº. 1.571, DE 05 DE JANEIRO DE 2015.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO INDICAR QUE AS SECRETARIAS MUNICIPAIS DE AGRICULTURA E MEIO AMBIENTE, ADOTEM JUNTO AOS PRODUTORES RURAIS DO MUNICÍPIO DE MARECHAL FLORIANO INCENTIVOS PARA A CRIAÇÃO DE REPRESAS DENTRO DAS PROPRIEDADES PROPORCIONANDO UM MELHOR ABASTECIMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A INTERVENÇÃO DP PREFEITO MUNICIPAL JUNTO A EDP EXCELSA NO SENTIDO DE RECOLOCAR OS POSTES DE ALTA TENSÃO QUE ESTÃO LOCALIZADOS DENTRO DAS PROPRIEDADES RURAIS DO MORADORES DA ESTRADA JAIME CANAL. </t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO GRATUITA DAS ESCRITURAS PÚBLICAS PARA OS CONJUNTOS HABITACIONAL  SÉRGIO SEBASTIÃO STEIN, EM SANTA RITA, BEM COMO DO CONJUNTO HABITACIONAL LOCALIZADO PRÓXIMO AO SUPERMERCADO BEM VINDO.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DE TODAS AS TAMBAS DE BUEIROS QUEBRADAS NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA A REALIZAÇÃO DE CAMPANHAS AMBIENTAIS EM TODO O MUNICÍPIO DE MARECHAL FLORIANO, EM ESPECIAL NAS INSTITUIÇÕES DE ENSINO, CONSCIENTIZANDO A PRESERVAR A NATUREZA  </t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VENHO SOLICITAR A IMEDIATA INTERVENÇÃO DE VOSSA EXCELÊNCIA VISANDO ADOTAR MEDIDAS URGENTES PARA PROVER MELHORIAS NA RUA CECÍLIA PITANGA, QUE DIARIAMENTE RECEBE CENTENAS DE PESSOAS. _x000D_
 </t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM DO BARRANCO ANEXO AO CALÇADÃO DA RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTALAÇÃO DE PLACAS PLACAS OU QUADRADO INFORMATIVO NAS UNIDADES DE SAÚDE DO MUNICÍPIO, DISPONIBILIZANDO OS DIAS E HORÁRIOS DE ATENDIMENTO DOS MÉDICOS.  </t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REPAROS NECESSÁRIOS PARA GARANTIR A SEGURANÇA DAS PESSOAS QUE UTILIZAM A PONTE METÁLICA, LOCALIZADA NA RUA DELIMAR SCHUNK.  </t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO DO ASFALTO NA SUBIDA DA CAIXA D'ÁGUA EM ARAGUAIA.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>DRAGAGEM  E LIMPEZA DO CÓRREGO BOA VISTA COM INÍCIO EM ARAGUAIA ESTENDENDO-SE ATÉ CAFEEIRA STOCKL.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO DAS ESTRADA DE BOM JESUS</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE 02 (DOIS) QUEBRA-MOLAS EM BARRA DO RIO FUNDO, NO VILAREJO LOCALIZADO ANTES DO "ZOO PARK"</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS PRÓXIMO À IGREJA LUTERANA DE BOA ESPERANÇA. </t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR A LIMPEZA DOS TERRENOS BALDIOS EM TODA A MUNICIPALIDADE, EM ESPECIAL, NOS DISTRITOS DE ARAGUAIA E SANTA MARIA. </t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM CALÇADÃO TENDO INÍCIO EM ARAGUAIA ESTENDENDO-SE ATE A CAFEEIRA STOCKL.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO PODER EXECUTIVO A CONSTRUÇÃO DE MAIS DUAS SALAS NO "NO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL MARIA KNIDEL LUBE", LOCALIZADO NO DISTRITO DE SANTA MARIA. </t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>VENHO REQUERER A CARÁTER DE URGÊNCIA, QUE A PREFEITURA MUNICIPAL DISPONIBILIZE UMA ATENÇÃO  ESPECIAL A UMA TRAGEDIA QUE OCORREU EM 2014, NA RUA LAURA LITTIG KUSTER ONDE UMA BARREIRA ATINGIU A RESIDÊNCIA SRª GRACILDA TROCATE.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITO AO PREFEITO AO PREFEITO MUNICIPAL QUE ATRAVÉS DA SECRETARIA DE OBRAS, PROVIDENCIE A CONSTRUÇÃO DE UMA PONTE DE CONCRETO, NA VILA DOS IPÊS, POPULARMENTE CONHECIDA COMO COMO " BAIXADA  DE SANTA MARIA". UMA VEZ QUE GRANDE SERÁ O NÚMERO  DE PESSOAS QUE SERÃO BENEFICIADAS COM ESTA PONTE. </t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO E DRENAGEM DA RUA EDUARDO HOFFMANN.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MANUTENÇÃO GERAL COMO LIMPEZA, REPAROS NO CALÇAMENTO E OUTROS QUE SE FIZEREM NECESSÁRIOS NA VILA NOVA, POPULARMENTE CONHECIDA COMO LOTEAMENTO DO SR. JERÔNIMO. </t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA PATROLAMENTO E CASCALHAMENTO DA SUBIDA QUE OFERECE ACESSO ÀS RESIDÊNCIAS DO SENHOR VLDENIR CLAUDIO DE SOUSA, LAÉRCIO NALESSO, E SOLIMAR DEOLINO PROPRIETÁRIO DA SERRALHERIA DO SOLIMAR.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A LIMPEZA DA GALERIA SITUADA NAS PROXIMIDADES DA RUA CLARA ENDLICH EM TODO SEU PERCURSO ATÉ O ENCONTRO COM O RIO JUCU PRÓXIMO AO BANCO BANESTES.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR LIMPEZA URGENTE DO CÓRREGO DE ARAGUAIA ATÉ A CAFEEIRA STOCKL.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PRAÇA DE SANTA RITA E VIABILIZAR AQUISIÇÃO DE BRINQUEDOS PARA AS CRIANÇAS NA MESMA._x000D_
 REFORMA DOS DOIS PARQUINHOS DA SEDE DO MUNICÍPIO E QUE O PARQUINHO ATRÁS DA PESTALOZZI SEJA CERCADO COM TELA, BEM COMO AQUISIÇÃO DE BRINQUEDOS DO MESMO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABERTURA URGENTE DE DUAS RUAS PARA ACESSO DA UNIDADE DE SAÚDE LEONTINA PERIM DE FARIA, LOCALIZADA NO DISTRITO DE ARAGUAIA._x000D_
 MANILHAMENTO DA VALA LOCALIZADA NA DIVISA COM O SR. AGOSTINHO SANTOS, BEM COMO CONSERTO DO CALÇAMENTO DAS RUAS ULIANA, PREST, FERDINANDO PREST, JERÔNIMO PIVETTA, ALÉM DA LADEIRA PEDRO PIVETTA.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESCOLA MUNICIPAL ELISIÁRIO FERREIRA FILHO, LOCALIZADO NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EM CASO DE DESLIGAMENTO DE MÉDICOS, POR INICIATIVA PRÓPRIA OU DO EXECUTIVO, VIABILIZAR A SUBSTITUIÇÃO IMEDIATA DO MESMO, PARA QUE OS MUNICÍPIOS NÃO FIQUEM SEM ATENDIMENTO MÉDICO.  </t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MELHORIAS EM GERAL NA SEDE E INTERIOR DO MUNICÍPIO, COMO LIMPEZA DE RIOS, BARRANCOS, CAPINAS NAS ESTRADAS ENTRE OUTROS SERVIÇOS. </t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO URGENTE DOS SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO DAS ESTRADAS DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO COMPLETA DA ESTRUTURA METÁLICA DESTA TRAVESSA, POIS REALIZAÇÃO DE REPAROS BÁSICOS COMO FOI EXECUTADO NÃO FOI SUFICIENTE PARA DAR SEGURANÇA AOS PEDESTRES.</t>
   </si>
   <si>
     <t>8648</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE EM MARÇO DE 2015, A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO ABRIU EM CRÉDITOS ADICIONAIS O MONTANTE DE R3.191.868,30 (TRÊS MILHÕES CENTO E NOVENTA E UM MIL, OITOCENTOS E SESSENTA E OITO REAIS E RINTA CENTAVOS) DESTINADO A MELHORIAS NA INFRA ESTRUTURA DO MUNICÍPIO, ESCPECIALMENTE NA PAVIMENTAÇÃO DE RUAS, DENTRE ELAS A RUA GUSTAVO HERTEL._x000D_
 CONSIDERANDO QUE DE TODO ESTE VALOR, POUCO FOI DESTINADO A BENFEITORIAS DA RUA GUSTAVO HERTEL, SOMENTE UMA SIMPLES OPERAÇÃO TAPA BURACO, QUE POR SINAL NÃO FOI BEM EXECUTADA POIS A SITUAÇÃO DESTA IMPORTANTE VIA ENCONTRA-SE PRECÁRIA._x000D_
 POSTO ISTO, VENHO SOLICITAR O RECAPEAMENTO POR COMPLETO DA RIA GISTAVO HERTEL, TENDO EM VISTA QUE A MESMA ENCONTRA-SE CHEIA DE BURACOS.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DA DECIDA LOCALIZADA ANTES DA PROPRIEDADE DO SENHOR ANTONIO BROZEGUINI QUE OFERECE ACESSO A DIVERSAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VENHO SOLICITAR A INSTALAÇÃO DE UM QUEBRA MOLAS NA RUA APOLÔNIA STEIN KIEFER, PRÓXIMO A RESIDÊNCIA DA SENHORA LUCIMAR, NO PONTO ONDE É SERVIDO MARMITAS. </t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO:APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO A SECRETARIA DE OBRAS E SERVIÇOS URBANOS, EXTENSIVO À EQUIPE QUE ATUOU NO CALÇAMENTO DA RUA BELARMINO PINTO. </t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSO E RECONHECIMENTO, TENDO COMO DISTINÇÃO A SENHORA MAGNA DOURO.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS SENHORES EMILIANO KREBEL, EMÍLIO KREBEL E A SENHORA  UZÍLIA INÊS TESCH.  </t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS VOLUNTÁRIOS DO COMBATE AO INCÊNDIO DE ARAGUAIA. </t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR DANIEL WRUCK.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR JOÃO CARLOS LORENZONI DEPUTADO ESTADUAL - ES.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O DOUTOR JÚLIO CÉSAR  BARBOSA.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO  OS SENHORES ANTÔNIO LIDINEY GOBBI, ABRÃO LEVI KIFFER  E SENHORA MARÍLIA DA PENHA TRARBACH. </t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O DOUTOR LOURIVAL BERGER.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>PLENÁRIO 2015/2016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR ANTÔNIO LIDINEY GOBBI E SENHORA ADENILDE STEIN SILVA, EXTENSIVO AOS SERVIDORES DA DIRETORIA DE EXPORTES DE M. FLORIANO-ES.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A SENHORA GABRIELY GRIPPA DE ALMEIDA. </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS SENHORES MAJOR WELIGTHON NALESSO DENADAI E CAPITÃO EDINEI BALBINO DE SOUSA, RESPECTIVAMENTE COMANDANTE E SUBCOMANDANTE DA 6º CIA INDEPENDENTE DA POLÍCIA MILITAR-ES.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR CHRISTIEN _x000D_
 MARCEL CHRISTÉ PEREIRA, EXTENSIVO A TODOS OS FUNCIONÁRIOS. _x000D_
 </t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR PLACEDINO _x000D_
 FRANCISCO LORENZONE, EXTENSIVO AOS FAMILIARES. _x000D_
 </t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR NICOLAU KROHLING._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DOS SENHORES, ORLANDINO LOURENÇO EFFGEN E UMBERTO LUIZ EFFGEN.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O DOUTOR OTTO FERNANDO MOREIRA BATISTA._x000D_
 </t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS FUNCIONÁRIOS PÚBLICOS DO DISTRITO DE ARAGUAIA._x000D_
 </t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR ANTÔNIO   LIDINEY GOBBI. _x000D_
 </t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR UBALDINO  SARAIVA._x000D_
 </t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR WILLIAN MARQUES RODRIGUES._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS SENHORES, ANTÔNIO DE ALMEIDA E USÁLIO BRAZ PIVETA. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O DOUTOR GERALDO PIRES E AS SENHORAS LARISSA ENTRINGER E MARIZA KIFFER. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A DIRETORIA DO AMÉRICA FUTEBOL CLUBE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS FUNCIONÁRIOS PÚBLICOS DE BOM JESUS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO AS SENHORAS SOLINÉIA LITTIG, DIRETORA DO "CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL MARIA KNIDEL LUBE" E EUNÍCIA KROHLING PEREIRA, DIRETORA DA EMEF "PROFESSOR NICOLAU KROHLING", ESTENDENDO-SE   À TODA A EQUIPE PEDAGÓGICA E DEMAIS SERVIDORES. </t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR JOSÉ RODOLFO KROHLING, VEREADOR DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO -ES. </t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DA SENHORA MARIA DO CARMO RODRIGUES FALCÃO.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR GABRIEL RODRIGUES PEREIRA.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR RENATO ANTONIO KROHLING.</t>
   </si>
   <si>
     <t>8714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8714/mocao_30-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8714/mocao_30-2015.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar aos familiares  da Srª Rosinea Bueno.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR ILMAR DA SILVA TONGO. _x000D_
 </t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR LUCAS GOMES COELHO À FRENTE DA IGREJA ADVENTISTA DO SÉTIMO DIA DESTA MUNICIPALIDADE, ESTENDENDO-SE A TODOS MEMBROS E TODA SUA EQUIPE DE APOIO._x000D_
 </t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR ARNALDO MOREIRA.</t>
   </si>
   <si>
     <t>8715</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8715/35-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8715/35-2015.pdf</t>
   </si>
   <si>
     <t>Moção aos familiares do Sr. Nicolau Krohling</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR NIVALDO DA CONCEIÇÃO.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR PELO FALECIMENTO DO SENHOR COSME SIMON KRUGER.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR HÉRCULES FERNANDO DE MELO CHEFE DO CIRETRAN DE MARECHAL FLORIANO, EXTENSIVO AOS DEMAIS SERVIDORES.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SENHOR DR. ÉDSON BATISTA E A SENHORA ROSINHA GAROTINHO. </t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SENHOR ILMAR DA SILVA TONGO.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO O SENHOR JULIO HUBER.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A SENHORA LIANE MARIA BRAVIM CATELAN DIRETORA DA ESCOLA EEEFM "VICTÓRIO BRAVIM", EXTENSIVO AOS ALUNOS PREMIADOS NA 11ª OBMEP. </t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.rar</t>
   </si>
   <si>
     <t>MOÇÃO: APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ALUNOS PREMIADOS NA 1ª OLIMPÍADA FLORIANENSE DE MATEMÁTICA.</t>
   </si>
   <si>
     <t>8820</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8820/pcf_001_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8820/pcf_001_15.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO FAVORAVEL AO PROJETO DE LEI N°. 003/2016. DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "ALTERA A NOMENCLATURA DO CARGO DE ASSESSOR DE PLANEJAMENTO E CONTROLE INTERNO".</t>
   </si>
   <si>
     <t>8821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8821/pcf_002_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8821/pcf_002_15.pdf</t>
   </si>
   <si>
     <t>PARECER EM CONJUNTO FAVORAVEL AO PROJETO DE LEI N°. 005/2015 DE AUTORIA DA MESA DIRETORA "REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICIPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8822</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8822/pc_003_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8822/pc_003_15.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRARIO AO VETO TOTAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTOGRAFO N°. 166/2014 PROVENIENTE DO PROJETO DE LEI N° 156/2014, DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI QUE "DISPÕE A OBRIGATORIEDADE DE CONTRATAÇÃO DE ADOLESCENTES E JOVENS, ATENDIDOS EM MEDIDAS SOCIOEDUCATIVAS, PELAS EMPRESAS CONTRATADAS PELOS ORGÃOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DIRETA E INDIRETA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8823</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8823/pc_004_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8823/pc_004_15.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRARIO AO PROJETO DE LEI N°. 004/2015, DE AUTORIA DO PODER EXECUTIVO "CRIA CARGOS DE COMISSÃO A SER INCLUIDOS NA LEI MUNICIPAL N°.  565, DE 07 DE NOVEMBRO DE 2005.</t>
   </si>
   <si>
     <t>8824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8824/pf_005_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8824/pf_005_15.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO AO PROJETO DE LEI N° 004/2015, DE AUTORIA DO PODER EXECUTIVO "CRIA CARGOS DE COMISSÃO A SER INCLUIDOS NA LEI MUNICIPAL N°. 565, DE 07 DE NOVEMBRO DE  DE 2005.</t>
   </si>
   <si>
     <t>8825</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8825/pf_006_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8825/pf_006_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 006/2015, DE AUTORIA DO PODER EXECUTIVO "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>8826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8826/pf_007_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8826/pf_007_15.pdf</t>
   </si>
   <si>
     <t>PARACER FAVORAVEL AO PROJETO DE LEI N°. 007/2015, DE AUTORIA DO PODER EXECUTIVO "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>8827</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8827/pcf_008_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8827/pcf_008_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 008/2015 DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR E DÓRIO ALFREDO BRAUN "INSTITUI NO MUNICIPIO DE MARECHAL FLORIANO A BRIGADA COMUNITÁRIA DE COMBATE A INCÊNDIOS FLORESTAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8828</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8828/pcf_009_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8828/pcf_009_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 008/2015 DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR E DÓRIO ALFREDO BRAUN "INSTITUI NO MUNICIPIO DE MARECHAL FLORIANO A BRIGADA COMUNITÁRIA DE COMBATE A INCÊNDIOS FLORESTAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8829</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8829/pcf_010_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8829/pcf_010_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 10/2016 DE AUTORIA DO VEREADOR JUAREZ JOSE XAVIER "IMPLANTA EM AMBITO MUNICIPAL O PROGRAMA DE SUSTENTABILIDADE E USO RACIONAL DOS RECURSOS NATURAIS ATRAVÉS DA CAPTAÇÃO E REUSO DAS AGUAS PLUVIAIS E DA UTILIZAÇÃO DE FONTE RENOVAVEL PARA PRODUÇÃO DE ENERGIA.</t>
   </si>
   <si>
     <t>8830</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8830/pcf_011_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8830/pcf_011_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 011/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "INSTITUI NO MUNICIPIO DE MARECHAL FLORIANO O PROJETO PLANTANDO PALAVRAS".</t>
   </si>
   <si>
     <t>8831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8831/pcf_012_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8831/pcf_012_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 012/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "INSTITUI PRATOS TIPICOS DA CULINÁRIA ALEMÃ E ITALIANA NO MUNICIPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8832/pf_013_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8832/pf_013_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 013/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "ALTERA O PARAGRAFO ÚNICO DA LEI MUNICIPAL N°. 1515 DE 11 DE SETEMBRO DE 2014".</t>
   </si>
   <si>
     <t>8833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8833/pf_014_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8833/pf_014_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL  AO PROJETO DE LEI N°. 014//2015 DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI "DENOMINA DE RUA SANTOS NA SEDE DESTE MUNICIPIO".</t>
   </si>
   <si>
     <t>8834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8834/pf_015_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8834/pf_015_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 016/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "DENOMINA DE RUA IDA GAVA BRAVIM, NO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>8835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8835/016_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8835/016_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 017/2015 DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI "DENOMINA DE FLORA RUPF HERTEL, A RUA QUE DARÁ ACESSO AS FUTURAS INSTALAÇÕES DO CENTRO DE VIVÊNCIA DO IDOSO AMADOR ENDLICH NA SEDE DO MUNICIPIO".</t>
   </si>
   <si>
     <t>8836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8836/pcf_17_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8836/pcf_17_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 018/2015 DE AUTORIA VEREADOR CEZAR TADEU RONCHI JUNIOR "DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA EXECUTIVO FLORIANENSE JOVEM, NO ÂMBITO DO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8837/pf_18_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8837/pf_18_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 019/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "CRIA O PROGRAMA CONHECENDO OS LOGRADOUROS PÚBLICOS E SUA HISTÓRIA".</t>
   </si>
   <si>
     <t>8838</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8838/pf_19_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8838/pf_19_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 020/2015 DE AUTORIA DO VEREADOR ABRÃO KIFFER "ACRESCENTA AREA DE PERIMETRO URBANO AO ARTIGO 5° DA LEI N°. 066 DE 08 DE ABRIL DE 1994".</t>
   </si>
   <si>
     <t>8839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8839/pcf_20_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8839/pcf_20_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 021/2015 DE AUTORIA VEREADOR VEREADOR JUAREZ JOSÉ XAVIER "DETERMINA O ENCAMINHAMENTO A CAMARA MUNICIPAL DE MARECHAL FLORIANO DE COPIA INTEGRAL DOS CONTRATOS FIRMADOS PELO PODER EXECUTIVO E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8840/pcf_21_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8840/pcf_21_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI Nº 022/2015 DE AUTORIA VEREADOR ALCINO OLEGÁRIO DINIZ NETO "AUTORIZA A COMISSÃO DE FINANÇAS E ORÇAMENTO REALIZAR ANUALMENTE, AUDIENCIAS PÚBLICAS DESTINADAS A APRECIAR AS MATERIAS ORÇAMENTÁRIAS DO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8841</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8841/pcf_22_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8841/pcf_22_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 023/2015 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8842</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8842/pcf_23_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8842/pcf_23_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 025/2015 DE AUTORIA O CADASTRAMENTO, MAPEAMENTO E GEORREFERENCIAMENTO DAS NASCENTES DAGUA NAS AREAS URBANAS E RURAIS DO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8843</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8843/pcf_24_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8843/pcf_24_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 026/2015 DE AUTORIA DO VEREADOR JOSÉ RODOLFO KROHLING "AUTORIZA A INSTITUIÇÃO DA OLIMPIADA MUNICIPAL DE MATEMATICA, VOLTADA AOS ALUNOS DA REDE PUBLICA DE ENSINO DO MUNICIPIO DE MARECHAL FLORIANO E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>8844</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8844/pc_25_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8844/pc_25_15.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRARIO AO VETO TOTAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTÓGRAFO N°. 010/2015 PROVENIENTE DO PROJETO DE LEI N°. 011/2015, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "INSTITUI NO MUNICIPIO DE MARECHAL FLORIANO O PROJETO DE PLANTANDI PALAVRAS E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8845/pcf_26_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8845/pcf_26_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 031/2015 DE AUTORIA DO VEREADOR JUARE4Z JOSPE XAVIER "DENOMINA DE LUIZ PREST AS INSTALAÇÕES DA PRAÇA DO CRUZEIRO, NO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>8846</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8846/pcf_27_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8846/pcf_27_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 032/2015 DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER "DENOMINA DE VILA DO SERTÃO, NA COMUNIDADE DE BOA ESPERANÇA-MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8847</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8847/pcf_28_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8847/pcf_28_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 033/2015 DE AUTORIA DOS VEREADORES DÓRIO ALFREDO BRAUN E CEZAR TADEU RONCHI JUNIOR QUE "REVOGA A LEI MUNICIPAL N°. 1577, DE 05 DE JANEIRO DE 2015".</t>
   </si>
   <si>
     <t>8848</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8848/pcf_29_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8848/pcf_29_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 034/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "DISPÕE SOBRE A CRIAÇÃO DO MUSEU COMUNITÁRIO DO ESPORTE, NO DISTRITO DE ARAGUAIA, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>8849</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8849/pcf_30_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8849/pcf_30_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 030/2015 DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR E DORIO ALFREDO BRAUN "INSTITUI O PROGRAMA DE INCLUSÃO DIGITAL NO DISTRITO DE ARAGUAIA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8850/pf_31_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8850/pf_31_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 035/2015 DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN "DENOMINA DE RUA JOSÉ CELANTE, NO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>8862</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8862/pf_32_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8862/pf_32_15.pdf</t>
   </si>
   <si>
     <t>PARACER FAVORAVEL AO PROJETO DE LEI N°. 035/2015 DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN "DENOMINA DE RUA JOSE CELANTE, NO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>8863</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8863/pf_33_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8863/pf_33_15.pdf</t>
   </si>
   <si>
     <t>PARACER FAVORAVEL AO PROJETO DE LEI N°. 037/2015 DE AUTORIA  DO VEREADOR ALCINO OLEGÁRIO DINIZ NETO "DISPÕE SOBRE A INCLUSÃO NA FATURA MENSAL DA AGUA DA CONCESSIONÁRIA RESPONSAVEL PELO ABASTECIMENTO DE AGUA NO MUNICIPIO DE MARECHAL FLORIANO, O ENUNCIADO "ECONOMIZE ÁGUA, EVITE O DESPERDÍCIO" E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8864</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8864/pf_34_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8864/pf_34_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL  AO VETO PARCIAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTOGRAFO N°. 019/2015 PROVENIENTE DO PROJETO DE LEI N°. 021/2015, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER QUE " DETERMINA O ENCAMINHAMENTO À CAMARA MUNICIPAL DE MARECHAL FLORIANO, DE CÓPIA INTEGRAL DOS CONTRATOS FIRMADOS PELO PODER EXECUTIVO".</t>
   </si>
   <si>
     <t>8865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8865/pf_35_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8865/pf_35_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 040/2015 E AUTORIA  DOS VEREADORES DÓRIO ALFREDO BRAUN E CEZAR TADEU RONCHI JUNIOR "DENOMINA DE LEONNTINA PERIM DE FARIA, AS FUTURAS INSTALAÇÕES DA UNIDADE DE SAÚDE DO DISTRITO DE ARAGUAIA, NESTE MUNICIPIO".</t>
   </si>
   <si>
     <t>8866</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8866/pf_36_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8866/pf_36_15.pdf</t>
   </si>
   <si>
     <t>PARACER FAVORAVEL AO PROJETO DE LEI N°. 041/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR E DÓRIO ALFREDO BRAUN "DENOMINA DE IRENE AUGUSTA RONCHI FERREIRA, AS FUTURAS INSTALAÇÕES DA ACADEMIA DE SAÚDE DO DISTRITO DE ARAGUAIA, NESTE MUNICIPIO".</t>
   </si>
   <si>
     <t>8867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8867/pf_37_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8867/pf_37_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 043/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "DECLARA GRUPOS DE DANÇA COMO PATRIMÔNIO CULTURAL IMATERIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8868</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8868/pcf_38_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8868/pcf_38_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 042/2015 DE AUTORIA DO VEREADOR  ABRÃO LEVI KIFFER "DISPÕE SOBRE A POLITICA MUNICIPAL DE PRATICAS INTEGRATIVAS E COMPLEMENTARES EM SAÚDE (PMPICS), NO AMBITO DO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8869</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8869/pcf_039_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8869/pcf_039_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 049/2015 DE AUTORIA DO VEREADOR ALCINO OLEGARIO DINIZ NETO "INSTITUI O TEMA AGUA COMO TEMA TRANSVERSAL NA GRADE CURRICULAR DAS ESCOLAS PÚBLICAS DO MUNICIPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8870</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8870/pf_40_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8870/pf_40_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 052/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "ACRESCENTA PARAGRAFO ÚNICO A LEI MUNICIPAL N°. 1520 DE 17 DE SETEMBRO DE 2014.</t>
   </si>
   <si>
     <t>8871</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8871/pf_41_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8871/pf_41_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 053/2015 DE AUTORIA DO VEREADOR JOSÉ RODOLFO KROLHING QUE "DENOMINA DE ARTHUR JACOB SCHNEIDER A ESTRADA SITUADA EM BOA ESPERANÇA, MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8872</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8872/pcf_42_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8872/pcf_42_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°.054/2015 DE AUTORIA DO VEREADOR ALCINO OLEGARIO DINIZ NETO QUE "DISPÕE SOBRE A DURABILIDADE DOS RECIBOS DE PAGAMENTO EMITIDOS EM CAIXAS ELETRONICOS  PELOS BANCOS ESTABELECIDOS NO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>8873</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8873/pcf_43_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8873/pcf_43_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 055/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "INCLUI NA ORGANIZAÇÃO CURRICULAR DA REDE MUNICIPAL DE ENSINO DE MARECHAL FLORIANO, CONTEÚDOS SOBRE  A AVICULTURA".</t>
   </si>
   <si>
     <t>8874</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8874/pf_44_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8874/pf_44_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO VETO TOTAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO  AUTOGRAFO N°. 034/2015 PROVENIENTE DO PROJETO DE LEI N°. 037/2015, DE AUTORIA DO VEREADOR ALCINO OLEGÁRIO DINIZ  QUE "DETERMINA A CESAN QUE INCLUA NA FATURA MENSAL DE AGUA O ENUNCIADO: ECONOMIZE AGUA, EVITE DESPERDICIO".</t>
   </si>
   <si>
     <t>8875</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8875/pf_45_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8875/pf_45_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 056/2015 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR LEILÃO PARA A ALIENAÇÃO E BENS MÓVEIS PERTENCENTES AO MUNICIPIO E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>8876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8876/pf_46_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8876/pf_46_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 064/2015 DE AUTORIA DO VEREADOR JOSÉ RODOLFO KROHLING "DENOMINA DE PONTE NILTÁRIO JOÃO KLIPPEL NA COMUNIDADE DE BOA ESPERANÇA-MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8877/pf_47_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8877/pf_47_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 061/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "DENOMINA RUA JERONIMO PIVETTA, NO DISTRITO DE ARAGUAIA".</t>
   </si>
   <si>
     <t>8878</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8878/pcf_48_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8878/pcf_48_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL  AO PROJETO DE LEI N°. 058/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "AUTORIZA A DIVULGAÇÃO DO PRAZO DE VIGÊNCIA E VALOR MENSAL DA LOCAÇÃO DE IMÓVEIS ALUGADOS PELA MUNICIPALIDADE".</t>
   </si>
   <si>
     <t>8879</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8879/pf_49_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8879/pf_49_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N° 063/2015 DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER "ACRESCENTA AREA DE PERIMETRO URBANO A LEI MUNICIPAL N°. 1064 DE 04 DE AGOSTO DE 2011.</t>
   </si>
   <si>
     <t>8880</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8880/pf_50_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8880/pf_50_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 062/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR E JOSÉ RODOLFO KROLHING "DECLARA PATRIMONIO IMATERIAL DO MUNICIPIO DE MARECHAL FLORIANO, OS CORAIS PIU BELLO E SÃO JOSÉ, RESPECTIVAMENTE DOS DISTRITOS DE ARAGUAIA E SANTA MARIA".</t>
   </si>
   <si>
     <t>8881</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8881/pcf_51_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8881/pcf_51_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 059/2015 DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE O PROGRAMA MUNICIPAL DE ORGANIZAÇÃO SOCIAIS E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>8882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8882/pf_52_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8882/pf_52_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 071/2015 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "DISPÕE SOBRE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8883</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8883/pcc_53_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8883/pcc_53_15.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRARIO AO PROJETO DE LEI N°. 068/2015, DE AUTORIA DO PODER EXECUTIVO QUE " DISPÕE SOBRE A CONCESSÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS, ESTABELECENDO NORMAS PARA A EXPLORAÇÃO DOS SERVIÇOS PÚBLICOS MUNICIPAIS, ESTABELECENDO NORMAS PARA A EXPLORAÇÃO DOS SERVIÇOS DE AUTOMÓVEIS DE ALUGUEL (TAXI) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8884/pcf_54_15_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8884/pcf_54_15_1.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 073/2015, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL DE "DISPÕE SOBRE A CRIAÇÃO DOS CONSELHOS ESCOLARES NAS INSTITUIÇÕES DE ENSINO  DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL DA REDE MUNICIPAL DE ENSINO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>8885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8885/pcf_55_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8885/pcf_55_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 077/15 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°. 1434, DE 16 DE ABRIL DE 2014".</t>
   </si>
   <si>
     <t>8886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8886/pcf_56_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8886/pcf_56_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL RELATIVO À PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO- EXERCICIO DE 2009 - PREFEITA ELIANE PAES LORENZONI.</t>
   </si>
   <si>
     <t>8887</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8887/pf_57_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8887/pf_57_15.pdf</t>
   </si>
   <si>
     <t>PARECER  FAVORAVEL RELATIVO A PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO - EXERCICIO DE 2011 - PREFEITA SRA. ELIANE PAES LORENZONI.</t>
   </si>
   <si>
     <t>8888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8888/pf_58_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8888/pf_58_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 079/2015 DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI "DENOMINA ANTONIO MARTINS DE NADAI, AS FUTURAS INSTALAÇÕES NA PRAÇA DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, LOCALIZADO NO BAIRRO SANTA RITA, NESTE MUNICIPIO".</t>
   </si>
   <si>
     <t>8889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8889/pf_59_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8889/pf_59_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL RELATIVO AO PROJETO DE LEI N°. 080/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "DENOMINA LADEIRA DURVAL BARBOSA, NO DISTRITO DED ARAGUAIA".</t>
   </si>
   <si>
     <t>8890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8890/pf_060_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8890/pf_060_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 081/2015 DE AUTORIA DO VEREADOR JOSÉ RODOLFO KROLHING "INSERE NO CALENDARIO OFICIAL DE EVENTOS DO MUNICIPIO DE MARECHAL FLORIANO, A FESTA DO CAFÉ, REALIZADA ANUALMENTE NO DISTRITO DE SANTA MARIA".</t>
   </si>
   <si>
     <t>8891</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8891/pf_61_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8891/pf_61_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 082/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "AUTORIZA O PODER LEGISLATIVO MUNICIPAL, MINISTRAR CURSOS A VEREADORES QUE EXERCERÃO SEU PRIMEIRO MANDATO NO MUNICIPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8892</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8892/pf_62_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8892/pf_62_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 083/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "DENOMINA CENTRO EDUCACIONAL E ESPORTIVO  VEREADOR NICOLAU KROHLING O GINÁSIO DE ESPORTES DE VICTOR HUGO, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>8893</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8893/pf_63_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8893/pf_63_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 084/2015 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "ALTERA A LEI MUNICIPAL N°. 675, DE 30 DE ABRIL DE 2007, QUE DISPÕE SOBRE A POLITICA MUNICIPAL DE ATENDIMENTO DA CRIANÇA E DO ADOLESCENTE".</t>
   </si>
   <si>
     <t>8894</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8894/pf_64_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8894/pf_64_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 085/2015 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL "FIXA AREA DE EXPANSÃO URBANA".</t>
   </si>
   <si>
     <t>8895</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8895/pf_65_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8895/pf_65_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 086/2015 DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR E DORIO ALFREDO BRAUN "ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°. 1594, DE 13 DE MARÇO DE 2015".</t>
   </si>
   <si>
     <t>8896</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8896/pf_66_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8896/pf_66_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N/. 087/2015 DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR E DÓRIO ALFREDO BRAUN "CRIA O MEMORIAL VICTOR HUGO, NO MUNICIPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>8897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8897/pf_67_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8897/pf_67_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 088/2015 DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR E DÓRIO ALFREDO BRAUN"DISPÕE SOBRE A UTILIZAÇÃO E PERMANENCIA NAS UNIDADES DE SAÚDE DO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>8898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8898/pf_68_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8898/pf_68_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 089/2015.</t>
   </si>
   <si>
     <t>8905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8905/pf_69_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8905/pf_69_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 090/2015 DE AUTORIA DO VEREADOR ALCINO OLEGÁRIO DINIZ NETO.</t>
   </si>
   <si>
     <t>8906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8906/pc_70_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8906/pc_70_15.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO AO VETO PARCIAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTOGRAFO N°. 061/2015 PROVENIENTE DO PROJETO DE LEI N°. 059/2015.</t>
   </si>
   <si>
     <t>8907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8907/pf_71_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8907/pf_71_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL RELATIVO AO PROJETO DE LEI N°. 091/2015 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>8908</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8908/pf_72_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8908/pf_72_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL RELATIVO AO PROJETO DE LEI N°. 092/2015, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "ESTIMA AS RECEITAS E FIXA AS DESPESAS DO ORÇAMENTO FISCAL DO MUNICIPIO DE MARECHAL FLORIANO PARA O EXERCICIO DE 2016."</t>
   </si>
   <si>
     <t>8909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8909/pf_73_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8909/pf_73_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 105/2016 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR "ALTERA A LEI MUNICIPAL N°. 1260 DE 19 DE JUNHO DE 2013".</t>
   </si>
   <si>
     <t>8910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8910/pf_74_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8910/pf_74_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 106/2015 DE AUTORIA DDO VEREADOR CEZAR TADEU RONCHI JUNIOR.</t>
   </si>
   <si>
     <t>8911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8911/pf_75_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8911/pf_75_15.pdf</t>
   </si>
   <si>
     <t>/PARECER FAVORAVEL AO PROJETO DE LEI N°. 107/2015 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR.</t>
   </si>
   <si>
     <t>8912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8912/pf_76_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8912/pf_76_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 108/2016 DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER.</t>
   </si>
   <si>
     <t>8913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8913/pf_77_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8913/pf_77_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO VETO INTEGRAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTOGRAFO N°. 088/2015 proveniente do Projeto de Lei n°. 096/2015.</t>
   </si>
   <si>
     <t>8914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8914/pf_78_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8914/pf_78_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 110/2015 DE AUTORIA DA MESA DIRETORA QUE "AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES".</t>
   </si>
   <si>
     <t>8915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8915/pf_79_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8915/pf_79_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 112/2015 DE AUTORIA DO VEREADOR JOSÉ RODOLFO KROHLING.</t>
   </si>
   <si>
     <t>8916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8916/pf_80_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8916/pf_80_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI 112/2015.</t>
   </si>
   <si>
     <t>8917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8917/pf_81_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8917/pf_81_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 113/2015.</t>
   </si>
   <si>
     <t>8918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8918/pf_82_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8918/pf_82_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 114/2015.</t>
   </si>
   <si>
     <t>8919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8919/pf_83_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8919/pf_83_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 115/2015.</t>
   </si>
   <si>
     <t>8920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8920/pc_84_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8920/pc_84_15.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRARIO AO VETO INTEGRAL RELATIVO AO AUTOGRAFO N°. 086/2015 PROVENIENTE DO PROJETO DE LEI N°. 094/2015.</t>
   </si>
   <si>
     <t>8921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8921/pf_85_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8921/pf_85_15.pdf</t>
   </si>
   <si>
     <t>PARACER FAVORAVEL RELATIVO A PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO- EXERCICIO DE 2013 - PREFEITO ANTONIO LIDINEY GOBBI.</t>
   </si>
   <si>
     <t>8922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8922/pf_86_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8922/pf_86_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 118/2015.</t>
   </si>
   <si>
     <t>8923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8923/pf_87_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8923/pf_87_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 119/2015.</t>
   </si>
   <si>
     <t>8925</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8925/pf_88_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8925/pf_88_15.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORAVEL AO PROJETO DE LEI N°. 117/2015</t>
   </si>
   <si>
     <t>11943</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/11943/pc089-2005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/11943/pc089-2005.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 117/2015.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1376/1376_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1376/1376_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCICIO DE 2009</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1375/1375_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1375/1375_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCICIO DE 2011</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O AUMENTO DO NUMERO DE VAGAS DE VEREADORES NA CÂMARA MUNICIPAL DE MARECHAL FLORIANO </t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCICIO DE 2013 </t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Antônio Lidiney Gobbi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1°, DA LEI MUNICIPAL N° 1.386 DE 16 DE DEZEMBRO DE 2013.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A NOMENCLATURA DO CARGO DE ASSESSOR DE PLANEJAMENTO E CONTROLE INTERNO._x000D_
  </t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA CARGOS DE COMISSÃO A SER INCLUÍDOS NA LEI MUNICIPAL N° 565, DE NOVEMBRO DE 2005._x000D_
  </t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO VIGENTE DO MUNICÍPIO DE MARECHAL FLORIANO-ES. </t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A BRIGADA COMUNITÁRIA DE COMBATE A INCÊNDIOS FLORESTAIS E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE OBRIGATORIEDADE DAS AGENCIAS BANCARIAS E CORREIOS VIABILIZAREM A INSTALAÇÃO DE BEBEDOUROS.   </t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">IMPLANTA EM ÂMBITO MUNICIPAL O PROGRAMA DE SUSTENTABILIDADE DE USO RACIONAL DOS RECURSOS NATURAIS ATRAVÉS DA CAPTAÇÃO E REUSO DAS ÁGUAS PLUVIAIS E DA UTILIZAÇÃO DE FONTE PARA A PRODUÇÃO DE ENERGIA._x000D_
    </t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO O PROJETO PLANTANDO PALAVRAS.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI PRATOS TÍPICOS DA CULINÁRIA ALEMÃ E ITALIANA NO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PAGAMENTO ÚNICO DA LEI MUNICIPAL N° 1.515 DE 11 SETEMBRO DE 2014.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>DENOMINA DE RUA SANTOS NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A TRANSFERIR A GESTÃO E USO DE ESPAÇOS ESPORTIVOS INTEGRANTES DO PATRIMÔNIO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA IDA GAVA BRAVIM, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE FLORA RUPF HERTEL, A RUA QUE DARÁ ACESSO ÁS FUTURAS INSTALAÇÕES DO CENTRO DE VIVÊNCIA DO IDOSO AMADOR ENDLICH NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8437</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8437/018-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8437/018-2015.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA EXECUTIVO FLORIANENSE JOVEM, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA CONHECENDO OS LOGRADOUROS PÚBLICOS E SUAS HISTORIAS.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA ÁREA DE PERÍMETRO URBANO AO ARTIGO 5° DA LEI N° 066 DE 08 DE ABRIL DE 1994.  </t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DETERMINA O ENCAMINHAMENTO A CÂMARA MUNICIPAL DE MARECHAL FLORIANO DE CÓPIA INTEGRAL DOS CONTRATOS FIRMADOS PELO PODER EXECUTIVO E DA OUTRA PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A COMISSÃO DE FINANÇAS E ORÇAMENTO REALIZAR ANUALMENTE, AUDIÊNCIAS PÚBLICAS DESTINADAS A APRECIAR AS MATÉRIAS ORÇAMENTARIAS DO MUNICÍPIO DE MARECHAL FLORIANO E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CADASTRAMENTO, MAPEAMENTO E GEORREFERENCIAMENTO DAS NASCENTES D'ÁGUA NAS ÁREAS URBANAS E RURAIS DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
  </t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A INSTITUIÇÃO DA OLIMPÍADA MUNICIPAL DE MATEMÁTICA, VOLTADA AOS ALUNOS DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS A URBANIZAÇÃO. </t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ZEFERINO GUIDE, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1060/1060_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1060/1060_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE INCLUSÃO DIGITAL NO DISTRITO DE ARAGUAIA, E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LUIZ PREST AS INSTALAÇÕES DA PRAÇA DO CRUZEIRO, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE VILA DO SERTÃO, NA COMUNIDADE DE BOA ESPERANÇA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1063/1063_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1063/1063_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL N° 1.577, DE 05 DE JANEIRO DE 2015.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO MUSEU COMUNITÁRIO DO ESPORTE, NO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSÉ CELANTE, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>8438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8438/036.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8438/036.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DISTRIBUIÇÃO DOMICILIAR DE MEDICAMENTOS E MATERIAIS NECESSÁRIOS AOS PROCEDIMENTOS MÉDICOS PARA IDOSOS PREVIAMENTE CADASTRADOS NO SISTEMA ÚNICO DE SAÚDE - SUS - MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A INCLUSÃO NA FATURA MENSAL DA ÁGUA DA CONCESSIONÁRIA RESPONSÁVEL PELO ABASTECIMENTO DE ÁGUA NO MUNICÍPIO DE MARECHAL FLORIANO, O ENUNCIADO ECONOMIZE ÁGUA, EVITE O DESPERDÍCIO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1067/1067_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1067/1067_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1°, DA LEI MUNICIPAL N°435, DE 20 DE AGOSTO DE 2002.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1068/1068_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1068/1068_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LEONTINA PERIM DE FARIA, AS FUTURAS INSTALAÇÕES DA UNIDADE BÁSICA DE SAÚDE DO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1069/1069_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1069/1069_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE IRENE AUGUSTA RONCHI FERREIRA, AS FUTURAS INSTALAÇÕES DA ACADEMIA DE SAÚDE DO DISTRITO DE ARAGUAIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1070/1070_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1070/1070_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A POLÍTICA MUNICIPAL DE PRÁTICAS INTEGRATIVAS E COMPLEMENTARES EM SAÚDE (PMPICS), NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1071/1071_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1071/1071_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA GRUPOS DE DANÇA COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTARIA PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1073/1073_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1073/1073_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AJUDA DE CUSTO A MUNÍCIPE POLITRAUMATIZADA  ADRIANA IVETE ULIANA FRANÇA.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PME - PLANO MUNICIPAL DE EDUCAÇÃO PARA O DECÊNIO 2015-2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TEMA "ÁGUA" COMO TEMA TRANSVERSAL NA GRADE CURRICULAR DAS ESCOLAS PUBLICAS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PRESIDENTE MUNICIPAL FRANCISCO KANISKY AS INSTALAÇÕES DA TRAVESSIA, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>MESA DIRETORA 2015/2016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A COMUNIDADE TERAPÊUTICA PARA TRATAMENTO COMPORTAMENTAL ANTI DROGA.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO À LEI MUNICIPAL N°. 1.520, DE 17 DE SETEMBRO DE 2014.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ARTHUR JACOB SCHNEIDER A ESTRADA SITUADA EM BOA ESPERANÇA, MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DURABILIDADE DOS RECIBOS DE PAGAMENTO EMITIDOS EM CAIXAS ELETRÔNICOS PELOS BANCOS ESTABELECIDOS NO MUNICÍPIO DE MARECHAL FLORIANO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI NA ORGANIZAÇÃO CURRICULAR DA REDE MUNICIPAL DE ENSINO DE MARECHAL FLORIANO CONTEÚDOS SOBRE A AVICULTURA.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR LEILÃO PARA A ALIENAÇÃO DE BENS MÓVEIS PERTENCENTES AO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 417, DE 25 DE ABRIL DE 2002.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DIVULGAÇÃO DO PRAZO DE VIGÊNCIA E VALOR MENSAL DA LOCAÇÃO DE IMÓVEIS ALUGADOS PELA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE ORGANIZAÇÕES SOCIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA RUA JERÔNIMO PIVETTA, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA PATRIMÔNIO IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO OS CORAIS PIU BELLO E SÃO JOSÉ, RESPECTIVAMENTE, DOS DISTRITOS DE ARAGUAIA E SANTA MARIA.  </t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA ÁREA DE PERÍMETRO URBANO À LEI MUNICIPAL N°1064 DE 04 DE AGOSTO DE 2011.   </t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PONTE NILTÁRIO JOÃO KLIPPEL, NA COMUNIDADE DE BOA ESPERANÇA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CAMINHO DAS ORQUÍDEAS, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE MARECHAL FLORIANO, A NOITE ALEMÃ DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA PERMANENTE DE INFORMAÇÃO PREVENÇÃO E COMBATE À DEPRESSÃO NO MUNICÍPIO DE MARECHAL FLORIANO, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS, ESTABELECENDO NORMAS PARA A EXPLORAÇÃO DOS SERVIÇOS DE AUTOMÓVEIS DE ALUGUEL (TÁXIS)  E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSERE NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO, O FESTIVAL DO SANFONEIRO DE ALTO NOVA ALMEIDA.  </t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSERE NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO, A EXPOSIÇÃO DE ORQUÍDEAS DO DISTRITO DE SANTA MARIA.  </t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 1.285, DE 11 DE SETEMBRO DE 2013.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DOS CONSELHOS ESCOLARES NAS INSTITUIÇÕES DE ENSINO DE EDUCAÇÃO INFANTIL E ENSINO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE APOLONIA STEIN  KIEFER, A RUA PROJETADA PARALELA À RUA FLORIANO KIEFER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE BAIRRO RECANTO DAS SIRIEMAS, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O MEMORIAL PASSINATO KUSTER, COM LOCALIZAÇÃO NAS INSTALAÇÕES DA NOVA ESCOLA FLORES PASSINATO KUSTER, EM SOÍDO DE BAIXO. </t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°1.434, DE 16 DE ABRIL DE 2014.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N°. 816, DE 09 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA ANTONIO MARTINS DE NADAI, AS FUTURAS INSTALAÇÕES NA PRAÇA DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, LOCALIZADO NO BAIRRO SANTA RITA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA LADEIRA DURVAL BARBOZA, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO, A FESTA DO CAFÉ, REALIZADA ANUALMENTE NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL, MINISTRAR CURSOS A VEREADORES QUE EXERCERÃO SEU PRIMEIRO MANDATO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA CENTRO EDUCACIONAL E ESPORTIVO VEREADOR NICOLAU KROHLING O GINÁSIO DE ESPORTES DE VICTOR HUGO, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL N° 675, DE 30 DE ABRIL DE 2007, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DA CRIANÇA E DO ADOLESCENTE.  </t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 1.594, DE 13 DE MARÇO DE 2015.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O MEMORIAL VICTOR HUGO, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A UTILIZAÇÃO E PERMANÊNCIA NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE NORMAS DE SEGURANÇA PARA A REALIZAÇÃO DE SHOWS MUSICAIS PRESENCIAIS OU ELETRÔNICOS E SIMILARES EM LOCAIS ABERTOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE MARECHAL FLORIANO O MARÇO LARANJA, MÊS DE PREVENÇÃO E COMBATE AO BULLYING ESCOLAR, E DA OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 672, DE 12 DE ABRIL DE 2007, QUE DISPÕE SOBRE A CRIAÇÃO E ORGANIZAÇÃO DO CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA AS RECEITAS E FIXA AS DESPESAS DO ORÇAMENTO FISCAL DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2016.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">FIXA ÁREA DE EXPANSÃO URBANA E ALTERA DENOMINAÇÃO DO CONDOMÍNIO SERRA VERDE. </t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO CRIAR O SERVIÇO DISQUE SILÊNCIO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA CAMPOS DOS GOYTACAZES NO ESTADO DO RIO DE JANEIRO, CIDADE IRMÃ DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA DE ENSINO DE EDUCAÇÃO CONSTITUCIONAL E CÍVICA PARA OS ALUNOS DA REDE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>Alcino Diniz, Cabral, Cezinha Ronchi, Coquinho, DAVI, Dodô Krohling, Dório Braun (Suplente), Juarez Xavier, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE TITULO DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO. </t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA A FEIRA MUNICIPAL DO PAGUE OU DEIXE, COM INCENTIVOS À DOAÇÃO DE AGASALHOS COBERTORES, BRINQUEDOS E SIMILARES E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1° DA LEI MUNICIPAL N°. 1.621, DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE APOIO À ACIASMAF NA CAMPANHA NATAL.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE DR. CEZAR VELO PUPPIN O AUDITÓRIO DA UNIDADE DE SAÚDE DE ARAGUAIA. </t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LUCINÉIA GUIMARÃES O AUDITÓRIO DA ACADEMIA DA SAÚDE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE DEPUTADO MARIANO FERREIRA DE NAZARETH A UNIDADE DE SAÚDE DE BOM JESUS - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE PEDRO LIPPAUS A RUA PROJETADA SITUADA NA SEDE DESTE MUNICÍPIO.  </t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°.1.260, DE 19 DE JUNHO DE 2013.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MILANEZ DADALTO, NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE GOVERNADOR MUNICIPAL HENRIQUE KROHLING, A UNIDADE BÁSICA DE SAÚDE DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ATUALIZAÇÃO NOS PERCURSOS DE RUAS DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 1.654, DE 18 DE SETEMBRO DE 2015.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
     <t>DENOMINA DE RUA GERMANO SCHUNK,NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE PONTE ROSALINA KLIPPEL BASSANI, NA COMUNIDADE DE BOA ESPERANÇA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISCIPLINA A FIXAÇÃO DE PLACAS DE INAUGURAÇÃO NOS PRÉDIOS E LOGRADOUROS PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CENTRO DE PRESERVAÇÃO E DIVULGAÇÃO DE MEMÓRIA DOCUMENTOS E FOTOS DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t>AMPLIA OS PADRÕES FIXADOS NO ANEXO III DA LEI N°816, DE 09 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ADICIONAL DE INSALUBRIDADE AO AGENTE COMUNITÁRIO DE SAÚDE.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA DISPOSITIVO DO CÓDIGO MUNICIPAL DO MEIO AMBIENTE E RECURSOS HÍDRICOS.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXTENSÃO DO PERCURSO DA RUA HENRIQUE MIGUEL TRARBACH.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ACRESCENTA ÁREA DE PERÍMETRO URBANO AO ARTIGO 5°DA LEI N°. 066 DE 08 DE ABRIL DE 1994. </t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS DE REGULAMENTAÇÃO DAS SESSÕES ITINERANTES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI PARAGRAFO ÚNICO NO ARTIGO 26 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS 12.43, 44 E 45 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARAGRAFO 7º AO ARTIGO 101 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 138 DO REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO DO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE ESTUDOS PARA PROVIDENCIAR O REFLORESTAMENTO DAS MARGENS DO RIO JUCU.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA PRAÇA DE LAZER NO BAIRRO DE SANTA RITA.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REVISÃO DA PARTE ELÉTRICA DO CAMPO BOM DE BOLA DE ARAGUAIA.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PRESTAÇÃO DE CONTAS COMPLETA RELATIVO ÀS RECEITAS E DESPESAS REALIZADAS NO EXERCÍCIO DE 2014, DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS. </t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER PRESTAÇÃO DE CONTAS RELATIVO AOS RECURSOS REPASSADOS NOS MESES DE NOVEMBRO E DEZEMBRO DE 2014 E JANEIRO DE 2015, SENDO ENCAMINHADO A ESTA CASA COPIA DOS EXTRATOS BANCÁRIOS BEM COMO CÓPIA DOS DOCUMENTOS DOS POSSÍVEIS GASTOS   REALIZADOS COM PAGAMENTO PESSOAL.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ESTUDO VISANDO A  COBRANÇA  DA TAXA DE ÁGUA EM ARAGUAIA,  JÁ QUE COBRADA SOMENTE DOS MUNÍCIPES CADASTRADOS NO IPTU,  VISTO QUE HÁ MUITOS MORADORES DA COMUNIDADE QUE NÃO SÃO CADASTRADOS NO IPTU  E UTILIZAM A ÁGUA DE FORNA IGUAL SEM PAGAR PELO O CONSUMA DA MESMA.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A VIABILIZAÇÃO DE UM ESTUDO VISANDO A REVISÃO, BEM COMO EQUIPARAÇÃO DA COBRANÇA DA TAXA DE IPTU EM TODO O MUNICÍPIO PELO MENOS DE 04 EM 04 ANOS.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM OS FISCAIS DE POSTURA, INTENSIFIQUE A FISCALIZAÇÃO DE RUAS EM RELAÇÃO AO COMÉRCIO ILEGAL DOS AMBULANTES EM NOSSO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL CÓPIA DE TODO O PROCEDIMENTO QUE DEU ORIGEM A CAPTAÇÃO DOS RECURSOS (CONVENIO), BEM COMO CÓPIA DE TODO CERTAME LICITATÓRIO RELATIVO À CONTRATAÇÃO DE EMPRESAS PARA ATUAREM NE EXECUÇÃO DOS SERVIÇOS DE PAISAGISMO REALIZADO EM SANTA MARIA.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PREFEITO MUNICIPAL A INSTITUIÇÃO DA LEI MUNICIPAL N°1.273/2013, COLOCANDO EM PRÁTICA A CONCESSÃO DE ESTÁGIOS, ONDE A MESMA AUTORIZA A CONTRATAÇÃO DE 50 JOVENS DO MUNICÍPIO.  </t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A PRESTAÇÃO DE CONTAS COMPLETA EM RELAÇÃO AOS GASTOS REALIZADOS NA COPA GURI DE 2015.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO, JUNTAMENTE COM A SECRETARIA DE ESPORTES QUE SEJA PROVIDENCIADA A PREVISÃO NAS INSTALAÇÕES DA REDE DE ILUMINAÇÃO DA PISTA DE SKATE, HAJA VISTA QUE AS LAMPADAS QUEIMAM COM GRANDE FREQUÊNCIA. </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE VIABILIZE O ENCAMINHAMENTO DE PROJETO, VISANDO A ELABORAÇÃO DE LEI DISCIPLINANDO A TELEFONIA MÓVEL NO MUNICÍPIO, SUGERINDO COMO EXEMPLO DE LEI DA CAPITAL.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL, EMPENHO NO SENTIDO DE AGILIZAR O INÍCIO DA CONSTRUÇÃO DO CENTRO DE VIVÊNCIA  AMADOR ENDLICH, HAJA VISTA QUE O RECURSO PARA A EXECUÇÃO DESTA OBRA JÁ ESTÁ EM ANDAMENTO.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL, INFORMAÇÕES SOBRE A "CASA DO MEL EDMUNDO LITTIG", COM FUTURAS INTALAÇÕES EM BOA ESPERANÇA</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Alcino Diniz, DAVI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL AGILIDADE NA CONCESSÃO DA PROGRESSÃO SALARIAL DOS AUXILIARES DE SECRETARIA ESCOLAR E AUXILIARES DE CHECHE. </t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INSTALAÇÃO DE UMA AUDIÊNCIA PUBLICA ANTES QUE O PROJETO DE LEI _x000D_
 Nº 015/2015 SEJA DELIBERADO PELO PLENÁRIO, VISANDO CONVOCAR UM REPRESENTANTE DO PODER EXECUTIVO PARA PRESTAR ESCLARECIMENTO JUNTO A NÓS VEREADORES E JUNTO ÀS ASSOCIAÇÕES E ENTIDADES ESPORTIVAS, PARA PODERMOS  ANALISAR OS POSSÍVEIS BENEFÍCIOS RELACIONADOS AO PROJETO ._x000D_
 REQUER AINDA A CONTRATAÇÃO DOS SERVIÇOS DE FUMACE, PARA PERCORRER AS RUAS DE NOSSO MUNICÍPIO  </t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO MUNICIPAL, A POSSIBILIDADE DE DISPONIBILIZAR RECURSOS FINANCEIROS PARA VIABILIZAR O TÉRMINO DA QUADRA EXPORTIVA DO DISTRITO DE ARAGUAIA, QUE PODERÁ ATENDER TANTO A COMUNIDADE, COMO AS ESCOLAS E CRECHES MUNICIPAIS DO DISTRITO.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A CONCESSÃO DE ALIMENTAÇÃO PARA OS SERVIDORES DA SECRETARIA MUNICIPAL DE SAÚDE QUE ATUAM EM REGIME DE PLATÃO COM CARGA HORÁRIA IGUAL OU SUPERIOR A 12 HORAS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO MUNICIPAL A POSSIBILIDADE DE ENCAMINHAR A CAMARA MUNICIPAL UM PROJETO DE LEI CONCEDENDO INCENTIVO AO PRODUTOR RURAL.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL A PRESTAÇÃO DE CONTAS COMPLETA DO CARNAVAL DE 2015, ATRAVÉS DE TODOS OS CONTRATOS FIRMADOS, CONVÊNIO REALIZADOS NOTAS FISCAIS, CÓPIA DE ORÇAMENTOS E DEMAIS DOCUMENTOS._x000D_
 REQUER AINDA INFORMAÇÃO SOBRE O VALOR ARRECADADO COM PATROCÍNIO, INFORMANDO QUAIS EMPRESAS CONTRIBUÍRAM COM RECURSOS FINANCEIROS E SEUS RESPECTIVOS FINANCEIROS E SEUS RESPECTIVOS VALORES.  </t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PREFEITO MUNICIPAL INSTITUIÇÃO DA LEI MUNICIPAL N°1.236, DE 18 DE ABRIL DE 2013, ONDE CRIA O PROGRAMA DE PISCICULTURA, QUE AUTORIZA A DISTRIBUIÇÃO DE ALEVINOS PAR AUXILIAR NA RENDA FAMILIAR DO PRODUTOR RURAL. _x000D_
 REQUER AINDA DO PODER EXECUTIVO MUNICIPAL A CONCESSÃO DE MUDAS DE PALMITO, MUDA CÍTRICAS, SEMENTES E DEMAIS BENEFÍCIOS PARA O PRODUTOR, EM CONFORMIDADE COM A LEI MUNICIPAL N°1.251, DE 24 DE MAIO DE 2013. </t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONSTRUÇÃO DE UMA NOVA CENTRAL DE TRATAMENTO DE ÁGUA PARA ATENDER TODA A POPULAÇÃO DO BAIRRO, EM ESPECIAL OS MORADORES DO CONDOMÍNIO QUE ATUALMENTE VEM SENDO OS MAIS PREJUDICADOS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ILUMINAÇÃO PÚBLICA EM TODO O PERCURSO DA ESTRADA  JAIME CANAL, INICIANDO NAS PROXIMIDADES DA EMPRESA GLOBOAVES.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/324/025-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/324/025-2015.pdf</t>
   </si>
   <si>
     <t>REQUER PRESTAÇÃO DE CONTAS REFERENTE ÀS VIAGENS REALIZADAS PARA A CIDADE DE APARECIDA DO NORTE E PARA RESPLENDOR CONSTANDO OS GASTOS REALIZADOS COM PASSAGENS E LOCAÇÃO DE ÔNIBUS, ALIMENTAÇÃO E DEMAIS DESPESAS ORIUNDAS DAS VIAGENS, SENDO ENTREGUE  A ESTA CASA DE LEIS SOMENTE UM RELATÓRIO.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES DE ALGUNS DEPÓSITOS FEITOS EM CONTAS BANCÁRIAS DE FORA DO ESTADO, COMO OS NOMES DOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL QUE RECEBERAM O DINHEIRO E QUAL A SUA FUNÇÃO, BEM COMO CÓPIA DO DECRETO DE NOMEAÇÃO DOS FUNCIONÁRIOS._x000D_
 </t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PREFEITO MUNICIPAL PARA QUE INTERVENHA, NO SENTIDO DE FISCALIZAR A AGLOMERAÇÃO DE AMBULANTES QUE CRESCE A CADA DIA EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODE EXECUTIVO, AGILIDADE NO PROCESSO DE CONCESSÃO DAS ESCRITURAS PÚBLICAS DOS LOTES DOADOS AOS MORADORES DE MARECHAL FLORIANO, LOCALIZADOS NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PROVIDÊNCIA DE VOSSA EXCELÊNCIA, COLOCANDO EM PRÁTICA A LEI MUNICIPAL N°1.399, DE 27 DE DEZEMBRO DE 2013, SANCIONADO POR VOSSA  EXCELÊNCIA, ONDE PROÍBE  A INSTALAÇÃO DE PORTEIRA EM ESTRADAS PÚBLICAS. </t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TRANSFERÊNCIA DO PORTÃO PRINCIPAL DE ENTRADA DA CRECHE DE SANTA MARIA, PARA A RUA LATERAL QUE DA ACESSO A NOVA PRAÇA DE LAZER.  </t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>CÓPIA INTEGRAL DE TODOS OS ALUGUEIS SOCIAIS DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA DE RIO FUNDO  </t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA PROVIDENCIADA A ABERTURA DA ESTRADA QUE INTERLIGA O BAIRRO SANTA RITA A ESTRADA PRINCIPAL DE RIO FUNDO.  </t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A IMEDIATA AQUISIÇÃO DE EQUIPAMENTO NOVOS PARA GARANTIR MELHOR QUALIDADE NO ATENDIMENTO URGÊNCIA E EMERGÊNCIA DOS PACIENTES QUE PROCURAM A POLICLÍNICA, TENDO EM VISTA  QUE ESTES SÃO RESPONSÁVEIS PELO SALVAMENTO DE DIVERSAS VIDAS.     </t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DA SECRETARIA MUNICIPAL DE SAÚDE O RELATÓRIO DE FREQUÊNCIA REFERENTE AS VISITAS REALIZADAS PELOS AGENTES DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO. </t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">AMPLIAÇÃO NA ESTRUTURA DA ESTAÇÃO DE TRATAMENTO DE ÁGUA POTÁVEL DOS MORADORES DO DISTRITO DE ARAGUAIA, PARA SUPRIR NECESSIDADE DA COMUNIDADE._x000D_
 REQUER AINDA A CONSTRUÇÃO DE ESTAÇÃO DE TRATAMENTO DE ESGOTO NO DISTRITO DE ARAGUAIA. </t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CONSTRUÇÃO DE UM CALÇAMENTO PARALELO A ESTRADA FÉRREA INICIANDO NAS PROXIMIDADES DO PONTILHÃO. </t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/344/344_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER NOVAMENTE INFORMAÇÕES SOBRE O VALOR GASTO COM O PSF NESTE ANO, BEM COM ENCAMINHAMENTO DA FOLHA DE PAGAMENTO EXCLUSIVA DO PSF, RELATIVO AOS MESES DE DEZEMBRO DE 2014 E JANEIRO, FEVEREIRO, MARÇO E ABRIL DE 2015.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/345/345_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL, EMPENHO NO SENTIDO DE AGILIZAR O INÍCIO DA CONSTRUÇÃO DA "CASA DO MEL EDMUNDO LITTIG", COM FUTURAS INSTALAÇÕES  NA COMUNIDADE DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/346/346_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE O CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA SOBRE OS MOTIVOS PELOS QUAIS OS SERVIÇOS AINDA NÃO FORAM CONCLUÍDOS.  </t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/347/347_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER NOVAMENTE AO PREFEITO MUNICIPAL E AO SECRETARIO MUNICIPAL DE OBRAS, PROVIDENCIA QUANTO AO PEDIDO DA MAIORIA DOS MORADORES DE RIO FUNDO, QUE QUEREM A RETIRADA DO QUEBRA MOLAS QUE FORAM INSTALADOS DE FORMA IRREGULAR, E SEM AUTORIZAÇÃO DO PODER EXECUTIVO. </t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/348/348_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL A CÓPIA DE TODO CERTAME LICITATÓRIO. </t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/349/349_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL O ENCAMINHAMENTO DE MAQUINÁRIO PARA ATENDER A COMUNIDADE DE RIO FUNDO. </t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/350/350_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE AO SE PROGRAMAR PARA REALIZAR AS VIAGENS PARA OS GRUPOS DA 3ª IDADE E OUTRAS VIAGENS SIMILARES O PODER EXECUTIVO MUNICIPAL PASSE A ARCAR COM ESTAS DESPESAS COM RECURSOS PRÓPRIOS, SENDO ENCAMINHADO A ESTA CASA DE LEIS, O PROJETO SOLICITANDO AUTORIZAÇÃO INDIVIDUAL PARA CUSTEAR ESTAS VIAGENS. </t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/351/351_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXCECUTIVO MUNICIPAL A REGULAMENTAÇÃO DA PROFISSÃO DE MOTORISTA DE VEÍCULOS DE EMERGÊNCIA.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/352/352_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE ALTERE E COMPLETE A FRASE CONTIDA NO PORTAL DE SANTA MARIA, LOCALIZADO PRÓXIMO AO POSTO DO CAFÉ  COM A INCLUSÃO DOS NOMES DOS DISTRITOS DE SANTA MARIA E ARAGUAIA.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/353/353_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER  CÓPIA NA ÍNTEGRA (DETALHADA) DE TODA FOLHA DE PAGAMENTO E RELAÇÃO DOS SERVIDORES QUE ATUAM EM COMISSÕES GRATIFICADAS, BEM COMO A RELAÇÃO DE FUNCIONÁRIOS POR SECRETARIA COM DATA DE ADMISSÃO, O QUANTITATIVO DE EFETIVOS E COMISSIONADOS.  </t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/354/354_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER LIBERAÇÃO DE UM AGENTE COMUNITÁRIO DE SAÚDE PARA ATENDER AOS MORADORES DA BAIXADA DE SANTA MARIA.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>Coquinho, Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PREFEITO MUNICIPAL A CONSTANTE MANUTENÇÃO DAS ESTRADAS DA COMUNIDADE DE  BOM JESUS, PROVIDENCIANDO SEMPRE QUE POSSÍVEL O PATROLAMENTO E CASCALHAMENTO DAS ESTRADAS ATENDENDO ATÉ AS DIVISAS DO MUNICÍPIO, FAZENDO QUE A MESMAS FIQUEM EM BOAS CONDIÇÕES DE USO, PROPORCIONANDO MAIS SEGURANÇAS A TODOS.  </t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO UMA MELHOR FISCALIZAÇÃO SOBRE O TRATAMENTO DESIGUAL NAS CRECHES EM RELAÇÃO COM AS CLASSES SOCIAIS.   </t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A VOSSA EXCELÊNCIA, UMA ATENÇÃO ESPECIAL PARA A ESCOLA VICTÓRIO BRAVIM DO DISTRITO DE ARAGUAIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/358/358_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/358/358_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO ADOTE MEDIDAS URGENTES PARA A CONTRATAÇÃO DESTES PROFISSIONAIS  E DISPONIBILIDADE DE ATENDIMENTO AOS MUNÍCIPES, CASO CONTRARIO SUGERIMOS A MANIFESTAÇÃO DO MINISTÉRIO PUBLICO  PARA AVERIGUAR TAL SITUAÇÃO._x000D_
   </t>
   </si>
   <si>
     <t>8439</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8439/requerimento_53-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8439/requerimento_53-2015.pdf</t>
   </si>
   <si>
     <t>REQUEIRO SERVIÇO DE MELHORIA E REPARO, NOS ENTIDO DE REFAZER A PINTURA DA SINALIZAÇÃO VERTICAL E HORZONTAL DE TODA MUNICIPALIDADE DE MARECHAL FLORIANO, COMPREENDENDO A SEDE, RIO FUNDO E OS DISTRITOS DE SANTA MARIA. POIS, AS FAIXAS DE PEDESTRES E DEMARCAÇÃO DE ESTACIONAMENTOS ENCONTRAM-SE COM A PINTURA APAGADA, GERANDO MUITOS ACIDENTES._x000D_
 REQUEIRO, DENTRO DAS POSSIBILIDADES, VIABILIZAR A INSTALAÇÃO DE OUTRAS PLACAS E/OU SINALIZAÇÕES QUE FOREM VIÁVEIS, BEM COMO, QUE A RUA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTES SEJA MÃO UNICA.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/359/359_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL QUE VIABILIZE A ABERTURA, PAVIMENTAÇÃO E DRENAGEM DE UMA RUA COM 140 METROS, TENDO INICIO NA RODOVIA FRANCISCO STOCKL E TÉRMINO EM FRENTE À RESIDÊNCIA DA FAMÍLIA FISCHER.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/360/360_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER O ENCAMINHAMENTO DE PROJETO DE LEI VISANDO CONCEDER APOIO LOGÍSTICO E FINANCEIRO AOS ORGANIZADORES DO EVENTO AUXILIANDO NO CUSTEIO DAS DESPESAS PROVENIENTES DA REALIZAÇÃO DESTA  EXPOSIÇÃO. </t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/361/361_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/361/361_texto_integral.rar</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO AS SEGUINTES INFORMAÇÕES:_x000D_
 CÓPIA DE ATO DE NORMATIVO QUE  REGULAMENTOU CRIAÇÃO DA COMISSÃO DE PROCESSO ADMINISTRATIVO DISCIPLINAR._x000D_
 CÓPIA DE ATO NORMATIVO QUE NOMEOU OS MEMBROS DA COMISSÃO JULGADORA DE PROCESSO DISCIPLINAR INFORMANDO NOME E MATRICULA DOS SERVIDORES.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/362/362_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O CUMPRIMENTO DAS METAS INSERIDAS NO PLANO DE GOVERNO DO PREFEITO MUNICIPAL APRESENTADAS NAS ELEIÇÕES DE 2012, QUE ATE O PRESENTE MOMENTO NÃO FORAM EXECUTADAS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/363/363_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O CUMPRIMENTO DA LEI MUNICIPAL N°1.252 DE 29 DE MAIO DE 2013, ONDE INCLUI NO CURRÍCULO ESCOLAR DO MUNICÍPIO DE MARECHAL FLORIANO A DISCIPLINA ALIMENTAR SAUDÁVEL.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/364/364_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DO PODER EXECUTIVO MUNICIPAL JUNTO AO CIRETRAN DE MARECHAL FLORIANO NO SENTIDO DE PROIBIR O ESTACIONAMENTO DE VEÍCULOS NA RUA NOÉ LUIGI MODULO.  </t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/365/365_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UM LOCAL ONDE A COMUNIDADE DE BETINHO SIMON POSSA RECEBER ATENDIMENTO DO PSF, DE VACINAÇÃO, EXAMES PREVENTIVOS CONSULTAS MEDICAS E OUTROS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/366/366_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>VISANDO ATENDER A SOLICITAÇÃO DE MORADORES DA COMUNIDADE DE BETINHO SIMON, REQUEIRO AO PODE EXECUTIVO MUNICIPAL EM ESPECIAL A SECRETARIA MUNICIPAL DE OBRAS, QUE VIABILIZE UM SERVIDOR PARA MANTER LIMPA TODA A VILA.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL QUE REVEJA O PROBLEMA DA ÁGUA NA COMUNIDADE DE BETINHO SIMON. </t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/368/368_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJA VIABILIZADA ANALISE OU ESTUDO VISANDO A IMPLANTAÇÃO DE SEMÁFORO NO TREVO DE PARAJU.  </t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/369/369_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM IMPLANTADAS NO TREVO DE PARAJU, LOCALIZADO NA BR-262, KM 56, OBRAS E MELHORIAS VISANDO MAIS SEGURANÇA PARA FAZER A TRAVESSIA DA PISTA, SUGERINDO COMO EXEMPLO, AS OBRAS REALIZADAS NO TREVO QUE DÁ ACESSO A DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/370/370_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL QUE VIABILIZE MELHORIAS NO MUNÍCIPE DE  BETINHO SIMON, COMO NA  QUADRA, COM COBERTURA DE TODA LATERAL DA MESMA, CONSTRUÇÃO DE BANHEIROS, VESTIÁRIOS, BEM COMO AMPLIAÇÃO DA ESCOLA. </t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/371/371_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ENCAMINHE UM PROJETO DE LEI PARA QUE A FRAÇÃO MÍNIMA  DO PARCELAMENTO DAS PROPRIEDADES RURAIS QUE É DE 3 (TRÊS) HECTARES  PASSE A SER IGUAL OU INFERIOR A 2 (DOIS) HECTARES, OU SEJA, DE 30.000 PRA 20.000 METROS OU MENOS. </t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/372/372_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> CÓPIA DA RELAÇÃO NOMINAL DOS MÉDICOS QUE REALIZAM PLANTÕES NA POLICLÍNICA  EM TODAS AS ESPECIALIDADES;_x000D_
  CÓPIA DA ESCALA DE PLANTÕES MÉDICOS DOS ÚLTIMOS SEIS MESES;_x000D_
  CÓPIA DO BOLETINS DE ATENDIMENTO URGÊNCIA (BAUS) DO ÚLTIMO MÊS (JULHO), PARA EFEITO DE COMPROVAÇÃO DA PERMANÊNCIA DOS MÉDICOS PLANTONISTAS NAS ESCALAS DE TRABALHO.    _x000D_
  </t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/373/373_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/373/373_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INTERVENÇÃO URGENTE DO PODER EXECUTIVO NAS ESTRADAS DE ACESSO A COMUNIDADE FAZENDA PUPPIM, ATRAVÉS DA RECUPERAÇÃO E CONSTRUÇÃO DE BUEIROS, PATROLAMENTO, CASCALHAMENTO INSTALAÇÃO DE  MANILHAS, INSTALAÇÃO DE CAIXAS SECAS, ROÇAGEM DAS MARGENS DAS ESTRADAS E OUTRAS MELHORIAS NAS DUAS ESTRADAS QUE OFERECEM ACESSO A COMUNIDADE.  </t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/374/374_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DE VOSSA EXCELÊNCIA O ENVIO DE UM PROJETO DE LEI AUTORIZANDO OS CARTÓRIOS MUNICIPAIS A EMITIREM A ESCRITURA PÚBLICA DE POSSE PARA OS PROPRIETÁRIOS DE LOTES COM MEDIDA INFERIOR A 300M².</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/375/375_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL PROVIDÊNCIAS QUANTO A MELHORIAS NA RUA ALCEMIR  KIEFER, REALIZANDO SERVIÇOS DE CALÇAMENTO TENDO EM VISTA A ENORME QUANTIDADE DE BURACOS QUE TANTO PREJUDICA OS MORADORES.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/376/376_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER PROVIDENCIA QUANTO A INSTALAÇÃO DE MAIS 05 POSTES COM ILUMINAÇÃO PUBLICA PARA A RUA APOLÔNIA STEIN KIEFER, PROPORCIONANDO MAIS SEGURANÇA E QUALIDADE DE VIDA AOS MORADORES.  </t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/377/377_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A IMEDIATA INTERVENÇÃO DO PODER EXECUTIVO E DA DEFESA CIVIL DO MUNICÍPIO DE MARECHAL FLORIANO NO SENTIDO DE INTERMEDIAR A ESTRUTURA  METÁLICA DA TRAVESSA  QUE INTERLIGA A RUA DELIMAR SCHUNCK A RUA PEDRO SCHUNCK, TENDO EM VISTA QUE A MESMA PODE CAIR A QUALQUER MOMENTO.  </t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/378/378_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A IMEDIATA INTERVENÇÃO DO PODER EXECUTIVO, PROVIDENCIANDO O CASCALHAMENTO DAS ESTRADAS DA COMUNIDADE DE SOÍDO DE BAIXO, GARANTINDO A TODOS MAIS SEGURANÇA NA LOCOMOÇÃO DE SEUS VEÍCULOS. </t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL, CÓPIA DO CERTAME LICITATÓRIO, CÓPIA DE CONTRATO, PLANILHA DE EXECUÇÃO, EMPENHO, CÓPIA DOS PAGAMENTOS E DEMAIS PEÇAS REFERENTE AOS SERVIÇOS DE FORMA REALIZADO NO CAMPO BOM DE BOLA EM JOSÉ HENRIQUE PEREIRA. </t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/380/380_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL CÓPIA DE TODOS OS CONTRATOS FIRMADOS ENTRE A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO E A EMPRESA M.G.P. CONSTRUÇÕES E SERVIÇOS LTDA-ME , NOS EXERCÍCIOS DE 2013, 2014 E 2015. </t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/381/381_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO CONCEDA O ATENDIMENTO MÉDICO DO PSF A PESSOAS RESIDENTES NAS LIMITAÇÕES DO MUNICÍPIO, EM ESPECIAL O ATENDIMENTO PARA OS MORADORES DA COMUNIDADE DE BOM JESUS. </t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/382/382_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO PODER EXECUTIVO MUNICIPAL, QUE OS BENEFÍCIOS DOS AGENTES COMUNITÁRIOS DE SAÚDE SEJAM MANTIDOS EM ESPECIAL A INSALUBRIDADE.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/383/383_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO PODER EXECUTIVO MUNICIPAL, CÓPIA DO CONTRATO REFERENTE AO CAMINHÃO-PIPA, BEM COMO MEDIÇÃO DOS SERVIÇOS EXECUTADOS PELO MESMO, MÊS A MÊS, INFORMANDO AS LOCALIDADES ATENDIDAS NESTE EXERCÍCIO.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/384/384_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TENDO EM VISTA A BAIXA DAS ÁGUAS DO RIO JUCU BRAÇO SUL, REQUEIRO DO PODER EXECUTIVO MUNICIPAL, LIMPEZA, DRAGAGEM E DESASSOREAMENTO DO MESMO, VISANDO PREVENIR AS ENCHENTES DEVIDO ÀS CHUVAS TORRENCIAIS QUE SEMPRE OCORREM EM NOSSA REGIÃO.    </t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PREFEITO MUNICIPAL, JUNTAMENTE COM O SINDICADO DOS TRABALHADORES RURAIS DO MUNICÍPIO DE MARECHAL FLORIANO, A REALIZAÇÃO DE CAMPANHAS VISANDO LEVAR AO CONHECIMENTO DAS FAMÍLIAS DE PRODUTORES RURAIS, INFORMAÇÕES SOBRE OS BENEFÍCIOS E DIREITOS TRABALHISTAS QUE O HOMEM E A MULHER DO CAMPO POSSUEM. </t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL PROVIDÊNCIAS IMEDIATAS QUANTO ADOÇÃO DE AÇÕES VISANDO MELHORAR O SISTEMA O SISTEMA DE ESTACIONAMENTOS DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/387/082-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/387/082-2015.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM DISPONIBILIZADOS NO SITE DESSE LEGISLATIVO MUNICIPAL, TODOS OS PROJETOS DE LEIS CONTENDO SEUS RESPECTIVOS AUTORES, DESDE A CRIAÇÃO DE NOSSO MUNICÍPIO, BEM COMO TODAS AS SESSÕES, COMPREENDENDO O PERÍODO DE 2013 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/388/388_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CÓPIA DO CONTRATO FIRMADO ENTRE A EMPRESA MOTTA PERES E ESTE EXECUTIVO MUNICIPAL, VISANDO SERVIÇOS DE AUDITORIA, REFERENTE A TOMADA DE PREÇOS, TOMADA DE CONTAS ESPECIAL, BEM COMO, DO DECRETO CONTENDO A DESIGNAÇÃO DE SERVIDORES PARA AUXILIAREM E ACOMPANHAREM OS TRABALHOS DA MESMA.  </t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/389/389_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL, FAÇA UMA ANÁLISE VISANDO O CORTE DE ALGUNS EVENTOS ESPORTIVOS, COM OBJETIVO DE REDUZIR GASTOS COM OS MESMOS.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/390/390_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM VIABILIZADOS OS SEGUINTES SERVIÇOS NA COMUNIDADE DE SOÍDO DE BAIXO, COMO TERMINO DAS DUAS QUADRAS, CONSTRUÇÃO DE UMA CRECHE, CONSTRUÇÃO DE UM NOVO POSTO DE SAÚDE, PAVIMENTAÇÃO DA CABOCLA ATÉ A ESCOLA, ENTRE OUTROS.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/391/391_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE UMA CENTRAL DE TRATAMENTO DE ÁGUA PARA A COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/392/392_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A INTERVENÇÃO DO PODER EXECUTIVO JUNTO AO GOVERNO DO ESTADO VISANDO RECAPEAR A PAVIMENTAÇÃO ASFÁLTICA DA RODOVIA CORIOLANO GUILHERME STEIN, QUE INTERLIGA A RODOVIA BR-262 A COMUNIDADE CABOCLA, EM SOÍDO DE BAIXO. </t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/393/393_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM IMPLANTADAS EM TODAS AS ESTRADAS DA COMUNIDADE DE SOÍDO DE BAIXO, CAIXAS METÁLICAS VISANDO UMA MELHOR CAPITAÇÃO DE LIXO. </t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/394/394_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A INSTALAÇÃO DE PLACAS INDICATIVAS EM TODAS AS ESTRADAS DAS COMUNIDADES DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO COLOQUE A DISPOSIÇÃO DA COMUNIDADE DE SOÍDO DE BAIXO, O ATENDIMENTO PEDIÁTRICO UMA VEZ POR SEMANA E O RETORNO DO ATENDIMENTO  ODONTOLÓGICO.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CONSTRUÇÃO DE CAIXAS SECAS NAS MARGENS DAS ESTRADAS DA COMUNIDADE DE SOÍDO DE BAIXO. </t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER IMPLANTAÇÃO DO PROGRAMA DE ENSINO DE BOCHA PARA OS JOVENS E CRIANÇAS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A PREFEITURA MUNICIPAL ESTA CONSTRUINDO UMA NOVA ESCOLA NA COMUNIDADE DE SOÍDO DE BAIXO, REQUEIRO QUE SEJA CONSTRUÍDO UM NOVO POSTO DE SAÚDE MODELO PADRÃO NO TERRENO DA ESCOLA VELHA.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CALÇAMENTO OU ASFALTAMENTO, ILUMINAÇÃO PÚBLICA DA ESTRADA QUE INICIA PRÓXIMO A SUBIDA DA FAMÍLIA LAUER, PASSANDO PELO BAR DO SR. NILSON, FAMÍLIA RIBET. REQUER A INDA O CALÇAMENTO DA SUBIDA DO ATUAL POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER ASFALTAMENTO DO TRECHO DE ESTRADA QUE LIGA A BR-262 NO POSTO IPIRANGA, PASSANDO NAS PROXIMIDADES DA PROPRIEDADE DA FAMÍLIA KILL TERMINANDO PRÓXIMO A MERCEARIA KLEIN, ENCONTRANDO COM A RODOVIA JOÃO KLEIN.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.rar</t>
   </si>
   <si>
     <t>SOLICITO A REALIZAÇÃO DO PATROLAMENTO E CASCALHAMENTO POR COMPLETO DA ESTRADA DA COMUNIDADE DE RIO FUNDO, CUMPRINDO ASSIM A LEI QUE DETERMINA O PATROLAMENTO ATÉ AS DIVISAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES ACERCA DAS CASAS POPULARES, COMO INICIO DAS OBRAS E PROGRAMAÇÃO DE DATA DE ENTREGA.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AS MEDIÇÕES INERENTES AOS SERVIÇOS REALIZADOS PELA EMPRESA MGP CONSTRUÇÕES E SERVIÇOS LTDA-ME NOS EXERCÍCIOS DE 2013,2014 E 2015, REQUER AINDA CÓPIA DO CONTRATO DE ALUGUEL  FIRMADO  ENTRE A SECRETARIA DE EDUCAÇÃO E ESPORTES COM A IGREJA DE SANTANA, PARA RECEBER OS ALUNOS DO CENTRO EDUCACIONAL  VOVÓ FERNANDINA, DURANTE O PERÍODO DE OBRAS EM ANEXO AO MESMO. </t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM RETOMADAS AS OBRAS DA CONSTRUÇÃO DO CENTRO DE VIVÊNCIA DO IDOSO NA RUA GUSTAVO HERTEL, AO LADO DO CAMPO BOM DE BOLA, VISTO QUE O RECURSO ENCONTRA-SE DISPONIBILIZADO EM CONTA.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VISANDO A REDUÇÃO DE GASTOS DO EXECUTIVO MUNICIPAL, REQUER A EXTINÇÃO DOS CARGOS DE SUBSECRETÁRIOS.  </t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/406/406_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE SEJAM VIABILIZADAS PLACAS IDENTIFICANDO O ATENDIMENTO PRIORITÁRIO, EM TODOS OS ÓRGÃO PÚBLICOS DESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.rar</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.rar</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE A PREFEITURA MUNICIPAL DISPONIBILIZE RECURSOS FINANCEIROS PROPORCIONANDO A SUBSTITUIÇÃO DA GRAMA SINTÉTICA DO CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA (SEDE). </t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/408/103-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/408/103-2015.pdf</t>
   </si>
   <si>
     <t>INDICA A INTERVENÇÃO DO PODER EXECUTIVO NO SENTIDO DE PROPORCIONAR A CONSTRUÇÃO DE UM CAMPO DE BOCHA, VESTIÁRIOS COM BANHEIROS,BEBEDOUROS E CONSTRUÇÃO DE UM PONTO PARA LANCHONETE DENTRO DA PRAÇA DE ESPORTES E LAZER HERDEIROS BRAVIM.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/409/409_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL COLOQUE EM PRÁTICA O PROGRAMA SHOW NA PRAÇA, ESTABELECIDOS PELAS LEIS NºS. 1.031/2011 E 1.473/2014.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/410/410_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CONCESSÃO DE ABONO SALARIAL AOS PROFESSORES E DEMAIS SERVIDORES DA EDUCAÇÃO. </t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO PODER EXECUTIVO A REGULARIZAÇÃO DOS DOCUMENTOS DA ESCRITURA DA ÁREA DE TERRA PERTENCENTE AO SR. GLADISTONE CESAR KILL, DA LOCALIDADE DE SOÍDO DE BAIXO, QUE CEDEU UMA PARTE DA ÁREA DE UM TERRENO PARA FUNCIONAMENTO DE UMA ESCOLA. </t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONSIDERANDO AS ORDENS DE SERVIÇOS ASSINADAS RECENTEMENTE NO MÊS DE NOVEMBRO RELATIVO A PAVIMENTAÇÃO ASFÁLTICA DAS ESTRADAS DE RIO FUNDO E BOA ESPERANÇA, VENHO REQUERER O ENCAMINHAMENTO DE CÓPIA DE TODA A DOCUMENTAÇÃO PERTINENTE À TRANSFERÊNCIA DOS RECURSOS PARA AS CONTAS DA PREFEITURA MUNICIPAL.  </t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CONSERTO URGENTE DA RODOVIA JACOMO RONCHI E QUE SEJA FEITA UMA ANALISE VISANDO A ELABORAÇÃO DE UMA LEI COM O OBJETIVO DE PROIBIR OU LIMITAR O PESO DA CARGA DOS CAMINHÕES CARREGADOS DE EUCALIPTO PELA REFERIDA RODOVIA. </t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">TERMINO DA QUADRA E CONSTRUÇÃO DE ALOJAMENTOS PARA OS MENINOS DO VOLIBOL._x000D_
 PINTURA INTERNA E EXTERNA DA EMEF JACOMO BORGO  DE ARAGUAIA, REFORMA DO BANHEIRO DA SALA DOS PROFESSORES, TELHADO, PLACAS DE IDENTIFICAÇÃO DA ESCOLA, TROCA DO PISO DA COZINHA, TROCA DA REDE ELÉTRICA, BEM COMO CONTRATAÇÃO DE UM PROFESSOR PARA A SALA DE INFORMATICA.   </t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER LIMPEZA URGENTE DAS RODOVIAS FRANCISCO STOCKL. _x000D_
 TÉRMINOS DAS PASSARELAS NAS PONTES DA RODOVIA FRANCISCO STOCKL._x000D_
 TROCA DA PLACA DA RODOVIA PAULA LORENZONE._x000D_
 ASFALTAMENTO NA PONTE SOBRE O RIO BOA VISTA.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER QUE O PODER EXECUTIVO MUNICIPAL DISPONIBILIZE UM CAMINHÃO PARA RECOLHER MOVEIS OU ELETRODOMÉSTICOS, QUE SÃO LANÇADOS NAS RUAS, NO DISTRITO DE ARAGUAIA NESTA MUNICIPALIDADE.  </t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DOS COMPROVANTES REFENTES AO RESSACIAMENTO FINANCEIRO RELATIVO AOS FUNCIONÁRIOS EFETIVOS DA PREFEITURA MUNICIPAL QUE ESTÃO A DISPOSIÇÃO DA ORGANIZAÇÃO SOCIAL QUE ADMINISTRA OS SERVIÇOS DA SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A RELAÇÃO COMPLETA DOS FUNCIONÁRIOS ATENDIAM PELO CONSORCIO, DOCUMENTOS QUE COMPROVAM AS SUAS REMUNERAÇÕES E COMPROVANTES DOS REPASSES REALIZADOS PELA PREFEITURA ATRAVÉS DA CONTRA PARTIDA DO MUNICÍPIO QUE É DE 1,5% DO FPM.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODER EXECUTIVO MUNICIPAL CÓPIA DE DOCUMENTAÇÃO PERTINENTE A LEI MUNICIPAL N°.1.220 DE 1 DE ABRIL DE 2013 QUE DETERMINA A PRESTAÇÃO DE CONTAS BIMESTRAIS DO SERVIÇO VOLUNTÁRIO CIVIL, INSTITUÍDO PELA LEI MUNICIPAL       N°. 1.185  DE 23 DE JANEIRO  DE 2013. </t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DO PODE EXECUTIVO O CUMPRIMENTO DA LEI MUNICIPAL N° 1.570 DE 05 DE JANEIRO DE 2015, QUE INSTITUI MEDIDAS PARA O COMBATE E PREVENÇÃO DA DENGUE EM NOSSO MUNICÍPIO E CONSEQUENTEMENTE A PREVENÇÃO DO VÍRUS "ZIKA", TENDO COMO RESPONSÁVEL O MOSQUITO AEDES AEGYPTI. </t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A VOSSA EXCELÊNCIA QUE DIGNE DE PROCEDER A INSTITUIÇÃO  DE COMISSÃO PARLAMENTAR DE INQUÉRITO. </t>
   </si>
   <si>
     <t>12558</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12558/res001-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12558/res001-2015.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE NORMAS DE REGULAMENTAÇÃO DAS SESSÕES ITINERANTES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO."</t>
   </si>
   <si>
     <t>12559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12559/res002-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12559/res002-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12560</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12560/res003-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12560/res003-2015.pdf</t>
   </si>
   <si>
     <t>"INCLUI PARÁGRAFO ÚNICO NO ARTIGO 26 DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12561</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12561/res004-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12561/res004-2015.pdf</t>
   </si>
   <si>
     <t>"ALTERA ARTIGO 12, 43, 44 E 45 DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12562</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12562/res005-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12562/res005-2015.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA PARÁGRAFO 7º AO ARTIGO 101 DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12563</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12563/res006-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12563/res006-2015.pdf</t>
   </si>
   <si>
     <t>"ALTERA ARTIGO 138 DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12564</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12564/res007-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12564/res007-2015.pdf</t>
   </si>
   <si>
     <t>12565</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12565/res008-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12565/res008-2015.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO DO ORÇAMENTO VIGENTE."</t>
   </si>
   <si>
     <t>12566</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12566/res009-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12566/res009-2015.pdf</t>
   </si>
   <si>
     <t>"NOMEIA MEMBROS PARA COMPOR A COMISSÃO PARLAMENTAR DE INQUÉRITO."</t>
   </si>
   <si>
     <t>12648</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12648/em001-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12648/em001-2015.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 002/2015."</t>
   </si>
   <si>
     <t>12649</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12649/em002-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12649/em002-2015.pdf</t>
   </si>
   <si>
     <t>EMENDA RELATIVA AO PROJETO DE LEI Nº 045/2015.</t>
   </si>
   <si>
     <t>12650</t>
   </si>
   <si>
     <t>Alcino Diniz, Cabral, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12650/em003-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12650/em003-2015.pdf</t>
   </si>
   <si>
     <t>EMENDA RELATIVA AO PROJETO DE LEI Nº 059/2015.</t>
   </si>
   <si>
     <t>12651</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12651/em004-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12651/em004-2015.pdf</t>
   </si>
   <si>
     <t>12652</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12652/em005-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12652/em005-2015.pdf</t>
   </si>
   <si>
     <t>12653</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12653/em006-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12653/em006-2015.pdf</t>
   </si>
   <si>
     <t>EMENDA RELATIVA AO PROJETO DE LEI Nº 071/2015.</t>
   </si>
   <si>
     <t>12654</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12654/em007-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12654/em007-2015.pdf</t>
   </si>
   <si>
     <t>EMENDA RELATIVA AO PROJETO DE LEI Nº 092/2015.</t>
   </si>
   <si>
     <t>12657</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12657/ea001-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12657/ea001-2015.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 059/2015."</t>
   </si>
   <si>
     <t>12658</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12658/ea002-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12658/ea002-2015.pdf</t>
   </si>
   <si>
     <t>12655</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
     <t>Cabral, Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12655/es001-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12655/es001-2015.pdf</t>
   </si>
   <si>
     <t>"EMENDA RELATIVA AO PROJETO DE LEI Nº 005/2015."</t>
   </si>
   <si>
     <t>12656</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12656/es002-2015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12656/es002-2015.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6007,68 +6007,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13722/001-2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13723/002-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13724/003-2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13725/004-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13726/005-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13727/006-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.rar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/101/estado_do_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8673/629-2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.rar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.rar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.rar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.rar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.rar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.rar" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.rar" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.rar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.rar" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.rar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.rar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.rar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.rar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.rar" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.rar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.rar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.rar" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.rar" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.rar" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.rar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.rar" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.rar" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.rar" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.rar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.rar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.rar" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.rar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8714/mocao_30-2015.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.rar" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.rar" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.rar" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8715/35-2015.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.rar" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.rar" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.rar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.rar" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.rar" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.rar" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.rar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.rar" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8820/pcf_001_15.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8821/pcf_002_15.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8822/pc_003_15.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8823/pc_004_15.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8824/pf_005_15.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8825/pf_006_15.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8826/pf_007_15.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8827/pcf_008_15.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8828/pcf_009_15.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8829/pcf_010_15.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8830/pcf_011_15.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8831/pcf_012_15.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8832/pf_013_15.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8833/pf_014_15.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8834/pf_015_15.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8835/016_15.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8836/pcf_17_15.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8837/pf_18_15.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8838/pf_19_15.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8839/pcf_20_15.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8840/pcf_21_15.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8841/pcf_22_15.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8842/pcf_23_15.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8843/pcf_24_15.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8844/pc_25_15.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8845/pcf_26_15.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8846/pcf_27_15.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8847/pcf_28_15.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8848/pcf_29_15.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8849/pcf_30_15.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8850/pf_31_15.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8862/pf_32_15.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8863/pf_33_15.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8864/pf_34_15.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8865/pf_35_15.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8866/pf_36_15.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8867/pf_37_15.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8868/pcf_38_15.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8869/pcf_039_15.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8870/pf_40_15.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8871/pf_41_15.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8872/pcf_42_15.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8873/pcf_43_15.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8874/pf_44_15.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8875/pf_45_15.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8876/pf_46_15.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8877/pf_47_15.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8878/pcf_48_15.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8879/pf_49_15.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8880/pf_50_15.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8881/pcf_51_15.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8882/pf_52_15.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8883/pcc_53_15.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8884/pcf_54_15_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8885/pcf_55_15.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8886/pcf_56_15.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8887/pf_57_15.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8888/pf_58_15.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8889/pf_59_15.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8890/pf_060_15.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8891/pf_61_15.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8892/pf_62_15.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8893/pf_63_15.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8894/pf_64_15.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8895/pf_65_15.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8896/pf_66_15.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8897/pf_67_15.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8898/pf_68_15.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8905/pf_69_15.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8906/pc_70_15.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8907/pf_71_15.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8908/pf_72_15.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8909/pf_73_15.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8910/pf_74_15.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8911/pf_75_15.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8912/pf_76_15.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8913/pf_77_15.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8914/pf_78_15.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8915/pf_79_15.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8916/pf_80_15.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8917/pf_81_15.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8918/pf_82_15.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8919/pf_83_15.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8920/pc_84_15.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8921/pf_85_15.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8922/pf_86_15.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8923/pf_87_15.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8925/pf_88_15.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/11943/pc089-2005.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8437/018-2015.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8438/036.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/324/025-2015.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.rar" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.rar" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.rar" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.rar" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/358/358_texto_integral.rar" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8439/requerimento_53-2015.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/361/361_texto_integral.rar" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/373/373_texto_integral.rar" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/387/082-2015.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.rar" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.rar" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/408/103-2015.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12558/res001-2015.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12559/res002-2015.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12560/res003-2015.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12561/res004-2015.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12562/res005-2015.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12563/res006-2015.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12564/res007-2015.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12565/res008-2015.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12566/res009-2015.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12648/em001-2015.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12649/em002-2015.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12650/em003-2015.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12651/em004-2015.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12652/em005-2015.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12653/em006-2015.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12654/em007-2015.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12657/ea001-2015.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12658/ea002-2015.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12655/es001-2015.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12656/es002-2015.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13722/001-2015.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13723/002-2015.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13724/003-2015.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13725/004-2015.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13726/005-2015.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/13727/006-2015.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.rar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/101/estado_do_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8673/629-2015.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.rar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/137/137_texto_integral.rar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/143/143_texto_integral.rar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/160/160_texto_integral.rar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/231/231_texto_integral.rar" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/233/233_texto_integral.rar" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/237/237_texto_integral.rar" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/239/239_texto_integral.rar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/240/240_texto_integral.rar" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/241/241_texto_integral.rar" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/242/242_texto_integral.rar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/243/243_texto_integral.rar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/244/244_texto_integral.rar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/246/246_texto_integral.rar" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/247/247_texto_integral.rar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/248/248_texto_integral.rar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/249/249_texto_integral.rar" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/250/250_texto_integral.rar" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/251/251_texto_integral.rar" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/254/254_texto_integral.rar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/256/256_texto_integral.rar" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/257/257_texto_integral.rar" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/260/260_texto_integral.rar" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/261/261_texto_integral.rar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/262/262_texto_integral.rar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/263/263_texto_integral.rar" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/264/264_texto_integral.rar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8714/mocao_30-2015.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/265/265_texto_integral.rar" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/266/266_texto_integral.rar" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/267/267_texto_integral.rar" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8715/35-2015.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/268/268_texto_integral.rar" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/269/269_texto_integral.rar" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/270/270_texto_integral.rar" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/271/271_texto_integral.rar" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/272/272_texto_integral.rar" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/274/274_texto_integral.rar" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/273/273_texto_integral.rar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/275/275_texto_integral.rar" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8820/pcf_001_15.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8821/pcf_002_15.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8822/pc_003_15.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8823/pc_004_15.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8824/pf_005_15.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8825/pf_006_15.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8826/pf_007_15.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8827/pcf_008_15.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8828/pcf_009_15.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8829/pcf_010_15.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8830/pcf_011_15.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8831/pcf_012_15.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8832/pf_013_15.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8833/pf_014_15.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8834/pf_015_15.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8835/016_15.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8836/pcf_17_15.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8837/pf_18_15.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8838/pf_19_15.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8839/pcf_20_15.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8840/pcf_21_15.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8841/pcf_22_15.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8842/pcf_23_15.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8843/pcf_24_15.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8844/pc_25_15.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8845/pcf_26_15.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8846/pcf_27_15.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8847/pcf_28_15.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8848/pcf_29_15.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8849/pcf_30_15.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8850/pf_31_15.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8862/pf_32_15.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8863/pf_33_15.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8864/pf_34_15.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8865/pf_35_15.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8866/pf_36_15.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8867/pf_37_15.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8868/pcf_38_15.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8869/pcf_039_15.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8870/pf_40_15.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8871/pf_41_15.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8872/pcf_42_15.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8873/pcf_43_15.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8874/pf_44_15.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8875/pf_45_15.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8876/pf_46_15.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8877/pf_47_15.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8878/pcf_48_15.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8879/pf_49_15.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8880/pf_50_15.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8881/pcf_51_15.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8882/pf_52_15.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8883/pcc_53_15.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8884/pcf_54_15_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8885/pcf_55_15.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8886/pcf_56_15.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8887/pf_57_15.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8888/pf_58_15.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8889/pf_59_15.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8890/pf_060_15.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8891/pf_61_15.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8892/pf_62_15.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8893/pf_63_15.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8894/pf_64_15.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8895/pf_65_15.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8896/pf_66_15.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8897/pf_67_15.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8898/pf_68_15.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8905/pf_69_15.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8906/pc_70_15.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8907/pf_71_15.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8908/pf_72_15.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8909/pf_73_15.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8910/pf_74_15.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8911/pf_75_15.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8912/pf_76_15.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8913/pf_77_15.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8914/pf_78_15.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8915/pf_79_15.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8916/pf_80_15.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8917/pf_81_15.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8918/pf_82_15.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8919/pf_83_15.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8920/pc_84_15.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8921/pf_85_15.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8922/pf_86_15.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8923/pf_87_15.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8925/pf_88_15.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/11943/pc089-2005.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8437/018-2015.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8438/036.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1073/1073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/324/025-2015.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/325/325_texto_integral.rar" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/342/342_texto_integral.rar" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/355/355_texto_integral.rar" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/356/356_texto_integral.rar" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/358/358_texto_integral.rar" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/8439/requerimento_53-2015.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/361/361_texto_integral.rar" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/373/373_texto_integral.rar" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/387/082-2015.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/401/401_texto_integral.rar" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/407/407_texto_integral.rar" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/408/103-2015.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2015/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12558/res001-2015.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12559/res002-2015.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12560/res003-2015.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12561/res004-2015.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12562/res005-2015.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12563/res006-2015.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12564/res007-2015.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12565/res008-2015.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12566/res009-2015.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12648/em001-2015.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12649/em002-2015.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12650/em003-2015.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12651/em004-2015.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12652/em005-2015.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12653/em006-2015.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12654/em007-2015.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12657/ea001-2015.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12658/ea002-2015.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12655/es001-2015.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2015/12656/es002-2015.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H598"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>