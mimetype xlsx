--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,5290 +54,5290 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13752</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>DAVI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13752/001-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13752/001-2018.pdf</t>
   </si>
   <si>
     <t>''DECRETA PONTO FACULTATIVO''.</t>
   </si>
   <si>
     <t>13753</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13753/002-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13753/002-2018.pdf</t>
   </si>
   <si>
     <t>13754</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13754/003-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13754/003-2018.pdf</t>
   </si>
   <si>
     <t>'' ESTABELECE O HORÁRIO DE FUNCIONAMENTO NOS DIAS DE JOGOS DO BRASIL NA COPA DO MUNDO 2018''.</t>
   </si>
   <si>
     <t>13755</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13755/004-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13755/004-2018.pdf</t>
   </si>
   <si>
     <t>'' DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2012''.</t>
   </si>
   <si>
     <t>13756</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13756/005-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13756/005-2018.pdf</t>
   </si>
   <si>
     <t>13757</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13757/006-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13757/006-2018.pdf</t>
   </si>
   <si>
     <t>''DECRETA PONTOS FACULTATIVOS''.</t>
   </si>
   <si>
     <t>6026</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6026/6026_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6026/6026_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DA ROÇAGEM, CALÇAMENTO E ILUMINAÇÃO PÚBLICA NO TRECHO DO CAMPO DO APOLLO ATÉ A PROPRIEDADE DO SR. DJALMA SANTANA.</t>
   </si>
   <si>
     <t>6027</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6027/6027_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6027/6027_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABERTURA DA RUA LOVINIA MARIA PRATTI, VISANDO AMPLIÁ-LA E FACILITAR O TRANSITO LOCAL;_x000D_
 DAR CONTINUIDADE AO CALÇAMENTO, BEM COMO MELHORAR A ILUMINAÇÃO PÚBLICA DO LOCAL;_x000D_
 REFORMAR A PRAÇA E PINTAR OS MEIOS-FIOS</t>
   </si>
   <si>
     <t>6028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6028/6028_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6028/6028_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DA AQUISIÇÃO DE TERRENO PRA CONSTRUÇÃO DE UMA UNIDADE DE SAÚDE NA COMUNIDADE DE SÃO CRISTÓVÃO, LOCALIZADO NO TREVO DE PARAJU;_x000D_
 ASSIM COMO A REFORMA DA QUADRA, QUE NÃO POSSUI BANHEIRO NEM VESTIÁRIO;_x000D_
 REDE DE ESGOTO, POIS AS RESIDENCIAS NÃO POSSUEM FOSSAS;_x000D_
 E UMA PRAÇA DE LAZER.</t>
   </si>
   <si>
     <t>6029</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6029/6029_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6029/6029_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO EM CARÁTER DE URGÊNCIA, SERVIÇO DE DESRATIZAÇÃO AO LONGO DAS MARGENS DO RIO E CÓRREGOS DO MUNICÍPIO, TENDO EM VISTA O PREJUÍZO A MORADORES E COMERCIANTES.</t>
   </si>
   <si>
     <t>6030</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6030/6030_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6030/6030_texto_integral.pdf</t>
   </si>
   <si>
     <t>TROCA DE LATÕES DE LIXO POR LIXEIRAS SUSPENSAS EM TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6031/6031_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6031/6031_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A ABERTURA DA ESTRADA DE ACESSO AO SHOW HAUS, UTILIZANDO A ÁREA DE 1 METRO CEDIDA, BEM COMO PATROLAMENTO E/OU CALÇAMENTO ATÉ O BAIRRO NOSSA SENHORA DA PENHA, PROSSEGUINDO ATÉ O SHOW HAUS, RECANTO PRIMATA E A VIA QUE DA ACESSO A COMUNIDADE DO AURÉLIO PUPPIM, ATÉ A PROPRIEDADE DO SR. MOACIR PADILHA. RESSALTO QUE OS SERVIÇOS SOLICITADOS SÃO REIVINDICAÇÕES CONSTANTES DE MORADORES LOCAIS E ADJACENTES.</t>
   </si>
   <si>
     <t>6032</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6032/6032_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6032/6032_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE REPAROS, PINTURAS E OUTROS QUE SE FAZEM NECESSÁRIOS NA POLICLÍNICA, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6033</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6033/6033_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6033/6033_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DA CRIAÇÃO DE UMA AULA DE MÚSICA EM PROJETOS DE ASSISTÊNCIA SOCIAL A SER CONCEDIDO PELO MUNICÍPIO DE MARECHAL FLORIANO ATRAVÉS DO "CRAS" - CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>6034</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6034/6034_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6034/6034_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">VIABILIZAR SERVIÇO E MELHORIAS NA ESTRADA PEDRO SCHUNK, POPULARMENTE CONHECIDA COMO ESTRADA DO CARACOL , A QUAL DA ACESSO AO  SÍTIO FLORABELA, NESTE MUNICÍPIO, COMPREENDENDO PATROLAGEM E CASCALHAMENTO, BEM COMO PINTURA DE MEIOS-FIOS NO TRECHO ASFALTADO. </t>
   </si>
   <si>
     <t>6035</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6035/6035_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6035/6035_texto_integral.pdf</t>
   </si>
   <si>
     <t>DAR CONTINUIDADE A PAVIMENTAÇÃO DA ESTRADA PRINCIPAL DE BOM JESUS, BEM COMO VIABILIZAR ILUMINAÇÃO DE LED E CONSTRUÇÃO DE UMA PRAÇA SAUDÁVEL.</t>
   </si>
   <si>
     <t>6036</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6036/6036_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6036/6036_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE RECAPEAMENTO COMPREENDENDO O TRECHO ENTRE A MACEFEL ATÉ O CAMPO DO APOLLO E DA PREFEITURA ATÉ O ORQUIDÁRIO NEGO PLANTAS, BEM COMO, EM TODAS AS RUAS DO SEU ENTORNO.</t>
   </si>
   <si>
     <t>6037</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6037/6037_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6037/6037_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, SERVIÇO DE LIMPEZA DE VALAS EXISTENTE ANEXO A "SOU FELIZ ORGANIZAÇÃO DE AMPARO AO IDOSO", BEM COMO, ÀS RESIDENCIAS DA FAMÍLIA FALCÃO, A QUAL VEM SENDO PREJUDICADA COM O ALAGAMENTO DA MESMA, DEVIDA A FORTES CHUVAS OCORRIDAS NOS ÚLTIMOS DIAS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6038</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6038/6038_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6038/6038_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE DESENTUPIMENTO DO BOEIRO LOCALIZADO NA SEDE, PRÓXIMO A QUADRA DE ESPORTES "PAULO ANTÔNIO LORENZONI" E PRÉDIO QUE ESTA SENDO CONSTRUÍDO DO SR. MARCIONIL RUPF, VISANDO MELHOR VAZÃO DAS ÁGUAS PLUVIAIS, VISTO QUE QUANDO CHOVE O LOCAL ALAGA RAPIDAMENTE DEVIDO O ENTUPIMENTO DO MESMO, EIXANDO O LOCAL INSTRANSITÁVEL.</t>
   </si>
   <si>
     <t>6039</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6039/6039_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6039/6039_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DA REFORMA EM CARÁTER DE URGÊNCIA, DA ESCOLA JOSÉ ALOÍSIO SIMON, SITUADA NO TREVO DE PARAJU, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6087</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6087/6087_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6087/6087_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE DETETIZAÇÃO NOS BUEIROS, GALERIAS E NAS MARGENS DO CÓRREGO E RIO, VISANDO ERRADICAÇÃO DE BARATAS E RATOS.</t>
   </si>
   <si>
     <t>6088</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6088/6088_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6088/6088_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MELHORIA NO PARQUINHO E ACADEMIA POPULAR.</t>
   </si>
   <si>
     <t>6089</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6089/6089_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6089/6089_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO N° 145/2017, NOVAMENTE VENHO SOLICITAR A INSTALAÇÃO DE PLACAS EM FRENTE AS FARMACIAS E DROGARIAS DE ACORDO COM A LEI MUNICIPAL N° 908.</t>
   </si>
   <si>
     <t>6090</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6090/6090_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6090/6090_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A RECONSTRUÇÃO DE UMA NOVA REDE PLUVIAL PARA ESGOTAR A RUA ARTHUR GERHARDT.</t>
   </si>
   <si>
     <t>6091</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM PARQUINHO NO VIRADOURO, NA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>6093</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6093/6093_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6093/6093_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DA CASA DO MEL EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>6094</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6094/6094_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6094/6094_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE REPARO A BUEIRO.</t>
   </si>
   <si>
     <t>6095</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6095/6095_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6095/6095_texto_integral.pdf</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE CONCEDER REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS NOS TERMOS DO ARTIGO 11 DO ESTATUTO DOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>6096</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6096/6096_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6096/6096_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DAS SEGUINTES PROVIDÊNCIAS NA VILA DOS IPÊS - EM SANTA MARIA.</t>
   </si>
   <si>
     <t>6097</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6097/6097_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6097/6097_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR INSTALAÇÃO DE QUEBRA-MOLAS NA RUA PRINCIPAL DE BOM JESUS.</t>
   </si>
   <si>
     <t>6921</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6921/386.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6921/386.pdf</t>
   </si>
   <si>
     <t>REFORMA E AMPLIAÇÃO DA CRECHE LEONOR MIGUEL FEU ROSA, LOCALIZADA NO BARO SANTA RITA.</t>
   </si>
   <si>
     <t>6099</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6099/6099_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6099/6099_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR REFORMA DA UNIDADE DE SAÚDE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>6100</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6100/6100_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6100/6100_texto_integral.pdf</t>
   </si>
   <si>
     <t>VERIFICAR AS LUMINÁRIAS DA SEDE DO MUNICÍPIO, VISANDO REPOR AS QUEIMADAS.</t>
   </si>
   <si>
     <t>6101</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6101/6101_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6101/6101_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE 2(DOIS) BANHEIROS NA SEDE DO MUNICÍPIO, PRÓXIMO A PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>6102</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6102/6102_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6102/6102_texto_integral.pdf</t>
   </si>
   <si>
     <t>TERMINO DA OBRA DO PARQUINHO NA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>6103</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6103/6103_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6103/6103_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR TÉRMINO DO GINÁSIO DE ESPORTES DA COMUNIDADE DE ARAGUAIA.</t>
   </si>
   <si>
     <t>6104</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6104/6104_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6104/6104_texto_integral.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE UMA RUA EM FRENTE À UNIDADE DE SAÚDE JANETA STÖCKL, LOCALIZADA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>6105</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6105/6105_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6105/6105_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR TAPAGEM DE BURACOS EM TODAS AS RODOVIAS MUNICIPAIS PAVIMENTADAS.</t>
   </si>
   <si>
     <t>6106</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6106/6106_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6106/6106_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DE CONCESSÃO DE UM ABONO SALARIAL NO VALOR DE R$100,00(CEM REAIS) AOS SERVIDORES, EM SEUS RESPECTIVOS MESES DE ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>6107</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6107/6107_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6107/6107_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE SOLUÇÃO DE IRREGULARIDADE EM OBRAS INACABADAS.</t>
   </si>
   <si>
     <t>6108</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6108/6108_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6108/6108_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PAVIMENTAÇÃO DE UM MORRO, LOCALIZADO NA VILA SCHUNK, DEPOIS DA ESTAÇÃO DE TRATAMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>6109</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6109/6109_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6109/6109_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIA NA ESTRADA QUE DÁ ACESSO AO RECANTO DAS MONTANHAS, LOCALIZADA EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>6110</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6110/6110_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6110/6110_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ABERTURA DE 1M A 1,5M DO BARRANCO PRÓXIMO AO COMÉRCIO DO SR. ALTEVIR WASSEM.</t>
   </si>
   <si>
     <t>6111</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6111/6111_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6111/6111_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR LIMPEZA DE TODOS OS BUEIROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6112</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6112/6112_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6112/6112_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTERVENÇÃO DO DNIT JUNTO COM O MUNICÍPIO, VIABILIZANDO A ABERTURA DE UMA VALA NA BR 262, PRÓXIMA A RESIDÊNCIA DA SRA. EDENILZA ENTRINGER GOMES.</t>
   </si>
   <si>
     <t>6113</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6113/6113_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6113/6113_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DE PAVIMENTAÇÃO ASFÁLTICA DA RUA DR. ARTHUR GERHARDT.</t>
   </si>
   <si>
     <t>6114</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6114/6114_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6114/6114_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA A DEMARCAÇÃO DE DUAS VAGAS DE VEÍCULOS OFICIAIS EM FRENTE AO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA.</t>
   </si>
   <si>
     <t>6400</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>DIONY STEIN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6400/indicacao_42-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6400/indicacao_42-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MELHORIAS NA RUA PEDRO LIPPAUS, COMPREENDENDO ILUMINAÇÃO PÚBLICA REDE DE ESGOTO E PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>6401</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6401/indicacao_43-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6401/indicacao_43-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE RECAPEAMENTO DA AVENIDA ARTHUR HAESE, DO ASFALTO DE RIO FUNDO E DA VIA DE ACESSO À COSTA PEREIRA, COMPREENDENDO O TRECHO QUE TEM INÍCIO NA QUINTA DOS LAGOS E E PROSSEGUE ATÉ UM POUCO ANTES DA PROPRIEDADE DO SR. ILDEFONSO LOVATTI.</t>
   </si>
   <si>
     <t>6402</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6402/indicacao_44-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6402/indicacao_44-18.pdf</t>
   </si>
   <si>
     <t>QUE ESSE EXECUTIVO MUNICIPAL VIABILIZE O TÉRMINO DAS DUAS PONTES DA SEDE, QUE SE ENCONTRAM INACABADAS.</t>
   </si>
   <si>
     <t>6403</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6403/indicacao_45-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6403/indicacao_45-18.pdf</t>
   </si>
   <si>
     <t>QUE ESSE EXECUTIVO MUNICIPAL VIABILIZE A INSTALAÇÃO DE UM QUEBRA-MOLAS, PRÓXIMO AO "BAR DO CAVALO", LOCALIZADO NA RUA GUSTAVO HERTEL, HAJA VISTA QUE A VELOCIDADE UTILIZADA PELOS MOTORISTAS ESTÁ BEM ALÉM DA PERMITIDA PARA O LOCAL, COLOCANDO TODOS QUE UTILIZAM A REFERIDA VIA DE ACESSO EM RISCO E INSEGURANÇA.</t>
   </si>
   <si>
     <t>6404</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE GRADE DE PROTEÇÃO, PRÓXIMO À SECRETÁRIA DE EDUCAÇÃO, VISTO QUE SÓ TEM EM UM LADO.</t>
   </si>
   <si>
     <t>6405</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>UBALDINO SARAIVA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6405/indicacao_48-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6405/indicacao_48-18.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DA REDE DE ESGOTO, REDE PLUVIAL, MANUTENÇÃO DA RUA CECÍLIA PITANGA PINTO, COM INÍCIO NO TÉRMINO DO CALÇAMENTO ATÉ O VIRADOURO, PRÓXIMO AO NEGO SCHUNK, COMPREENDENDO TODAS AS DEMAIS VIAS DAQUELE LOTEAMENTO.</t>
   </si>
   <si>
     <t>6406</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6406/indicacao_49-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6406/indicacao_49-18.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO FAÇA CUMPRIR A LEGISLAÇÃO MUNICIPAL EXIGINDO QUE A CESAN TAMPE OS BURACOS QUE A EMPRESA ABRE NAS VIAS DO MUNICÍPIO PARA MANUTENÇÃO E INSTALAÇÃO DA REDE DE ÁGUA E ESGOTO, APÓS CONCLUSÃO DOS SERVIÇOS.</t>
   </si>
   <si>
     <t>6407</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6407/indicacao_50-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6407/indicacao_50-18.pdf</t>
   </si>
   <si>
     <t>QUE ESSE EXECUTIVO MUNICIPAL VIABILIZE A INSTALAÇÃO DE PLACAS COM OS NOMES DAS RUAS E AVENIDAS, VISANDO A IDENTIFICAÇÃO DE TODOS LOGRADOUROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6408</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6408/indicacao_51-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6408/indicacao_51-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM PONTO DE SONORIZAÇÃO NO MORRO DA MACEFEL, VISANDO PRESTAR SERVIÇOS DE UTILIDADE PÚBLICA, COMO AVISOS DIRECIONADOS À POPULAÇÃO FLORIANENSE, ORIUNDOS DESSE EXECUTIVO MUNICIPAL, DE FALECIMENTOS E OUTROS.</t>
   </si>
   <si>
     <t>6409</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6409/indicacao_52-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6409/indicacao_52-18.pdf</t>
   </si>
   <si>
     <t>QUE ESSE EXECUTIVO MUNICIPAL VIABILIZE A CONSTRUÇÃO DE UMA NOVA CRECHE MUNICIPAL "LEONOR MIGUEL FEU ROSA", LOCALIZADO NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>6410</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6410/indicacao_53-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6410/indicacao_53-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE MANUTENÇÃO DOS POSTES DA RUA ELIZABETHA KLIPPEL RUPF E EDMUNDO RUPF SOBRINHO, AMBAS LOCALIZADAS PRÓXIMAS AO ESTÁDIO DO APOLLO XIII, BEM COMO ABERTURA DAS CURVAS VISTO QUE, OS POSTES ESTÃO PENDENDO E PROPORCIONANDO RISCO E INSEGURANÇA A TODOS QUE UTILIZAM A MENCIONADA VIA DE ACESSO, E AS CURVAS FECHADAS DIFICULTAM A VISIBILIDADE.</t>
   </si>
   <si>
     <t>6411</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6411/indicacao_54-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6411/indicacao_54-18.pdf</t>
   </si>
   <si>
     <t>INDICA O ENCAMINHAMENTO A ESTA CASA DE LEIS, DE UM PROJETO DE LEI AUTORIZANDO O PODER EXECUTIVO MUNICIPAL A CONTRIBUIR FINANCEIRAMENTE COM ESCRITORES DO MUNICÍPIO DE MARECHAL FLORIANO, QUE PUBLICAREM TRABALHOS E/OU LIVROS RELACIONADOS A CULTURA, FAUNA, FLORA E TURISMO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6412</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6412/indicacao_55-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6412/indicacao_55-18.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO AUTORIZE, MEDIANTE DECRETO OU OUTRO ATO ADMINISTRATIVO, O FECHAMENTO DA RUA PARALELA Á PADARIA DO BAIRRO SANTA RITA, AOS SÁBADOS NO HORÁRIO DE 12 AS 18 HORAS, VISANDO Á REALIZAÇÃO DE FEIRA E ATIVIDADES DE ENTRETENIMENTO, INCLUSIVE, PARA CRIANÇAS, CONSTITUINDO-SE NUMA RUA RECREATIVA._x000D_
 VALE RESSALTAR, QUE TRATA-SE DA FEIRA QUE JÁ VEM SENDO REALIZADA ÁS QUARTAS-FEIRAS À NOITE. NO ENTANTO, DEVIDO À CONSIDERÁVEL QUEDA NAS VENDAS, OS FEIRANTES, JUNTAMENTE COM À ASSOCIAÇÃO DOS MORADORES DO BAIRRO, DECIDIRAM FAZÊ-LA AOS SÁBADOS À TARDE.</t>
   </si>
   <si>
     <t>6413</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6413/indicacao_56-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6413/indicacao_56-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE CALÇAMENTO NA ESTRADA QUE DÁ ACESSO À COSTA PEREIRA, NO TRECHO QUE COMPREENDE DEPOIS DA PROPRIEDADE DO SENHOR JUCA RASCH E ANTES DOS SENHORES EDIVAN MONTEIRO E TUZINHO SAITH.</t>
   </si>
   <si>
     <t>6414</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6414/indicacao_57-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6414/indicacao_57-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MELHORIAS TENDO INICIO NA BR 262 E TÉRMINO NO FINAL DA RUA SANTOS, COMPREENDENDO RECAPEAMENTO, REPAROS NOS MEIO-FIOS, NAS LUMINÁRIAS, INSTALAÇÃO DE NOVA REDE DE ESGOTO COM APROXIMADAMENTE 30 METROS, CONSTRUÇÃO DE UMA NOVA FOSSA-FILTRO, VISTO QUE, A EXISTENTE JÁ NÃO COMPORTA A DEMANDA E, EM PARCERIA COM A CESAN, VIABILIZAR MELHORIAS DO ABASTECIMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>6415</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6415/indicacao_58-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6415/indicacao_58-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE LIMPEZA E SUA MANUTENÇÃO DIÁRIA NAS RUAS OSCAR ARAÚJO, PRESIDENTE CASTELO BRANCO, PRESIDENTE COSTA E SILVA, LOCALIZADAS NA SEDE, VISANDO PROPORCIONAR AOS MORADORES DAS MESMAS, UM LOCAL MAIS LIMPO E APRESENTÁVEL, BEM COMO, CONSEQUENTEMENTE, MELHOR QUALIDADE DE VIDA.</t>
   </si>
   <si>
     <t>6416</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6416/indicacao_59-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6416/indicacao_59-18.pdf</t>
   </si>
   <si>
     <t>COLOCAR EM PRÁTICA O PROJETO CAIXA SECA;_x000D_
 COLOCAR EM PRÁTICA COM CRITÉRIO TÉCNICO O PROJETO DE DISTRIBUIÇÃO DE MUDAS NATIVAS, FRUTÍFERAS E PALMÁCIAS;_x000D_
 VIABILIZAR AS CONSTRUÇÕES DE BARRAGENS DO MUNICÍPIO COM ACOMPANHAMENTO E AVAL DE PROFISSIONAL HABILITADO PRA TAL.</t>
   </si>
   <si>
     <t>6417</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6417/indicacao_60-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6417/indicacao_60-18.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO DA PRAÇA DA IGREJA NOSSA SENHORA DA GLÓRIA, EM RIO FUNDO;_x000D_
 ABERTURA DE ESCOLINHA DE FUTEBOL NO CAMPO DE RIO FUNDO (PROJETO CAMPEÕES DO FUTURO).</t>
   </si>
   <si>
     <t>6418</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6418/indicacao_62-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6418/indicacao_62-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MELHORIA NA RUA MARECHAL MASCARENHAS DE MORAES, TENDO ACESSO PELA RUA PRESIDENTE COSTA E SILVA, LOCALIZADA PRÓXIMA A LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS, COMPREENDENDO INSTALAÇÃO DE REDE DE ESGOTO, ILUMINAÇÃO PÚBLICA E PAVIMENTAÇÃO DE APROXIMADAMENTE 150 METROS.</t>
   </si>
   <si>
     <t>6419</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6419/indicacao_63-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6419/indicacao_63-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA VILA SCHUNK, BEM COMO TÉRMINO DA PAVIMENTAÇÃO DA VILA DOS IPÊS, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>6420</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6420/indicacao_64-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6420/indicacao_64-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE ILUMINAÇÃO PÚBLICA NA ESTRADA MUNICIPAL MÁRIO SCHUNK, LOCALIZADA NO PERCURSO QUE TEM INÍCIO NA LADEIRA PRÓXIMO A LINHA FÉRREA, NO FINAL DA RUA DELIMAR SCHUNK, E TÉRMINO NO ENTRONCAMENTO COM A ESTRADA MUNICIPAL JAIME CANAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6421</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6421/indicacao_65-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6421/indicacao_65-18.pdf</t>
   </si>
   <si>
     <t>INDICO A REALIZAÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO COM PAVI'S DA ESTRADA PRINCIPAL QUE OFERECE ACESSO AO BAIRRO RECREIO PONTO ALTO, INICIANDO ÀS MARGENS DA RUA JULIETA MARIA FISCHE EM ALTO MARECHAL ATÉ ENCONTRAR-SE COM A RUA EMÍLIO HUVER, RUA RADAGAZIO SEBASTIÃO FRIZZERA E RUA CUSTÓDIO LOPES SOARES.</t>
   </si>
   <si>
     <t>6422</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6422/indicacao_66-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6422/indicacao_66-18.pdf</t>
   </si>
   <si>
     <t>INDICAMOS A RETIRADA DE UM QUEBRA-MOLA LOCALIZADO EM FRENTE Á RESIDÊNCIA DO SR. ANTÔNIO BOENO, VISTO QUE APRESENTA DESNIVELAMENTO E AFUNDAMENTOS DA RUA MANOEL KILL, SENDO O MESMO CONSTRUÍDO, MAIS A FRENTE EM RAZÃO DO QUEBRA MOLA TER SIDO INSTALADO DENTRO DE UMA CURVA O QUE PROPORCIONA RISCO A VIDA DE CENTENAS DE CRIANÇAS QUE UTILIZAM A RUA MANOEL KILL COM DESTINO AS ESCOLAS ELISIÁRIO FERREIRA FILHA E A ESCOLA MAURO JOSÉ CHRISTO._x000D_
 RESSALTAMOS QUE O RISCO DE ACIDENTES É CONSTANTE EM RAZÃO DO EXCESSO DE VELOCIDADE PROPORCIONADO PELOS CONDUTORES DE MOTOCICLETAS, OCASIÃO EM QUE VÁRIOS ACIDENTES E ATROPELAMENTOS OCORRERAM NESTE LOCAL._x000D_
 POR ISSO, SOLICITAMOS A INTERVENÇÃO DO PREFEITO MUNICIPAL E DO SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS URBANOS VISANDO SANAR ESTE PROBLEMA EVITANDO POSSÍVEIS ACIDENTES.</t>
   </si>
   <si>
     <t>6423</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6423/indicacao_67-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6423/indicacao_67-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A LIMPEZA E ROÇAGEM DOS CÓRREGOS E RIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6424</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE PRAÇA ESPORTIVA COM ACADEMIA POPULAR NA LOCALIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>6425</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>VIABILIZAR A TROCA DE TODAS LUMINÁRIAS DAS RUAS DO MUNICÍPIO POR LÂMPADAS DE "LED".</t>
   </si>
   <si>
     <t>6426</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6426/indicacao_70-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6426/indicacao_70-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE MANILHAMENTO EM TORNO DO CENTRO DE VIVÊNCIA DO IDOSO, BEM COMO O CALÇAMENTO DA RUA FLORA RUPF HERTEL, QUE DÁ ACESSO AO MESMO.</t>
   </si>
   <si>
     <t>6427</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6427/indicacao_71-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6427/indicacao_71-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MELHORIAS, COMPREENDENDO A CONSTRUÇÃO DE UM POÇO ARTESIANO E VIABILIZAR A AQUISIÇÃO DE UMA CAIXA D'ÁGUA DE 20.000 LITROS, VISANDO ABASTECER AS RESIDÊNCIAS LOCAIS, TENDO COMO EM VISTA, QUE, A CAIXA D'ÁGUA EXISTENTE JÁ NÃO COMPORTA MAIS A DEMANDA, DEVIDO O GRANDE NÚMERO DE FAMÍLIAS QUE ENCONTRAM-SE RESIDINDO NA LOCALIDADE;_x000D_
 CALÇAMENTO DA ESTRADA QUE DÁ ACESSO À SUPRACITADA VILA, COM INÍCIO NA BR 262, DANDO PROSSEGUIMENTO EM TODO PERCUSSO QUE DÁ ACESSO À MESMA, BEM COMO EM TODAS AS RUAS INTERNAS.</t>
   </si>
   <si>
     <t>6428</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6428/indicacao_72-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6428/indicacao_72-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE MELHORIAS NA ESTRADA PEDRO SCHUNK, POPULARMENTE CONHECIDA COMO ESTRADA DO CARACOL, A QUAL DÁ ACESSO AO SÍTIO FLORABELA, NESTE MUNICÍPIO, COMPREENDENDO PATROLAGEM E CASCALHAMENTO, BEM COMO PINTURA DE MEIO-FIOS NO TRECHO ASFALTADO.</t>
   </si>
   <si>
     <t>6429</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6429/indicacao_73-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6429/indicacao_73-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A ABERTURA DA ESTRADA DE ACESSO AO SHOW HAUS, UTILIZANDO A ÁREA DE 1 METRO CEDIDA PELO SENHOR JOÃO NICOLAU STEIN, BEM COMO PATROLAMENTO E/OU CALÇAMENTO ATÉ O BAIRRO NOSSA SENHORA DA PENHA, PROSSEGUINDO ATÉ O SHOW HAUS, RECANTO PRIMATA E A VIA QUE DÁ ACESSO Á COMUNIDADE DO AURÉLIO PUPPIM, ATÉ A PROPRIEDADE DO SENHOR MOACIR PADILHA._x000D_
 RESSALTO QUE OS SERVIÇOS AQUI SOLICITADOS SÃO REIVINDICAÇÕES ANTIGAS DE MORADORES LOCAIS E ADJACENTES, BEM COMO TODOS QUE UTILIZAM AS REFERIDAS VIAS, VISANDO MAIOR SEGURANÇA E ACESSIBILIDADE, VISTO QUE TRATA-SE DE ESTRADA QUE DÁ ACESSO AO SHOW HAUS, RECANTO PRIMATA, COMUNIDADE AURÉLIO PUPPIM, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>6430</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6430/indicacao_74-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6430/indicacao_74-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A RETIRADA DE POSTES LOCALIZADOS NA RUA GUSTAVO HERTEL, NAS PROXIMIDADES DO SUPERMERCADO BEM VINDO, QUE ENCONTRAM-SE NO MEIO DA VIA DE ACESSO, PROPORCIONANDO RISCO E INSEGURANÇA A TODOS QUE UTILIZAM.</t>
   </si>
   <si>
     <t>6431</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6431/indicacao_75-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6431/indicacao_75-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O TÉRMINO DO PARQUINHO DO VIRADOURO, LOCALIZADO NA RUA DELIMAR SCHUNK, BEM COMO TÉRMINO DA CALÇADA DA MESMA RUA E ILUMINAÇÃO DE LED EM TODO SEU PERCURSO, VISANDO PROPORCIONAR ÀS CRIANÇAS E CIDADÃOS QUE RESIDEM NO LOCAL, LAZER E MELHOR QUALIDADE DE VIDA.</t>
   </si>
   <si>
     <t>6432</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6432/indicacao_76-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6432/indicacao_76-18.pdf</t>
   </si>
   <si>
     <t>VERIFICAR A VIABILIDADE DE COLOCAR SINAL, OU NA SUA IMPOSSIBILIDADE, INSTALAR QUEBRA-MOLAS NAS PROXIMIDADES DA MACEFEL, NA ENTRADA DAS RUAS GUSTAVO HULLE E THIERS VELOSO, EM FRENTE A PADARIA, BEM COMO NA RUA TRAVESSA JOSEFINA RODRIGUES EM FRENTE Á SORVETERIA.</t>
   </si>
   <si>
     <t>6433</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6433/indicacao_77-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6433/indicacao_77-18.pdf</t>
   </si>
   <si>
     <t>INDICA A SECRETARIA DE INTERIOR E TRANSPORTE QUE VIABILIZA OS SERVIÇOS DE MELHORIAS, PATROLAMENTO. CASCALHAMENTO, LIMPEZA E ROÇAGEM DE TODAS AS ESTRADAS DO INTERIOR DO MUNICÍPIO, ATENDENDO COM MAIS URGÊNCIA AS ESTRADAS ONDE CIRCULAM VEÍCULOS QUE TRANSPORTAM ALUNOS PARA AS ESCOLAS MUNICIPAIS, AUXILIANDO TAMBÉM O HOMEM DO CAMPO NO TRANSLADO DE MERCADORIAS, MANTENDO TRAFEGABILIDADE, PROPORCIONANDO MAIS SEGURANÇA AOS CONDUTORES E PEDESTRES.</t>
   </si>
   <si>
     <t>6434</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6434/indicacao_78-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6434/indicacao_78-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DO CAMPINHO DO BAIRRO SANTA RITA, BEM COMO AMPLIAÇÃO DA CRECHE LEONOR MIGUEL FEU ROSA E CONSTRUÇÃO DE UMA GUARITA DE APOIO NO MESMO BAIRRO.</t>
   </si>
   <si>
     <t>6435</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6435/indicacao_79-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6435/indicacao_79-18.pdf</t>
   </si>
   <si>
     <t>CONFECÇÃO DA CALÇADA E DO MURO EM TORNO DA OBRA DO CENTRO DE CONVIVÊNCIA DO IDOSO.</t>
   </si>
   <si>
     <t>6436</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6436/indicacao_80-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6436/indicacao_80-18.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE HÁ MUITO TEMPO NÃO SE EXECUTA OS SERVIÇOS DE LIMPEZA NOS CÓRREGOS DE NOSSA CIDADE, O QUE VEM CAUSANDO DIVERSOS TRANSTORNOS PARA OS MUNÍCIPES QUE RESIDEM AS MARGENS DOS MESMOS, POSTO QUE A QUANTIDADE DE LIXO E VEGETAÇÃO EXISTENTE EM SEU LEITO PROVOCA A PROLIFERAÇÃO DE INSETOS, ROEDORES, SERPENTES, ALÉM DE UM ODOR INSUPORTÁVEL._x000D_
 POSTO ISTO, DIANTE DO ACIMA EXPOSTO COM URGÊNCIA E PERANTE REIVINDICAÇÕES DOS MORADORES, INDICO QUE A PREFEITURA MUNICIPAL, ATRAVÉS DA SECRETARIA DE OBRAS PROVIDENCIE COM URGÊNCIA A LIMPEZA DO CÓRREGO EXISTENTE NESSA MUNICIPALIDADE, INICIANDO NAS PROXIMIDADES DA ANTIGA INSTALAÇÃO DA EMPRESA GLOBOAVES, BEM COMO A LIMPEZA DO CÓRREGO BATATAL, INICIANDO NO BAIRRO SANTA RITA, PASSANDO PELO SUPERMERCADO NOSSA REDE ATÉ DESAGUAR NO RIO JUCU.</t>
   </si>
   <si>
     <t>6437</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6437/indicacao_81-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6437/indicacao_81-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS QUE COMPÕEM A ILUMINAÇÃO PÚBLICA, BEM COMO, REPARAR AS QUE PERMANECEM ACESAS EM PERÍODOS DIURNOS.</t>
   </si>
   <si>
     <t>6438</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6438/indicacao_82-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6438/indicacao_82-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O CONCERTO DA ESTRADA QUE DÁ ACESSO AO BAIRRO RECREIO PONTO ALTO, UTILIZANDO MATERIAL DE ASFALTO, SEGUINDO A SEGUINTE ORDEM DE EXECUÇÃO: ESCARIFICAR, MOLHAR, COLOCAR O MATERIAL E PASSAR O ROLO COMPACTADOR.</t>
   </si>
   <si>
     <t>6439</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6439/indicacao_83-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6439/indicacao_83-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A SUBSTITUIÇÃO DAS INSTALAÇÕES EXISTENTES DE ILUMINAÇÃO PUBLICA DO MUNICÍPIO, POR LAMPADAS COM PAINÉIS SOLARES, VISANDO UMA QUEDA NA TAXA DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>6440</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6440/indicacao_84-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6440/indicacao_84-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO DA ESTRADA DE SOÍDO DE BAIXO COM PAV'S, TENDO INICIO NO POSTO IPIRANGA, ESTENDENDO-SE POR 2 KM ESTRADA A DENTRO.</t>
   </si>
   <si>
     <t>6441</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6441/indicacao_85-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6441/indicacao_85-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM PARQUINHO INFANTIL NA SEDE DO MUNICÍPIO, NO ESPAÇO COMPREENDIDO ENTRE A ESTAÇÃO FERROVIÁRIA E O CENTRO EDUCACIONAL VOVÓ FERNANDINA.</t>
   </si>
   <si>
     <t>6442</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6442/indicacao_86-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6442/indicacao_86-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE RECAPEAMENTO DA PAVIMENTAÇÃO DA RUA IVAHY MENDES, PARALELA À RUA ANTENOR SANTOS BRAGA, ONDE LOCALIZA-SE A "IGREJA TESTEMUNHAS DE JEOVÁ".</t>
   </si>
   <si>
     <t>6443</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6443/indicacao_87-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6443/indicacao_87-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O RECAPEAMENTO DO TRECHO ASFALTADO ENTRE A ANTIGA PRODUTORA ATÉ A PROPRIEDADE DO SR. ASSIS, BEM COMO DAR CONTINUIDADE AO ASFALTAMENTO ATÉ AS RESIDÊNCIAS DOS SENHORES DANIEL BRISKE E FELIPE WERNERSBACH (DO TÁXI).</t>
   </si>
   <si>
     <t>6444</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6444/indicacao_88-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6444/indicacao_88-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PATROLAMENTO, CASCALHAMENTO E DEMAIS MELHORIAS QUE SE FIZERAM NECESSÁRIAS NA ESTRADA QUE DÁ ACESSO A ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>6445</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6445/indicacao_89-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6445/indicacao_89-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE CALÇADA CIDADÃ TENDO INÍCIO NA CAIXA ECONÔMICA, PASSANDO PELO BRADESCO, BAR AMÉRICA, PROSSEGUINDO ATÉ A PADARIA PÃO DOURADO.</t>
   </si>
   <si>
     <t>6446</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6446/indicacao_90-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6446/indicacao_90-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE RECAPEAMENTO DA RUA DELIMAR SCHUNK, BEM COMO TROCA DE TODAS LUMINÁRIAS E A CONSTRUÇÃO DE PARQUINHO INFANTIL, ALÉM DE FAZER A SOLICITAÇÃO À LINHA FÉRREA, VISANDO ANÁLISE E VIABILIDADE DE FAZER UMA CALÇADA CIDADÃ.</t>
   </si>
   <si>
     <t>6449</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6449/indicacao_93-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6449/indicacao_93-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A PAVIMENTAÇÃO DA ESTRADA QUE DÁ ACESSO À PROPRIEDADE DO SR. JUCA RASCH ATÉ COSTA PEREIRA.</t>
   </si>
   <si>
     <t>6450</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6450/indicacao_94-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6450/indicacao_94-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE ILUMINAÇÃO DE LED E CONSTRUÇÃO DE PRAÇA SAUDÁVEL NA LOCALIDADE DE BOM JESUS, BEM COMO, A REFORMA DA ESCOLA MORRO BAIXO.</t>
   </si>
   <si>
     <t>6451</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6451/indicacao_95-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6451/indicacao_95-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DA 3ª PONTE DA SEDE DESTE MUNICÍPIO, A LOCALIZAR-SE PRÓXIMO À QUADRA DE ESPORTES "PAULO ANTÔNIO LORENZONI".</t>
   </si>
   <si>
     <t>6452</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6452/indicacao_96-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6452/indicacao_96-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE RECAPEAMENTO DAS RUAS ADÃO SOBRINHO, ALVINO WASSEM, CLARA ENDLICH, EDUARDO RUPF, IVAHY MENDES, THIERS VELOSO E VICTOR TRAVÁGLIA.</t>
   </si>
   <si>
     <t>6453</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6453/indicacao_97-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6453/indicacao_97-18.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA PARA AS RUAS PROFESSORA CECÍLIA PITANGA, APOLÔNIA STEIN KIEFER, FLORIANO KIEFER E RUA ZULMIRA TRAVÁGLIA HULLE, TODAS LOCALIZADAS NO LOCAL CONHECIDO COMO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>6454</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6454/indicacao_98-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6454/indicacao_98-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE RECAPEAMENTO DA PAVIMENTAÇÃO DA RUA OSCAR ARAÚJO.</t>
   </si>
   <si>
     <t>6455</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6455/indicacao_99-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6455/indicacao_99-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA E AMPLIAÇÃO DA UNIDADE BÁSICA DE SAÚDE DA COMUNIDADE DE SOÍDO DE BAIXO, BEM COMO, O CALÇAMENTO NO SEU ENTORNO.</t>
   </si>
   <si>
     <t>6456</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6456/indicacao_100-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6456/indicacao_100-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA ESTRADA QUE DÁ ACESSO À RESIDÊNCIA DO SR. TUCA KLIPPEL E POSTERIORMENTE À REGIÃO QUE CONTÉM SAIBRO, COM ENTRADA LOCALIZADA NO KM 54,5 DA BR 262, SENTIDO VITÓRIA/BELO HORIZONTE, PRÓXIMO À RESIDÊNCIA DE DONA DEJA.</t>
   </si>
   <si>
     <t>6457</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6457/indicacao_101-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6457/indicacao_101-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A AQUISIÇÃO DE UMA ÁREA DE TERRA EM ARAGUAYA DO SR. JACINTO CATELAN PARA CONSTRUIR A NOVA ESCOLA DA COMUNIDADE, PR SER ANEXA AO GINÁSIO DE ESPORTES E TAMBÉM QUE SEJA PAGO AO SR. JACINTO CATELAN A ÁREA DO MESMO QUE FOI VENDIDA PARA A CONSTRUÇÃO DE PARTE DO GINÁSIO DE ESPORTES EM CONSTRUÇÃO, E NÃO FOI PAGO, CONFORME COMBINADO POR ADMINISTRADORES ANTERIORES.</t>
   </si>
   <si>
     <t>6458</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6458/indicacao_102-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6458/indicacao_102-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, REFORMA NA ESCOLA ALÍSIO SIMON, LOCALIZADA NO TREVO DE PARAJU, COMPREENDENDO CONSERTO DE VAZAMENTO DE CANOS, CONCERTO NAS PORTAS, CONCERTO DO TELHADO, CONCERTO DO FORRO, MELHORIA NA FIAÇÃO ELÉTRICA, PINTURA DA ESCOLA E DO GINÁSIO DE ESPORTES (LOCALIZADO AO LADO DA ESCOLA), CONSTRUÇÃO DE BANHEIROS E VESTIÁRIOS NO GINÁSIO DE ESPORTES, BEM COMO, O SEU FECHAMENTO LATERAL, VISANDO EVITAR QUE A CHUVA ADENTRE NO MESMO, DANIFICANDO-O.</t>
   </si>
   <si>
     <t>6459</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6459/indicacao_103-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6459/indicacao_103-18.pdf</t>
   </si>
   <si>
     <t>QUE SEJA INSTITUÍDO PELA SECRETARIA DE AGRICULTURA DO MUNICÍPIO UM PROJETO DE INCENTIVO À VITICULTURA, COM DOAÇÃO DE MUDAS, PALESTRAS E CURSOS NESSA ÁREA, VISANDO O AUMENTO DA PRODUÇÃO DE UVAS PARA CONSUMO IN NATURA E PRODUÇÃO DE VINHOS, EM ESPECIAL, AS REGIÕES DO MUNICÍPIO COLONIZADAS POR IMIGRANTES ITALIANOS COMO VICTOR HUGO, RIO DAS PEDRAS E ARAGUAYA, BEM COMO, TAMBÉM NO FUTURO, A REFERIDA SECRETARIA PROMOVA UMA FESTA DA UVA NA COMUNIDADE DE ARAGUAYA NO 1º ANO, SENDO AS DEMAIS REALIZADAS EM OUTRAS COMUNIDADES.</t>
   </si>
   <si>
     <t>6460</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>SOLICITO QUE, ATÉ QUE SEJAM SOLUCIONADAS AS PENDÊNCIAS DA CONSTRUÇÃO DA NOVA ESCOLA JÁ INICIADA ATRÁS DO CENTRO EDUCACIONAL MUNICIPAL VOVÓ FERNANDINA, QUE ENCONTRA-SE PARADA DESDE A GESTÃO PASSADA, SOLICITO VIABILIZAR ABERTURA DA ÁREA PARA ESTACIONAMENTO PÚBLICO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6461</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6461/indicacao_105-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6461/indicacao_105-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PAVIMENTAÇÃO NA ESTRADA QUE DÁ ACESSO À VILA DO SERTÃO, LOCALIZADA EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>6462</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6462/indicacao_106-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6462/indicacao_106-18.pdf</t>
   </si>
   <si>
     <t>INSTALAR UMA FOSSA-FILTRO PARA ATENDERAS FAMÍLIAS EXISTENTES NO BAIRRO VILA NOVA, POPULARMENTE CONHECIDO COMO LOTEAMENTO DO SR. JERÔNIMO.</t>
   </si>
   <si>
     <t>6463</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6463/indicacao_107-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6463/indicacao_107-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR RECAPEAMENTO DA ESTRADA PEDRO SCHUNK NO TRECHO PAVIMENTADO, BEM COMO PAVIMENTAÇÃO DO TRECHO QUE AINDA NÃO É PAVIMENTADO ATÉ A DIVISA DO MANAIM, COMPREENDENDO, PORTANTO, TODO O PERCURSO DA ESTRADA, POPULARMENTE CONHECIDA COMO ESTRADA DO CARACOL.</t>
   </si>
   <si>
     <t>6464</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6464/indicacao_108-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6464/indicacao_108-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NAS RUAS DE ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>6465</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6465/indicacao_109-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6465/indicacao_109-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NAS RUAS DA VILA DOS IPÊS, LOCALIZADA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>6466</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6466/indicacao_110-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6466/indicacao_110-18.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DOS SERVIÇOS DE LIMPEZA DO CÓRREGO BATATAL, RETIRANDO LIXO ACUMULADO EM SEU LEITO, BEM COMO A ROÇAGEM DAS MARGENS DESTE CÓRREGO, INICIANDO PRÓXIMO AO SUPERMERCADO DORINHO E TÉRMINO PRÓXIMO AO BANESTES.</t>
   </si>
   <si>
     <t>6467</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6467/indicacao_111-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6467/indicacao_111-18.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE RECURSOS PARA DISPONIBILIZAR NO FINAL DESTE EXERCÍCIO AS CESTAS NATALINAS PARA OS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>6468</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6468/indicacao_112-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6468/indicacao_112-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A PAVIMENTAÇÃO DA ESTRADA DE COSTA PEREIRA, COMPREENDENDO OS SEGUINTES TRECHOS:_x000D_
 -TRECHO COM INÍCIO NA PROPRIEDADE DO SR. SEBASTIÃO ASSIS, PASSANDO PELA PROPRIEDADE DO SR. FLOMIRO ENDLICH ATÉ A COMUNIDADE DE COSTA PEREIRA, PRÓXIMO A BOM JESUS._x000D_
 -TRECHO COM INÍCIO NA SUBIDA LOCALIZADA APÓS A QUINTA DOS LAGOS, PASSANDO PELO BAR DO SR. DADÁ VARGAS E TÉRMINO NAS PROXIMIDADES DÁ PROPRIEDADE DO SR. JUCA RASCH.</t>
   </si>
   <si>
     <t>6469</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6469/indicacao_113-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6469/indicacao_113-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR REFORMA DO PARQUINHO INFANTIL, DAS QUADRAS DE VÔLEI, SKATE E LOCAL PARA A PRÁTICA DE BASQUETE, LOCALIZADAS AO LONGO DA AVENIDA ARTHUR HAESE, BEM COMO, DOS CAMPINHOS DE AREIA, PROVIDENCIANDO A SUBSTITUIÇÃO DA AREIA E DEMAIS REPAROS QUE SE FIZEREM NECESSÁRIOS.</t>
   </si>
   <si>
     <t>6470</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE PLACA NA OBRA DO BAIRRO SANTA RITA, LOCALIZADA AO LADO DA UNIDADE DE SAÚDE, CONTENDO DATA DE INÍCIO E PROVÁVEL CONCLUSÃO, VALOR E EMPRESA QUE EXECUTARÁ. SOLICITO, AINDA, QUE ESTE PODER EXECUTIVO MUNICIPAL INFORME À ASSOCIAÇÃO  DE MORADORES LOCAL SOBRE A EXECUÇÃO DESTA OBRA, JUNTAMENTE AOS DADOS SOLICITADOS.</t>
   </si>
   <si>
     <t>6471</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6471/indicacao_115-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6471/indicacao_115-18.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA A CONCESSÃO DE ABONO E CESTA NATALINA AOS SERVIDORES DOS PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>6472</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6472/indicacao_116-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6472/indicacao_116-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O ENCAMINHAMENTO A ESTA CASA DE LEIS, DO PROJETO DE LEI VISANDO CONCRETIZAR O PROJETO MARECHAL DO FUTURO, APRESENTADO PELO SR. CARLOS ALBERTO AGUIAR, POPULARMENTE CONHECIDO COMO BETINHO AGUIAR.</t>
   </si>
   <si>
     <t>6473</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6473/indicacao_117-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6473/indicacao_117-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O CALÇAMENTO NA COMUNIDADE DO CÓRREGO DO OURO, EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>6474</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6474/indicacao_118-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6474/indicacao_118-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O CALÇAMENTO DO TRECHO QUE DÁ ACESSO À CAPELA MORTUÁRIA DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>6475</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6475/indicacao_119-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6475/indicacao_119-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O CALÇAMENTO DA ESTRADA QUE DÁ ACESSO À NOVA IGREJA DE FREI GALVÃO, LOCALIZADA EM COSTA PEREIRA.</t>
   </si>
   <si>
     <t>6476</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6476/indicacao_120-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6476/indicacao_120-18.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE DOIS QUEBRA-MOLAS NA RUA ARMANDO WALSH, UM NAS PROXIMIDADES DO POSTO SERRA MAR, PRÓXIMO A RESIDÊNCIA DO SR. EDIMAR PUPPIM E UM NAS PROXIMIDADES DA ACADEMIA ESPORTIVA.</t>
   </si>
   <si>
     <t>6477</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6477/indicacao_121-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6477/indicacao_121-18.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DOS SERVIÇOS DE RECAPEAMENTO DA RUA HELENA SANTA CLARA EFFGEN, A RUA COMERCIAL LOCALIZADA ENTRE OS BANCOS BANESTES E BRADESCO.</t>
   </si>
   <si>
     <t>6478</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6478/indicacao_122-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6478/indicacao_122-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR LIMPEZA DOS BUEIROS E CÓRREGOS DO MUNICÍPIO, BEM COMO APLICAR RATICIDA E VENENO DE BARATAS NOS BUEIROS, VISANDO IMPEDIR A PROLIFERAÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>6479</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6479/indicacao_123-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6479/indicacao_123-18.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA O TÉRMINO DO PARQUINHO INFANTIL NA RUA DELIMAR SCHUNK, BEM COMO O TÉRMINO DA CALÇADA E DA ILUMINAÇÃO DE LED EM TODA A SUA EXTENSÃO, JÁ SOLICITADOS ANTERIORMENTE EM OUTRAS INDICAÇÕES.</t>
   </si>
   <si>
     <t>6480</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6480/indicacao_124-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6480/indicacao_124-18.pdf</t>
   </si>
   <si>
     <t>INDICO A REALIZAÇÃO DE SERVIÇOS DE MELHORIAS NA RUA HELENA STª CLARA EFFGEN, SENDO EXECUTADOS OS SERVIÇOS DE NIVELAMENTO DO LOGRADOURO, TENSO EM VISTA QUE EM DIAS DE CHUVA A ÁGUA FICA ACUMULADA E QUANDO OS VEÍCULOS TRAFEGAM PELO LOCAL, À ÁGUA FICA ACUMULADA ADENTRO NOS COMÉRCIOS.</t>
   </si>
   <si>
     <t>6481</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6481/indicacao_125-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6481/indicacao_125-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE ILUMINAÇÃO PÚBLICA NO TRECHO DA ESTRADA DE COSTA PEREIRA QUE ESTÁ SENDO PAVIMENTADA.</t>
   </si>
   <si>
     <t>6482</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6482/indicacao_126-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6482/indicacao_126-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE QUEBRA-MOLAS E PROTEÇÃO GUARD RAIL NO TRECHO DA RODOVIA BASÍLIO BUBACH, QUE FICA ACIMA DA ESCOLA SÍTIO RUPF, BEM COMO, REPAROS E MELHORIAS NA REFERIDA ESCOLA, ANTES DO INÍCIO DO PRÓXIMO ANO LETIVO.</t>
   </si>
   <si>
     <t>6483</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6483/indicacao_127-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6483/indicacao_127-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DA UNIDADE BÁSICA DE SAÚDE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>6484</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6484/indicacao_128-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6484/indicacao_128-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O RECAPEAMENTO DA RUA ALVINO WASSEM, LOCALIZADA PRÓXIMA A SHOP CAR.</t>
   </si>
   <si>
     <t>6485</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6485/indicacao_129-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6485/indicacao_129-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE PRAÇA SAUDÁVEL EM BOM JESUS, BEM COMO, TROCAR A ILUMINAÇÃO EXISTENTE NA REFERIDA COMUNIDADE POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>6486</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6486/indicacao_130-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6486/indicacao_130-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM BANHEIRO PÚBLICO NA PRAÇA JOSÉ HENRIQUE PEREIRA, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6487</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6487/indicacao_131-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6487/indicacao_131-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A RETIRADA DE POSTE QUE ENCONTRA-SE NO MEIO DA CALÇADA, LOCALIZADO PRÓXIMO À SECRETARIA MUNICIPAL DE EDUCAÇÃO E SERIGRAF, BEM COMO, VIABILIZAR PROTEÇÃO NA PONTE, DO MESMO LADO QUE LOCALIZA-SE O REFERIDO POSTE.</t>
   </si>
   <si>
     <t>6050</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6050/6050_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6050/6050_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SR. SANDRO SCHNEIDER VITÓRIA.</t>
   </si>
   <si>
     <t>6052</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6052/6052_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6052/6052_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO À FARMÁCIA REGINA.</t>
   </si>
   <si>
     <t>6053</t>
   </si>
   <si>
     <t>PLENÁRIO  2017/2018</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6053/6053_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6053/6053_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO E PESAR A FAMÍLIA KLEIN PELO FALECIMENTO DO SR. ANTÔNIO JOSÉ KLEIN.</t>
   </si>
   <si>
     <t>6056</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6056/6056_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6056/6056_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO REVERENDÍSSIMO SENHOR ARCEBISPO DOM LUIS MANCHILHA VILELA  E EQUIPE DA CEDOC - CENTRO DE DOCUMENTAÇÃO E INFORMAÇÃO "DOM LUIS GONZAGA FERNANDES" (MITRA ARQUIDIOCESANA DE VITORIA): GIOVANA MÁRCIA VALFRÉ PEREIRA, MARIA CIRLENE ROBERTO, CAROLINA FRIGGI E RICARDO NUNES DE ALMEIDA, EM FACE Á EXCELENTE CONDUÇÃO DE SUAS ATRIBUIÇÕES, EM ESPECIAL, AO EXTRAORDINÁRIO TRABALHO DE GUARDA, DIGITALIZAÇÃO, PESQUISA E DISPONIBILIZAÇÃO PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>6057</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6057/6057_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6057/6057_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO A ILUSTRÍSSIMA SENHORA MARIA DA PENHA CAMPELO, EM FACE A COMEMORAÇÃO DO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>6083</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6083/6083_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6083/6083_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR JAILSON GONÇALVES EBANI.</t>
   </si>
   <si>
     <t>6084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6084/6084_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6084/6084_texto_integral.pdf</t>
   </si>
   <si>
     <t>VOTOS DE APLAUSOS E RECONHECIMENTO, A ILUSTRÍSSIMA SENHORA MARIA GORETTI PEREIRA PINTO GERARDT.</t>
   </si>
   <si>
     <t>6085</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6085/6085_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6085/6085_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. ISAÍAS MARQUES EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>6086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6086/6086_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6086/6086_texto_integral.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE PESAR AOS FAMILIARES DA SRA. ADELAIDE KLIPPEL, EM FACE DE SEU FALECIMENTO.</t>
   </si>
   <si>
     <t>6387</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6387/mocao_010-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6387/mocao_010-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SRº HÉRCULES FERNANDO DE MELLO.</t>
   </si>
   <si>
     <t>6388</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6388/mocao_011-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6388/mocao_011-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, tendo como distinção os mencionados destinatários, em face a extraordinária condução dos trabalhos e organização da XVIII Italemanha, realizada nesta cidade nos dias 28/06 à 01/07.</t>
   </si>
   <si>
     <t>6389</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6389/mocao_012-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6389/mocao_012-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSO E RECONHECIMENTO aos Policiais Militares nomeados acima, estendendo-se aos demais que atuam na mesma, em face dos extraordinários trabalhos prestados  neste Município.</t>
   </si>
   <si>
     <t>6390</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6390/mocao_013-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6390/mocao_013-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, tendo como distinção os destinatários supracitados, em face do extraordinário trabalho realizado á frente da VINÍCOLA SANTA CECILIA.</t>
   </si>
   <si>
     <t>6391</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6391/mocao_15-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6391/mocao_15-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO SR. DONATO DE SOUZA ALENCAR.</t>
   </si>
   <si>
     <t>6392</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6392/mocao_16-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6392/mocao_16-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO SENHOR GERALDO ANTONIO DA SILVA.</t>
   </si>
   <si>
     <t>6393</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6393/mocao_017-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6393/mocao_017-18.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR SEBASTIÃO MESSIAS LOPES.</t>
   </si>
   <si>
     <t>6394</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6394/mocao_018-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6394/mocao_018-18.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SENHORA EDITH SCHUNK KROHLING.</t>
   </si>
   <si>
     <t>6395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6395/mocao_019-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6395/mocao_019-18.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SENHOR OSCAR ALBERTO KLIPPEL.</t>
   </si>
   <si>
     <t>6396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6396/mocao_020-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6396/mocao_020-18.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DOS SENHOR ANTENOR PEREIRA AMARAL.</t>
   </si>
   <si>
     <t>6397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6397/mocao_21-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6397/mocao_21-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO tendo como distinção o SR. EDIMAR FRANCISCO STEIN E SRA. ANA MARIA ALVES PEREIRA STEIN, em face o belíssimo trabalho empresarial desempenhado em prol do crescimento econômico de nosso município, à frente da empresa MARDIESEL.</t>
   </si>
   <si>
     <t>6398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6398/mocao_22-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6398/mocao_22-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO tendo como distinção à ESCOLINHA MARECHAL SOCCER, que vem se destacando nos últimos anos nos treinos de futsal e colecionando diversas medalhas.</t>
   </si>
   <si>
     <t>6399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6399/mocao_23-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6399/mocao_23-18.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, tendo como distinção o JEEP CLUB MONTANHAS OFF ROAD.</t>
   </si>
   <si>
     <t>6060</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6060/6060_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6060/6060_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RELATIVO AO PROJETO DE LEI N°001-2018 DE AUTORIA DO PODER EXECUTIVO QUE "RATIFICA A DELIBERAÇÃO DA ASSEMBLÉIA GERAL DO CIM PEDRA AZUL QUE AUTORIZA O INGRESSO DE NOVO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDENCIAS". </t>
   </si>
   <si>
     <t>6059</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6059/6059_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6059/6059_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° . 002/2018 DE AUTORIA DO VEREADOR FELIPE HULLE DELPUPPO QUE "INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES,A FESTA DOS MOTORISTAS,NA COMUNIDADE SÃO CRISTÓVÃO".</t>
   </si>
   <si>
     <t>6058</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6058/6058_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6058/6058_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> RELATIVO AO PROJETO DE LEI N° . 004/2018 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "CRIA MUSEU COMUNITÁRIO FERROVIARIO DO DISTRITO DE ARAGUAIA-MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>6055</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6055/6055_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6055/6055_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°006/2018 DE AUTORIA DO VEREADOR FELIPE HULLE DELPUPPO QUE "INSTITUI A SEMANA DA ORIENTAÇÃO PROFISSIONAL PARA O PRIMEIRO EMPREGO NAS ESCOLAS PÚBLICAS MUNICIPAIS EM MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS"</t>
   </si>
   <si>
     <t>6054</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6054/6054_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6054/6054_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° . 007/2018 DE AUTORIA DO VEREADOR FELIPE HULLE DELPUPPO QUE "DISPÕE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO PROGRAMA DE RECICLAGEM DE LIXO NAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS"</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6051/6051_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6051/6051_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°. 008-2018 DE AUTORIA DO VEREADOR JOÃO CABRAL R. CONCIGLIERI QUE "DENOMINA DE MATHILDE GALLINI DE NADAI,A ESCADARIA PARALELA Á RUA ANTENOR SANTOS BRAGA,NESTE MUNICÍPIO"</t>
   </si>
   <si>
     <t>6049</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6049/6049_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6049/6049_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°.009/2018 DE AUTORIA DA MESA DA DIRETORA QUE ''ALTERA A LEI N°. 1.922 DE NOVEMBRO DE 2017 E DÁ OUTRAS PROVÍDENCIAS''</t>
   </si>
   <si>
     <t>6048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6048/6048_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6048/6048_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°. 022/2018 DE AUTORIA DO PODER EXECUTIVO QUE ``REVOGA LEI MUNICIPAL N°1.945, DE 20 DE DEZEMBRO DE 2017&amp;#180;&amp;#180;</t>
   </si>
   <si>
     <t>6116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6116/6116_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6116/6116_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°011/2018 QUE ALTERA A LEI COMPLEMENTAR MUNICIPAL N°004 DE 27 DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>6117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6117/6117_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6117/6117_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO SUBSTITUTIVO N°001/2018 DO PROJETO DE LEI N°003/2018.</t>
   </si>
   <si>
     <t>6118</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6118/6118_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6118/6118_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°015/2018 QUE "INSTITUI, NO ÂMBITO DO SISTEMA MUNICIPAL DE ENSINO, O PROGRAMA ESCOLA SEM PARTIDO".</t>
   </si>
   <si>
     <t>6119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6119/6119_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6119/6119_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 013/2018 QUE "INSTITUI O DIA MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO".</t>
   </si>
   <si>
     <t>6120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6120/6120_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6120/6120_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DEI N°017/2018 QUE "INSTITUI O DIA MUNICIPAL DO ESTUDANTE E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>6121</t>
   </si>
   <si>
     <t>CECT - COMISSÃO DE ESPORTE, CULTURA E TURISMO, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6121/6121_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6121/6121_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°018/2018 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO DE INTERCÂMBIO - GEMELLAGIO COM A COMUNA (MUNICÍPIO) DE SARMEDE (ITÁLIA) - TREVISO</t>
   </si>
   <si>
     <t>6122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6122/6122_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6122/6122_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°019/2018 QUE DENOMINA DE ANTÔNIO JOSÉ KLEIN, A UNIDADE BÁSICA DE SAÚDE LOCALIZADA EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6123/6123_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6123/6123_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°020/2018 QUE "DENOMINA DE ESTRADA RELUZ, A ESTRADA QUE DÁ ACESSO A PROPRIEDADE PARTICULAR DO PATRIMÔNIO NATURAL RELUZ, LOCALIZADA NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6124/6124_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6124/6124_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°024/2018 QUE "CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO INFANTIL - FMEI E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6125/6125_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6125/6125_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO A LEI N°025/2018 QUE "INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE EVENTOS E COMEMORAÇÕES DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A PASCOA MÁGICA".</t>
   </si>
   <si>
     <t>6126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6126/6126_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6126/6126_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°026/2018 QUE "INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE EVENTOS E COMEMORAÇÕES DE MARECHAL FLORIANO/ES O DIA MUNICIPAL DA COMUNIDADE ITALIANA".</t>
   </si>
   <si>
     <t>6127</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6127/6127_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6127/6127_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°010/2018 "QUE DISPÕE SOBRE A CONCESSÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS, ESTABELECENDO NORMAS PARA A EXPLORAÇÃO DOS SERVIÇOS DE AUTOMÓVEIS DE ALUGUEL (TÁXIS) E Á OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6128</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6128/6128_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6128/6128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RELATIVO AO PROJETO DE LEI N°018/2018 QUE "AUTORIZA O PODER EXECUTIVO A PROMOVER ALTERAÇÕES NO ORÇAMENTO MUNICIPAL DO EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>6129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6129/6129_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6129/6129_texto_integral.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°028/2018 QUE CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6584</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6584/parecer_favoravel_023-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6584/parecer_favoravel_023-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE EVENTOS E COMEMORAÇÕES DO MUNICÍPIO DE MARECHAL FLORIANO/ES O FESTIVAL DA CULINÁRIA FLORIANENSE.</t>
   </si>
   <si>
     <t>6585</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6585/parecer_favoravel_24-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6585/parecer_favoravel_24-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA RADAGAZIO SEBASTIÃO FRIZZERA, A RUA PROJETADA "A" LOCALIZADA NO BAIRRO RECREIO PONTO ALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6586</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6586/parecer_favoravel_025-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6586/parecer_favoravel_025-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA CUSTÓDIO LOPES SOARES, A RUA PROJETADA "B", LOCALIZADA NO BAIRRO RECREIO PONTO ALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6587</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6587/parecer_favoravel_026-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6587/parecer_favoravel_026-18.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 7º DA LEI MUNICIPAL Nº 1.943, DE 18 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>6588</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6588/parecer_favoravel_27-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6588/parecer_favoravel_27-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 038/2018 QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7888/doc_apr_05_2021_15.24_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7888/doc_apr_05_2021_15.24_1.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 039/2018 DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO ESPECIAL A SER INCLUÍDO NA LEI MUNICIPAL N° 565, DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7889/doc_apr_05_2021_15.26.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7889/doc_apr_05_2021_15.26.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 044/2018 DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE O ADICIONAL DE FUNÇÃO PARA MOTORISTAS  DE AMBULÂNCIA, QUE POSSUEM CURSO DE SOCORRISTA E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6589</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6589/parecer_favoravel_30-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6589/parecer_favoravel_30-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 035/2018 QUE DISPÕE SOBRE A OBRIGATORIEDADE DE AVISOS NAS PORTAS EXTERNAS DOS ELEVADORES.</t>
   </si>
   <si>
     <t>6590</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6590/parecer_favoravel_31-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6590/parecer_favoravel_31-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº  036/2018 QUE DISPÕE SOBRE A OBRIGATORIEDADE NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, DOS SETORES PÚBLICOS, ESTABELECIMENTOS COMERCIAIS E PRESTADORES DE SERVIÇOS, A DAREM PREFERÊNCIA NO ATENDIMENTO, NÃO RETENDO FILAS, PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6591</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6591/parecer_favoravel_32-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6591/parecer_favoravel_32-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 040/2018 QUE ALTERA A LEI Nº 1.561 DE 30 DE DEZEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6592</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6592/parecer_favoravel_33-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6592/parecer_favoravel_33-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 041/2018 QUE DISPÕE SOBRE NORMAS DE SEGURANÇA E DE MANUTENÇÃO EM BRINQUEDOS DOS PARQUES INFANTIS LOCALIZADOS EM ESTACIONAMENTOS DE EDUCAÇÃO INFANTIL E CONDOMÍNIOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6593/parecer_favoravel_34-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6593/parecer_favoravel_34-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 042/2018 QUE DISPÕE SOBRE A PERMISSÃO PARA TRANSMISSÃO SIMULTÂNEA DAS SESSÕES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO VIA REDES SOCIAIS.</t>
   </si>
   <si>
     <t>6594</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6594/parecer_favoravel_35-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6594/parecer_favoravel_35-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 043/2018 QUE DISPÕE SOBRE A CRIAÇÃO DO ESPAÇO FOTOGRÁFICO PERMANENTE CONHECIDO COMO NOSSA HISTÓRIA, NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6595/parecer_favoravel_36-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6595/parecer_favoravel_36-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 045/2018 QUE INSTITUI A SEMANA DA MEMÓRIA DA CULTURA NEGRA NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6596</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6596/parecer_favoravel_37-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6596/parecer_favoravel_37-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 046/2018 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A TERCEIRA SEMANA DO MÊS DE ABRIL, COMO A SEMANA DA VALORIZAÇÃO DA CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6597/parecer_favoravel_38-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6597/parecer_favoravel_38-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 047/2018 QUE INSTITUI O DIA DO IMIGRANTE ALEMÃO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6598</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6598/parecer_favoravel_39-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6598/parecer_favoravel_39-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 051/2018 QUE CRIA O CARGO DE ASSESSOR DE PLANEJAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6599</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6599/parecer_favoravel_40-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6599/parecer_favoravel_40-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 052/2018 QUE AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6600/parecer_favoravel_41-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6600/parecer_favoravel_41-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 037/2018 QUE ALTERA ARTIGO 2º DA LEI MUNICIPAL Nº 1.208, DE 21 DE MARÇO DE 2013.</t>
   </si>
   <si>
     <t>6601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6601/parecer_favoravel_42-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6601/parecer_favoravel_42-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 049/2018 QUE INSTITUI AS OLIMPÍADAS MUNICIPAIS DA TERCEIRA IDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6602</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6602/parecer_favoravel_43-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6602/parecer_favoravel_43-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 055/2018 QUE INSTITUI O PROGRAMA DIVERSIDADE LINGUÍSTICA NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6603</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6603/parecer_favoravel_44-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6603/parecer_favoravel_44-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 056/2018 QUE ALTERA A NOMENCLATURA DO DISTRITO DE ARAGUAYA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6604</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6604/parecer_favoravel_45-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6604/parecer_favoravel_45-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 057/2018 QUE CRIA O MUSEU COMUNITÁRIO DA ESCOLA, NO ÂMBITO DO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6605</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6605/parecer_favoravel_46-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6605/parecer_favoravel_46-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 058/2018 QUE CRIA O ESPAÇO CULTURAL MINHA COMUNIDADE NOS DISTRITOS E NAS COMUNIDADES DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6606</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6606/parecer_favoravel_47-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6606/parecer_favoravel_47-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 054/2018 QUE DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6607</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6607/parecer_favoravel_48-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6607/parecer_favoravel_48-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 059/2018 QUE DISPÕE SOBRE A DIVULGAÇÃO DOS DADOS DOS CONSELHOS MUNICIPAIS NO SITE OFICIAL DA PREFEITURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6608</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6608/parecer_favoravel_49-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6608/parecer_favoravel_49-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 061/2018 QUE DISPÕE SOBRE A OBRIGATORIEDADE DA RESERVA DE ESPAÇOS PRÓPRIOS EM AUDITÓRIOS, PLENÁRIOS, E OU SIMILARES PARA PESSOAS COM DEFICIÊNCIA QUE UTILIZAM CADEIRAS DE RODAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6609</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6609/parecer_favoravel_50-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6609/parecer_favoravel_50-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 063/2018 QUE ACRESCENTA ÁREA DE PERÍMETRO URBANO NO ARTIGO 5º DA LEI Nº 066 DE 08 DE ABRIL DE 1994.</t>
   </si>
   <si>
     <t>6610</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6610/parecer_favoravel_51-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6610/parecer_favoravel_51-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 064/2018 QUE RATIFICA A DELIBERAÇÃO DA ASSEMBLÉIA GERAL DO CIM PEDRA AZUL QUE AUTORIZA O INGRESSO DE NOVO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6611</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6611/parecer_favoravel_52-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6611/parecer_favoravel_52-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 062/2018 QUE DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6612</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6612/parecer_favoravel_53-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6612/parecer_favoravel_53-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 067/2018 QUE INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE MARECHAL FLORIANO A CANTAROLA ITALIANA DE ARAGUAYA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6613</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6613/parecer_favoravel_54-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6613/parecer_favoravel_54-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 068/2018 QUE INSTITUI A PESQUISA DE SATISFAÇÃO DOS USUÁRIOS DOS SERVIÇOS PÚBLICOS PRESTADOS PELAS UNIDADES DE SAÚDE E CENTROS DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6614</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6614/parecer_favoravel_55-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6614/parecer_favoravel_55-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 071/2018 QUE TORNA OBRIGATÓRIA, EM TODOS HIPERMERCADOS, SUPERMERCADOS E ESTABELECIMENTOS CONGÊNERES, A ADAPTAÇÃO DE PERCENTUAL CARRINHOS DE COMPRAS PARA ATENDER AS NECESSIDADES DOS CADEIRANTES E DAS CRIANÇAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA.</t>
   </si>
   <si>
     <t>6615</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6615/parecer_favoravel_56-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6615/parecer_favoravel_56-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 072/2018 QUE DISPÕE SOBRE A OBRIGATORIEDADE DE FIXAÇÃO DE INDICAÇÃO DE NÚMERO DO CONSELHO TUTELAR EM BARES, HOTÉIS, DANCETERIAS, CASA DE SHOWS E ESTABELECIMENTOS CONGÊNERES, COMO FORMA DE COMBATE A EXPLORAÇÃO E À VIOLÊNCIA NA INFÂNCIA E NA ADOLESCÊNCIA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6616</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6616/parecer_favoravel_57-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6616/parecer_favoravel_57-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 001/2018 QUE ALTERA A REDAÇÃO DO ARTIGO 55 DA LEI MUNICIPAL Nº 170 DE 30 DE DEZEMBRO DE 1995 - CÓDIGO DE POSTURA.</t>
   </si>
   <si>
     <t>6617</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6617/parecer_favoravel_58-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6617/parecer_favoravel_58-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 002/2018 QUE ALTERA LEI MUNICIPAL Nº 488, DE 23 DE DEZEMBRO DE 2003 QUE INSTITUIU O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6618</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6618/parecer_favoravel_59-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6618/parecer_favoravel_59-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº QUE INSTITUI A DATA DE 22 DE SETEMBRO COMO DIA MUNICIPAL SEM CARRO NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6619</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6619/parecer_favoravel_60-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6619/parecer_favoravel_60-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 076/2018 QUE ALTERA A REFERÊNCIA DO CARGO BIBLIOTECÁRIO NO ÂMBITO DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>6620</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6620/parecer_favoravel_61-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6620/parecer_favoravel_61-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 077/2018 QUE DISPÕE SOBRE A IMPLANTAÇÃO DA CARTEIRA DE VACINAÇÃO ELETRÔNICA NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6621</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6621/parecer_favoravel_62-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6621/parecer_favoravel_62-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 078/2018 QUE DISPÕE SOBRE A REALIZAÇÃO DO TESTE DA LINGUINHA DOS RECÉM NASCIDOS NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>6622</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6622/parecer_favoravel_63-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6622/parecer_favoravel_63-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 079/2018 QUE DENOMINA DE RODOVIA MUNICIPAL MIGUEL SOUZA, O TRECHO DE ESTRADA COM INÍCIO NA RODOVIA FRANCISCO STOCKL E TÉRMINO NA ESTRADA PROFESSOR LUIZ MILL NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>6623</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6623/parecer_favoravel_64-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6623/parecer_favoravel_64-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 080/2018 QUE ALTERA REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 122 DE 23 DE MARÇO DE 1995.</t>
   </si>
   <si>
     <t>6624</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6624/parecer_favoravel_65-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6624/parecer_favoravel_65-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 081/2018 QUE ACRESCENTA ÁREA DE PERÍMETRO URBANO NO ARTIGO 5º DA LEI Nº 066 DE 08 DE ABRIL DE 1994.</t>
   </si>
   <si>
     <t>6625</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6625/parecer_favoravel_66-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6625/parecer_favoravel_66-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao VETO TOTAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL, RELATIVO AO AUTÓGRAFO Nº 052/2018 PROVENIENTE  DO PROJETO DE LEI Nº 062/2018 DE AUTORIA DA MESA DIRETORA QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6626</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6626/parecer_favoravel_67-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6626/parecer_favoravel_67-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 082/2018 QUE ESTIMA A RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>6627</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6627/parecer_favoravel_069-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6627/parecer_favoravel_069-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 085/2018 QUE INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO Á CAMPANHA DE PREVENÇÃO E COMBATE A CORRUPÇÃO.</t>
   </si>
   <si>
     <t>6628</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6628/parecer_favoravel_070-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6628/parecer_favoravel_070-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 086/2018 QUE ALTERA A REDAÇÃO DO ARTIGO 4º DA LEI MUNICIPAL Nº 1.842 DE 10 DE JULHO DE 2017 E ACRESCENTA INCISOS.</t>
   </si>
   <si>
     <t>6629</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6629/parecer_favoravel_071-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6629/parecer_favoravel_071-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 087/2018 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O MÊS DE AGOSTO COMO AGOSTO LILÁS.</t>
   </si>
   <si>
     <t>6630</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6630/parecer_favoravel_072-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6630/parecer_favoravel_072-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 088/2018 QUE INSERE APRESENTAÇÃO DE BANDAS E FANFARRAS ESCOLARES NOS ATOS OU SOLENIDADES OFICIAIS DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6631</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6631/parecer_favoravel_073-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6631/parecer_favoravel_073-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 089/2018 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O PROGRAMA MUNICIPAL DE REFLORESTAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6632</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6632/parecer_favoravel_074-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6632/parecer_favoravel_074-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 090/2018 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO A FESTA DA AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>6633</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6633/parecer_favoravel_75-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6633/parecer_favoravel_75-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 003/2018 QUE ALTERA A LEI MUNICIPAL Nº 488, DE 23 DE DEZEMBRO DE 2003, DENOMINADA CÓDIGO TRIBUTÁRIO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS, SOBRE A CONTRIBUIÇÃO ECONÔMICA PARA O CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA-COSIP.</t>
   </si>
   <si>
     <t>6634</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6634/parecer_favoravel_76-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6634/parecer_favoravel_76-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 004/2018 QUE ALTERA LEI COMPLEMENTAR 001 DE 01 DE SETEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6635</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6635/parecer_favoravel_77-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6635/parecer_favoravel_77-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 005/2018 QUE REVOGA O INCISO II DO ARTIGO 173 DA LEI COMPLEMENTAR Nº 488, DE DEZEMBRO DE 2003, QUE INSTITUI NOVA REDAÇÃO AO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6636</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6636/parecer_favoravel_78-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6636/parecer_favoravel_78-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 091/2018 QUE REVOGA INTEGRALMENTE A LEI MUNICIPAL Nº 806 DE 23 DE ABRIL DE 2008.</t>
   </si>
   <si>
     <t>6637</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6637/parecer_favoravel_79-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6637/parecer_favoravel_79-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 092/2018 QUE INSTITUI NO ÂMBITO NO MUNICÍPIO O EVENTO FÉ EM MARECHAL FLORIANO, DENOMINADO DE LOUVORZÃO NA PRAÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6638</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6638/parecer_favoravel_80-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6638/parecer_favoravel_80-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 093/2018 QUE AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES.</t>
   </si>
   <si>
     <t>6639</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6639/parecer_favoravel_81-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6639/parecer_favoravel_81-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 094/2018 QUE ALTERA A LEI MUNICIPAL Nº 1.790 DE 16 DE JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>6640</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6640/parecer_favoravel_82-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6640/parecer_favoravel_82-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 095/2018 QUE ALTERA REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 1.993 DE 02 DE JULHO DE 2018.</t>
   </si>
   <si>
     <t>6641</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6641/parecer_favoravel_83-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6641/parecer_favoravel_83-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 096/2018 QUE DENOMINA "ESTRADA FAZENDA ZAMBOM", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6642</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6642/parecer_favoravel_84-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6642/parecer_favoravel_84-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 097/2018 QUE DENOMINA ESTRADA MUNICIPAL FAMÍLIA BRAVIN SCARABEL DE POLCENIGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6643</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6643/parecer_favoravel_85-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6643/parecer_favoravel_85-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 098/2018 QUE DENOMINA ESTRADA VELHA RIO DAS PEDRAS DOS TROPEIROS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6644</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6644/parecer_favoravel_86-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6644/parecer_favoravel_86-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 099/2018 QUE DISPÕE SOBRE A INCLUSÃO NO PORTAL DE TRANSPARÊNCIA, ATRAVÉS DO SITE DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO/ES, ÀS INFORMAÇÕES SOBRE O ANDAMENTO DAS OBRAS REALIZADAS POR ELA.</t>
   </si>
   <si>
     <t>6645</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6645/parecer_favoravel_87-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6645/parecer_favoravel_87-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 100/2018 QUE DENOMINA ESTRADA MUNICIPAL FAMÍLIA PREUSS PAGOTTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6646</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6646/parecer_favoravel_88-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6646/parecer_favoravel_88-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 101/2018 QUE INSTITUI ÍCONES DO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6647</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6647/parecer_favoravel_89-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6647/parecer_favoravel_89-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 102/2018 QUE INSTITUI ÍCONES DA COMUNIDADE DE RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6648</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6648/parecer_favoravel_90-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6648/parecer_favoravel_90-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 103/2018 QUE INSTITUI O PROGRAMA DE PREVENÇÃO AO DIABETES NAS CRECHES E ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>6649</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6649/parecer_favoravel_91-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6649/parecer_favoravel_91-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 105/2018 QUE DISPÕE SOBRE A ATUALIZAÇÃO DO PERCURSO DA RUA ADÃO KILL NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6650</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6650/parecer_favoravel_92-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6650/parecer_favoravel_92-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 104/2018 QUE DISPÕE SOBRE A ADAPTAÇÃO DE PARTE DOS BRINQUEDOS E EQUIPAMENTOS DAS PRAÇAS DE ESPORTES E LAZER, PARQUES DE DIVERSÕES ÀS PESSOAS COM NECESSIDADES ESPECIAIS OU COM MOBILIDADE REDUZIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6651</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6651/parecer_favoravel_93-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6651/parecer_favoravel_93-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 053/2018 QUE DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6652</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6652/parecer_favoravel_94-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6652/parecer_favoravel_94-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 106/2018 QUE DISPÕE SOBRE A OBRIGAÇÃO DE PEQUENO VALOR, ATENDENDO AO DISPOSTO NOS §§ 3º E 4º DO ARTIGO 100 DA CONSTITUIÇÃO DA REPÚBLICA, COM REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL Nº 62/2009 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6653</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6653/parecer_favoravel_95-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6653/parecer_favoravel_95-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 109/2018 QUE AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6654</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6654/parecer_favoravel_96-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6654/parecer_favoravel_96-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 110/2018 QUE ALTERA A LEI MUNICIPAL Nº 2005 DE 28 DE AGOSTO DE 2018.</t>
   </si>
   <si>
     <t>6655</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6655/parecer_favoravel_97-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6655/parecer_favoravel_97-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 111/2018 QUE DISPÕE O FORNECIMENTO DE TROCO NOS VEÍCULOS A SERVIÇO DO TRANSPORTE COLETIVO URBANO.</t>
   </si>
   <si>
     <t>6656</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6656/parecer_favoravel_98-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6656/parecer_favoravel_98-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 112/2018 QUE DISPÕE SOBRE O COMBATE AO RACISMO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6657</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6657/parecer_favoravel_99-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6657/parecer_favoravel_99-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 113/2018 QUE DENOMINA DE RUA DÉLIO LUIZ STEIN, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6659</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6659/parecer_favoravel_100-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6659/parecer_favoravel_100-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 114/2018 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O MÊS LARANJA, VOLTADO A PREVENÇÃO, DIAGNÓSTICO E TRATAMENTO DO CÂNCER DE PELE.</t>
   </si>
   <si>
     <t>6660</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6660/parecer_favoravel_101-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6660/parecer_favoravel_101-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 115/2018 QUE INSTITUI O PROGRAMA BANCO DO LIVRO NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6661</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 116/2018 QUE ASSEGURA AOS ALUNOS MATRICULADOS NO ULTIMO ANO DO ENSINO MÉDIO DA REDE MUNICIPAL DE ENSINO, À REALIZAÇÃO GRATUITA DE TESTES VOCACIONAIS.</t>
   </si>
   <si>
     <t>6662</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6662/parecer_favoravel_103-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6662/parecer_favoravel_103-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 069/2018 QUE AUTORIZA O POER EXECUTIVO MUNICIPAL À REALIZAR LEILÃO PARA A ALIENAÇÃO DE BENS COMO MÓVEIS PERTENCENTES AO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7891</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7891/parecer_contrario_104-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7891/parecer_contrario_104-2018.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 069/2018 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR LEILÃO PARA ALIENAÇÃO DE BENS MÓVEIS PERTENCENTES AO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6663</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6663/parecer_favoravel_105-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6663/parecer_favoravel_105-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 107/2018 QUE ALTERA O ANEXO DE METAS FISCAIS DA LEI DE DIRETRIZES ORÇAMENTAIS PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>6664</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6664/parecer_favoravel_106-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6664/parecer_favoravel_106-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 108/2018 QUE INCLUI NA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO FINANCEIRO DE 2018, O DEMONSTRATIVO DA COMPATIBILIDADE DA PROGRAMAÇÃO DO ORÇAMENTO COM AS METAS DE RESULTADOS FISCAIS.</t>
   </si>
   <si>
     <t>7890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7890/doc_apr_05_2021_15.29.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7890/doc_apr_05_2021_15.29.pdf</t>
   </si>
   <si>
     <t>RELATIVO À PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO - EXERCÍCIO DE 2012- PREFEITA  ELIANE PAES LORENZONI.</t>
   </si>
   <si>
     <t>6040</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6040/6040_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6040/6040_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA A DELIBERAÇÃO DA ASSEMBLÉIA GERAL DO CIM PEDRA AZUL QUE AUTORIZA O INGRESSO DE NOVO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>6041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6041/6041_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6041/6041_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E VENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DOS MOTORISTAS, NA COMUNIDADE SÃO CRISTÓVÃO.</t>
   </si>
   <si>
     <t>7783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7783/doc_mar_04_2021_15.39.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7783/doc_mar_04_2021_15.39.pdf</t>
   </si>
   <si>
     <t>CRIA O MUSEU COMUNITÁRIO CASA DO NONO NO DISTRITO DE ARAGUAYA E REGULAMENTA O USO DO MESMO.</t>
   </si>
   <si>
     <t>6042</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6042/6042_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6042/6042_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O MUSEU COMUNITÁRIO FERROVIÁRIO NO DISTRITO DE ARAGUAI - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6043/6043_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6043/6043_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA NO LOTEAMENTO VILLAGGIO ITALIANO DI ARAGUAIA NO DISTRITO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>6044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6044/6044_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6044/6044_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DA ORIENTAÇÃO PROFISSIONAL PARA O PRIMEIRO EMPREGO NAS ESCOLA PÚBLICAS MUNICIPAIS DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6045/6045_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6045/6045_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E IMPLANTAÇÃO DO "PROGRAMA DE RECICLAGEM DE LIXO" NAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6046</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6046/6046_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6046/6046_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DENOMINA DE "MATHILDE GALLINI DE NADAI", A ESCADARIA PARALELA À RUA ANTENOR SANTOS BRAGA, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>6047</t>
   </si>
   <si>
     <t>MESA DIRETORA 2017/2018</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6047/6047_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6047/6047_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1922 DE 23 DE NOVEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7806/doc_mar_05_2021_08.39.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7806/doc_mar_05_2021_08.39.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS, ESTABELECENDO NORMAS PARA A EXPLORAÇÃO DOS SERVIÇOS DE AUTOMÓVEIS DE ALUGUEL (TÁXIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7807</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7807/doc_mar_05_2021_09.46-01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7807/doc_mar_05_2021_09.46-01.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI COMPLEMENTAR MUNICIPAL N°004, DE 27 DE SETEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7785</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7785/156.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7785/156.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO.</t>
   </si>
   <si>
     <t>7787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7787/158.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7787/158.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO SISTEMA MUNICIPAL DE ENSINO, O "PROGRAMA ESCOLA SEM PARTIDO".</t>
   </si>
   <si>
     <t>7788</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7788/159.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7788/159.pdf</t>
   </si>
   <si>
     <t>"OBRIGA OS ESTABELECIMENTOS PÚBLICOS E PRIVADOS NO MUNICÍPIO DE MARECHAL FLORIANO A INSERIR NAS PLACAS DE ATENDIMENTO PRIORITÁRIO O SÍMBOLO MUNDIAL DO AUTISMO E DÁ OUTRAS PROVIDÊNCIAS. "</t>
   </si>
   <si>
     <t>7789</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7789/160.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7789/160.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO ESTUDANTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7790</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7790/229.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7790/229.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO DE INTERCÂMBIO - GEMELLAGIO COM A COMUNA ( MUNICÍPIO) DE SARMEDE (ITÁLIA) - TREVISO</t>
   </si>
   <si>
     <t>7791</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7791/230.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7791/230.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ANTÔNIO JOSÉ KLEIN", A UNIDADE BÁSICA DE SAÚDE LOCALIZADA EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7792</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7792/231.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7792/231.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA RELUZ", A ESTRADA QUE DÁ ACESSO À RESERVA PARTICULAR DO PATRIMÔNIO NATURAL RELUZ, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7808</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7808/doc_mar_05_2021_09.49-01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7808/doc_mar_05_2021_09.49-01.pdf</t>
   </si>
   <si>
     <t>REVOGA  A LEI MUNICIPAL N° 1945, DE 20 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7809</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7809/doc_mar_05_2021_10.01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7809/doc_mar_05_2021_10.01.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO INFANTIL - FMEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7794/317.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7794/317.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE EVENTOS E COMEMORAÇÕES DO MUNICÍPIO DE MARECHAL FLORIANO, A PÁSCOA MÁGICA.</t>
   </si>
   <si>
     <t>7795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7795/318.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7795/318.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE EVENTOS E COMEMORAÇÕES DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O DIA MUNICIPAL DA COMUNIDADE ITALIANA.</t>
   </si>
   <si>
     <t>7810</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7810/doc_mar_05_2021_10.05-01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7810/doc_mar_05_2021_10.05-01.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ART. 7°, DA LEI MUNICIPAL N° 1943, DE 18 DE DEZEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7811</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7811/doc_mar_05_2021_10.06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7811/doc_mar_05_2021_10.06.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER ALTERAÇÕES NO ORÇAMENTO MUNICIPAL DO EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7796</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7796/391.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7796/391.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ADELAIDE KLIPPEL, O ESPAÇO DE PESQUISA BIBLIOGRÁFICA, LOCALIZADO NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7797</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7797/392.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7797/392.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INSERE NO CALENDÁRIO OFICIAL DE EVENTOS E COMEMORAÇÕES DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O FESTIVAL DA CULINÁRIA FLORIANENSE.</t>
   </si>
   <si>
     <t>7798</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7798/393.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7798/393.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA A GESTÃO DE ESPAÇOS PÚBLICOS NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7812</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7812/doc_mar_05_2021_10.32.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7812/doc_mar_05_2021_10.32.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO - FME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7799</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7799/442.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7799/442.pdf</t>
   </si>
   <si>
     <t>7800</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7800/443.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7800/443.pdf</t>
   </si>
   <si>
     <t>7801</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7801/523.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7801/523.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE AVISOS NAS PORTAS EXTERNAS DOS ELEVADORES.</t>
   </si>
   <si>
     <t>7802</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7802/524.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7802/524.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, DOS SETORES PÚBLICOS, ESTABELECIMENTOS COMERCIAIS E PRESTADORES DE SERVIÇOS, A DAREM PREFERÊNCIA NO ATENDIMENTO, NÃO RETENDO EM FILAS, PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7803</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7803/525.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7803/525.pdf</t>
   </si>
   <si>
     <t>"ALTERA ARTIGO 2°. DA LEI MUNICIPAL N° 1.208, DE 21 DE MARÇO DE 2013"._x000D_
 ART. 2° - O PODER EXECUTIVO FICA AUTORIZADO A PROMOVER POR MEIO DOS SEUS ÓRGÃOS COMPETENTES, ATRAVÉS DA  COORDENAÇÃO DA SECRETARIA MUNICIPAL DE AGRICULTURA E SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTES, ATUAÇÃO DIRETA NAS PEQUENAS E MÉDIAS PROPRIEDADES RURAIS, COM A FINALIDADE DE CONSTRUÇÃO E RECUPERAÇÃO DE CARREADORES; MELHORIAS DE ACESSOS À PROPRIEDADE; COLOCAÇÃO DE CASCALHOS EM TERREIROS, PÁTIOS E CURRAIS; CONSTRUÇÃO DE SILOS E TRINCHEIROS; CONSTRUÇÃO DE TANQUES PARA DESENVOLVIMENTO DE PISCICULTURA.</t>
   </si>
   <si>
     <t>7813</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7813/doc_mar_05_2021_10.49.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7813/doc_mar_05_2021_10.49.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO  DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6246/39-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6246/39-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO ESPECIAL A SER INCLUÍDO NA LEI MUNICIPAL N°565, DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDENCIAS .</t>
   </si>
   <si>
     <t>7804</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7804/40-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7804/40-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 1561 DE 30 DE DEZEMBRO DE 2014 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11066/041-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11066/041-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS DE SEGURANÇA E DE MANUTENÇÃO EM BRINQUEDOS DOS PARQUES INFANTIS LOCALIZADOS EM ESTABELECIMENTOS DE EDUCAÇÃO INFANTIL E CONDOMÍNIOS NO ÂMBITO DO MUNICÍPIO DO MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6247/pl_042-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6247/pl_042-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE A PERMISSÃO PARA TRANSMISSÃO SIMULTÂNEA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO VIA REDES SOCIAIS.</t>
   </si>
   <si>
     <t>6248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6248/pl_043-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6248/pl_043-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE  SOBRE A CRIAÇÃO DO ESPAÇO FOTOGRÁFICO PERMANENTE "CONHECENDO NOSSA HISTÓRIA ",NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO .</t>
   </si>
   <si>
     <t>6249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6249/pl_044-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6249/pl_044-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ADICIONAL DE FUNÇÃO PARA MOTORISTAS DE AMBULÂNCIA QUE POSSUEM  CURSO DE SOCORRISTA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6250</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6250/pl_045-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6250/pl_045-2018.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A SEMANA DA MEMÓRIA DA CULTURA NEGRA NO MUNICÍPIO, E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>6658</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6658/projeto_de_lei_46-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6658/projeto_de_lei_46-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A TERCEIRA SEMANA DO MÊS DE ABRIL, COMO A SEMANA DA VALORIZAÇÃO DA CULTURA INDÍGENA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6665</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6665/projeto_de_lei_47-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6665/projeto_de_lei_47-18.pdf</t>
   </si>
   <si>
     <t>''INSTITUI O DIA DO IMIGRANTE ALEMÃO NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>6668</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6668/projeto_de_lei_49-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6668/projeto_de_lei_49-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI AS OLIMPÍADAS MUNICIPAIS DA TERCEIRA IDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6671</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6671/projeto_de_lei_50-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6671/projeto_de_lei_50-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SERVIÇO DE ATENDIMENTO VETERINÁRIO PÚBLICO MUNICIPAL PARA CÃES E GATOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11067</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11067/51-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11067/51-2018.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE ASSESSOR DE PLANEJAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11068</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11068/52-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11068/52-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>11069</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11069/53-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11069/53-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE_x000D_
 MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>11070</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11070/54-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11070/54-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA INTERNO DE DO MUNICÍPIO DE FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6677</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6677/projeto_de_lei_55-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6677/projeto_de_lei_55-18.pdf</t>
   </si>
   <si>
     <t>''INSTITUI O PROGRAMA DIVERSIDADE LINGUÍSTICA NO MUNICÍPIO DE MARECHAL FLORIANO/ES''.</t>
   </si>
   <si>
     <t>6681</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6681/projeto_de_lei_56-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6681/projeto_de_lei_56-18.pdf</t>
   </si>
   <si>
     <t>''ALTERA A NOMENCLATURA DO DISTRITO DE ARAGUAYA E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>6684</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6684/projeto_de_lei_57-18_GbmSBNI.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6684/projeto_de_lei_57-18_GbmSBNI.pdf</t>
   </si>
   <si>
     <t>''CRIA O MUSEU COMUNITÁRIO DA ESCOLA, NO ÂMBITO DO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>6688</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6688/projeto_de_lei_58-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6688/projeto_de_lei_58-18.pdf</t>
   </si>
   <si>
     <t>CRIA O ''ESPAÇO CULTURAL MINHA COMUNIDADE'', NOS DISTRITOS E NAS COMUNIDADES DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6690</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6690/projeto_de_lei_59-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6690/projeto_de_lei_59-18.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A DIVULGAÇÃO DOS DADOS DOS CONSELHOS MUNICIPAIS NO SITE OFICIAL DA PREFEITURA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6693/projeto_de_lei_60-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6693/projeto_de_lei_60-18.pdf</t>
   </si>
   <si>
     <t>''AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM CLÍNICAS MÉDICAS, VISANDO A IMPLANTAÇÃO DO PROGRAMA MEIA-CONSULTA JUNTO AOS PACIENTES HIPOSSUFICIENTES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>6696</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6696/projeto_de_lei_61-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6696/projeto_de_lei_61-18.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A OBRIGATORIEDADE DA RESERVA DE ESPAÇOS PRÓPRIOS EM AUDITÓRIOS, PLENÁRIOS E SIMILARES PARA PESSOAS COM DEFICIÊNCIA QUE UTILIZAM CADEIRA DE RODAS E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>6699</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6699/projeto_de_lei_62-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6699/projeto_de_lei_62-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11071</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11071/063-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11071/063-2018.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA ÁREA DE PERIMETRO URBANO NO ARTIGO 5° DA LEI N° 066 DE 08 DE ABRIL DE 1994."</t>
   </si>
   <si>
     <t>11072</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11072/064-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11072/064-2018.pdf</t>
   </si>
   <si>
     <t>RATIFICA A DELIBERAÇÃO DA ASSEMBLÉIA GERAL DO CIM PEDRA AZUL QUE AUTORIZA O INGRESSO DE NOVO MUNICÍPIO CONSORCIADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11073</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11073/065-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11073/065-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A EFETUAR PAGAMENTO A TÍTULO DE INDENIZAÇÃO A SENHORA LINDAURA PILON GUIDI.</t>
   </si>
   <si>
     <t>6704</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6704/projeto_de_lei_66-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6704/projeto_de_lei_66-18.pdf</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER EXECUTIVO MUNICIPAL A INSTITUIR O PROGRAMA DE ATENDIMENTO Á CRIANÇA E AO ADOLESCENTE COM ASMA E BRONQUITE, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES''.</t>
   </si>
   <si>
     <t>6706</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6706/projeto_de_lei_67-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6706/projeto_de_lei_67-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE EVENTOS OFICIAIS DO MUNICÍPIO DE MARECHAL FLORIANO A CANTAROLA ITALIANA DE ARAGUAYA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6707</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6707/projeto_de_lei_68-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6707/projeto_de_lei_68-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI A PESQUISA DE SATISFAÇÃO DOS USUÁRIOS DOS SERVIÇOS PÚBLICOS PRESTADOS PELAS UNIDADES DE SAÚDE E CENTROS DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11074</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11074/069-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11074/069-2018.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR LEILÃO PARA A ALIENAÇÃO DE BENS MÓVEIS PERTENCENTES AO MUNICIPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>11075</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11075/070-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11075/070-2018.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE ASSESSOR DE PROGRAMAÇÃO CULTURAL NO AMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>6708</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6708/projeto_de_lei_71-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6708/projeto_de_lei_71-18.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA, EM TODOS OS HIPERMERCADOS, SUPERMERCADOS E ESTABELECIMENTOS CONGÊNERES, A ADAPTAÇÃO DE PERCENTUAL DOS CARRINHOS DE COMPRAS, PARA ATENDER ÀS NECESSIDADES DOS CADEIRANTES E DAS CRIANÇAS COM DEFICIÊNCIA OU MOBILIDADE REDUZIDA.</t>
   </si>
   <si>
     <t>6709</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6709/projeto_de_lei_72-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6709/projeto_de_lei_72-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE FIXAÇÃO DE INDICAÇÃO DO NÚMERO DO CONSELHO TUTELAR EM BARES, HOTÉIS, DANCETERIAS, CASA DE SHOW E ESTABELECIMENTOS CONGÊNERES. COMO FORMA DE COMBATE À EXPLORAÇÃO E À VIOLÊNCIA NA INFÂNCIA E NA ADOLESCÊNCIA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6710</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6710/projeto_de_lei_73-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6710/projeto_de_lei_73-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI A DATA DE 22 DE SETEMBRO COMO DIA MUNICIPAL DO SEM CARRO NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>6711</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6711/projeto_de_lei_74-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6711/projeto_de_lei_74-18.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CRIAR O CORAL INFANTIL ITALIANO, NA COMUNIDADE DE ARAGUAYA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6712</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6712/projeto_de_lei_75-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6712/projeto_de_lei_75-18.pdf</t>
   </si>
   <si>
     <t>CRIA O PROJETO COMUNITÁRIO CORES, CULTURAS E TEXTURAS; O MOSAICO COMO ESPAÇO DE RECRIAÇÃO DA VILA ITALIANA DE ARAGUAYA.</t>
   </si>
   <si>
     <t>11076</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11076/076-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11076/076-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A REFERENCIA DO CARGO DE BIBLIOTECÁRIO NO AMBITO DESTA MUNICIPALIDADE</t>
   </si>
   <si>
     <t>6713</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6713/projeto_de_lei_77-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6713/projeto_de_lei_77-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A IMPLANTAÇÃO DA CARTEIRA ELETRÔNICA DE VACINAÇÃO NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6714/projeto_de_lei_78-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6714/projeto_de_lei_78-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DO "TESTE DA LINGUINHA" DOS RECÉM NASCIDOS NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6715</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6715/projeto_de_lei_79-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6715/projeto_de_lei_79-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RODOVIA MUNICIPAL MIGUEL DE SOUZA, O TRECHO DE ESTRADA COM INÍCIO NA RODOVIA FRANCISCO STOCKL E TÉRMINO NA ESTRADA PROFESSOR LUIZ MILL NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>6716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6716/projeto_de_lei_80-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6716/projeto_de_lei_80-18.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 122 DE 23 MARÇO DE 1995.</t>
   </si>
   <si>
     <t>6666</t>
   </si>
   <si>
     <t>JOAQUIM STEIN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6666/projeto_de_lei_81-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6666/projeto_de_lei_81-18.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA ÁREA DE PERÍMETRO URBANO NO ARTIGO 5º DA LEI Nº 066 DE 08 DE ABRIL DE 1994.</t>
   </si>
   <si>
     <t>11078</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11078/82-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11078/82-2018.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO - ES PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>6669</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6669/projeto_de_lei_83-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6669/projeto_de_lei_83-18.pdf</t>
   </si>
   <si>
     <t>DENOMINADA DE "DOMINGOS WERNERSBACH" A VILA LOCALIZADA DEPOIS DO SÍTIO BRISKE, LOCALIZADO NA ESTRADA QUE DÁ ACESSO A BOM JESUS E COSTA PEREIRA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>6670</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6670/projeto_de_lei_84-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6670/projeto_de_lei_84-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL COMUNICAR O MUNÍCIPE EM CASO DE OBRAS E SERVIÇOS EM LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>6672</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6672/projeto_de_lei_85-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6672/projeto_de_lei_85-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A CAMPANHA DE PREVENÇÃO E COMBATE A CORRUPÇÃO.</t>
   </si>
   <si>
     <t>6673</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6673/projeto_de_lei_86-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6673/projeto_de_lei_86-18.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 4º DA LEI MUNICIPAL Nº 1.842 DE 10 DE JULHO DE 2017, E ACRESCENTA INCISOS.</t>
   </si>
   <si>
     <t>6674</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6674/projeto_de_lei_87-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6674/projeto_de_lei_87-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O MÊS DE AGOSTO COMO "AGOSTO LILÁS".</t>
   </si>
   <si>
     <t>6675</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6675/projeto_de_lei_88-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6675/projeto_de_lei_88-18.pdf</t>
   </si>
   <si>
     <t>INSERE APRESENTAÇÃO DE BANDAS E FANFARRAS ESCOLARES NOS ATOS OU SOLENIDADES OFICIAIS DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6676</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6676/projeto_de_lei_89-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6676/projeto_de_lei_89-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O "PROGRAMA MUNICIPAL DE REFLORESTAMENTO", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6678</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A "FESTA DA AGRICULTURA FAMILIAR".</t>
   </si>
   <si>
     <t>11079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11079/91-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11079/91-2018.pdf</t>
   </si>
   <si>
     <t>REVOGA INTEGRALMENTE A LEI MUNICIPAL N° 806 DE 23 DE ABRIL DE 2018.</t>
   </si>
   <si>
     <t>6679</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6679/projeto_de_lei_92-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6679/projeto_de_lei_92-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO O EVENTO FÉ EM MARECHAL FLORIANO, DENOMINADO DE "LOUVORZÃO NA PRAÇA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6680</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6680/projeto_de_lei_93-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6680/projeto_de_lei_93-18.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES.</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11082/094-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11082/094-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N°. 1.790, DE 16 DE JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>11083</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11083/095-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11083/095-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1° DA LEI MUNICIPAL N°. 1.993, DE 02 DE JULHO DE 2018.</t>
   </si>
   <si>
     <t>6682</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6682/projeto_de_lei_96-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6682/projeto_de_lei_96-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ESTRADA FAZENDA ZAMBON" NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6683</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6683/projeto_de_lei_97-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6683/projeto_de_lei_97-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESTRADA MUNICIPAL FAMÍLIA BRAVIN SCARABEL DE POLCENIGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6685</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6685/projeto_de_lei_98-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6685/projeto_de_lei_98-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ESTRADA VELHA RIO DAS PEDRAS DOS TROPEIROS", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6686</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6686/projeto_de_lei_99-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6686/projeto_de_lei_99-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NO PORTAL DA TRANSPARÊNCIA, ATRAVÉS DO SITE DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO/ES, ÁS INFORMAÇÕES SOBRE ANDAMENTO DAS OBRAS REALIZADAS POR ELA.</t>
   </si>
   <si>
     <t>6687</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6687/projeto_de_lei_100-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6687/projeto_de_lei_100-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ESTRADA MUNICIPAL FAMÍLIA PREUSS PAGOTTO", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6689</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6689/projeto_de_lei_101-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6689/projeto_de_lei_101-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI ÍCONES DO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6691</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6691/projeto_de_lei_102-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6691/projeto_de_lei_102-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI ÍCONES DA COMUNIDADE DE RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6692</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6692/projeto_de_lei_103-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6692/projeto_de_lei_103-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PREVENÇÃO AO DIABETES NAS CRECHES E ESCOLAS PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>6694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6694/projeto_de_lei_104-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6694/projeto_de_lei_104-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADAPTAÇÃO DE PARTE DOS BRINQUEDOS E EQUIPAMENTOS DAS PRAÇAS DE ESPORTES E LAZER E PARQUES DE DIVERSÕES ÀS PESSOAS COM NECESSIDADES ESPECIAIS OU COM MOBILIDADE REDUZIDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6695</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6695/projeto_de_lei_105-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6695/projeto_de_lei_105-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DO PERCURSO DA RUA ADÃO KILL NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11084</t>
   </si>
   <si>
     <t>Juarez José Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11084/106-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11084/106-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGAÇÃO DE PEQUENO VALOR, ATENDENDO AO DISPOSTO NOS $$ 3° E 4° DO ARTIGO 100 DA CONSTITUIÇÃO DA REPÚBLICA, COM REDAÇÃO DADA PELA EMENDA CONSTITUCIONAL N° 62/2009, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11085</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11085/107-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11085/107-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DE METAS FISCAIS DA LEI DE DIRETRIZ ES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>11086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11086/108-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11086/108-2018.pdf</t>
   </si>
   <si>
     <t>INCLUI NA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO FINANCEIRO DE 2018, O "DEMONSTRATIVO¿DA›COMPATIBILIDADE DA PROGRAMAÇÃO DO ORÇAMENTO COM AS METAS DE RESULTADOS FISCAIS".</t>
   </si>
   <si>
     <t>11087</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11087/109-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11087/109-2018.pdf</t>
   </si>
   <si>
     <t>11088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11088/110-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11088/110-2018.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL N° 2005, DE 28 DE AGOSTO DE 2018.</t>
   </si>
   <si>
     <t>6697</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6697/projeto_de_lei_111-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6697/projeto_de_lei_111-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO DE TROCO NOS VEÍCULOS À SERVIÇO DO TRANSPORTE COLETIVO URBANO.</t>
   </si>
   <si>
     <t>6698</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6698/projeto_de_lei_112-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6698/projeto_de_lei_112-18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O COMBATE AO RACISMO NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6700</t>
   </si>
   <si>
     <t>DIONY STEIN, JOAQUIM STEIN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6700/projeto_de_lei_113-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6700/projeto_de_lei_113-18.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA DÉLIO LUIZ STEIN", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6701</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6701/projeto_de_lei_114-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6701/projeto_de_lei_114-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O MÊS LARANJA, VOLTADO À PREVENÇÃO DIAGNÓSTICO E TRATAMENTO DO CÂNCER DE PELE.</t>
   </si>
   <si>
     <t>6702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6702/projeto_de_lei_115-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6702/projeto_de_lei_115-18.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BANCO DO LIVRO NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>6703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6703/projeto_de_lei_116-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6703/projeto_de_lei_116-18.pdf</t>
   </si>
   <si>
     <t>ASSEGURA AOS ALUNOS MATRICULADOS NO ÚLTIMO ANO DO ENSINO MÉDIO DA REDE MUNICIPAL DE ENSINO, A REALIZAÇÃO GRATUITA DE TESTES VOCACIONAIS.</t>
   </si>
   <si>
     <t>6705</t>
   </si>
   <si>
     <t>Cezinha Ronchi, DAVI, Dodô Krohling, JOAQUIM STEIN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6705/projeto_de_lei_117-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6705/projeto_de_lei_117-18.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGO 4º. DA LEI MUNICIPAL Nº 1.791, DE 16 DE JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>11089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11089/118-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11089/118-2018.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE MONITOR DE TRANSPORTE ESCOLAR E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7805</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7805/603.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7805/603.pdf</t>
   </si>
   <si>
     <t>6009</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6009/6009_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6009/6009_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEIRO, QUE ESTE PODER EXECUTIVO MUNICIPAL VIABILIZE A PERMANENCIA DE UM SERVIDOR BRAÇAL (GARI), PARA ATENDER O BAIRRO BETINHO SIMON, VISANDO REALIZAR OS SERVIÇOS DE LIMPEZA DAS RUAS. VALE DESTACAR, QUE ESSA SOLICITAÇÃO FAZ-SE NECESSÁRIA E MERECE ATENÇÃO ESPECIAL, TENDO EM VISTA AS REIVINDICAÇÕES DE MORADORES LOCAIS POR TAL SERVIÇO, CONFORME SEGUE CÓPIA DO ABAIXO-ASSINADO, CONTENDO 85 (OITENTA E CINCO) ASSINATURAS. </t>
   </si>
   <si>
     <t>6010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6010/6010_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6010/6010_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL ANALISE A POSSIBILIDADE DE ALTERAR O ARTIGO 72 DO CÓDIGO DE OBRAS, NO QUE TANGE AO HORÁRIO DA COLETA DE ENTULHOS, PARA COLOCA-LOS NA PARTE DA MANHÃ E INICIAR O RECOLHIMENTO ÀS 13 HORAS, VISANDO A FISCALIZAÇÃO AO CUMPRIMENTO DA MESMA E A APLICABILIDADE DAS PENALIDADES QUANDO CABÍVEIS, COM O OBJETIVO DE EVITAR A EXPOSIÇÃO DOS MESMOS EM VIAS PÚBLICAS, EM HORÁRIOS IMPRÓPRIOS PARA A REMOÇÃO E A COLETA._x000D_
 REQUEIRO, AINDA, QUE SEJA FEITA UMA CAMPANHA EDUCATIVA CONTEMPLANDO O TEMA.</t>
   </si>
   <si>
     <t>6011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6011/6011_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6011/6011_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, REQUERE QUE SEJA DADA ATENÇÃO ESPECIAL AO LOTEAMENTO SERRA VERDE, QUE NECESSITA DE INFRAESTRUTURA, SENDO NECESSÁRIA A INTERVENÇÃO DA PREFEITURA MUNICIPAL COM VISITAS PARA DESTINAR RECURSOS PARA ATENDER A COMUNIDADE RESIDENTE NO LOTEAMENTO SERRA VERDE.</t>
   </si>
   <si>
     <t>6012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6012/6012_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6012/6012_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO PODER EXECUTIVO QUE DENTRO DE SUAS PRERROGATIVAS SOLICITE AO DETRAN-ES, A CRIAÇÃO DE MAIS UMA VAGA DE ESTACIONAMENTO NA PRAÇA JOSÉ HENRIQUE PEREIRA, PARA ATENDIMENTO EXCLUSIVO AOS DEFICIENTES E IDOSOS;_x000D_
 INDICO AINDA A CRIAÇÃO DE UM QUEBRA MOLAS NA AVENIDA WALDEMAR MÊES, EM FRENTE À PASSARELA RODRIGO DAMM MARTINS.</t>
   </si>
   <si>
     <t>6013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6013/6013_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6013/6013_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PODER EXECUTIVO MUNICIPAL QUE SEJAM ATENDIDAS AS SEGUINTES SOLICITAÇÕES, VISANDO APOIO PARA A REALIZAÇÃO DE UMA CAMPANHA EDUCATIVA, OBJETIVANDO CONSCIENTIZAR A POPULAÇÃO DE QUE MALTRATAR E ABANDONAR ANIMAIS SÃO CRIMES PREVISTOS EM LEI, A QUAL CONTRIBUIRÁ SIGNIFICATIVAMENTE PARA MINIMIZAR OS MESMOS, EM NOSSA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>6014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6014/6014_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6014/6014_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJAM AVERIGUADOS E REVISTOS OS ATENDIMENTOS PELAS AMBULÂNCIAS DO MUNICÍPIO, A FIM DE MELHOR ORGANIZA-LOS, DE FORMA QUE O MUNÍCIPE DE MARECHAL FLORIANO TENHA PRIORIDADE NO ATENDIMENTO DA MESMA OS SOLICITÁ-LA, VISTO QUE, MUITAS VEZES, CIDADÃOS FLORIANENSES NÃO SÃO ATENDIDOS, POR ESTAREM ATENDENDO O MUNICÍPIO DE DOMINGOS MARTINS.</t>
   </si>
   <si>
     <t>6015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6015/6015_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6015/6015_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DA CONTRATAÇÃO DE PRESTAÇÃO DE SERVIÇO POR DEMANDA, NA ÁREA DE AGRONOMIA, PARA A EXECUÇÃO DE 10 (DEZ) PROJETOS DE BARRAGEM.</t>
   </si>
   <si>
     <t>6016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6016/6016_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6016/6016_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DE CAMPANHA EDUCATIVA NESTE MUNICÍPIO, PARA A CONSCIENTIZAÇÃO DE PEDESTRES E MOTORISTAS DE SEUS DIREITOS E DEVERES.</t>
   </si>
   <si>
     <t>6017</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6017/6017_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6017/6017_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAPAR BURACOS E LIMPEZA NA RODOVIA BERNARDO LEONOR EFFGEN (ASFALTO DE RIO FUNDO).</t>
   </si>
   <si>
     <t>6018</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6018/6018_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6018/6018_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MATERIAIS PARA PACIENTES COM DIABETES E GLICEMIA;_x000D_
 SOLICITAÇÃO DE MATERIAL DE HIGIENE BUCAL PARA CRIANÇAS DE ESCOLAS MUNICIPAIS;_x000D_
 E AINDA O RETORNO DA DRA. PAMELA-PEDIATRA PARA A COMUNIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>6019</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6019/6019_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6019/6019_texto_integral.pdf</t>
   </si>
   <si>
     <t>ADESÃO AO PROGRAMA "INTERNET PARA TODOS" DO GOVERNO FEDERAL, TENDO EM VISTA QUE A ADESÃO TERÁ BENEFÍCIOS PARA O MUNICÍPIO;_x000D_
 CONCESSÃO DE ISENÇÃO DE "ISS" A EMPRESAS DEVIDAMENTE CREDENCIADA PELO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>6020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6020/6020_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6020/6020_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE ESCLARECIMENTO DO SECRETÁRIO MUNICIPAL DE SAÚDE SOBRE A ALTERAÇÃO NO ATENDIMENTO MÉDICO NAS UNIDADES DE SAÚDE DO MUNICÍPIO, E SOLICITAÇÃO DO RETORNO DOS PROFISSIONAIS, TENDO M VISTA ENORME DEMANDA DE CONSULTAS AGENDADAS.</t>
   </si>
   <si>
     <t>6021</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6021/6021_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6021/6021_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE DIMINUIÇÃO DE 40% (QUARENTA POR CENTO) DA TAXA DE ILUMINAÇÃO PUBLICA COBRADA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>6022</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6022/6022_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6022/6022_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE CONCESSÃO DE AJUDA DE CUSTO DE TRANSPORTE UNIVERSITÁRIO DE ATÉ 50% (CINQUENTA POR CENTO) DO VALOR COBRADO PELA EMPRESA PRESTADORA DO REFERIDO SERVIÇO.</t>
   </si>
   <si>
     <t>6023</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6023/6023_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6023/6023_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DA INTERVENÇÃO DA PREFEITURA JUNTO COM OS ÓRGÃOS COMPETENTES, NO SENTIDO DE PROPORCIONAR A INSTALAÇÃO DE REDE DE ÁGUA POTÁVEL E DE ESGOTO PARA ATENDER OS MORADORES QUE RESIDEM NO PERCURSO DA ESTRADA JAIME CANAL.</t>
   </si>
   <si>
     <t>6024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6024/6024_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6024/6024_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DA CONSTRUÇÃO DE UMA QUADRA PARA A PRÁTICA DE TÊNIS NA AVENIDA ARTHUR HAESE, NAS PROXIMIDADES DA ACIASMAF.</t>
   </si>
   <si>
     <t>6025</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6025/6025_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6025/6025_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOB PENA DE LEI, INCLUSIVE DE MANDATO, É REQUERIDO QUE O PREFEITO APRESENTE EM ATÉ 30 DIAS, OS SEGUINTES DOCUMENTOS:_x000D_
 CÓPIA DA FOLHA DE PAGAMENTO DO MÊS DE JANEIRO E FEVEREIRO, DE EMPRESAS TERCEIRIZADAS;_x000D_
 FOLHA DE PAGAMENTO REFERENTE AO DECIMO TERCEIRO SALÁRIO;_x000D_
 COMPROVANTE DE PAGAMENTOS REFERENTES AO RECOLHIMENTO DO INSS, FGTS DOS ÚLTIMOS SEIS MESES._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>6069</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6069/6069_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6069/6069_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO QUE NAS OBRAS CONCLUÍDAS DA ATUAL GESTÃO SEJAM INAUGURADAS, E QUE NAS PLACAS DE INAUGURAÇÃO CONSTEM OS NOMES DE TODOS OS VEREADORES.</t>
   </si>
   <si>
     <t>6070</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6070/6070_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6070/6070_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA A INSTALAÇÃO PÚBLICA EM 06 (SEIS) POSTES JÁ EXISTENTES, BEM COMO SEJA PAVIMENTADO UM PEQUENO TRECHO EM AMBOS OS LADOS, NO BAIRRO SANTA ROSA, EM ARAGUAIA, PRÓXIMO AO "RESTAURANTE BIROSCA DO ARAGUAIA".</t>
   </si>
   <si>
     <t>6071</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6071/6071_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6071/6071_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DE CÂMERAS NAS UNIDADES DE SAÚDE DO MUNICÍPIO, EM ESPECIAL NO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA,E POR MEIO DE DECRETO SEJA PROIBIDO O USO DE TELEFONE PARTICULAR DOS FUNCIONÁRIOS NA RECEPÇÃO, BEM COMO SEJA VIABILIZADA AINDA, INSTALAÇÃO DE TELEFONES EM TODAS AS UNIDADES DE SAÚDE DO INTERIOR.</t>
   </si>
   <si>
     <t>6072</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6072/6072_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6072/6072_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO EMERGENCIAL DE UM FISIOTERAPEUTA PARA ATENDER AS NECESSIDADES DOS PACIENTES DO MUNICÍPIO, HAJA VISTA QUE O PROFISSIONAL QUE ATUA NO MUNICÍPIO ENCONTRA-SE DE LICENÇA PATERNIDADE.</t>
   </si>
   <si>
     <t>6073</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6073/6073_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6073/6073_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI QUE INCENTIVE PRODUTORES RURAIS, INCENTIVANDO OS MESMOS A TEREM O SEU BLOCO DE PRODUTOR, BEM COMO TIRAR NOTAS, GERANDO RECEITA PARA O MUNICÍPIO E OBTENDO BENFÍCIOS, NO SENTIDO DE PARA CADA R$10.000,00 (DEZ MIL REAIS) DE NOTAS TIRADAS EM SEU BLOCO DE PRODUTOR, SEJA CONCEDIDA AO MESMO UMA HORA/MAQUINA, SENDO ESTA ACUMULATIVA PELO PERÍODO DE 02 (DOIS) ANOS, EXPIRANDO O PRAZO PARA UTILIZÁ-LA AO FINAL DO MESMO.</t>
   </si>
   <si>
     <t>6074</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6074/6074_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6074/6074_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA RECONSTRUÍDA A PAVIMENTAÇÃO E A DRENAGEM DA RUA FLORIANO SCHNEIDER, ANTES QUE ACONTEÇA UMA TRAGÉDIA, BEM COMO, QUE A SECRETARIA DE MEIO AMBIENTE NOTIFIQUE OS PROPRIETÁRIOS DOS LOTES AO LADO, VISANDO PAVIMENTAR A ENTRADA DOS MESMOS, CONSTRUÇÃO DE MURO DE ARRIMO ONDE FAZ-SE NECESSÁRIO E COLOCAÇÃO DE GRAMA.</t>
   </si>
   <si>
     <t>6075</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6075/6075_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6075/6075_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE SERVIÇOS DE DRENAGEM E PAVIMENTAÇÃO NO BAIRRO ALAGOINHA, EM ARAGUAIA.</t>
   </si>
   <si>
     <t>6076</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6076/6076_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6076/6076_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUISIÇÃO DE 2 AGENTES DE TRÂNSITO PARA AUXILIAREM NO TRÂNSITO, ESPECIALMENTE EM FRENTE À MACEFEL E AO BAR DO BRUNO.</t>
   </si>
   <si>
     <t>6077</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6077/6077_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6077/6077_texto_integral.pdf</t>
   </si>
   <si>
     <t>OBRAS REALIZADAS NA MUNICIPALIDADE, PRINCIPALMENTE NA SEDE, SEJAM MELHORES FISCALIZADAS NO QUE TANGE AO CÓDIGO DE POSTURA.</t>
   </si>
   <si>
     <t>6078</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6078/6078_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6078/6078_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DA REGULARIZAÇÃO DO CERTIFICADO FITOSSANITÁRIO DE ORIGEM (CFO/CFOC)</t>
   </si>
   <si>
     <t>6079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6079/6079_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6079/6079_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE UM PONTO DE TÁXI NA PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>6080</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6080/6080_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6080/6080_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO QUE DENTRO DAS POSSIBILIDADES ADMINISTRATIVAS DA CÂMARA, SEJA ENCAMINHADA UM PROJETO DE LEI ATUALIZANDO/ALTERANDO A LEI MUNICIPAL N° 675 DE 30 DE ABRIL DE 2007.</t>
   </si>
   <si>
     <t>6081</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6081/6081_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6081/6081_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE PAGAMENTOS A FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>6082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6082/6082_texto_integral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6082/6082_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRANSMISSÃO AO VIVO POR MEIO DA INTERNET DAS SESSÕES PÚBLICAS DAS LICITAÇÕES PRESENCIAIS REALIZADAS PELO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6488/requerimento_32-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6488/requerimento_32-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, CONCERTO DE TRÊS PONTES DE MADEIRA, SENDO QUE, UMA LOCALIZA-SE NA COMUNIDADE DE BOA ESPERANÇA, NA SEGUNDA ENTRADA À ESQUERDA DA RODOVIA PAVIMENTADA QUE LIDA A IGREJA DE BOA ESPERANÇA À PROPRIEDADE DA FAMÍLIA DA SRA. ÉZIA KLIPPEL, QUE ATENDE 11 (ONZE) FAMÍLIAS E ESTA COM PROBLEMAS NA VIGA; A OUTRA LIGA A FAZENDA SÃO BENTO À ARAGUAYA, E A OUTRA LOCALIZA-SE EM RIO FUNDO, LIGANDO O ASFALTO DE RIO FUNDO A ANTIGA ESTRADA DE ALTO RIO FUNDO E ÀS PROPRIEDADES DA FAMÍLIA MARQUES. RESSALTO QUE, A DE RIO FUNDO FAZ-SE NECESSÁRIO TROCAR O BARROTE E A DE ARAGUAYA COMPREENDE ELA NUM TODO. SOLICITO AINDA, A CONSTRUÇÃO DE UM BUEIRO EM FRENTE A PROPRIEDADE DO SR. LAÉDIO KIEFER, EM BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>6489</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6489/requerimento_33-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6489/requerimento_33-18.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A REIVINDICAÇÕES DE MUNÍCIPES, EM ESPECIAL DIABÉTICOS E FAMILIARES, REQUEIRO EMPENHO DESTE EXECUTIVO MUNICIPAL, JUNTAMENTE Á SECRETARIA MUNICIPAL DE SAÚDE, NO SENTIDO DE INTERVIR E SOLUCIONAR O PROBLEMA DA FALTA DE FITAS E LANCETAS, IMPRESCINDÍVEIS PARA MEDIR A GLICEMIA, VISANDO O CONTROLE DE DIABETES._x000D_
 RESSALTO QUE O ATENDIMENTO A ESTA SOLICITAÇÃO SERÁ DE GRANDE RELEVÂNCIA PARA ESTES MUNÍCIPES QUE DE FATO CARECEM DESSE BENEFÍCIO._x000D_
 PORTANTO, VISANDO PROPORCIONAR AOS MESMOS O ACESSO DIREITO Á SAÚDE, SOLICITAMOS EM CARÁTER DE URGÊNCIA, EMPENHO DE V. EXª, _x000D_
 NO QUE TANGE AO ATENDIMENTO A ESTA SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>6490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6490/requerimento_34-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6490/requerimento_34-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, OS SEGUINTES SERVIÇOS DE MELHORIAS NA COMUNIDADE DE RIO FUNDO:_x000D_
 -REABERTURA DA ESTRADA TAQUARAL, BEM COMO, PATROLAMENTO E CASCALHAMENTO DELA, E COLOCAÇÃO DE 3 (TRÊS) LATÕES DE LIXO, PRÓXIMO AO PONTILHÃO DE RIO FUNDO, NO CENTRO DA VILA;_x000D_
 -MELHORIAS DE TODAS ESTRADAS DA FAZENDO PUPPIM, INCLUSIVE, A QUE LIGA A FAZENDA PUPPIM A MARECHAL FLORIANO, E QUE SEJAM FEITAS CAIXAS SECAS NOS LOCAIS ÍNGREMES DAS MESMAS;_x000D_
 -COLOCAÇÃO DE 08 (OITO) BRAÇOS DE ILUMINAÇÃO PÚBLICA, POIS JÁ TEM OS POSTES, TENDO INÍCIO DEPOIS DO ZOOLÓGICO E TÉRMINO EM FRENTE À ENTRADA AO RESTAURANTE RECANTO DA TILÁPIA, BENEFICIANDO APROXIMADAMENTE 20 FAMÍLIAS;_x000D_
 -SERVIÇO DE TAPA BURACOS NO ASFALTO DE RIO FUNDO, ATÉ O CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>6491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6491/requerimento_35-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6491/requerimento_35-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE, ESSE EXECUTIVO MUNICIPAL INTERVENHA JUNTO AO DNIT, SOLICITANDO PARA ESTA MUNICIPALIDADE DOAÇÃO, DO MATERIAL FRISADO DO ASFALTO, QUE NÃO SERÁ UTILIZADO NA DUPLICAÇÃO DA BR 262, VISANDO EMPREGAR NAS ESTRADAS.</t>
   </si>
   <si>
     <t>6492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6492/requerimento_36-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6492/requerimento_36-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE, ESSE EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, VIABILIZE A AQUISIÇÃO DE UM EQUIPAMENTO DE RAIO-X, OU NO IMPEDIMENTO DESTA, QUE SEJA FIRMADO UM CONVÊNIO COM CLÍNICA DA REGIÃO QUE OFEREÇA ESSE SERVIÇO, DE PREFERÊNCIA COM LOCALIZAÇÃO NA MUNICIPALIDADE, VISANDO EVITAR O DESLOCAMENTO DOS PACIENTES QUE NECESSITAM DO SUPRACITADO SERVIÇO, JÁ QUE, ESSE ATENDIMENTO TEM SIDO OFERECIDO SOMENTE NA GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>6493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6493/requerimento_37-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6493/requerimento_37-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESTE PODER EXECUTIVO, JUNTAMENTE COM A SECRETARIA DE INTERIOR E TRANSPORTES, A MANUTENÇÃO DA ESTRADA E LIMPEZA ATRÁS DA IGREJA EM ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>6494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6494/requerimento_38-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6494/requerimento_38-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A TROCA DOS PRANCHÕES DA PONTE DE ALTO NOVA ALMEIDA, QUE FICA PRÓXIMO A PROPRIEDADE DO SR. FLAVIANO SCHUNK E PERTO DA PLACA DO SÍTIO RECANTO DA FLORESTA.</t>
   </si>
   <si>
     <t>6495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6495/requerimento_39-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6495/requerimento_39-18.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE O PODER EXECUTIVO MUNICIPAL ANALISE A VIABILIDADE E ENCAMINHE A ESTA CÂMARA MUNICIPAL UM PROJETO DE LEI, VISANDO ISENTAR JUROS, MULTA E CORREÇÃO MONETÁRIA DOS INADIMPLENTES DE IPTU, BEM COMO DA ÁGUA, ONDE A TAXA É COBRADA PELA PREFEITURA.</t>
   </si>
   <si>
     <t>6496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6496/requerimento_40-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6496/requerimento_40-18.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE O PODER EXECUTIVO MUNICIPAL ANALISE A VIABILIDADE E LEGALIDADE DE CONCEDER UMA GRATIFICAÇÃO NATALINA, NO VALOR DE R$ 150,00 (CENTO E CINQUENTA REAIS), AOS SEUS SERVIDORES MUNICIPAIS, ACRESCIDA AO VALOR DO TICKET DE ALIMENTAÇÃO DO MÊS DE DEZEMBRO, COM LIBERAÇÃO PARA RECEBIMENTO ÁS VÉSPERAS DO NATAL.</t>
   </si>
   <si>
     <t>6497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6497/requerimento_41-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6497/requerimento_41-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADA A POSSIBILIDADE DE CONCEDER 50% (CINQUENTA POR CENTO) COMO AJUDA DE CUSTO DO TRANSPORTE UNIVERSITÁRIO, AOS ESTUDANTES QUE SE DESLOCAM NO MUNICÍPIO COM DESTINO À GRANDE VITÓRIA, PARA CURSAREM O ENSINO SUPERIOR E CURSOS TÉCNICOS, NÃO MINISTRADOS NO MUNICÍPIO, CONFORME A LEI MUNICIPAL Nº 1.039, DE 27 DE MAIO DE 2011.</t>
   </si>
   <si>
     <t>6498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6498/requerimento_42-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6498/requerimento_42-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, ENVIE PARA ESTA CASA DE LEIS, A RELAÇÃO DE EXAMES E ESPECIALIDADES.</t>
   </si>
   <si>
     <t>6499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6499/requerimento_43-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6499/requerimento_43-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE RELEVANTE ÓRGÃO SE DIGNE A ANALISAR A POSSIBILIDADE DE RETORNAR A REALIZAR TODOS PROCEDIMENTOS DE PRAXE INERENTES AO PROCESSO DE AUTORIZAÇÃO E OU REGULAMENTAÇÃO PARA USO DE MOTOSSERRAS, REALIZADO POR MUITO TEMPO, POR ESTE ÓRGÃO E ATUALMENTE SENDO REALIZADO NO SITE DO IBAMA.</t>
   </si>
   <si>
     <t>6500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6500/requerimento_44-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6500/requerimento_44-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO SERVIÇO DE MELHORIA E REPARO, NO SENTIDO DE REFAZER A PINTURA DA SINALIZAÇÃO VERTICAL E HORIZONTAL DE TODA A MUNICIPALIDADE DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6501</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6501/requerimento_45-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6501/requerimento_45-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE RELEVANTE ÓRGÃO SE DIGNE A APRECIAR E ANALISAR O INCLUSO PROJETO DE IMPLANTAÇÃO DE ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>6502</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6502/requerimento_46-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6502/requerimento_46-18.pdf</t>
   </si>
   <si>
     <t>REQUER O ENCAMINHAMENTO DE DOCUMENTOS DETALHADOS REFERENTE À PRESTAÇÃO DE CONTAS RELATIVO AO GASTO COM COMBUSTÍVEL DE SETEMBRO DE 2017 À JUNHO DE 2018.</t>
   </si>
   <si>
     <t>6503</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6503/requerimento_47-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6503/requerimento_47-18.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA COLOCADO EM PRÁTICA O PROGRAMA DE SAÚDE MENTAL NO MUNICÍPIO  DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6504</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6504/requerimento_48-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6504/requerimento_48-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL, BUSQUE RECURSOS FINANCEIROS JUNTO AO GOVERNO DO ESTADO E A SECRETARIA ESTADUAL DE SEGURANÇA PÚBLICA, PARA QUE SEJAM INSTALADAS CÂMERAS DE VÍDEO MONITORAMENTO NAS PRINCIPAIS RUAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>6505</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6505/requerimento_49-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6505/requerimento_49-18.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A SUBSTITUIÇÃO DAS LUMINÁRIAS COMUNS POR LÂMPADAS DE LED EM TODOS LOCAIS E RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6506/requerimento_50-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6506/requerimento_50-18.pdf</t>
   </si>
   <si>
     <t>REQUER A CÓPIA DAS ORDENS DE SERVIÇOS E NOTAS FISCAIS REFERENTE AOS GASTOS DO PODER EXECUTIVO MUNICIPAL COM A COMPRA DE PEÇAS E SERVIÇOS MECÂNICOS DESTINADOS A MANUTENÇÃO DOS AUTOMÓVEIS, CAMINHÕES, RETROESCAVADEIRAS, PATROL E DEMAIS.</t>
   </si>
   <si>
     <t>6507</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6507/requerimento_51-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6507/requerimento_51-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO DISPONIBILIZE UMA EQUIPE DO SETOR DE FISIOTERAPIA, PARA REALIZAR VISITAS NAS EMPRESAS LOCALIZADAS NO ÂMBITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6508</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6508/requerimento_52-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6508/requerimento_52-18.pdf</t>
   </si>
   <si>
     <t>SOLICITO O PODER EXECUTIVO MUNICIPAL COLOQUE EM PRÁTICA A LEI MUNICIPAL Nº 1.781 DE 28 DE DEZEMBRO DE 2016, QUE REGULAMENTA O TRANSPORTE ESCOLAR UNIVERSITÁRIO NO ÂMBITO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6509</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6509/requerimento_53-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6509/requerimento_53-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL QUE, INTERVENHA JUNTO À EMPRESA QUE ESTÁ EXECUTANDO SERVIÇO DE SANEAMENTO E ESGOTO SANITÁRIO NO MUNICÍPIO, NO SENTIDO DE VIABILIZAR A RECONSTRUÇÃO DA PAVIMENTAÇÃO RETIRADA PARA A REALIZAÇÃO DE PROCEDIMENTOS DE PRAXE REALIZADAS DA MESMA.</t>
   </si>
   <si>
     <t>6510</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6510/requerimento_54-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6510/requerimento_54-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO PODER EXECUTIVO MUNICIPAL QUE ALTERE E OU COMPLETE A FRASE CONTIDA NO PORTAL DE SANTA MARIA, LOCALIZADO PRÓXIMO AO POSTO DO CAFÉ.</t>
   </si>
   <si>
     <t>6511</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6511/requerimento_55-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6511/requerimento_55-18.pdf</t>
   </si>
   <si>
     <t>ELABORAÇÃO DO PROJETO, PLANEJAMENTO SUSTENTÁVEL PARA OS PRÓXIMOS 25 ANOS NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6512/requerimento_56-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6512/requerimento_56-18.pdf</t>
   </si>
   <si>
     <t>SEJA FORNECIDO LEITE (ALFARÉ OU PREGOMIN) PARA HELENA MARTINS, NASCIDA EM 24 DE ABRIL DE 2018,. FILHA DE JOÃO CARLOS E ANA CAROLINA.</t>
   </si>
   <si>
     <t>6513</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6513/requerimento_57-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6513/requerimento_57-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE ANALISE A VIABILIDADE DE ENVIAR PARA ESTA CASA DE LEIS, PROJETO DE LEI COM A SEGUINTE EMENTA; "DISPÕE SOBRE A OBRIGATORIEDADE DE FECHAMENTO DE BURACOS E VALAS ABERTAS NAS VIAS E PASSEIOS PÚBLICOS, POR PARTE DAS PRESTADORAS DE SERVIÇOS".</t>
   </si>
   <si>
     <t>6514</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6514/requerimento_58-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6514/requerimento_58-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTES, QUE ANALISEM A VIABILIDADE DE DISPONIBILIZAR SALAS DE AULAS E OU AUDITÓRIOS DE UNIDADES ESCOLARES PARA TRANSMISSÃO DE SESSÕES DE CINEMA A GRUPOS DE JOVENS, PARTICIPANTES DE SEMINÁRIOS, CONGRESSOS OU CORRELATOS.</t>
   </si>
   <si>
     <t>6515</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6515/requerimento_59-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6515/requerimento_59-18.pdf</t>
   </si>
   <si>
     <t>-REQUEIRO, INFORMAÇÃO COM O DETALHAMENTO DO PERCENTUAL ATUAL DE ENVIDAMENTO DA PREFEITURA MUNICIPAL;_x000D_
 -INFORMAÇÃO COM O DETALHAMENTO DO PERCENTUAL ATUAL DA RECEITA CORRENTE LÍQUIDA DO ORÇAMENTO GASTO COM A FOLHA DE PAGAMENTO COM O PESSOAL DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>6516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6516/requerimento_60-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6516/requerimento_60-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE ENVIE PARA ESTA CASA DE LEIS, TODA A DOCUMENTAÇÃO REFERENTE À ESCOLA FLORES PASSINATO KUSTER, LOCALIZADA EM SOÍDO DE BAIXO, COMPREENDENDO PROJETO ARQUITETÔNICO, PLANILHAS DE CUSTO, CERTAME LICITATÓRIO, CONTRATOS, TERMOS ADITIVOS, MEDIÇÕES, EMPENHOS, PAGAMENTOS E OUTROS INERENTES À OBRA DA REFERIDA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>6517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6517/requerimento_61-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6517/requerimento_61-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL A PRESTAÇÃO DE CONTAS DETALHADA REFERENTE À EXECUÇÃO DA XVII ITALEMANHA REALIZADA EM 2017 E XVIII ITALEMANHA REALIZADA EM 2018.</t>
   </si>
   <si>
     <t>6518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6518/requerimento_62-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6518/requerimento_62-18.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO O NÃO ATENDIMENTO DA SOLICITAÇÃO REALIZADA ATRAVÉS DO OF.SEGACMMF/PRESIDÊNCIA Nº 158/2018, O QUAL SOLICITA QUE PROCEDA ALTERAÇÕES NA REDAÇÃO DO PROJETO DE LEI QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6519</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6519/requerimento_63-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6519/requerimento_63-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL À CONSTRUÇÃO DE UMA PRAÇA DE LAZER EM ARAGUAYA, NO LOCAL DO ANTIGO POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>6520</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6520/requerimento_64-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6520/requerimento_64-18.pdf</t>
   </si>
   <si>
     <t>-REQUER QUE SEJA COLOCADO EM PRÁTICA O PROGRAMA DE BASQUETE DE RUA STREETBALL NO ÂMBITO DO MUNICÍPIO CONFORME LEI MUNICIPAL Nº 1808/2017; _x000D_
 - REQUER DO PODER EXECUTIVO MUNICIPAL OBRA DE REPAROS NA QUADRA DE BASQUETE AO LADO DA ACIASMAF E CONSTRUÇÃO DE OUTRAS QUADRAS NO BAIRRO SANTA RITA E INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6521</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6521/requerimento_65-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6521/requerimento_65-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL PROVIDÊNCIAS PARA TORNAR AS RUAS QUINTA DOS LADOS E ALBERTO H. LUIZ RAASCH COMO MÃO E CONTRA MÃO, RETIRANDO A PRACINHA DE ENCONTRO DESSAS RUAS, SENTIDO COSTA PEREIRA...</t>
   </si>
   <si>
     <t>6522</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6522/requerimento_66-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6522/requerimento_66-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE ANALISE A VIABILIDADE DE ENVIAR PARA ESTA CASA DE LEIS, PROJETO DE LEI COM A SEGUINTE EMENTA: "DISPÕE SOBRE A DEMARCAÇÃO DE ÁREA ESPECIAL DE ESTACIONAMENTO EM FRENTE AOS LABORATÓRIOS LOCALIZADOS NESTE MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6523</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6523/requerimento_67-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6523/requerimento_67-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, A MANUTENÇÃO DOS APARELHOS DE FISIOTERAPIA, VISANDO AUMENTAR O NÚMERO DE ATENDIMENTOS NESSA ESPECIALIDADE, JÁ QUE, À PROCURA PELA MESMA É GRANDE E EQUIPAMENTOS EM CONDIÇÃO DE USO NÃO SÃO SUFICIENTES E NÃO COMPORTAM TAL DEMANDA.</t>
   </si>
   <si>
     <t>6524</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6524/requerimento_68-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6524/requerimento_68-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, A CONTRATAÇÃO DE PSICÓLOGOS E FISIOTERAPEUTAS, VISANDO DIMINUIR A MOROSIDADE NO ATENDIMENTO DESSAS ESPECIALIDADES, VISTO QUE TENHO RECEBIDO DIVERSOS PEDIDOS DE MUNÍCIPES PELA AMPLIAÇÃO DESSES SERVIÇOS...</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6525/requerimento_69-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6525/requerimento_69-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL QUE SEJA FEITA A FISCALIZAÇÃO POR PARTE DA VIGILÂNCIA SANITÁRIA E A SECRETARIA DE MEIO AMBIENTE VISANDO À ADEQUAÇÃO DO TRANSPORTE DE DEJETOS DAS GRANJAS E ABATEDOUROS (MATERIAL FÉTIDO), COMO TAMBÉM SE FAÇA UMA ADEQUAÇÃO DO HORÁRIO DO TRANSPORTE OBJETIVANDO AMENIZAR POSSÍVEIS DANOS À SAÚDE DOS MORADORES.</t>
   </si>
   <si>
     <t>6526</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6526/requerimento_70-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6526/requerimento_70-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PREFEITO MUNICIPAL JOÃO CARLOS LORENZONI, JUNTAMENTE COM O SECRETÁRIO DE INTERIOR E TRANSPORTES ABRÃO LEVI KIEFER A MANUTENÇÃO E MELHORIAS URGENTES DAS ESTRADAS VICINAIS DA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>6527</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6527/requerimento_71-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6527/requerimento_71-18.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A NECESSIDADE DE PROVER UMA VISTORIA NA ILUMINAÇÃO PÚBLICA DE NOSSA CIDADE, VENHO REQUERER QUE SEJA PROPORCIONADA UMA REVISÃO EM TODOS POSTES COM ILUMINAÇÃO, HAJA VISTA QUE EXISTEM LÂMPADAS QUE PERMANECEM LIGADAS DURANTE O DIA, E, NO PERÍODO NOTURNO DIVERSAS LÂMPADAS ENCONTRAM-SE APAGADAS OU QUEIMADAS.</t>
   </si>
   <si>
     <t>6528</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6528/requerimento_72-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6528/requerimento_72-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A TOMADA DA CONSTRUÇÃO DA QUADRA POLIESPORTIVA DA COMUNIDADE DE SOÍDO DE BAIXO, VISANDO ATENDER AS CENTENAS DE MORADORES DESTA COMUNIDADE QUE CARECEM DE UM LOCAL PARA O LAZER, BEM COMO PARA ATENDER AS CRIANÇAS QUE ESTUDAM NA ESCOLA FLORES PASSINATO NAS ATIVIDADES DE LAZER E EDUCAÇÃO FÍSICA.</t>
   </si>
   <si>
     <t>6529</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6529/requerimento_73-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6529/requerimento_73-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, CÓPIA INTEGRAL DE TODOS OS CONTRATOS DE ALUGUÉIS DO MUNICÍPIO (IMÓVEIS), DA ATUAL GESTÃO, BEM COMO, DA ANTERIOR (2013/2016), INFORMANDO AINDA, A QUAL SETOR PÚBLICO ATENDIA, E OU ATENDE.</t>
   </si>
   <si>
     <t>6530</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6530/requerimento_74-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6530/requerimento_74-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL VIABILIZE O MAIS BREVE POSSÍVEL, A PAVIMENTAÇÃO E DRENAGEM DAS RUAS MARIA CATHARINA BORGO, REGIANNI E DELPUPPO, BEM COMO, CONCERTO URGENTE DA RUA ZAMBOM.</t>
   </si>
   <si>
     <t>6531</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6531/requerimento_75-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6531/requerimento_75-18.pdf</t>
   </si>
   <si>
     <t>REQUER O ENCAMINHAMENTO DE CÓPIA DO CERTAME LICITATÓRIO REFERENTE À MANUTENÇÃO DOS VEÍCULOS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO E SECRETARIAS MUNICIPAIS, BEM COMO, QUE SEJA INFORMADO O NOME DO SERVIDOR RESPONSÁVEL EM FISCALIZAR ESTES CONTRATOS, HAJA VISTA QUE ALGUNS AJUSTES JÁ FORAM SOLICITADOS PARA MANUTENÇÃO DE AMBULÂNCIAS E ATÉ O MOMENTO DIVERSOS REPAROS NÃO FORAM REALIZADOS.</t>
   </si>
   <si>
     <t>6532</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6532/requerimento_76-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6532/requerimento_76-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PREFEITO QUE INTERCEDA, JUNTO À CESAN, PARA ADIANTAR O PROCESSO LICITATÓRIO DE CONFECÇÃO DAS REDES DE ÁGUA QUE ATENDERÃO OS BAIRROS SANTA RITA, NOSSA SENHORA DA PENHA, CENTRO E AS PARTES ALTAS DA CIDADE.</t>
   </si>
   <si>
     <t>6533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6533/requerimento_77-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6533/requerimento_77-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE A VIGILÂNCIA ENVIE A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES INERENTES AO COMBATE DE RATOS, BARATAS E MOSQUITOS...</t>
   </si>
   <si>
     <t>6534</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6534/requerimento_78-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6534/requerimento_78-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO PROCEDA ESTUDOS PARA ANALISAR A POSSIBILIDADE DE INVESTIR RECURSOS FINANCEIROS PARA A IMPLANTAÇÃO NAS VIAS DE NOSSA CIDADE DO "ASFALTO TECNOLÓGICO ECOLOGICAMENTE CORRETO COM ESTABILIZANTE DE SOLO E FÁCIL APLICAÇÃO"...</t>
   </si>
   <si>
     <t>6535</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6535/requerimento_79-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6535/requerimento_79-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO O ENCAMINHAMENTO A ESTA CASA DE LEIS DE CÓPIA DE TODA A DOCUMENTAÇÃO REFERENTE AOS PROCESSOS LICITATÓRIOS, EMPENHOS E NOTAS FISCAIS REFERENTES À AQUISIÇÃO DE MEDICAMENTOS QUE SÃO DISPONIBILIZADOS NA FARMÁCIA BÁSICA MUNICIPAL, NO PERÍODO DE AGOSTO DE 2017 À AGOSTO DE 2018._x000D_
 REQUEIRO O ENCAMINHAMENTO DE RELATÓRIO INFORMANDO O ATUAL ESTOQUE DE REMÉDIOS NA FARMÁCIA BÁSICA._x000D_
 REQUEIRO AINDA, QUE O PODER EXECUTIVO MUNICIPAL PROVIDENCIE EM CARÁTER DE URGÊNCIA À AQUISIÇÃO DOS DIVERSOS REMÉDIOS QUE ESTÃO EM FALTA NA FARMÁCIA BÁSICA DE SAÚDE._x000D_
 E POR FIM REQUEIRO QUE SEJAM REALIZADOS ESTUDOS PARA A IMPLANTAÇÃO DO SISTEMA DE ENERGIA SOLAR NO PRÉDIO DA PREFEITURA E DEMAIS ÓRGÃOS MUNICIPAIS, VISANDO ECONOMIZAR O DINHEIRO PÚBLICO.</t>
   </si>
   <si>
     <t>6536</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6536/requerimento_80-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6536/requerimento_80-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO:_x000D_
 -TÉRMINO DO GINÁSIO DE ESPORTES DE VICTOR HUGO;_x000D_
 -TÉRMINO DOS DOIS GINÁSIOS DE ESPORTES DE SOÍDO DE BAIXO, SENDO UM NA CABOCLA AO LADO DA ESCOLA E O OUTRO NO TONINHO KILL AO LADO DO CAMPO DO CAPIXABINHA;_x000D_
 -CONSTRUÇÃO URGENTE DE BANHEIROS PÚBLICOS MASCULINO, FEMININO E PARA CADEIRANTES NO GINÁSIO DE ESPORTES DA COMUNIDADE DE SÃO CRISTÓVÃO...</t>
   </si>
   <si>
     <t>6537</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6537/requerimento_81-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6537/requerimento_81-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, CÓPIA DO PROCESSO LICITATÓRIO, REFERENTE À LIMPEZA DE RIOS E CÓRREGOS DO MUNICÍPIO DE MARECHAL FLORIANO, INCLUSIVE DO PROCESSO DE PAGAMENTO COM BOLETIM DE MEDIÇÃO E RELATÓRIO FOTOGRÁFICO REFERENTE A CADA MEDIÇÃO.</t>
   </si>
   <si>
     <t>6538</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6538/requerimento_82-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6538/requerimento_82-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL VIABILIZAR A INSTALAÇÃO DE UMA PLACA EM FRENTE A FARMÁCIA PAGUE MENOS, EM CONFORMIDADE COM A LEI MUNICIPAL N 908, DE 24 DE ABRIL DE 2009.</t>
   </si>
   <si>
     <t>6539</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6539/requerimento_83-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6539/requerimento_83-18.pdf</t>
   </si>
   <si>
     <t>VENHO POR INTERMÉDIO DESTE, SOLICITAR INFORMAÇÕES A VOSSA EXCELÊNCIA, DE QUAIS FORAM AS ATITUDES ADMINISTRATIVAS REALIZADAS NO SENTIDO DE SALVAGUARDAR O ERÁRIO MUNICIPAL._x000D_
 REQUEIRO AINDA, QUAIS AS ATITUDES ADMINISTRATIVAS DE CUNHO DISCIPLINAR FORAM ADOTADAS EM FACE DA SERVIDORA GELCILENE LOIOLA, HAJA VISTA EXISTIR AÇÕES CRIMINAIS EM TRÂMITE NA COMARCA DE MARECHAL FLORIANO, MOVIDAS PELO MINISTÉRIO PÚBLICO ESTADUAL.</t>
   </si>
   <si>
     <t>6540</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6540/requerimento_84-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6540/requerimento_84-18.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE OS MORADORES QUE RESIDEM NO LOCAL CONHECIDO COMO "MORRO DA MACEFEL" QUE UTILIZAM DIARIAMENTE A RUA PROFESSORA CECÍLIA PITANGA PARA TRANSLADO ENTRE SUAS RESIDÊNCIAS E O CENTRO DA CIDADE, PASSAM POR DIVERSOS TRANSTORNOS EM RELAÇÃO AO ESTREITAMENTO DESTA VIA, PRECISAMENTE NAS PROXIMIDADES DA RESIDÊNCIA DO SENHOR HONORATO MOREIRA, OCASIÃO EM QUE A PASSAGEM DE DOIS AUTOMÓVEIS AO MESMO TEMPO FICA IMPOSSIBILITADA, CAUSANDO INÚMEROS ABORRECIMENTOS...</t>
   </si>
   <si>
     <t>6541</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6541/requerimento_85-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6541/requerimento_85-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO Á MESA DIRETORA DESTA CASA DE LEIS AUTORIZAÇÃO PARA REALIZAR SESSÃO SOLENE EM HOMENAGEM À COMEMORAÇÃO DOS 50 ANOS DA IGREJA MARANATA, A SER REALIZADA ENTRE OS DIAS 24 E 28 DE SETEMBRO DE 2018.</t>
   </si>
   <si>
     <t>6542</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6542/requerimento_86-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6542/requerimento_86-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À MESA DIRETORA DESTA CASA DE LEIS, AUTORIZAÇÃO PARA REALIZAR SESSÃO SOLENE EM HOMENAGEM AOS ESPORTISTAS DO MUNICÍPIO, À REALIZAR-SE EM DATA AINDA NÃO DECIDIDA E AGENDADA.</t>
   </si>
   <si>
     <t>6543</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6543/requerimento_87-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6543/requerimento_87-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, INFORMAÇÕES SOBRE O GASTO COM MEDICAMENTOS NA ÁREA DE SAÚDE, INCLUSIVE ESTOQUE, ASSIM COMO GASTOS COM MATERIAIS DESCARTÁVEIS, COMO AGULHAS, SERINGAS E OUTROS.</t>
   </si>
   <si>
     <t>6544</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6544/requerimento_88-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6544/requerimento_88-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA DE SAÚDE, QUE PROCEDA COM A CONTRATAÇÃO EMERGENCIAL DE UM TÉCNICO DE LABORATÓRIO E DOIS FISIOTERAPEUTAS PARA ATENDER AS NECESSIDADES DOS PACIENTES DO MUNICÍPIO, HAJA VISTA QUE OS PROFISSIONAIS QUE ATUMA NA MUNICIPALIDADE NÃO ATENDEM Á SUA DEMANDA.</t>
   </si>
   <si>
     <t>6545</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6545/requerimento_89-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6545/requerimento_89-18.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS INFORMAÇÕES A CERCA DO VEÍCULO FORD CAMINHÃO PRANCHA, PLACA-PPA 0183, ONDE O MESMO ENCONTRA-SE DESDE O DIA 27/09/2018 ATÉ O DIA 01/10/2018, LOCALIZADO NAS DEPENDÊNCIAS DA SERRARIA KIEFER ÀS MARGENS DA BR 262, OU SEJA, QUINTA, SEXTA, SÁBADO, DOMINGO E SEGUNDA-FEIRA, TRANSFERINDO TORAS DE EUCALIPTOS DE GRANDE PORTE, CONFORME VERIFICA-SE EM ALGUMAS IMAGENS EM ANEXO._x000D_
 POSTO ISTO, A FIM DE AVERIGUAR AS DEMAIS IMAGENS QUE OBTIVEMOS.</t>
   </si>
   <si>
     <t>6546</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6546/requerimento_90-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6546/requerimento_90-18.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES A CERCA DA DESTINAÇÃO DA MADEIRA EXTRAÍDA DAS MARGENS DA BR 262, HAJA VISTA QUE CHEGOU AO MEU CONHECIMENTO QUE ALGUMAS EMPRESAS E PESSOAS FÍSICAS FORAM AUTORIZADAS A RETIRAR ESTAS MADEIRAS DESDE QUE HOUVESSE UMA DOAÇÃO FINANCEIRA ÀS ENTIDADES FILANTRÓPICAS DO MUNICÍPIO POR PARTE DOS RESPONSÁVEIS, PELA RETIRADA DAS MESMAS.</t>
   </si>
   <si>
     <t>6448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6448/indicacao_92-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6448/indicacao_92-18.pdf</t>
   </si>
   <si>
     <t>Requer a criação de um programa de desenvolvimento econômico no município de marechal floriano.</t>
   </si>
   <si>
     <t>6547</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6547/requerimento_93-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6547/requerimento_93-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE QUE SEJA VIABILIZADO SERVIÇO DE ROÇAGEM DE TODA A ESTRADA LEONOR BERNARDO EFFGEM, QUE TENDO INÍCIO NO POSTO IPIRANGA PROSSEGUINDO ATÉ SANTO ANTÔNIO, ROÇANDO O ESPAÇO EXISTENTE ENTRE LINHA FÉRREA E A ESTRADA.</t>
   </si>
   <si>
     <t>6548</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6548/requerimento_94-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6548/requerimento_94-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, QUE SEJA VIABILIZADO SERVIÇO DE PAVIMENTAÇÃO, DRENAGEM E ILUMINAÇÃO DA RUA LOCALIZADA ATRÁS DO RESTAURANTE MEIRE, EM SANTA MARIA, BEM COMO, DO BECO QUE DÁ ACESSO À OUTRA RUA, ALÉM DE CONSTRUÇÃO DE QUEBRA-MOLAS NAS RUAS DA VILA DOS IPÊS E MELHORAR A LIMPEZA DA VILA NUM TODO.</t>
   </si>
   <si>
     <t>6549</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6549/requerimento_95-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6549/requerimento_95-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE QUE SEJA VIABILIZADA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA E COLOCADO UM TRANSFORMADOR NO BAIRRO DENOMINADO SANTA ROSA, EM ARAGUAYA, BEM COMO PAVIMENTAÇÃO EM FRENTE ÀS RESIDÊNCIAS E NO ESTACIONAMENTO EM FRENTE AO RESTAURANTE BIROSCA DO ARAGUAYA.</t>
   </si>
   <si>
     <t>6550</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6550/requerimento_96-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6550/requerimento_96-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE ENVIE A ESTA CASA DE LEIS, JUNTAMENTE À SECRETARIA COMPETENTE, INFORMAÇÕES INERENTES AOS VEÍCULOS QUE ATENDEM A SECRETARIA MUNICIPAL DE SAÚDE, COMPREENDENDO O MAPA DE CONTROLE, A QUILOMETRAGEM DOS VEÍCULOS, RELATÓRIO DE ABASTECIMENTO, RELAÇÃO DOS MOTORISTAS E SEUS RESPECTIVOS HORÁRIOS, BEM COMO O LOCAL ONDE OS CARROS ESTÃO FICANDO APÓS O HORÁRIO DE ATENDIMENTO À REFERIDA SECRETARIA.</t>
   </si>
   <si>
     <t>6551</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE CULTURA E TURISMO, QUE ENCAMINHE A ESTA CASA DE LEIS, PROJETO DE LEI, VISANDO À REALIZAÇÃO DO BRILHO DE NATAL EM MARECHAL FLORIANO, DÊ PREFERÊNCIA DEPOIS DO FERIADO DE 15 DE NOVEMBRO, POIS COMEÇANDO ANTES, MOVIMENTARÁ MAIS O COMÉRCIO LOCAL, BEM COMO INCENTIVARÁ A POPULAÇÃO A ENTRAR NO CLIMA NATALINO. E SE POSSÍVEL, FAZER UMA PREMIAÇÃO PARA O COMÉRCIO E A RESIDÊNCIA MAIS DECORADOS.</t>
   </si>
   <si>
     <t>6552</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6552/requerimento_98-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6552/requerimento_98-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A AQUISIÇÃO DE 05 (CINCO) VEÍCULOS PARA ATENDER A SECRETARIA MUNICIPAL DE SAÚDE, VISANDO CONTEMPLAR OS PORTADORES DE CÂNCER E AS PESSOAS QUE FAZEM HEMODIÁLISE, BEM COMO, TRANSPORTAR OS PROFISSIONAIS DO PSF.</t>
   </si>
   <si>
     <t>6553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6553/requerimento_99-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6553/requerimento_99-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADO ESTUDO PARA A ELABORAÇÃO DE UM PROJETO DE LEI OBJETIVANDO A IMPLANTAÇÃO NO ÂMBITO MUNICIPAL DO "PLANO DE AÇÃO - AGENDA 2030 PARA O DESENVOLVIMENTO SUSTENTÁVEL".</t>
   </si>
   <si>
     <t>6554</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6554/requerimento_100-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6554/requerimento_100-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE A PREFEITURA DE MARECHAL FLORIANO ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS ADOTE PROVIDÊNCIAS QUANTO À RETIRADA DE ENTULHO DAS OBRAS DE CONSTRUÇÃO CIVIL REALIZADAS NO MUNICÍPIO QUE SE ENCONTRAM REALIZADAS EM VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>6555</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6555/requerimento_101-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6555/requerimento_101-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA DE SAÚDE A AQUISIÇÃO OU ALUGUEL DE UMA AMBULÂNCIA PARA ATENDER O MUNICÍPIO DE MARECHAL FLORIANO EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>6556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6556/requerimento_102-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6556/requerimento_102-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A SECRETARIA MUNICIPAL DE AGRICULTURA (SEMAG), QUE ENVIE A ESTA CASA DE LEIS, INFORMAÇÕES INERENTES À MESMA, COMPREENDENDO QUAIS OS PROJETOS DE INICIATIVA DA REFERIDA SECRETARIA, QUE JÁ FORAM EXECUTADOS, BEM COMO, OS PROJETOS QUE ESTÃO EM ANDAMENTO E OS FUTUROS.</t>
   </si>
   <si>
     <t>6557</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6557/requerimento_103-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6557/requerimento_103-18.pdf</t>
   </si>
   <si>
     <t>REQUER EM CARÁTER DE URGÊNCIA QUE O PODER EXECUTIVO MUNICIPAL ADOTE PROVIDÊNCIAS PARA REALIZAR SERVIÇOS DE LIMPEZA DE UM CÓRREGO LOCALIZADO NA VILA DE MIGUEL SOUZA, EM SANTA MARIA, OCASIÃO EM QUE O MESMO ENCONTRA-SE COMPLETAMENTE ASSOREADO, A VEGETAÇÃO EXISTENTE NÃO PERMITE QUE A ÁGUA DESÇA CÓRREGO ABAIXO, FICANDO A MESMA EMPOÇADA EM VÁRIOS PONTOS. MANILHAS PRATICAMENTE INTERDITADAS DEVIDO A GRANDE QUANTIDADE DE AREIA, ACARRETANDO PROLIFERAÇÃO DE MOSQUITOS, PREJUDICANDO A QUALIDADE DE VIDA DOS MORADORES.</t>
   </si>
   <si>
     <t>6558</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6558/requerimento_104-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6558/requerimento_104-18.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS CÓPIA DE NOTAS FISCAIS E DEMAIS DOCUMENTOS REFERENTE A CONTRATAÇÃO DE EMPRESAS QUE EXECUTARAM SERVIÇOS DE LIMPEZA DE RIOS E CÓRREGOS DO MUNICÍPIO, REFERENTE AO EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>6559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6559/requerimento_105-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6559/requerimento_105-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL À REALIZAÇÃO DE NOVA AVALIAÇÃO E VISTORIA TÉCNICA REALIZADA POR NO MÍNIMO DOIS PROFISSIONAIS CAPACITADOS, SEM VÍNCULO EMPREGATÍCIO COM O PODER EXECUTIVO PARA A EMISSÃO DE LAUDO TÉCNICO DE AVALIAÇÃO, DESCREVENDO OS POSSÍVEIS PROBLEMAS RELACIONADOS À ESCOLA FLORES PASSINATO.</t>
   </si>
   <si>
     <t>6560</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6560/requerimento_106-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6560/requerimento_106-18.pdf</t>
   </si>
   <si>
     <t>REQUEREM QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS O RELATÓRIO DESCREVENDO SOBRE A ATUAL SITUAÇÃO DA ESCOLA FLORES PASSINATO, DESCREVENDO OS PROBLEMAS RELATADOS NAS AVALIAÇÕES REALIZADAS E QUAIS FORAM AS PROVIDÊNCIAS ADOTADAS PARA PERMITIR O FUNCIONAMENTO DA REFERIDA ESCOLA.</t>
   </si>
   <si>
     <t>6561</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6561/requerimento_107-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6561/requerimento_107-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL ENCAMINHE AS SEGUINTES INFORMAÇÕES RELACIONADAS AO RECURSO OBTIDO ATRAVÉS DO EMPRÉSTIMO FIRMADO JUNTO A CAIXA ECONÔMICA FEDERAL - FINISA</t>
   </si>
   <si>
     <t>6562</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6562/requerimento_108-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6562/requerimento_108-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO CÓPIA DE DOCUMENTAÇÃO REFERENTE AOS CERTAMES LICITATÓRIOS REALIZADOS NO EXERCÍCIO DE 2017 E 2018, DESTINADOS A REFORMA DA PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>6563</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6563/requerimento_109-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6563/requerimento_109-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE PARALELAMENTE A REFORMA E AMPLIAÇÃO DA PRAÇA DO BAIRRO SANTA RITA, SEJA REALIZADA A CONSTRUÇÃO DE UMA GUARITA BEM PLANEJADA PARA A POLÍCIA MILITAR VISANDO PROPORCIONAR MAIS SEGURANÇA NO BAIRRO PERMITINDO A VISÃO AMPLA DO ACESSO FEITO POR PESSOAS E VEÍCULOS NA COMUNIDADE.</t>
   </si>
   <si>
     <t>6564</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6564/requerimento_110-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6564/requerimento_110-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE ADQUIRIR UMA ÁREA DE TERRA PARA A CONSTRUÇÃO DE UMA NOVA ESCOLA, MAIS AMPLA E MAIS EQUIPADA PARA ATENDER A DEMANDA DE CRIANÇAS DA ESCOLA SÍTIO RUPF, NAS IMEDIAÇÕES DO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>6565</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6565/requerimento_111-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6565/requerimento_111-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A CONSTRUÇÃO DA CAPELA MORTUÁRIA NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>6566</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6566/requerimento_112-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6566/requerimento_112-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS A CÓPIA DE TODOS OS CERTAMES LICITATÓRIOS REFERENTE AOS RECURSOS DESTINADOS A SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS NO PERÍODO DE 2017 A 2018, REFERENTE A AQUISIÇÃO DE BENS, PRODUTOS E SERVIÇOS.</t>
   </si>
   <si>
     <t>6567</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6567/requerimento_113-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6567/requerimento_113-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE POR MEIO DA SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTES, SEJAM COLOCADAS PLACAS NAS ENCRUZILHADAS DAS ESTRADAS VICINAIS DE NOSSO MUNICÍPIO, FACILITANDO O DESLOCAMENTO SEGURO DE VISITANTES E MORADORES DE OUTRAS LOCALIDADES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6568</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6568/requerimento_114-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6568/requerimento_114-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESTE CONCEITUADO ÓRGÃO ESTADUAL, QUE SEJA VIABILIZADA UMA LOMBADA ELETRÔNICA, PRÓXIMA AO RESTAURANTE PONTO FRIO, LOCALIZADO ÀS MARGENS DA BR 262, KM 47, EM MARECHAL FLORIANO, VISTO QUE, TEM AUMENTADO O NÚMERO DE ACIDENTES NO LOCAL E OS MORADORES LOCAIS ESTÃO REIVINDICANDO A LOMBADA ELETRÔNICA.</t>
   </si>
   <si>
     <t>6569</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6569/requerimento_115-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6569/requerimento_115-18.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS UM PROJETO INCLUINDO OS SERVIDORES COMISSIONADOS DO MUNICÍPIO DE MARECHAL FLORIANO NO BENEFÍCIO DA REVISÃO GERAL ANUAL, HAJA VISTA QUE OS SERVIDORES COMISSIONADOS NÃO FORAM INCLUÍDOS NO ATUAL PROJETO QUE VEM SENDO DISCUTIDO NESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>6570</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6570/requerimento_116-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6570/requerimento_116-18.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO QUE OS RECURSOS PROVENIENTE DA DEVOLUÇÃO DO PODER LEGISLATIVO SEJAM UTILIZADOS PELA PREFEITURA MUNICIPAL NA FORMALIZAÇÃO DE UM CONVÊNIO COM O HOSPITAL FHASDOMAR DE DOMINGOS MARTINS, OCASIÃO EM QUE DIVERSOS PACIENTES DO MUNICÍPIO DE MARECHAL BUSCAM ATENDIMENTO NA RESPECTIVA CIDADE.</t>
   </si>
   <si>
     <t>6571</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6571/requerimento_117-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6571/requerimento_117-18.pdf</t>
   </si>
   <si>
     <t>REITERANDO O REQUERIMENTO Nº 096/2018, DE 16 DE OUTUBRO DO CORRENTE ANO, DEVIDO A INSUFICIÊNCIA DE INFORMAÇÕES E NÃO ATENDIMENTO AO SOLICITADO NO MESMO, REQUERENDO INFORMAÇÕES INERENTES AOS VEÍCULOS QUE ATENDEM A SECRETARIA MUNICIPAL DE SAÚDE, COMPREENDENDO O MAPA DE CONTROLE...</t>
   </si>
   <si>
     <t>6572</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6572/requerimento_118-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6572/requerimento_118-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS PROVIDENCIE A SUBSTITUIÇÃO DE ALGUNS QUEBRA-MOLAS POR FAIXA DE PEDESTRES ELEVADAS, COM TINTA ACRÍLICA DEMARCANDO A PRÓPRIA ELEVAÇÃO.</t>
   </si>
   <si>
     <t>6573</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6573/requerimento_119-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6573/requerimento_119-18.pdf</t>
   </si>
   <si>
     <t>REQUER QUE OS 60% DOS RECURSOS DEVOLVIDOS PELO PODER LEGISLATIVO SEJAM UTILIZADOS PELA PREFEITURA MUNICIPAL NA ADEQUAÇÃO E REFORMA DA ESCOLA FLORES PASSINATO KUSTER, EM SOÍDO DE BAIXO E OUTROS 40% SEJAM APLICADOS A SAÚDE PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6574</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6574/requerimento_120-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6574/requerimento_120-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESTA RELEVANTE SECRETARIA MUNICIPAL, INFORMAÇÕES INERENTES AO SELO SIM (SERVIÇO DE INSPEÇÃO MUNICIPAL), COMPREENDENDO OS LICENCIAMENTOS JÁ REALIZADOS, BEM COMO, SE FOR O CASO O ANDAMENTO DOS PROCESSOS ABERTOS VISANDO À OBTENÇÃO DO MESMO AINDA NÃO CONCLUÍDOS.</t>
   </si>
   <si>
     <t>6575</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6575/requerimento_121-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6575/requerimento_121-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, INFORMAÇÕES INERENTES ÀS AGROINDÚSTRIAS DO MUNICÍPIO QUE ESTÃO LICENCIADAS E EM PLANO FUNCIONAMENTO, BEM COMO, O ANDAMENTO DE PROCESSOS EM ABERTO, VISANDO AUTORIZAÇÃO PARA FUNCIONAMENTO E INÍCIO DE SUAS ATIVIDADES.</t>
   </si>
   <si>
     <t>6576</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6576/requerimento_122-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6576/requerimento_122-18.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, OUVIDO PLENÁRIO, AUTORIZAÇÃO DOS SENHORES PARLAMENTARES PARA REALIZAR A SESSÃO DE POSSE DA NOVA MESA DIRETORA BIÊNIO 2019-2020 PARA AS 18 H 00 MIN HORAS DO DIA 1º DE JANEIRO DE 2019.</t>
   </si>
   <si>
     <t>6577</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6577/requerimento_123-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6577/requerimento_123-18.pdf</t>
   </si>
   <si>
     <t>VISANDO DAR MAIOR TRANSPARÊNCIA À FISCALIZAÇÃO DE TODOS OS GASTOS PÚBLICOS DO MUNICÍPIO, REQUEIRO, QUE ESTE PODER LEGISLATIVO CUMPRA A LEI MUNICIPAL Nº 1.920 DE 22 DE NOVEMBRO DE 2017, QUE "INSTITUI NO ÂMBITO DO PODER LEGISLATIVO DE MARECHAL FLORIANO/ES, A PARTIR DE JANEIRO DO ANO DE 2017, A OBRIGATORIEDADE DA DIGITALIZAÇÃO DE TODAS AS RESPOSTAS DE REQUERIMENTOS, NA INTEGRA, ORIUNDOS DO PODER EXECUTIVO MUNICIPAL E DEMAIS ÓRGÃOS''. PORTANTO, SOLICITO QUE SEJAM DIGITALIZADOS E DISPONIBILIZADOS NO SITE DA CÂMARA, EM UM PRAZO MÁXIMO DE 90 DIAS.</t>
   </si>
   <si>
     <t>6578</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6578/requerimento_124-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6578/requerimento_124-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO MELHORIAS URGENTES E MANUTENÇÃO NOS ESPAÇOS ESPORTIVOS LOCALIZADOS NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6579</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6579/requerimento_125-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6579/requerimento_125-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO CASCALHAMENTO E PATROLAMENTO DAS SEGUINTES ESTRADAS:_x000D_
 -ESTRADA COM INÍCIO APÓS O CALÇAMENTO DA SUBIDA DO CEMITÉRIO DE SANTA MARIA ATÉ O RADAR (BR 262);_x000D_
 -ESTRADA COM INÍCIO NO PONTILHÃO EM RIO FUNDO ATÉ ARAGUAYA;_x000D_
 -ESTRADA COM INÍCIO NA RODOVIA FRANCISCO STÖCKL;_x000D_
 -ESTRADA COM INÍCIO NO SÍTIO FIGUEROA;_x000D_
 -ESTRADA QUE DÁ ACESSO A FAMÍLIA TAVARES;</t>
   </si>
   <si>
     <t>6580</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6580/requerimento_127-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6580/requerimento_127-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE POR MEIO DA SECRETARIA DE MEIO AMBIENTE E RECURSOS HÍDRICOS EM PARCERIA COM A COMPANHIA ESPÍRITO SANTENSE DE SANEAMENTO (CESAN), SEJAM VIABILIZADOS A IMPLANTAÇÃO DOS PONTOS DE COLETA DE GORDURAS ANIMAL E VEGETAL, CONTEMPLANDO A SEDE NO INTERIOR.</t>
   </si>
   <si>
     <t>6581</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6581/requerimento_128-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6581/requerimento_128-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE VIABILIZE SERVIÇO DE SONORIZAÇÃO NA TORRE LOCALIZADA NO MORRO DA MACEFEL, BEM COMO EM DEMAIS PONTOS RELEVANTES DA CIDADE, VISANDO PUBLICAR FALECIMENTOS, DESAPARECIMENTOS DE PESSOAS E ANIMAIS, AVISOS INERENTES À MUDANÇA DE CLIMA, RISCOS, ROUBOS, PERDA DE DOCUMENTOS E OUTROS.</t>
   </si>
   <si>
     <t>6582</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6582/requerimento_129-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6582/requerimento_129-18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESTA RELEVANTE SECRETARIA MUNICIPAL, INFORMAÇÕES INERENTES AO TRATOR AGRÍCOLA DESTINADO À ASSOCIAÇÃO DE RIO FUNDO, QUE ENCONTRA-SE NO MUNICÍPIO HÁ APROXIMADAMENTE UM ANO E MEIO E ATÉ ENTÃO NÃO FOI ENTREGUE À REFERIDA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>6583</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6583/requerimento_130-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6583/requerimento_130-2018.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Marechal Floriano, na forma regimental, vem à presença de Vossa Excelência, para expor o que segue:_x000D_
 _x000D_
 REQUER DO PODER EXECUTIVO QUE OS RECURSOS PROVENIENTES DA DEVOLUÇÃO DO PODER LEGISLATIVO NO VALOR DE R$ 160.000,00 (CENTO E SESSENTA MIL REAIS) SEJAM UTILIZADOS PELA PREFEITURA MUNICIPAL NA AQUISIÇÃO DE UMA AMBULÂNCIA EQUIPADA PARA ATENDER O PRONTO ATENDIMENTO DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO/ES, PRESTANDO ATENDIMENTO AOS PACIENTES QUE NECESSITAM DE LOCOMOÇÃO PARA HOSPITAIS DA REGIÃO E GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>12585</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12585/res001-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12585/res001-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12586</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12586/res002-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12586/res002-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE NORMAS DE USO DO ESPAÇO BIBLIOGRÁFICO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES."</t>
   </si>
   <si>
     <t>12587</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12587/res003-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12587/res003-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AOO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12588</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12588/res004-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12588/res004-2018.pdf</t>
   </si>
   <si>
     <t>"ALTERA DISPOSITIVOS DO ARTIGO 5º DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12589</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12589/res005-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12589/res005-2018.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO DO ORÇAMENTO VIGENTE."</t>
   </si>
   <si>
     <t>12590</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12590/res006-2018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12590/res006-2018.pdf</t>
   </si>
   <si>
     <t>6380</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6380/proposta_de_emenda_modificativa_001-18_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6380/proposta_de_emenda_modificativa_001-18_1.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 016/2018 de autoria do vereador João Cabral Rodrigues Conciglieri que "OBRIGA OS ESTABELECIMENTOS PÚBLICOS E PRIVADOS NO MUNICÍPIO DE MARECHAL FLORIANO/ES A INSERIR NAS PLACAS DE ATENDIMENTO PRIORITÁRIO O SÍMBOLO MUNDIAL DO AUTISMO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6381/proposta_de_emenda_modificativa_002-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6381/proposta_de_emenda_modificativa_002-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 024/2018 de autoria do Poder Executivo que "CRIA O FUNDO MUNICIPAL DE EDUCAÇÃO INFANTIL - FMEI E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6382</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6382/pem_003-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6382/pem_003-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 082/2018 de autoria do Poder Executivo Municipal que "ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO/ES PARA O EXERCÍCIO FINANCEIRO DE 2019".</t>
   </si>
   <si>
     <t>6383</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6383/pem_004-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6383/pem_004-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 053/2018 de autoria do Poder Executivo que "DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6379</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6379/proposta_de_emenda_aditiva_01-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6379/proposta_de_emenda_aditiva_01-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 010/2018 de autoria do Poder Executivo que "DISPÕE SOBRE A CONCESSÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS, ESTABELECENDO NORMAS PARA EXPLORAÇÃO DOS SERVIÇOS DE AUTOMÓVEIS (TÁXIS) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6375/pea_02-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6375/pea_02-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 027/2018 de autoria do Poder Executivo que "ALTERA REDAÇÃO DO ART. 7º DA LEI MUNICIPAL Nº 1.943, DE DEZEMBRO DE 2017".</t>
   </si>
   <si>
     <t>6376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6376/pea_03-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6376/pea_03-18.pdf</t>
   </si>
   <si>
     <t>6377</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6377/pea_004-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6377/pea_004-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 063/2018 de autoria do vereador Cezar Tadeu Ronchi Junior que, "ACRESCENTA ÁREA DE PERÍMETRO URBANO NO ARTIGO 5º DA LEI 066 DE 08 DE ABRIL DE 1994".</t>
   </si>
   <si>
     <t>6378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6378/pea_005-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6378/pea_005-18.pdf</t>
   </si>
   <si>
     <t>6384</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6384/pes_01-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6384/pes_01-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 010/2018 de autoria do Poder Executivo que "DISPÕE SOBRE A CONCESSÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS, ESTABELECENDO NORMAS PARA EXPLORAÇÃO DOS SERVIÇOS DE AUTOMÓVEIS DE ALUGUEL (TÁXIS) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6385</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6385/pes_002-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6385/pes_002-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 054/2018 de autoria do Poder Executivo que "DISPÕE SOBRE O SISTEMA DE CONTROLE INTERNO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6386</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6386/pes_003-18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6386/pes_003-18.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 069/2018 QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR LEILÃO PARA A ALIENAÇÃO DE BENS MÓVEIS PERTENCENTES AO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8219</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Mensagem de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8219/601.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8219/601.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILMO. SR. JAIRR LITTIG, QUE VEM SE DESTACANDO COMO PESQUISADOR DA HISTÓRIA E DA FAMÍLIAS DE IMIGRANTES ALEMÃES, BEM COMO ALGUNS ITALIANOS, EM FACE AO EXCELENTE TRABALHO APRESENTADO, EM ESPECIAL INERENTE Á REGIÃO SERRANA.</t>
   </si>
   <si>
     <t>8220</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8220/639.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8220/639.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUDOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SR. CHRISTANO DE OLIVEIRA TESCH, EM FACE À EXCELENTE CONDUÇÃO À FRENTE DO "POSTO SERRAMAR", LOCALIZADO NESTE MUNICÍPIO, HÁ 11 ANOS PRESTANDO EXCELENTE SERVIÇOS, BEM COMO ATENDEMOS CLIENTES E AMIGOS COM MUITA PRESTEZA E DEDICAÇÃO, NO QUAL VÊM SE DESTACANDO COMO EMPREENDEDOR DE SUCESSO NO SEGMENTO DE COMBUSTÍVEIS, MAS ESPECIALMENTE, PELA SENSIBILIDADE DE RESERVAR 700 LITROS DE DIESEL PARA ABASTECIMENTO DAS AMBULÂNCIAS, EM RAZÃO DA FALTA DE COMBUSTÍVEIS DOS ÚLTIMOS DIAS, OCASIONADO PELO MOVIMENTO DOS CAMINHONEIROS.</t>
   </si>
   <si>
     <t>8217</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Mensagem de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8217/428.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8217/428.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE PESAR AOS FAMILIARES DA SRA. ADELAIDE KLIPPEL, EM FACE DE FALECIMENTO OCORRIDO EM 16 DE JANEIRO DO ANO EM CURSO, AOS 85 ANOS.</t>
   </si>
   <si>
     <t>8218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8218/600.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8218/600.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE PESAR AOS FAMILIARES DO SR. ALTEVIR ANTÔNIO WASSEM, EM FACE DO SEU FALECIMENTO, OCORRIDO EM 18 DE MAIO DO ANO EM CURSO, AOS 81 ANOS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5644,68 +5644,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13752/001-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13753/002-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13754/003-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13755/004-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13756/005-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13757/006-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6026/6026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6027/6027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6028/6028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6029/6029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6030/6030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6031/6031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6033/6033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6034/6034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6035/6035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6036/6036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6037/6037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6038/6038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6039/6039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6087/6087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6088/6088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6089/6089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6090/6090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6093/6093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6094/6094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6095/6095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6096/6096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6097/6097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6921/386.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6099/6099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6100/6100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6101/6101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6102/6102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6103/6103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6104/6104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6105/6105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6106/6106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6107/6107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6108/6108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6109/6109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6110/6110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6111/6111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6112/6112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6113/6113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6114/6114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6400/indicacao_42-18.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6401/indicacao_43-18.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6402/indicacao_44-18.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6403/indicacao_45-18.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6405/indicacao_48-18.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6406/indicacao_49-18.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6407/indicacao_50-18.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6408/indicacao_51-18.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6409/indicacao_52-18.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6410/indicacao_53-18.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6411/indicacao_54-18.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6412/indicacao_55-18.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6413/indicacao_56-18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6414/indicacao_57-18.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6415/indicacao_58-18.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6416/indicacao_59-18.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6417/indicacao_60-18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6418/indicacao_62-18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6419/indicacao_63-18.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6420/indicacao_64-18.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6421/indicacao_65-18.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6422/indicacao_66-18.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6423/indicacao_67-18.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6426/indicacao_70-18.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6427/indicacao_71-18.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6428/indicacao_72-18.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6429/indicacao_73-18.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6430/indicacao_74-18.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6431/indicacao_75-18.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6432/indicacao_76-18.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6433/indicacao_77-18.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6434/indicacao_78-18.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6435/indicacao_79-18.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6436/indicacao_80-18.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6437/indicacao_81-18.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6438/indicacao_82-18.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6439/indicacao_83-18.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6440/indicacao_84-18.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6441/indicacao_85-18.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6442/indicacao_86-18.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6443/indicacao_87-18.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6444/indicacao_88-18.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6445/indicacao_89-18.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6446/indicacao_90-18.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6449/indicacao_93-18.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6450/indicacao_94-18.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6451/indicacao_95-18.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6452/indicacao_96-18.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6453/indicacao_97-18.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6454/indicacao_98-18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6455/indicacao_99-18.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6456/indicacao_100-18.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6457/indicacao_101-18.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6458/indicacao_102-18.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6459/indicacao_103-18.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6461/indicacao_105-18.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6462/indicacao_106-18.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6463/indicacao_107-18.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6464/indicacao_108-18.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6465/indicacao_109-18.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6466/indicacao_110-18.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6467/indicacao_111-18.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6468/indicacao_112-18.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6469/indicacao_113-18.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6471/indicacao_115-18.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6472/indicacao_116-18.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6473/indicacao_117-18.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6474/indicacao_118-18.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6475/indicacao_119-18.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6476/indicacao_120-18.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6477/indicacao_121-18.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6478/indicacao_122-18.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6479/indicacao_123-18.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6480/indicacao_124-18.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6481/indicacao_125-18.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6482/indicacao_126-18.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6483/indicacao_127-18.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6484/indicacao_128-18.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6485/indicacao_129-18.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6486/indicacao_130-18.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6487/indicacao_131-18.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6050/6050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6052/6052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6053/6053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6056/6056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6057/6057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6083/6083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6084/6084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6085/6085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6086/6086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6387/mocao_010-18.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6388/mocao_011-18.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6389/mocao_012-18.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6390/mocao_013-18.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6391/mocao_15-18.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6392/mocao_16-18.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6393/mocao_017-18.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6394/mocao_018-18.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6395/mocao_019-18.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6396/mocao_020-18.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6397/mocao_21-18.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6398/mocao_22-18.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6399/mocao_23-18.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6060/6060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6059/6059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6058/6058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6055/6055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6054/6054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6051/6051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6049/6049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6048/6048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6116/6116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6117/6117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6118/6118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6119/6119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6120/6120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6121/6121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6122/6122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6123/6123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6124/6124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6125/6125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6126/6126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6127/6127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6128/6128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6129/6129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6584/parecer_favoravel_023-18.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6585/parecer_favoravel_24-18.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6586/parecer_favoravel_025-18.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6587/parecer_favoravel_026-18.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6588/parecer_favoravel_27-18.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7888/doc_apr_05_2021_15.24_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7889/doc_apr_05_2021_15.26.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6589/parecer_favoravel_30-18.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6590/parecer_favoravel_31-18.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6591/parecer_favoravel_32-18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6592/parecer_favoravel_33-18.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6593/parecer_favoravel_34-18.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6594/parecer_favoravel_35-18.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6595/parecer_favoravel_36-18.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6596/parecer_favoravel_37-18.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6597/parecer_favoravel_38-18.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6598/parecer_favoravel_39-18.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6599/parecer_favoravel_40-18.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6600/parecer_favoravel_41-18.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6601/parecer_favoravel_42-18.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6602/parecer_favoravel_43-18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6603/parecer_favoravel_44-18.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6604/parecer_favoravel_45-18.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6605/parecer_favoravel_46-18.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6606/parecer_favoravel_47-18.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6607/parecer_favoravel_48-18.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6608/parecer_favoravel_49-18.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6609/parecer_favoravel_50-18.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6610/parecer_favoravel_51-18.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6611/parecer_favoravel_52-18.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6612/parecer_favoravel_53-18.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6613/parecer_favoravel_54-18.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6614/parecer_favoravel_55-18.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6615/parecer_favoravel_56-18.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6616/parecer_favoravel_57-18.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6617/parecer_favoravel_58-18.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6618/parecer_favoravel_59-18.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6619/parecer_favoravel_60-18.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6620/parecer_favoravel_61-18.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6621/parecer_favoravel_62-18.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6622/parecer_favoravel_63-18.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6623/parecer_favoravel_64-18.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6624/parecer_favoravel_65-18.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6625/parecer_favoravel_66-18.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6626/parecer_favoravel_67-18.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6627/parecer_favoravel_069-18.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6628/parecer_favoravel_070-18.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6629/parecer_favoravel_071-18.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6630/parecer_favoravel_072-18.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6631/parecer_favoravel_073-18.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6632/parecer_favoravel_074-18.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6633/parecer_favoravel_75-18.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6634/parecer_favoravel_76-18.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6635/parecer_favoravel_77-18.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6636/parecer_favoravel_78-18.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6637/parecer_favoravel_79-18.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6638/parecer_favoravel_80-18.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6639/parecer_favoravel_81-18.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6640/parecer_favoravel_82-18.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6641/parecer_favoravel_83-18.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6642/parecer_favoravel_84-18.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6643/parecer_favoravel_85-18.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6644/parecer_favoravel_86-18.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6645/parecer_favoravel_87-18.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6646/parecer_favoravel_88-18.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6647/parecer_favoravel_89-18.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6648/parecer_favoravel_90-18.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6649/parecer_favoravel_91-18.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6650/parecer_favoravel_92-18.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6651/parecer_favoravel_93-18.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6652/parecer_favoravel_94-18.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6653/parecer_favoravel_95-18.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6654/parecer_favoravel_96-18.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6655/parecer_favoravel_97-18.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6656/parecer_favoravel_98-18.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6657/parecer_favoravel_99-18.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6659/parecer_favoravel_100-18.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6660/parecer_favoravel_101-18.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6662/parecer_favoravel_103-18.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7891/parecer_contrario_104-2018.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6663/parecer_favoravel_105-18.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6664/parecer_favoravel_106-18.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7890/doc_apr_05_2021_15.29.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6040/6040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6041/6041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7783/doc_mar_04_2021_15.39.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6042/6042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6043/6043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6044/6044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6045/6045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6046/6046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6047/6047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7806/doc_mar_05_2021_08.39.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7807/doc_mar_05_2021_09.46-01.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7785/156.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7787/158.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7788/159.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7789/160.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7790/229.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7791/230.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7792/231.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7808/doc_mar_05_2021_09.49-01.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7809/doc_mar_05_2021_10.01.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7794/317.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7795/318.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7810/doc_mar_05_2021_10.05-01.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7811/doc_mar_05_2021_10.06.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7796/391.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7797/392.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7798/393.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7812/doc_mar_05_2021_10.32.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7799/442.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7800/443.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7801/523.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7802/524.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7803/525.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7813/doc_mar_05_2021_10.49.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6246/39-2018.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7804/40-2018.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11066/041-2018.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6247/pl_042-2018.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6248/pl_043-2018.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6249/pl_044-2018.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6250/pl_045-2018.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6658/projeto_de_lei_46-18.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6665/projeto_de_lei_47-18.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6668/projeto_de_lei_49-18.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6671/projeto_de_lei_50-18.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11067/51-2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11068/52-2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11069/53-2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11070/54-2018.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6677/projeto_de_lei_55-18.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6681/projeto_de_lei_56-18.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6684/projeto_de_lei_57-18_GbmSBNI.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6688/projeto_de_lei_58-18.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6690/projeto_de_lei_59-18.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6693/projeto_de_lei_60-18.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6696/projeto_de_lei_61-18.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6699/projeto_de_lei_62-18.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11071/063-2018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11072/064-2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11073/065-2018.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6704/projeto_de_lei_66-18.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6706/projeto_de_lei_67-18.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6707/projeto_de_lei_68-18.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11074/069-2018.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11075/070-2018.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6708/projeto_de_lei_71-18.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6709/projeto_de_lei_72-18.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6710/projeto_de_lei_73-18.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6711/projeto_de_lei_74-18.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6712/projeto_de_lei_75-18.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11076/076-2018.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6713/projeto_de_lei_77-18.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6714/projeto_de_lei_78-18.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6715/projeto_de_lei_79-18.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6716/projeto_de_lei_80-18.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6666/projeto_de_lei_81-18.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11078/82-2018.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6669/projeto_de_lei_83-18.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6670/projeto_de_lei_84-18.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6672/projeto_de_lei_85-18.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6673/projeto_de_lei_86-18.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6674/projeto_de_lei_87-18.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6675/projeto_de_lei_88-18.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6676/projeto_de_lei_89-18.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11079/91-2018.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6679/projeto_de_lei_92-18.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6680/projeto_de_lei_93-18.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11082/094-2018.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11083/095-2018.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6682/projeto_de_lei_96-18.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6683/projeto_de_lei_97-18.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6685/projeto_de_lei_98-18.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6686/projeto_de_lei_99-18.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6687/projeto_de_lei_100-18.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6689/projeto_de_lei_101-18.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6691/projeto_de_lei_102-18.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6692/projeto_de_lei_103-18.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6694/projeto_de_lei_104-18.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6695/projeto_de_lei_105-18.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11084/106-2018.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11085/107-2018.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11086/108-2018.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11087/109-2018.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11088/110-2018.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6697/projeto_de_lei_111-18.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6698/projeto_de_lei_112-18.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6700/projeto_de_lei_113-18.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6701/projeto_de_lei_114-18.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6702/projeto_de_lei_115-18.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6703/projeto_de_lei_116-18.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6705/projeto_de_lei_117-18.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11089/118-2018.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7805/603.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6009/6009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6010/6010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6011/6011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6012/6012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6013/6013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6014/6014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6015/6015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6016/6016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6017/6017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6018/6018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6019/6019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6020/6020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6021/6021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6022/6022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6023/6023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6024/6024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6025/6025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6069/6069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6070/6070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6071/6071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6072/6072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6073/6073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6074/6074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6075/6075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6076/6076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6077/6077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6078/6078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6079/6079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6080/6080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6081/6081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6082/6082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6488/requerimento_32-18.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6489/requerimento_33-18.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6490/requerimento_34-18.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6491/requerimento_35-18.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6492/requerimento_36-18.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6493/requerimento_37-18.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6494/requerimento_38-18.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6495/requerimento_39-18.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6496/requerimento_40-18.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6497/requerimento_41-18.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6498/requerimento_42-18.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6499/requerimento_43-18.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6500/requerimento_44-18.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6501/requerimento_45-18.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6502/requerimento_46-18.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6503/requerimento_47-18.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6504/requerimento_48-18.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6505/requerimento_49-18.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6506/requerimento_50-18.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6507/requerimento_51-18.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6508/requerimento_52-18.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6509/requerimento_53-18.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6510/requerimento_54-18.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6511/requerimento_55-18.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6512/requerimento_56-18.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6513/requerimento_57-18.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6514/requerimento_58-18.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6515/requerimento_59-18.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6516/requerimento_60-18.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6517/requerimento_61-18.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6518/requerimento_62-18.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6519/requerimento_63-18.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6520/requerimento_64-18.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6521/requerimento_65-18.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6522/requerimento_66-18.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6523/requerimento_67-18.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6524/requerimento_68-18.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6525/requerimento_69-18.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6526/requerimento_70-18.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6527/requerimento_71-18.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6528/requerimento_72-18.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6529/requerimento_73-18.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6530/requerimento_74-18.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6531/requerimento_75-18.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6532/requerimento_76-18.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6533/requerimento_77-18.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6534/requerimento_78-18.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6535/requerimento_79-18.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6536/requerimento_80-18.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6537/requerimento_81-18.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6538/requerimento_82-18.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6539/requerimento_83-18.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6540/requerimento_84-18.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6541/requerimento_85-18.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6542/requerimento_86-18.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6543/requerimento_87-18.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6544/requerimento_88-18.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6545/requerimento_89-18.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6546/requerimento_90-18.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6448/indicacao_92-18.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6547/requerimento_93-18.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6548/requerimento_94-18.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6549/requerimento_95-18.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6550/requerimento_96-18.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6552/requerimento_98-18.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6553/requerimento_99-18.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6554/requerimento_100-18.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6555/requerimento_101-18.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6556/requerimento_102-18.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6557/requerimento_103-18.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6558/requerimento_104-18.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6559/requerimento_105-18.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6560/requerimento_106-18.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6561/requerimento_107-18.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6562/requerimento_108-18.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6563/requerimento_109-18.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6564/requerimento_110-18.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6565/requerimento_111-18.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6566/requerimento_112-18.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6567/requerimento_113-18.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6568/requerimento_114-18.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6569/requerimento_115-18.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6570/requerimento_116-18.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6571/requerimento_117-18.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6572/requerimento_118-18.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6573/requerimento_119-18.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6574/requerimento_120-18.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6575/requerimento_121-18.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6576/requerimento_122-18.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6577/requerimento_123-18.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6578/requerimento_124-18.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6579/requerimento_125-18.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6580/requerimento_127-18.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6581/requerimento_128-18.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6582/requerimento_129-18.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6583/requerimento_130-2018.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12585/res001-2018.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12586/res002-2018.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12587/res003-2018.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12588/res004-2018.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12589/res005-2018.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12590/res006-2018.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6380/proposta_de_emenda_modificativa_001-18_1.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6381/proposta_de_emenda_modificativa_002-18.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6382/pem_003-18.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6383/pem_004-18.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6379/proposta_de_emenda_aditiva_01-18.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6375/pea_02-18.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6376/pea_03-18.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6377/pea_004-18.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6378/pea_005-18.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6384/pes_01-18.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6385/pes_002-18.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6386/pes_003-18.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8219/601.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8220/639.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8217/428.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8218/600.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13752/001-2018.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13753/002-2018.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13754/003-2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13755/004-2018.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13756/005-2018.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/13757/006-2018.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6026/6026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6027/6027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6028/6028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6029/6029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6030/6030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6031/6031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6032/6032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6033/6033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6034/6034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6035/6035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6036/6036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6037/6037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6038/6038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6039/6039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6087/6087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6088/6088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6089/6089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6090/6090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6093/6093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6094/6094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6095/6095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6096/6096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6097/6097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6921/386.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6099/6099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6100/6100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6101/6101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6102/6102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6103/6103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6104/6104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6105/6105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6106/6106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6107/6107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6108/6108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6109/6109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6110/6110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6111/6111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6112/6112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6113/6113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6114/6114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6400/indicacao_42-18.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6401/indicacao_43-18.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6402/indicacao_44-18.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6403/indicacao_45-18.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6405/indicacao_48-18.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6406/indicacao_49-18.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6407/indicacao_50-18.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6408/indicacao_51-18.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6409/indicacao_52-18.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6410/indicacao_53-18.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6411/indicacao_54-18.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6412/indicacao_55-18.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6413/indicacao_56-18.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6414/indicacao_57-18.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6415/indicacao_58-18.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6416/indicacao_59-18.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6417/indicacao_60-18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6418/indicacao_62-18.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6419/indicacao_63-18.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6420/indicacao_64-18.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6421/indicacao_65-18.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6422/indicacao_66-18.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6423/indicacao_67-18.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6426/indicacao_70-18.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6427/indicacao_71-18.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6428/indicacao_72-18.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6429/indicacao_73-18.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6430/indicacao_74-18.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6431/indicacao_75-18.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6432/indicacao_76-18.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6433/indicacao_77-18.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6434/indicacao_78-18.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6435/indicacao_79-18.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6436/indicacao_80-18.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6437/indicacao_81-18.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6438/indicacao_82-18.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6439/indicacao_83-18.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6440/indicacao_84-18.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6441/indicacao_85-18.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6442/indicacao_86-18.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6443/indicacao_87-18.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6444/indicacao_88-18.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6445/indicacao_89-18.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6446/indicacao_90-18.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6449/indicacao_93-18.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6450/indicacao_94-18.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6451/indicacao_95-18.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6452/indicacao_96-18.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6453/indicacao_97-18.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6454/indicacao_98-18.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6455/indicacao_99-18.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6456/indicacao_100-18.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6457/indicacao_101-18.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6458/indicacao_102-18.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6459/indicacao_103-18.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6461/indicacao_105-18.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6462/indicacao_106-18.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6463/indicacao_107-18.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6464/indicacao_108-18.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6465/indicacao_109-18.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6466/indicacao_110-18.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6467/indicacao_111-18.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6468/indicacao_112-18.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6469/indicacao_113-18.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6471/indicacao_115-18.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6472/indicacao_116-18.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6473/indicacao_117-18.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6474/indicacao_118-18.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6475/indicacao_119-18.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6476/indicacao_120-18.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6477/indicacao_121-18.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6478/indicacao_122-18.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6479/indicacao_123-18.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6480/indicacao_124-18.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6481/indicacao_125-18.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6482/indicacao_126-18.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6483/indicacao_127-18.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6484/indicacao_128-18.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6485/indicacao_129-18.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6486/indicacao_130-18.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6487/indicacao_131-18.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6050/6050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6052/6052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6053/6053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6056/6056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6057/6057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6083/6083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6084/6084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6085/6085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6086/6086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6387/mocao_010-18.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6388/mocao_011-18.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6389/mocao_012-18.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6390/mocao_013-18.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6391/mocao_15-18.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6392/mocao_16-18.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6393/mocao_017-18.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6394/mocao_018-18.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6395/mocao_019-18.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6396/mocao_020-18.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6397/mocao_21-18.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6398/mocao_22-18.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6399/mocao_23-18.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6060/6060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6059/6059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6058/6058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6055/6055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6054/6054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6051/6051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6049/6049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6048/6048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6116/6116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6117/6117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6118/6118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6119/6119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6120/6120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6121/6121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6122/6122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6123/6123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6124/6124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6125/6125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6126/6126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6127/6127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6128/6128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6129/6129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6584/parecer_favoravel_023-18.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6585/parecer_favoravel_24-18.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6586/parecer_favoravel_025-18.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6587/parecer_favoravel_026-18.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6588/parecer_favoravel_27-18.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7888/doc_apr_05_2021_15.24_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7889/doc_apr_05_2021_15.26.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6589/parecer_favoravel_30-18.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6590/parecer_favoravel_31-18.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6591/parecer_favoravel_32-18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6592/parecer_favoravel_33-18.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6593/parecer_favoravel_34-18.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6594/parecer_favoravel_35-18.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6595/parecer_favoravel_36-18.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6596/parecer_favoravel_37-18.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6597/parecer_favoravel_38-18.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6598/parecer_favoravel_39-18.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6599/parecer_favoravel_40-18.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6600/parecer_favoravel_41-18.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6601/parecer_favoravel_42-18.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6602/parecer_favoravel_43-18.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6603/parecer_favoravel_44-18.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6604/parecer_favoravel_45-18.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6605/parecer_favoravel_46-18.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6606/parecer_favoravel_47-18.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6607/parecer_favoravel_48-18.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6608/parecer_favoravel_49-18.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6609/parecer_favoravel_50-18.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6610/parecer_favoravel_51-18.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6611/parecer_favoravel_52-18.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6612/parecer_favoravel_53-18.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6613/parecer_favoravel_54-18.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6614/parecer_favoravel_55-18.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6615/parecer_favoravel_56-18.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6616/parecer_favoravel_57-18.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6617/parecer_favoravel_58-18.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6618/parecer_favoravel_59-18.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6619/parecer_favoravel_60-18.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6620/parecer_favoravel_61-18.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6621/parecer_favoravel_62-18.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6622/parecer_favoravel_63-18.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6623/parecer_favoravel_64-18.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6624/parecer_favoravel_65-18.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6625/parecer_favoravel_66-18.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6626/parecer_favoravel_67-18.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6627/parecer_favoravel_069-18.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6628/parecer_favoravel_070-18.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6629/parecer_favoravel_071-18.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6630/parecer_favoravel_072-18.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6631/parecer_favoravel_073-18.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6632/parecer_favoravel_074-18.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6633/parecer_favoravel_75-18.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6634/parecer_favoravel_76-18.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6635/parecer_favoravel_77-18.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6636/parecer_favoravel_78-18.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6637/parecer_favoravel_79-18.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6638/parecer_favoravel_80-18.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6639/parecer_favoravel_81-18.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6640/parecer_favoravel_82-18.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6641/parecer_favoravel_83-18.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6642/parecer_favoravel_84-18.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6643/parecer_favoravel_85-18.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6644/parecer_favoravel_86-18.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6645/parecer_favoravel_87-18.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6646/parecer_favoravel_88-18.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6647/parecer_favoravel_89-18.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6648/parecer_favoravel_90-18.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6649/parecer_favoravel_91-18.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6650/parecer_favoravel_92-18.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6651/parecer_favoravel_93-18.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6652/parecer_favoravel_94-18.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6653/parecer_favoravel_95-18.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6654/parecer_favoravel_96-18.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6655/parecer_favoravel_97-18.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6656/parecer_favoravel_98-18.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6657/parecer_favoravel_99-18.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6659/parecer_favoravel_100-18.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6660/parecer_favoravel_101-18.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6662/parecer_favoravel_103-18.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7891/parecer_contrario_104-2018.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6663/parecer_favoravel_105-18.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6664/parecer_favoravel_106-18.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7890/doc_apr_05_2021_15.29.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6040/6040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6041/6041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7783/doc_mar_04_2021_15.39.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6042/6042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6043/6043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6044/6044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6045/6045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6046/6046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6047/6047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7806/doc_mar_05_2021_08.39.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7807/doc_mar_05_2021_09.46-01.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7785/156.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7787/158.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7788/159.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7789/160.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7790/229.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7791/230.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7792/231.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7808/doc_mar_05_2021_09.49-01.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7809/doc_mar_05_2021_10.01.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7794/317.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7795/318.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7810/doc_mar_05_2021_10.05-01.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7811/doc_mar_05_2021_10.06.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7796/391.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7797/392.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7798/393.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7812/doc_mar_05_2021_10.32.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7799/442.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7800/443.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7801/523.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7802/524.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7803/525.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7813/doc_mar_05_2021_10.49.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6246/39-2018.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7804/40-2018.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11066/041-2018.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6247/pl_042-2018.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6248/pl_043-2018.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6249/pl_044-2018.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6250/pl_045-2018.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6658/projeto_de_lei_46-18.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6665/projeto_de_lei_47-18.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6668/projeto_de_lei_49-18.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6671/projeto_de_lei_50-18.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11067/51-2018.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11068/52-2018.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11069/53-2018.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11070/54-2018.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6677/projeto_de_lei_55-18.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6681/projeto_de_lei_56-18.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6684/projeto_de_lei_57-18_GbmSBNI.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6688/projeto_de_lei_58-18.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6690/projeto_de_lei_59-18.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6693/projeto_de_lei_60-18.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6696/projeto_de_lei_61-18.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6699/projeto_de_lei_62-18.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11071/063-2018.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11072/064-2018.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11073/065-2018.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6704/projeto_de_lei_66-18.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6706/projeto_de_lei_67-18.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6707/projeto_de_lei_68-18.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11074/069-2018.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11075/070-2018.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6708/projeto_de_lei_71-18.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6709/projeto_de_lei_72-18.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6710/projeto_de_lei_73-18.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6711/projeto_de_lei_74-18.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6712/projeto_de_lei_75-18.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11076/076-2018.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6713/projeto_de_lei_77-18.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6714/projeto_de_lei_78-18.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6715/projeto_de_lei_79-18.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6716/projeto_de_lei_80-18.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6666/projeto_de_lei_81-18.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11078/82-2018.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6669/projeto_de_lei_83-18.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6670/projeto_de_lei_84-18.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6672/projeto_de_lei_85-18.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6673/projeto_de_lei_86-18.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6674/projeto_de_lei_87-18.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6675/projeto_de_lei_88-18.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6676/projeto_de_lei_89-18.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11079/91-2018.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6679/projeto_de_lei_92-18.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6680/projeto_de_lei_93-18.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11082/094-2018.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11083/095-2018.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6682/projeto_de_lei_96-18.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6683/projeto_de_lei_97-18.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6685/projeto_de_lei_98-18.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6686/projeto_de_lei_99-18.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6687/projeto_de_lei_100-18.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6689/projeto_de_lei_101-18.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6691/projeto_de_lei_102-18.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6692/projeto_de_lei_103-18.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6694/projeto_de_lei_104-18.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6695/projeto_de_lei_105-18.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11084/106-2018.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11085/107-2018.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11086/108-2018.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11087/109-2018.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11088/110-2018.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6697/projeto_de_lei_111-18.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6698/projeto_de_lei_112-18.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6700/projeto_de_lei_113-18.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6701/projeto_de_lei_114-18.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6702/projeto_de_lei_115-18.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6703/projeto_de_lei_116-18.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6705/projeto_de_lei_117-18.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/11089/118-2018.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/7805/603.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6009/6009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6010/6010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6011/6011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6012/6012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6013/6013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6014/6014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6015/6015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6016/6016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6017/6017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6018/6018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6019/6019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6020/6020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6021/6021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6022/6022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6023/6023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6024/6024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6025/6025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6069/6069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6070/6070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6071/6071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6072/6072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6073/6073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6074/6074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6075/6075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6076/6076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6077/6077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6078/6078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6079/6079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6080/6080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6081/6081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/./sapl/public/materialegislativa/2018/6082/6082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6488/requerimento_32-18.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6489/requerimento_33-18.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6490/requerimento_34-18.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6491/requerimento_35-18.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6492/requerimento_36-18.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6493/requerimento_37-18.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6494/requerimento_38-18.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6495/requerimento_39-18.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6496/requerimento_40-18.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6497/requerimento_41-18.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6498/requerimento_42-18.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6499/requerimento_43-18.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6500/requerimento_44-18.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6501/requerimento_45-18.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6502/requerimento_46-18.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6503/requerimento_47-18.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6504/requerimento_48-18.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6505/requerimento_49-18.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6506/requerimento_50-18.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6507/requerimento_51-18.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6508/requerimento_52-18.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6509/requerimento_53-18.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6510/requerimento_54-18.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6511/requerimento_55-18.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6512/requerimento_56-18.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6513/requerimento_57-18.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6514/requerimento_58-18.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6515/requerimento_59-18.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6516/requerimento_60-18.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6517/requerimento_61-18.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6518/requerimento_62-18.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6519/requerimento_63-18.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6520/requerimento_64-18.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6521/requerimento_65-18.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6522/requerimento_66-18.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6523/requerimento_67-18.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6524/requerimento_68-18.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6525/requerimento_69-18.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6526/requerimento_70-18.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6527/requerimento_71-18.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6528/requerimento_72-18.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6529/requerimento_73-18.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6530/requerimento_74-18.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6531/requerimento_75-18.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6532/requerimento_76-18.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6533/requerimento_77-18.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6534/requerimento_78-18.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6535/requerimento_79-18.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6536/requerimento_80-18.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6537/requerimento_81-18.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6538/requerimento_82-18.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6539/requerimento_83-18.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6540/requerimento_84-18.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6541/requerimento_85-18.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6542/requerimento_86-18.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6543/requerimento_87-18.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6544/requerimento_88-18.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6545/requerimento_89-18.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6546/requerimento_90-18.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6448/indicacao_92-18.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6547/requerimento_93-18.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6548/requerimento_94-18.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6549/requerimento_95-18.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6550/requerimento_96-18.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6552/requerimento_98-18.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6553/requerimento_99-18.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6554/requerimento_100-18.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6555/requerimento_101-18.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6556/requerimento_102-18.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6557/requerimento_103-18.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6558/requerimento_104-18.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6559/requerimento_105-18.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6560/requerimento_106-18.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6561/requerimento_107-18.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6562/requerimento_108-18.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6563/requerimento_109-18.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6564/requerimento_110-18.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6565/requerimento_111-18.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6566/requerimento_112-18.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6567/requerimento_113-18.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6568/requerimento_114-18.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6569/requerimento_115-18.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6570/requerimento_116-18.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6571/requerimento_117-18.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6572/requerimento_118-18.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6573/requerimento_119-18.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6574/requerimento_120-18.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6575/requerimento_121-18.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6576/requerimento_122-18.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6577/requerimento_123-18.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6578/requerimento_124-18.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6579/requerimento_125-18.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6580/requerimento_127-18.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6581/requerimento_128-18.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6582/requerimento_129-18.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6583/requerimento_130-2018.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12585/res001-2018.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12586/res002-2018.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12587/res003-2018.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12588/res004-2018.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12589/res005-2018.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/12590/res006-2018.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6380/proposta_de_emenda_modificativa_001-18_1.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6381/proposta_de_emenda_modificativa_002-18.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6382/pem_003-18.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6383/pem_004-18.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6379/proposta_de_emenda_aditiva_01-18.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6375/pea_02-18.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6376/pea_03-18.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6377/pea_004-18.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6378/pea_005-18.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6384/pes_01-18.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6385/pes_002-18.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/6386/pes_003-18.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8219/601.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8220/639.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8217/428.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2018/8218/600.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H526"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="144" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>