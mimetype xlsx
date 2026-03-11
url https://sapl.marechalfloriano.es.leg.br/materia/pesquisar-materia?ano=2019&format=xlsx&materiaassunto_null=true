--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -54,6301 +54,6301 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13758</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>DAVI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13758/001-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13758/001-2019.pdf</t>
   </si>
   <si>
     <t>''DECRETA PONTO FACULTATIVO''.</t>
   </si>
   <si>
     <t>13759</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13759/002-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13759/002-2019.pdf</t>
   </si>
   <si>
     <t>13760</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13760/003-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13760/003-2019.pdf</t>
   </si>
   <si>
     <t>13764</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13764/004-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13764/004-2019.pdf</t>
   </si>
   <si>
     <t>'' DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MINICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2015''.</t>
   </si>
   <si>
     <t>13765</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13765/005-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13765/005-2019.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2016''.</t>
   </si>
   <si>
     <t>13766</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13766/006-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13766/006-2019.pdf</t>
   </si>
   <si>
     <t>6271</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6271/indicacao_001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6271/indicacao_001.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA COMUNIDADE DE SÃO CRISTÓVÃO, COMPREENDENDO CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE ONDE_x000D_
 ERA O VIVEIRO DE MUDAS; RECONTRATAÇÃO DE UM GARI PARA A MANUTENÇÃO DA LIMPEZA DA COMUNIDADE; BEM COMO, OPERAÇÃO TAPABURACOS EM TODA A COMUNIDADE.</t>
   </si>
   <si>
     <t>6272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6272/indicacao_002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6272/indicacao_002.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A AQUISIÇÃO DE NO MÍNIMO 10 (DEZ) VEÍCULOS PARA ATENDER AS SECRETARIAS MUNICIPAIS DE SAÚDE E ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>6273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6273/indicacao_003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6273/indicacao_003.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE AO LADO DA CRECHE FLOMIRO ENDLICH CANAL NETO EXISTE UMA ÁREA DE TERRA ADQUIRIDA PELO MUNICÍPIO DE MARECHAL FLORIANO; _x000D_
 CONSIDERANDO QUE AS CRIANÇAS DA CRECHE FLOMIRO ENDLICH CANAL NETO PRECISAM SE DESLOCAR ATÉ O PARQUINHO LOCALIZADO NA AVENIDA ARTHUR HAESE PARA FAZER SUAS ATIVIDADES RECREATIVAS E SE DIVERTIREM;_x000D_
 POSTO ISTO, ATENDENDO AOS PEDIDOS DOS PAIS DESTAS CRIANÇAS, INDICO A VOSSA EXCELÊNCIA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA, A AQUISIÇÃO DE BRINQUEDOS A SEREM INSTALADOS NESTA ÁREA DE TERRA ANEXA À CRECHE, UMA VEZ QUE ESTA ÁREA ENCONTRA-SE DESABILITADA E SEM USO PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>6274</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6274/indicacao_004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6274/indicacao_004.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR NOVA CONSTRUÇÃO DO ABRIGO DO PONTO DE ÔNIBUS DA COMUNIDADE DE BOA ESPERANÇA, LOCALIZADO PRÓXIMO À IGREJA_x000D_
 LUTERANA.</t>
   </si>
   <si>
     <t>6275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6275/indicacao_005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6275/indicacao_005.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, A RETIRADA DA ESCADA LOCALIZADA Às MARGENS DA LINHA FÉRREA, PRÓXIMO À PADARIA PÃO DOURADO, QUE DÁ ACESSO À RUA EMÍLIO HULLE, TENDO EM VISTA QUE, A MESMA NÃO OFERECE SEGURANÇA AOS USUÁRIOS POR ESTAR DENTRO DA RUA, E TER REGISTROS DE VÁRIOS ACIDENTES OCORRIDOS NO LOCAL._x000D_
 RESSALTO QUE, ESSA SOLICITAÇÃO FAZ-SE NECESSÁRIA E MERECE ATENÇÃO ESPECIAL, TENDO EM VISTA, AS DIVERSAS REIVINDICAÇÕES DE MUNÍCIPES PELA REMOÇÃO DA ESCADA._x000D_
 PORTANTO, A REIVINDICAÇÃO É JUSTA, VISTO QUE O SEU ATENDIMENTO SERÁ DE GRANDE RELEVÂNCIA, VISANDO PROTEÇÃO E SEGURANÇA DOS MESMOS, PARA QUE A MENCIONADA ESCADA NÃO VENHA MAIS PROPORCIONAR DANOS E PREJUÍZOS AOS CIDADÃOS FLORIANENSES._x000D_
 ANTE O EXPOSTO, PEÇO O EMPENHO DE V.Ex.a , JUNTAMENTE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, NO SENTIDO DE ATENDER ESTE PEDIDO EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>6276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6276/indicacao_006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6276/indicacao_006.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE EM RECENTE VISITA AO BAIRRO BETINHO SIMON,_x000D_
 LOCALIZADO NA BR 262, PRÓXIMO AO TREVO DE PARAJÚ, FICOU CONSTATADO O EXCELENTE POTENCIAL ECONÔMICO DA COMUNIDADE, EM RAZÃO DA GRANDE QUANTIDADE DE EMPRESAS, COMÉRCIOS E ENTIDADES_x000D_
 INSTALADAS NA COMUNIDADE, SENDO ELAS:_x000D_
  AUTO FIX POSTO DE MOLAS;_x000D_
  MARCA AMBIENTAL;_x000D_
  MADEREIRA JLJ;_x000D_
  MATERIAL DE CONSTRUÇÃO JLJ;_x000D_
  SUPERMERCADO TREVO;_x000D_
  BAR DO EDSON;_x000D_
  RESTAURANTE DO LEOMAR;_x000D_
  FLORIANENSE (SIMON &amp; SIMON);_x000D_
  BORRACHARIA DO JULIMAR;_x000D_
  ESTAÇÃO PARAJÚ;</t>
   </si>
   <si>
     <t>6277</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>UBALDINO SARAIVA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6277/indicacao_007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6277/indicacao_007.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE LIMPEZA E ROÇAGEM DOS BARRANCOS, BEM COMO SERVIÇO DE TAPA-BURACOS NA ESTRADA DE BOA ESPERANÇA, ONDE FOI EXECUTADA A PAVIMENTAÇÃO COM REVISOL.</t>
   </si>
   <si>
     <t>6278</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6278/indicacao_008.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6278/indicacao_008.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA E AMPLIAÇÃO DA SEDE DA ASSOCIAÇÃO DOS ARTESÃOS DE MARECHAL FLORIANO, LOCALIZADA NA RUA WALDEMAR MEES, COMPREENDENDO REFORMA EMBAIXO NO LOCAL DE EXPOSIÇÃO DOS ARTESANATOS, E AMPLIAÇÃO EM CIMA, VIABILIZANDO A CONSTRUÇÃO DE UMA SALA DE REUNIÕES, PARA ASSIM QUE OS ARTESÃOS FLORIANENSES POSSAM REUNIR-SE EM SUA PRÓPRIA SEDE.</t>
   </si>
   <si>
     <t>6279</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6279/indicacao_009.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6279/indicacao_009.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A RECUPERAÇÃO DO ASFALTO QUE VAI PARA A CACHOEIRA DO ZECA E PAVIMENTAÇÃO EM PAVs DA LADEIRA QUE DÁ ACESSO À FAMÍLIA ULIANA.</t>
   </si>
   <si>
     <t>6280</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6280/indicacao_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6280/indicacao_010.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A ILUMINAÇÃO DA PRAÇA DA IGREJA NOSSA SENHORA DA GLÓRIA, LOCALIZADA EM RIO FUNDO, PROSSEGUINDO ATÉ A ENTRADA DO CEMITÉRIO DA REFERIDA COMUNIDADE, NA PRAÇA ENDLICH. E CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES NA COMUNIDADE, BEM COMO MELHORIA DA DRENAGEM E GRAMA DO CAMPO.</t>
   </si>
   <si>
     <t>6281</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6281/indicacao_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6281/indicacao_011.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O TÉRMINO DA PAVIMENTAÇÃO DA VILA DOS IPÊs, LOCALIZADA EM SANTA MARIA.</t>
   </si>
   <si>
     <t>6282</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6282/indicacao_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6282/indicacao_012.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DA ESCOLA DE BOM JESUS, BEM COMO, A ILUMINAÇÃO DE LED E CONSTRUÇÃO DE PRAÇA SAUDÁVEL NA REFERIDA LOCALIDADE.</t>
   </si>
   <si>
     <t>6283</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6283/indicacao_013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6283/indicacao_013.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR REFORMA DO PARQUINHO DO CENTRO MUNICIPAL EDUCACIONAL INFANTIL "MARIA KNIDEL LUBE", LOCALIZADO EM SANTA MARIA, VISTO QUE O MESMO ESTÁ EM PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO E, DE FATO REQUER REPAROS E MELHORIAS.</t>
   </si>
   <si>
     <t>6284</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6284/indicacao_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6284/indicacao_014.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM RELÓGIO DIGITAL SIMILAR AO QUE TEM EM FRENTE À PREFEITURA, COM MARCADOR DE HORA E TEMPERATURA, NA PRAÇA JOSÉ HENRIQUE PEREIRA, RECÉM-INAUGURADA.</t>
   </si>
   <si>
     <t>6285</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6285/indicacao_015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6285/indicacao_015.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR REFORMA DO PARQUINHO, LOCALIZADO NA AVENIDA ARTHUR HAESE, TENDO EM VISTA QUE O MESMO ENCONTRA-SE EM PRECÁRIO ESTADO DE CONSERVAÇÃO, DE FATO NECESSITANDO DE REPAROS E MELHORIAS.</t>
   </si>
   <si>
     <t>6286</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6286/indicacao_016.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6286/indicacao_016.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR URGENTEMENTE MELHORIAS NA ESTRADA DE ALTO SANTA MARIA, QUE DÁ ACESSO À PROPRIEDADE DO SR. MOACIR REGIANE E DE TODA FAMÍLIA REGIANE, COMPREENDENDO A DESOBSTRUÇÃO DOS BUEIROS, TENDO EM VISTA QUE OS MESMOS ENCONTRAM-SE ENTUPIDOS, INCLUSIVE, COM A ÁGUA PASSANDO POR CIMA DA ESTRADA, BEM COMO A TROCA DAS MANILHAS EXISTENTES POR MANILHAS DE 60 CM, QUE COMPORTAM MAIOR QUANTIDADE DE ÁGUA, VISANDO DAR MAIOR VAZÃO Às ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>6270</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>DIONY STEIN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6270/indicacao_017-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6270/indicacao_017-2019.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZA SERVIDOR MUNICIPAL PARA ORGANIZAR O TRÂNSITO NAS IMEDIAÇÕES DA MACEFEL E O EXECUTIVO MUNICIPAL INTENSIFICAR A SINALIZAÇÃO DO LOCAL, UTILIZANDO PLACAS.</t>
   </si>
   <si>
     <t>6265</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6265/indicacao_018-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6265/indicacao_018-2019.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A RECUPERAÇÃO DE TODAS ESTRADAS VICINAIS DO MUNICÍPIO, REALIZANDO SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO, VISANDO MELHOR ACESSIBILIDADE E TRAFEGABILIDADE DAS REFERIDAS VIAS, BEM COMO MAIOR SEGURANÇA DOS MOTORISTAS QUE AS UTILIZA.</t>
   </si>
   <si>
     <t>6266</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6266/indicacao_019-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6266/indicacao_019-2019.pdf</t>
   </si>
   <si>
     <t>6267</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6267/indicacao_020-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6267/indicacao_020-2019.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MELHORIAS NA INFRAESTRUTURA DA COMUNIDADE DE SOÍDO DE BAIXO, EXECUTANDO OS SERVIÇOS DE CALÇAMENTO COM PAV´S NOS SEGUINTES LOCAIS:_x000D_
 - Posto de Saúde de Soído de Baixo._x000D_
 - Acesso a Escola Flores Passinato_x000D_
 - ( Bar da Lelê ) Arlete das Chagas Ribet._x000D_
 - ( Trailer do Alemão )Tarcisio Rodrigues de Oliveira._x000D_
 - (Bar Cabocla) Venina Bickel_x000D_
 - ( Restaurante da Tucha) Evelina Ribet._x000D_
 - ( Mercearia e Bar Littig ) Nilson Littig._x000D_
 - Bar Wruck ( Lorindo Wruck )._x000D_
 - ( Trailer do Dani ) Daniel Silveira _x000D_
 - ( Bar da Paula ) Paula Kill.</t>
   </si>
   <si>
     <t>6268</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6268/indicacao_021-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6268/indicacao_021-2019.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA, ROÇAGEM, RETIRADA DO EXCESSO DE LAMA E TERRA DE TODA A PAVIMENTAÇÃO ASFÁLTICA BEM COMO A REALIZAÇÃO DOS SERVIÇOS DE TAPA BURACOS NA VILA MIGUEL DE SOUZA.</t>
   </si>
   <si>
     <t>6338</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>ÉDIA KLIPPEL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6338/indicacao_022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6338/indicacao_022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ROÇAGEM DAS MARGENS E BARRANCOS DA RUA THIERES VELOSO, INICIANDO A PARTIR DO "SOU FELIZ" ORGANIZAÇÃO DE AMPARO A IDOSOS DANDO CONTINUIDADE ATÉ I TERMINO DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>6339</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6339/indicacao_023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6339/indicacao_023.pdf</t>
   </si>
   <si>
     <t>VISANDO COLOCAR EM PRÁTICA A LEI MUNICIPAL NO 1.268, DE 20 DE JUNHO DE 2013, REQUEIRO QUE O PODER EXECUTIVO, JUNTAMENTE À SECRETARIA MUNICIPAL DE OBRAS, CONSTRUA UM BICICLETÁRIO, COMPREENDENDO A INSTALAÇÃO DE PARACICLO EM FRENTE À PREFEITURA MUNICIPAL, SEM PREJUÍZO DO TRÂNSITO LOCAL, UTILIZANDO-SE PARTE DO ESPAÇO CONTENDO JARDINAGEM, A FIM DE QUE, ENQUANTO TRABALHAM, OS SERVIDORES E DEMAIS MUNÍCIPES TENHAM ONDE DEIXAR SUAS BICICLETAS ESTACIONADAS.</t>
   </si>
   <si>
     <t>6326</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6326/indicacao_024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6326/indicacao_024.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A TROCA DAS LÂMPADAS EXISTENTES EM TODAS AS RUAS DA SEDE E DOS DISTRITOS, POR LÂMPADAS DE LED.</t>
   </si>
   <si>
     <t>6327</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6327/indicacao_025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6327/indicacao_025.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, RESTAURAÇÃO DA PAVIMENTAÇÃO EXISTENTE NA RUA MARIA TRARBACH BOTELHO, E SUA CONCLUSÃO ATÉ O FINAL DA RUA, ONDE RESIDE O SR. ALDAIR BUENO, BOM COMO RECONSTRUÇÃO DOS BUEIROS, TAMBÉM REALIZADO A TROCA DAS MANILHAS EXISTENTES POR NÃO SUPORTAREM A DEMANDA LOCAL.</t>
   </si>
   <si>
     <t>6343</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>VIABILIZAR UMA BOA LIMPEZA EM TODA A VILA DOS IPÊS, RETIRANDO TODO O LIXO DAS RUAS, NOTIFICANDO OS PROPRIETÁRIOS DOS TERRENOS BALDIOS QUE ESTÃO COBERTOS DE MATO, PAVIMENTANDO AS RUAS QUE FALTAM, BEM COMO, QUE A VIGILÂNCIA EPIDEMIOLÓGICA VISITE A COMUNIDADE, DEVIDO À INFESTAÇÃO DE MOSQUITOS DE TODOS OS TIPOS, PREJUDICANDO CRIANÇAS, IDOSOS E TODA COMUNIDADE.</t>
   </si>
   <si>
     <t>6342</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>VIABILIZAR, O TÉRMINO DA PAVIMENTAÇÃO DA RUA FERDINANDO PREST ATÉ O CRUZEIRO, NA COMUNIDADE DE ARAGUAYA, E QUE TAMBÉM SEJA PAVIMENTADA A RUA QUE DÁ ACESSO À UNIDADE DE SAÚDE, BEM COMO, CONSTRUÇÃO DE 02 (DOIS) QUEBRA-MOLAS NA RUA BUSATO, SENDO 01 (UM) ANTES DO CENTRO CULTURAL E 01 (UM) NAS PROXIMIDADES DA RESIDÊNCIA DA SRA. OZÍLIA BUSATO; ALÉM DE 02 (DOIS) QUEBRA-MOLAS NO BAIRRO ALAGOINHA, SENDO 01 (UM) EM FRENTE À RESIDÊNCIA DA SRA. LUCIANA PIVETA E 01 (UM) ANTES DA RESIDÊNCIA DO SR. NILO PIVETA.</t>
   </si>
   <si>
     <t>6344</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM GRADIL NA GALERIA PLUVIAL QUE COLETA AS ÁGUAS DAS CHUVAS, EM FRENTE AO “SOU FELIZ” E “ESCOLA ELISIÁRIO FERREIRA FILHO”, PARA DAR MAIOR VAZÃO ÀS MESMAS, PRINCIPALMENTE, EM CASOS DE CHUVAS TORRENCIAIS, QUE ESCORREM PELA RUA THIERES VELOSO.</t>
   </si>
   <si>
     <t>6345</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6345/indicacao_029-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6345/indicacao_029-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O DESENTUPIMENTO DOS BUEIROS DA RUA NOÉ LUIGI MÓDOLO, POIS AS FORTES CHUVAS ESTÃO ALAGANDO A RUA, DIFICULTANDO AOS ALUNOS DA ESCOLA ELISIÁRIO FERREIRA FILHO, IR ATÉ A QUADRA DE ESPORTES, LOCALIZADA NA MENCIONADA RUA, PARA PRATICAREM AS AULAS DE EDUCAÇÃO FÍSICA, BEM COMO, NAS ÚLTIMAS SEMANAS TAMBÉM ACARRETARAM PROBLEMAS AOS MORADORES.</t>
   </si>
   <si>
     <t>6346</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6346/indicacao_no_030-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6346/indicacao_no_030-19.pdf</t>
   </si>
   <si>
     <t>REFAZER A PINTURA DE TODAS AS FAIXAS DE PEDESTRES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6347</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6347/indicacao_no_031-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6347/indicacao_no_031-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ABERTURA DE BECO TRANSFORMANDO-O EM RUA, FAZENDO O DESLOCAMENTO DE POSTES QUE ENCONTRAM NO MEIO DO BECO PARA A LATERAL, RECONSTRUÇÃO DA REDE ELÉTRICA E ESGOTO, BEM COMO, REALIZAR AMPLIAÇÃO E MELHORIAS NA REDE DE ÁGUA E PAVIMENTAR.</t>
   </si>
   <si>
     <t>6348</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6348/indicacao_no_032-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6348/indicacao_no_032-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR OS SEGUINTES SERVIÇOS PARA A COMUNIDADE DE ALTO NOVA ALMEIDA:_x000D_
 - MELHORIAS NAS ESTRADAS VICINAIS;_x000D_
 - PAVIMENTAÇÃO DAS RUAS E PÁTIO DA IGREJA CATÓLICA;_x000D_
 - AMPLIAÇÃO NO ABASTECIMENTO DE ÁGUA;_x000D_
 - MELHORIAS NA REDE ELÉTRICA E ILUMINAÇÃO PÚBLICA;_x000D_
 - MANUTENÇÃO NAS PONTES;_x000D_
 - CONSTRUÇÃO DE CAIXAS SECAS.</t>
   </si>
   <si>
     <t>6349</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6349/indicacao_no_033-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6349/indicacao_no_033-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A ROÇAGEM E MANUTENÇÃO DAS ESTRADAS DO INTERIOR, PRINCIPALMENTE NAS LOCALIDADES DE COSTA PEREIRA, BOM JESUS, RIO FUNDO E VICTOR HUGO.</t>
   </si>
   <si>
     <t>6350</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6350/indicacao_no_034-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6350/indicacao_no_034-19.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ILUMINAÇÃO E CALÇAMENTO NA RUA JANDIRA MARIA VIEIRA CORRÊA.</t>
   </si>
   <si>
     <t>6351</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6351/indicacao_no_035-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6351/indicacao_no_035-19.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM QUEBRA MOLAS EM FRENTE À FARMÁCIA REGINA, PRÓXIMO A FAIXA DE PEDESTRE. _x000D_
 TREINAMENTO DE DOIS SERVIDORES PARA EXERCEREM AS ATRIBUIÇÕES SEMELHANTES A UM AGENTE DE TRÂNSITO, COORDENANDO E CONTROLANDO NA CIRCULAÇÃO E MOVIMENTAÇÃO DOS VEÍCULOS NOS PRINCIPAIS PONTOS DE CONGESTIONAMENTO, COMO NAS PROXIMIDADES DA EMPRESA MACEFEL, PRINCIPALMENTE NO HORÁRIO DE ALMOÇO ENTRE 11:00 ÀS 13:00 HORAS E A TARDE QUANDO SE ENCERRA OS EXPEDIENTES NAS ESCOLAS E NO COMÉRCIO.</t>
   </si>
   <si>
     <t>6352</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6352/indicacao_no_036-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6352/indicacao_no_036-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A COLETA DE LIXO NA RUA FLORIANO KIEFER, LOCALIZADA NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>6896</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6896/indicacao_37-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6896/indicacao_37-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AS SEGUINTES MELHORIAS NA VILA DOS IPÊS:_x000D_
 -SERVIÇO DE LIMPEZA URGENTE DE TODOS OS BUEIROS, DAS RUAS E LOTES VAZIOS;_x000D_
 -CASCALHAMENTO E FUTURA PAVIMENTAÇÃO DAS RUAS;_x000D_
 -CONTRATAÇÃO DE MAIS UM GARI PARA ATENDER A VILA;</t>
   </si>
   <si>
     <t>6897</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6897/indicacao_38-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6897/indicacao_38-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NAS SEGUINTES ESTRADAS:_x000D_
 -CONSTRUÇÃO DE BUEIROS E CASCALHAMENTO NO RIO DAS PEDRAS, NA ESTRADA LOCALIZADA PERTO DA RESIDÊNCIA DO SR. NIVALDO BRAVIN;_x000D_
 -CONSTRUÇÃO DE BUEIROS E CASCALHAMENTO NA ENCRUZILHADA DO VALE DA BENÇÃO;_x000D_
 -CASCALHAMENTO NA ESTRADA TAQUARAL E CONSTRUÇÃO DE UM BUEIRO EM FRENTE A PROPRIEDADE DO SR. PATRICK (BELGA)._x000D_
 -CASCALHAMENTO DA ESTRADA QUE DÁ ACESSO A FAZENDA ZAMBON._x000D_
 -CASCALHAMENTO DE TODAS AS ESTRADAS DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>6898</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6898/indicacao_39-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6898/indicacao_39-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO EM BOM JESUS, COM INÍCIO NA SEDE, PASSANDO POR BAIXO DA IGREJA CATÓLICA PROSSEGUINDO ATÉ O CEMITÉRIO, COMPREENDENDO APROXIMADAMENTE 300 METROS DE PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>6899</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6899/indicacao_40-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6899/indicacao_40-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO, EM CARÁTER DE URGÊNCIA, PARA A SEDE DO MUNICÍPIO, SERVIÇO DE FUMACÊ E DE VIGILÂNCIA AMBIENTAL, VISANDO DIMINUIR OS MOSQUITOS (PERNILONGOS) QUE VÊM INFESTANDO A NOSSA CIDADE, BEM COMO, SERVIÇO DE DEDETIZAÇÃO E OU DESRATIZAÇÃO, PARA IGUALMENTE SOLUCIONAR O PROBLEMA DE INFESTAÇÃO DE BARATAS E RATOS.</t>
   </si>
   <si>
     <t>6900</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6900/indicacao_41-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6900/indicacao_41-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DA ESCOLA NA COMUNIDADE DO BETINHO SIMON, LOCALIZADA NO TREVO DE PARAJÚ, VISANDO MELHOR SEGURANÇA, AOS ALUNOS E TODO CORPO DOCENTE DA MESMA.</t>
   </si>
   <si>
     <t>6901</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6901/indicacao_42-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6901/indicacao_42-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DOS ABRIGOS DE ÔNIBUS EM TODO O MUNICÍPIO;_x000D_
 INDICO AINDA, QUE SEJA DEIXADO A DISPOSIÇÃO, UM ÔNIBUS E UM MOTORISTA, VISANDO ATENDER A TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>6902</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6902/indicacao_43-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6902/indicacao_43-19.pdf</t>
   </si>
   <si>
     <t>INTERVIR JUNTO A POLÍCIA MILITAR PARA ATUAR NA LOCALIDADE DE VICTOR HUGO, BEM COMO, VIABILIZAR UM POSTO DE APOIO PARA A MESMA, VISANDO MELHOR ATENDER A COMUNIDADE._x000D_
 VIABILIZAR, AINDA A CONSTRUÇÃO DE UMA CRECHE EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>6903</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6903/indicacao_44-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6903/indicacao_44-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO GESTOR DESSE EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTES, SERVIÇO DE TAPA-BURACOS NO ASFALTO DE RIO FUNDO, BEM COMO, SERVIÇO DE PODA DOS GALHOS DAS ÁRVORES QUE SE ENCONTRAM DENTRO DA ESTRADA E RETIRADA DAS TOSSEIRAS DE BAMBU, NAS PROXIMIDADES DO ZOOLÓGICO, QUE ESTÃO EXIGINDO DOS MOTORISTAS PRINCIPALMENTE DE CAMINHÕES E ÔNIBUS, O DESVIO PELA CONTRA-MÃO, PODENDO OCASIONAR ACIDENTES.</t>
   </si>
   <si>
     <t>6904</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6904/indicacao_45-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6904/indicacao_45-19.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER PÚBLICO MUNICIPAL À POSSIBILIDADE DE INSTITUIR A ENTRADA SOLIDÁRIA DE 1 QUILO DE ALIMENTO NÃO PERECÍVEL NAS FESTAS MUNICIPAIS QUE TEM SHOWS GRATUITOS, COMO POR EXEMPLO, A ITALEMANHA, COMO FORMA DE CONTRIBUIR COM O ABASTECIMENTO PARA O LAR DE IDOSOS E INSTITUIÇÃO DE ASSISTÊNCIA SOCIAL, SITUADOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>6922</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6922/indicacao_46-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6922/indicacao_46-19.pdf</t>
   </si>
   <si>
     <t>-SERVIÇO DE PAVIMENTAÇÃO NA RUA PRÓXIMA A RESIDÊNCIA DO SR. PAULINHO DE SOUZA, SITUADA NO BAIRRO MIGUEL SOUZA EM SANTA MARIA, MEDINDO APROXIMADAMENTE 250 M, BENEFICIANDO 13 FAMÍLIAS._x000D_
 -SERVIÇO DE PAVIMENTAÇÃO NA RUA PRÓXIMA A RESIDÊNCIA DO SR. TARCIZIO KLEIN, SITUADA NO BAIRRO JEQUITIBÁ EM SANTA MARIA, MEDINDO APROXIMADAMENTE 650 M E BENEFICIANDO 20 FAMÍLIAS.</t>
   </si>
   <si>
     <t>6923</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6923/indicacao_47-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6923/indicacao_47-19.pdf</t>
   </si>
   <si>
     <t>-INSTALAÇÃO DE MANILHAS NO CURSO D'ÁGUA SITUADO PRÓXIMO A RESIDÊNCIA DO SR. FERNANDO ANTONIO BELIZÁRIO GOMES PARALELO À BR 262. RESSALTO QUE AS MANILHAS JÁ ESTÃO NO LOCAL, FALTANDO APENAS OS SERVIÇOS DE INSTALAÇÃO._x000D_
 -SERVIÇO DE PAVIMENTAÇÃO NA RUA EDIVALDO VIEIRA SANTOS, MEDINDO APROXIMADAMENTE 100 M.</t>
   </si>
   <si>
     <t>6924</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6924/indicacao_48-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6924/indicacao_48-19.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE SERVIÇOS DE CALÇAMENTO E PAVIMENTAÇÃO E CONSTRUÇÃO DE BUEIROS PARA A RUA NELSON UHL, ESTRADA ESTA QUE PRÓXIMA A IGREJA CATÓLICA, ONDE OFERECE ACESSO A LOCALIDADE ONDE SERIA CONSTRUÍDA AS CASAS POPULARES NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>6925</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6925/indicacao_49-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6925/indicacao_49-19.pdf</t>
   </si>
   <si>
     <t>INDICA EM CARÁTER DE URGÊNCIA A REALIZAÇÃO DOS SERVIÇOS DE ROÇAGEM DA VEGETAÇÃO LOCALIZADA AS MARGENS DA ESTRADA QUE LIGA ARAGUAYA A RIO DAS PEDRAS, PASSANDO PELA FAZENDA SÃO BENTO. _x000D_
 _x000D_
 INDICA AINDA QUE OS SERVIÇOS DE ROÇAGEM SEJA ESTENDIDO PARA AS DEMAIS ESTRADAS DO DISTRITO DE ARAGUAYA, BEM COMO TODAS AS RUAS DE ARAGUAYA, ESPAÇOS PÚBLICOS E BARRANCOS._x000D_
 _x000D_
 SERVIÇO DE TAPA-BURACOS URGENTES NAS RUAS NA VILA DE ARAGUAYA.</t>
   </si>
   <si>
     <t>6926</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6926/indicacao_50-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6926/indicacao_50-19.pdf</t>
   </si>
   <si>
     <t>A NECESSIDADE DE MELHORIAS E CASCALHAMENTO NAS RUAS ELIZABETHA KLIPPEL RUPF E EDMUNDO RUPF SOBRINHO.</t>
   </si>
   <si>
     <t>6927</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6927/indicacao_51-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6927/indicacao_51-19.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO EM TODAS COMUNIDADES E DISTRITOS DE NOSSA CIDADE DE UM ESPAÇO CIDADÃO, EQUIPADOS COM COMPUTADORES E IMPRESSORAS PARA QUE MORADORES E PRINCIPALMENTE CRIANÇAS POSSAM TER ACESSO, PARA REALIZAR SUAS PESQUISAS E TRABALHOS ESCOLARES.</t>
   </si>
   <si>
     <t>6942</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6942/indicacao_52-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6942/indicacao_52-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA PROVIDENCIADO EM CARÁTER DE URGÊNCIA A CONSTRUÇÃO DE UM MURO DE ARRIMO OU APLICAÇÃO DE GEO MANTA EM UM BARRANCO LOCALIZADO ATRÁS DO VESTIÁRIO DO ESPORTE CLUBE ARAGUAYA, PROPORCIONANDO O CONTROLE DA EROSÃO, IMPERMEABILIZANDO E ESTABILIZANDO A SUPERFÍCIE DO LOCAL, PROPORCIONANDO MAIS SEGURANÇA AS DIVERSAS PESSOAS QUE RESIDEM NA LOCALIDADE.</t>
   </si>
   <si>
     <t>6943</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6943/indicacao_53-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6943/indicacao_53-19.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA QUE LIGA A COMUNIDADE DE COSTA PEREIRA ATÉ BOM JESUS, INICIANDO APÓS A PAVIMENTAÇÃO ASFÁLTICA DE UMA SUBIDA LOCALIZADA NAS PROXIMIDADES DA FAMÍLIA RAACH.</t>
   </si>
   <si>
     <t>6944</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6944/indicacao_54-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6944/indicacao_54-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE PROVIDENCIE A CONSTRUÇÃO DE UMA CRECHE MUNICIPAL NA COMUNIDADE DE VITOR HUGO E DEMAIS COMUNIDADES RURAIS DE NOSSO MUNICÍPIO._x000D_
 INDICA AINDA QUE SEJA ANALISADA A POSSIBILIDADE DE CONSTRUÇÃO DE UMA GUARITA POLICIAL EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>6945</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6945/indicacao_55-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6945/indicacao_55-19.pdf</t>
   </si>
   <si>
     <t>INCLUIR NO PROGRAMA CAMINHOS DO CAMPO UMA OBRA DE PAVIMENTAÇÃO ASFÁLTICA QUE INICIA ANEXO A BR 262 NO KM 48 (POSTO IPIRANGA), PASSANDO PELA ENTRADA DA COMUNIDADE VILA SCHUNK, PELO CAMPO DE FUTEBOL PRÓXIMO A FAMÍLIA KILL, E TÉRMINO PRÓXIMO A MERCEARIA KLEIN, NA RODOVIA JOÃO BATISTA KLEIN, EM SOÍDO DE BAIXO, MEDINDO APROXIMADAMENTE 8 KM...</t>
   </si>
   <si>
     <t>6946</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6946/indicacao_56-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6946/indicacao_56-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM REALIZADOS SERVIÇO DE PATROLAMENTO, CASCALHAMENTO, ROÇAGEM E REABERTURA DA ESTRADA PRINCIPAL QUE OFERECE ACESSO À VILA DO SERTÃO, COMUNIDADE ESTA LOCALIZADA EM PARALELO A IGREJA LUTERANA DE BOA ESPERANÇA._x000D_
 INDICA AINDA QUE SEJA ANALISADA A POSSIBILIDADE DE CALÇAMENTO DA ESTRADA ACIMA MENCIONADA QUE OFERECE ACESSO A CENTENAS DE MORADORES.</t>
   </si>
   <si>
     <t>6947</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6947/indicacao_57-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6947/indicacao_57-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE PROVIDENCIE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA PARA A COMUNIDADE DE VILA DO SERTÃO, BEM COMO A REALIZAÇÃO DE DIVERSAS OUTRAS OBRAS DE INFRA ESTRUTURA NA COMUNIDADE.</t>
   </si>
   <si>
     <t>6969</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6969/indicacao_58-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6969/indicacao_58-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE TAPA-BURACOS NA ESTRADA DE RIO FUNDO (RODOVIA BERNARDO LEONOR EFFGEN);_x000D_
 CONSTRUÇÃO DE BUEIROS, SENDO UM EM FRENTE AO VALE DA BENÇÃO E OUTRO EM FRENTE AO VALE DA BENÇÃO EM FRENTE A PROPRIEDADE DO SR. PATRICK (BELGA).</t>
   </si>
   <si>
     <t>6970</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6970/indicacao_59-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6970/indicacao_59-19.pdf</t>
   </si>
   <si>
     <t>TÉRMINO DOS GINÁSIOS DE ESPORTE DA CABOCLA E TONINHO KILL, AMBOS LOCALIZADOS EM SOÍDO DE BAIXO;_x000D_
 REFORMA DO GINÁSIO DE ESPORTES "PAULO ANTÔNIO LORENZONI" LOCALIZADO NA SEDE DO MUNICÍPIO, COMPREENDENDO O CONCERTO DO TELHADO E GOTEIRAS;_x000D_
 REFORMA DO GINÁSIO DE ESPORTES DE SANTA MARIA, LOCALIZADO AO LADO DA ESCOLA PROFESSOR NICOLAU KROHLING, COMPREENDENDO A CONSTRUÇÃO DE VESTIÁRIO;_x000D_
 REFORMA DO GINÁSIO DE ESPORTES ''CICÍLIA MARIA SIMON'', LOCALIZADO ANEXO À ESCOLA MUNICIPAL ALOÍSIO SIMON, COMPREENDENDO A CONSTRUÇÃO DE BANHEIROS E VESTIÁRIOS, ALÉM DE PINTURA GERAL E FECHAMENTO INTEGRAL DAS PAREDES;_x000D_
 SOLICITO, AINDA, QUE SEJAM VIABILIZADOS BEBEDOUROS PARA TODOS OS GINÁSIOS AQUI MENCIONADOS.</t>
   </si>
   <si>
     <t>6971</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6971/indicacao_60-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6971/indicacao_60-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DO MURO NA RUA THIERES VELOSO E CALÇAMENTO, AO LADO DO ''SOU FELIZ'', ONDE HÁ UM MANOBRADOR, NO QUAL, OS TRANSPORTES ESCOLARES, BEM COMO, VEÍCULOS DE VISITANTES DA REFERIDA ENTIDADE FAZEM SUAS MANOBRAS.</t>
   </si>
   <si>
     <t>6972</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6972/indicacao_61-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6972/indicacao_61-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM GUARD RAIL NO MORRO DA MACEFEL COMPREENDENDO O TRECHO QUE TEM INÍCIO NA SUBIDA DA MACEFEL ATÉ O ESPELHO, LOCALIZADO NO ENCONTRO DAS RUAS CECÍLIA PITANGA PINTO E APOLÔNIA STEIN KIEFER, PRÓXIMO ÀS RESIDÊNCIAS DOS SRS. ELIAS DA PONTE E CAETANO DELPUPPO.</t>
   </si>
   <si>
     <t>6973</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6973/indicacao_62-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6973/indicacao_62-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM GUARD RAIL, COMPREENDENDO APROXIMADAMENTE 30 METROS, EM TRECHO LOCALIZADO NA RUA THIERES VELOSO, LOGO APÓS O MANOBRADOR DO ''SOU FELIZ'', VISANDO MAIOR PROTEÇÃO E SEGURANÇA A TODOS QUE UTILIZAM A REFERIDA VIA DE ACESSO, EM ESPECIAL, ALUNOS DIRIGINDO-SE À ESCOLA.</t>
   </si>
   <si>
     <t>6974</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6974/indicacao_63-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6974/indicacao_63-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DA ESCOLA BERNADO LEONOR EFFGEN, LOCALIZA PRÓXIMO AO POSTO IPIRANGA, BEM COMO DA UNIDADE DE SAÚDE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>6975</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6975/indicacao_64-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6975/indicacao_64-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE CALÇAMENTO EM PAV'S NA COMUNIDADE VALE DAS MONTANHAS, LOCALIZADA NA SUBIDA DAS CASCALHEIRAS DE PROPRIEDADE DOS SRS. ROMÉRIO LUDOVICO E OTÍLIO KLIPPEL.</t>
   </si>
   <si>
     <t>6976</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6976/indicacao_65-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6976/indicacao_65-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO E ILUMINAÇÃO PÚBLICA NA RUA RUPF HERTEL, QUE DÁ ACESSO AO CENTRO DE VIVÊNCIA DO IDOSO, COM INÍCIO NA RUA GUSTAVO HERTEL E TÉRMINO NA RESIDÊNCIA DA SRA. NETE HERTEL.</t>
   </si>
   <si>
     <t>6977</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6977/indicacao_66-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6977/indicacao_66-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE MELHORIAS NO CEMITÉRIO MUNICIPAL ''RECANTO DA PAZ'', LOCALIZADO PRÓXIMO AO CAMPO DO APOLLO XIII, COMPREENDENDO A CONSTRUÇÃO DE CAPELA MORTUÁRIA, MELHOR ACESSO AOS JAZIGOS, BEM COMO DOIS POSTES PARA ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>6978</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6978/indicacao_67-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6978/indicacao_67-19.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA, OS INÚMEROS RELATOS E/OU RECLAMAÇÕES DE MUNÍCIPES QUE TENHO RECEBIDO QUEIXANDO-SE SOBRE A FALTA DE PONTO DE TÁXI PRÓXIMO À LOJA SANTOS, SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADO UM PONTO DE TÁXI EM FRENTE À MESMA,  QUE COMPORTE E CONTEMPLE 03 (TRÊS) VAGAS DE TÁXIS, VISANDO ATENDER E CONTEMPLAR AS PESSOAS QUE NECESSITAM DO REFERIDO SERVIÇO , NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>6979</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6979/indicacao_68-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6979/indicacao_68-19.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA PEDIDO DE DIVERSOS MUNÍCIPES QUE TENHO RECEBIDO QUEIXANDO-SE SOBRE A FALTA DE ESTACIONAMENTO RÁPIDO NA AVENIDA PRESIDENTE KENNEDY, NO TRECHO QUE COMPREENDE A CASA ANDRÉIA ATÉ A ESTAÇÃO FERROVIÁRIA, LOCALIZADA NA PRAÇA JOSÉ HENRIQUE PEREIRA, SOLICITO QUE SEJAM VIABILIZADAS TRÊS VAGAS, VISANDO ATENDER E CONTEMPLAR OS CIDADÃOS QUE POR ALGUM MOTIVO, NECESSITAM DE ESTACIONAR RAPIDAMENTE NO LOCAL MENCIONADO, BEM COMO DUAS VAGAS NA PRAÇA SANTA RITA EM FRENTE À FARMÁCIA REGINA.</t>
   </si>
   <si>
     <t>6980</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6980/indicacao_69-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6980/indicacao_69-19.pdf</t>
   </si>
   <si>
     <t>MEDIANTE DIVERSOS RELATOS E PEDIDOS DE MUNÍCIPES, NO QUE TANGE A CONSTANTE FALTA DE MEDICAMENTOS, SOLICITO QUE, O SETOR DE COMPRAS DO EXECUTIVO MUNICIPAL, JUNTAMENTE COM AOS RESPONSÁVEIS PELA AQUISIÇÃO DE MEDICAMENTOS DA FARMÁCIA BÁSICA MUNICIPAL, PROCEDA COM MAIS AGILIDADE O PROCESSO DE COMPRA DESTES MEDICAMENTOS, VISANDO ASSIM ATENDER MELHOR A POPULAÇÃO FLORIANENSE, EM ESPECIAL, AS PESSOAS CARENTES, QUE NÃO POSSUEM CONDIÇÕES FINANCEIRAS PARA ARCAR COM OS CUSTOS DOS MEDICAMENTOS, FICANDO PORTANTO SEM UTILIZA-LOS DEVIDO À SUA FALTA, OCASIONADO PELA MOROSIDADE DO PROCESSO QUE SE FAZ NECESSÁRIO, INCLUSIVE, LICITATÓRIO, ATÉ CONCLUIR AQUISIÇÃO.</t>
   </si>
   <si>
     <t>6981</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6981/indicacao_70-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6981/indicacao_70-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UMA FAIXA DE PEDESTRES NA RUA WALDEMAR MEES, EM FRENTE À PASSARELA RODRIGO DAMM MARTINS, LOCALIZADA SOBRE O RIO JUCU BRAÇO SUL.</t>
   </si>
   <si>
     <t>6982</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6982/indicacao_71-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6982/indicacao_71-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE TAPA-BURACOS, VISANDO A RECUPERAÇÃO DO ASFALTO LOCALIZADO PRÓXIMO A "POUSADA TERRA NOSSA" , NA VILA MIGUEL SOUZA, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>6990</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6990/indicacao_72-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6990/indicacao_72-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM VIABILIZADOS TELEFONES EM TODAS UNIDADES DE SAÚDE DO INTERIOR, BEM COMO, DISPONIBILIZANDO VEÍCULO PARA CADA UNIDADE, NO CRONOGRAMA DE AGENDAMENTO DE VISITAS DOMICILIARES, AGENDADAS EM CADA UNIDADE DE SAÚDE (PACIENTES ACAMADOS, IDOSOS, DENTRE OUTROS), E QUE RETORNEM COM A COLETA DE SANGUE NAS MESMAS.</t>
   </si>
   <si>
     <t>6991</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6991/indicacao_73-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6991/indicacao_73-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, SERVIÇO DE REFORMA GERAL NAS ESCOLAS JÁCOMO BORGO E JOSÉ ALOÍSIO SIMON, LOCALIZADAS RESPECTIVAMENTE EM ARAGUAYA E TREVO DE PARAJÚ, BEM COMO QUE COLOQUE EM FUNCIONAMENTO A ESCOLA FLORES PASSINATO KUSTER, LOCALIZADA EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>6992</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6992/indicacao_74-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6992/indicacao_74-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE A DIRETORIA DE ESPORTES, PARA QUE SEJA INSERIDO NO CAMPEONATO MUNICIPAL ESPORTIVO, VÔLEI MASCULINO E FEMININO.</t>
   </si>
   <si>
     <t>6993</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6993/indicacao_75-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6993/indicacao_75-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE DEDETIZAÇÃO E OU DESRATIZAÇÃO NAS GALERIAS, BUEIROS EM TORNO DOS CÓRREGOS DO BAIRRO SANTA RITA, PRODUTORA E CENTRO, SE POSSÍVEL ESTENDENDO-SE ÁS COMUNIDADES E DISTRITOS.</t>
   </si>
   <si>
     <t>6994</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6994/indicacao_76-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6994/indicacao_76-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE Á SECRETARIA DE SAÚDE, PARA QUE OS EXAMES OFTALMOLÓGICOS REALIZADOS NOS ÔNIBUS VÍTREA, SE ESTENDAM AO INTERIOR DO MUNICÍPIO, DISTRITOS E COMUNIDADES, VISANDO CONTEMPLAR A POPULAÇÃO DE TAIS LOCALIDADES, OS QUAIS TAMBÉM CARECEM DE ATENDIMENTO NA REFERIDA ESPECIALIDADE.</t>
   </si>
   <si>
     <t>6995</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6995/indicacao_77-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6995/indicacao_77-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O SERVIÇO DE MANILHAMENTO NO RIACHO LOCALIZADO AO LADO DO ESPAÇO ONDE É REALIZADA A ITALEMANHA, BEM COMO, A CONSTRUÇÃO DA 3ª PONTE, PRÓXIMO A QUADRA POLIESPORTIVA "PAULO ANTÔNIO LORENZONI", INTERLIGANDO O CENTRO DA CIDADE À BR 262, PROPORCIONANDO NOVA OPÇÃO DE SAÍDA COM ACESSO À MESMA.</t>
   </si>
   <si>
     <t>6996</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6996/indicacao_78-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6996/indicacao_78-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONTRATAÇÃO DE VETERINÁRIO, VISANDO ATENDER OS SERVIÇOS DE VIGILÂNCIA SANITÁRIA E SERVIÇOS DE INSPEÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>6997</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6997/indicacao_79-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6997/indicacao_79-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO VIABILIZAR URGENTEMENTE O RETORNO DO PONTO DE CARREGAMENTO E DESCARREGAMENTO DO SUPERMERCADO BEM VINDO, LOCALIZADO NA RUA GUSTAVO HERTEL, NO BAIRRO SANTA RITA, HAJA VISTA QUE, A DEMARCAÇÃO FOI RETIRADA PELO EXECUTIVO MUNICIPAL PARA A REALIZAÇÃO DO RECAPEAMENTO DA REFERIDA VIA, E APÓS O SEU TÉRMINO, NÃO A REFEZ, FAZENDO-SE PORTANTO NECESSÁRIO O RETORNO DA DEMARCAÇÃO DO PONTO, EM CARÁTER DE URGÊNCIA, VISANDO NORMALIZAR AS ATIVIDADES DO MENCIONADO ESTABELECIMENTO COMERCIAL.</t>
   </si>
   <si>
     <t>6998</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6998/indicacao_80-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6998/indicacao_80-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A AQUISIÇÃO DE ÁREA ESPLANADA DE APROXIMADAMENTE 13.000 M², LOCALIZADA NO ALTO DO BAIRRO SANTA RITA, A QUAL COMPORTA ESTACIONAMENTO PARA MAIS DE 400 VEÍCULOS AO REDOR DA ESPLANADA, CONFORME CÓPIA EM ESTUDO EM ANEXO, ONDE A ESTRUTURA PODE SER UTILIZADA COMO ÁREA DE FESTAS, VISTO QUE A SEDE DO MUNICÍPIO NÃO DISPÕE MAIS DE ESPAÇO PARA FESTIVIDADES, BEM COMO, PODERÁ SER APROVEITADA PARA FUTURAS INSTALAÇÕES MUNICIPAIS.</t>
   </si>
   <si>
     <t>7024</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Maylson Littig</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7024/indicacao_81-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7024/indicacao_81-19.pdf</t>
   </si>
   <si>
     <t>VISANDO A NECESSIDADE DE PROVER MELHOR SEGURANÇA E VISIBILIDADE, SOLICITAMOS AO PREFEITO MUNICIPAL CACAU LORENZONI, QUE PROCEDA COM A INSTALAÇÃO DE 3 POSTES DE ILUMINAÇÃO PÚBLICA NAS PROXIMIDADES DO BAR DO LIU, LOCALIZADO NO BAIRRO JEQUITIBÁ, NA RODOVIA JOSÉ HUBER QUE INTERLIGA O BAIRRO BETINHO SIMON AO DISTRITO DE SANTA MARIA, HAJA VISTA QUE A LOCALIDADE É MUITO FREQUENTADA POR MORADORES E SITIANTES.</t>
   </si>
   <si>
     <t>7025</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7025/indicacao_82-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7025/indicacao_82-19.pdf</t>
   </si>
   <si>
     <t>TRANSITANDO PELO BAIRRO BETINHO SIMON PERCEBEMOS A PRECARIEDADE DA RUA PRINCIPAL DO BAIRRO, POIS QUASE NÃO EXISTE MAIS ASFALTO EM RAZÃO DA QUANTIDADE DE BURACOS E VALAS QUE SE FORMARAM NO LOGRADOURO, NECESSITANDO URGENTEMENTE DE RECAPEAMENTO NO PERCURSO ENTRE OS COMÉRCIOS PARALELOS A BR 262 ATÉ A MERCEARIA DO SR. ALMIR NEVES._x000D_
 INDICO AINDA AO PREFEITO MUNICIPAL QUE PROCEDA COM A INTERVENÇÃO JUNTO AO DNIT VISANDO ASFALTAR O TRECHO PARALELO A BR 262 QUE É DE RESPONSABILIDADE DO DNIT.</t>
   </si>
   <si>
     <t>7026</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7026/indicacao_83-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7026/indicacao_83-19.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A COMUNIDADE DE SÃO CRISTOVÃO, LOCALIZADA NO BAIRRO JOSÉ ALOÍSIO SIMON CARECE DE UM LOCAL ADEQUADO PARA QUE SEUS MUNÍCIPES POSSAM RECEBER ATENDIMENTO MÉDICO ADEQUADO, VENHO SOLICITAR AO PREFEITO MUNICIPAL QUE NÃO MEÇA ESFORÇOS PARA PROVIDENCIAR A CONSTRUÇÃO DE UM POSTO DE SAÚDE NA COMUNIDADE, SENDO O MESMO CONSTRUÍDO ONDE FICAVA LOCALIZADO O VIVEIRO DE MUDAS QUE HOJE ENCONTRA-SE DESATIVADO.</t>
   </si>
   <si>
     <t>6999</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6999/indicacao_84-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6999/indicacao_84-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA EXECUTADO SERVIÇO DE MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA NA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>7000</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7000/indicacao_85-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7000/indicacao_85-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A CONTRATAÇÃO DE SEGURO TOTAL DOS VEÍCULOS NOVOS ADQUIRIDOS PELO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>7048</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7048/indicacao_86-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7048/indicacao_86-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA PAVIMENTAÇÃO EM RIO FUNDO, COMPREENDENDO TODA LATERAL DO ASFALTO EM FRENTE AO CAMPO DE FUTEBOL E UM PEDAÇO DA ESTRADA QUE VAI PARA ALTO RIO FUNDO ATÉ EM FRENTE À RESIDÊNCIA DO SR. ROBERLI LITTIG, BEM COMO, EM FRENTE A RESIDÊNCIA DO SR. IRINEU BORGO ATÉ A PONTE DA ESTRADA QUE VAI PARA SANTA MARIA.</t>
   </si>
   <si>
     <t>7049</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7049/indicacao_87-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7049/indicacao_87-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA PAVIMENTAÇÃO NOS SEGUINTES LOCAIS EM SOÍDO DE BAIXO:_x000D_
 - NO VALE DA ESPERANÇA (LORINDO WRUCK), EM FRENTE AO COMÉRCIO DO SR. LAURINDO WRUCK E RESIDÊNCIAS PRÓXIMAS._x000D_
 - EM FRENTE AO COMÉRCIO DO SR. NILSON LITTIG E RESIDÊNCIAS PRÓXIMAS._x000D_
 - DO ASFALTO (RODOVIA JOÃO BATISTA KLEIN) ATÉ A ESCOLA FLORES PASSINATO KUSTER._x000D_
 - SOLICITO AINDA ILUMINAÇÃO PÚBLICA NESTAS VIAS E TAMBÉM O TRECHO PAVIMENTADO COMPREENDENDO DO COMÉRCIO DO SR. LORINDO WRUCK ATÉ O CAMPO SOCIETY DA COMUNIDADE.</t>
   </si>
   <si>
     <t>7050</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7050/indicacao_88-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7050/indicacao_88-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA A CONTINUIDADE DA PAVIMENTAÇÃO EM COSTA PEREIRA, COMPREENDENDO O TRECHO ONDE TERMINA O JÁ EXISTENTE ATÉ A PROPRIEDADE DO SR. JUCA RASCH.</t>
   </si>
   <si>
     <t>7051</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7051/indicacao_89-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7051/indicacao_89-19.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO, JUNTAMENTE  COM A ACIASMAF, VIABILIZE A CONTRATAÇÃO DE ESTAGIÁRIOS NÃO REMUNERADOS, VISANDO CUMPRIR A CARGA HORÁRIA DOS ESTÁGIOS OBRIGATÓRIOS E PROPORCIONAR VIVÊNCIA PROFISSIONAL AOS UNIVERSITÁRIOS, EXIGIDOS PELAS FACULDADES E OU UNIVERSIDADES, PARA CONCLUÍREM SUA FORMAÇÃO ACADÊMICA.</t>
   </si>
   <si>
     <t>7052</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7052/indicacao_90-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7052/indicacao_90-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DADA CONTINUIDADE COM A INSTALAÇÃO DAS LÂMPADAS DE LED, AO LONGO DA RUA GUSTAVO HERTEL, BEM COMO, NAS RUAS PARALELAS.</t>
   </si>
   <si>
     <t>7053</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7053/indicacao_91-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7053/indicacao_91-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR VAGAS DE ESTACIONAMENTO TRANSVERSAL NA AVENIDA PRESIDENTE KENNEDY, COMPREENDENDO O TRECHO ENTRE A TRAVESSIA DA LINHA FÉRREA E A ESTAÇÃO, BEM COMO, VIABILIZAR VAGAS DE ESTACIONAMENTO NO ESPAÇO ONDE ENCONTRAM-SE LINHAS FÉRREAS, SEM USO E ABANDONADAS.</t>
   </si>
   <si>
     <t>7054</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7054/indicacao_92-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7054/indicacao_92-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE EM FUNÇÃO DO TRÂMITE DO PROJETO DE LEI DE REGULARIZAÇÃO FUNDIÁRIA, SEJA PROVIDENCIADA AUTORIZAÇÃO PARA LAVRAR AS ESCRITURAS DOS IMÓVEIS DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, LOCALIZADO NO BAIRRO SANTA RITA, BEM COMO, O LOCALIZADO DEPOIS DO SUPERMERCADO BEM VINDO, O DA VILA DOS IPÊS, LOCALIZADO EM SANTA MARIA, E VILA DO SERTÃO, LOCALIZADO EM BOA ESPERANÇA, ESTENDENDO-SE ÀS DEMAIS PESSOAS CARENTES QUE NÃO POSSUEM CONDIÇÕES DE CUSTEAR AS ESCRITURAS, DESDE QUE ATENDEM OS REQUISITOS QUE CONSTAM NO REFERIDO PROJETO, ENTRE OS QUAIS, ESTEJAM ENQUADRADAS NO CADASTRO ÚNICO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7055</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7055/indicacao_93-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7055/indicacao_93-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM PORTAL NA ENTRADA DO BAIRRO VILA MERSCHER LOCALIZADO EM ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>7056</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7056/indicacao_94-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7056/indicacao_94-19.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DO ESPIRITO SANTO QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE PLACAS INDICATIVAS PARALELAS A BR 262, KM 65  PROPORCIONANDO A IDENTIFICAÇÃO VISUAL DA COMUNIDADE DE ALTO NOVA ALMEIDA E VILA MERSCHER NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7057</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7057/indicacao_95-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7057/indicacao_95-19.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL QUE PROVIDENCIE A ROÇAGEM E A LIMPEZA DA ESTRADA QUE OFERECE ACESSO A COMUNIDADE VILA SHUNCK E SOÍDO DE BAIXO INICIANDO AS MARGENS DA BR 262, PARALELO AO POSTO IPIRANGA.</t>
   </si>
   <si>
     <t>7058</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7058/indicacao_96-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7058/indicacao_96-19.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL QUE REVISE A SITUAÇÃO SALARIAL DOS SERVIDORES QUE TRABALHAM OPERANDO MÁQUINAS PESADAS COMO PATROL E RETROESCAVADEIRA E RECEBEM VALORES INFERIORES A CATEGORIA, HAJA VISTA A RESPONSABILIDADE DE OPERAR UM EQUIPAMENTO QUE REQUER EXTREMA HABILIDADE E CONHECIMENTO._x000D_
 DE MODO ESPECIAL SOLICITO QUE SEJA ANALISADA A SITUAÇÃO DO SERVIDOR CESAR LEONARDO MEES, QUE É CONTRATADO COMO AJUDANTE DE MÁQUINAS E TRABALHA OPERANDO OS REFERIDOS EQUIPAMENTOS NAS ESTRADAS DE NOSSO MUNICÍPIO, TENDO COMO NÍVEL SALARIAL O VALOR DE R$560,27 RECEBENDO, PORTANTO , COMPLEMENTAÇÕES, NÃO SENDO ESTE VALOR SUFICIENTE PARA CUSTEAR AS DESPESAS FAMILIARES.</t>
   </si>
   <si>
     <t>7059</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7059/indicacao_97-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7059/indicacao_97-19.pdf</t>
   </si>
   <si>
     <t>INDICA AO DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DO ESPÍRITO SANTO QUE SEJA PROVIDENCIADO A INSTALAÇÃO DE UM QUEBRA MOLAS NA RODOVIA CORIOLANO GUILHERME STEIN, NAS PROXIMIDADES DA IGREJA LUTERANA DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>7060</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7060/indicacao_98-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7060/indicacao_98-19.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE SEJA COLOCADO EM PRÁTICA A LEI MUNICIPAL Nº 1.046/2011 QUE ''INSTITUI O USO OBRIGATÓRIO DE SACOLAS PLÁSTICAS BIODEGRADÁVEIS OU OXIBIODEGRADÁVEIS  EM TODOS OS ESTABELECIMENTOS COMERCIAIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7068</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7068/indicacao_99-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7068/indicacao_99-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA PAVIMENTAÇÃO EM TODAS AS RUAS DA VILA DOS IPÊS, BEM COMO, ILUMINAR AS RUAS QUE AINDA NÃO POSSUEM ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>7069</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7069/indicacao_100-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7069/indicacao_100-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM VIABILIZADOS SERVIÇOS DE PAVIMENTAÇÃO, ILUMINAÇÃO DE LED, BEM COMO, A CONSTRUÇÃO DE PRAÇA SAUDÁVEL, NA LOCALIDADE DE BOM JESUS.</t>
   </si>
   <si>
     <t>7070</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7070/indicacao_101-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7070/indicacao_101-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM VIABILIZADAS MELHORIAS NO TRÂNSITO AO LADO DA ESTAÇÃO FERROVIÁRIA, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7071</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7071/indicacao_102-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7071/indicacao_102-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADO CALÇAMENTO NO TRECHO COMPREENDIDO ENTRE A VENDA DO SR. ANTÔNIO KLEIN ATÉ A IGREJA CATÓLICA NOSSA SENHORA AUXILIADORA, LOCALIZADA EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>7072</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7072/indicacao_103-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7072/indicacao_103-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO OS SERVIÇOS DE RECAPEAMENTO E PAVIMENTAÇÃO ASFÁLTICA E DE TODA A EXTENSÃO DA RUA JULIETA MARIA FISCHER EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>7073</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7073/indicacao_104-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7073/indicacao_104-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA REALIZADO OS SERVIÇOS DE RECAPEAMENTO E PAVIMENTAÇÃO ASFÁLTICA E DE TODA A EXTENSÃO DAS RUAS LOVINIA PRATI E RUA QUINTA DOS LAGOS, NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>7074</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7074/indicacao_105-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7074/indicacao_105-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM REALIZADAS MELHORIAS NA ESTRADA RODOLFO KROHLING, INICIANDO NA PROPRIEDADE DO SR. JAIR FRANCISCO KROHLING ATÉ O SR. JOSÉ ULIANA, BEM COMO, A REALIZAÇÃO DE MELHORIAS NAS DUAS PONTES QUE ENCONTRAM-SE EM PÉSSIMAS CONDIÇÕES.</t>
   </si>
   <si>
     <t>7075</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7075/indicacao_106-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7075/indicacao_106-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA CONCLUÍDA A SALA DE ATENDIMENTO ODONTOLÓGICO DA UNIDADE DE SAÚDE DE SANTA MARIA, E,  QUE SEJA DISPONIBILIZADO DENTISTA PARA O ATENDIMENTO Á COMUNIDADE.</t>
   </si>
   <si>
     <t>7106</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7106/indicacao_107-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7106/indicacao_107-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UMA ABERTURA URGENTE DE UMA CURVA LOGO ABAIXO DA ESCOLA VICTÓRIO BRAVIM, VISTO QUE O PROPRIETÁRIO DO TERRENO JÁ LIBEROU. E QUE SEJA ESTOURADA UMA PEDRA NA ESTRADA QUE VAI PARA A SAMUEL MÓDULO, POSSIBILITANDO QUE CAMINHÕES DE MAIOR PORTE POSSAM PASSAR  PARA ESCOAR A PRODUÇÃO AGRÍCOLA.</t>
   </si>
   <si>
     <t>7129</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7129/indicacao_108-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7129/indicacao_108-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, MELHORIAS NAS SEGUINTES ESTRADAS MUNICIPAIS:_x000D_
 - Cascalhamento e patrolamento na estrada que tem inicio após a residência do sr. secretário de obras, Sr. Toninho Malini, passando pela propriedade do Sr. Nelinho Bravin, até a ponte ligando Fazenda São Bento e o ramal até a Fazenda Zambon, que está em péssimas condições e é linha de transporte escolar._x000D_
 _x000D_
 - Cascalhamento e patrolamento na estrada que tem início na escola Victório Bravin até a última residência da Família Tureta (Rio das Pedras), ramal até o sitio Santos e ramal Samuel Módulo até a divisa de Alfredo Chaves._x000D_
 _x000D_
 - E a construção de um bueiro na antiga Estrada dos Tropeiros, ligando Araguaya ao Rio das Pedras, em frente a propriedade do Sr. Nelinho Bravin.</t>
   </si>
   <si>
     <t>7107</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7107/indicacao_109-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7107/indicacao_109-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NAS SEGUINTES LOCALIDADES DO MUNICÍPIO._x000D_
 - RIO FUNDO_x000D_
 - BARRA DO RIO FUNDO_x000D_
 - ARAGUAYA_x000D_
 - SANTA MARIA _x000D_
 - SOÍDO DE BAIXO_x000D_
 - ANTIGO GROSMUTHER</t>
   </si>
   <si>
     <t>7108</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7108/indicacao_110-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7108/indicacao_110-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE MELHORIAS, PATROLAMENTO E CASCALHAMENTO DA AVENIDA FLORA KUSTER KIEFER, QUE DÁ ACESSO AO CONDOMÍNIO SERRA VERDE, LOCALIZADO NO KM 52 DA BR 262, NESTA MUNICIPALIDADE, BEM COMO, NAS RUAS INTERNAS QUE DÃO ACESSO AS RESIDÊNCIAS DO MESMO, E DENTRO DAS POSSIBILIDADES, INSERIR NO CRONOGRAMA DE SERVIÇOS A PAVIMENTAÇÃO DAS MESMAS E ILUMINAÇÃO DE LED.</t>
   </si>
   <si>
     <t>7109</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7109/indicacao_111-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7109/indicacao_111-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, A RECUPERAÇÃO DA PAVIMENTAÇÃO DAS RUAS GETÚLIO VARGAS, PRESIDENTE CASTELO BRANCO, PRESIDENTE COSTA E SILVA, MARECHAL TEODORO DA FONSECA, JOÃO MERÍSIO, OSCAR ARAÚJO, LOCALIZADAS NA SEDE DO MUNICÍPIO, BEM COMO, CONCERTOS DAS CALÇADAS, LIMPEZA E PINTURA DOS POSTES E MEIO FIOS, ILUMINAÇÃO DE LED E DENTRE OUTROS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>7110</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7110/indicacao_112-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7110/indicacao_112-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO VIABILIZAR URGENTEMENTE O RETORNO DO PONTO DE CARREGAMENTO E DESCARREGAMENTO DO SUPERMERCADO BEM VINDO, LOCALIZADO NA RUA GUSTAVO HERTEL, NO BAIRRO SANTA RITA, HAJA VISTA QUE A DEMARCAÇÃO FOI RETIRADA PELO EXECUTIVO MUNICIPAL PARA A REALIZAÇÃO DE RECAPEAMENTO DA REFERIDA VIA, E APÓS SEU TÉRMINO, NÃO A REFEZ, FAZENDO-SE, PORTANTO NECESSÁRIO O RETORNO E DEMARCAÇÃO DO PONTO DE INSTALAÇÃO DE PLACA, EM CARÁTER DE URGÊNCIA, VISANDO NORMALIZAR AS ATIVIDADES NO MENCIONADO ESTABELECIMENTO COMERCIAL.</t>
   </si>
   <si>
     <t>7133</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7133/indicacao_113-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7133/indicacao_113-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NO GINÁSIO DE ESPORTES "CECILIA MARIA SIMON", LOCALIZADO ANEXO A ESCOLA MUNICIPAL "JOSÉ ALOÍSIO SIMON", DA COMUNIDADE SÃO CRISTÓVÃO, POPULARMENTE CONHECIDA COMO BETINHO SIMON, COMPREENDENDO PINTURA GERAL, FECHAMENTO INTEGRAL DE SUAS PAREDES LATERAIS, VISANDO EVITAR QUE AS CHUVAS MOLHEM O INTERIOR DO MESMO, CONSTRUÇÃO DE VESTIÁRIOS COM CHUVEIROS, ALÉM DE SANITÁRIOS MASCULINO E FEMININO, RESPEITANDO OS PADRÕES DE ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>7134</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7134/indicacao_114-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7134/indicacao_114-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, REFORMA DE UMA PONTE, LOCALIZADA EM BOA ESPERANÇA, NA ESTRADA QUE DÁ ACESSO Á VÁRIAS RESIDÊNCIAS E À PROPRIEDADE DE ALCEDÉRIO UHL, BEM COMO A LIMPEZA DE 02(DUAS) FOSSAS NA PROPRIEDADE DA SRA. SIRLENE UHL, AMBOS RESIDENTES NO MESMO LOCAL, TENDO EM VISTA QUE A MESMA JÁ POSSUI 02 (DOIS) PEDIDOS PROTOCOLADOS NA PREFEITURA, CONFORME PROCESSOS DE NÚMEROS 002.633/2017 E 001.178/2019 DE 06/02/2019 E INERENTE À REFORMA DA PONTE, CONFORME PROCESSO 001.179/2019 DE 06/02/2019.</t>
   </si>
   <si>
     <t>7135</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7135/indicacao_115-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7135/indicacao_115-19.pdf</t>
   </si>
   <si>
     <t>- VIABILIZAR A CONSTRUÇÃO DE UMA UNIDADE DE SAÚDE, POIS NO MOMENTO A POPULAÇÃO GERAL DA LOCALIDADE É ATENDIDA EM SALAS IMPROVISADAS NA ESTRUTURA DA PRÓPRIA COMUNIDADE , ONDE NÃO TEM CONDIÇÕES NECESSÁRIAS PARA O ATENDIMENTO PADRÃO DE UMA UNIDADE DE SAÚDE, ALÉM DE TER QUE SUBIR O MORRO DA IGREJA._x000D_
 - REFORMA GERAL DA ESCOLA JOSÉ ALOÍSIO SIMON A QUAL ENCONTRA-SE NECESSITANDO DE INÚMERAS MELHORIAS, SENDO PONTO CRÍTICO DA REFERIDA COMUNIDADE._x000D_
 - CALÇAMENTO DO PÁTIO DA IGREJA CATÓLICA E DA RUA PRINCIPAL DA LOCALIDADE._x000D_
 - REDE DE ESGOTO, POIS AS RESIDÊNCIAS NÃO POSSUEM FOSSAS._x000D_
 - PRAÇA DE LAZER.</t>
   </si>
   <si>
     <t>7136</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA CALÇADA AO LADO DA BARREIRA NA RUA THIERES VELOSO, DANDO CONTINUIDADE À CALÇADA QUE ESTÁ SENDO CONSTRUÍDA JUNTO AO MURO DO "SOU FELIZ", ATÉ O FINAL DA REFERIDA RUA, OU NA IMPOSSIBILIDADE, PELO MENOS ATÉ A RESIDÊNCIA DO SR. AURELINO HUWER, COMPREENDENDO O TRECHO DE APROXIMADAMENTE 50 METROS, VISANDO MAIOR PROTEÇÃO E SEGURANÇA A TODOS QUE UTILIZAM A REFERIDA VIA DE ACESSO._x000D_
 PRINCIPALMENTE OS ALUNOS QUE NÃO UTILIZAM TRANSPORTE ESCOLAR E QUE DIRIGEM-SE A ESCOLA, BEM COMO, RETORNAREM A SEUS LARES, DEVIDO A FALTA DE CALÇADA ACABAM EXPONDO-SE A RISCO POR NÃO TER UMA LIMITAÇÃO ESTABELECIDA, PARA TRANSEUNTES E VEÍCULOS.</t>
   </si>
   <si>
     <t>7137</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NOS CAMPOS BOM DE BOLA DAS SEGUINTES LOCALIDADES:_x000D_
 - NO CAMPO BOM DE BOLA AURELIANO MATHIAS LITTIG, LOCALIZADO NO LORINDO WRUCK, NO VALE DA ESPERANÇA EM SOÍDO DE BAIXO, VIABILIZAR A CONSTRUÇÃO DE VESTIÁRIOS._x000D_
 - NO CAMPO BOM DE BOLA JACINTO CATELAN, LOCALIZADO NO DISTRITO DE ARAGUAYA, VIABILIZAR CONSTRUÇÃO DE VESTIÁRIOS._x000D_
 - NO CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA FILHO, LOCALIZADO NA SEDE ANEXO À ASSOCIAÇÃO PESTALOZZI, VIABILIZAR GRADEAMENTO DA ÁREA LOCALIZADA ENCIMA DOS VESTIÁRIOS, NA QUAL OS VIGIAS FICAM, VISANDO SEGURANÇA DOS MESMOS, BEM COMO DO QUE É GUARDADO LÁ.</t>
   </si>
   <si>
     <t>7138</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7138/indicacao_118-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7138/indicacao_118-19.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE PROJETO DE ILUMINAÇÃO PÚBLICA, COMPREENDENDO INSTALAÇÃO DE POSTES E LUMINÁRIAS, NAS SEGUINTES LOCALIDADES DO MUNICÍPIO._x000D_
 - SOÍDO DE BAIXO_x000D_
 - VILA DAS ORQUÍDEAS_x000D_
 - BAIRRO NOSSA SENHORA DA PENHA_x000D_
 - VIAL ENDLICH</t>
   </si>
   <si>
     <t>7139</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7139/indicacao_119-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7139/indicacao_119-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MELHORIAS NA LOCALIDADE DE ALTO RIO FUNDO, COMPREENDENDO MELHORIAS NO TRATAMENTO E DISTRIBUIÇÃO DA ÁGUA, REALIZAÇÃO DA PAVIMENTAÇÃO, ILUMINAÇÃO DE LED, BEM COMO, CONTEMPLAR A COMUNIDADE COM REGULARIZAÇÃO FUNDIÁRIA.</t>
   </si>
   <si>
     <t>7140</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7140/indicacao_120-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7140/indicacao_120-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A PAVIMENTAÇÃO EM SOÍDO DE BAIXO, DANDO CONTINUIDADE Á PAVIMENTAÇÃO RECÉM INAUGURADA NO LORINDO WRUCK, PROSSEGUINDO NA ESTRADA VELHA, INCLUSIVE NO ACESSO À IGREJA EVANGÉLICA LUTERANA DO BRASIL "CONGREGAÇÃO CRISTO É O SENHOR" E  PROPRIEDADE DO  SR. ALCINO DINIZ, ONDE LOCALIZA-SE A "POUSADA QUINTAS DO VALE VERDE".</t>
   </si>
   <si>
     <t>7141</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7141/indicacao_121-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7141/indicacao_121-19.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE PROJETO DE REGULARIZAÇÃO FUNDIÁRIA, NAS SEGUINTES LOCALIDADES DO MUNICÍPIO:_x000D_
 - SEDE_x000D_
 - RIO FUNDO_x000D_
 - SANTA RITA_x000D_
 - COSTA PEREIRA_x000D_
 - VILA DOS IPÊS_x000D_
 - VILA MERSCHER (ALTO NOVA ALMEIDA)_x000D_
 - CÓRREGO DO OURO (VICTOR HUGO)</t>
   </si>
   <si>
     <t>7156</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7156/indicacao_122-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7156/indicacao_122-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA GERAL DA UNIDADE DE SAÚDE DE RIO FUNDO, COMPREENDENDO OS SERVIÇOS DE PINTURA E OUTROS QUE SE FIZEREM NECESSÁRIOS.</t>
   </si>
   <si>
     <t>7157</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7157/indicacao_123-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7157/indicacao_123-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A AQUISIÇÃO DE BRINQUEDO PARA TODOS OS PARQUINHOS DAS CRECHES E ESCOLAS DO MUNICÍPIO, BEM COMO, VIABILIZAR A INSTALAÇÃO DE PARQUINHOS INFANTIS NA RUA DELIMAR SHUNCK E BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>7158</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7158/indicacao_124-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7158/indicacao_124-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR BENFEITORIAS NA COMUNIDADE SÃO CRISTÓVÃO, LOCALIZADA NO TREVO DE PARAJÚ, POPULARMENTE CONHECIDA COMO "BETINHO SIMON", COMPREENDENDO MELHORIAS NA ESCOLA MUNICIPAL "JOSÉ ALOÍSIO SIMON", CONSTRUÇÃO DE UNIDADE DE SAÚDE NO ANTIGO VIVEIRO, BEM COMO, DE VESTIÁRIOS COM CHUVEIROS E INSTALAÇÃO DE BEBEDOUROS NA QUADRA, LOCALIZADA ANEXO À REFERIDA ESCOLA.</t>
   </si>
   <si>
     <t>7159</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7159/indicacao_125-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7159/indicacao_125-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA CALÇADA DE 1 (UM) METRO DE LARGURA E APROXIMADAMENTE 100 (CEM) METROS DE EXTENSÃO AO LONGO DA AVENIDA ARTHUR HAESE, DO LADO ESQUERDO SENTIDO CENTRO/ALTO MARECHAL, NAS PROXIMIDADES DA CASA DOS PARAFUSOS, ONDE HÁ UMA PEQUENA DESCIDA ORIUNDA DA VIA DE CIMA, SENDO O ATALHO UTILIZADO PELOS ADEPTOS DE CAMINHADAS, COMO ACESSO À REFERIDA AVENIDA, QUE DEVIDO À AUSÊNCIA DE CALÇADA DANDO CONTINUIDADE AO ATALHO, BEM COMO, VEÍCULOS ESTACIONADOS NO LOCAL, AS PESSOAS NÃO TEM OUTRA OPÇÃO A NÃO SER EXPONDO A RISCOS, CAMINHANDO NA AVENIDA, OU PASSANDO EM CIMA DO MEIO-FIO.</t>
   </si>
   <si>
     <t>7160</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7160/indicacao_126-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7160/indicacao_126-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA VIABILIZADO O SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA EM TODA A EXTENSÃO DA RUA BELARMINO PINTO, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7161</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7161/indicacao_127-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7161/indicacao_127-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O PREFEITO MUNICIPAL E A SECRETÁRIA DE OBRAS E SERVIÇOS URBANOS PROVIDENCIE EM CARÁTER DE URGÊNCIA O CALÇAMENTO OU PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA QUE OFERECE ACESSO À IGREJA LUTERANA DA COMUNIDADE DE BOA ESPERANÇA EM MARECHAL FLORIANO, INICIANDO NAS PROXIMIDADES DA RODOVIA ESTADUAL CORIOLANO GUILHERME SEGUINDO PELA ESQUERDA ATÉ A SUBIDA QUE OFERECE ACESSO A IGREJA CONTEMPLANDO O PÁTIO DA MESMA._x000D_
 RESSALTAMOS A VOSSA EXCELÊNCIA QUE É GRANDE O FLUXO DE PESSOAS QUE FREQUENTAM A COMUNIDADE PRINCIPALMENTE NOS FINS DE SEMANA OU EM DIAS DE FESTAS QUE A COMUNIDADE REALIZA._x000D_
 RESSALTO POR FIM A GRANDE QUANTIDADE DE SITIANTES QUE SE DESLOCAM DA GRANDE VITÓRIA COM DESTINO AO INTERIOR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7162</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7162/indicacao_128-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7162/indicacao_128-19.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL QUE DESTINE PARTE DO RECURSO DO FINISA PARA PAVIMENTAR UM TRECHO DE ESTRADA QUE INTERLIGA A BR 262 A COMUNIDADE DE SOÍDO DE BAIXO, INICIANDO NAS PROXIMIDADES DA PROPRIEDADE DA DONA DEJA, PRÓXIMO A BANQUINHA DE FRUTAS NO KM 54,5 SEGUINDO A DIREITA POR UM ESTRADA DE CHÃO, POR APROXIMADAMENTE 2 KM ATÉ ENCONTRAR-SE COM A IGREJA CATÓLICA, NA COMUNIDADE DE AUXILIADORA-SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>7163</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7163/indicacao_129-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7163/indicacao_129-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO E A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTE REALIZE OS SERVIÇOS DE RECUPERAÇÃO DE ESTRADA DA SUBIDA DA CASCALHEIRA NAS PROXIMIDADES DA RESIDÊNCIA DO VANDERLEI KLIPPEL (TUCA), POIS A ESTRADA VEM SENDO DANIFICADA PELAS CAÇAMBAS. PORTANTO NADA MAIS JUSTO QUE O PODER EXECUTIVO REALIZAR BENFEITORIAS NA LOCALIDADE.</t>
   </si>
   <si>
     <t>7182</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7182/indicacao_130-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7182/indicacao_130-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADO O RETORNO DA COLETA DE SANGUE EM TODAS AS UNIDADES DE SAÚDE DO INTERIOR DO MUNICÍPIO, TENDO EM VISTA, QUE ALGUMAS PESSOAS NÃO TEM CONDIÇÕES DE IREM ATÉ A SEDE, ALÉM DE FICAREM HORAS EM JEJUM, POR NÃO TEREM CONDIÇÕES DE SE ALIMENTAR.</t>
   </si>
   <si>
     <t>7183</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7183/indicacao_131-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7183/indicacao_131-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O TÉRMINO DA PAVIMENTAÇÃO DO MORRO DA MACEFEL, BEM COMO, CONSTRUÇÃO DE CALÇADAS E INSTALAÇÃO DE LÂMPADAS DE LED, VISANDO MAIOR SEGURANÇA NO TODO.</t>
   </si>
   <si>
     <t>7184</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7184/indicacao_132-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7184/indicacao_132-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O TÉRMINO DO PARQUINHO NO VIRADOURO, AO FINAL DA RUA DELIMAR SHUNCK, CUJA CONSTRUÇÃO INICIOU NA GESTÃO PASSADA E ENCONTRA-SE PARADA, BEM COMO, DAS CALÇADAS NO FINAL DA REFERIDA RUA, E REALIZAR RECAPEAMENTO EM TODA A EXTENSÃO DA MESMA.</t>
   </si>
   <si>
     <t>7185</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7185/indicacao_133-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7185/indicacao_133-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AS SEGUINTES MELHORIAS NA ESCOLA BERNARDO LEONOR EFFGEM:_x000D_
 -REFORMA DO PARQUINHO;_x000D_
 -CONSTRUÇÃO DE UM MURO ATRÁS DA ESCOLA;_x000D_
 -TROCAR AS MESAS E CADEIRAS DOS ALUNOS, POIS AS EXISTENTES ESTÃO MUITO ANTIGAS;_x000D_
 -CONSTRUÇÃO DE UMA NOVA SALA AO LADO DA ESCOLA, VISANDO SEPARAR TURMAS DE DIFERENTES SÉRIES E FAIXAS ETÁRIAS QUE ESTÃO ESTUDANDO JUNTAS, POR NÃO TER SALA DISPONÍVEL.</t>
   </si>
   <si>
     <t>7186</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7186/indicacao_134-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7186/indicacao_134-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, REPAROS NA RUAS LOCALIZADAS NA SEDE, NO QUE TANGE AOS DIVERSOS PONTOS DE DESNIVELAMENTOS OCASIONADOS POR AFUNDAMENTOS DA PAVIMENTAÇÃO, RESULTANDO EM ÁGUA EMPOSSADA, PODENDO SER VERIFICADOS EM DIVERSOS PONTOS DA CIDADE, DENTRE AS QUAIS, NAS IMEDIAÇÕES DA PRAÇA JOSÉ HENRIQUE PEREIRA E NA RUA WALDEMAR MEES, EM FRENTE À RESIDÊNCIA DE HIAGO SANTANA.</t>
   </si>
   <si>
     <t>7187</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7187/indicacao_135-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7187/indicacao_135-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, AMPLIAÇÃO DA PONTE LOCALIZADA NO FINAL DA RUA MANOEL KILL, AO LADO DO NOVO SUPERMERCADO MULTI SHOW, COLOCANDO MAIS UMA VIGA, PARA QUE FIQUE MAIS LARGA E COMPORTE PASSAGEM DE CAMINHÕES DE GRANDE PORTE, VISANDO DESAFOGAR A RUA CLARA ENDLICH, ATUALMENTE, ÚNICA VIA DE ACESSO DISPONÍVEL PARA VEÍCULOS ORIUNDOS DAS RUAS VICTOR TRAVÁGLIA, ANTENOR SANTOS BRAGA, GUSTAVO HERTEL, DENTRE OUTRAS COM DESTINO AO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>7216</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7216/indicacao_136-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7216/indicacao_136-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AS SEGUINTES MELHORIAS NO BAIRRO MIGUEL SOUZA, LOCALIZADO NO DISTRITO DE SANTA MARIA:_x000D_
 - TAPA BURACOS EM TODA EXTENSÃO DA RODOVIA MUNICIPAL;_x000D_
 - ILUMINAÇÃO DE SANTA MARIA ATÉ A ULTIMA RESIDÊNCIA DA COMUNIDADE E ILUMINAÇÃO DE 03 PEQUENAS RUAS DA MESMA;_x000D_
 - CONSTRUÇÃO DE UM PEQUENO MURO NA RUA PRÓXIMA AO CÓRREGO QUE CORTA O BAIRRO;_x000D_
 - INSTALAÇÃO DE UM BUEIRO EM FRENTE A RESIDÊNCIA DO SR. JOSÉ MANGA;_x000D_
 - LIMPEZA DE TODAS AS FOSSAS SÉPTICAS DA COMUNIDADE;_x000D_
 - CONSTRUÇÃO DE UM QUEBRA-MOLA E SINALIZAÇÃO QUE ESTÁ FALTANDO;_x000D_
 -SUBSTITUIÇÃO DOS LATÕES DE LIXO POR GAIOLAS, DEVIDO A AÇÃO DOS CÃES DE DERRUBÁ-LOS, ESPALHANDO TODO O LIXO.</t>
   </si>
   <si>
     <t>7217</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7217/indicacao_137-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7217/indicacao_137-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A AMPLIAÇÃO DA ESCOLA BERNARDO LEONOR EFFGEN, LOCALIZADA PRÓXIMO AO POSTO IPIRANGA,. VISANDO OFERECER EDUCAÇÃO INFANTIL A PARTIR DE 02 ANOS DE IDADE E ATENDENDO APROXIMADAMENTE 40 CRIANÇAS.</t>
   </si>
   <si>
     <t>7218</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7218/indicacao_138-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7218/indicacao_138-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ESTACIONAMENTO EM 45º NA AVENIDA PRESIDENTE KENNEDY, BEM COMO, PARA QUE NESSE FIM DE ANO A PREFEITURA ABRA AQUELA ÁREA ATRÁS DO CENTRO EDUCACIONAL VOVÓ FERNANDINA E ACERTE A ENTRADA COM CASCALHO, TORNANDO-A ESTACIONAMENTO PÚBLICO, JÁ QUE A ÁREA COMPORTA MUITOS VEÍCULOS.</t>
   </si>
   <si>
     <t>7219</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7219/indicacao_139-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7219/indicacao_139-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NAS SEGUINTES VIAS DO MUNICÍPIO:_x000D_
 - RUA ALVINO WASSEM: MELHORIAS NA PAVIMENTAÇÃO E ILUMINAÇÃO;_x000D_
 - RUA JOÃO MERÍSIO: MELHORIAS NA PAVIMENTAÇÃO E ILUMINAÇÃO;_x000D_
 - RUA LAURA LITTIG KUSTER: MELHORIAS NA PAVIMENTAÇÃO E ILUMINAÇÃO;_x000D_
 - RUA OSCAR ARAÚJO: MELHORIAS NA PAVIMENTAÇÃO E ILUMINAÇÃO;_x000D_
 - RUA PROFESSORA CECÍLIA PITANGA: INSTALAÇÃO DA REDE DE ESGOTO;_x000D_
 - ESTRADA PEDRO SHUNCK: MELHORIAS NA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>7220</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7220/indicacao_140-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7220/indicacao_140-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PAVIMENTAÇÃO EM TODAS AS RUAS DA VILA DO SERTÃO, LOCALIZADA NA COMUNIDADE DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>7221</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7221/indicacao_141-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7221/indicacao_141-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA PAVIMENTAÇÃO EM SOÍDO DE BAIXO, TENDO NO INÍCIO NA VENDA DO FELIPE, LOCALIZADA NA CABOCLA, PASSANDO PELA ANTIGA ESCOLA E TÉRMINO NO CEMITÉRIO.</t>
   </si>
   <si>
     <t>7222</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7222/indicacao_142-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7222/indicacao_142-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O CONCERTO DO MURO DA CRECHE FLOMIRO ENDLICH CANAL NETO, BEM COMO, COLOCAR AREIA PARA AS CRIANÇAS E INSTALAR UM PARQUINHO, ONDE EXISTE UMA ÁREA DE TERRA ANEXA À MESMA, ADQUIRIDA PELO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7223</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7223/indicacao_143-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7223/indicacao_143-19.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO MUNICIPAL E A SECRETÁRIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS QUE PROCEDA COM A REALIZAÇÃO DOS SERVIÇOS DE CALÇAMENTO COM PAV'S E OU PAVIMENTAÇÃO ASFÁLTICA PARA AS RUAS PROJETADAS, LOCALIZADA NO FINAL DA RUA PROFESSORA CECÍLIA PITANGA PINTO, NO MORRO DA MACEFEL, LOCAL ONDE ENCONTRA-SE SEM PAVIMENTAÇÃO E QUANDO ACONTECE CHUVAS NESTA LOCALIDADE O TRANSTORNO PROPORCIONADO É RELEVANTE E ATÉ MESMO O PERIGO, DEVIDO A LAMA ACUMULADA NESTA VIA POR SE TRATAR DE UM ACLIVE BEM ACENTUADO O PERIGO É EMINENTE.</t>
   </si>
   <si>
     <t>7250</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7250/indicacao-144-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7250/indicacao-144-2019.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE ROÇAGEM NA RODOVIA MUNICIPAL BERNADO LEONOR EFFGEN (ASFALTO DE RIO FUNDO), ENTRE A LINHA FÉRREA E O ASFALTO, BEM COMO AS LATERAIS DA ESTRADA NÃO PAVIMENTADAS, DE RIO FUNDO AO BAIRRO MIGUEL SOUZA E IGREJA DE SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>7251</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7251/indicacao-145-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7251/indicacao-145-2019.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A TROCA DE PAVIMENTAÇÃO EXISTENTE POR PAV'S NA RUA PRINCIPAL DA COMUNIDADE DE SÃO CRISTÓVÃO, NO TREVO DE PARAJÚ, ESTENDENDO-SE ATÉ O INÍCIO DA RODOVIA JOSÉ HUBER, EM SUBSTITUIÇÃO À ATUAL PAVIMENTAÇÃO DE ASFALTO, POR ESTAR EM PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO E ENCONTRAR-SE COM INÚMEROS BURACOS, PROPORCIONANDO MUITA LAMA EM PERÍODOS CHUVOSOS, BEM COMO, MUITA POEIRA EM PERÍODOS DE SECA.</t>
   </si>
   <si>
     <t>7252</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7252/indicacao-146-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7252/indicacao-146-2019.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA OS SEGUINTES REPAROS NA COMUNIDADE DE ARAGUAYA:_x000D_
 CONSERTO DE UM BURACO ABERTO, LOCALIZADO ATRÁS DA RESIDÊNCIA DO SR. LAÉRCIO LUDWIG, ONDE O ESGOTO DE TODO O BAIRRO ALAGOINHA CORRE A CÉU ABERTO, PODENDO OCASIONAR VÁRIOS TIPOS DE DOENÇA, ALÉM DE CRIANÇAS CAÍREM DENTRO DO BURACO; _x000D_
 CONSERTO DE UM ESGOTO A CÉU ABERTO, LOCALIZADO AO LADO DO ''CAMPO BOM DE BOLA'', ONDE CAVALOS QUEBRARAM O CANO QUE ESTAVA RASO. VALE RESSALTAR QUE, FAZ-SE NECESSÁRIO SUBSTITUIR OS CANOS EM BURACO MAIS FUNDO E LEVÁ-LOS MAIS ADIANTE, AMPLIANDO A EXTENSÃO DOS MESMOS. SOLICITO AINDA, LIMPEZA NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>7253</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7253/indicacao-147-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7253/indicacao-147-2019.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NAS ESCOLAS DE BOM JESUS, BEM COMO, MELHORIAS E TÉRMINO DO CALÇAMENTO PRINCIPAL DA LOCALIDADE, ALÉM DE UMA PRAÇA SAUDÁVEL.</t>
   </si>
   <si>
     <t>7254</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7254/indicacao-148-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7254/indicacao-148-2019.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE 03 (TRÊS) QUEBRA-MOLAS EM RIO FUNDO, SENDO 01 (UM) EM FRENTE À PROPRIEDADE DO FIGUEROA, 01 (UM) EM FRENTE AO BAR DO RÓBSON, E O OUTRO EM FRENTE AO CAMPO.</t>
   </si>
   <si>
     <t>7260</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7260/indicacao_149-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7260/indicacao_149-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM VIABILIZADAS EM CARÁTER DE URGÊNCIA, A DEMARCAÇÃO DE 02 VAGAS DE ESTACIONAMENTO NA RUA BELARMINO PINTO, SENDO UMA EM FRENTE A POLICLÍNICA E OUTRA UM POUCO MAIS A FRENTE, DO LADO ESQUERDO SENTIDO Á QUADRA "PAULO ANTÔNIO LORENZONI", BEM COMO, PLACAS INDICATIVAS VISANDO FACILITAR A ACESSIBILIDADE DAS AMBULÂNCIAS E DOS PACIENTES QUE RECORREM A POLICLÍNICA, EM BUSCA DE ATENDIMENTO.</t>
   </si>
   <si>
     <t>7261</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7261/indicacao_150-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7261/indicacao_150-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA MELHORIAS COMPREENDENDO CASCALHAMENTO E OUTROS QUE SE FIZEREM NECESSÁRIOS, NA "ESTRADA JOSÉ EDIVAR BUSATO", LOCALIZADA NO DISTRITO DE ARAGUAYA, COM INÍCIO ÁS MARGENS DA RODOVIA FRANCISCO STOCKL, KM 8,7, ADENTRANDO O CONDOMÍNIO RECANTO DOS PÁSSAROS, E TÉRMINO NA PROPRIEDADE DO SR. ARNALDO LUBE, TENDO EM VISTA O PÉSSIMO ESTADO DE CONSERVAÇÃO DA REFERIDA ESTRADA.</t>
   </si>
   <si>
     <t>7255</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7255/indicacao-151-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7255/indicacao-151-2019.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE UM DEPÓSITO DE COLETA DE LIXO PARA A COMUNIDADE DA CABOCLA, POIS A CASINHA EXISTENTE FOI RETIRADA, DEVIDO SUAS PÉSSIMAS CONDIÇÕES DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>7256</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7256/indicacao-152-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7256/indicacao-152-2019.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE, INFELIZMENTE, A NOSSA MUNICIPALIDADE TEM REGISTRADO AUMENTO NOS ÍNDICES DE VIOLÊNCIA, ROUBOS E TRÁFICOS DE DROGAS, SOLICITO QUE SEJA IMPLANTADO UM SISTEMA DE SEGURANÇA COMPLETO NO MUNICÍPIO, POR MEIO DE UM PROJETO QUE CONTEMPLE A INSTALAÇÃO DE CÂMERAS, GRAVADORES SOFTWARE DE PONTA PARA MONITORAR RUAS, AVENIDAS E DIVERSOS LOCAIS PÚBLICOS DA REGIÃO, VISANDO AUXILIAR AS ATIVIDADES POLICIAS NO MONITORAMENTO, PREFERENCIALMENTE, QUE SEJAM INSTALADAS EM POSTES PREDETERMINADOS PARA COBRIR TODO O ACESSO À CIDADE DE MARECHAL FLORIANO. ISTO É, QUE OS PONTOS SELECIONADOS PARA O MONITORAMENTO CONTEMPLEM LUGARES PÚBLICOS COMO PRAÇAS, ESCOLAS, COMÉRCIOS, RODOVIÁRIA, BEM COMO ACESSOS ÀS CIDADES VIZINHAS.</t>
   </si>
   <si>
     <t>7262</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7262/indicacao_153-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7262/indicacao_153-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, A TROCA DO MANILHAMENTO PLUVIAL, LOCALIZADO EM ARAGUAYA, QUE TEM INÍCIO NA RUA ZAMBOM E TÉRMINO NA PROPRIEDADE DO SR. AGOSTINHO SANTOS, PASSANDO PELAS PROPRIEDADES DAS FAMÍLIAS LUDWIG, MALINI, SRA. ROGÉRIA GUIMARÃES, BEM COMO DA FAMÍLIA PREST.</t>
   </si>
   <si>
     <t>7263</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7263/indicacao_154-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7263/indicacao_154-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE O PODER EXECUTIVO MUNICIPAL ANALISE A VIABILIDADE E A LEGALIDADE DE CONCEDER ABONO AOS SEUS SERVIDORES, NESTE FIM DE ANO.</t>
   </si>
   <si>
     <t>7264</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7264/indicacao_155-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7264/indicacao_155-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA VILA SHUNCK, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES DA REFERIDA LOCALIDADE.</t>
   </si>
   <si>
     <t>7265</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7265/indicacao_156-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7265/indicacao_156-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A PAVIMENTAÇÃO DO BECO LOCALIZADO APÓS O BAR DO LUIZ PAULO, SENDO TÉRMINO NA PAVIMENTAÇÃO AO LADO DA RESIDÊNCIA DO SR. NILTON BUENO.</t>
   </si>
   <si>
     <t>7266</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7266/indicacao_157-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7266/indicacao_157-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AQUISIÇÃO DE EQUIPAMENTOS PARA O DESENVOLVIMENTO DA CASA DO MEL, LOCALIZADA NA COMUNIDADE DE BOA ESPERANÇA, CONFORME SEGUE ORÇAMENTO EM ANEXO.</t>
   </si>
   <si>
     <t>7267</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7267/indicacao_158-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7267/indicacao_158-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A PAVIMENTAÇÃO DAS SEGUINTES RUAS LOCALIZADAS NO MORRO DA MACEFEL:_x000D_
 - RUA JOSÉ LOVATTI;_x000D_
 - RUA JOSÉ CÂNDIDO DA SILVEIRA;_x000D_
 - RUA CECÍLIA PITANGA QUE FALTA A PAVIMENTAÇÃO NO FINAL DA MESMA, NA SUBIDA DA CAIXA D'ÁGUA.</t>
   </si>
   <si>
     <t>7268</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7268/indicacao_159-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7268/indicacao_159-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NO TREVO DE PARAJÚ, CONTEMPLANDO TODO TRECHO DA ÁREA COMERCIAL, LOCALIZADO NA RUA LATERAL À BR 262, POR ESTAR EM PRECÁRIAS CONDIÇÕES DE TRAFEGABILIDADE, COM INÚMEROS BURACOS, PROPORCIONANDO MUITA LAMA EM PERÍODOS CHUVOSOS E MUITA POEIRA EM PERÍODOS DE SECA.</t>
   </si>
   <si>
     <t>7269</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7269/indicacao_160-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7269/indicacao_160-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO, DENTRO DAS POSSIBILIDADES E LEGALIDADE, VIABILIZAR A DEVOLUÇÃO DE RECURSOS AO PODER EXECUTIVO MUNICIPAL, VISANDO À AQUISIÇÃO DE UMA NOVA BOMBA D'ÁGUA, COM MAIOR CAPACIDADE, PARA ATENDER A COMUNIDADE DO TREVO DE PARAJÚ, JÁ QUE, A EXISTENTE PARA TAL FIM, NÃO ATENDE MAIS A DEMANDA LOCAL.</t>
   </si>
   <si>
     <t>7270</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7270/indicacao_161-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7270/indicacao_161-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UM ESTUDO E AVALIAÇÃO, VISANDO IMPLEMENTAR MELHORIAS INERENTES AO TRATAMENTO, ABASTECIMENTO E/OU DISTRIBUIÇÃO DE ÁGUA, DA COMUNIDADE BETINHO SIMON, LOCALIZADA NO TREVO DE PARAJÚ, QUE ATUALMENTE É DE COMPETÊNCIA DO PRÓ-ÁGUA E INEFICIENTE, HAJA VISTA QUE, A POPULAÇÃO LOCAL AUMENTOU E O MENCIONADO SISTEMA NÃO COMPORTA MAIS A DEMANDA.</t>
   </si>
   <si>
     <t>7271</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7271/indicacao_162-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7271/indicacao_162-19.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM PAVIMENTADAS TODAS AS RUAS DA VILA DOS IPÊS, LOCALIZADA EM SANTA MARIA, QUE AINDA NÃO FORAM CONTEMPLADAS COM TAIS MELHORIAS.</t>
   </si>
   <si>
     <t>7272</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7272/indicacao_163-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7272/indicacao_163-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA COMUNIDADE VALE DAS MONTANHAS, COM ENTRADA LOCALIZADA NO KM 54,5 DA BR 262, SENTIDO VITÓRIA/BELO HORIZONTE, PRÓXIMO A RESIDÊNCIA DE DONA DEJA, TENDO INÍCIO NA RESIDÊNCIA DO SR. VANDERLEI KLIPPEL, POPULARMENTE CONHECIDO COMO TUCA KLIPPEL E TÉRMINO NA RESIDÊNCIA DA SRª LEIR CRETON BERNARDO LITTIG.</t>
   </si>
   <si>
     <t>7273</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7273/indicacao_164-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7273/indicacao_164-19.pdf</t>
   </si>
   <si>
     <t>QUE O PREFEITO MUNICIPAL CACAU LORENZONI ENCAMINHE A ESTA CASA DE LEIS UM PROJETO DE LEIS QUE DISPÕE SOBRE A AUTORIZAÇÃO PARA LEILOAR O CAMINHÃO MERCEDES "MELOSA", QUE ENCONTRA-SE ATUALMENTE SEM SERVENTIA PARA A MUNICIPALIDADE E QUE O VALOR ARRECADADO COM A VENDA DESTE PATRIMÔNIO SEJA JUNTADO COM A VENDA R$ 70,000.00 ACIMA MENCIONADO, PROPORCIONANDO A AQUISIÇÃO DE AMBULÂNCIAS PARA A SECRETARIA DE SAÚDE.</t>
   </si>
   <si>
     <t>7282</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7282/indicacao_165-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7282/indicacao_165-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA RUA DELIMAR SHUNCK, COMPREENDENDO O RECAPEAMENTO DO ASFALTO EM TODA SUA EXTENSÃO, TÉRMINO DAS CALÇADAS NO FINAL DA RUA, BEM COMO, DO PARQUINHO LOCALIZADO NO VIRADOURO.</t>
   </si>
   <si>
     <t>7283</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7283/indicacao_166-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7283/indicacao_166-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR O MAIS BREVE POSSÍVEL, SERVIÇO DE LIMPEZA DOS BUEIROS EXISTENTES EM TODO ÂMBITO DO MUNICÍPIO, BEM COMO, DEDETIZAÇÃO DOS MESMOS, NOS ESGOTOS, NAS GALERIAS E NAS MARGENS DOS CÓRREGOS E RIO, VISANDO A ERRADICAÇÃO DE RATOS E BARATAS.</t>
   </si>
   <si>
     <t>7284</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7284/indicacao_167-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7284/indicacao_167-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, MELHORIAS NA RUA JOÃO MERÍSIO, INCLUSIVE, PROVIDÊNCIAS NO QUE TANGE A ABERTURA LATERAL, VISANDO À CAPTAÇÃO DAS ÁGUAS PLUVIAIS, QUE ENCONTRA-SE EM PRECÁRIAS CONDIÇÕES, DE FATO, NECESSITANDO DE REPAROS POR ESTAR PROPORCIONANDO RISCOS AOS TRANSEUNTES LOCAIS.</t>
   </si>
   <si>
     <t>7285</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7285/indicacao_168-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7285/indicacao_168-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE REFORMA E REPAROS DAS ESCOLAS MUNICIPAIS, NO ÂMBITO PERÍODO DAS FÉRIAS.</t>
   </si>
   <si>
     <t>7286</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7286/indicacao_169-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7286/indicacao_169-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO EM TODA AS RUAS DA VILA DOS IPÊS._x000D_
 REALIZAR O PLANTIO DE IPÊS EM TODAS AS RUAS E NA PRAÇA DA COMUNIDADE._x000D_
 INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NAS RUAS ONDE AINDA NÃO POSSUEM ESTE SERVIÇO E MANUTENÇÃO DOS POSTES EXISTENTES QUE ESTÃO COM LÂMPADAS QUEIMADAS._x000D_
 CONSTRUÇÃO DE UM ABRIGO DE ÔNIBUS PARA AS CRIANÇAS DA COMUNIDADE NA RUA PRINCIPAL NA VILA DOS IPÊS._x000D_
 REALIZAR SERVIÇO DE LIMPEZA DOS TERRENOS BALDIOS QUE ESTÃO ACUMULANDO LIXO E ÁGUA PARADA.</t>
   </si>
   <si>
     <t>7287</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7287/indicacao_170-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7287/indicacao_170-19.pdf</t>
   </si>
   <si>
     <t>CONCERTO DO CALÇAMENTO EXISTENTE NA ENTRADA DA RUA LAURA LITTIG, ANTES DA CASA DO CABRAL.</t>
   </si>
   <si>
     <t>7288</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7288/indicacao_171-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7288/indicacao_171-19.pdf</t>
   </si>
   <si>
     <t>SOLICITO A PROCURADORIA DO PODER EXECUTIVO PARA INTERVIR JUNTO AOS PROPRIETÁRIOS DAS REPRESAS DO MUNICÍPIO, NO SENTIDO DE COIBIR A PERMANÊNCIA DAS MESMAS, PRÓXIMO AO PERÍMETRO URBANO DE TODAS AS ÁREAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7293</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7293/ind-172-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7293/ind-172-2019.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR, EM CARÁTER DE URGÊNCIA, O CONSERTO DE UM ESGOTO LOCALIZADO NO MORRO DA MACEFEL QUE ESTÁ CAINDO NA RUA, PRÓXIMO À RESIDÊNCIA DO SR. CAETANO ROBERTO DELPUPPO, DE FATO, NECESSITANDO DE REPAROS POR ESTAR PROPORCIONADO INÚMEROS TRANSTORNOS AOS MORADORES; PODENDO, AINDA, OCASIONAR VÁRIAS DOENÇAS E PROLIFERAÇÃO DE MOSQUITOS.</t>
   </si>
   <si>
     <t>7294</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7294/ind-173-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7294/ind-173-2019.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR PROVIDÊNCIAS QUANTO AO TRÂNSITO DO CENTRO DE MARECHAL FLORIANO, VIABILIZANDO ESTACIONAMENTO ROTATIVO EM HORÁRIO COMERCIAL NAS SEGUINTES RUAS: HELENA SANTA CLARA EFFGEN, WALDEMAR MÊES, BELARMINO PINTO, DR. ARTHUR GERHARDT, BEM COMO EM TODA A EXTENSÃO DA AVENIDA PRESIDENTE KENNEDY, SENDO OS MORADORES DAS REFERIDAS VIAS, CADASTRADOS COM OS SEUS VEÍCULOS, VISANDO À ISENÇÃO DE PAGAMENTO DO ESTACIONAMENTO, SOMENTE NA VIA QUE ELE RESIDE.</t>
   </si>
   <si>
     <t>7295</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7295/ind-174-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7295/ind-174-2019.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR A RETIRADA DO CALÇAMENTO ATUAL SUBSTITUINDO POR PVS NAS RUAS ALVINO WASSEN E MARIA TRABACH BOTELHO;_x000D_
 VIABILIZAR O CONSERTO  DO CALÇAMENTO DA RUA QUINTA DOS LAGOS, ACERTANDO OS PONTOS QUE AFUNDARAM E OUTROS PONTOS QUE ESTÃO COM PROBLEMAS POR FALTA DE ALGUMAS PARTES DO CALÇAMENTO. ESTES TRANSTORNOS OCORRERAM APÓS AS FORTES CHUVAS QUE ATINGIRAM NOSSO MUNICÍPIO NO MÊS DE NOVEMBRO.</t>
   </si>
   <si>
     <t>7296</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7296/ind-175-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7296/ind-175-2019.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO ESTUDO VIABILIZANDO A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PARCERIA COM A DEFESA CIVIL E CORPO DE BOMBEIROS PARA A RETIRADA DE TODAS AS ÁRVORES QUE ESTÃO CORRENDO O RISCO DE CAIR NO TRAJETO QUE TEM INICIO PRÓXIMO AO CEMITÉRIO DA CAPELA MORTUÁRIA ATÉ O POSTO DE SAÚDE DO BAIRRO SANTA RITA E NA RUA QUINTA DOS LAGOS.</t>
   </si>
   <si>
     <t>7297</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7297/ind-176-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7297/ind-176-2019.pdf</t>
   </si>
   <si>
     <t>REQUER CONSTRUÇÃO DE UM MURO DE ARRIMO NO MORRO DA MACEFEL, VISANDO A CONTENÇÃO DO BARRANCO E QUE SEJA VIABILIZADA A PASSAGEM DE DOIS VEÍCULOS SIMULTANEAMENTE NESTE LOCAL.</t>
   </si>
   <si>
     <t>7298</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7298/ind-177-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7298/ind-177-2019.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DOS SERVIÇOS DE CALÇAMENTO OU PAVIMENTAÇÃO ASFÁLTICA NAS RUAS QUE OFERECEM ACESSO AOS MUNÍCIPES RESIDENTES NO CONDOMÍNIO SERRA VERDE, LOCALIZADO PARALELO A BR-262, POIS DEVIDO A DECLIVIDADE DESTAS RUAS, SERIA DE SUMA IMPORTÂNCIA A REALIZAÇÃO DESTES SERVIÇOS.</t>
   </si>
   <si>
     <t>7299</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7299/ind-178-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7299/ind-178-2019.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJA CRIADA NOS LOGRADOUROS DE NOSSA CIDADE MAIS VAGAS DE ESTACIONAMENTO PARA IDOSOS E PESSOAS COM DEFICIÊNCIA, ONDE AS VAGAS RESERVADAS FACILITAM O DIA A DIA DAS PESSOAS IDOSAS.</t>
   </si>
   <si>
     <t>7337</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7337/indicacao_179-19_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7337/indicacao_179-19_1.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR, EM CARÁTER DE URGÊNCIA, A REDE DE ESGOTO NO BAIRRO NOSSA SENHORA DA PENHA, BEM COMO, SERVIÇO DE LIMPEZA DE FOSSA DA RESIDÊNCIA DA SRA. MARFIZA, QUE ESTÁ TRANSBORDANDO E VAZANDO ATÉ A RUA, TENDO COMO AGRAVANTE A EXISTÊNCIA DE NASCENTES NO QUINTAL AO LADO E, POR ISSO, A CADA VEZ QUE ESVAZIA A FOSSA, EM MENOS DE UMA SEMANA JÁ ENCHE NOVAMENTE, PROPORCIONANDO AOS MUNÍCIPES LOCAIS GRANDES TRANSTORNOS, DENTRO OS QUAIS, FORTE ODOR, ALÉM DA PROLIFERAÇÃO E APARECIMENTO DE INSETOS E MOSCAS, MOSQUITOS E OUTROS, PROPICIANDO MAL ESTAR E DESCONFORTO.</t>
   </si>
   <si>
     <t>7319</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7319/indicacao_180-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7319/indicacao_180-19.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA VILA SCHUNK, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES DA REFERIDA LOCALIDADE.</t>
   </si>
   <si>
     <t>7320</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7320/indicacao_181-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7320/indicacao_181-19.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA ESTRADA QUE DÁ ACESSO AO SHOW HAUS E AO BAIRRO NOSSA SENHORA DA PENHA, ESTENDENDO-SE ATÉ A DIVISA, SENDO ESTE UM PEDIDO CONSTANTE DE MORADORES LOCAIS E ADJACENTES, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES DA REFERIDA LOCALIDADE, BENEFICIANDO AINDA, DEMAIS PESSOAS QUE FAZEM TAL TRAJETO, VISTO QUE , TRATA-SE DE VIA DE ACESSO PARA DIVERSOS LUGARES.</t>
   </si>
   <si>
     <t>7338</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7338/indicacao_182-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7338/indicacao_182-2019.pdf</t>
   </si>
   <si>
     <t>QUE REQUER MELHORIAS NO QUE TANGE À ILUMINAÇÃO PÚBLICA DA RUA IDA PINTO SCHNEIDER, QUE SE INICIA PARALELAMENTE À RUA ALCEMIR KIEFER, NO BAIRRO JARBINHAS.</t>
   </si>
   <si>
     <t>7321</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR O ENCAMINHAMENTO DO MAQUINÁRIO DA SECRETÁRIA MUNICIPAL DE INTERIOR E TRANSPORTES DA COMUNIDADE DE ALTO NOVA ALMEIDA, VISANDO REALIZAR MELHORIAS, NO SENTIDO DE AMENIZAR OS PREJUÍZOS CONTABILIZADOS, PROVENIENTES NO PERÍODO DE CHUVAS NA REGIÃO.</t>
   </si>
   <si>
     <t>7322</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7322/indicacao_184-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7322/indicacao_184-19.pdf</t>
   </si>
   <si>
     <t>SUGIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, VIABILIZE O MAIS BREVE POSSÍVEL, UM PROJETO DE LEI QUE CONTEMPLE O REFLORESTAMENTO DA SEDE DO MUNICÍPIO, COM UMA ESPÉCIE ADEQUADA PARA SOMBREAR A CIDADE, E O ENCAMINHE A ESTA CASA DE LEIS, VISANDO À SUA APRECIAÇÃO E APROVAÇÃO.</t>
   </si>
   <si>
     <t>7323</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7323/indicacao_185-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7323/indicacao_185-19.pdf</t>
   </si>
   <si>
     <t>QUE REQUER CONSTRUÇÃO DE BANHEIROS UNISSEX NA PRAÇA ANTONIO MARTINS DE NADAI, RECÉM FORMADA NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>7324</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7324/indicacao_186-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7324/indicacao_186-19.pdf</t>
   </si>
   <si>
     <t>QUE REQUER RECAPEAMENTO ASFÁLTICO OU INSTALAÇÃO DE CALÇAMENTO COM PAV'S PARA A RUA THIERES VELOSO, COM INÍCIO NAS PROXIMIDADES DA EMPRESA MACEFEL ATÉ O FINAL DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>7325</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7325/indicacao_187-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7325/indicacao_187-19.pdf</t>
   </si>
   <si>
     <t>QUE INDICA AO PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE CALÇAMENTOS COM PAV'S OU PAVIMENTAÇÃO ASFÁLTICA DAS RUAS LOCALIZADAS NA VILA SCHUNK, EM MARECHAL FLORIANO, BEM COMO A REALIZAÇÃO DE MELHORIAS OU CONSTRUÇÃO DE UM NOVO POÇO ARTESIANO, PARA ATENDER A TODOS OS MORADORES DA COMUNIDADE.</t>
   </si>
   <si>
     <t>6287</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6287/mocao_001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6287/mocao_001.pdf</t>
   </si>
   <si>
     <t>Solicitamos à Mesa Diretora, que, após ouvir o Plenário desta Casa Legislativa, e, dispensadas as demais formalidades regimentais, seja encaminhada nossa mais profunda Moção de Pesar aos familiares do jovem Thadeu Bianchi dos Santos, em face do seu falecimento ocorrido no dia 09 do corrente mês, aos 20 anos, deixando familiares, amigos e conhecidos, profundamente enlutados.</t>
   </si>
   <si>
     <t>8222</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8222/353.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8222/353.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, TODOS OS PROFISSIONAIS DA REDE MUNICIPAL DE EDUCAÇÃO DE MARECHAL FLORIANO, EM FACE  AOS RELEVANTES SERVIÇOS EDUCACIONAIS PRETADOS A MUNICIPALIDADE,  PRINCIPALMENTE NO QUE TANGE AO ENSINO DE QUALIDADE MINISTRADO AOS NOSSOS ESTUDANTES.</t>
   </si>
   <si>
     <t>6905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6905/mocao_03-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6905/mocao_03-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AOS PROFISSIONAIS DA ENFERMAGEM.</t>
   </si>
   <si>
     <t>6906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6906/mocao_04-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6906/mocao_04-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO TENDO COMO DISTINÇÃO OS FAMILIARES DO SENHOR NICOLAU KROHLING (IN MEMORIAM).</t>
   </si>
   <si>
     <t>6907</t>
   </si>
   <si>
     <t>PLENÁRIO 2019/2020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6907/mocao_05-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6907/mocao_05-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ILUSTRÍSSIMA SENHORA LUCIENIS MARIA DA CONCEIÇÃO STEIN, DIRETORA DA EMEF "VICTOR HUGO", ENTENDENDO-SE A TODA EQUIPE PEDAGÓGICA E DEMAIS SERVIDORES.</t>
   </si>
   <si>
     <t>6928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6928/mocao_06-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6928/mocao_06-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES AO SR. GERALDO CAPELINE, FACE DE SUA HISTÓRIA COMO SERVIDOR PÚBLICO NO DETRAN-ES.</t>
   </si>
   <si>
     <t>7076</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7076/mocao_07-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7076/mocao_07-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AOS EXCELENTÍSSIMOS SENHORES JOÃO CARLOS LORENZONI E ANTÔNIO CARLOS MALINI, PELAS RELEVANTES MELHORIAS REALIZADAS NO CEMITÉRIO MUNICIPAL RECANTO DA PAZ.</t>
   </si>
   <si>
     <t>7105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7105/mocao_08-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7105/mocao_08-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO A ILMA SRA. ARLETE NOVAES MORAES SILVA, SECRETÁRIA MUNICIPAL DE EDUCAÇÃO E ESPORTES, em face do excelente desempenho à frente da referida Secretaria em especial, pela louvável iniciativa de promover, em parceria com a Máxima eventos, a I JORNADA PEDAGÓGICA MÁXIMA.</t>
   </si>
   <si>
     <t>7164</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dodô Krohling, ÉDIA KLIPPEL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7164/mocao_09-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7164/mocao_09-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO ATLETA FLORIANENSE GABRIEL GOBBI, EM FACE DA CONQUISTA DE BRONZE EM UM COMPETIÇÃO INTERNACIONAL, REALIZADA EM EVENTO  ESPORTIVO NO CHILE, NOS DIAS 13 A 15 DO CORRENTE MÊS, DENOMINADO DE "CHILE OPEN DE TAEKWONDO".</t>
   </si>
   <si>
     <t>7165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7165/mocao_10-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7165/mocao_10-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO TENDO COMO DISTINÇÃO, A ESCRITORA FLORIANENSE GIOVANA CRISTINA SCHNEIDER, EM FACE AO LANÇAMENTO DE SEU LIVRO NA BIENAL DO RIO DE JANEIRO (RIOCENTRO E STAND DA DRAGO EDITORIAL), REALIZADA ENTRE OS DIAS 30 DE AGOSTO E 8 DE SETEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>7188</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7188/mocao_11-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7188/mocao_11-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SR. EDMAR JOSÉ BARBOZA, EM FACE AO SEU NOVO EMPREENDIMENTO CONTRIBUINDO EM PROL DO CRESCIMENTO ECONÔMICO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7189/mocao_12-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7189/mocao_12-19.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. ALCINO OLEGÁRIO DINIZ NETO, EM FACE DE SEU FALECIMENTO OCORRIDO NO DIA 21 DESTE DECORRIDO MÊS, AOS 65 ANOS,  VÍTIMA DE UM ACIDENTE AUTOMOBILÍSTICO.</t>
   </si>
   <si>
     <t>7213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7213/mocao_13-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7213/mocao_13-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO , TENDO COMO DISTINÇÃO O ALUNO DA 2ª SÉRIE DO ENSINO MÉDIO, DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO EMÍLIO OSCAR HULLE, RIQUELME BATISTA PEREIRA, POR TER SIDO SELECIONADO PARA O "PARLAMENTO JOVEM BRASILEIRO".</t>
   </si>
   <si>
     <t>7214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7214/mocao_14-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7214/mocao_14-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ILUSTRÍSSIMA SENHORA IRACI KLIPPEL, PELO EXCELENTE TRABALHO PRESTADO A FRENTE DA ASSESSORIA DE GABINETE DA SECRETARIA MUNICIPAL DE SAÚDE, DESDE FEVEREIRO DE 2017.</t>
   </si>
   <si>
     <t>7215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7215/mocao_15-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7215/mocao_15-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ILUSTRÍSSIMA SENHORA ELOISA SOUZA SANTOS, INTÉRPRETE DE LIBRAS E PROFESSORA DE BRAILE, ATUALMENTE ATUANDO NO ATENDIMENTO EDUCACIONAL ESPECIALIZADO, VOLTADO A ALUNOS COM DEFICIÊNCIA INTELECTUAL E AUTISTAS, NA "ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO EMÍLIO OSCAR HULLE".</t>
   </si>
   <si>
     <t>7257</t>
   </si>
   <si>
     <t>DIONY STEIN, Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7257/mocao-016-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7257/mocao-016-2019.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS JOVENS JOGADORES DE MARECHAL FLORIANO, DAS CATEGORIAS SUB 10 E SUB 14 DE FUTEBOL DE SALÃO, EM FACE DA CONQUISTA DO TORNEIO INTERESTADUAL DE FUTEBOL DE SALÃO 2019.</t>
   </si>
   <si>
     <t>7258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7258/mocao-017-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7258/mocao-017-2019.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO ''DIA DA REFORMA LUTERANA'', COMEMORADO, ANUALMENTE, EM 31 DE OUTUBRO.</t>
   </si>
   <si>
     <t>7300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7300/mocao-018-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7300/mocao-018-2019.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ALUNOS DO CURSO TÉCNICO EM AGROPECUÁRIA DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO ''VICTÓRIO BRAVIM'', E TODOS OS PROFESSORES ENVOLVIDOS, EM FACE AOS EXCELENTES RESULTADOS OBTIDOS NESSE CURSO, ESTENDENDO-SE À DIRETORA DA MENCIONADA UNIDADE ESCOLAR, SRA. LIANE MARIA BRAVIM CATELAN.</t>
   </si>
   <si>
     <t>7301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7301/mocao-019-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7301/mocao-019-2019.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ILUSTRES SRS. EDMAR BUSATO E GABRIEL KROHLING, QUE VÊM SE DESTACANDO COMO PRODUTORES RURAIS DE SUCESSO DE CAFÉ, INTITULADO ''15º PRÊMIO REALCAFÉ/UCC GROUP DE QUALIDADE'', NO QUAL OS SRS. EDMAR BUSATO E GABRIEL KROHLING CHEGARAM À FINAL.</t>
   </si>
   <si>
     <t>7335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7335/mocao_20-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7335/mocao_20-19.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTOS, TENDO COMO DISTINÇÃO A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO E ESPORTES, EXTENSIVO A TODOS OS DISCENTES E DOCENTES ENVOLVIDOS NA OFMAT, PELO EXCELENTE DESEMPENHO DOS ALUNOS DESTA MUNICIPALIDADE NA OLIMPÍADA FLORIANENSE DE MATEMÁTICA (OFMAT), EM FACE À EXCELENTE CONDUÇÃO DOS TRABALHOS DESENVOLVIDOS À FRENTE DA ''V OLIMPÍADA FLORIANENSE DE MATEMÁTICA''...</t>
   </si>
   <si>
     <t>8225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8225/1525.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8225/1525.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A SECRETARIA MUNICIPAL  DE CULTURA E TURISMO, ILMA. SRA. GORETTI GERARDT, EXTENSIVO A TODA EQUIPE QUE ATUOU NA ORGANIZAÇÃO DO BRILHO DE NATAL DE ARAGUAYA, TRABALHANDO INCASAVELMENTE, PARA QUE O EVENTO FOSSE UM SUCESSO.</t>
   </si>
   <si>
     <t>6288</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6288/parecer_favoravel_001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6288/parecer_favoravel_001.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO TOTAL proposto pelo chefe do poder executivo relativo ao AUTOGRAFO Nº. 076/2018 REFERENTE AO PROJETO DE LEI Nº. 089/2018 "INSTITUI NO AMBIO DO MUNICÍPIO DE MARECHAL FLORIANO O PROGRAMA MUNICIPAL DE REFLORESTAMENTO E DA OUTRAS PROVENIÊNCIAS".</t>
   </si>
   <si>
     <t>6289</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6289/parecer_favoravel_002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6289/parecer_favoravel_002.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO TOTAL proposto pelo chefe do poder executivo relativo ao  AUTOGRAFO Nº. 086/2018 REFERENTE AO PROJETO DE LEI Nº.099/2018 "DISPÕE SOBRE A INCLUSÃO NO PORTAL DA TRANSPARÊNCIA, ATRAVÉS DO SITE DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO/ES, AS INFORMAÇÕES SOBRE O ANDAMENTO DAS OBRAS REALIZADAS POR ELA."</t>
   </si>
   <si>
     <t>7902</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7902/doc_mar_18_2021_12.14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7902/doc_mar_18_2021_12.14.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 010/2019 DE AUTORIA DO PODER EXECUTIVO QUE "CRIA O CARGO DE AGENTE DE CUIDADOR SOCIAL NO AMBITO DESTA ADMINISTRAÇÃO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>7901</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7901/doc_mar_18_2021_12.15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7901/doc_mar_18_2021_12.15.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 011/2019 DE AUTORIA DO PODER EXECUTIVO QUE "CRIA CARGO DE ASSESSOR DA CASA DE CONSELHOS E ASSESSOR DO BOLSA FAMÍLIA DA SECRETARIA MUNICIPAL DE ASSISTENCIA SOCIAL".</t>
   </si>
   <si>
     <t>6290</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6290/parecer_favoravel_005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6290/parecer_favoravel_005.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 003/2019 de autoria do poder executivo que "DISPENSA A COBRANÇA JUDICIAL DE DÉBITOS COM A FAZENDA PUBLICA MUNICIPAL NOS CASOS QUE ESPECIFICA E DA OUTRAS PROVENIÊNCIAS".</t>
   </si>
   <si>
     <t>6291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6291/parecer_favoravel_006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6291/parecer_favoravel_006.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 004/2019 de autoria do poder executivo que "DETERMINA A REVISÃO E O CANCELAMENTO DE CRÉDITOS TRIBUTÁRIOS INSCRITO OU NÃO EM DIVIDA ATIVAS NOS CASOS QUE ESPECIFICA E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>6292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6292/parecer_favoravel_007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6292/parecer_favoravel_007.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº.005/2019 de autoria do vereador Cezar Tadeu Ronchi Junior que "DENOMINA DE BAIRRO MIGUEL SOUZA, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO."</t>
   </si>
   <si>
     <t>6293</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6293/parecer_favoravel_008.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6293/parecer_favoravel_008.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 006/2019 de autoria de vereador Cezar Tadeu Ronchi Junior que "INSTITUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O ANIVERSARIO DE INSTALAÇÃO DA CÂMARA MUNICIPAL."</t>
   </si>
   <si>
     <t>6294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6294/parecer_favoravel_009.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6294/parecer_favoravel_009.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 007/2019 de autoria do vereador Felipe Hulle Delpuppo que "INSTITUI NO AMBIO DO MUNICÍPIO DE MARECHAL FLORIANO/ES O MÊS DE JULHO AMARELO DE COMBATE AS HEPATITES VIRAIS E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>6295</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6295/parecer_favoravel_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6295/parecer_favoravel_010.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 008/2019 de autoria do vereador Ubaldino Saraiva que "DISPÕE SOBRE A PROIBIÇÃO DO FORTE DE FORNECIMENTO DE ÁGUA, ENERGIA ELÉTRICA E INTERNET AS UNIDADES CONSUMIDORAS INADIMPLENTES NOS FERIADOS E FINAIS DE SEMANA, NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>6297</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6297/parecer_favoravel_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6297/parecer_favoravel_011.pdf</t>
   </si>
   <si>
     <t>6298</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6298/parecer_favoravel_013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6298/parecer_favoravel_013.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 009/2019 de autoria do poder executivo que "DISPÕE SOBRE A CRIAÇÃO DO CARGO DE CHEFE DE SERVIÇOS E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>6299</t>
   </si>
   <si>
     <t>CECT - COMISSÃO DE ESPORTE, CULTURA E TURISMO, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6299/parecer_favoravel_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6299/parecer_favoravel_014.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 012/2019 de autoria do poder executivo que "DISPÕE SOBRE A CRIANÇÃO DO PLANO MUNICIPAL DE CULTURA DO MUNICÍPIO DE MARECHAL FLORIANO-PMC/MF".</t>
   </si>
   <si>
     <t>6300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6300/parecer_favoravel_015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6300/parecer_favoravel_015.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 015/2019 de autoria do vereador Ubaldino Saraiva que "INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A POLITICA MUNICIPAL DE PRODUÇÃO AGROECOLÓGICA E ORGÂNICA".</t>
   </si>
   <si>
     <t>6301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6301/parecer_favoravel_016.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6301/parecer_favoravel_016.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº. 015/2019 de autoria do vereador Ubaldino Saraiva que "INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES , A POLITICA MUNICIPAL DE PRODUÇÃO AGROECOLÓGICA E ORGÂNICA".</t>
   </si>
   <si>
     <t>6363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6363/parecer_favoravel_no_017-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6363/parecer_favoravel_no_017-19.pdf</t>
   </si>
   <si>
     <t>Relativo AO PROJETO DE LEI Nº 026/2019 de autoria do Poder Executivo que "AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>7903</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7903/doc_mar_18_2021_12.16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7903/doc_mar_18_2021_12.16.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI ° 017/2019 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JÚNIOR  QUE "DENOMINA DE BAIRRO JEQUITIBÁ, LOCALIZADO NA RODOVIA JOSÉ HUBER, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6364</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6364/parecer_favoravel_no_019-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6364/parecer_favoravel_no_019-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 018/2019 de autoria do vereador Diony Nicolau Zequini Stein que "DISPÕE SOBRE OBRIGATORIEDADE DOS ESTABELECIMENTOS DE ENSINO PÚBLICO E PRIVADO, SITUADOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES DE REALIZAR, ANUALMENTE TREINAMENTOS DE SIMULAÇÃO DE EVACUAÇÃO DE EMERGÊNCIA, PARA O ABANDONO DA ÁREA"</t>
   </si>
   <si>
     <t>6365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6365/parecer_favoravel_no_020-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6365/parecer_favoravel_no_020-19.pdf</t>
   </si>
   <si>
     <t>Relativa ao PROJETO DE LEI Nº 019/2019 de autoria do vereador Felipe Hulle Delppupo que "INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA CIENTÍFICA, TECNOLÓGICA E DE INOVAÇÃO NA REDE PUBLICA MUNICIPAL E DISPÕE SOBRE A SUA REALIZAÇÃO".</t>
   </si>
   <si>
     <t>6366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6366/parecer_favoravel_no_021-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6366/parecer_favoravel_no_021-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 020/2019 de autoria do vereador Felipe Hulle Delppupo que "INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA DE CAMPANHA MUNICIPAL DE CONSCIENTIZAÇÃO E COMBATE AO FEMINICÍDIO E VIOLÊNCIA CONTRA MULHER E DISPÕE SOBRE SUA REALIZAÇÃO".</t>
   </si>
   <si>
     <t>7900</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7900/doc_mar_18_2021_12.18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7900/doc_mar_18_2021_12.18.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 023/2019 DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK QUE "DISOPE SOBRE A EMISSAO DE RUÍDOS SONOROS PROVENIENTS  DE ESCAPAMENTOS DE VEÍCULOS AUTOMOTORES, IMPÕE PENALIDADES E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>7899</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7899/doc_mar_18_2021_12.24.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7899/doc_mar_18_2021_12.24.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DEE LEI N° 021/2019 DE AUTORIA DO VEREADOR UBALDINO SARAIVA QUE INSTITUI O PROGRAMA MUNICIPAL DO ARTESANATO FLORIANENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7895</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7895/doc_mar_18_2021_12.26.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7895/doc_mar_18_2021_12.26.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 022/2019 DE AUTORIA DO VEREADOR UBALDINO SARAIVA QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, PROGRAMA  DE INCENTIVO AO DESENVOLVIMENTO DO AGROTURISMO.</t>
   </si>
   <si>
     <t>7897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7897/doc_mar_18_2021_12.27.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7897/doc_mar_18_2021_12.27.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 024/2019 DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI QUE "DISPOE SOBRE O REPOVOAMENTO DE PEIXES NO RIO JUCU E SEUS AFLUENTES NO AMBITO DO MUNICIPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6368/parecer_favoravel_no_026-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6368/parecer_favoravel_no_026-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 028/2019 de autoria do vereador Felipe Hulle Delppupo que, "DENOMINA DE JOSÉ JOAQUIM STEIN, A CANCHA DE BOCHA LOCALIZADA ATRÁS DO CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA FILHO, NESTE MUNICÍPIO."</t>
   </si>
   <si>
     <t>6369</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6369/parecer_favoravel_no_027-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6369/parecer_favoravel_no_027-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 029/2019 de autoria do vereador Felipe Hulle Delpuppo que, "DISPÕE SOBRE O FORNECIMENTO DE DECLARAÇÃO POR ESCRITO, AO USUÁRIO DO SISTEMA ÚNICO DE SAÚDE QUANDO NÃO TIVER MEDICAMENTO Á DISPOSIÇÃO NAS FARMÁCIAS BÁSICAS DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>6370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6370/parecer_favoravel_no_028-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6370/parecer_favoravel_no_028-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 030/2019 de autoria do vereador João Cabral Rodrigues Conciglieri que, "DENOMINA DE RUA JANDIRA MARIA VIEIRA CORRÊA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>6371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6371/parecer_favoravel_no_029-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6371/parecer_favoravel_no_029-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 033/2019 de autoria do vereador Ubaldino Saraiva que, ''FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS A URBANIZAÇÃO NO DISTRITO DE SANTA MARIA E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>6372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6372/parecer_favoravel_no_030-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6372/parecer_favoravel_no_030-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 034/2019 de autoria do vereador José Rodolfo Krohlling que, "DENOMINA DE BOSQUE DA COLINA O EMPREENDIMENTO LOCALIZADO NO BAIRRO JOSÉ ALOÍSIO SIMON EM MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7894</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7894/doc_mar_18_2021_12.271.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7894/doc_mar_18_2021_12.271.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 032/2019 DE AUTORIA DA MESA DIRETORA QUE REVOGA DISPOSITIVOS E EXTINGUE OS CARGOS DE PROVIMENTO EM COMISSÃO DE DIRETOR DE CONTRATOS E ASSESSOR PARLAMENTAR DA LEI MUNICIPAL N° 1587 DE 28 DE JANEIRO DE 2015, QUE REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7893</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7893/doc_mar_18_2021_12.33.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7893/doc_mar_18_2021_12.33.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 032/2019 DE AUTORIA DO VEREADOR UBALDINO SARAIVA QUE "INSTITUI O PROGRAMA DE RECUPERAÇÃO DE ÁREAS DEGRADADAS E ALTERADAS "ADOTE UMA NASCENTE" NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6908</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6908/parecer_favoravel_33-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6908/parecer_favoravel_33-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 036/2019 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O MÊS DA FAMÍLIA, A SER COMEMORADO ANUALMENTE, NO MÊS DE MAIO.</t>
   </si>
   <si>
     <t>6909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6909/parecer_favoravel_34-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6909/parecer_favoravel_34-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 035/2019 QUE AUTORIZA O PODER EXECUTIVO A CELEBRAR O CONVÊNIO DE COOPERAÇÃO COM O ESTADO DO ESPIRITO SANTO NOS MOLDES ART. 241 DA CR/88, A CELEBRAR CONTRATO DE PROGRAMA COM A COMPANHIA ESPIRITO SANTENSE DE SANEAMENTO, E A DELEGAR A REGULAMENTAÇÃO E FISCALIZAÇÃO DOS SERVIÇOS À AGÊNCIA DE REGULAMENTAÇÃO DE SERVIÇOS PÚBLICOS...</t>
   </si>
   <si>
     <t>6910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6910/parecer_favoravel_35-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6910/parecer_favoravel_35-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao VETO TOTAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL, RELATIVO AO AUTÓGRAFO 013/2019 PROVENIENTE DO PROJETO DE LEI Nº 008/2019 QUE DISPÕE SOBRE A PROIBIÇÃO DO CORTE DE FORNECIMENTO DE ÁGUA, ENERGIA ELÉTRICA E INTERNET ÀS UNIDADES CONSUMIDORAS INADIMPLENTES, NOS FERIADOS E FINS DE SEMANA, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6911/parecer_favoravel_36-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6911/parecer_favoravel_36-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao VETO TOTAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO MUNICIPAL, RELATIVO AO AUTÓGRAFO 014/2019 PROVENIENTE DO PROJETO DE LEI Nº 015/2019 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO Á POLÍTICA MUNICIPAL DE PRODUÇÃO AGROECOLÓGICA E ORGÂNICA.</t>
   </si>
   <si>
     <t>6912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6912/parecer_favoravel_37-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6912/parecer_favoravel_37-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 002/2019 QUE APROVA O PLANO MUNICIPAL DE SANEAMENTO BÁSICO E DISPÕE SOBRE A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7885/doc_mar_17_2021_15.34_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7885/doc_mar_17_2021_15.34_1.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI COMPLEMENTAR N° 001/2019 DE AUTORIA  DO VEREADOR  CEZAR TADEU RONCHI JUNIOR QUE "ALTERA REDAÇÃO DO ARTIGO 55 DA LEI MUNICIPAL N° 170, DE 30 DE DEZEMBRO DE 1995- CÓDIGO DE POSTURA".</t>
   </si>
   <si>
     <t>7884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7884/doc_mar_17_2021_15.35.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7884/doc_mar_17_2021_15.35.pdf</t>
   </si>
   <si>
     <t>VOTO FAVORÁVEL AO PROJETO DE LEI N° 039/2019 DE AUTORIA DO VEREADOR UBALDINO SARAIVA QUE "DISPÕE SOBRE A CRIAÇÃO DA ROTA TURÍSTICA VALE DO INHAME, NESTE MUNICÍPIO E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>7883</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7883/doc_mar_17_2021_15.351_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7883/doc_mar_17_2021_15.351_1.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N° 040/2019 DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE "INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA DA DOAÇÃO DE LIVROS".</t>
   </si>
   <si>
     <t>6929</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6929/parecer_favoravel_041-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6929/parecer_favoravel_041-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 041-2019 QUE DENOMINA DE OGÊNIA DEL PUPPO GOMES, O AUDITÓRIO DO CENTRO DE VIVÊNCIA DO IDOSO AMADOR ENDLICH, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6948</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6948/parecer_favoravel_42-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6948/parecer_favoravel_42-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 042/2019 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE PARCERIA E COOPERAÇÃO MÚTUA E A CEDER SERVIDORES OCUPANTES DE CARGOS DE PROVIMENTO EFETIVO A FUNDAÇÃO HOSPITALAR E DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS-ES, HOSPITAL E MATERNIDADE DR. ARTHUR GERHARDT.</t>
   </si>
   <si>
     <t>6949</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6949/parecer_favoravel_43-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6949/parecer_favoravel_43-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 043/2019 QUE INSTITUI A CAMPANHA DESCARTE RESPONSÁVEL.</t>
   </si>
   <si>
     <t>6950</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6950/parecer_favoravel_44-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6950/parecer_favoravel_44-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 044/2019 QUE DENOMINA VIELA VEREADOR RAPHAEL RONCHI NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>6951</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6951/parecer_favoravel_45-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6951/parecer_favoravel_45-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 045/2019 QUE DENOMINA VIELA FREGONA BRAVIN CASELUT NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>6952</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6952/parecer_favoravel_46-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6952/parecer_favoravel_46-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 046/2019 QUE INSTITUI O MAIO AMARELO PARA CONSCIENTIZAÇÃO E EDUCAÇÃO EM DEFESA DA VIDA E DA SEGURANÇA NO TRÂNSITO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6953</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6953/parecer_favoravel_47-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6953/parecer_favoravel_47-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 047/2019 QUE AUTORIZA A INSTALAÇÃO DE CÂMERAS INTERNA NAS ESCOLAS MUNICIPAIS, CRECHES E CEMEI'S MANTIDAS PELA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>6954</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6954/parecer_favoravel_48-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6954/parecer_favoravel_48-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 048/2019 QUE INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS NO MUNICÍPIO DE MARECHAL FLORIANO, A FESTA DE SANTA RITA DE CÁSSIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6955</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6955/parecer_favoravel_49-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6955/parecer_favoravel_49-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 049/2019 QUE INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA MUNICIPAL DE CONTROLE REPRODUTIVO DE CÃES E GATOS DE RUA E DOMÉSTICOS, QUE OCORRERÁ NA TERCEIRA SEMANA DO MÊS DE MARÇO DE CADA ANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6967</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6967/parecer_favoravel_50-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6967/parecer_favoravel_50-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 037/19 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6988</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6988/parecer_favoravel_51-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6988/parecer_favoravel_51-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 062/2019 QUE "CRIA O CARGO DE ASSESSOR DE PLANEJAMENTO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7035</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7035/parecer_favoravel_52-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7035/parecer_favoravel_52-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO A PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO - EXERCÍCIO DE 2015 - PREFEITO ANTÔNIO LIDINEY GOBBI.</t>
   </si>
   <si>
     <t>7036</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7036/parecer_favoravel_53-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7036/parecer_favoravel_53-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO A PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO - EXERCÍCIO DE 2016 - PREFEITO ANTÔNIO LIDINEY GOBBI.</t>
   </si>
   <si>
     <t>7037</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7037/parecer_favoravel_54-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7037/parecer_favoravel_54-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 051/2019 QUE FIXA ÁREA DE EXPANSÃO URBANA NO LOTEAMENTO SITIO PAINEIRA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>7038</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7038/parecer_favoravel_55-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7038/parecer_favoravel_55-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 052/2019 QUE INSTITUI O PROGRAMA MUNICIPAL DE OBSERVAÇÃO DE AVES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7039</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7039/parecer_favoravel_56-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7039/parecer_favoravel_56-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 053/2019 DENOMINA DE RUA ALAMEDA DAS PEDRAS, LOCALIZADA NO BOSQUE DA COLINA DO BAIRRO JOSE ALOÍSIO SIMON.</t>
   </si>
   <si>
     <t>7040</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7040/parecer_favoravel_57-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7040/parecer_favoravel_57-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 54/2019 DISPÕE SOBRE A CRIAÇÃO DA SEMANA DO EMPREENDEDORISMO NAS ESCOLAS PÚBLICAS DA REDE MUNICIPAL DE ENSINO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7041/parecer_favoravel_58-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7041/parecer_favoravel_58-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 57/2019 QUE INSERE DISPOSITIVOS NA LEI MUNICIPAL Nº 1,853 DE 12 DE JULHO DE 2017 QUE INSTITUI NO MUNICÍPIO O DIA MUNICIPAL DA CAPOEIRA.</t>
   </si>
   <si>
     <t>7042</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7042/parecer_favoravel_59-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7042/parecer_favoravel_59-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 58/2019 QUE DISPÕE SOBRE O PROGRAMA TRANSPORTE PÚBLICO GRATUITO AOS PROFESSORES DA REDE ESCOLAR PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>7043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7043/parecer_favoravel_60-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7043/parecer_favoravel_60-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 59/2019 QUE INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A SEMANA DE CONSCIENTIZAÇÃO SOBRE FOGOS DE ARTIFÍCIO E SIMILARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7044/parecer_favoravel_61-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7044/parecer_favoravel_61-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 061/2019 QUE INSTITUI CAMPANHA E PROGRAMA DE COMBATE AO MOSQUITO SIMULIIDAE (MOSQUITO BORRACHUDO) E DEMAIS ESPÉCIES NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7045/parecer_favoravel_62-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7045/parecer_favoravel_62-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 68/2019 QUE INSTITUI CAMPANHA E PROGRAMA DE COMBATE AO MOSQUITO "CULICOIDES FURENS" (MOSQUITO MARUIM), E DEMAIS ESPÉCIES NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7046</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7046/parecer_favoravel_63-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7046/parecer_favoravel_63-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 67/2019 QUE INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A SEMANA DE CONSCIENTIZAÇÃO DIGITAL INFANTIL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7047/parecer_favoravel_64-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7047/parecer_favoravel_64-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 003/2019 QUE ALTERA DISPOSITIVOS DO ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7063</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7063/parecer_favoravel_65-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7063/parecer_favoravel_65-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI 070/2019 QUE AUTORIZA O PODER EXECUTIVO A ALIENAR BEM IMÓVEL DO PATRIMÔNIO MUNICIPAL.</t>
   </si>
   <si>
     <t>7077</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7077/parecer_favoravel_66-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7077/parecer_favoravel_66-19.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO INTEGRAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTÓGRAFO Nº 46/2019 PROVENIENTE DO PROJETO DE LEI Nº 47/2019 DE AUTORIA DO VEREADOR JOÃO CABRAL RODRIGUES CONCIGLIERI QUE "AUTORIZA A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA INTERNA NAS ESCOLAS MUNICIPAIS, CRECHES, CEMEI'S MANTIDAS PELA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>7078</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7078/parecer_favoravel_67-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7078/parecer_favoravel_67-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI COMPLEMENTAR Nº 04/2019 QUE ALTERA O ARTIGO 139 DA LEI COMPLEMENTAR Nº 01/2019, DE 1º DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7882</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7882/doc_mar_17_2021_14.49-01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7882/doc_mar_17_2021_14.49-01.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL SOBRE O PROJETO DE LEI N° 072/2019 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE " INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA MUNICIPAL DA IMIGRAÇÃO SUIÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7079/parecer_favoravel_69-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7079/parecer_favoravel_69-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI 073/2019 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O MÊS DE SETEMBRO VERMELHO, VOLTADO À CONSCIENTIZAÇÃO, PREVENÇÃO, DIAGNÓSTICO E TRATAMENTO DE DOENÇAS CARDIOVASCULARES.</t>
   </si>
   <si>
     <t>7080</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7080/parecer_favoravel_70-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7080/parecer_favoravel_70-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI 74/2019 QUE DENOMINA DE VILA MERSCHER, NA COMUNIDADE DE ALTO NOVA ALMEIDA-MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7081</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7081/parecer_favoravel_71-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7081/parecer_favoravel_71-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI 75/2019 QUE DENOMINA DE ESTRADA JOÃO ENTRINGER LOCALIZADA NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7101/parecer_favoravel_72-19_kRIsPld.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7101/parecer_favoravel_72-19_kRIsPld.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 077/2019 QUE DISPÕE SOBRE AS ALTERAÇÕES DAS TABELAS SALARIAIS, CONSTANTES NOS PLANOS DE CARREIRAS, A QUE CORRESPONDEM AS LEIS MUNICIPAIS Nº 566/2006, E Nº 816/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7102/parecer_favoravel_73-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7102/parecer_favoravel_73-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 078/2019 QUE DISPÕE SOBRE A ALTERAÇÃO DOS VALORES DAS REFERÊNCIAS DOS CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7100</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, COSU - COMISSÃO DE OBRAS E SERVIÇOS URBANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7100/parecer_favoravel_74-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7100/parecer_favoravel_74-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 069/2019 QUE "INSTITUI O PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA URBANA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7104/parecer_favoravel_75-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7104/parecer_favoravel_75-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 085/2019 de autoria do Poder Executivo Municipal que "AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO DENOMINADA FINANCIAMENTO PARA INFRAESTRUTURA E SANEAMENTO - FINISA, JUNTO À CAIXA ECONÔMICA FEDERAL".</t>
   </si>
   <si>
     <t>7111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7111/parecer_favoravel_76-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7111/parecer_favoravel_76-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 080/2019 QUE DENOMINA DE RUA SELSO STEIN, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7112/parecer_favoravel_77-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7112/parecer_favoravel_77-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 081/2019 QUE INSTITUI A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO COTRA O ABUSO E A EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES E COMBATE AOS CRIMES DA INTERNET NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7113/parecer_favoravel_78-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7113/parecer_favoravel_78-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 082/2019 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O EVENTO LOUVA MARECHAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7142</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 087/2019 que INSTITUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A CAMINHADA "PICADA DO NONNO".</t>
   </si>
   <si>
     <t>7143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7143/parecer_favoravel_80-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7143/parecer_favoravel_80-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 089/2019 QUE INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A BIBLIOTECA POPULAR EM ESPAÇO PÚBLICO.</t>
   </si>
   <si>
     <t>7144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7144/parecer_favoravel_81-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7144/parecer_favoravel_81-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 090/2019 QUE FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO NO DISTRITO DE SANTA MARIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7178/parecer_favoravel_82-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7178/parecer_favoravel_82-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 092/2019 QUE DENOMINA DE VILA ENDLICH, A VILA LOCALIZADA NA ESTRADA QUE DÁ ACESSO A BOM JESUS E COSTA PEREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7179/parecer_favoravel_83-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7179/parecer_favoravel_83-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 93/2019 QUE DENOMINA VILA BRISKE, A VILA LOCALIZADA APÓS A VILA ENDLICH, NA ESTRADA QUE DÁ ACESSO A BOM JESUS E COSTA PEREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7181/parecer_favoravel_84-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7181/parecer_favoravel_84-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 05/2019 de autoria do Poder Executivo que ALTERA O ARTIGO 137 E 139 DA LEI COMPLEMENTAR MUNICIPAL Nº 01, DE 1º DE SETEMBRO DE 2017 E SUAS ALTERAÇÕES POSTERIORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7190/parecer_contrario_85-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7190/parecer_contrario_85-19.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO AO VETO INTEGRAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTÓGRAFO Nº. 062/2019 PROVENIENTE DO PROJETO DE LEI Nº 058/2019, QUE ''DISPÕE SOBRE O PROGRAMA DE TRANSPORTE PÚBLICO GRATUITO AOS PROFESSORES DA REDE DA ESCOLA PÚBLICA MUNICIPAL''.</t>
   </si>
   <si>
     <t>7191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7191/parecer_contrario_86-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7191/parecer_contrario_86-19.pdf</t>
   </si>
   <si>
     <t>PARECER CONTRÁRIO AO VETOR INTEGRAL PROPOSTO PELO CHEFE DO PODER EXECUTIVO RELATIVO AO AUTÓGRAFO Nº. 067/2019 PROVENIENTE DO PROJETO DE LEI COMPLEMENTAR Nº. 003/2019, QUE ''ALTERA DISPOSITIVOS DO ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO''.</t>
   </si>
   <si>
     <t>7192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7192/parecer_favoravel_87-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7192/parecer_favoravel_87-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 083/2019, QUE ''DISPÕE SOBRE A TRADUÇÃO DE EVENTOS OFICIAIS PARA A LINGUAGEM BRASILEIRA DE SINAIS (LIBRAS) NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7193/parecer_favoravel_88-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7193/parecer_favoravel_88-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 084/2019, QUE ''DISPÕE SOBRE A COMUNICAÇÃO PRÉVIA DA INTERRUPÇÃO PARA MANUTENÇÃO OU REPAROS DOS SERVIÇOS DE FORNECIMENTO DE ENERGIA ELÉTRICA E DE ÁGUA E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7194</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7194/parecer_favoravel_89-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7194/parecer_favoravel_89-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 086/2019, QUE ''REGULAMENTA O INSTITUTO JURÍDICO DO TOMBAMENTO COMO INSTRUMENTO DE PRESERVAÇÃO DO PATRIMÔNIO CULTURAL DO MUNICÍPIO DE MARECHAL FLORIANO, ALTERA AS LEIS MUNICIPAIS Nº. 1.393, DE 20 DE DEZEMBRO DE 2013, DE 1.822, DE 31 DE MAIO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7195</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7195/parecer_favoravel_90-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7195/parecer_favoravel_90-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 088/2019, QUE DISPÕE SOBRE O PROGRAMA DE INCENTIVO AO ESPORTE PARA PESSOAS COM DEFICIÊNCIA (PCD), NO SENTIDO DE INSERÍ-LOS EM MODALIDADES ESPORTIVAS ADAPTADAS''.</t>
   </si>
   <si>
     <t>7196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7196/parecer_favoravel_91-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7196/parecer_favoravel_91-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 094/2019, QUE ''INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O PROGRAMA BUEIRO INTELIGENTE''.</t>
   </si>
   <si>
     <t>7197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7197/parecer_favoravel_92-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7197/parecer_favoravel_92-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 095/2019, QUE ''INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA DA POESIA NA ESCOLA E DISPÕE SOBRE SUA REALIZAÇÃO''.</t>
   </si>
   <si>
     <t>7234</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7234/parecer_favoravel_93-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7234/parecer_favoravel_93-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 098/2019 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO O PROJETO VEREADOR POR UM DIA.</t>
   </si>
   <si>
     <t>7235</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7235/parecer_favoravel_94-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7235/parecer_favoravel_94-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 099/2019 QUE INSTITUI A SEMANA DE PREVENÇÃO A RABDOMIÓLISE NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7246/parecer_favoravel-095-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7246/parecer_favoravel-095-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº . 101/2019, QUE ''ALTERA A LEI MUNICIPAL Nº. 1008, DE 09 DE DEZEMBRO DE 2010''.</t>
   </si>
   <si>
     <t>7247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7247/parecer_favoravel-096-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7247/parecer_favoravel-096-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 102/2019, QUE ''REVOGA A LEI MUNICIPAL Nº. 1750, DE 20 DE OUTUBRO DE 2016''.</t>
   </si>
   <si>
     <t>7248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7248/parecer_favoravel-097-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7248/parecer_favoravel-097-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 103/2019, QUE ''DENOMINA DE RUA BEIRA RIO, A RUA PROJETADA LOCALIZADA NO BAIRRO MIGUEL SOUZA, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>7249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7249/parecer_favoravel-098-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7249/parecer_favoravel-098-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 105/2019, QUE ''ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 1968, DE 27 DE MARÇO DE 2018''.</t>
   </si>
   <si>
     <t>7278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7278/parecer_favoravel_99-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7278/parecer_favoravel_99-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 096/2019 DE AUTORIA DO PODER EXECUTIVO QUE "ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO/ES PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>7308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7308/parecer_favoravel-100-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7308/parecer_favoravel-100-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 104/2019, QUE ''DISPÕE SOBRE A INCLUSÃO DO ESTUDO DA EDUCAÇÃO ALIMENTAR NUTRICIONAL COMO TEMA TRANSVERSAL NO CURRÍCULO D EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL DAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO/ES''.</t>
   </si>
   <si>
     <t>7307</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7307/paecer_favoravel-101-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7307/paecer_favoravel-101-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 106/2019, QUE ''AUTORIZA A CRIAÇÃO DO PROGRAMA DE REFORÇO, ALFABETIZAÇÃO E LETRAMENTO ESCOLAR NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7309/parecer_favoravel-102-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7309/parecer_favoravel-102-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 107/2019, QUE ''REGULAMENTA E INSTITUI NO CALENDÁRIO OFICIAL D EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO O DESFILE CULTURAL DA FESTA ITALEMANHA E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7310/parecer_favoravel-103-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7310/parecer_favoravel-103-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 108/2019, QUE ''DENOMINA DE RUA ADÃO JOSÉ DE SOUSA NA SEDE DESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>7311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7311/parecer_favoravel-104-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7311/parecer_favoravel-104-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 109/2019, QUE ''ALTERA A LEI MUNICIPAL Nº. 1.891, DE 29 DE SETEMBRO DE 2017''.</t>
   </si>
   <si>
     <t>7312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7312/parecer_favoravel-105-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7312/parecer_favoravel-105-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 113/2019, QUE ''CRIA O CONSELHO MUNICIPAL DA JUVENTUDE (COMJUV) E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7313/parecer_favoravel-106-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7313/parecer_favoravel-106-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 114/2019, QUE ''INSTITUI A DECLARAÇÃO DE VINCULO ESTUDANTIL COMO MEIO SUFICIENTE PARA GARANTIR O DIREITO A MEIA ENTRADA NO MUNICÍPIO DE MARECHAL FLORIANO''.</t>
   </si>
   <si>
     <t>7314</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7314/parecer_favoravel-107-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7314/parecer_favoravel-107-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 115/2019, QUE ''DISPÕE SOBRE O ALINHAMENTO E A RETIRADA DE FIOS EM DESUSO EXISTENTES EM POSTES DE SUSTENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7315/parecer_favoravel-108-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7315/parecer_favoravel-108-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 116/2019, QUE ''INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO, A FESTA DAS CRIANÇAS DA VILA DOS IPÊS, SITUADA NO DISTRITO DE SANTA MARIA''.</t>
   </si>
   <si>
     <t>7316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7316/parecer_favoravel-109-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7316/parecer_favoravel-109-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 117/2019, QUE ''INSTITUI COMO SÍMBOLOS DO MUNICÍPIO DE MARECHAL FLORIANO A CAPELA DE SANTO ANTONIO DE ARAGUAYA E A GRUTA NOSSA SENHORA DE LURDES NO DISTRITO DE SANTA MARIA''.</t>
   </si>
   <si>
     <t>7317</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7317/parecer_favoravel-110-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7317/parecer_favoravel-110-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 118/2019, QUE ''INSTITUI MO MUNICÍPIO DE MARECHAL FLORIANO/ES A SEMANA DE PREVENÇÃO E COMBATE Á CATARATA E GLAUCOMA E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>7318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7318/parecer_favoravel-111-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7318/parecer_favoravel-111-2019.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO AUTÓGRAFO Nº. 099/2019 PROVENIENTE DO PROJETO DE LEI Nº.098/2019, QUE ''INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O PROJETO VEREADOR POR UM DIA''.</t>
   </si>
   <si>
     <t>7326</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7326/parecer_favoravel_112-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7326/parecer_favoravel_112-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 123/2019, QUE ''ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 1.338, DE 24 DE SETEMBRO DE 2013''.</t>
   </si>
   <si>
     <t>7327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7327/parecer_favoravel_113-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7327/parecer_favoravel_113-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 124/2019, QUE ''DISPÕE SOBRE A CRIAÇÃO DO BAIRRO DO CAMPO, NO DISTRITO DE ARAGUAYA''.</t>
   </si>
   <si>
     <t>7328</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7328/parecer_favoravel_114-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7328/parecer_favoravel_114-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 125/2019, QUE ''DISPÕE SOBRE A CRIAÇÃO DO BAIRRO ALAGOINHA, NO DISTRITO DE ARAGUAYA''</t>
   </si>
   <si>
     <t>7329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7329/parecer_favoravel_115-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7329/parecer_favoravel_115-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 126/2019, QUE ''ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 1.147, DE 11 DE JUNHO DE 2012''.</t>
   </si>
   <si>
     <t>7330</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7330/parecer_favoravel_116-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7330/parecer_favoravel_116-19.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 127/2019, QUE ''ACRESCENTA DISPOSITIVO Á LEI MUNICIPAL Nº. 1.642, DE 23 DE JULHO DE 2015''.</t>
   </si>
   <si>
     <t>6255</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6255/projeto_de_lei__001-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6255/projeto_de_lei__001-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 55 DA LEI MUNICIPAL N O . 170, DE 30 DE DEZEMBRO DE 1995 - CÓDIGO DE POSTURA.</t>
   </si>
   <si>
     <t>6959</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6959/expediente_do_dia_3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6959/expediente_do_dia_3.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO NO ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7030</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7030/projeto_de_lei_complementar_04-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7030/projeto_de_lei_complementar_04-19.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 139 DA LEI COMPLEMENTAR Nº 001 DE 1º DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>6328</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6328/projeto_de_lei_001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6328/projeto_de_lei_001.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º DA LEI MUNICIPAL Nº 1.993, DE JULHO DE 2018.</t>
   </si>
   <si>
     <t>6329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6329/projeto_de_lei_002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6329/projeto_de_lei_002.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 3º DA LEI MUNICIPAL Nº. 2.050, 28 DE DEZEMBRO DE 2018.</t>
   </si>
   <si>
     <t>6330</t>
   </si>
   <si>
     <t>DISPENSA A COBRANÇA JUDICIAL DE DÉBITO PARA COM A FAZENDA PÚBLICA MUNICIPAL NOS CASOS QUE ESPECIFICA, E DA OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>6331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6331/projeto_de_lei_004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6331/projeto_de_lei_004.pdf</t>
   </si>
   <si>
     <t>DETERMINA A REVISÃO E O CANCELAMENTO DE CRÉDITO TRIBUTÁRIOS INSCRITOS OU NÃO EM DIVIDA ATIVA NOS CASOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6302/projeto_de_lei_005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6302/projeto_de_lei_005.pdf</t>
   </si>
   <si>
     <t>DENOMINA NO BAIRRO MIGUEL SOUZA, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6303/projeto_de_lei_006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6303/projeto_de_lei_006.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O ANIVERSARIO DE INSTALAÇÃO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>6304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6304/projeto_de_lei_007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6304/projeto_de_lei_007.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES O MÊS "JULHO AMARELO" DE COMBATE AS HEPATITES VIRAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6305</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6305/projeto_de_lei_008.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6305/projeto_de_lei_008.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROIBIÇÃO DO CORTE DE FORNECIMENTO DE ÁGUA, ENERGIA ELÉTRICA E INTERNET AS UNIDADES CONSUMIDORAS INADIMPLENTES, NOS FERIADOS E FINAIS DE SEMANA, NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>6332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6332/projeto_de_lei_009.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6332/projeto_de_lei_009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CARGO DE CHEFE DE SERVIÇO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6333/projeto_de_lei_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6333/projeto_de_lei_010.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE AGENTE DE CUIDADOR SOCIAL NO AMBITO DESTA ADMINISTRAÇÃO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>6334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6334/projeto_de_lei_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6334/projeto_de_lei_011.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE ASSESSOR DA CASA DOS CONSELHOS E ASSESSOR DO BOLSA FAMÍLIA DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL.</t>
   </si>
   <si>
     <t>6335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6335/projeto_de_lei_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6335/projeto_de_lei_012.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PLANO MUNICIPAL DE CULTURA DO MUNICÍPIO DE MARECHAL FLORIANO-PMC/MF.</t>
   </si>
   <si>
     <t>6340</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6340/projeto_de_lei_013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6340/projeto_de_lei_013.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA MUNICIPAL DE REGULARIZAÇÃO FUNDIÁRIA URBANA NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6306/projeto_de_lei_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6306/projeto_de_lei_014.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 1.996, DE 08 DE AGOSTO DE 2018.</t>
   </si>
   <si>
     <t>6307</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6307/projeto_de_lei_015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6307/projeto_de_lei_015.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A POLÍTICA MUNICIPAL DE PRODUÇÃO AGROECOLÓGICA E ORGÂNICA.</t>
   </si>
   <si>
     <t>6336</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6336/projeto_de_lei_016.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6336/projeto_de_lei_016.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE JAIR RONCHI O CENTRO EDUCACIONAL, ESPORTIVO E DE EVENTOS DO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>6256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6256/projeto_de_lei_017-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6256/projeto_de_lei_017-2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE BAIRRO JEQUITIBÁ, LOCALIZADO NA RODOVIA JOSÉ HUBER, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>6257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6257/projeto_de_lei_018-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6257/projeto_de_lei_018-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DOS ESTABELECIMENTOS DE ENSINO PÚBLICO E PRIVADO, SITUADOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES,	DE REALIZAR, ANUALMENTE, TREINAMENTOS DE SIMULAÇÃO DE EVACUAÇÃO DE EMERGÊNCIA", PARA O ABANDONO DE ÁREA.</t>
   </si>
   <si>
     <t>6258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6258/projeto_de_lei_019-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6258/projeto_de_lei_019-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA CIENTÍFICA, TECNOLÓGICA E DE INOVAÇÃO NA REDE PÚBLICA MUNICIPAL, E DISPÕE SOBRE A SUA REALIZAÇÃO.</t>
   </si>
   <si>
     <t>6259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6259/projeto_de_lei_020-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6259/projeto_de_lei_020-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA DE CAMPANHA MUNICIPAL DE CONSCIENTIZAÇÃO E COMBATE AO FEMINICÍDIO E VIOLÊNCIA CONTRA A MULHER, E DISPÕE SOBRE A SUA REALIZAÇÃO.</t>
   </si>
   <si>
     <t>6260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6260/projeto_de_lei_021-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6260/projeto_de_lei_021-2019.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA MUNICIPAL DO ARTESANATO FLORIANENSE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>6261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6261/projeto_de_lei_022-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6261/projeto_de_lei_022-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, PROGRAMA DE INCENTIVO AO DESENVOLVIMENTO AGROTURISMO.</t>
   </si>
   <si>
     <t>6262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6262/projeto_de_lei_023-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6262/projeto_de_lei_023-2019.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A EMISSÃO DE RUÍDOS SONOROS PROVENIENTES DE ESCAPAMENTO DE VEÍCULOS AUTOMOTORES, IMPÕE PENALIDADE E DÁ OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>6263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6263/projeto_de_lei_024-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6263/projeto_de_lei_024-2019.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O REPOVOAMENTO DE PEIXES NO RIO JUCU E SEUS AFLUENTES NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DA OUTRAS PROVIDENCIAS".</t>
   </si>
   <si>
     <t>6341</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6341/projeto_de_lei_025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6341/projeto_de_lei_025.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORDINÁRIA Nº 675 DE 30 DE ABRIL DE 2007, QUE DISPÕE SOBRE A POLITICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>7010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7010/projeto_de_lei_26-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7010/projeto_de_lei_26-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7003</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7003/projeto_de_lei_28-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7003/projeto_de_lei_28-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "JOSÉ JOAQUIM STEIN" A CACHA DE BOCHA, LOCALIZADA ATRÁS DO CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA FILHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7004/projeto_de_lei_29-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7004/projeto_de_lei_29-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO DE DECLARAÇÃO POR ESCRITO, AO USUÁRIO DO SISTEMA ÚNICO DE SAÚDE, QUANDO NÃO TIVER MEDICAMENTO A DISPOSIÇÃO NAS UNIDADES DE SAÚDE E FARMÁCIAS BÁSICAS DE SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7005</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7005/projeto_de_lei_30-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7005/projeto_de_lei_30-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JANDIRA MARIA VIEIRA CORREA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7006/projeto_de_lei_31-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7006/projeto_de_lei_31-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE  RECUPERAÇÃO DE ÁREAS DEGRADADAS E ALTERADAS, "ADOTE UMA NASCENTE", NO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7007</t>
   </si>
   <si>
     <t>MESA DIRETORA 2019/2020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7007/projeto_de_lei_32-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7007/projeto_de_lei_32-19.pdf</t>
   </si>
   <si>
     <t>REVOGA DISPOSITIVOS E EXTINGUE OS CARGOS DE PROVIMENTO EM COMISSÃO DE DIRETOR DE LEI DE CONTRATOS E ASSESSOR PARLAMENTAR DA LEI MUNICIPAL Nº 1.587 DE 28 DE JANEIRO DE 2015, QUE REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7008</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO NO DISTRITO DE SANTA MARIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7009</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7009/projeto_de_lei_34-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7009/projeto_de_lei_34-19.pdf</t>
   </si>
   <si>
     <t>"DENOMINA DE BOSQUE DA COLINA" O EMPREENDIMENTO IMOBILIÁRIO LOCALIZADO NO BAIRRO JOSÉ ALOÍSIO SIMON EM MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7011/projeto_de_lei_35-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7011/projeto_de_lei_35-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM O ESTADO DO ESPIRITO SANTO NOS MOLDES DO ART. 241 DA CR/88, A CELEBRAR CONTRATO DE PROGRAMA COM A COMPANHIA ESPIRITO SANTENSE DE SANEAMENTO, E A DELEGAR A REGULAÇÃO E FISCALIZAÇÃO DOS SERVIÇOS À AGÊNCIA DE REGULAÇÃO DE SERVIÇOS PÚBLICOS - ARSP, NOS TERMOS DAS LEIS FEDERAIS Nº 11.445/07 E 11.107/05, E DA LEI ESTADUAL Nº 9.096/08, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6362/plo_36-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6362/plo_36-2019.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O “MÊS DA FAMÍLIA”, A SER COMEMORADO ANUALMENTE, NO MÊS DE MAIO.</t>
   </si>
   <si>
     <t>7012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7012/projeto_de_lei_037-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7012/projeto_de_lei_037-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7013/projeto_de_lei_38-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7013/projeto_de_lei_38-19.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA BEM MÓVEL AO ANEXO ÚNICO DA LEI MUNICIPAL 2.051 DE 28 DE DEZEMBRO DE 2018, AUTORIZANDO O PODER EXECUTIVO A REALIZAR LEILÃO PARA ALIENAÇÃO.</t>
   </si>
   <si>
     <t>6913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6913/projeto_de_lei_39-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6913/projeto_de_lei_39-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ROTA TURÍSTICA VALE DO INHAME, NESTE MUNICÍPIO DE DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6914/projeto_de_lei_40-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6914/projeto_de_lei_40-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE MARECHAL FLORIANO, A "SEMANA DE DOAÇÃO DE LIVROS".</t>
   </si>
   <si>
     <t>6915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6915/projeto_de_lei_41-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6915/projeto_de_lei_41-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE OGÊNIA DEL PUPPO GOMES, O AUDITÓRIO DO CENTRO DE VIVÊNCIA DO IDOSO "AMADOR ENDLICH", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7014/projeto_de_lei_42-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7014/projeto_de_lei_42-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE PARCERIA E COOPERAÇÃO MÚTUA E A CEDE SERVIDORES OCUPANTES DE CARGO DE PROVIMENTO EFETIVO A FUNDAÇÃO HOSPITALAR E DE ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS - HOSPITAL E MATERNIDADE DR. ARTHUR GERHARDT.</t>
   </si>
   <si>
     <t>6930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6930/projeto_de_lei_043-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6930/projeto_de_lei_043-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA DESCARTE RESPONSÁVEL.</t>
   </si>
   <si>
     <t>6931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6931/projeto_de_lei_44-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6931/projeto_de_lei_44-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIELA VEREADOR RAPHAEL RONCHI NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>6932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6932/projeto_de_lei_45-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6932/projeto_de_lei_45-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA VIELA FREGONA BRAVIN CASELUT NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>6933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6933/projeto_de_lei_46-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6933/projeto_de_lei_46-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "MAIO AMARELO" PARA CONSCIENTIZAÇÃO E EDUCAÇÃO EM DEFESA DA VIDA E DA SEGURANÇA NO TRÂNSITO NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6934/projeto_de_lei_47-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6934/projeto_de_lei_47-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTALAÇÃO DE CÂMERAS NAS ESCOLAS MUNICIPAIS, CRECHES, CMEI'S, MANTIDAS PELA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>6935</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6935/projeto_de_lei_48-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6935/projeto_de_lei_48-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO A FESTA DE SANTA RITA DE CÁSSIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6936/projeto_de_lei_49-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6936/projeto_de_lei_49-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DE CONTROLE REPRODUTIVO DE CÃES E GATOS DE RUA E DOMÉSTICOS, QUE OCORRERÁ NA TERCEIRA SEMANA DO MÊS DE MARÇO DE CADA ANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7015/projeto_de_lei_50-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7015/projeto_de_lei_50-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ALIENAR BENS MÓVEIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6957</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6957/projeto_de_lei_51-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6957/projeto_de_lei_51-19.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA NO LOTEAMENTO SITIO PAINEIRA DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>6958</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6958/projeto_de_lei_52-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6958/projeto_de_lei_52-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE OBSERVAÇÃO DE AVES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7016/projeto_de_lei_53-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7016/projeto_de_lei_53-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ALAMEDA DAS PEDRAS, LOCALIZADA NO " BOSQUE DA COLINA " NO BAIRRO JOSÉ ALOÍSIO SIMON.</t>
   </si>
   <si>
     <t>7017</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7017/projeto_de_lei_54-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7017/projeto_de_lei_54-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO EMPREENDEDORISMO NAS ESCOLAS PÚBLICAS DA REDE MUNICIPAL DE ENSINO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7018</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7018/projeto_de_lei_55-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7018/projeto_de_lei_55-19.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO CAPUT DO ARTIGO 38, DA LEI MUNICIPAL Nº 675, DE 30 DE ABRIL DE 2007.</t>
   </si>
   <si>
     <t>7019</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7019/projeto_de_lei_56-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7019/projeto_de_lei_56-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONCURSO DE MÚSICA E DANÇA (SHOW DE TALENTOS) NA PROGRAMAÇÃO ANUAL DO FESTIVAL ÍTALO GERMÂNICO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6983</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6983/projeto_de_lei_57-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6983/projeto_de_lei_57-19.pdf</t>
   </si>
   <si>
     <t>INSERE DISPOSITIVOS NA LEI MUNICIPAL Nº 1.853 DE 12 DE JULHO DE 2017, QUE INSTITUI NO MUNICÍPIO O DIA MUNICIPAL DA CAPOEIRA.</t>
   </si>
   <si>
     <t>6984</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6984/projeto_de_lei_58-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6984/projeto_de_lei_58-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O "PROGRAMA DE TRANSPORTE PÚBLICO GRATUITO AOS PROFESSORES" DA REDE PÚBLICA DE ENSINO MUNICIPAL.</t>
   </si>
   <si>
     <t>6985</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6985/projeto_de_lei_59-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6985/projeto_de_lei_59-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A "SEMANA DE CONSCIENTIZAÇÃO SOBRE FOGOS DE ARTIFÍCIO E SIMILARES", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6986</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6986/projeto_de_lei_60-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6986/projeto_de_lei_60-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA JOSÉ CÂNDIDO DA SILVEIRA, A RUA PROJETADA NO BAIRRO JARBINHAS.</t>
   </si>
   <si>
     <t>6987</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6987/projeto_de_lei_61-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6987/projeto_de_lei_61-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI CAMPANHA E PROGRAMA DE COMBATE AO MOSQUITO SIMULIIDAE (MOSQUITO BORRACHUDO), E DEMAIS ESPÉCIES NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7020/projeto_de_lei_62-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7020/projeto_de_lei_62-19.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE ASSESSOR DE PLANEJAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7021</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7021/projeto_de_lei_63-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7021/projeto_de_lei_63-19.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 11, DA LEI MUNICIPAL Nº 816, DE 09 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7022</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7022/projeto_de_lei_64-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7022/projeto_de_lei_64-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7023</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7023/projeto_de_lei_65-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7023/projeto_de_lei_65-19.pdf</t>
   </si>
   <si>
     <t>CRIA O CARGO DE ASSESSOR DE COMUNICAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7027</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7027/projeto_de_lei_66-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7027/projeto_de_lei_66-19.pdf</t>
   </si>
   <si>
     <t>CRIA O REGIME DE DEDICAÇÃO EXCLUSIVA - RDE NO ÂMBITO DA PROCURADORIA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7001</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7001/projeto_de_lei_67-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7001/projeto_de_lei_67-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A "SEMANA DE CONSCIENTIZAÇÃO DIGITAL INFANTIL", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7062</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7062/projeto_de_lei_68-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7062/projeto_de_lei_68-19.pdf</t>
   </si>
   <si>
     <t>''INSTITUI CAMPANHA E PROGRAMA DE COMBATE AO MOSQUITO ''CULICOIDES'' MOSQUITO MARUIM, E DEMAIS ESPÉCIES NO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7061</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7061/projeto_de_lei_69-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7061/projeto_de_lei_69-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA URBANA NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7028/projeto_de_lei_70-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7028/projeto_de_lei_70-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR BEM IMÓVEL DO PATRIMÔNIO MUNICIPAL.</t>
   </si>
   <si>
     <t>7029</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7029/projeto_de_lei_71-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7029/projeto_de_lei_71-19.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO INCISO VIII DO ARTIGO 19 DA LEI MUNICIPAL Nº 675, DE 30 DE ABRIL DE 2007, QUE DISPÕE SOBRE A POLÍTICA  MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>7031</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7031/projeto_de_lei_72-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7031/projeto_de_lei_72-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA MUNICIPAL DA IMIGRAÇÃO SUÍÇA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7032</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7032/projeto_de_lei_73-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7032/projeto_de_lei_73-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O MÊS "SETEMBRO VERMELHO" VOLTADO A CONSCIENTIZAÇÃO, PREVENÇÃO, DIAGNÓSTICO E TRATAMENTO DE DOENÇAS CARDIOVASCULARES.</t>
   </si>
   <si>
     <t>7033</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7033/projeto_de_lei_74-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7033/projeto_de_lei_74-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE VILA MERSCHER, NA COMUNIDADE DE ALTO NOVA ALMEIDA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7034</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7034/projeto_de_lei_75-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7034/projeto_de_lei_75-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA MUNICIPAL JOÃO ENTRINGER, LOCALIZADA NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7065</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7065/projeto_de_lei__76-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7065/projeto_de_lei__76-19.pdf</t>
   </si>
   <si>
     <t>7066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7066/projeto_de_lei__77-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7066/projeto_de_lei__77-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DE TABELAS SALARIAIS, CONSTANTES NOS PLANOS DE CARGO E CARREIRAS, A QUE CORRESPONDEM AS LEIS MUNICIPAIS Nº 566/2005 E Nº 816/2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7067</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7067/projeto_de_lei__78-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7067/projeto_de_lei__78-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DOS VALORES DAS REFERÊNCIAS DOS CARGOS DE PROVIMENTO EM COMISSÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7082/projeto_de_lei_79-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7082/projeto_de_lei_79-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>7083</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7083/projeto_de_lei_80-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7083/projeto_de_lei_80-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA "SELSO STEIN"NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7084/projeto_de_lei_81-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7084/projeto_de_lei_81-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO CONTRA O ABUSO E A COMBATE DA EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES E COMBATE A CRIME DE INTERNET" NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7085</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7085/projeto_de_lei_82-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7085/projeto_de_lei_82-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O EVENTO "LOUVA MARECHAL", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7086/projeto_de_lei_83-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7086/projeto_de_lei_83-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRADUÇÃO DE EVENTOS OFICIAIS PARA A LINGUAGEM BRASILEIRA DE SINAIS (LIBRAS), NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7087</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7087/projeto_de_lei_84-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7087/projeto_de_lei_84-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMUNICAÇÃO PRÉVIA PARA MANUTENÇÃO E OU REPAROS DOS SERVIÇOS DE ENERGIA ELÉTRICA E DE ÁGUA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7128/projeto_de_lei_85-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7128/projeto_de_lei_85-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÃO DE CRÉDITO DENOMINADA FINANCIAMENTO PARA INFRAESTRUTURA E SANEAMENTO - FINISA, JUNTO A CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>7904</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7904/plo_86.docx</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7904/plo_86.docx</t>
   </si>
   <si>
     <t>REGULAMENTA O INSTITUTO JURÍDICO DO TOMBAMENTO COMO INSTRUMENTO DE PRESERVAÇÃO DO PATRIMÔNIO CULTURAL DO MUNICIPIO DE MARECHAL FLORIANO, ALTERA AS LEIS MUNICIPAIS N° 1393, DE 20 DE DEZEMBRO DE 2013, E 1822, DE 31DE MAIO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7114/projeto_de_lei_87-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7114/projeto_de_lei_87-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A CAMINHADA "PICADA DO NONNO".</t>
   </si>
   <si>
     <t>7115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7115/projeto_de_lei_88-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7115/projeto_de_lei_88-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE INCENTIVO AO ESPORTE PARA PESSOAS COM DEFICIÊNCIA (PCD), NO SENTIDO DE INSERI-LOS EM MODALIDADES ESPORTIVAS ADAPTADAS.</t>
   </si>
   <si>
     <t>7116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7116/projeto_de_lei_89-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7116/projeto_de_lei_89-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO A BIBLIOTECA POPULAR EM ESPAÇO PÚBLICO.</t>
   </si>
   <si>
     <t>7117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7117/projeto_de_lei_90-19_g0HE1mk.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7117/projeto_de_lei_90-19_g0HE1mk.pdf</t>
   </si>
   <si>
     <t>7118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7118/projeto_de_lei_91-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7118/projeto_de_lei_91-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA SÃO FRANCISCO DE ASSIS, EM SOÍDO DE BAIXO, MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7145/projeto_de_lei_92-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7145/projeto_de_lei_92-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE VILA ENDLICH, A VILA LOCALIZADA NA ESTRADA DE BOM JESUS E COSTA PEREIRA NESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7146/projeto_de_lei_93-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7146/projeto_de_lei_93-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "VILA BRISKE", A VILA LOCALIZADA APÓS A VILA ENDLICH, NA ESTRADA QUE DÁ ACESSO A BOM JESUS E COSTA PEREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7166</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7166/projeto_de_lei_94-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7166/projeto_de_lei_94-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, O PROGRAMA "BUEIRO INTELIGENTE".</t>
   </si>
   <si>
     <t>7167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7167/projeto_de_lei_95-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7167/projeto_de_lei_95-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A "SEMANA DA POESIA NA ESCOLA" E DISPÕE SOBRE SUA REALIZAÇÃO.</t>
   </si>
   <si>
     <t>7212</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7212/plo_96-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7212/plo_96-2019.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO - ES PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>7198</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7198/projeto_de_lei_97-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7198/projeto_de_lei_97-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE HOMENAGEM À 6ª COMPANHIA INDEPENDENTE DA POLÍCIA MILITAR-ES EM COMEMORAÇÃO ALUSIVA AO 17º ANIVERSÁRIO DE FUNDAÇÃO E PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7199</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7199/projeto_de_lei_98-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7199/projeto_de_lei_98-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES O ''PROJETO VEREADOR POR UM DIA''</t>
   </si>
   <si>
     <t>7200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7200/projeto_de_lei_99-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7200/projeto_de_lei_99-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE PREVENÇÃO À RABDOMIÓLISE NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7201</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7201/projeto_de_lei_100-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7201/projeto_de_lei_100-19.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO''.</t>
   </si>
   <si>
     <t>7224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7224/projeto_de_lei_101-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7224/projeto_de_lei_101-19.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1008, DE 09 DE DEZEMBRO DE 2010.</t>
   </si>
   <si>
     <t>7225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7225/projeto_de_lei_102-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7225/projeto_de_lei_102-19.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 1.750, DE 20 DE OUTUBRO DE 2016.</t>
   </si>
   <si>
     <t>7226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7226/projeto_de_lei_103-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7226/projeto_de_lei_103-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA BEIRA RIO, A RUA PROJETADA LOCALIZADA NO BAIRRO MIGUEL SOUZA, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO,</t>
   </si>
   <si>
     <t>7227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7227/projeto_de_lei_104-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7227/projeto_de_lei_104-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO ESTUDO DE EDUCAÇÃO ALIMENTAR E NUTRICIONAL COMO TEMA TRANSVERSAL NO CURRÍCULO DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL DAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7228/projeto_de_lei_105-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7228/projeto_de_lei_105-19.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 1.968 DE 27 DE MARÇO DE 2018.</t>
   </si>
   <si>
     <t>7229</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7229/projeto_de_lei_106-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7229/projeto_de_lei_106-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DO PROGRAMA DE "REFORÇO, ALFABETIZAÇÃO E LETRAMENTO ESCOLAR" NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7237</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7237/projeto_de_lei_-107-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7237/projeto_de_lei_-107-2019.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA E INSTITUI O CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO O ''DESFILE CULTURAL DA FESTA ITALEMANHA'' E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7238</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7238/projeto_de_lei_-108-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7238/projeto_de_lei_-108-2019.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ADÃO JOSÉ DE SOUSA, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7239</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7239/projeto_de_lei_-109-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7239/projeto_de_lei_-109-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 1.891, DE 29 DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7259/projeto_de_lei_110-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7259/projeto_de_lei_110-19.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT ARTIGO 5º DA LEI MUNICIPAL Nº 1.545 DE 07 DE NOVEMBRO DE 2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7905/pl_111.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7905/pl_111.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N° 1694, DE 04 DE FEVEREIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7274</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7274/projeto_de_lei_112-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7274/projeto_de_lei_112-19.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 2.081 DE 20 DE MAIO DE 2019.</t>
   </si>
   <si>
     <t>7275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7275/projeto_de_lei_113-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7275/projeto_de_lei_113-19.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DA JUVENTUDE (CUMJUV), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7276/projeto_de_lei_114-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7276/projeto_de_lei_114-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI A DECLARAÇÃO DE VÍNCULO ESTUDANTIL COMO MEIO SUFICIENTE PARA GARANTIR O DIREITO A MEIA ENTRADA NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7277/projeto_de_lei_115-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7277/projeto_de_lei_115-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ALINHAMENTO E A RETIRADA DE FIOS DE DESUSO EXISTENTES EM POSTES DE SUSTENTAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7906/plo_116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7906/plo_116.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO, A FESTA DAS CRIANÇAS DA VILA  DOS IPÊS, SITUADA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>7907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7907/plo_117.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7907/plo_117.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMO SÍMBOLOS DO MUNICÍPIO DE MARECHAL FLORIANO A CAPELA DE SANTO ANTONIO DE ARAGUAYA E A GRUTA NOSSA SENHORA DE LURDES DO DISTRITO DE LURDES DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>7908</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7908/plo_118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7908/plo_118.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A "SEMANA DE PREVENÇÃO E COMBATE À CATARATA E GLAUCOMA", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7909/plo_119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7909/plo_119.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES."</t>
   </si>
   <si>
     <t>7910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7910/plo_120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7910/plo_120.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE FÉRIAS COLETIVAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7911</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7911/plo_121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7911/plo_121.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7912/plo_122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7912/plo_122.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 9 E 10 DA LEI MUNICIPAL N°.1.121, DE 22 DE MARÇO DE 2012.</t>
   </si>
   <si>
     <t>7302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7302/projeto_de_lei-123-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7302/projeto_de_lei-123-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 1.338, DE 24 DE SETEMBRO DE 2013.</t>
   </si>
   <si>
     <t>7303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7303/projeto_de_lei-124-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7303/projeto_de_lei-124-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ''BAIRRO DO CAMPO'', NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>7304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7304/projeto_de_lei-125-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7304/projeto_de_lei-125-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO BAIRRO ''ALAGOINHA'', NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>7305</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7305/projeto_de_lei-126-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7305/projeto_de_lei-126-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 1.147, DE 11 DE JUNHO DE 2012.</t>
   </si>
   <si>
     <t>7306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7306/projeto_de_lei-127-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7306/projeto_de_lei-127-2019.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO À LEI MUNICIPAL Nº. 1.642, DE 23 DE JULHO DE 2015.</t>
   </si>
   <si>
     <t>7913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7913/plo_128.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7913/plo_128.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A  DOAR ÁREA DE TERRA URBANA AO ESTADO DO ESPÍRITO SANTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7914/plo_129.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7914/plo_129.pdf</t>
   </si>
   <si>
     <t>INCLUI NA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO FINANCEIRO DE 2019, O " DEMOSTRATIVO DA COMPATIBILIDADE DA PROGRAMAÇÃO DO ORÇAMENTO COM AS METAS DE RESULTADOS FISCAIS".</t>
   </si>
   <si>
     <t>7915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7915/plo_130.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7915/plo_130.pdf</t>
   </si>
   <si>
     <t>ALTERA  O ANEXO DE METAS FISCAIS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>7331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7331/projeto_de_lei_131-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7331/projeto_de_lei_131-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''JOSÉ ALFREDO MARTINS'', NA LOCALIDADE DE JEQUITIBÁ, EM SANTA MARIA DE MARECHAL.</t>
   </si>
   <si>
     <t>7332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7332/projeto_de_lei_132-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7332/projeto_de_lei_132-19.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''RUA LUIZ PIANZOLI'', NA LOCALIDADE JEQUITIBÁ, EM SANTA MARIA DE MARECHAL.</t>
   </si>
   <si>
     <t>7333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7333/projeto_de_lei_133-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7333/projeto_de_lei_133-19.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º E ACRESCENTA DISPOSITIVO À LEI MUNICIPAL Nº. 958, DE 28 DE OUTUBRO DE 2009.</t>
   </si>
   <si>
     <t>7334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7334/projeto_de_lei_134-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7334/projeto_de_lei_134-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR ATENDIMENTO DE FISIOTERAPIA DOMICILIAR, EM PACIENTES PORTADORES DE ENFERMIDADES CRÔNICAS E/OU DEGENERATIVAS, PACIENTES ACAMADOS OU IMPOSSIBILITADOS.</t>
   </si>
   <si>
     <t>8229</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8229/568.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8229/568.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>6989</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6989/projeto_de_resolucao_02-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6989/projeto_de_resolucao_02-19.pdf</t>
   </si>
   <si>
     <t>ART. 1º FICA AUTORIZADO O PODER LEGISLATIVO MUNICIPAL A DEVOLVER AOS COFRES DO PODER EXECUTIVO MUNICIPAL, A QUANTIA DE R$ 10,000.00 (DEZ MIL REAIS).</t>
   </si>
   <si>
     <t>7132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7132/projeto_de_resolucao_03-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7132/projeto_de_resolucao_03-19.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO O PODER LEGISLATIVO MUNICIPAL A DEVOLVER AOS COFRES DO PODER EXECUTIVO MUNICIPAL A QUANTIA DE RS 8.000,00 (OITO MIL REAIS).</t>
   </si>
   <si>
     <t>8230</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8230/1414.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8230/1414.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇAO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>7336</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7336/projeto_de_resolucao_05-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7336/projeto_de_resolucao_05-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO DO ORÇAMENTO VIGENTE.</t>
   </si>
   <si>
     <t>6308</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6308/requerimento_001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6308/requerimento_001.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADA A POSSIBILIDADE DE CONCEDER AUMENTO DO TICKET ALIMENTAÇÃO DOS FUNCIONÁRIOS DO PODER EXECUTIVO MUNICIPAL, VISTO QUE, O VALOR CONCEDIDO ATUALMENTE ESTÁ MUITO_x000D_
 DEFASADO.</t>
   </si>
   <si>
     <t>6309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6309/requerimento_002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6309/requerimento_002.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A REDUÇÃO DA TAXA DE ILUMINAÇÃO PÚBLICA, VISTO QUE, O EXORBITANTE AUMENTO DA MESMA POR PARTE DESSE PODER EXECUTIVO MUNICIPAL, PASSOU A ONERAR AINDA MAIS A CONTA DE ENERGIA ELÉTRICA DOS MUNÍCIPES FLORIANENSES, PROPORCIONANDO TRANSTORNOS E DIFICULDADES, ESPECIALMENTE, Às PESSOAS ASSALARIADAS, QUE POR VEZES ACABAM TORNANDO-SE INADIMPLENTES COM A EDP, DEVIDO À ALTA TAXA DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>6310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6310/requerimento_003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6310/requerimento_003.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE EM 2011 A ENTÃO PREFEITA ELIANE PAES LORENZONI, SANCIONOU A LEI MUNICIPAL NO 1.039, PROJETO ESTE DE MINHA AUTORIA QUE, DISPÕE SOBRE AJUDA DE CUSTO DE TRANSPORTE A ESTUDANTES DO MUNICÍPIO QUE CURSAM O ENSINO SUPERIOR NA GRANDE VITÓRIA;_x000D_
 CONSIDERANDO QUE A CONCESSÃO DA AJUDA DE CUSTO AUXILIARÁ NA RENDA FAMILIAR, UMA VEZ QUE MUITOS PAIS DE ALUNOS PASSAM POR DIFICULDADES PARA CUSTEAR AS DESPESAS DECORRENTES DO ESTUDO DE SEUS FILHOS;_x000D_
 DIANTE DO EXPOSTO, E CONSIDERANDO A IMPORTÂNCIA DA CONCESSÃO DESTE BENEFÍCIO, VENHO SOLICITAR AO PREFEITO MUNICIPAL, EXMO. SR. JOÃO CARLOS LORENZONI, QUE ESTUDE E ANALISE COM CARINHO A POSSIBILIDADE DE CONCESSÃO DESTA AJUDA FINANCEIRA AOS PAIS DESTES ALUNOS, QUE BUSCAM O ESTUDO VISANDO CRESCIMENTO PROFISSIONAL.</t>
   </si>
   <si>
     <t>6311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6311/requerimento_004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6311/requerimento_004.pdf</t>
   </si>
   <si>
     <t>Requeiro que seja encaminha a cópia integral dos empenhos relacionados aos serviços de limpeza de rios/córregos e a roçagem de estradas realizadas em 2018.</t>
   </si>
   <si>
     <t>6312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6312/requerimento_005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6312/requerimento_005.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ENCAMINHADA A PRESTAÇÃO DE CONTAS COMPLETA, COM OS GASTOS E RECEITAS DESTINADAS AO DEPARTAMENTO DE ESPORTES DO MUNICÍPIO DE MARECHAL FLORIANO, INERENTE AOS EXERCÍCIOS DE 2017/2018.</t>
   </si>
   <si>
     <t>6313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6313/requerimento_006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6313/requerimento_006.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESTE PODER EXECUTIVO MUNICIPAL NOTIFIQUE TODAS AS EMPRESAS TERCEIRIZADAS QUE PRESTAM SERVIÇOS NO MUNICÍPIO, COMO_x000D_
 CESAN, ESCELSA E OUTRAS QUE FOREM FAZER ALGUMA OBRA DE ESCAVAÇÃO E PAVIMENTAÇÃO, A PREFEITURA DEVE SER INFORMADA E, ESTANDO CIENTE, ESTA DEVE DISPONIBILIZAR UM FISCAL E/OU PROFISSIONAL DO ÓRGÃO PARA ACOMPANHAR ATÉ O TÉRMINO DO SERVIÇO PRESTADO.</t>
   </si>
   <si>
     <t>6314</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6314/requerimento_007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6314/requerimento_007.pdf</t>
   </si>
   <si>
     <t>REQUEIRO SERVIÇO DE MELHORIA E REPARO, NO SENTIDO DE REFAZER A PINTURA DA SINALIZAÇÃO VERTICAL E HORIZONTAL DE TODA A MUNICIPALIDADE DE MARECHAL FLORIANO. POIS, AS FAIXAS DE PEDESTRES E DEMARCAÇÃO DE ESTACIONAMENTOS ENCONTRAM-SE COM A PINTURA APAGADA, GERANDO ACIDENTES._x000D_
 REQUEIRO, AINDA, QUE SEJA REVISTA A QUALIDADE DO SERVIÇO EXECUTADO, BEM COMO A QUALIDADE DA TINTA UTILIZADA PARA A REALIZAÇÃO DE TAL SERVIÇO.</t>
   </si>
   <si>
     <t>6315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6315/requerimento_008.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6315/requerimento_008.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADA CÓPIA COMPLETA DE TODAS AS PEÇAS CONSTANTES NOS CERTAMES LICITATÓRIOS REALIZADOS COM RECURSOS FINANCEIROS PROVENIENTES DA OPERAÇÃO DE CRÉDITO FIRMADO JUNTO A CAIXA ECONÔMICA FEDERAL - ANISA._x000D_
 REQUER AINDA QUE SEJA INFORMADO O SALDO FINANCEIRO REFERENTE AO RECURSO DO ANISA E QUAIS OBRAS PROVENIENTES DO CONTRATO QUE AINDA SERÃO EXECUTADAS._x000D_
 E, POR FIM REQUER QUE SEJA ENCAMINHADA A CÓPIA COMPLETA DE TODAS AS PEÇAS CONSTANTES DO PREGÃO PRESENCIAL N O 003/2019 (EDITAL, HABILITAÇÃO, PROPOSTAS DE PREÇOS, RELATÓRIO FOTOGRÁFICO E DEMAIS PEÇAS).</t>
   </si>
   <si>
     <t>6316</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6316/requerimento_009.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6316/requerimento_009.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADA A CÓPIA COMPLETA DE TODAS AS PEÇAS CONSTANTES NOS CERTAMES LICITATÓRIOS CUJO OBJETO FOI_x000D_
 DESTINADO A REALIZAÇÃO DE CALÇAMENTO E RECAPEAMENTO DE VIAS PÚBLICAS (EDITAL, CONTRATO, HABILITAÇÃO, PROPOSTA DE PREÇOS, EMPENHOS, IMAGEM FOTOGRÁFICA DOS SERVIÇOS REALIZADOS) NO EXERCÍCIO DE 2017 E 2018._x000D_
 REQUER AINDA QUE SEJAM INFORMADOS QUAIS DESTAS OBRAS FORAM COM RECURSO PRÓPRIO.</t>
   </si>
   <si>
     <t>6317</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6317/requerimento_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6317/requerimento_010.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A PREFEITURA MUNICIPAL FIRMOU CONTRATOS COM EMPRESAS -TERCEIRIZADAS PARA A EXECUÇÃO DE SERVIÇOS PÚBLICOS SENDO CONTRATADOS CENTENAS DE MUNÍCIPES DO_x000D_
 MUNICÍPIO DE MARECHAL FLORIANO;_x000D_
   CONSIDERANDO QUE ESTAS EMPRESAS QUE EXECUTARAM SERVIÇOS_x000D_
 PÚBLICOS POR QUASE DOIS ANOS JUNTO À PREFEITURA MUNICIPAL_x000D_
 DE MARECHAL FLORIANO TIVERAM SEUS CONTRATOS E ADITIVOS ENCERRADOS E DIANTE DESTA SITUAÇÃO OS FUNCIONÁRIOS FORAM_x000D_
 DEMITIDOS E PRECISARAM ASSINAR SUAS RESCISÕES, PORÉM ATÉ A PRESENTE DATA ALGUNS FUNCIONÁRIOS RELATAM QUE O FGTS RESCISÓRIO NÃO FOI QUITADO._x000D_
   DESTA FEITA, CONSIDERANDO QUE DEVIDO A NÃO QUITAÇÃO DAS VERBAS RESCISÓRIAS OS FUNCIONÁRIOS FICAM IMPEDIDOS DE DAR ENTRADA NO SEGURO DESEMPREGO._x000D_
   POSTO ISTO, CONSIDERANDO QUE A PREFEITURA MUNICIPAL É CORRESPONSÁVEL NAS CONTRATAÇÕES DE EMPRESAS TERCEIRIZADAS VENHO SOLICITAR AS SEGUINTES INFORMAÇÕES:</t>
   </si>
   <si>
     <t>6253</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6253/requerimento_011-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6253/requerimento_011-2019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADA A POSSIBILIDADE DE REALIZAR UM MUTIRÃO DE CARDIOLOGIA EM NOSSO MUNICÍPIO, VISANDO DIMINUIR A DEMANDA REPRIMIDA NA ÁREA CARDIOLÓGICA E ATENDER DE MANEIRA RÁPIDA OS PACIENTES COM CASOS MAIS URGENTES, AQUELES QUE PRECISAM DE CATETERISMO CARDÍACO,_x000D_
 ELETROCARDIOGRAMA, EXAMES DE RISCO CIRÚRGICO E MARCAÇÃO DE CONSULTAS. É PRECISO REALIZAR UMA AÇÃO PARA REDUZIR A FILA DE ESPERA PARA ATENDIMENTOS DESTA ESPECIALIDADE EM AMBULATÓRIOS.</t>
   </si>
   <si>
     <t>6254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6254/requerimento_012-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6254/requerimento_012-2019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À EMPRESA "EDP ESPIRITO SANTO" A REALIZAÇÃO DOS SERVIÇOS DE MANUTENÇÃO E LIMPEZA DA REDE ELÉTRICA NA COMUNIDADE BETINHO SIMON (TREVO DE PARAJU) SITUADA NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6252/req_013-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6252/req_013-2019.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ANALISADO E CONCEDIDO OS BENEFÍCIOS DA LEI MUNICIPAL Nº 1.208, DE 21 DE MARÇO DE 2013, QUE DISPÕE SOBRE O PROGRAMA DE APOIO AO PEQUENO E MÉDIO PRODUTOR RURAL, CONCEDENDO HORAS DE MÁQUINAS (PATROL, RETROESCAVADEIRA, BASCULANTES E DEMAIS EQUIPAMENTOS), NAS PROPRIEDADES DOS PRODUTORES RURAIS, E, EM CONTRAPARTIDA O PRODUTOR RURAL FICARIA RESPONSÁVEL PELA MANUTENÇÃO DE ROÇAGEM SOMENTE DO TRECHO DE ESTRADA QUE MARGEIA A SUA PROPRIEDADE.</t>
   </si>
   <si>
     <t>6251</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO MUNICIPAL A CONCESSÃO DO BENEFÍCIO DO VALE FEIRA A TODOS OS SERVIDORES DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO._x000D_
 RESSALTO QUE SE FOSSEM CONCEDIDOS CERCA DE R$40,00 A TODOS OS SERVIDORES DA PREFEITURA MUNICIPAL, MENSALMENTE CIRCULARIA NA “FEIRA DA ROÇA” APROXIMADAMENTE O VALOR DE R$40.000,00 PARA OS PRODUTORES RURAIS QUE PARTICIPAM DA FEIRA AOS SÁBADOS.</t>
   </si>
   <si>
     <t>6318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6318/requerimento_015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6318/requerimento_015.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA OBRIGATÓRIA A PRESENÇA DE MONITOR ESCOLAR EM TODAS AS LINHAS DE TRANSPORTE ESCOLAR, INCLUSIVE, OS TERCEIRIZADOS, CONFORME ESTABELECIDO EM LEI, TENDO EM VISTA SER UM DIREITO ASSEGURADO AOS ALUNOS, VISANDO A SEGURANÇA DOS MESMOS, EVITANDO ASSIM FURTOS TRANSTORNOS À MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>6319</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6319/requerimento_016.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6319/requerimento_016.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE, EXISTE POSTEAMENTO DO POSTO IPIRANGA ATÉ SANTA MARIA, BEIRANDO A ESTRADA, VISANDO ESCLARECER A VÁRIOS MORADORES ONDE ESSE POSTEAMENTO PASSA, PEÇO AS SEGUINTES INFORMAÇÕES:_x000D_
 -Se o cabeamento é de Internet?_x000D_
 -Se a empresa pediu autorização ao município para instalar os postes?_x000D_
 -Se o município recene algum valor, visto que os mesmos estão em estradas vicinais da municipalidade, ou qual beneficio a empresa traz para o nosso município?_x000D_
 -Se for o caso, solicito, ainda, cópia do contrato.</t>
   </si>
   <si>
     <t>6320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6320/requerimento_017.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6320/requerimento_017.pdf</t>
   </si>
   <si>
     <t>Requeiro que, seja viabilizado serviço de recapeamento nas Rodovias Basilio Bubach, que liga Marechal Floriano à Aparecida; João Batista Klein, que liga a BR 262 a Soído de Baixo.</t>
   </si>
   <si>
     <t>6321</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6321/requerimento_018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6321/requerimento_018.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL INTERVENHA JUNTO AO ESTADO , SOLICITANDO A INSTALAÇÃO DE SEMÁFORO NAS IMEDIAÇÕES DA LOJA SANTOS E MACEFEL, VISANDO QUE O TRANSITO FLUA MELHOR, EVITANDO TRANSTORNO E ACIDENTES.</t>
   </si>
   <si>
     <t>6322</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6322/requerimento_019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6322/requerimento_019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE RETORNE À SECRETARIA MUNICIPAL DE SAÚDE, OS VEÍCULOS LOTADOS NA MESMA, QUE ESTÃO ATENDENDO OUTRAS SECRETARIAS, TAIS COMO O FIAT PÁLIO PLACA FEX 3579, LOGAN PLACA ODG 5887 E KOMBE  PLACA MTC 3741._x000D_
 RESSALTO QUE ESTÃO FAZENDO FALTA NA SECRETARIA DE SAÚDE E O RETORNO DOS MESMO SERA DE GRANDE RELEVÂNCIA PARA MELHORAR O ANDAMENTO DOS TRABALHADORES DA REFERIDA SECRETARIA.</t>
   </si>
   <si>
     <t>6323</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6323/requerimento_020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6323/requerimento_020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADO A POSSIBILIDADE DE CONCEDER 100% (CEM POR CENTO) DE AUMENTO DO TICKET ALIMENTAÇÃO DOS FUNCIONÁRIOS DO PODER EXECUTIVO MUNICIPAL, TENDO EM VISTA QUE, VALOR CONCEDIDO ATUALMENTE ESTÁ MUITO DEFASADO.</t>
   </si>
   <si>
     <t>6324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6324/requerimento_021.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6324/requerimento_021.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS INFORMAÇÃO SOBRE QUAIS OS VALORES GASTOS POR CADA SECRETARIA MUNICIPAL NOS ORÇAMENTOS DE 2017 E 2018. QUAIS SECRETARIAS MUNICIPAIS RECEBERAM SUPLEMENTAÇÃO E QUAIS FORMA OS VALORES SUPLEMENTADOS PARA CADA SECRETARIA.</t>
   </si>
   <si>
     <t>6325</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6325/requerimento_022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6325/requerimento_022.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO INFORMAÇÕES ACERCA DA LEI MUNICIPAL NO 1.829, DE 27 DE JUNHO DE 2017, QUE AUTORIZA A PREFEITURA A ALIENAR BEM IMÓVEL PERTENCENTE AO MUNICÍPIO, ENCAMINHANDO TODOS OS CERTAMES REALIZADOS PERTINENTE AO LEILÃO DO TERRENO, COM AS INFORMAÇÕES REFERENTES A_x000D_
 EMPRESA RESPONSÁVEL PELA REALIZAÇÃO DO LEILÃO, CREDENCIAIS DO LEILOEIRO, PUBLICAÇÕES EM DIÁRIO OFICIAL, VALOR MÍNIMO, VALORES OFERTADOS, PARTICIPANTES INTERESSADOS, CONTRATOS FIRMADOS, VALOR FINAL DE VENDA E NOME DO VENCEDOR;_x000D_
 REQUER AINDA QUE SEJA ENCAMINHADO AS MESMAS INFORMAÇÕES PERTINENTES A LEI MUNICIPAL NO 2051 DE 28 DE DEZEMBRO DE 2018, LEI ESTA QUE AUTORIZA A REALIZAÇÃO DO LEILÃO DOS VEÍCULOS.</t>
   </si>
   <si>
     <t>6367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6367/requerimento_no_023-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6367/requerimento_no_023-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE A SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTES, ENCAMINHE A ESTA CASA DE LEIS, A LISTA DAS ESCOLAS QUE POSSUEM O ALVARÁ DO CORPO DE BOMBEIROS._x000D_
 POSTO ISTO, PEÇO O EMPENHO DE V.S.ª, À FRENTE DESSA RELEVANTE E CONCEITUADA SECRETARIA, NO SENTIDO DE ATENDER ESTA SOLICITAÇÃO, O MAIS BREVE POSSÍVEL.</t>
   </si>
   <si>
     <t>6353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6353/requerimento_no_024-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6353/requerimento_no_024-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES SEJA ANALISADA A VIABILIDADE DE ENVIO A ESTA CASA DE LEIS, UM PROJETO DE LEI CONTENDO LEGISLAÇÃO PRECONIZANDO QUE TODAS AS CRECHES, ESCOLAS, GINÁSIOS ESPORTIVOS E PRÉDIOS PÚBLICOS DO MUNICÍPIO SOMENTE POSSAM SER INAUGURADOS E/OU REINAUGURADOS (EM CASOS DE REFORMA), MEDIANTE O ALVARÁ DO CORPO DE BOMBEIROS.   _x000D_
 POSTO ISTO, PEÇO O EMPENHO DE V. Ex.ª, GESTOR DESSE EXECUTIVO MUNICIPAL, NO SENTIDO DE ATENDER ESTA SOLICITAÇÃO, ENCAMINHANDO O PROJETO DE LEI SUGERIDO, O MAIS BREVE POSSÍVEL.</t>
   </si>
   <si>
     <t>6354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6354/requerimento_no_025-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6354/requerimento_no_025-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AUTORIZAÇÃO PARA A REALIZAÇÃO DE SESSÃO SOLENE ALUSIVA AO “DIA INTERNACIONAL DA FAMÍLIA”, A REALIZAR-SE NO DIA 15 DE MAIO DO ANO EM CURSO._x000D_
 POSTO ISTO, PEÇO O EMPENHO DE V. Ex.ª, NO SENTIDO DE ATENDER ESTE PEDIDO.</t>
   </si>
   <si>
     <t>6355</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6355/requerimento_no_026-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6355/requerimento_no_026-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO INFORMAÇÕES INERENTES À ESCOLA FLORES PASSINATO KUSTER, COMPREENDENDO O QUE TEM SIDO FEITO PARA QUE A MESMA SEJA LIBERADA PARA SER UTILIZADA PELOS ALUNOS DA LOCALIDADE DE SOÍDO DE BAIXO E ADJACÊNCIAS; O QUE AINDA FALTA PARA A LIBERAÇÃO DA MESMA; ENFIM, POR QUE AINDA NÃO ESTÁ EM FUNCIONAMENTO, COM SUAS ATIVIDADES ESCOLARES DE PRAXE, NORMALIZADAS?</t>
   </si>
   <si>
     <t>6356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6356/requerimento_no_027-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6356/requerimento_no_027-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESTA CASA DE LEIS DISPONIBILIZE A POPULAÇÃO, UM NOVO CANAL PARA QUE SEJAM REALIZADAS SUAS REIVINDICAÇÕES E/OU SOLICITAÇÕES DE MELHORIAS PARA OS BAIRROS, POR MEIO DE UM LINK EM SEU SITE “SEU BAIRRO PRECISA DE MELHORIAS? ENVIE POR AQUI!”._x000D_
 VALE RESSALTAR, QUE ESTA INICIATIVA VISA O REGISTRO DAS MESMAS, DIRECIONADAS OU NÃO AOS VEREADORES, AS QUAIS SERÃO TRANSFORMADAS EM INDICAÇÕES, FORMULADAS EM NOME DOS VEREADORES E LIDAS NO PLENÁRIO, BEM COMO, POSTERIORMENTE, ENCAMINHADAS AOS ÓRGÃOS COMPETENTES, VISANDO PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>6357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6357/requerimento_no_028-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6357/requerimento_no_028-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA REVISTA A REMUNERAÇÃO DOS SERVIDORES DA VIGILÂNCIA SANITÁRIA E VIGILÂNCIA EPIDEMIOLÓGICA, ATUANTES NESTE EXECUTIVO MUNICIPAL, VISANDO CERTIFICAR-SE SE ESTÁ SENDO REPASSADO O RECURSO FEDERAL QUE LHES É DE DIREITO. _x000D_
 POSTO ISTO, PEÇO O EMPENHO DE V. Ex.ª, NO SENTIDO DE ATENDER ESTE PEDIDO E, CASO NÃO ESTEJAM RECEBENDO ESSE REPASSE FEDERAL, QUE SEJAM PROVIDENCIADOS E PAGOS, O MAIS RÁPIDO POSSÍVEL.</t>
   </si>
   <si>
     <t>6358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6358/requerimento_no_029-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6358/requerimento_no_029-19.pdf</t>
   </si>
   <si>
     <t>Requer que a Secretaria Municipal de Saúde, realize nas escolas municipais públicas e particulares, palestras com o intuito de orientar sobre o excesso de peso transportado em mochilas escolares, ocasião em que o uso inadequado pode gerar sobrecarga na coluna vertebral e dentre as consequências estão as dores, inflamação na coluna, tensão e danos nos nervos do pescoço e ombros, e, em casos mais graves, esse excesso de peso pode ocasionar o agravamento de desvios na coluna, como a escoliose.</t>
   </si>
   <si>
     <t>6359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6359/requerimento_no_030-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6359/requerimento_no_030-19.pdf</t>
   </si>
   <si>
     <t>Requer que a Prefeitura Municipal providencie em caráter de urgência, a aquisição um respirador para a Policlínica, para ser utilizado em pacientes em estado grave que necessitem estar entubados até que a ambulância especializada, e equipada providencie a remoção para os hospitais.._x000D_
 Requer o encaminhamento de relação das medicações que estão faltando na Secretaria de Saúde.</t>
   </si>
   <si>
     <t>6360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6360/requerimento_no_031-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6360/requerimento_no_031-19.pdf</t>
   </si>
   <si>
     <t>Requer que a Prefeitura Municipal de Marechal Floriano crie o Programa de Bolsa Atleta ou Auxílio Atleta, com o objetivo de valorizar e apoiar atletas de alto rendimento e amadores que participem de eventos estaduais, apoiando-os financeiramente bem como incentivar os jovens, a desenvolverem a prática do esporte como meio de promoção social.</t>
   </si>
   <si>
     <t>6361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6361/requerimento_no_032-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6361/requerimento_no_032-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A PREFEITURA MUNICIPAL COLOQUE EM PRATICA AS INICIATIVAS PREVISTAS NO FUNDO MUNICIPAL DE PROTEÇÃO, E BEM ESTAR DOS ANIMAIS DOMÉSTICOS , CAPTANDO E DISPONIBILIZANDO RECURSOS PARA DESENVOLVER AÇÕES DE PROTEÇÃO AOS ANIMAIS, CONTROLE POPULACIONAL, CONSTRUÇÃO DE CANIL, PREVENÇÃO A ZOONOSE E DEMAIS AÇÕES QUE RESGUARDEM A SAÚDE DOS ANIMAIS DOMÉSTICOS, PRINCIPALMENTE OS ANIMAIS ABANDONADOS QUE POR VENTURAM ACABAM PERMANECENDO PELAS RUAS DE NOSSO MUNICÍPIO, SEM ALIMENTAÇÃO, REVIRANDO OS LATÕES DE LIXO EM BUSCA DE COMIDA E SUJEITOS A ATROPELAMENTOS E ATÉ POR VEZES SUBMETIDOS A VIOLÊNCIA  POR SERES HUMANOS.</t>
   </si>
   <si>
     <t>6916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6916/requerimento_33-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6916/requerimento_33-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESTE PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE ENCAMINHAR A ESTA CÂMARA MUNICIPAL, UM PROJETO DE LEI DETERMINANDO A ELEIÇÃO DIRETA PRA DIRETOR ESCOLAR (MUDANÇA NO ESTATUTO DO MAGISTÉRIO).</t>
   </si>
   <si>
     <t>6917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6917/requerimento_34-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6917/requerimento_34-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESTE PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE CONCEDER AUMENTO DE TICKET ALIMENTAÇÃO DE SEUS SERVIDORES, TENDO EM VISTA A DEFASAGEM DO MESMO.</t>
   </si>
   <si>
     <t>6918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6918/requerimento_35-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6918/requerimento_35-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM PARQUE INFANTIL NO CENTRO EDUCACIONAL MUNICIPAL FLOMIRO ENDLICH CANAL NETO, NO TERRENO PERTENCENTE AO PODER PÚBLICO, SITUADO AO LADO DESTA INSTITUIÇÃO DE ENSINO.</t>
   </si>
   <si>
     <t>6919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6919/requerimento_36-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6919/requerimento_36-19.pdf</t>
   </si>
   <si>
     <t>REQUER A POSSIBILIDADE DE RETORNO DE PARADA DO TRANSPORTE COLETIVO DA EMPRESA CORDIAL NO BAR AMÉRICA, SITUADO NO CENTRO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>6920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6920/requerimento_37-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6920/requerimento_37-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A PREFEITURA MUNICIPAL ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, INTERVENHA JUNTO A EMPRESA "FORTALEZA" QUE FOI CONTRATADA PELO MUNICÍPIO PARA REALIZAR SERVIÇOS DE LIMPEZA, EXIGINDO QUE SEUS FUNCIONÁRIOS UTILIZEM SOPRADOR DE FOLHAS COM PRUDÊNCIA E OS DEVIDOS CUIDADOS EM MANUSEIO, POIS DIVERSAS SÃO AS RECLAMAÇÕES SOBRE A MÁ UTILIZAÇÃO DESTE EQUIPAMENTO._x000D_
 OCASIÃO EM QUE AO UTILIZÁ-LO A POEIRA ADENTRA AS CASAS E COMÉRCIOS DO MUNICÍPIO, E NAS VIAS POR MUITAS VEZES ACABAM PREJUDICANDO A POPULAÇÃO.</t>
   </si>
   <si>
     <t>6938</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6938/requerimento_38-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6938/requerimento_38-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA COLOCADO EM PRÁTICA PELO PODER PÚBLICO AS SEGUINTES LEIS:_x000D_
 - LEI MUNICIPAL Nº 703/2007 _x000D_
 _x000D_
 - LEI MUNICIPAL Nº 1.246/2013</t>
   </si>
   <si>
     <t>6939</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6939/requerimento_39-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6939/requerimento_39-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO PROVIDÊNCIAS DO PODER EXECUTIVO MUNICIPAL PARA QUE PROMOVA UMA DISCUSSÃO SOBRE A ADEQUAÇÃO DO ESTATUTO DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>6940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6940/requerimento_40-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6940/requerimento_40-19.pdf</t>
   </si>
   <si>
     <t>REQUER A CRIAÇÃO DO PROGRAMA FAMÍLIA ACOLHEDORA, PROGRAMA ESTE QUE CONSISTE EM CADASTRAR E CAPACITAR FAMÍLIAS DA COMUNIDADE PARA RECEBEREM EM SUAS CASAS, POR UM PERÍODO DETERMINADO, CRIANÇAS, ADOLESCENTES E OU GRUPOS DE IRMÃOS EM SITUAÇÃO DE RISCO PESSOAL E SOCIAL, DANDO-LHES ACOLHIDA, AMPARO, ACEITAÇÃO, AMOR E A POSSIBILIDADE DE CONVIVÊNCIA FAMILIAR COMUNITÁRIA.</t>
   </si>
   <si>
     <t>6941</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6941/requerimento_41-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6941/requerimento_41-19.pdf</t>
   </si>
   <si>
     <t>REQUER O PODER EXECUTIVO MUNICIPAL ATRAVÉS DAS SECRETARIAS MUNICIPAIS, REALIZEM CAMPANHAS EDUCATIVAS CONSCIENTIZANDO A POPULAÇÃO DE RISCO EM MANTER VASOS E PLANTAS/FLOREIRAS EM JANELAS E MARQUISES, PROPORCIONANDO RISCO A POPULAÇÃO NO CASO DE QUEDAS EM CALÇADAS E LOGRADOUROS PÚBLICOS.</t>
   </si>
   <si>
     <t>6961</t>
   </si>
   <si>
     <t>REQUER A INTERVENÇÃO DO PODER EXECUTIVO JUNTO AO DETRAN NO SENTIDO DE DEMARCAR AS VAGAS DE ESTACIONAMENTO NA RUA MANOEL KILL EM SOMENTE UM LADO DA VIA, CUJO A VIA REFERIDA É ESTREITA E VEÍCULOS ESTACIONAM EM AMBOS OS LADOS DO LOGRADOURO, PREJUDICANDO TRÂNSITO DE VEÍCULOS PESADOS...</t>
   </si>
   <si>
     <t>6962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6962/requerimento_43-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6962/requerimento_43-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADO A CÂMARA MUNICIPAL A CADA 15 (QUINZE) DIAS RELATÓRIO INFORMANDO QUAIS MEDICAMENTOS ENCONTRAM-SE EM FALTA NA FARMÁCIA BÁSICA MUNICIPAL.</t>
   </si>
   <si>
     <t>6963</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6963/requerimento_44-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6963/requerimento_44-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE PROCEDA VISTORIAS REFERENTE AO EXCESSO DE PÓ DE CIMENTO QUE SAI DE UMA FÁBRICA DE CONCRETO LOCALIZADA NA VILA DAS ORQUÍDEAS, QUE VEM CAUSANDO TRANSTORNOS PARA OS MORADORES DA LOCALIDADE, POIS ALEM DE SUJEIRA ADENTRA AS RESIDÊNCIAS, ESTA POEIRA DE CIMENTO, PODE CAUSAR DIVERSOS PROBLEMAS RESPIRATÓRIOS, PRINCIPALMENTE À CRIANÇAS E A IDOSOS.</t>
   </si>
   <si>
     <t>6964</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6964/requerimento_45-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6964/requerimento_45-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A PREFEITURA ATRAVÉS DA SECRETARIA DE EDUCAÇÃO REVISE E REPARE TODOS COMPUTADORES DAS ESCOLAS MUNICIPAIS DE BOM JESUS, TREVO DE PARAJÚ, SOÍDO DE BAIXO, SANTA MARIA, ARAGUAYA, VICTOR HUGO, E CENTRO, COLOCANDO OS MESMOS EM PLENO FUNCIONAMENTO PARA OS ALUNOS UTILIZAREM  PARA ESTUDO, POIS É DE NOSSO CONHECIMENTO QUE EXISTEM COMPUTADORES QUE ENCONTRAM-SE NOVOS FALTANDO SOMENTE SUA INSTALAÇÃO.</t>
   </si>
   <si>
     <t>6965</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6965/requerimento_46-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6965/requerimento_46-19.pdf</t>
   </si>
   <si>
     <t>REQUER O CUMPRIMENTO QUE ESTABELECE A DEMARCAÇÃO DE VAGAS DE ESTACIONAMENTO EXCLUSIVA  PARA USUÁRIOS EM FRENTE A FARMÁCIAS E DROGARIAS DE NOSSO MUNICÍPIO..._x000D_
 _x000D_
 _x000D_
 DESTA FEITA, RESSALTAMOS  A IMPORTÂNCIA DESTE BENEFÍCIO POIS HOUVE CASOS EM NOSSA CIDADE QUE CLIENTES DE FARMÁCIAS TIVERAM SEUS VEÍCULOS NOTIFICADOS EM RAZÃO DA AUSÊNCIA DE DEMARCAÇÃO OU MESMO PELA PRECARIEDADE  DA SINALIZAÇÃO QUE ENCONTRA-SE DANIFICADA.</t>
   </si>
   <si>
     <t>6966</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6966/requerimento_47-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6966/requerimento_47-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA REALIZADA JUNTO AO GOVERNO DO ESTADO UMA AVALIAÇÃO SOBRE A DIVISÃO TERRITORIAL DO DISTRITO DE VICTOR HUGO, NA LOCALIDADE DO CANARINHO, POIS A MESMA FOI DIVIDIDA PELOS MUNICÍPIOS DE DOMINGOS MARTINS E MARECHAL FLORIANO._x000D_
 POIS MORADORES RELATAM DIFICULDADE CONSEGUIR SERVIÇOS PÚBLICOS, PRINCIPALMENTE INFRA ESTRUTURA E MANUTENÇÃO DE ESTRADAS..._x000D_
 DIANTE DO EXPOSTO, PEÇO O EMPENHO DE VOSSA EXCELÊNCIA PARA INTERVIR DE FORMA QUE A VILA CANARINHO PASSE A PERTENCER EM SUA TOTALIDADE TERRITORIAL AO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7088/requerimento_48-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7088/requerimento_48-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SR. PAULO ROBERTO FOLETTO, SECRETÁRIO DE ESTADO DE AGRICULTURA, ABASTECIMENTO, AQUICULTURA E PESCA, DENTRO DAS POSSIBILIDADES QUE SEJA ANALISADA A POSSIBILIDADE DE INCLUIR NO PROJETO "CAMINHOS DO CAMPO" A ESTRADA QUE LIGA RIO FUNDO A SANTA MARIA E ARAGUAYA, VISANDO AUMENTAR O TURISMO LIGANDO AO ZOOLÓGICO, AOS MUSEUS DE ARAGUAYA E A CACHOEIRA DE MATHILDE E VISANDO FACILITAR O ESCOAMENTO AGRÍCOLA, BEM COMO, A ACESSIBILIDADE DO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>7089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7089/requerimento_49-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7089/requerimento_49-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SR. PAULO ROBERTO FOLETTO, SECRETÁRIO DE ESTADO DE AGRICULTURA, ABASTECIMENTO, AQUICULTURA E PESCA, DENTRO DAS POSSIBILIDADES, VIABILIZAR A INSTALAÇÃO DE UMA TORRE DE TELEFONIA MÓVEL E INTERNET 3G, NO DISTRITO DE SANTA MARIA, QUE ATENDA A COMUNIDADE DE RIO FUNDO, VISANDO, PORTANTO ATENDER AMBAS AS COMUNIDADES LOCALIZADAS NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>7090</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7090/requerimento_50-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7090/requerimento_50-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADA A POSSIBILIDADE DE CONCEDER AUMENTO DO TICKET ALIMENTAÇÃO DOS SERVIDORES MUNICIPAIS DESSE PODER EXECUTIVO, VISTO QUE, O VALOR CONCEDIDO ATUALMENTE ESTÁ MUITO DEFASADO, BEM COMO, AUMENTO SALARIAL DOS MESMOS, TENDO EM VISTA QUE, ESSE EXECUTIVO PROTOCOLOU NESTA CASA DE LEIS, PROJETO DE LEI, VISANDO REAJUSTE SALARIAL DO PLANO DE CARREIRA DA REESTRUTURAÇÃO ADMINISTRATIVA.</t>
   </si>
   <si>
     <t>7091</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7091/requerimento_51-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7091/requerimento_51-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A AQUISIÇÃO DE UMA AMBULÂNCIA, UTILIZANDO-SE DE PARTE DO VALOR ARRECADADO COM A ALIENAÇÃO DE BEM IMÓVEL DO PATRIMÔNIO MUNICIPAL, CONFORME PROJETO DE LEI Nº 70/2019, VOTADO E APROVADO NESTA CASA DE LEIS EM 23/07/2019.</t>
   </si>
   <si>
     <t>7092</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7092/requerimento_52-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7092/requerimento_52-19.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PARCERIA ENTRE ESSE PODER EXECUTIVO MUNICIPAL E GOVERNO DO ESTADO, VISANDO À RETOMADA DA CONSTRUÇÃO DA ESCOLA LOCALIZADA ATRÁS DO CENTRO EDUCACIONAL VOVÓ FERNANDINA.</t>
   </si>
   <si>
     <t>7093</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7093/requerimento_53-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7093/requerimento_53-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SR. JOSÉ ALVES RODRIGUES FILHO, SUPERINTENDENTE REGIONAL DO INCRA/ES QUE SE DIGNE ANALISAR SOBRE A POSSIBILIDADE DE ALTERAÇÃO DE ÁREA MÍNIMA EXIGIDA PARA ESCRITURAÇÃO NO MEIO RURAL, ATUALMENTE SENDO 3 HECTARES, OU SEJA 30,000 M², PASSE A SER DE 01 HECTARE, QUE EQUIVALE A 10,000 M² VISANDO FACILITAR ÀS FAMÍLIAS QUE POSSUEM PEQUENAS PROPRIEDADES, CONTENDO ÁREA MENOR DE 10,000 M² ATUALMENTE EXIGIDA PARA OBTENÇÃO DA ESCRITURA, A ESCRITURAREM SUAS TERRAS.</t>
   </si>
   <si>
     <t>7094</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7094/requerimento_54-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7094/requerimento_54-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O MUNICÍPIO DE MARECHAL FLORIANO/ES PROVIDENCIE A COMPRA DE "RETROPROJETORES OU DATA SHOW" PARA TODAS AS SALAS DE AULA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7095</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7095/requerimento_55-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7095/requerimento_55-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA REALIZADA A REFORMA DA ESCOLA MUNICIPAL BERNARDO LEONOR EFFGEM, MELHORIAS NO PARQUINHO INFANTIL E RETIRADA DE UMA FOSSA SÉPTICA LOCALIZADA ANEXA AO LOCAL ONDE AS CRIANÇAS BRINCAM._x000D_
 REQUER AINDA  A DEMARCAÇÃO DE UMA FAIXA DE PEDESTRES PARALELO A ESCOLA, POIS NA LOCALIDADE O TRÁFEGO DE CAMINHÕES É MUITO CONSTANTE.</t>
   </si>
   <si>
     <t>7096</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7096/requerimento_56-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7096/requerimento_56-19.pdf</t>
   </si>
   <si>
     <t>REQUER EM CARÁTER DE URGÊNCIA A REFORMA DA ESCOLA VELHA DE SOÍDO DE BAIXO, NA CABOCLA, E A CONSTRUÇÃO DE MAIS DUAS SALAS PARA ATENDER A COMUNIDADE E MELHORAR CONDIÇÕES DE ENSINO TANTO PARA OS PROFESSORES QUANTO PARA OS ALUNOS.</t>
   </si>
   <si>
     <t>7097</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7097/requerimento_57-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7097/requerimento_57-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA DISPENSADA UMA ATENÇÃO ESPECIAL PARA AS ESTRADAS VICINAIS DO INTERIOR DO MUNICÍPIO ONDE CIRCULAM O TRANSPORTE ESCOLAR, SENDO REABERTO DIVERSOS TRECHOS CRÍTICOS DAS ESTRADAS MAIS ESTREITAS QUE PROPORCIONEM RISCO DE COLISÃO, PROVIDENCIAR A RETIRADA DE ALGUMAS BANQUETAS DEIXADAS PELO PATROLAMENTO, PRINCIPALMENTE NO PERCURSO PRÓXIMO À CURVA DA MORTE, DO POSTO IPIRANGA ATÉ A CABOCLA E DA COMUNIDADE  ATÉ O VIRADOR.</t>
   </si>
   <si>
     <t>7098</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7098/requerimento_58-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7098/requerimento_58-19.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE EM 2014 O GESTOR NA ÉPOCA IMPETROU COM O PEDIDO DE ADMIN SOB O 0008342-16.2014.8.08.0055, ONDE REMOVEU DA ESTRUTURA ADMINISTRATIVA DO MAGISTÉRIO OS CARGOS DE AUXILIAR DE BIBLIOTECA, AUXILIAR DE SECRETARIA ESCOLAR, BERÇARISTA, MONITOR E MERENDEIRA._x000D_
 POSTO ISTO, REQUEREMOS QUE O PODER EXECUTIVO E A SECRETARIA MUNICIPAL DE EDUCAÇÃO REGULARIZE A SITUAÇÃO DESSES SERVIDORES ENCAMINHANDO A ESTA CASA DE LEIS UM PROJETO DE LEI CRIANDO UMA ESTRUTURA ESPECÍFICA PARA CADA CARGO, REGULARIZANDO OS MESMOS E CORRIGINDO OS POSSÍVEIS PREJUÍZOS CAUSADOS QUANDO DA REMOÇÃO DESSES PROFISSIONAIS DO QUADRO DO MAGISTÉRIO, POIS NESTE PERÍODO OS SERVIDORES NÃO FORAM ENQUADRADOS EM NENHUMA ESTRUTURA E POSSIVELMENTE TIVERAM ALGUNS BENEFÍCIOS PERDIDOS.</t>
   </si>
   <si>
     <t>7099</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7099/requerimento_59-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7099/requerimento_59-19.pdf</t>
   </si>
   <si>
     <t>REQUER A PRESTAÇÃO DE CONTAS DA FESTA DA ITALEMANHA, CONTENDO TODA A DOCUMENTAÇÃO, LICITAÇÃO, DISPENSA, COMPRAS E SHOW REFERENTE AO EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>7119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7119/requerimento_60-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7119/requerimento_60-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE ENCAMINHAR A ESTA CÂMARA MUNICIPAL, UM PROJETO DE LEI CONTEMPLANDO A REGULARIZAÇÃO DE TERRENOS URBANOS NESSA MUNICIPALIDADE, AUTORIZANDO O DESMEMBRAMENTO DE LOTES E ÁREAS DENTRO DO PERÍMETRO URBANO, OBEDECENDO AO LIMITE MÍNIMO DE 125 M².</t>
   </si>
   <si>
     <t>7120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7120/requerimento_61-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7120/requerimento_61-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO EMPENHO NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UMA TORRE DE TELEFONIA MÓVEL E INTERNET NAS LOCALIDADES DE BOM JESUS E VICTOR HUGO, COM O OBJETIVO DE ATENDER AMBAS AS COMUNIDADES, LOCALIZADAS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7121/requerimento_62-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7121/requerimento_62-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO SR. EVAIR DE MELO, DEPUTADO FEDERAL PELO ESTADO DO ESPIRITO SANTO DENTRO DAS POSSIBILIDADES ATENÇÃO ESPECIAL PARA O MUNICÍPIO DE MARECHAL FLORIANO NO SENTIDO DE INSERIR NO ORÇAMENTO DESSE EXERCÍCIO, UMA EMENDA PARLAMENTAR, VISANDO A DISPONIBILIZAÇÃO DE RECURSOS FINANCEIROS PARA A AQUISIÇÃO DE UMA ESCAVADEIRA HIDRÁULICA, BEM COMO UMA MOTONIVELADORA (PATROL). AMBAS PARA ATENDER A ESTRADAS VICINAIS E RURAIS DO MUNICÍPIO, OBJETIVANDO OUTRAS FUNÇÕES, BEM COMO A REALIZAÇÃO DE REABERTURA DE ESTRADAS E ABERTURA DE CAIXAS SECAS, TENDO VISTA QUE, O MUNICÍPIO ESTÁ TERCEIRIZANDO O SERVIÇO.</t>
   </si>
   <si>
     <t>7122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7122/requerimento_63-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7122/requerimento_63-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO SR. SÉRGIO STEIN, SECRETÁRIO MUNICIPAL DE AGRICULTURA, EMPENHO NO SENTIDO DE PROVIDENCIAR A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL E SUSTENTÁVEL, BEM COMO, ESTE VOLTAR A REUNIR PARA DISCUTIR INTERESSES DA AGRICULTURA FAMILIAR, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>7123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7123/requerimento_64-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7123/requerimento_64-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM INSTALADOS 3 POSTES DE ILUMINAÇÃO PÚBLICA NA LOCALIDADE DE SOÍDO DE BAIXO, EM UM ESTRADA PAVIMENTADA QUE PASSA POR FRENTE AO COMÉRCIO DA SENHORA PAULA KILL.</t>
   </si>
   <si>
     <t>7124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7124/requerimento_65-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7124/requerimento_65-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PREFEITO MUNICIPAL E A SECRETARIA MUNICIPAL DE OBRAS QUE PROVIDENCIE A PAVIMENTAÇÃO ASFÁLTICA OU CALÇAMENTO COM PAV'S DE UMA SUBIDA LOCALIZADA NAS PROXIMIDADES DO SUPERMERCADO BEM VINDO, COMEÇANDO AO LADO DA RUA GUSTAVO HERTEL E FINALIZANDO PRÓXIMO A RESIDÊNCIA DO SENHOR NILTÁRIO SHUNCK (FILINHO SHUNCK).</t>
   </si>
   <si>
     <t>7125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7125/requerimento_66-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7125/requerimento_66-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM REALIZADOS OS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA DA RUA PRESIDENTE COSTA SILVA, RUA QUE RESIDEM CENTENAS DE FAMÍLIAS E OFERECE ACESSO AO TERRENO DA ANTIGA GLOBOAVES E A LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS.</t>
   </si>
   <si>
     <t>7130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7130/requerimento_67-19_Yv3qaeN.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7130/requerimento_67-19_Yv3qaeN.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXCELENTÍSSIMO SENHOR MARCUS ANTÔNIO VICENTE, SECRETÁRIO DE ESTADO DE SANEAMENTO, HABITAÇÃO E DESENVOLVIMENTO URBANO, LIBERAÇÃO DOS RECURSOS FINANCEIROS, PROVENIENTES A PROPOSTA CADASTRADA NO SIGA-PORTAL DE COMPRAS DO ESTADO DO ESPIRITO SANTO, SOB Nº SEDURB/038/2019, VISANDO PROPORCIONAR MELHORIAS NAS ESTRADAS VICINAIS DE MARECHAL FLORIANO, QUE TANGE O PERCURSO ENTRE RUA GUSTAVO HERTEL, ANTES DO CLUBE APOLLO XIII, E TÉRMINO NA DIVISA COM O MUNICÍPIO DE ALFREDO CHAVES, PRÓXIMO A CASA SHOW HAUS._x000D_
 O REFERIDO LOCAL CARECE DE MELHORIAS, POIS SEMPRE QUE CHOVE PASSA POR DIFICULDADES NA TRAFEGABILIDADE DO LOCAL, PRINCIPALMENTE POR SER LOCAL DE ESCOAÇÃO DE MERCADORIAS AGRÍCOLAS.</t>
   </si>
   <si>
     <t>7131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7131/requerimento_68-19_8BsQQdA.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7131/requerimento_68-19_8BsQQdA.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE VOSSA EXCELÊNCIA QUE DISPENSE UMA ATENÇÃO ESPECIAL PARA O MUNICÍPIO DE MARECHAL FLORIANO, INSERINDO NO ORÇAMENTO DO ESTADO UMA EMENDA PARLAMENTAR VISANDO DISPONIBILIZAR RECURSOS FINANCEIROS À SAÚDE PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO, VISANDO A AQUISIÇÃO DE UMA AMBULÂNCIA "TIPO B", PARA SUPORTE BÁSICO OU PRÉ-HOSPITALAR, DESTINADA AO TRANSPORTE INTER HOSPITALAR DE PACIENTES COM RISCO DE VIDA, PROPORCIONANDO O MUNICÍPIO DISPONIBILIZAR A POPULAÇÃO UM ATENDIMENTO DE MELHOR QUALIDADE.</t>
   </si>
   <si>
     <t>7126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7126/requerimento_69-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7126/requerimento_69-19.pdf</t>
   </si>
   <si>
     <t>REQUER DO EXCELENTÍSSIMO SR. PAULO ROBERTO FOLETTO, SECRETÁRIO DE AGRICULTURA, ABASTECIMENTO, AQUICULTURA E PESCA, QUE DISPENSE UMA ATENÇÃO ESPECIAL PARA O MUNICÍPIO DE MARECHAL FLORIANO, INCLUINDO NO PROGRAMA CAMINHOS DO CAMPO A ESTRADA DE SOÍDO DE BAIXO QUE INICIA NA BR 262, NO PERCURSO QUE INICIA-SE EM ANEXO A BR 262, KM 48 (POSTO IPIRANGA), PASSANDO PELA ENTRADA DA COMUNIDADE DE VILA SHUNCK, PELO CAMPO DE FUTEBOL PRÓXIMO A FAMÍLIA KILL, E TÉRMINO PRÓXIMO A MERCEARIA KLEIN, NA RODOVIA ESTADUAL JOÃO BATISTA KLEIN, EM SOÍDO DE BAIXO, MEDINDO APROXIMADAMENTE 8 KM.</t>
   </si>
   <si>
     <t>7127</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE AS RUAS DE LAZER SÃO ALTERNATIVAS ACESSÍVEIS E EFICIENTES, E TEM COMO OBJETIVO PERMITIR QUE AS PESSOAS USUFRUAM, AOS DOMINGOS E FERIADOS, DE UM ESPAÇO MAIS AMPLO PARA RECREAÇÃO E ENTRETENIMENTO, PROMOVENDO O FECHAMENTO DE PARTE DE UMA RUA OU AVENIDA À ESCOLHA DA COMUNIDADE OU DA ADMINISTRAÇÃO MUNICIPAL._x000D_
 CONSIDERANDO QUE TER UMA RUA DE LAZER É UM ÓTIMO JEITO DE OFERECER OPÇÕES DE CULTURA E ESPORTES EM BAIRRO E COMUNIDADES E SEM A NECESSIDADE DE GRANDES ESTRUTURAS...</t>
   </si>
   <si>
     <t>7147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7147/requerimento_71-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7147/requerimento_71-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DENTRO DAS POSSIBILIDADES, ESSE RELEVANTE ÓRGÃO, ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES INERENTES A RUA LATERAL A BR 262, LOCALIZADA EM FRENTE AOS COMÉRCIOS DO TREVO DE PARAJÚ NESTA MUNICIPALIDADE, SENTIDO BELO HORIZONTE/VITÓRIA, CONFORME SEGUEM FOTOS, INFORMANDO SE É OU NÃO DE COMPETÊNCIA DO DNIT, BEM COMO, A LOCALIZAÇÃO EXATA DA ÁREA DE RESPONSABILIDADE DO MESMO DE SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>7148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7148/requerimento_72-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7148/requerimento_72-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SR. RENATO CASAGRANDE, GOVERNADOR DO ESTADO, EMPENHO NO SENTIDO DE VIABILIZAR A PAVIMENTAÇÃO DO TRECHO QUE COMPREENDE PASSANDO PELO VALE DA ESTAÇÃO, EM DOMINGOS MARTINS, BEM COMO PELA IGREJA FREI GALVÃO ATÉ O INÍCIO DA ESTRADA QUE DÁ ACESSO Á COSTA PEREIRA, ONDE JÁ HÁ PAVIMENTAÇÃO, COM O OBJETIVO DE ATENDER AMBOS OS MUNICÍPIOS, TENDO EM VISTA QUE, TRATA-SE DE RELEVANTE VIA DE ACESSO UTILIZADA POR FLORIANENSES E MARTINENSES.</t>
   </si>
   <si>
     <t>7149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7149/requerimento_73-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7149/requerimento_73-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE FUNCIONAMENTO EM PERÍODO INTEGRAL DO "CEMEI MARIA KNIDEL LUBE", LOCALIZADO NO DISTRITO DE SANTA MARIA, TENDO EM VISTA QUE INÚMEROS SÃO OS PEDIDOS REIVINDICANDO ALTERAÇÃO DO SEU HORÁRIO DE ATENDIMENTO, PASSANDO A ATENDER EM HORÁRIO INTEGRAL._x000D_
 _x000D_
 _x000D_
 REQUEIRO AINDA QUE SEJA ANALISADA A POSSIBILIDADE DE VIABILIZAR A AQUISIÇÃO DE COLCHÕES PARA O MESMO, TENDO EM VISTA INÚMEROS SÃO OS PEDIDOS DE PAIS, REIVINDICANDO NOVOS COLCHÕES, JÁ QUE OS EXISTENTES NO REFERIDO CENTRO EDUCACIONAL NÃO ATENDEM MAIS COMO DEVERIAM, DEVIDO DESGASTE DO MESMO, EM RAZÃO DE SUA UTILIZAÇÃO PELOS ALUNOS HÁ MAIS DE 10 (DEZ) ANOS. POIS MUITAS SÃO AS REIVINDICAÇÕES POR TAIS AQUISIÇÕES, CONTEMPLANDO OS ALUNOS DA MENCIONADA CRECHE, VISANDO MAIOR CONFORTO E COMODIDADE.</t>
   </si>
   <si>
     <t>7150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7150/requerimento_74-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7150/requerimento_74-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE PODER EXECUTIVO, REVEJA  A TAXA DE IPTU, NO QUE TANGE A COBRANÇA DE GARAGEM, BEM COMO, ANALISE A RETIRADA DE TAL COBRANÇA TENDO EM VISTA QUE EM OUTROS ANOS ESSA TAXA NÃO ESTAVA INCLUSA._x000D_
 VALE RESSALTAR, QUE, MUITAS SÃO AS RECLAMAÇÕES INERENTES A TAL COBRANÇA, BEM COMO, MUITOS SÃO OS PEDIDOS DE MUNÍCIPES POR TAL RETIRADA E EXCLUSÃO, OS QUAIS ESPERAM ANSIOSAMENTE SEREM CONTEMPLADOS.</t>
   </si>
   <si>
     <t>7151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7151/requerimento_75-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7151/requerimento_75-19.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A NECESSIDADE DE MANTER A RODOVIA JOÃO BATISTA KLEIN, SITUADA EM SOÍDO DE BAIXO, MUNICÍPIO DE MARECHAL FLORIANO EM PERFEITAS CONDIÇÕES DE TRAFEGABILIDADE, VENHO REQUERER A VOSSA EXCELÊNCIA QUE DENTRO DAS POSSIBILIDADES, DISPENSE UMA ATENÇÃO ESPECIAL PARA ESTA RODOVIA ESTADUAL, PROPORCIONANDO A REALIZAÇÃO DE UM AMPLO TRABALHO DE RECUPERAÇÃO E MANUTENÇÃO DESSA IMPORTANTE RODOVIA, EXERCENDO OS SERVIÇOS DE OPERAÇÃO TAPA BURACOS, POIS O ESTADO DE TRAFEGABILIDADE ESTÁ COMPROMETIDO EM VIRTUDE DAS VALAS E BURACOS EXISTENTES QUE SE FORMARAM AO LONGO DA ÚLTIMA MANUTENÇÃO._x000D_
 DESTACA-SE A NECESSIDADE DESTE PEDIDO EM RAZÃO DA REGIÃO SER ALTAMENTE AGRÍCOLA, POIS NESTA VIA É REALIZADO DIARIAMENTE O ESCOAMENTO DA PRODUÇÃO DE FRANGOS, VERDURAS, PISCICULTURA, EUCALIPTO, CAFÉ, BANANA E DEMAIS OUTRAS CULTURAS, ALÉM DOS VEÍCULOS DE TRANSPORTE ESCOLAR, DOS CAMINHÕES QUE TRANSPORTAM RAÇÃO PARA ABASTECER OS ABATEDOUROS, BEM COMO, DIVERSOS VEÍCULOS DE SITIANTES QUE HÁ NA REGIÃO.</t>
   </si>
   <si>
     <t>7152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7152/requerimento_76-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7152/requerimento_76-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA INSERIDO NO LETREIRO DE IDENTIFICAÇÃO LOCALIZADO A BR 262, O NOME DA CIDADE DE FORMA COMPLETA, "BEM VINDO A MARECHAL FLORIANO", PROPORCIONANDO UMA MELHOR IDENTIFICAÇÃO DO MUNICÍPIO A NOSSOS VISITANTES QUE FREQUENTAM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>7153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7153/requerimento_77-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7153/requerimento_77-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM REALIZADOS EM CARÁTER DE URGÊNCIA OS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA OU CALÇAMENTO EM PAV'S, MANILHAMENTO OU CONSTRUÇÃO DE GALERIA, REPAROS NA ILUMINAÇÃO PÚBLICA E INSTALAÇÃO DE NOVOS DUTOS OU MANILHAS PARA A CAPTAÇÃO DE ÁGUAS PLUVIAIS PARA A RUA MARIA BOTELHO TRARBACH, LOCALIZADA NO BAIRRO SANTA RITA._x000D_
 RESSALTA-SE A NECESSIDADE DE URGÊNCIA NO ATENDIMENTO A ESTA SOLICITAÇÃO, POIS APÓS VISITA NO LOCAL E DIALOGAR COM DIVERSOS MORADORES, PERCEBEMOS A NECESSIDADE DE PROVER DIVERSAS MELHORIAS PARA ESTA LOCALIDADE QUE A TEMPO RECEBEM REPAROS NO LOGRADOURO.</t>
   </si>
   <si>
     <t>7154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7154/requerimento_78-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7154/requerimento_78-19.pdf</t>
   </si>
   <si>
     <t>REQUER DO PREFEITO CACAU LORENZONI A DISPONIBILIZAÇÃO DE RECURSOS FINANCEIROS VISANDO A AQUISIÇÃO DE BRINQUEDOS PARA A CONSTRUÇÃO DE UM PARQUINHO INFANTIL PARA ATENDER AS FAMÍLIAS E CRIANÇAS QUE RESIDEM NA RUA DELIMAR SHUNCK._x000D_
 RESSALTA-SE A IMPORTÂNCIA DO ATENDIMENTO A ESTA SOLICITAÇÃO EM RAZÃO DA FALTA DE OPÇÃO DE LAZER NESTA COMUNIDADE, PRINCIPALMENTE NOS FINAIS DE SEMANA, ONDE AS CRIANÇAS NECESSITAM DE UM LOCAL MAIS ADEQUADO PARA BRINCAR E SE DIVERTIR, SERVINDO DE ESPAÇO ONDE AS CRIANÇAS E PAIS PODEM INTERAGIR E APRENDER MUITO SOBRE CONVIVÊNCIA.</t>
   </si>
   <si>
     <t>7155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7155/requerimento_79-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7155/requerimento_79-19.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O PREFEITO CACAU LORENZONI PROVIDENCIE A SUBSTITUIÇÃO DE UMA PONTE DE MADEIRA POR UMA  DE CONCRETO NA COMUNIDADE DE SOÍDO DE BAIXO, LOCALIZADA NAS PROXIMIDADES DA CURVA DA MORTE, PRÓXIMO A PROPRIEDADE DOS SENHORES SR. JOSÉ LAURIAS (SABIÁ), SR. TUCA BORLOT E DEMAIS MORADORES_x000D_
 RESSALTAMOS A URGÊNCIA NO ATENDIMENTO A ESTE PEDIDO EM RAZÃO DA PRECARIEDADE DESTA PONTE DE MADEIRA, POIS O TRÁFEGO DE CAMINHÕES PESADOS É MUITO INTENSO E O RISCO DE ACIDENTES SE TORNA EVIDENTE COM A ATUAL SITUAÇÃO DA PONTE.</t>
   </si>
   <si>
     <t>7168</t>
   </si>
   <si>
     <t>CONSIDERANDO AS REIVINDICAÇÕES DE MUNÍCIPES, EM ESPECIAL DIABÉTICOS E FAMILIARES, REQUEIRO EMPENHO DESTE EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE SAÚDE, NO SENTIDO DE INTERVIR  E SOLUCIONAR O PROBLEMA DA FALTA DE FITAS E LANCETAS, IMPRESCINDÍVEIS PARA MEDIR A GLICEMIA, VISANDO O CONTROLE DO DIABETES, VISTO QUE, ESTA SITUAÇÃO JÁ VEM SE ESTENDENDO  HÁ UM MÊS, SEM PREVISÃO DE CHEGADA DESSE MATERIAL.</t>
   </si>
   <si>
     <t>7169</t>
   </si>
   <si>
     <t>REQUEIRO, À MESA DIRETORA DESTA CASA DE LEIS, AUTORIZAÇÃO PARA REALIZAR SESSÃO SOLENE EM HOMENAGENS AOS POLICIAIS MILITARES, A REALIZAR-SE NO DIA 17 DE OUTUBRO DO DECORRENTE ANO.</t>
   </si>
   <si>
     <t>7170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7170/requerimento_82-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7170/requerimento_82-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE CONCEDER UNIFORMES A TODOS OS SERVIDORES MUNICIPAIS, AINDA QUE CONFECCIONADOS EM DIFERENTES MODELOS E CORES, FICANDO A ESCOLHA A CADA SECRETARIA, PARA O USO DOS MESMOS POSSA A SER EXIGIDO DIA APÓS DIA, NO DECORRER DA SUA JORNADA PROFISSIONAL E NO EXERCÍCIO DE SUAS ATRIBUIÇÕES, NO SETOR NO QUAL SÃO LOTADOS E/OU PARA QUAIS DESIGNADOS.</t>
   </si>
   <si>
     <t>7171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7171/requerimento_83-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7171/requerimento_83-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SENHOR PAULO ROBERTO FOLETTO, SECRETÁRIO DE ESTADO DE AGRICULTURA, ABASTECIMENTO, AQUICULTURA E PESCA (SEAG), DENTRO DAS POSSIBILIDADES, QUE SEJA, ANALISADA A POSSIBILIDADE DE INCLUIR NO PROJETO CAMINHOS DO CAMPO, A ESTRADA VELHA QUE DÁ ACESSO A SOÍDO DE BAIXO, TENDO INÍCIO NAS PROXIMIDADES DO POSTO IPIRANGA, PASSANDO PELO CAPIXABINHA, PROSSEGUINDO POR TODA SUA EXTENSÃO DA REFERIDA VIA...</t>
   </si>
   <si>
     <t>7172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7172/requerimento_84-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7172/requerimento_84-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE PODER EXECUTIVO MUNICIPAL, PROVIDENCIE NOVA PLACA DE IDENTIFICAÇÃO DA RUA HELÉCIO DE PAULA FAZENDO A CORREÇÃO E ACRESCENTANDO A LETRA "H", AO NOME DA MESMA, VISTO QUE A EXISTENTE NO INÍCIO DA RUA, ENCONTRA-SE COM A GRAFIA ERRADA, PODENDO SER VERIFICADO E PROJETO DE LEI Nº 10/1996 E LEI MUNICIPAL Nº 181 DE 09 DE MAIO DE 1996, QUE "DENOMINA DE RUA HELÉCIO DE PAULA"CONFORME SEGUEM CÓPIA DOS MESMOS.</t>
   </si>
   <si>
     <t>7173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7173/requerimento_85-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7173/requerimento_85-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O MUNICÍPIO DE MARECHAL FLORIANO PROVIDENCIE A AQUISIÇÃO DE UM MARCADOR CARDÍACO "CK" E "CKMB", E "TROPONINA" PARA ATENDER AS DEMANDAS DO SETOR DA SAÚDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7174/requerimento_86-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7174/requerimento_86-19.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO, JUNTAMENTE COM O ÓRGÃO CIRETRAN, A RETIRADA DE TRÁFEGO DE CAMINHÕES E CARRETAS DA RUA CLARA ENDLICH, TRANSFERINDO ESSE TRÂNSITO DE VEÍCULOS DE CARGA PESADA PARA RUA MANOEL KILL.</t>
   </si>
   <si>
     <t>7175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7175/requerimento_87-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7175/requerimento_87-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM INSTALADOS 03 POSTES DE ILUMINAÇÃO PÚBLICA NA LOCALIDADE DE SOÍDO DE BAIXO, EM UMA ESTRADA PAVIMENTADA QUE PASSA EM FRENTE AO COMÉRCIO DA SENHORA PAULA KILL.</t>
   </si>
   <si>
     <t>7176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7176/requerimento_88-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7176/requerimento_88-19.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A NECESSIDADE DE PROVER MELHORIAS NA COMUNIDADE DE VICTOR HUGO, PRINCIPALMENTE NO QUE DIZ RESPEITO AO ESPORTE E AO LAZER, VENHO SOLICITAR AO PODER EXECUTIVO QUE PROVIDENCIE A CONSTRUÇÃO EM CARÁTER DE URGÊNCIA UM CAMPO BOM DE BOLA PARA A COMUNIDADE, TENDO EM VISTA QUE PROPRIETÁRIOS DE IMÓVEIS DA LOCALIDADE SE PROPUSEREM A REALIZAR A DOAÇÃO AO MUNICÍPIO DE MARECHAL FLORIANO, DESDE QUE BENFEITORIAS DESTA CLASSE FOSSEM CONSTRUÍDAS PELA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO NO DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>7177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7177/requerimento_89-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7177/requerimento_89-19.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO O TRÂNSITO NO MUNICÍPIO DE MARECHAL FLORIANO AO LONGO DESTES ANOS VEM SENDO ASSUNTO DE CONSTANTES PROBLEMÁTICAS NA SOCIEDADE LOCAL; _x000D_
 CONSIDERANDO QUE AS VAGAS DE ESTACIONAMENTO SE TORNARAM CADA VEZ MAIS ESCASSAS DEVIDO AO GRANDE TRÁFEGO DE AUTOMÓVEIS DO MUNICÍPIO, PRINCIPALMENTE NO QUE DIZ RESPEITO A CIRCULAÇÃO DE GRANDES CAMINHÕES E CARRETAS PELAS RUAS DE NOSSO MUNICÍPIO, DESTA FORMA REQUEIRO QUE SEJAM ADOTADAS AS MEDIDAS PERTINENTES À CONSTRUÇÃO DE UMA TERCEIRA PONTE LOCALIZADA NAS PROXIMIDADES DO CORPO DE BOMBEIROS INTERLIGANDO A PARTE DO CENTRO A AVENIDA ARTHUR HAESE....</t>
   </si>
   <si>
     <t>7202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7202/requerimento_90-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7202/requerimento_90-19.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE, APROXIMA-SE O DIA 12 DE OUTUBRO, DATA EM QUE COMEMORA-SE O "DIA DAS CRIANÇAS", VISANDO CONTEMPLAR AS CRIANÇAS  DE NOSSA MUNICIPALIDADE, REQUEIRO EMPENHO DESSE EXECUTIVO MUNICIPAL, NO SENTIDO DE PROMOVER UMA FESTA PARA CONTEMPLÁ-LAS, COM BOLO, SUCO, DOCES, PIPOCAS, PICOLÉS, ÁGUA, E OU REFRIGERANTES, PULA/PULA E OUTRAS QUE ESTEJAM DENTRO DAS POSSIBILIDADES ORÇAMENTÁRIAS PARA TAL COMEMORAÇÃO, A REALIZAR-SE NA SEDE, BEM COMO SANTA MARIA OU ARAGUAYA.</t>
   </si>
   <si>
     <t>7203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7203/requerimento_91-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7203/requerimento_91-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO MUNICIPAL DE MARECHAL FLORIANO-ES, DENTRO DAS POSSIBILIDADES, VIABILIZAR A PAVIMENTAÇÃO DA RUA MARIA TRARBACH BOTELHO, LOCALIZADA NO BAIRRO SANTA RITA, PARALELA À RUA GUSTAVO HERTEL, UTILIZANDO-SE DE PARTE DO VALOR DE R$ 4,000.000.00 (QUATRO MILHÕES DE REAIS), REFERENTE AO FINISA, CONFORME PROJETO DE LEI Nº 85/2019, VOTADO E APROVADO NESTA CASA DE LEIS EM 14/08/2019.</t>
   </si>
   <si>
     <t>7204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7204/requerimento_92-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7204/requerimento_92-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À ESTA MESA DIRETORA DESTA CASA DE LEIS, AUTORIZAÇÃO PARA REALIZAR SESSÃO SOLENE EM DATA A SER AGENDADA, EM HOMENAGEM AOS ALUNOS DESTA MUNICIPALIDADE, PREMIADOS NA 14ª OLIMPÍADA BRASILEIRA DE MATEMÁTICA DAS ESCOLAS PÚBLICAS (OBMEP), BEM COMO, DO CURSO TÉCNICO EM AGROPECUÁRIA DA ESCOLA VICTÓRIO BRAVIM, QUE CONQUISTARAM O 4º LUGAR NAS OLIMPÍADAS DA AGROPECUÁRIA, JUNTAMENTE AOS PROFESSORES PREMIADOS E DIRETORES DAS INSTITUIÇÕES ESCOLARES.</t>
   </si>
   <si>
     <t>7205</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7205/requerimento_93-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7205/requerimento_93-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO DE MARECHAL FLORIANO-ES, DENTRO DAS POSSIBILIDADES, ANALISAR A VIABILIDADE DE ENVIAR A ESTA CASA DE LEIS, UM PROJETO DE LEI, CONTEMPLANDO A IMPLEMENTAÇÃO DE ''PROGRAMA DE INCENTIVO AO CULTIVO DE HORTAS COMUNITÁRIAS'', VISANDO MELHOR APROVEITAMENTO DE LOTES BALDIOS E ÁREAS PÚBLICAS OU PRIVADAS PARADAS, OU SEJA QUE NÃO ESTEJAM SENDO UTILIZADAS PARA NENHUMA ATIVIDADE PRODUTIVA._x000D_
 NESSE CONTEXTO, VENHO SOLICITAR A V. EX.ª, EMPENHO NO SENTIDO DE ATENDER ESTA SOLICITAÇÃO, VISANDO IMPLEMENTAR O MENCIONADO PROGRAMA NESTA MUNICIPALIDADE._x000D_
 PORTANTO, CERTO QUE O ATENDIMENTO A ESTE, SERÁ DE GRANDE RELEVÂNCIA PARA O MUNICÍPIO, CONTO COM O APOIO E EMPENHO DE V. EX.ª, JUNTAMENTE À SECRETARIA MUNICIPAL DE AGRICULTURA, NO QUE TANGE AO ATENDIMENTO  A ESTA REIVINDICAÇÃO.</t>
   </si>
   <si>
     <t>7206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7206/requerimento_94-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7206/requerimento_94-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O MUNICÍPIO DE MARECHAL FLORIANO ENVIE AO PODER LEGISLATIVO A LISTAGEM DOS MEDICAMENTOS UTILIZADOS VIA ORAL QUE ESTÃO FALTANDO NA FARMÁCIA BÁSICA MUNICIPAL.</t>
   </si>
   <si>
     <t>7207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7207/requerimento_95-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7207/requerimento_95-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O MUNICÍPIO DE MARECHAL FLORIANO, JUNTO À SECRETARIA DE SAÚDE, DISPONIBILIZE TREINAMENTO PARA OS PROFISSIONAIS NA ÁREA DE PRONTO SOCORRO (SOCORRISTA) EM ASSISTÊNCIA PRE-HOSPITALAR (APH);_x000D_
 REQUER AINDA A AQUISIÇÃO DE MATERIAL DE ASSISTÊNCIA PRE-HOSPITALAR (APH) PARA AUXILIAR O TRABALHO DOS SOCORRISTAS ATUANTES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7208/requerimento_96-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7208/requerimento_96-19.pdf</t>
   </si>
   <si>
     <t>REQUER A VIABILIDADE DA SECRETARIA DE EDUCAÇÃO ATUAR, JUNTO AOS CONSELHOS DE ESCOLAS, NO SENTIDO DE COLABORAR COM A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA INTERNA QUE POSSIBILITEM O MONITORAMENTO INTERNO EM TEMPO REAL, ATRAVÉS DA REDE MUNDIAL DE COMPUTADORES NAS ESCOLAS MUNICIPAIS, CRECHES E CEMEI'S, MANTIDAS PELA PREFEITURA MUNICIPAL. _x000D_
 CABE ESCLARECER QUE POR APROVAÇÃO EM CONSELHOS ESCOLARES AS ESCOLAS E CEMEIS DO MUNICÍPIO QUE INSTALARAM ESTES DISPOSITIVOS TEM OBSERVADO O QUANTO ESTA SENDO POSITIVO ESTE MONITORAMENTO. DIANTE DO EXPOSTO , PEÇO UMA ATENÇÃO ÀS UNIDADES QUE AINDA NÃO DISPÕE DE TAL MONITORAMENTO, PARA QUE AS MESMAS, POSSAM OBTER OS EQUIPAMENTOS E LEVAR MAIOR SEGURANÇA AOS ALUNOS, PROFESSORES E PAIS.</t>
   </si>
   <si>
     <t>7209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7209/requerimento_97-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7209/requerimento_97-19.pdf</t>
   </si>
   <si>
     <t>REQUER A VOSSA EXCELÊNCIA QUE SEJA DISPENSADA UMA ATENÇÃO ESPECIAL PARA O MUNICÍPIO DE MARECHAL FLORIANO, INTERVINDO JUNTO Á SECRETÁRIA ESTADUAL DE AGRICULTURA, ABASTECIMENTO, AGRICULTURA E PESCA (SEAG), NO SENTIDO DE DISPONIBILIZAR AO MUNICÍPIO DE MARECHAL FLORIANO OS MAQUINÁRIOS NECESSÁRIOS A FIM DE EQUIPAR A ''CASA DO MEL'', LOCAL ESTE RECÉM CONSTRUÍDO PELO MUNICÍPIO DE MARECHAL FLORIANO ONDE OS APICULTORES DA REGIÃO PODERÃO BENEFICIAR E AGREGAR VALOR AO PRODUTO FINAL POSTO QUE ATRAVÉS DOS EQUIPAMENTOS CORRETOS OS PRODUTORES PODERÃO SEGUIR TODAS AS ETAPAS QUE VÃO DESDE A PRODUÇÃO ATÉ O CONSUMO._x000D_
 DESTA FEITA, INFORMAMOS QUE PARA EQUIPAR A CASA DO MEL NECESSITAMOS  DE UMA CENTRÍFUGA, BOMBA DE TRANSFERÊNCIA E DECANTADORES.</t>
   </si>
   <si>
     <t>7210</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7210/requerimento_98-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7210/requerimento_98-19.pdf</t>
   </si>
   <si>
     <t>REQUER QUE A VOSSA EXCELÊNCIA QUE SEJA DISPENSADA UMA ATENÇÃO ESPECIAL PARA COM O MUNICÍPIO DE MARECHAL FLORIANO, INTERVINDO JUNTO À SECRETARIA ESTADUAL DE AGRICULTURA, ABASTECIMENTO, ABASTECIMENTO, AQUICULTURA E PESCA (SEAG), NO SENTIDO DE DISPONIBILIZAR PARA ASSOCIAÇÃO DE PRODUTORES RURAIS DA COMUNIDADE DE BOA ESPERANÇA - MARECHAL FLORIANO OS IMPLEMENTOS NECESSÁRIOS PARA EQUIPAR O TRATOR TRAMONTINI 1680 DISPONIBILIZANDO O LEVANTE HIDRÁULICO DE 2 TONELADAS COM CONCHA, LAMINA PARA TRATOR 80 CV E UM ARADO DE 3 DISCOS FIXOS.</t>
   </si>
   <si>
     <t>7211</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7211/requerimento_99-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7211/requerimento_99-19.pdf</t>
   </si>
   <si>
     <t>REQUER A VOSSA EXCELÊNCIA QUE SEJA ANALISADA A POSSIBILIDADE DE REABERTURA DE UM CURVA NA RODOVIA CORIOLANO GUILHERME STEIN, CURVA ESTA LOCALIZADA NA COMUNIDADE DE BOA ESPERANÇA - MARECHAL FLORIANO, PRÓXIMO A IGREJA LUTERANA. _x000D_
 RESSALTO A IMPORTÂNCIA DA REALIZAÇÃO DESTES SERVIÇOS EM RAZÃO DO GRANDE FLUXO DE PESSOAS NO LOCAL, POR SER UM PONTO DE PARADA DE ÔNIBUS COLETIVOS E TRANSPORTE ESCOLAR. E, RECENTEMENTE UMA CRIANÇA QUASE FOIA ATROPELADA DEVIDO AO EXCESSO DE VELOCIDADE QUE OS CONDUTORES IMPÕEM NESTE TRECHO DA RODOVIA.</t>
   </si>
   <si>
     <t>7230</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7230/requerimento_100-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7230/requerimento_100-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE CONCESSÃO DE CESTA NATALINA A TODOS SERVIDORES EFETIVOS E COMISSIONADOS._x000D_
 VALE RESSALTAR QUE FAÇO, ESSA SOLICITAÇÃO, VISANDO CONTEMPLAR TODOS OS SERVIDORES PÚBLICOS MUNICIPAIS DA PREFEITURA, COMO FORMA DE VALORIZAÇÃO DOS TRABALHOS PRESTADOS À MUNICIPALIDADE, NO DECORRER DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>7231</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7231/requerimento_101-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7231/requerimento_101-19.pdf</t>
   </si>
   <si>
     <t>REQUER A IMPLANTAÇÃO DE PLACAS DE SINALIZAÇÃO DE ESTACIONAMENTO PELO PERÍODO DE 15 MINUTOS, COM SINALIZAÇÃO DE EMERGÊNCIA (PISCA-ALERTA) ACIONADO, NA RUA HELENA ALVES SANTA CLARA, NAS PROXIMIDADES DO RESTAURANTE VITAL E LOJA CIRCUITO.</t>
   </si>
   <si>
     <t>7232</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7232/requerimento_102-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7232/requerimento_102-19.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS AUTORIZAÇÃO PLENÁRIA PARA MUDANÇA DA DATA DE SESSÃO ORDINÁRIA DO DIA 29/10/2019 PARA O DIA 22/10/2019, EM VIRTUDE DOS PREPARATIVOS PARA SESSÃO SOLENE DE ENTREGA DE TÍTULOS DE CIDADÃO FLORIANENSE E PLACAS DE HONRA QUE ACONTECERÃO NO DIA 30/10/2019.</t>
   </si>
   <si>
     <t>7236</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7236/requerimento_103-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7236/requerimento_103-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADA A POSSIBILIDADE DE DIVERSAS MELHORIAS PARA O PERCURSO DA RODOVIA ESTADUAL JOÃO BATISTA KLEIN, EM MARECHAL FLORIANO/ES, EM ESPECIAL A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E ROÇAGEM DA VEGETAÇÃO EXISTENTES À MARGEM DA RODOVIA, FAZENDO-SE NECESSÁRIO TENDO EM VISTA A FALTA DE VISIBILIDADE EM DIVERSOS PONTOS, PROPORCIONANDO RISCO DE ACIDENTES AOS CONDUTORES E AOS PEDESTRES QUE ALI TRAFEGAM.</t>
   </si>
   <si>
     <t>7233</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7233/requerimento_104-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7233/requerimento_104-19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO DEPARTAMENTO DE ESTRADA E RODAGEM DO ESTADO DO ESPIRITO SANTO QUE SEJA PROVIDENCIADO A INSTALAÇÃO DE GUARD-RAIL EM DIVERSOS PONTOS DA RODOVIA JOÃO BATISTA KLEIN EM RAZÃO DO PERIGO PROPORCIONADO EM DIVERSAS CURVAS ACENTUADAS NA REFERIDA RODOVIA, MOTIVO PELO QUAL DIVERSOS ACIDENTES INCLUSIVE FATAIS ACONTECERAM NESTE PERCURSO.</t>
   </si>
   <si>
     <t>7240</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7240/req-106-2019_h8kbtpS.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7240/req-106-2019_h8kbtpS.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, ANÁLISE A POSSIBILIDADE DE DOBRAR O VALOR PAGO ATUALMENTE DO TICKET ALIMENTAÇÃO NO MÊS DE DEZEMBRO, COMO FORMA DE ABONO, BEM COMO DAR CONTINUIDADE DESSE VALOR NO DECORRER DO EXERCÍCIO DE 2020._x000D_
 RESSALTO QUE, ALÉM DE CONTEMPLAR OS SERVIDORES DO EXECUTIVO, ESTA INICIATIVA CONTRIBUIRÁ SIGNIFICATIVAMENTE PARA ESQUECER AS VENDAS DO COMÉRCIO LOCAL, BEM COMO, FOMENTAR A RECEITA DO MUNICÍPIO._x000D_
 PORTANTO, VISANDO CONTEMPLAR OS REFERIDOS SERVIDORES MUNICIPAIS, COMO FORMA DE VALORIZAÇÃO DOS TRABALHOS PRESTADOS A MUNICIPALIDADE, TENDO EM VISTA QUE FAZEM JUS AO SOLICITADO ACIMA, O SEU ATENDIMENTO SERÁ IMPRESCINDÍVEL PARA OS MESMOS, QUE MERECEM TAL CONCESSÃO E A AGUARDAM ANSIOSAMENTE._x000D_
 POSTO ISTO, PEÇO O EMPENHO DE V. EX.ª, NO SENTIDO DE ATENDER A ESTA SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>7241</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7241/req-107-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7241/req-107-2019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, ANÁLISE A POSSIBILIDADE DE CRIAR UM MECANISMO, NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UMA GRADE DE PROTEÇÃO NO CAMINHÃO QUE RECOLHE O LIXO, COM SAÍDAS LATERAIS, OBJETIVANDO EVITAR ACIDENTES COM GARIS._x000D_
 RESSALTO QUE, ESTA SOLICITAÇÃO FAZ-SE NECESSÁRIA E MERECE ESPECIAL ATENÇÃO, VISANDO PRESERVAR A INTEGRIDADE FÍSICAS DOS MENCIONADOS SERVIDORES MUNICIPAIS, NO EXERCÍCIO DE SUAS ATRIBUIÇÕES._x000D_
 PORTANTO, VISANDO CONTEMPLAR TAIS SERVIDORES MUNICIPAIS, NO QUE TANGE A PROTEGÊ-LOS DE POSSÍVEIS ACIDENTES E, TENDO EM VISTA QUE FAZEM JUS AO SOLICITADO ACIMA, O SEU ATENDIMENTO SERÁ IMPRESCINDÍVEL PARA OS MESMOS , QUE MERECEM TAL BENEFÍCIO E O AGUARDAM ANSIOSAMENTE._x000D_
 POSTO ISTO, PEÇO O EMPENHO DE V. EX. ª, NO SENTIDO DE ATENDER ESTA SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>7242</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7242/req-108-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7242/req-108-2019.pdf</t>
   </si>
   <si>
     <t>COM BASE NAS DIVERSAS REIVINDICAÇÕES DE SERVIDORES MUNICIPAIS, E POR ENTENDER QUE OS MESMOS FAZEM JUS AO SOLICITADO, REQUEIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, COLOQUE EM PRÁTICA A LEI MUNICIPAL Nº. 695, DE 12 DE JUNHO DE 2007, EFETIVANDO O PAGAMENTO DO ''VALE FEIRA'' AOS SEUS SERVIDORES, COM EQUIPARAÇÃO DO VALOR PAGO AO LEGISLATIVO MUNICIPAL._x000D_
 RESSALTO QUE, ALÉM DE CONTEMPLAR OS SERVIDORES DO EXECUTIVO, ESTA INICIATIVA CONTRIBUIRÁ SIGNIFICATIVAMENTE PARA AQUECER AS VENDAS DA FEIRA, QUE INFELIZMENTE, VEM REGISTRANDO UMA QUEDA CONSIDERÁVEL, DIA APÓS DIA._x000D_
 ANTE O EXPOSTO, SOLICITO QUE SEJA CONCEDIDO O VALE FEIRA AOS SERVIDORES DESTE EXECUTIVO MUNICIPAL, QUE FAZEM JUS AO MESMO CONFORME LEI PERTINENTE AO REFERIDO BENEFÍCIO, BEM COMO, QUE SEJA O SEU VALOR EQUIPARADO AO VALOR DE R$ 40,00 (QUARENTA REAIS), CONCEDIDOS AOS SERVIDORES DO LEGISLATIVO MUNICIPAL._x000D_
 POSTO ISSO, PEÇO POR EMPENHO DE V. EX.ª, NO SENTIDO DE ATENDER ESTA SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>7243</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7243/req-109-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7243/req-109-2019.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE HÁ MUITO TEMPO NÃO SE EXECUTA OS SERVIÇOS DE LIMPEZA NOS CÓRREGOS DE NOSSA CIDADE, O QUE VEM CAUSANDO DIVERSOS TRANSTORNOS PARA OS MUNÍCIPES QUE RESIDEM AS MARGENS DOS MESMOS, POSTO QUE A QUANTIDADE DE LIXO E VEGETAÇÃO EXISTENTE EM SEU LEITO PROVOCA A PROLIFERAÇÃO DE INSETOS E ROEDORES, SERPENTES, ALÉM DE UM ODOR INSUPORTÁVEL._x000D_
 POSTO ISTO, DIANTE DO ACIMA EXPOSTO E PERANTE AS REIVINDICAÇÕES DOS MORADORES, REQUEIRO QUE A PREFEITURA MUNICIPAL, ATRAVÉS DA SECRETARIA DE OBRAS PROVIDENCIE COM URGÊNCIA A LIMPEZA DO CÓRREGO EXISTENTE NESTA MUNICIPALIDADE, INICIANDO NAS PROXIMIDADES DA ANTIGA INSTALAÇÃO DA EMPRESA GLOBOAVES, BEM COMO A LIMPEZA DO CÓRREGO BATATAL, INICIANDO NO BAIRRO SANTA RITA, PASSANDO PELO SUPERMERCADO MULTISHOW ATÉ DESAGUAR NO RIO JUCU.</t>
   </si>
   <si>
     <t>7244</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7244/req-110-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7244/req-110-2019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ANALISADA A POSSIBILIDADE DE INSTALAR 02 QUEBRA-MOLAS NA CURVA DA IGREJA LUTERANA SITUADA NA COMUNIDADE DE BOA ESPERANÇA, MUNICÍPIO DE MARECHAL FLORIANO._x000D_
 REQUEIRO UMA ATENÇÃO ESPECIAL A ESTA SOLICITAÇÃO, POIS SÃO VÁRIOS OS PEDIDOS DOS MORADORES E FREQUENTADORES DO LOCAL, DEVIDO AO EXCESSO DE VELOCIDADE DE VEÍCULOS AUTOMOTORES E MOTOCICLETAS NESTA VIA, O QUE PÕE EM RISCO A VIDA DAS PESSOAS, ALÉM DA GRAVIDADE DE ACIDENTES NO LOCAL.</t>
   </si>
   <si>
     <t>7245</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7245/req-111-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7245/req-111-2019.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE OLHE COM CARINHO A ATUAL SITUAÇÃO DA NOVA ESCOLA FLORES PASSINATO KUSTER, LOCALIZADA EM SOÍDO DE BAIXO, A QUAL FOI CONSTRUÍDA EM DUAS ETAPAS, SENDO A PRIMEIRA ETAPA A ESCOLA E A SEGUNDA ETAPA A RAMPA. E, NO ENTANTO, A REFERIDA UNIDADE ESCOLAR ENCONTRA-SE SEM FUNCIONAMENTO, DEVIDO AS IRREGULARIDADES NA OBRA, QUE NÃO PERMITEM A LIBERAÇÃO DOS ÓRGÃOS COMPETENTES PARA SUAS ATIVIDADES ESCOLARES DE PRAXE._x000D_
 ANTE O EXPOSTO, VISANDO O FUNCIONAMENTO DA ESCOLA ADJACÊNCIAS NO PRÓXIMO ANO LETIVO, SOLICITO QUE O PODER EXECUTIVO TOME AS PROVIDÊNCIAS CABÍVEIS E NOTIFIQUE AS EMPRESAS QUE FIZERAM AS OBRAS, CONVOCANDO-AS PARA FAZEREM OS ACERTOS QUE SE FAZEM NECESSÁRIOS, COMPREENDENDO O QUE DEVE SER FEITO, PARA QUE A MESMA SEJA LIBERADA PARA SER UTILIZADA PELOS ALUNOS DA LOCALIDADE DE SOÍDO DE BAIXO E ADJACÊNCIAS._x000D_
 POSTO ISTO, PEÇO EMPENHO DE V. EX.ª, NO SENTIDO DE ATENDER ESTA SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>7289</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7289/req-112-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7289/req-112-2019.pdf</t>
   </si>
   <si>
     <t>QUE REQUER EMPENHO NO SENTIDO DE VIABILIZAR PROVIDÊNCIAS URGENTES NA RUA THIERES VELOSO, QUE DÁ ACESSO À BR-262, CONSTRUINDO UM MURO DE CONTENÇÃO, QUE COMPREENDE 12 (DOZE) METROS DE EXTENSÃO, PRÓXIMO À RESIDÊNCIA DO SR. GENTIL ATÉ O FINAL DA REFERIDA VIA DE ACESSO, SAINDO PARA A BR-262, ONDE DEVIDO ÀS CHUVAS TORRENCIAIS OCORRIDAS EM NOSSA REGIÃO NOS ÚLTIMOS DIAS, A PAVIMENTAÇÃO DA REFERIDA VIA DE ACESSO ESTÁ EM RISCO IMINENTE DE DESABAR, CONFORME SEGUEM FOTOS.</t>
   </si>
   <si>
     <t>7290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7290/req-113-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7290/req-113-2019.pdf</t>
   </si>
   <si>
     <t>REQUER O EMPENHO NO SENTIDO DE VIABILIZAR PROVIDÊNCIAS URGENTES QUANTO À AVALANCHE QUE DESCEU DO MORRO DA MACEFEL, INCLUSIVE ARRANCANDO ALGUMAS ÁRVORES, ACIMA DA LINHA FÉRREA, NA DIREÇÃO DA RESIDÊNCIA DO SR. AURÉLIO HUWER, POPULARMENTE CONHECIDO COMO ''ALEMÃO'', MORADOR DA RUA THIERES VELOSO. DESDE ENTÃO, SEMPRE QUE OCORREM CHUVAS, AINDA QUE NÃO SEJAM TÃO INTENSAS, DESCE PARA A RUA THIERES VELOSO TODA A LAMA QUE ESTAGNOU NA LINHA FÉRREA, ESTENDENDO-SE ATÉ AS PROXIMIDADES DA RESIDÊNCIA DA SRA. GORETTI GERARDT, SUJANDO TODA A RUA, FAZENDO-SE PORTANTO, NECESSÁRIO QUE A PREFEITURA A LAVE CONSTANTEMENTE . RAZÃO, PELA QUAL, A TEM LAVADO COM FREQUÊNCIA.</t>
   </si>
   <si>
     <t>7291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7291/req-114-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7291/req-114-2019.pdf</t>
   </si>
   <si>
     <t>QUE REQUER, A ESSE CONCEITUADO ÓRGÃO ESTADUAL, QUE SE DIGNE A ANALISAR AS POSSIBILIDADE DE VIABILIZAR, EM CARÁTER DE URGÊNCIA, TREINAMENTOS DE SIMULAÇÃO DE EVACUAÇÃO DE EMERGÊNCIA PARA O ABANDONO DE ÁREAS, ENVOLVENDO AS SECRETARIAS MUNICIPAIS DE SAÚDE; ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS; EDUCAÇÃO E ESPORTES; OBRAS E SERVIÇOS URBANOS, BEM COMO A DEFESA CIVIL, MUNICIPAL E CORPO DE BOMBEIROS MILITAR._x000D_
 VALE RESSALTAR, QUE FAÇO ESTA SOLICITAÇÃO, VISANDO A SIMULAÇÃO DE EVACUAÇÃO DE EMERGÊNCIA, VISANDO Á REDUÇÃO DOS DANOS CAUSADOS EM UM EVENTUAL ACIDENTE, DEVENDO O PROCEDIMENTO ADOTADO SER SEGURO E EFICAZ, TENDO EM VISTA QUE A NOSSA MUNICIPALIDADE LOCALIZA-SE EM REGIÃO MONTANHOSA E CERCADA DE INÚMEROS RISCOS IMINENTES, PRINCIPALMENTE, EM PERÍODOS DE CHUVAS TORRENCIAIS COMO TÊM OCORRIDO NAS ÚLTIMAS SEMANAS.</t>
   </si>
   <si>
     <t>7292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7292/req-115-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7292/req-115-2019.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE DIVERSAS INDICAÇÕES VERSARAM NESTA CASA DE LEIS SOBRE A POSSIBILIDADE DO PODER EXECUTIVO MUNICIPAL DE MARECHAL FLORIANO REALIZAR A PAVIMENTAÇÃO ASFÁLTICA NAS RUAS QUE OFERECE ACESSO AOS MUNÍCIPES RESIDENTES NO CONDOMÍNIO SERRA VERDE, LOCALIZADO PARALELO A BR-262;_x000D_
 POSTO ISSO, REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL INFORME E ENCAMINHE A ESTA CASA DE LEIS SE HÁ PREVISÃO DA REALIZAÇÃO DESTAS OBRAS OU SE EXISTE CERTAME LICITATÓRIO SENDO EXECUTADO PARA TAL OBJETIVO.</t>
   </si>
   <si>
     <t>12591</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12591/res001-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12591/res001-2019.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12592</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12592/res002-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12592/res002-2019.pdf</t>
   </si>
   <si>
     <t>12593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12593/res003-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12593/res003-2019.pdf</t>
   </si>
   <si>
     <t>12594</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12594/res004-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12594/res004-2019.pdf</t>
   </si>
   <si>
     <t>12595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12595/res005-2019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12595/res005-2019.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO MUNICIPAL ANULAR DOTAÇÃO DO ORÇAMENTO VIGENTE."</t>
   </si>
   <si>
     <t>6373</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6373/proposta_de_emenda_modificativa_no_001-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6373/proposta_de_emenda_modificativa_no_001-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 026/2019 de autoria do Poder Executivo que "AUTORIZA ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO GERAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>6374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6374/proposta_de_emenda_modificativa_no_002-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6374/proposta_de_emenda_modificativa_no_002-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI N° 023/2019 de autoria do vereador Renato Luiz Veloso Werneck que "DISPÕE SOBRE A EMISSÃO DE RUÍDOS SONOROS  PROVENIENTES DE ESCAPAMENTOS DE VEÍCULOS AUTOMOTORES, IMPÕE PENALIDADE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7280/pem_04-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7280/pem_04-19.pdf</t>
   </si>
   <si>
     <t>7281</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7281/pem_05-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7281/pem_05-19.pdf</t>
   </si>
   <si>
     <t>6937</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6937/pea_01-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6937/pea_01-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 001/2019 QUE ALTERA A REDAÇÃO DO ARTIGO 55 DA LEI MUNICIPAL Nº 170 DE 30 DE DEZEMBRO DE 1995 - CÓDIGO DE POSTURA.</t>
   </si>
   <si>
     <t>6960</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6960/pea_02-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6960/pea_02-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 042/2019 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE PARCERIA E COOPERAÇÃO MÚTUA E A CEDER SERVIDORES OCUPANTES DE CARGOS DE PROVIMENTO EFETIVO A FUNDAÇÃO HOSPITALAR E ASSISTÊNCIA SOCIAL DE DOMINGOS MARTINS, HOSPITAL E MATERNIDADE DR. ARTHUR GERHARDT.</t>
   </si>
   <si>
     <t>6968</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6968/pea_03-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6968/pea_03-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 064/2019 QUE DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7180/pea_04-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7180/pea_04-19.pdf</t>
   </si>
   <si>
     <t>7279</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7279/pea_06-19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7279/pea_06-19.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 096/19 QUE ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>7064</t>
   </si>
   <si>
     <t>PLA</t>
   </si>
   <si>
     <t>Projeto de Lei de alienação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7064/projeto_de_lei_alienacao_de_bem_imovel.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7064/projeto_de_lei_alienacao_de_bem_imovel.pdf</t>
   </si>
   <si>
     <t>14067</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
     <t>DIRETOR DE OPERAÇÕES E MANUNTENÇÃO DA INFRAESTRUTURA LOGÍSTICA - DER-ES</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/14067/340.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/14067/340.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO Nº099/2019 DE AUTORIA DO VEREADOR MAYLSON LITTIG</t>
   </si>
   <si>
     <t>8226</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8226/818.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8226/818.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES NO USO DE SUAS ATRIBUIÇÕES, FAZ SABER, NA FORMA DO INCISO I DO ARTIGO 46 DA LEI ORGÂNICA MUNICIPAL, A SEGUINTE PROPOSTA DE MODIFICAÇÃO A LEI ORGÂNICA.</t>
   </si>
   <si>
     <t>8223</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Mensagem de Aplausos</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8223/817.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8223/817.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO TODA A CORPORAÇÃO DA 6ª CIA INDEPEDENTE DA POLÍCIA MILITAR/ES, EM FACE AOS EXRAORDINÁRIOS TRABLAHOS PRESTADOS NESTE MUNICÍPIO, EM ESPECIAL, O EXCELENTE DESEMPENHO NA XIX ITALEMANHA, REALIZADA ENTRE DIAS 27 A 30/06, NESTA CIDADE.</t>
   </si>
   <si>
     <t>8224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8224/816.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8224/816.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO  COMO DISTINÇÃO TODA A CORPORAÇÃO DO 4º BATALHÃO DE BOMBEIROS MILITAR/ES, EM FACE AOS EXCELENTES SERVIÇOS PRESTADOS NO MUNICÍPIO, BEM COMO, EM VIRTUDE AO "DIA DO BOMBEIRO", COMEMORANDO EM 02 DE JULHO, COM UMA HOMENAGEM A TODOS ESSES RELEVANTES PROFISSIONAIS BRASILEIROS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6655,68 +6655,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13758/001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13759/002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13760/003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13764/004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13765/005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13766/006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6271/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6272/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6273/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6274/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6275/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6276/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6277/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6278/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6279/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6280/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6281/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6282/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6283/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6284/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6285/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6286/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6270/indicacao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6265/indicacao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6266/indicacao_019-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6267/indicacao_020-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6268/indicacao_021-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6338/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6339/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6326/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6327/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6345/indicacao_029-19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6346/indicacao_no_030-19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6347/indicacao_no_031-19.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6348/indicacao_no_032-19.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6349/indicacao_no_033-19.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6350/indicacao_no_034-19.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6351/indicacao_no_035-19.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6352/indicacao_no_036-19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6896/indicacao_37-19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6897/indicacao_38-19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6898/indicacao_39-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6899/indicacao_40-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6900/indicacao_41-19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6901/indicacao_42-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6902/indicacao_43-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6903/indicacao_44-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6904/indicacao_45-19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6922/indicacao_46-19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6923/indicacao_47-19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6924/indicacao_48-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6925/indicacao_49-19.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6926/indicacao_50-19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6927/indicacao_51-19.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6942/indicacao_52-19.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6943/indicacao_53-19.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6944/indicacao_54-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6945/indicacao_55-19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6946/indicacao_56-19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6947/indicacao_57-19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6969/indicacao_58-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6970/indicacao_59-19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6971/indicacao_60-19.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6972/indicacao_61-19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6973/indicacao_62-19.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6974/indicacao_63-19.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6975/indicacao_64-19.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6976/indicacao_65-19.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6977/indicacao_66-19.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6978/indicacao_67-19.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6979/indicacao_68-19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6980/indicacao_69-19.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6981/indicacao_70-19.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6982/indicacao_71-19.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6990/indicacao_72-19.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6991/indicacao_73-19.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6992/indicacao_74-19.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6993/indicacao_75-19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6994/indicacao_76-19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6995/indicacao_77-19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6996/indicacao_78-19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6997/indicacao_79-19.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6998/indicacao_80-19.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7024/indicacao_81-19.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7025/indicacao_82-19.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7026/indicacao_83-19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6999/indicacao_84-19.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7000/indicacao_85-19.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7048/indicacao_86-19.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7049/indicacao_87-19.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7050/indicacao_88-19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7051/indicacao_89-19.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7052/indicacao_90-19.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7053/indicacao_91-19.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7054/indicacao_92-19.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7055/indicacao_93-19.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7056/indicacao_94-19.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7057/indicacao_95-19.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7058/indicacao_96-19.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7059/indicacao_97-19.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7060/indicacao_98-19.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7068/indicacao_99-19.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7069/indicacao_100-19.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7070/indicacao_101-19.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7071/indicacao_102-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7072/indicacao_103-19.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7073/indicacao_104-19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7074/indicacao_105-19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7075/indicacao_106-19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7106/indicacao_107-19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7129/indicacao_108-19.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7107/indicacao_109-19.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7108/indicacao_110-19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7109/indicacao_111-19.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7110/indicacao_112-19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7133/indicacao_113-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7134/indicacao_114-19.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7135/indicacao_115-19.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7138/indicacao_118-19.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7139/indicacao_119-19.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7140/indicacao_120-19.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7141/indicacao_121-19.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7156/indicacao_122-19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7157/indicacao_123-19.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7158/indicacao_124-19.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7159/indicacao_125-19.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7160/indicacao_126-19.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7161/indicacao_127-19.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7162/indicacao_128-19.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7163/indicacao_129-19.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7182/indicacao_130-19.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7183/indicacao_131-19.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7184/indicacao_132-19.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7185/indicacao_133-19.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7186/indicacao_134-19.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7187/indicacao_135-19.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7216/indicacao_136-19.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7217/indicacao_137-19.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7218/indicacao_138-19.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7219/indicacao_139-19.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7220/indicacao_140-19.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7221/indicacao_141-19.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7222/indicacao_142-19.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7223/indicacao_143-19.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7250/indicacao-144-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7251/indicacao-145-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7252/indicacao-146-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7253/indicacao-147-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7254/indicacao-148-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7260/indicacao_149-19.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7261/indicacao_150-19.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7255/indicacao-151-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7256/indicacao-152-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7262/indicacao_153-19.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7263/indicacao_154-19.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7264/indicacao_155-19.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7265/indicacao_156-19.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7266/indicacao_157-19.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7267/indicacao_158-19.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7268/indicacao_159-19.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7269/indicacao_160-19.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7270/indicacao_161-19.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7271/indicacao_162-19.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7272/indicacao_163-19.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7273/indicacao_164-19.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7282/indicacao_165-19.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7283/indicacao_166-19.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7284/indicacao_167-19.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7285/indicacao_168-19.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7286/indicacao_169-19.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7287/indicacao_170-19.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7288/indicacao_171-19.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7293/ind-172-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7294/ind-173-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7295/ind-174-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7296/ind-175-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7297/ind-176-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7298/ind-177-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7299/ind-178-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7337/indicacao_179-19_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7319/indicacao_180-19.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7320/indicacao_181-19.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7338/indicacao_182-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7322/indicacao_184-19.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7323/indicacao_185-19.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7324/indicacao_186-19.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7325/indicacao_187-19.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6287/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8222/353.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6905/mocao_03-19.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6906/mocao_04-19.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6907/mocao_05-19.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6928/mocao_06-19.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7076/mocao_07-19.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7105/mocao_08-19.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7164/mocao_09-19.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7165/mocao_10-19.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7188/mocao_11-19.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7189/mocao_12-19.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7213/mocao_13-19.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7214/mocao_14-19.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7215/mocao_15-19.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7257/mocao-016-2019.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7258/mocao-017-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7300/mocao-018-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7301/mocao-019-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7335/mocao_20-19.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8225/1525.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6288/parecer_favoravel_001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6289/parecer_favoravel_002.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7902/doc_mar_18_2021_12.14.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7901/doc_mar_18_2021_12.15.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6290/parecer_favoravel_005.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6291/parecer_favoravel_006.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6292/parecer_favoravel_007.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6293/parecer_favoravel_008.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6294/parecer_favoravel_009.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6295/parecer_favoravel_010.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6297/parecer_favoravel_011.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6298/parecer_favoravel_013.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6299/parecer_favoravel_014.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6300/parecer_favoravel_015.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6301/parecer_favoravel_016.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6363/parecer_favoravel_no_017-19.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7903/doc_mar_18_2021_12.16.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6364/parecer_favoravel_no_019-19.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6365/parecer_favoravel_no_020-19.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6366/parecer_favoravel_no_021-19.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7900/doc_mar_18_2021_12.18.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7899/doc_mar_18_2021_12.24.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7895/doc_mar_18_2021_12.26.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7897/doc_mar_18_2021_12.27.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6368/parecer_favoravel_no_026-19.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6369/parecer_favoravel_no_027-19.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6370/parecer_favoravel_no_028-19.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6371/parecer_favoravel_no_029-19.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6372/parecer_favoravel_no_030-19.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7894/doc_mar_18_2021_12.271.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7893/doc_mar_18_2021_12.33.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6908/parecer_favoravel_33-19.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6909/parecer_favoravel_34-19.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6910/parecer_favoravel_35-19.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6911/parecer_favoravel_36-19.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6912/parecer_favoravel_37-19.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7885/doc_mar_17_2021_15.34_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7884/doc_mar_17_2021_15.35.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7883/doc_mar_17_2021_15.351_1.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6929/parecer_favoravel_041-19.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6948/parecer_favoravel_42-19.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6949/parecer_favoravel_43-19.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6950/parecer_favoravel_44-19.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6951/parecer_favoravel_45-19.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6952/parecer_favoravel_46-19.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6953/parecer_favoravel_47-19.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6954/parecer_favoravel_48-19.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6955/parecer_favoravel_49-19.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6967/parecer_favoravel_50-19.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6988/parecer_favoravel_51-19.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7035/parecer_favoravel_52-19.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7036/parecer_favoravel_53-19.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7037/parecer_favoravel_54-19.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7038/parecer_favoravel_55-19.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7039/parecer_favoravel_56-19.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7040/parecer_favoravel_57-19.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7041/parecer_favoravel_58-19.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7042/parecer_favoravel_59-19.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7043/parecer_favoravel_60-19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7044/parecer_favoravel_61-19.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7045/parecer_favoravel_62-19.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7046/parecer_favoravel_63-19.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7047/parecer_favoravel_64-19.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7063/parecer_favoravel_65-19.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7077/parecer_favoravel_66-19.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7078/parecer_favoravel_67-19.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7882/doc_mar_17_2021_14.49-01.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7079/parecer_favoravel_69-19.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7080/parecer_favoravel_70-19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7081/parecer_favoravel_71-19.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7101/parecer_favoravel_72-19_kRIsPld.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7102/parecer_favoravel_73-19.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7100/parecer_favoravel_74-19.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7104/parecer_favoravel_75-19.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7111/parecer_favoravel_76-19.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7112/parecer_favoravel_77-19.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7113/parecer_favoravel_78-19.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7143/parecer_favoravel_80-19.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7144/parecer_favoravel_81-19.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7178/parecer_favoravel_82-19.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7179/parecer_favoravel_83-19.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7181/parecer_favoravel_84-19.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7190/parecer_contrario_85-19.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7191/parecer_contrario_86-19.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7192/parecer_favoravel_87-19.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7193/parecer_favoravel_88-19.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7194/parecer_favoravel_89-19.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7195/parecer_favoravel_90-19.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7196/parecer_favoravel_91-19.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7197/parecer_favoravel_92-19.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7234/parecer_favoravel_93-19.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7235/parecer_favoravel_94-19.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7246/parecer_favoravel-095-2019.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7247/parecer_favoravel-096-2019.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7248/parecer_favoravel-097-2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7249/parecer_favoravel-098-2019.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7278/parecer_favoravel_99-19.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7308/parecer_favoravel-100-2019.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7307/paecer_favoravel-101-2019.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7309/parecer_favoravel-102-2019.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7310/parecer_favoravel-103-2019.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7311/parecer_favoravel-104-2019.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7312/parecer_favoravel-105-2019.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7313/parecer_favoravel-106-2019.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7314/parecer_favoravel-107-2019.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7315/parecer_favoravel-108-2019.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7316/parecer_favoravel-109-2019.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7317/parecer_favoravel-110-2019.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7318/parecer_favoravel-111-2019.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7326/parecer_favoravel_112-19.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7327/parecer_favoravel_113-19.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7328/parecer_favoravel_114-19.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7329/parecer_favoravel_115-19.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7330/parecer_favoravel_116-19.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6255/projeto_de_lei__001-2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6959/expediente_do_dia_3.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7030/projeto_de_lei_complementar_04-19.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6328/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6329/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6331/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6302/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6303/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6304/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6305/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6332/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6333/projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6334/projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6335/projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6340/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6306/projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6307/projeto_de_lei_015.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6336/projeto_de_lei_016.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6256/projeto_de_lei_017-2019.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6257/projeto_de_lei_018-2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6258/projeto_de_lei_019-2019.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6259/projeto_de_lei_020-2019.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6260/projeto_de_lei_021-2019.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6261/projeto_de_lei_022-2019.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6262/projeto_de_lei_023-2019.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6263/projeto_de_lei_024-2019.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6341/projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7010/projeto_de_lei_26-19.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7003/projeto_de_lei_28-19.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7004/projeto_de_lei_29-19.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7005/projeto_de_lei_30-19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7006/projeto_de_lei_31-19.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7007/projeto_de_lei_32-19.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7009/projeto_de_lei_34-19.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7011/projeto_de_lei_35-19.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6362/plo_36-2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7012/projeto_de_lei_037-19.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7013/projeto_de_lei_38-19.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6913/projeto_de_lei_39-19.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6914/projeto_de_lei_40-19.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6915/projeto_de_lei_41-19.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7014/projeto_de_lei_42-19.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6930/projeto_de_lei_043-19.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6931/projeto_de_lei_44-19.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6932/projeto_de_lei_45-19.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6933/projeto_de_lei_46-19.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6934/projeto_de_lei_47-19.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6935/projeto_de_lei_48-19.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6936/projeto_de_lei_49-19.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7015/projeto_de_lei_50-19.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6957/projeto_de_lei_51-19.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6958/projeto_de_lei_52-19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7016/projeto_de_lei_53-19.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7017/projeto_de_lei_54-19.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7018/projeto_de_lei_55-19.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7019/projeto_de_lei_56-19.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6983/projeto_de_lei_57-19.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6984/projeto_de_lei_58-19.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6985/projeto_de_lei_59-19.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6986/projeto_de_lei_60-19.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6987/projeto_de_lei_61-19.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7020/projeto_de_lei_62-19.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7021/projeto_de_lei_63-19.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7022/projeto_de_lei_64-19.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7023/projeto_de_lei_65-19.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7027/projeto_de_lei_66-19.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7001/projeto_de_lei_67-19.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7062/projeto_de_lei_68-19.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7061/projeto_de_lei_69-19.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7028/projeto_de_lei_70-19.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7029/projeto_de_lei_71-19.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7031/projeto_de_lei_72-19.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7032/projeto_de_lei_73-19.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7033/projeto_de_lei_74-19.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7034/projeto_de_lei_75-19.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7065/projeto_de_lei__76-19.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7066/projeto_de_lei__77-19.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7067/projeto_de_lei__78-19.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7082/projeto_de_lei_79-19.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7083/projeto_de_lei_80-19.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7084/projeto_de_lei_81-19.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7085/projeto_de_lei_82-19.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7086/projeto_de_lei_83-19.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7087/projeto_de_lei_84-19.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7128/projeto_de_lei_85-19.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7904/plo_86.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7114/projeto_de_lei_87-19.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7115/projeto_de_lei_88-19.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7116/projeto_de_lei_89-19.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7117/projeto_de_lei_90-19_g0HE1mk.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7118/projeto_de_lei_91-19.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7145/projeto_de_lei_92-19.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7146/projeto_de_lei_93-19.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7166/projeto_de_lei_94-19.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7167/projeto_de_lei_95-19.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7212/plo_96-2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7198/projeto_de_lei_97-19.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7199/projeto_de_lei_98-19.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7200/projeto_de_lei_99-19.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7201/projeto_de_lei_100-19.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7224/projeto_de_lei_101-19.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7225/projeto_de_lei_102-19.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7226/projeto_de_lei_103-19.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7227/projeto_de_lei_104-19.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7228/projeto_de_lei_105-19.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7229/projeto_de_lei_106-19.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7237/projeto_de_lei_-107-2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7238/projeto_de_lei_-108-2019.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7239/projeto_de_lei_-109-2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7259/projeto_de_lei_110-19.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7905/pl_111.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7274/projeto_de_lei_112-19.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7275/projeto_de_lei_113-19.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7276/projeto_de_lei_114-19.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7277/projeto_de_lei_115-19.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7906/plo_116.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7907/plo_117.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7908/plo_118.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7909/plo_119.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7910/plo_120.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7911/plo_121.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7912/plo_122.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7302/projeto_de_lei-123-2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7303/projeto_de_lei-124-2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7304/projeto_de_lei-125-2019.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7305/projeto_de_lei-126-2019.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7306/projeto_de_lei-127-2019.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7913/plo_128.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7914/plo_129.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7915/plo_130.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7331/projeto_de_lei_131-19.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7332/projeto_de_lei_132-19.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7333/projeto_de_lei_133-19.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7334/projeto_de_lei_134-19.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8229/568.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6989/projeto_de_resolucao_02-19.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7132/projeto_de_resolucao_03-19.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8230/1414.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7336/projeto_de_resolucao_05-19.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6308/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6309/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6310/requerimento_003.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6311/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6312/requerimento_005.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6313/requerimento_006.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6314/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6315/requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6316/requerimento_009.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6317/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6253/requerimento_011-2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6254/requerimento_012-2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6252/req_013-2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6318/requerimento_015.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6319/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6320/requerimento_017.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6321/requerimento_018.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6322/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6323/requerimento_020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6324/requerimento_021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6325/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6367/requerimento_no_023-19.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6353/requerimento_no_024-19.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6354/requerimento_no_025-19.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6355/requerimento_no_026-19.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6356/requerimento_no_027-19.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6357/requerimento_no_028-19.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6358/requerimento_no_029-19.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6359/requerimento_no_030-19.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6360/requerimento_no_031-19.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6361/requerimento_no_032-19.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6916/requerimento_33-19.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6917/requerimento_34-19.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6918/requerimento_35-19.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6919/requerimento_36-19.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6920/requerimento_37-19.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6938/requerimento_38-19.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6939/requerimento_39-19.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6940/requerimento_40-19.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6941/requerimento_41-19.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6962/requerimento_43-19.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6963/requerimento_44-19.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6964/requerimento_45-19.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6965/requerimento_46-19.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6966/requerimento_47-19.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7088/requerimento_48-19.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7089/requerimento_49-19.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7090/requerimento_50-19.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7091/requerimento_51-19.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7092/requerimento_52-19.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7093/requerimento_53-19.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7094/requerimento_54-19.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7095/requerimento_55-19.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7096/requerimento_56-19.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7097/requerimento_57-19.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7098/requerimento_58-19.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7099/requerimento_59-19.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7119/requerimento_60-19.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7120/requerimento_61-19.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7121/requerimento_62-19.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7122/requerimento_63-19.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7123/requerimento_64-19.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7124/requerimento_65-19.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7125/requerimento_66-19.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7130/requerimento_67-19_Yv3qaeN.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7131/requerimento_68-19_8BsQQdA.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7126/requerimento_69-19.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7147/requerimento_71-19.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7148/requerimento_72-19.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7149/requerimento_73-19.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7150/requerimento_74-19.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7151/requerimento_75-19.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7152/requerimento_76-19.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7153/requerimento_77-19.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7154/requerimento_78-19.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7155/requerimento_79-19.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7170/requerimento_82-19.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7171/requerimento_83-19.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7172/requerimento_84-19.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7173/requerimento_85-19.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7174/requerimento_86-19.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7175/requerimento_87-19.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7176/requerimento_88-19.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7177/requerimento_89-19.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7202/requerimento_90-19.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7203/requerimento_91-19.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7204/requerimento_92-19.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7205/requerimento_93-19.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7206/requerimento_94-19.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7207/requerimento_95-19.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7208/requerimento_96-19.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7209/requerimento_97-19.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7210/requerimento_98-19.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7211/requerimento_99-19.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7230/requerimento_100-19.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7231/requerimento_101-19.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7232/requerimento_102-19.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7236/requerimento_103-19.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7233/requerimento_104-19.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7240/req-106-2019_h8kbtpS.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7241/req-107-2019.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7242/req-108-2019.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7243/req-109-2019.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7244/req-110-2019.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7245/req-111-2019.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7289/req-112-2019.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7290/req-113-2019.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7291/req-114-2019.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7292/req-115-2019.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12591/res001-2019.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12592/res002-2019.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12593/res003-2019.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12594/res004-2019.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12595/res005-2019.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6373/proposta_de_emenda_modificativa_no_001-19.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6374/proposta_de_emenda_modificativa_no_002-19.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7280/pem_04-19.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7281/pem_05-19.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6937/pea_01-19.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6960/pea_02-19.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6968/pea_03-19.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7180/pea_04-19.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7279/pea_06-19.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7064/projeto_de_lei_alienacao_de_bem_imovel.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/14067/340.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8226/818.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8223/817.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8224/816.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13758/001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13759/002-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13760/003-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13764/004-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13765/005-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/13766/006-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6271/indicacao_001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6272/indicacao_002.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6273/indicacao_003.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6274/indicacao_004.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6275/indicacao_005.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6276/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6277/indicacao_007.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6278/indicacao_008.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6279/indicacao_009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6280/indicacao_010.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6281/indicacao_011.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6282/indicacao_012.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6283/indicacao_013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6284/indicacao_014.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6285/indicacao_015.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6286/indicacao_016.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6270/indicacao_017-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6265/indicacao_018-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6266/indicacao_019-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6267/indicacao_020-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6268/indicacao_021-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6338/indicacao_022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6339/indicacao_023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6326/indicacao_024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6327/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6345/indicacao_029-19.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6346/indicacao_no_030-19.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6347/indicacao_no_031-19.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6348/indicacao_no_032-19.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6349/indicacao_no_033-19.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6350/indicacao_no_034-19.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6351/indicacao_no_035-19.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6352/indicacao_no_036-19.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6896/indicacao_37-19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6897/indicacao_38-19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6898/indicacao_39-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6899/indicacao_40-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6900/indicacao_41-19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6901/indicacao_42-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6902/indicacao_43-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6903/indicacao_44-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6904/indicacao_45-19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6922/indicacao_46-19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6923/indicacao_47-19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6924/indicacao_48-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6925/indicacao_49-19.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6926/indicacao_50-19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6927/indicacao_51-19.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6942/indicacao_52-19.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6943/indicacao_53-19.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6944/indicacao_54-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6945/indicacao_55-19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6946/indicacao_56-19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6947/indicacao_57-19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6969/indicacao_58-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6970/indicacao_59-19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6971/indicacao_60-19.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6972/indicacao_61-19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6973/indicacao_62-19.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6974/indicacao_63-19.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6975/indicacao_64-19.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6976/indicacao_65-19.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6977/indicacao_66-19.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6978/indicacao_67-19.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6979/indicacao_68-19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6980/indicacao_69-19.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6981/indicacao_70-19.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6982/indicacao_71-19.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6990/indicacao_72-19.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6991/indicacao_73-19.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6992/indicacao_74-19.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6993/indicacao_75-19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6994/indicacao_76-19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6995/indicacao_77-19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6996/indicacao_78-19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6997/indicacao_79-19.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6998/indicacao_80-19.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7024/indicacao_81-19.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7025/indicacao_82-19.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7026/indicacao_83-19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6999/indicacao_84-19.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7000/indicacao_85-19.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7048/indicacao_86-19.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7049/indicacao_87-19.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7050/indicacao_88-19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7051/indicacao_89-19.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7052/indicacao_90-19.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7053/indicacao_91-19.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7054/indicacao_92-19.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7055/indicacao_93-19.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7056/indicacao_94-19.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7057/indicacao_95-19.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7058/indicacao_96-19.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7059/indicacao_97-19.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7060/indicacao_98-19.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7068/indicacao_99-19.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7069/indicacao_100-19.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7070/indicacao_101-19.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7071/indicacao_102-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7072/indicacao_103-19.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7073/indicacao_104-19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7074/indicacao_105-19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7075/indicacao_106-19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7106/indicacao_107-19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7129/indicacao_108-19.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7107/indicacao_109-19.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7108/indicacao_110-19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7109/indicacao_111-19.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7110/indicacao_112-19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7133/indicacao_113-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7134/indicacao_114-19.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7135/indicacao_115-19.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7138/indicacao_118-19.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7139/indicacao_119-19.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7140/indicacao_120-19.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7141/indicacao_121-19.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7156/indicacao_122-19.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7157/indicacao_123-19.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7158/indicacao_124-19.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7159/indicacao_125-19.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7160/indicacao_126-19.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7161/indicacao_127-19.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7162/indicacao_128-19.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7163/indicacao_129-19.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7182/indicacao_130-19.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7183/indicacao_131-19.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7184/indicacao_132-19.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7185/indicacao_133-19.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7186/indicacao_134-19.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7187/indicacao_135-19.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7216/indicacao_136-19.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7217/indicacao_137-19.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7218/indicacao_138-19.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7219/indicacao_139-19.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7220/indicacao_140-19.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7221/indicacao_141-19.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7222/indicacao_142-19.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7223/indicacao_143-19.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7250/indicacao-144-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7251/indicacao-145-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7252/indicacao-146-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7253/indicacao-147-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7254/indicacao-148-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7260/indicacao_149-19.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7261/indicacao_150-19.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7255/indicacao-151-2019.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7256/indicacao-152-2019.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7262/indicacao_153-19.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7263/indicacao_154-19.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7264/indicacao_155-19.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7265/indicacao_156-19.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7266/indicacao_157-19.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7267/indicacao_158-19.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7268/indicacao_159-19.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7269/indicacao_160-19.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7270/indicacao_161-19.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7271/indicacao_162-19.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7272/indicacao_163-19.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7273/indicacao_164-19.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7282/indicacao_165-19.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7283/indicacao_166-19.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7284/indicacao_167-19.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7285/indicacao_168-19.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7286/indicacao_169-19.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7287/indicacao_170-19.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7288/indicacao_171-19.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7293/ind-172-2019.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7294/ind-173-2019.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7295/ind-174-2019.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7296/ind-175-2019.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7297/ind-176-2019.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7298/ind-177-2019.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7299/ind-178-2019.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7337/indicacao_179-19_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7319/indicacao_180-19.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7320/indicacao_181-19.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7338/indicacao_182-2019.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7322/indicacao_184-19.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7323/indicacao_185-19.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7324/indicacao_186-19.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7325/indicacao_187-19.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6287/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8222/353.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6905/mocao_03-19.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6906/mocao_04-19.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6907/mocao_05-19.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6928/mocao_06-19.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7076/mocao_07-19.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7105/mocao_08-19.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7164/mocao_09-19.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7165/mocao_10-19.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7188/mocao_11-19.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7189/mocao_12-19.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7213/mocao_13-19.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7214/mocao_14-19.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7215/mocao_15-19.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7257/mocao-016-2019.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7258/mocao-017-2019.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7300/mocao-018-2019.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7301/mocao-019-2019.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7335/mocao_20-19.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8225/1525.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6288/parecer_favoravel_001.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6289/parecer_favoravel_002.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7902/doc_mar_18_2021_12.14.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7901/doc_mar_18_2021_12.15.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6290/parecer_favoravel_005.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6291/parecer_favoravel_006.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6292/parecer_favoravel_007.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6293/parecer_favoravel_008.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6294/parecer_favoravel_009.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6295/parecer_favoravel_010.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6297/parecer_favoravel_011.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6298/parecer_favoravel_013.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6299/parecer_favoravel_014.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6300/parecer_favoravel_015.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6301/parecer_favoravel_016.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6363/parecer_favoravel_no_017-19.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7903/doc_mar_18_2021_12.16.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6364/parecer_favoravel_no_019-19.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6365/parecer_favoravel_no_020-19.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6366/parecer_favoravel_no_021-19.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7900/doc_mar_18_2021_12.18.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7899/doc_mar_18_2021_12.24.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7895/doc_mar_18_2021_12.26.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7897/doc_mar_18_2021_12.27.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6368/parecer_favoravel_no_026-19.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6369/parecer_favoravel_no_027-19.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6370/parecer_favoravel_no_028-19.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6371/parecer_favoravel_no_029-19.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6372/parecer_favoravel_no_030-19.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7894/doc_mar_18_2021_12.271.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7893/doc_mar_18_2021_12.33.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6908/parecer_favoravel_33-19.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6909/parecer_favoravel_34-19.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6910/parecer_favoravel_35-19.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6911/parecer_favoravel_36-19.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6912/parecer_favoravel_37-19.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7885/doc_mar_17_2021_15.34_1.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7884/doc_mar_17_2021_15.35.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7883/doc_mar_17_2021_15.351_1.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6929/parecer_favoravel_041-19.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6948/parecer_favoravel_42-19.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6949/parecer_favoravel_43-19.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6950/parecer_favoravel_44-19.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6951/parecer_favoravel_45-19.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6952/parecer_favoravel_46-19.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6953/parecer_favoravel_47-19.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6954/parecer_favoravel_48-19.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6955/parecer_favoravel_49-19.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6967/parecer_favoravel_50-19.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6988/parecer_favoravel_51-19.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7035/parecer_favoravel_52-19.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7036/parecer_favoravel_53-19.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7037/parecer_favoravel_54-19.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7038/parecer_favoravel_55-19.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7039/parecer_favoravel_56-19.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7040/parecer_favoravel_57-19.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7041/parecer_favoravel_58-19.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7042/parecer_favoravel_59-19.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7043/parecer_favoravel_60-19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7044/parecer_favoravel_61-19.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7045/parecer_favoravel_62-19.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7046/parecer_favoravel_63-19.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7047/parecer_favoravel_64-19.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7063/parecer_favoravel_65-19.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7077/parecer_favoravel_66-19.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7078/parecer_favoravel_67-19.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7882/doc_mar_17_2021_14.49-01.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7079/parecer_favoravel_69-19.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7080/parecer_favoravel_70-19.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7081/parecer_favoravel_71-19.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7101/parecer_favoravel_72-19_kRIsPld.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7102/parecer_favoravel_73-19.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7100/parecer_favoravel_74-19.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7104/parecer_favoravel_75-19.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7111/parecer_favoravel_76-19.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7112/parecer_favoravel_77-19.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7113/parecer_favoravel_78-19.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7143/parecer_favoravel_80-19.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7144/parecer_favoravel_81-19.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7178/parecer_favoravel_82-19.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7179/parecer_favoravel_83-19.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7181/parecer_favoravel_84-19.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7190/parecer_contrario_85-19.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7191/parecer_contrario_86-19.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7192/parecer_favoravel_87-19.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7193/parecer_favoravel_88-19.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7194/parecer_favoravel_89-19.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7195/parecer_favoravel_90-19.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7196/parecer_favoravel_91-19.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7197/parecer_favoravel_92-19.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7234/parecer_favoravel_93-19.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7235/parecer_favoravel_94-19.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7246/parecer_favoravel-095-2019.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7247/parecer_favoravel-096-2019.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7248/parecer_favoravel-097-2019.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7249/parecer_favoravel-098-2019.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7278/parecer_favoravel_99-19.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7308/parecer_favoravel-100-2019.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7307/paecer_favoravel-101-2019.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7309/parecer_favoravel-102-2019.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7310/parecer_favoravel-103-2019.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7311/parecer_favoravel-104-2019.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7312/parecer_favoravel-105-2019.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7313/parecer_favoravel-106-2019.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7314/parecer_favoravel-107-2019.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7315/parecer_favoravel-108-2019.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7316/parecer_favoravel-109-2019.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7317/parecer_favoravel-110-2019.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7318/parecer_favoravel-111-2019.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7326/parecer_favoravel_112-19.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7327/parecer_favoravel_113-19.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7328/parecer_favoravel_114-19.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7329/parecer_favoravel_115-19.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7330/parecer_favoravel_116-19.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6255/projeto_de_lei__001-2019.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6959/expediente_do_dia_3.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7030/projeto_de_lei_complementar_04-19.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6328/projeto_de_lei_001.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6329/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6331/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6302/projeto_de_lei_005.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6303/projeto_de_lei_006.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6304/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6305/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6332/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6333/projeto_de_lei_010.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6334/projeto_de_lei_011.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6335/projeto_de_lei_012.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6340/projeto_de_lei_013.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6306/projeto_de_lei_014.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6307/projeto_de_lei_015.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6336/projeto_de_lei_016.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6256/projeto_de_lei_017-2019.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6257/projeto_de_lei_018-2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6258/projeto_de_lei_019-2019.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6259/projeto_de_lei_020-2019.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6260/projeto_de_lei_021-2019.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6261/projeto_de_lei_022-2019.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6262/projeto_de_lei_023-2019.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6263/projeto_de_lei_024-2019.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6341/projeto_de_lei_025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7010/projeto_de_lei_26-19.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7003/projeto_de_lei_28-19.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7004/projeto_de_lei_29-19.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7005/projeto_de_lei_30-19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7006/projeto_de_lei_31-19.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7007/projeto_de_lei_32-19.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7009/projeto_de_lei_34-19.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7011/projeto_de_lei_35-19.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6362/plo_36-2019.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7012/projeto_de_lei_037-19.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7013/projeto_de_lei_38-19.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6913/projeto_de_lei_39-19.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6914/projeto_de_lei_40-19.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6915/projeto_de_lei_41-19.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7014/projeto_de_lei_42-19.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6930/projeto_de_lei_043-19.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6931/projeto_de_lei_44-19.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6932/projeto_de_lei_45-19.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6933/projeto_de_lei_46-19.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6934/projeto_de_lei_47-19.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6935/projeto_de_lei_48-19.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6936/projeto_de_lei_49-19.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7015/projeto_de_lei_50-19.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6957/projeto_de_lei_51-19.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6958/projeto_de_lei_52-19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7016/projeto_de_lei_53-19.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7017/projeto_de_lei_54-19.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7018/projeto_de_lei_55-19.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7019/projeto_de_lei_56-19.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6983/projeto_de_lei_57-19.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6984/projeto_de_lei_58-19.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6985/projeto_de_lei_59-19.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6986/projeto_de_lei_60-19.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6987/projeto_de_lei_61-19.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7020/projeto_de_lei_62-19.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7021/projeto_de_lei_63-19.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7022/projeto_de_lei_64-19.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7023/projeto_de_lei_65-19.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7027/projeto_de_lei_66-19.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7001/projeto_de_lei_67-19.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7062/projeto_de_lei_68-19.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7061/projeto_de_lei_69-19.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7028/projeto_de_lei_70-19.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7029/projeto_de_lei_71-19.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7031/projeto_de_lei_72-19.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7032/projeto_de_lei_73-19.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7033/projeto_de_lei_74-19.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7034/projeto_de_lei_75-19.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7065/projeto_de_lei__76-19.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7066/projeto_de_lei__77-19.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7067/projeto_de_lei__78-19.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7082/projeto_de_lei_79-19.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7083/projeto_de_lei_80-19.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7084/projeto_de_lei_81-19.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7085/projeto_de_lei_82-19.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7086/projeto_de_lei_83-19.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7087/projeto_de_lei_84-19.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7128/projeto_de_lei_85-19.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7904/plo_86.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7114/projeto_de_lei_87-19.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7115/projeto_de_lei_88-19.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7116/projeto_de_lei_89-19.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7117/projeto_de_lei_90-19_g0HE1mk.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7118/projeto_de_lei_91-19.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7145/projeto_de_lei_92-19.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7146/projeto_de_lei_93-19.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7166/projeto_de_lei_94-19.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7167/projeto_de_lei_95-19.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7212/plo_96-2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7198/projeto_de_lei_97-19.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7199/projeto_de_lei_98-19.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7200/projeto_de_lei_99-19.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7201/projeto_de_lei_100-19.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7224/projeto_de_lei_101-19.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7225/projeto_de_lei_102-19.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7226/projeto_de_lei_103-19.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7227/projeto_de_lei_104-19.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7228/projeto_de_lei_105-19.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7229/projeto_de_lei_106-19.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7237/projeto_de_lei_-107-2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7238/projeto_de_lei_-108-2019.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7239/projeto_de_lei_-109-2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7259/projeto_de_lei_110-19.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7905/pl_111.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7274/projeto_de_lei_112-19.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7275/projeto_de_lei_113-19.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7276/projeto_de_lei_114-19.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7277/projeto_de_lei_115-19.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7906/plo_116.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7907/plo_117.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7908/plo_118.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7909/plo_119.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7910/plo_120.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7911/plo_121.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7912/plo_122.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7302/projeto_de_lei-123-2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7303/projeto_de_lei-124-2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7304/projeto_de_lei-125-2019.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7305/projeto_de_lei-126-2019.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7306/projeto_de_lei-127-2019.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7913/plo_128.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7914/plo_129.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7915/plo_130.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7331/projeto_de_lei_131-19.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7332/projeto_de_lei_132-19.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7333/projeto_de_lei_133-19.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7334/projeto_de_lei_134-19.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8229/568.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6989/projeto_de_resolucao_02-19.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7132/projeto_de_resolucao_03-19.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8230/1414.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7336/projeto_de_resolucao_05-19.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6308/requerimento_001.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6309/requerimento_002.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6310/requerimento_003.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6311/requerimento_004.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6312/requerimento_005.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6313/requerimento_006.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6314/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6315/requerimento_008.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6316/requerimento_009.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6317/requerimento_010.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6253/requerimento_011-2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6254/requerimento_012-2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6252/req_013-2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6318/requerimento_015.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6319/requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6320/requerimento_017.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6321/requerimento_018.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6322/requerimento_019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6323/requerimento_020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6324/requerimento_021.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6325/requerimento_022.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6367/requerimento_no_023-19.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6353/requerimento_no_024-19.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6354/requerimento_no_025-19.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6355/requerimento_no_026-19.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6356/requerimento_no_027-19.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6357/requerimento_no_028-19.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6358/requerimento_no_029-19.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6359/requerimento_no_030-19.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6360/requerimento_no_031-19.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6361/requerimento_no_032-19.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6916/requerimento_33-19.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6917/requerimento_34-19.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6918/requerimento_35-19.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6919/requerimento_36-19.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6920/requerimento_37-19.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6938/requerimento_38-19.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6939/requerimento_39-19.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6940/requerimento_40-19.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6941/requerimento_41-19.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6962/requerimento_43-19.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6963/requerimento_44-19.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6964/requerimento_45-19.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6965/requerimento_46-19.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6966/requerimento_47-19.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7088/requerimento_48-19.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7089/requerimento_49-19.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7090/requerimento_50-19.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7091/requerimento_51-19.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7092/requerimento_52-19.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7093/requerimento_53-19.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7094/requerimento_54-19.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7095/requerimento_55-19.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7096/requerimento_56-19.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7097/requerimento_57-19.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7098/requerimento_58-19.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7099/requerimento_59-19.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7119/requerimento_60-19.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7120/requerimento_61-19.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7121/requerimento_62-19.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7122/requerimento_63-19.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7123/requerimento_64-19.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7124/requerimento_65-19.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7125/requerimento_66-19.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7130/requerimento_67-19_Yv3qaeN.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7131/requerimento_68-19_8BsQQdA.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7126/requerimento_69-19.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7147/requerimento_71-19.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7148/requerimento_72-19.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7149/requerimento_73-19.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7150/requerimento_74-19.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7151/requerimento_75-19.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7152/requerimento_76-19.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7153/requerimento_77-19.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7154/requerimento_78-19.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7155/requerimento_79-19.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7170/requerimento_82-19.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7171/requerimento_83-19.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7172/requerimento_84-19.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7173/requerimento_85-19.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7174/requerimento_86-19.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7175/requerimento_87-19.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7176/requerimento_88-19.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7177/requerimento_89-19.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7202/requerimento_90-19.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7203/requerimento_91-19.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7204/requerimento_92-19.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7205/requerimento_93-19.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7206/requerimento_94-19.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7207/requerimento_95-19.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7208/requerimento_96-19.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7209/requerimento_97-19.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7210/requerimento_98-19.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7211/requerimento_99-19.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7230/requerimento_100-19.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7231/requerimento_101-19.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7232/requerimento_102-19.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7236/requerimento_103-19.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7233/requerimento_104-19.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7240/req-106-2019_h8kbtpS.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7241/req-107-2019.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7242/req-108-2019.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7243/req-109-2019.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7244/req-110-2019.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7245/req-111-2019.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7289/req-112-2019.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7290/req-113-2019.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7291/req-114-2019.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7292/req-115-2019.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12591/res001-2019.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12592/res002-2019.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12593/res003-2019.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12594/res004-2019.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/12595/res005-2019.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6373/proposta_de_emenda_modificativa_no_001-19.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6374/proposta_de_emenda_modificativa_no_002-19.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7280/pem_04-19.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7281/pem_05-19.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6937/pea_01-19.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6960/pea_02-19.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/6968/pea_03-19.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7180/pea_04-19.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7279/pea_06-19.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/7064/projeto_de_lei_alienacao_de_bem_imovel.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/14067/340.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8226/818.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8223/817.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2019/8224/816.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H604"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>