--- v0 (2025-12-05)
+++ v1 (2026-03-22)
@@ -54,4350 +54,4350 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13767</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13767/001-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13767/001-2020.pdf</t>
   </si>
   <si>
     <t>''DECRETA PONTO FACULTATIVO''.</t>
   </si>
   <si>
     <t>13768</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13768/002-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13768/002-2020.pdf</t>
   </si>
   <si>
     <t>13769</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13769/003-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13769/003-2020.pdf</t>
   </si>
   <si>
     <t>'' TRANSFERE O PONTO FACULTATIVO REFERENTE AO DIA DO SERVIDOR PÚBLICO''.</t>
   </si>
   <si>
     <t>13770</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13770/004-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13770/004-2020.pdf</t>
   </si>
   <si>
     <t>''DECRETA PONTOS FACULTATIVOS''.</t>
   </si>
   <si>
     <t>7340</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7340/indicacao_no_001_do_cezar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7340/indicacao_no_001_do_cezar.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA UNIDADE DE SAÚDE DE RIO FUNDO, COMPREENDENDO PINTURA GERAL, CONSERTO DO TELHADO, CONSERTO DO BEBEDOURO, FECHAMENTO COM GRADIL DE TODA UNIDADE, COLOCAÇÃO DE JANELA NA COZINHA E CONSTRUÇÃO DE UM AUDITÓRIO EMBAIXO DA UNIDADE.</t>
   </si>
   <si>
     <t>7341</t>
   </si>
   <si>
     <t>DIONY STEIN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7341/indicacao_no_002_diony.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7341/indicacao_no_002_diony.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, MELHORIAS NAS RUAS GETÚLIO VARGAS, PRESIDENTE CASTELO BRANCO, PRESIDENTE COSTA E SILVA, MARECHAL TEODORO DA FONSECA, JOÃO MERÍSIO, OSCAR ARAÚJO, LOCALIZADOS NA SEDE, COMPREENDENDO RECUPERAÇÃO DA PAVIMENTAÇÃO, CONCERTOS DAS CALÇADAS, LIMPEZA E PINTURA DOS POSTES E MEIO-FIO, ILUMINAÇÃO DE LED, DENTRE OUTROS QUE SE FIZERAM NECESSÁRIOS, BEM COMO PROVIDENCIAR A INSTALAÇÃO DE PLACAS INDICATIVAS COM OS NOMES DAS REFERIDAS RUAS, HAJA VISTA A AUSÊNCIA DAS MESMAS NESSES LOGRADOUROS.</t>
   </si>
   <si>
     <t>7344</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7344/indicacao_no_003_do_diony.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7344/indicacao_no_003_do_diony.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA GALERIA TENDO INÍCIO NO SUPERMERCADO MULT SHOW (ANTIGO SUP. DORINHO), ATÉ AS PROXIMIDADES DO CAMPO DO AMÉRICA E BANCO DO BANESTES, ABRANGENDO TODO PERCURSO, DEVIDO OS PERÍODOS CHUVOSOS QUE OCORREM EM NOSSA REGIÃO, OBJETIVANDO FACILITAR O ESCOAMENTO DAS ÁGUAS PLUVIAIS, VISTO QUE, A AÇÃO DAS CONSTANTES CHUVAS TEM PROPORCIONADO AOS MUNÍCIPES RESIDENTES ÁS MARGENS DO CÓRREGO, OU PRÓXIMOS AO MESMO, INÚMEROS TRANSTORNOS E PREJUÍZOS DENTRE ELES, ESTRAGOS E ATÉ PERDAS TOTAIS DE MOBÍLIAS.</t>
   </si>
   <si>
     <t>7345</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7345/indicacao_no_004_do_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7345/indicacao_no_004_do_felipe.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NO MORRO DOS MEDEIROS, LOCALIZADO NO ALTO MARECHAL E ONDE TERMINA O ASFALTO DE COSTA PEREIRA ATÉ O SR. JUCA RASCH.</t>
   </si>
   <si>
     <t>7347</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_no_005_do_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_no_005_do_felipe.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA ESTRADA QUE DÁ ACESSO AO SHOW HAUS E AO BAIRRO NOSSA SENHORA DA PENHA, ESTENDENDO-SE ATÉ A DIVISA DE ALFREDO CHAVES, SENDO ESTE UM PEDIDO CONSTANTE DE MORADORES LOCAIS E ADJACENTES, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES DA REFERIDA LOCALIDADE, BENEFICIANDO AINDA, DEMAIS PESSOAS QUE FAZEM TAL TRAJETO, VISTO QUE TRATA-SE DE VIA DE ACESSO A DIVERSOS LUGARES.</t>
   </si>
   <si>
     <t>7348</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7348/indicacao_no_006_joao_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7348/indicacao_no_006_joao_cabral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE QUEBRA MOLAS ANTES E DEPOIS DA CASA DO MEL, LOCALIZADO NA VILA DO SERTÃO, EM BOA ESPERANÇA, BEM COMO, VIABILIZAR A CONSTRUÇÃO DE UM NOVO ABRIGO DO PONTO DE ÔNIBUS, LOCALIZADO AO LADO DA CASA DO MEL, NA REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>7351</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>UBALDINO SARAIVA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7351/indicacao_no_007_do_ubaldino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7351/indicacao_no_007_do_ubaldino.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AS SEGUINTES MELHORIAS NA VILA DOS IPÊS:_x000D_
 CALÇAMENTO DE RUAS QUE AINDA NÃO FORAM CONTEMPLADAS;_x000D_
 COLOCAR EM FUNCIONAMENTO O CONSULTÓRIO ODONTOLÓGICO QUE ENCONTRA-SE PARADO;_x000D_
 DISPONIBILIZAR MAIS LATOẼS DE LIXO, POIS OS EXISTENTES NÃO COMPORTAM A DEMANDA LOCAL;_x000D_
 MELHORIAS NO ABASTECIMENTO DE ÁGUA, BEM COMO ATIVAR O POÇO QUE ESTÁ SEM FUNCIONAMENTO;_x000D_
 REUNIR E OUVIR A COMUNIDADE NO TANGE A CONSTRUÇÃO DO FUTURO GALPÃO, QUE SERÁ DE USO COLETIVO DA MESMA;_x000D_
 MELHORIAS NA PRAÇA LOCAL COMPREENDENDO A RENOVAÇÃO DA AREIA, REPAROS EM FIOS DE ENERGIA EXPOSTOS, SUBSTITUIÇÃO DE LÂMPADAS QUEIMADAS E DEMAIS QUE SE FIZEREM NECESSÁRIOS;_x000D_
 BUSCAR PARCERIA JUNTO A SECRETARIA DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS NO SENTIDO DE PROMOVER CURSOS CONTEMPLANDO OS JOVENS, VISANDO AMENIZAR A OCIOSIDADE;_x000D_
 A COMUNIDADE SOLICITA AINDA, APOIO PARA A "FESTA CAIPIRA" A REALIZAR-SE NO MÊS DE AGOSTO;</t>
   </si>
   <si>
     <t>7357</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7357/indicacao_08-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7357/indicacao_08-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A ABERTURA DA RUA DELIMAR SHUNCK ATÉ O POÇO FUNDO E CONCLUIR O CALÇADÃO EM TODA SUA EXTENSÃO, CONSTRUIR PARALELO Á MESMA, MARGEANDO A LINHA FÉRREA, DO LADO DE CIMA, Á CONSTRUÇÃO DE UMA PASSARELA DE CONCRETO E/OU PAV'S, BEM COMO, 04 QUEBRA-MOLAS DISTRIBUÍDOS COM INÍCIO LOGO APÓS O GINÁSIO DE ESPORTES PAULO ANTÔNIO LORENZONI, ATÉ O FINAL DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>7382</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7382/indicacao_09-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7382/indicacao_09-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR LIMPEZA DOS BUEIROS, CÓRREGOS E GALERIAS, BEM COMO, A RETIRADA DE BARRANCOS, CASCALHAR AS ESTRADAS, PRINCIPALMENTE AS DE ACESSO Á TRANSPORTE ESCOLAR E ESCOAMENTO DA PRODUÇÃO AGRÍCOLA.</t>
   </si>
   <si>
     <t>7383</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7383/indicacao_10-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7383/indicacao_10-2020.pdf</t>
   </si>
   <si>
     <t>RETIRAR OS BLOQUETES DA RUA ALVINO WASSEM E REFAZER A PAVIMENTAÇÃO EM PAV'S E OS BUEIROS;_x000D_
 VIABILIZAR O RECAPEAMENTO OU REPARO NA PAVIMENTAÇÃO EXISTENTE, BEM COMO CONSTRUÇÃO DE BUEIROS, DAS QUINTAS DOS LAGOS E THEOBALDO RUPF;_x000D_
 VIABILIZAR O RECAPEAMENTO DA RUA THIERES VELOSO E REFAZER TODA A INSTALAÇÃO INERENTE AOS BUEIROS, EM ESPECIAL, NOS PONTOS MAIS CRITICOS, LOCALIZADOS EM FRENTE AO BAR DO MARIBONDO E NO TRECHO QUE COMPREENDE ENTRE ESCOLA ELISIÁRIO FERREIRA FILHO ATÉ A RESIDÊNCIA DO SRª GORETTI GERARDT, SECRETÁRIA MUNICIPAL DE CULTURA E TURISMO.</t>
   </si>
   <si>
     <t>7384</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7384/indicacao_11-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7384/indicacao_11-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, PROVIDÊNCIAS NO QUE TANGE À FALTA DE ILUMINAÇÃO NA COMUNIDADE DE VICTOR HUGO, EM ESPECIAL, NO PÁTIO DA IGREJA CATÓLICA, PREJUDICANDO, INCLUSIVE A CAPTAÇÃO DAS IMAGENS PELAS SUAS CÂMERAS, COMPROMETENDO PORTANTO A SEGURANÇA DO LOCAL NUM TODO.</t>
   </si>
   <si>
     <t>7385</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7385/indicacao_12-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7385/indicacao_12-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA MELHORIAS A TODAS ESTRADAS VICINAIS DO MUNICIPIO, COMPREENDENDO A REALIZAÇÃO DE TODOS OS SERVIÇOS QUE SE FIZEREM NECESSÁRIOS, VISANDO A RECUPERAÇÃO DAS MESMAS, TORNANDO-AS MELHORES, ACESSIVEIS E TRAFEGÁVEIS, E PROPORCIONANDO MELHOR CONDIÇÃO DE IR E VIR, ESPECIALMENTE, AOS MOTORISTAS DE TRANSPORTE ESCOLAR, BEM COMO CAMINHÕES COM A PRODUÇÃO DA REGIÃO.</t>
   </si>
   <si>
     <t>7386</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>TUI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7386/indicacao_13-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7386/indicacao_13-2020.pdf</t>
   </si>
   <si>
     <t>QUE SEJA EXECUTADO OS SERVIÇOS DE MELHORIAS NA ESTRADA COM INICIO NA GRANJA DO JOÃOZINHO EM VICTOR HUGO PERCORRENDO TODO SEU TRAJETO ATÉ O ACESSO À COMUNIDADE DE ALTO VICTOR HUGO.</t>
   </si>
   <si>
     <t>7387</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7387/indicacao_14-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7387/indicacao_14-2020.pdf</t>
   </si>
   <si>
     <t>INDICO A RETIRADA DE UM POSTE QUE ENCONTRA-SE NO MEIO DA RUA NA LOCALIDADE DE CÓRREGO DO OURO, EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>7406</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7406/indicacao_15-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7406/indicacao_15-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR URGENTEMENTE PROVIDÊNCIAS, NO QUE TANGE À ESTRADA QUE TEM INÍCIO NA BIFURCAÇÃO LOCALIZADA Á DIREITA DA ESTRADA PEDRO SCHUNK, NAS PROXIMIDADES DO SÍTIO RECANTO DOS BARÕES, QUE DÁ ACESSO ÀS TORRES DE TELEFONIA, LOCALIZADA NO ALTO DO MORRO, FAZENDO DIVISA COM O MAANAIM, ONDE MUNÍCIPES VEM TENDO INÚMEROS TRANSTORNOS DEVIDO ÁS PÉSSIMAS CONDIÇÕES DE ACESSIBILIDADE E TRAFEGABILIDADE DA MENCIONADA ESTRADA, FAZENDO-SE PORTANTO, NECESSÁRIA A EXECUÇÃO DE SERVIÇO DE MELHORIAS EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>7431</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7431/ind-016-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7431/ind-016-2020.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADO O TÉRMINO DA OBRA DA RUA DELIMAR SCHUNK, ONDE DEU-SE INÍCIO À ABERTURA DA REFERIDA VIA, MAS NÃO FOI CONCLUÍDA.</t>
   </si>
   <si>
     <t>7432</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7432/ind-017-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7432/ind-017-2020.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM VIABILIZADAS, MELHORIAS NA COMUNIDADE DE BOM JESUS, COMPREENDENDO A CONSTRUÇÃO DE PRAÇA SAUDÁVEL, ILUMINAÇÃO DE LED, BEM COMO, A INSTALAÇÃO DE NOVAS LIXEIRAS.</t>
   </si>
   <si>
     <t>7444</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_18-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_18-2020.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO NA ILUMINAÇÃO PUBLICA EM SANTA MARIA, ARAGUAYA, E RIO FUNDO NOS SEGUINTES LOCAIS..._x000D_
 SANTA MARIA: 01 BRAÇO EM FRENTE A GRUTA NOSSA SENHORA DE LURDES, DA CASA DA SENHORA PEDROLINA BORGO STEIN ATÉ EM FRENTE A RESIDÊNCIA DA SENHORA HILDA KROHLING STEIN._x000D_
 ARAGUAYA: DA SUBIDA DA ESCOLA VICTÓRIO BRAVIM ATÉ A CAFEEIRA STOCKL._x000D_
 RIO FUNDO: DA BARRA DE RIO FUNDO ATÉ O ZOOLÓGICO E DANDO CONTINUIDADE AO QUE JÁ EXISTE ATÉ EM FRENTE AO RESTAURANTE RECANTO DA TILÁPIA, EM FRENTE A CASA DO SENHOR JAIR SIMMER ATÉ A PRAÇA LITTIG (DARCI LITTIG).</t>
   </si>
   <si>
     <t>7445</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7445/indicacao_19-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7445/indicacao_19-2020.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM REALIZADOS SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO EM TODA A EXTENSÃO DA ESTRADA DO CARACOL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7458</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7458/indicacao_20-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7458/indicacao_20-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE RECAPEAMENTO DA RUA DELIMAR SCHUNK, DESDE O GINÁSIO DE ESPORTES PAULO ANTÔNIO LORENZONI ATÉ O VIRADOURO, ONDE FOI REALIZADA A RETIRADA DE BRITA E PEDRAS ÁS MARGENS DA MESMA, VISANDO AMPLIÁ-LA.</t>
   </si>
   <si>
     <t>7459</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7459/indicacao_21-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7459/indicacao_21-2020.pdf</t>
   </si>
   <si>
     <t>VISANDO INTENSIFICAR AS MEDIDAS DE PROTEÇÃO AO NOVO CORONAVÍRUS, SE POSSÍVEL, SOLICITO QUE O PREFEITO MUNICIPAL DETERMINE POR DECRETO, O USO OBRIGATÓRIO DE MÁSCARAS EM TODO O ÂMBITO DA MUNICIPALIDADE, POR TODA A POPULAÇÃO, INCLUSIVE, COMERCIANTES E FUNCIONÁRIOS, TENSO EM VISTA QUE ALGUNS NÃO ESTÃO FAZENDO USO DAS MESMAS._x000D_
 SOLICITO AINDA QUE O PODER EXECUTIVO DISPONIBILIZE FISCAIS E OU OUTROS SERVIDORES MUNICIPAIS, PARA VIABILIZAR SERVIÇO DE ORIENTAÇÃO À POPULAÇÃO QUE ENCONTRA-SE NAS RUAS, QUANTO AO USO DE MÁSCARAS, ÀLCOOL EM GEL 70% E RISCOS INERENTES ÀS AGLOMERAÇÕES, OBJETIVANDO, INCLUSIVE, DISPERSAR AS MESMAS.</t>
   </si>
   <si>
     <t>7460</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7460/indicacao_22-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7460/indicacao_22-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE ILUMINAÇÃO PÚBLICA NA RUA ELIZABETHA KLIPPEL RUPF, QUE DÁ ACESSO ÀS PROPRIEDADES DOS SRS. ELCIO RUPF E DIJALMA SANTANA, ENTRE OUTROS, LOCALIZADA ATRÁS DO ESTÁDIO APOLLO XIII, TENDO EM VISTA QUE, OS POSTES ESTÃO SENDO TROCADOS.</t>
   </si>
   <si>
     <t>7461</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA, EM CARÁTER DE URGÊNCIA, A AQUISIÇÃO DE TESTES DA COVID-19, VISANDO PROPORCIONAR À POPULAÇÃO FLORIANENSE, A REALIZAÇÃO DOS MESMOS, POSSIBILITANDO AINDA, O MUNICÍPIO OBTER DADOS MAIS CONCRETOS DA REAL SITUAÇÃO, NO QUE TANGE À EVOLUÇÃO DA COVID-19.</t>
   </si>
   <si>
     <t>7462</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Maylson Littig</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7462/indicacao_24-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7462/indicacao_24-2020.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DOS SERVIÇOS DE TAPA BURACO E DEMAIS REPAROS EM ESTRADA NA COMUNIDADE DE BOA ESPERANÇA, INICIANDO NA RODOVIA ATÉ A LOCALIDADE PRÓXIMA A PROPRIEDADE DO SENHOR LEONILIO LITTIG.</t>
   </si>
   <si>
     <t>7463</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7463/indicacao_25-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7463/indicacao_25-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL, A CONCESSÃO DE DIÁRIAS AOS MOTORISTAS QUE TRAFEGAM DIARIAMENTE PELA GRANDE VITÓRIA A SERVIÇO DA PREFEITURA MUNICIPAL, PARA CUSTEIO DE SUA ALIMENTAÇÃO DURANTE O SEU DESLOCAMENTO DO MUNÍCIPIO.</t>
   </si>
   <si>
     <t>7962</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7962/360.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7962/360.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM NOSSO MUNICÍPIO, PELO MENOS UMA VEZ NA SEMANA, NAS RUAS MAIS MOVIMENTADAS, MEDIDA JÁ UTILIZADA EM OUTRAS MUNICIPALIDADES, QUE CONSISTE EM OPERAÇÕES ESPECIAIS DE HIGIENIZAÇÃO, COM ÁGUA DE REUSO E DETERGENTE NEUTRO, CLORO E/OU ÀGUA SANITÁRIA, UTILIZANDO PRODUTOS QUE NÃO AGRIDE, O MEIO AMBIENTE E QUE TENHAM EFICIÊNCIA NO COMBATE À COVID-19, VISANDO NEUTRALIZAR A AÇÃO DO NOVO CORONAVÍRUS.</t>
   </si>
   <si>
     <t>7963</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7963/361.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7963/361.pdf</t>
   </si>
   <si>
     <t>SOLICITO DENTRO DAS POSSIBILIDADES E LEGALIDADE, QUE SEJA ANALISADA A POSSIBILIDADE DE REABRIR AS ACADEMIAS E DEMAIS ESPAÇOS LIGADOS À PRATICA DE EXERCÍCIOS FÍSICOS, SEJAM ELAS ACADEMIAS AO AR LIVRE E NOS ESPAÇOS FECHADOS, COMO ACADEMIAS DE GINÁSTICA, GINÁSIOS DE ESPORTES, CLUBES, DENTRE OUTROS SE TIVEREM, UTILIZANDO-SE TODAS AS REGRAS DE HIGIENIZAÇÃO, RESPEITANDO O PÚBLICO QUE ESTÁ NA FAIXA DE RISCOS, SOBRETUDO, LIMITANDO O NÚMERO DE PESSOAS DENTRO DESSES LOCAIS. OU SEJA, ATENDENDO PEDIDOS DE DIVERSOS CIDADÃOS FLORIANENSES, SOLICITO AQUI, A ABERTURA PARCIAL E A VOLTA GRADUAL DAS ATIVIDADES NESTES ESTABELECIMENTOS, JÁ QUE A PRATICA DE ATIVIDADE FÍSICA CONTRIBUI PARA A SAÚDE, COMBATE A DEPRESSÃO E DIMINUI O ESTRESSE.</t>
   </si>
   <si>
     <t>7464</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7464/indicacao-028-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7464/indicacao-028-2020.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR, O MAIS BREVE POSSÍVEL NA RUA THIERES VELOSO, NAS PROXIMIDADES DA RESIDÊNCIA DO SR. IDIMAR MEES, A RETIRADA DE UMA ÁRVORE QUE ESTÁ PRESTES A CAIR, BEM COMO REALIZAR SERVIÇO DE LIMPEZA NO BARRANCO, OBJETIVANDO ELIMINAR POSSÍVEIS RISCOS AO SUPRACITADO MORADOR E, PROPORCIONAR MAIOR SEGURANÇA A TODOS QUE UTILIZAM A REFERIDA RUA COMO VIA DE ACESSO.</t>
   </si>
   <si>
     <t>7465</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7465/indicacao-029-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7465/indicacao-029-2020.pdf</t>
   </si>
   <si>
     <t>QUE REQUER VIABILIZAR, CAMPANHA VISANDO QUE OS MUNÍCIPES SIGAM O HORÁRIO PROPOSTO PELA PREFEITURA PARA  COLOCAR O LIXO NOS RESPECTIVOS PONTOS DE COLETA, TENDO EM VISTA QUE, MUITOS MORADORES ESTÃO COLOCANDO O LIXO APÓS O CAMINHÃO DE COLETA PASSAR, PROPORCIONANDO ASSIM, INÚMEROS TRANSTORNOS E DESCONFORTO À VIZINHANÇA, DENTRE OS QUAIS, MAU ODOR E PROLIFERAÇÃO DE INSETOS. POIS, EM VIRTUDE DA PANDEMIA DE CORONAVÍRUS, CONSIDERANDO O AUMENTO DO NÚMERO DE CASOS CONFIRMADOS DO MUNICÍPIO, A HIGIENE É FUNDAMENTAL.</t>
   </si>
   <si>
     <t>7487</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7487/indicacao_30-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7487/indicacao_30-2020.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA CONCEDIDO AOS PROFISSIONAIS DA SECRETARIA MUNICIPAL DE SAÚDE, QUE ESTÃO TRABALHANDO NO COMBATE AO COVID-19, UM AUXÍLIO FINANCEIRO EXTRA DE ATÉ 100% DOS SEUS RENDIMENTOS, DE ACORDO COM A COMPLEXIDADE DOS SERVIÇOS EXECUTADOS, VISTO QUE, OS PROFISSIONAIS DA SAÚDE TERÃO UMA DURA E ESTRESSANTE JORNADA PELA FRENTE.</t>
   </si>
   <si>
     <t>7488</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7488/indicacao_31-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7488/indicacao_31-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE RECAPEAMENTO NAS RUAS PRESIDENTE CASTELO BRANCO, E PRESIDENTE COSTA E SILVA, LOCALIZADAS NA SEDE, TENDO EM VISTA QUE, DE FATO ESSES LOGRADOUROS NECESSITAM, EM CARÁTER DE URGÊNCIA, DE TAIS MELHORIAS EM SUAS PAVIMENTAÇÕES.</t>
   </si>
   <si>
     <t>7489</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7489/indicacao_32-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7489/indicacao_32-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM MURO DE NO MÍNIMO DE 01 METRO DE ALTURA, COMPREENDENDO APROXIMADAMENTE 18 METROS DE EXTENSÃO, ÀS MARGENS DO CÓRREGO QUE PASSA POR TRÁS DA ANTIGA CÂMARA MUNICIPAL, NA RUA CLARA ENDLICH, VISANDO AMENIZAR O DESCONFORTO DE TODOS MUNÍCIPES QUE SOFREM COM TRANSTORNOS OCASIONADOS PELAS ENCHENTES, NO SENTIDO DE CONTER A SUJEIRA E LIXOS QUE MISTURAM ÀS ÁGUAS QUE ADENTRAM EM SEUS QUINTAIS E RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>7490</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7490/indicacao_33-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7490/indicacao_33-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE ILUMINAÇÃO PÚBLICA NAS RUAS JONATHAS DE MELO, LOCALIZADA NO BAIRRO NOSSA SENHORA DA PENHA, COMPREENDENDO A INSTALAÇÃO DE 05 A 06 POSTES COM LUMINÁRIAS, SENDO ESTE UM PEDIDO CONSTANTE DE MORADORES LOCAIS, VISANDO MELHOR ACESSIBILIDADE E MAIOR SEGURANÇA, BEM COMO QUALIDADE DE VIDA DOS MUNÍCIPES DA REFERIDA LOCALIDADE, BENEFICIANDO AINDA DEMAIS PESSOAS QUE FAZEM TAL TRAJETO, VISTO QUE TRATA-SE DE VIA DE ACESSO PARA DIVERSOS LOCAIS.</t>
   </si>
   <si>
     <t>7491</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7491/indicacao_34-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7491/indicacao_34-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE ROÇAGEM E LAVAGEM DAS ESTRADAS DO TREVO DE PARAJU, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7502</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7502/indicacao_35-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7502/indicacao_35-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA RUA PROJETADA EM PARALELO À LINHA FÉRREA, COM ENTRADA ANTES DA RESIDÊNCIA DO SR. ADEMIR VIEIRA NUNES NA RUA THIERES VELOSO, DO LADO ESQUERDO DA MESMA, SENTIDO À ESCOLA ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>7503</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7503/indicacao_36-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7503/indicacao_36-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA RUA JOSÉ CÂNDIDO SILVEIRA, LOCALIZADA ABAIXO DA RECÉM PAVIMENTADA, NO MORRO DA MACEFEL, TENDO EM VISTA QUE, TRATA-SE DE LOGRADOURO QUE TAMBÉM NECESSITA DO MENCIONADO SERVIÇO, EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>7504</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7504/indicacao_37-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7504/indicacao_37-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NO MORRO DA MACEFEL, NA RUA JOÃO LOVATTI, BEM COMO, A RUA PROJETADA PARALELA À MESMA, ONDE RESIDEM OS SRS. ADRIANO DE OLIVEIRA E JAILSON ÉBANE.</t>
   </si>
   <si>
     <t>7505</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7505/indicacao_38-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7505/indicacao_38-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA FOSSA SÉPTICA NA RUA SANTOS, LOCALIZADA NO BAIRRO VILA NOVA, CONHECIDO COMO POPULARMENTE COMO ANTIGO LOTEAMENTO DO SR. JERÔNIMO, VISANDO ATENDER A DEMANDA DOS MUNÍCIPES RESIDENTES NO LOCAL.</t>
   </si>
   <si>
     <t>7506</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7506/indicacao_39-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7506/indicacao_39-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NAS RUAS QUE AINDA NÃO FORAM CONTEMPLADAS COM TAL BENFEITORIA, LOCALIZADAS NO BAIRRO DOS IPÊS, NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>7507</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7507/indicacao_40-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7507/indicacao_40-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE CALÇAMENTO EM TODO O PERÍMETRO DO TREVO DE PARAJU, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7508</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7508/indicacao_41-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7508/indicacao_41-2020.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM E LIMPEZA DA ESTRADA QUE OFERECE ACESSO A COMUNIDADE DE VILA SCHUNCK, INICIANDO NAS PROXIMIDADES DO POSTO IPIRANGA, ANEXO A BR 262.</t>
   </si>
   <si>
     <t>7509</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7509/indicacao_42-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7509/indicacao_42-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A AQUISIÇÃO DE ÁREA PARA CONSTRUÇÃO DE UM MURO DE ARRIMO PARALELO A LINHA FÉRREA, NA RUA PROFESSORA CECÍLIA PITANGA PINTO, PRÓXIMO A EMPRESA MACEFEL.</t>
   </si>
   <si>
     <t>7510</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7510/indicacao_43-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7510/indicacao_43-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL A INTERVENÇÃO JUNTO AO DETRAN-ES NO SENTIDO DE PROVIDENCIAR A PINTURA DAS FAIXAS DE PEDESTRES NA SEDE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7521</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7521/indicacao_44-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7521/indicacao_44-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL QUE CRIE EM NOSSA CIDADE PARCERIA COM A ACIASMAF UM PLANO DE RETOMADA PARA REABERTURA DO COMÉRCIO DE FORMA CONCIENTIZADA, FORTALECENDO O COMÉRCIO ABRANGENDO OS NÍVEIS E CRITÉRIOS NECESSÁRIOS PARA PREVENÇÃO E CUIDADOS CONTRA O COVID-19.</t>
   </si>
   <si>
     <t>7522</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7522/indicacao_45-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7522/indicacao_45-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A GRANDE MAIORIA DAS RUAS DO MUNICÍPIO DE MARECHAL FLORIANO FORAM PAVIMENTADAS E CALÇADAS, E CONSIDERANDO A NECESSIDADE DE DAR PROSSEGUIMENTO NO SERVIÇOS DE PAVIMENTAÇÃO DE RUAS E ESTRADAS, SOLICITAMOS A REALIZAÇÃO DOS SEGUINTES SERVIÇOS: _x000D_
 - PAVIMENTAÇÃO ASFÁLTICA E RECONSTRUÇÃO DE BUEIROS DA RUA ALVINO WASSEM, PRÓXIMO AO PÁTIO COMERCIAL ONDE ENCONTRAM-SE INSTALADOS AS EMPRESAS SHOP CAR, PUPIM MOTOS, JMK AUTO ELÉTRICA, DENTRE OUTRAS.</t>
   </si>
   <si>
     <t>7523</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7523/indicacao_46-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7523/indicacao_46-2020.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO MUNICIPAL A REALIZAÇÃO DOS SERVIÇOS DE RECAPEAMENTO DA RODOVIA QUE OFERECE ACESSO A COMUNIDADE DE RIO FUNDO, COM INÍCIO NO POSTO IPIRANGA ATÉ A IGREJA DE NOSSA SENHORA DA GLÓRIA, PRÓXIMO AO CAMPO DE FUTEBOL DO RIO FUNDO.</t>
   </si>
   <si>
     <t>7524</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7524/indicacao_47-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7524/indicacao_47-2020.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE REALIZE EM CARÁTER DE URGÊNCIA O PATROLAMENTO E CASCALHAMENTO DA RUA EDMUNDO RUPF SOBRINHO, COM INÍCIO NAS PROXIMIDADE DO CAMPO DO APOLLO XIII, PASSANDO POR DIVERSAS PROPRIEDADES.</t>
   </si>
   <si>
     <t>7525</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7525/indicacao_48-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7525/indicacao_48-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS AO PREFEITO MUNICIPAL A REALIZAÇÃO DE UM CONVÊNIO COM O IDAF, OBJETIVANDO A CESSÃO DE UM SERVIDOR DA ÁREA TÉCNICA DA PREFEITURA MUNICIPAL, PARA ATUAR E NOS AUXILIAR NO ATENDIMENTO AOS PRODUTORES RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7538</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7538/indicacao_49-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7538/indicacao_49-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE REABERTURA DA RUA QUE DÁ ACESSO AO RECREIO PONTO ALTO EM ALTO MARECHAL E SERVIÇOS DE MELHORIAS NA ESTRADA ATRAVÉS DA COLOCAÇÃO DE PÓ PRETO PARA MELHORAR O ACESSO À MESMA.</t>
   </si>
   <si>
     <t>7539</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7539/indicacao_50-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7539/indicacao_50-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE CALÇAMENTO E ILUMINAÇÃO PÚBLICA NA IGREJA DE RIO FUNDO.</t>
   </si>
   <si>
     <t>7540</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7540/indicacao_51-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7540/indicacao_51-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE MANUTENÇÃO E ACERTO DO PAV'S DA RUA LAURA LITTIG, POIS O MESMO ENCONTRA-SE DESNIVELADO E COM BURACOS FORMANDO POÇAS D'AGUA, PRINCIPALMENTE EM FRENTE A RESIDÊNCIA DO SR. TONINHO PICOLÉ E DA SRA. ILMA VIEIRA.</t>
   </si>
   <si>
     <t>7541</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7541/indicacao_52-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7541/indicacao_52-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR CAMPANHA DE INCENTIVO AO AGROTURISMO DO MUNICÍPIO, TRAZENDO MELHORIAS PARA AS ESTRADAS MUNICIPAIS, BEM COMO COLOCAR EM PRÁTICA A CAMPANHA DE COMBATE AO MOSQUITO BORRACHUDO.</t>
   </si>
   <si>
     <t>7542</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7542/indicacao_53-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7542/indicacao_53-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O ENVIO DE UM PROJETO DE LEI PARA O PODER LEGISLATIVO CRIANDO O PROGRAMA NACIONAL DE FORTALECIMENTO DA AGRICULTURA FAMILIAR - PRONAF.</t>
   </si>
   <si>
     <t>7543</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7543/indicacao_54-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7543/indicacao_54-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR REABERTURA E MELHORIAS NA ESTRADA QUE DÁ ACESSO A VILA DO SERTÃO EM BOA ESPERANÇA, OU ATÉ MESMO PAVIMENTAÇÃO, TENDO INICIO DO ASFALTO ATÉ A REFERIDA VILA, POR SER UMA VIA ESTREITA, BEM COMO PELA POUCA DISTÂNCIA EXISTENTE, DA VILA AO ASFALTO PRINCIPAL...</t>
   </si>
   <si>
     <t>7544</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7544/indicacao_55-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7544/indicacao_55-2020.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DOS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA OU CALÇAMENTO COM PAV'S DA RUA MARCIONÍLIO DE VARGAS FORTE, RUA ONDE LOCALIZA-SE O ESPAÇO CIDADÃO E KILÃO SABORES DO CAMPO NO CENTRO DA CIDADE, AO LADO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>7545</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7545/indicacao_56-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7545/indicacao_56-2020.pdf</t>
   </si>
   <si>
     <t>INDICA A REALIZAÇÃO DE SERVIÇOS PARA MANUTENÇÃO E REPAROS NOS BUEIROS DAS RUAS LOCALIZADAS NAS PROXIMIDADES DA LOJA MAÇONICA BARAQUIEL PINTO DE MEDEIROS, RESTAURAÇÃO DOS BLOQUETES E NIVELAMENTO DAS RUAS, BEM COMO A REALIZAÇÃO DE CALÇAMENTO DAS RUAS QUE AINDA NÃO FORAM CONTEMPLADAS NAS PROXIMIDADES DA MAÇONARIA.</t>
   </si>
   <si>
     <t>7574</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7574/indicacao_57-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7574/indicacao_57-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE CALÇAMENTO E ILUMINAÇÃO PÚBLICA NA RUA EDMUNDO RUPF, LOCALIZADA EM PARALELO À PROPRIEDADE DO SR. ARQUILINO KIEFER, COM TÉRMINO NA PROPRIEDADE DO SR. JOSÉ DE ANCHIETA DOS SANTOS, VISANDO MELHOR ACESSIBILIDADE SOBRETUDO, FACILITAR O ESCOAMENTO DE GENGIBRE, HORTALIÇAS, PEIXES E OUTROS PRODUTOS PRODUZIDOS NA REGIÃO. E CASO, HAJA POSSIBILIDADE DE REALIZAR O CALÇAMENTO, PELO MENOS JOGAR PÓ PRETO, PARA AMENIZAR A PRECARIEDADE EM QUE SE ENCONTRA A REFERIDA VIA.</t>
   </si>
   <si>
     <t>7560</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7560/indicacao_58-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7560/indicacao_58-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL E A SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTES A REALIZAÇÃO DE REPAROS E MELHORIAS NAS DUAS PONTES LOCALIZADAS NA ESTRADA RODOLFO KROHLING, ANTES E DEPOIS DA RESIDÊNCIA DO SENHOR JOSÉ CLEMENTE KROHLING.</t>
   </si>
   <si>
     <t>7561</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PATROLAMENTO NA ESTRADA DE COSTA PEREIRA À BOM JESUS, BEM COMO, PAVIMENTAÇÃO E CONSTRUÇÃO DE BUEIROS NO MORROS DOS MEDEIROS, LOCALIZADO EM ALTO MARECHAL, SENDO ESTE UM PEDIDO CONSTANTE DE MORADORES LOCAIS, VISANDO MELHOR ACESSIBILIDADE E MAIOR CAPTAÇÃO PLUVIAL, PROPORCIONANDO MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES DA REFERIDA LOCALIDADE, BENEFICIANDO AINDA, DEMAIS PESSOAS QUE FAZEM TAL TRAJETO, VISTO QUE, TRATA-SE DE VIA DE ACESSO BASTANTE UTILIZADA.</t>
   </si>
   <si>
     <t>7562</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7562/indicacao_60-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7562/indicacao_60-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, CONCERTO DA REDE DE ESGOTO DA RUA FLORIANO KIEFER, LOCALIZADA NO MORRO DA MACEFEL, AO LADO DA RESIDÊNCIA DOS SRS. JUNIOR MOREIRA LILABELLA E JOÃO VAZ, DENTRE OUTROS MORADORES.</t>
   </si>
   <si>
     <t>7563</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7563/indicacao_61-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7563/indicacao_61-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PROVIDÊNCIAS QUANTO AO TRÂNSITO DO CENTRO DE MARECHAL FLORIANO, VIABILIZANDO MEDIDAS, DENTRE AS QUAIS, TRANSFERIR O ATUAL CALÇAMENTO PARA DENTRO DA ÁREA QUE ENCONTRA-SE DESOCUPADA E GRAMADA E FAZER ABERTURA DE VAGAS DE ESTACIONAMENTO TRANSVERSAL, NA AVENIDA PRESIDENTE KENNEDY.</t>
   </si>
   <si>
     <t>7564</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7564/indicacao_62-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7564/indicacao_62-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O MAIS BREVE POSSÍVEL, A INSTALAÇÃO DE CÂMERAS DE VIDEOMONITORAMENTO, EM PONTOS ESTRATÉGICOS DAS PRINCIPAIS RUAS E AVENIDAS, VISANDO MAIOR SEGURANÇA, HAJA VISTA QUE, INFELIZMENTE OS CRIMES DE DIFERENTES NATUREZAS ESTÃO AUMENTANDO NA REGIÃO, E A CAPTAÇÃO DAS IMAGENS FACILITARÁ O COMBATE AOS MESMOS.</t>
   </si>
   <si>
     <t>7582</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7582/indicacao_63-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7582/indicacao_63-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NA VILA SCHUNK, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES DAQUELA COMUNIDADE.</t>
   </si>
   <si>
     <t>7583</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7583/indicacao_64-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7583/indicacao_64-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO E UM MURO, COMPREENDENDO APROXIMADAMENTE 20 METROS DE EXTENSÃO, ÁS MARGENS DO CÓRREGO QUE PASSA POR TRÁS DA ANTIGA CÂMARA MUNICIPAL, OBJETIVANDO AMENIZAR OS TRANSTORNOS ENFRENTADOS PELOS MUNÍCIPES EM PERÍODOS DE FORTES CHUVAS, DEVIDO AS ENCHENTES, VISANDO CONTER TODO O LIXO QUE SE MISTURA ÀS AGUAS, QUE INVADEM SEUS QUINTAIS E RESIDÊNCIAIS.</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7584/indicacao_65-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7584/indicacao_65-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA GUARITA DE APOIO DA POLÍCIA MILITAR NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>7585</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7585/indicacao_66-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7585/indicacao_66-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE QUEBRA-MOLA NA RUA MANOEL KILL, EM FRENTE À IGREJA ASSEMBLEIA DE DEUS MADUREIRA, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7586</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7586/indicacao_67-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7586/indicacao_67-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA NOVA PONTE NA RODOVIA RODOLFO KROHLING, LOCALIZADA EM SANTA MARIA, VISANDO PREVENIR POSSÍVEIS E FUTUROS TRANSTORNOS E ACIDENTES, TENDO EM VISTA QUE, A PONTE EXISTENTE NO LOCAL ENCONTRA-SE EM PRECÁRIAS CONDIÇÕES.</t>
   </si>
   <si>
     <t>7607</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7607/indicacao_68-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7607/indicacao_68-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DAS UNIDADES DE SAÚDE DE RIO FUNDO E ARAGUAYA, BEM COMO, A COLOCAÇÃO DE PÓ DE ASFALTO NA RUA QUE DA ACESSO A MESMA, TENDO EM VISTA QUE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO E ACESSIBILIDADE. SOLICITO, AINDA, A PINTURA GERAL DA ACADEMIA DE SAÚDE DE ARAGUAYA E DA PRAÇA LOCALIZADA EM FRENTE A MESMA.</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7608/indicacao_69-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7608/indicacao_69-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR URGENTEMENTE, SERVIÇOS DE ILUMINAÇÃO PÚBLICA E PAVIMENTAÇÃO NAS RUAS DO BAIRRO NOSSA SENHORA DA PENHA, QUE AINDA NÃO TENHAM SIDO CONTEMPLADAS COM TAIS BENEFÍCIOS, BEM COMO, A RETIRADA DE ENTULHO, PRÓXIMO AO AP. DO SR. ADEILTON DE SOUZA PORTO, POPULARMENTE CONHECIDO COMO "TEKA".</t>
   </si>
   <si>
     <t>7609</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7609/indicacao_70-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7609/indicacao_70-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AS MELHORIAS QUE SE FAZEM NECESSÁRIAS NA RUA ALVINO WASSEM, LOCALIZADA PRÓXIMO À SHOP CAR.</t>
   </si>
   <si>
     <t>7610</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7610/indicacao_71-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7610/indicacao_71-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NAS RUAS ANITA PEREIRA HAESE E EDUARDO HAESE, AS QUAIS SÃO, RESPECTIVAMENTE, RUA ANEXA E PRINCIPAL, LOCALIZADAS NO CONDOMÍNIO RECANTO DOS NOBRES, NO ANTIGO CENTRO RECREATIVO ARTHUR HAESE, NO BAIRRO VALE DAS PALMAS.</t>
   </si>
   <si>
     <t>7611</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7611/indicacao_72-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7611/indicacao_72-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE CENTRO DE IDOSO E REUNIÕES DA COMUNIDADE DE RIO FUNDO, EM BAIXO DA UNIDADE BÁSICA DE SAÚDE LOCAL, VISANDO PROPORCIONAR UM ESPAÇO PARA INTERAÇÃO DOS IDOSOS, BEM COMO, PARA A REALIZAÇÃO DE REUNIÕES DE DEMAIS MUNÍCIPES E SEGMENTOS DA REFERIDA LOCALIDADE.</t>
   </si>
   <si>
     <t>7612</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7612/indicacao_73-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7612/indicacao_73-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL E A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS A DISPONIBILIZAÇÃO DE MATERIAL "REVISOL" PARA SEREM LANÇADOS NAS ESTRADAS VICINAIS DA COMUNIDADE DE BOA ESPERANÇA EM MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7964</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7964/781.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7964/781.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UM PROJETO DE JARDINAGEM NOS LOGRADOUROS QUE ENCONTRAM-SE LOCALIZADOS OS ÓRGÃOS PÚBLICOS E PROXIMIDADES, TAIS COMO CÂMARA E PREFEITURA MUNICIPAL, NO ESPAÇO EXISTENTE ENTRE A ESTAÇÃO FERROVIÁRIA E O CMEI VOVÓ FERNANDINA, ENTRE OUTROS, VISANDO EMBELEZAR E REVITALIZAR A CIDADE, BEM COMO SIMULTANEAMENTE, PROPORCIONAR AOS TURISTAS QUE PASSAM PELA NOSSA CIDADE, UMA IMAGEM MAIS ALEGRE E AGRADÁVEL DA MESMA.</t>
   </si>
   <si>
     <t>7613</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7613/indicacao_75-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7613/indicacao_75-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A SUBSTITUIÇÃO DO TELHADO DA ESCOLA ELISIÁRIO FERREIRA FILHO, LOCALIZADA NA RUA THIERS VELOSO.</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7614/indicacao_76-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7614/indicacao_76-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM BANHEIRO PÚBLICO NA PRAÇA DO BAIRRO SANTA RITA, TENDO EM VISTA QUE, DEVIDO À AUSÊNCIA DESTE, AS PESSOAS ESTÃO URINANDO AO REDOR DA MESMA, INCLUSIVE NA UNIDADE DE SAÚDE LOCAL.</t>
   </si>
   <si>
     <t>7628</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7628/indicacao_77-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7628/indicacao_77-2020.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA O ALERTA DA DEFESA CIVIL, NO QUE TANGE À PREVISÃO DE CHUVAS INTENSAS PARA A NOSSA REGIÃO NOS PRÓXIMOS DIAS, VISANDO MELHOR ESCOAMENTO DAS AGUAS PLUVIAIS, BEM COMO NÃO RETENÇÃO DO LIXO, SOLICITO VIABILIZAR A LIMPEZA URGENTE DE TODAS GALERIAS E BUEIROS, COMO FORMA DE MELHORAR A VAZÃO DAS MENCIONADAS AGUAS E EVITAR QUE A POPULAÇÃO FLORIANENSE PASSE POR NOVOS TRANSTORNOS DECORRENTES DE ENCHENTES, PRINCIPALMENTE, OS MORADORES QUE RESIDEM ÀS MARGENS OU PRÓXIMOS DE CORREGES E/OU GALERIAS.</t>
   </si>
   <si>
     <t>7629</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7629/indicacao_78-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7629/indicacao_78-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO NOS SEGUINTES LOGRADOUROS:_x000D_
 -RUA JOANA LITTIG MÊES, LOCALIZADA AO LADO DA ESCADARIA DA CESAN._x000D_
 -RUA PROJETADA AO LADO DA TORRE DE TV, LOCALIZADA NO MORRA DA MACEFEL, A QUAL TEM INICIO AO LADO DA OFICINA DO ANTÔNIO;_x000D_
 -RUA LOCALIZADA AO LADO DA RESIDENCIAL DO SR. FELIPE WERNERSBACH, POPULARMENTE CONHECIDO COMO FELIPE DO TÁXI, NA VILA BRISKE.</t>
   </si>
   <si>
     <t>7630</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7630/indicacao_79-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7630/indicacao_79-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A RETIRADA DE UM POSTE QUE ENCONTRA-SE NA VIA QUE DÁ ACESSO AO BAR DO RÓBSON, O QUAL LOCALIZA-SE AO LADO DO CAMPO DE FUTBOL DA LOCALIDADE DE RIO FUNDO, PROPORCIONANDO RISCOS E INSEGURANÇAS A TODOS QUE A UTILIZAM.</t>
   </si>
   <si>
     <t>7659</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7659/indicacao_80-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7659/indicacao_80-2020.pdf</t>
   </si>
   <si>
     <t>REITERADO A INDICAÇÃO D Nº. 064/2020, NOVAMENTE SOLICITO VIABILIZAR A CONSTRUÇÃO DE UM MURO, COMPREENDENDO APROXIMADAMENTE 20 METROS DE EXTENSÃO, ÁS MARGENS DO CÓRREGO QUE PASSA POR TRÁS DA ANTIGA CÂMARA MUNICIPAL, RUA  CLARA ENDLICH, NA TENTATIVA DE AMENIZAR OS INÚMEROS TRANSTORNOS ENFRENTADOS PELO MUNÍCIPES QUE RESIDEM ÁS MARGENS DO CÓRREGO OU PRÓXIMOS DO MESMO, EM PERÍODO DE CHUVAS TORRENCIAIS, DEVIDO ÁS CHEIAS DO MESMO, COM A FINALIDADE DE CONTER TODO O LIXO QUE SE MISTURA ÁS AGUAS, INVADINDO OS SEUS QUINTAIS E RESIDÊNCIAS, CULMINANDO EM DIVERSAS PERDAS, INCLUSIVE DE SUAS MOBÍLIAS.</t>
   </si>
   <si>
     <t>7660</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7660/indicacao_81-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7660/indicacao_81-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EXTENSÃO DO ESTACIONAMENTO DO SUPERMERCADO AVENIDA, POPULARMENTE CONHECIDO COMO “SUPERMERCADO DO CIRO”, LOCALIZADO NA AVENIDA ARTHUR HAESE, UTILIZANDO EM FRENTE AO MESMO, CONFORME SEGUE FOTOS.</t>
   </si>
   <si>
     <t>7661</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7661/indicacao_82-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7661/indicacao_82-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM BUEIRO EM FRENTE AO SUPERMERCADO MULT SHOW E A PRAÇA JOSÉ HENRIQUE PEREIRA, VISANDO A VAZÃO DA ÁGUA QUE ACUMULA NO LOCAL EM DIAS CHUVOSOS, PROPORCIONANDO TRANSTORNOS AOS MUNÍCIPES QUE TRANSITAM POR ALI.</t>
   </si>
   <si>
     <t>7662</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7662/indicacao_83-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7662/indicacao_83-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA GALERIA NA RUA DANIEL KROHLING, A QUAL TEM INICIO NA AVENIDA ARTHUR HAESE, ENTRE AS INSTALAÇÕES DO SUPERMERCADO MULT SHOW E MARECHAL CASAS DE MADEIRA E TELHADO COLONIAIS, COM TERMINO NO FINAL DA RUA QUE DÁ PARA AS MARGENS DO RIO JUCU BRAÇO SUL, NESTE MUNICÍPIO, DEVIDO OS PERÍODOS CHUVOSOS QUE OCORREM EM NOSSA REGIÃO, OBJETIVANDO FACILITAR O ESCOAMENTO DAS AGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>7663</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7663/indicacao_84-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7663/indicacao_84-2020.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL QUE PROVIDENCIE A REALIZAÇÃO DE SERVIÇOS DE MELHORIAS NA ILUMINAÇÃO PUBLICA NA COMUNIDADE CABOCLA EM SOÍDO DE BAIXO, INICIANDO NAS PROXIMIDADES DO TRAILER DO DANI, PASSANDO PELA IGREJA, SENTIDO A POUSADA QUINTA DOS LAGOS.</t>
   </si>
   <si>
     <t>7666</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7666/indicacao_85-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7666/indicacao_85-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR RECAPEAMENTO ASFÁLTICO NO MORRO DA MACEFEL, ONDE O ASFALTO JÁ SE ENCONTRA EM PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>7667</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7667/indicacao_86-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7667/indicacao_86-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR UM NOVO CALÇAMENTO UTILIZADO ASFALTO, NAS RUAS PRÓXIMAS À LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS E QUE DÃO ACESSO À ÁREA ADQUIRIDA PELA EMPRESA FORTALEZA, SENDO ELAS: RUA DOM PEDRO, RUA JOÃO MERISIO, RUA OSCAR ARAÚJO, RUA DELIO LUIZ STEIN, RUA MARECHAL DEODORO DA FONSECA, RUA PRESIDENTE CASTELO BRANCO, RUA PRESIDENTE COSTA E SILVA.</t>
   </si>
   <si>
     <t>7668</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7668/indicacao_87-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7668/indicacao_87-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL OS SEGUINTES PEDIDOS DE PROVIDÊNCIAS:</t>
   </si>
   <si>
     <t>7669</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7669/indicacao_88-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7669/indicacao_88-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE, OS SEGUINTES PEDIDOS DE PROVIDÊNCIAS:</t>
   </si>
   <si>
     <t>7695</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7695/indicacao_89-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7695/indicacao_89-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A PAVIMENTAÇÃO, EM PAV'S DA ESTRADA QUE DÁ ACESSO A FAMÍLIA RASCH, TENDO INÍCIO NAS PROXIMIDADES DAS RESIDÊNCIAS DOS SENHORES CLETO RASCH E NESTOR KUSTER, E TÉRMINO NA PROPRIEDADE DO SR. IRINEU CANAL.</t>
   </si>
   <si>
     <t>7696</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7696/indicacao_90-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7696/indicacao_90-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA AS MELHORIAS QUE SE FAZEM NECESSÁRIAS NA RUA ALVINO WASSEM, LOCALIZADA ANEXO À SHOP CAR E MILANO MADEIRAS, DENTRE AS QUAIS, REFAZER A PAVIMENTAÇÃO DA MESMA COM SERVIÇO DE DRENAGEM.</t>
   </si>
   <si>
     <t>7697</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7697/indicacao_91-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7697/indicacao_91-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE 02 QUEBRA MOLAS, SENDO 1 NA RUA JOÃO DOMINGOS LORENZONI E 1 NA RUA PAULO LOVATTI._x000D_
 _x000D_
 VIABILIZAR A ABERTURA DO BARRANCO DA RUA LOVÍNIA MARIA PRATTI, LOCALIZADA NO FINAL DO CONJUNTO HABITACIONAL SÉRGIO SEBASTIÃO STEIN, VISANDO AMPLIÁ-LA E FACILITAR O TRÂNSITO NO LOCAL ENTRE CARROS E CAMINHÕES, SOBRETUDO DAS CONTINUIDADE E CONCLUIR A PAVIMENTAÇÃO DA MENCIONADA RUA.</t>
   </si>
   <si>
     <t>7716</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7716/indicacao_92-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7716/indicacao_92-2020.pdf</t>
   </si>
   <si>
     <t>REFAZER A PAVIMENTAÇÃO NA RUA MARIA TRABACH BOTELHO, LOCALIZADA PRÓXIMO AO SUPERMERCADO BEM VINDO, VISTO QUE A PAVIMENTAÇÃO DO LOCAL É DE BLOQUETES E DEVIDO À AÇÃO DO TEMPO E DAS CHUVAS, OS MESMOS SE DESPRENDERAM, FORMANDO BURACOS E DESNIVELAMENTOS, DIFICULTANDO A ACESSIBILIDADE DOS MUNÍCIPES QUE A UTILIZAM EM ESPECIAL OS FIÉIS DA IGREJA MARANATA QUE TRANSITAM COM FREQUÊNCIA PELA MESMA</t>
   </si>
   <si>
     <t>7717</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7717/indicacao_93-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7717/indicacao_93-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PROVIDÊNCIAS NO QUE TANGE AO ACÚMULO DE ÁGUAS PLUVIAIS NA RUA WALDEMAR MEES, EM FRENTE À RESIDÊNCIA DA SRª MARIA NAZARETH ENDLICH, POPULARMENTE CONHECIDA COMO "TITA", TENDO EM VISTA QUE FOI COLOCADO UM MATERIAL DE ASFALTO, VISANDO NÃO ACUMULAR ÁGUA NO LOCAL, E NO ENTANTO ESTÁ ACUMULANDO AINDA MAIS.</t>
   </si>
   <si>
     <t>7739</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7739/indicacao_94-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7739/indicacao_94-2020.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR AMPLIAÇÃO DO HORÁRIO DE FUNCIONAMENTO DO SISTEMA DE TRATAMENTO DE ÁGUA DE ARAGUAYA PARA 24 HORAS, VISANDO QUE, AGORA NO VERÃO NÃO FALTE ÁGUA NAS RESIDÊNCIAS LOCALIZADAS NAS PARTES MAIS ALTAS DA VILA, COMO AS DOS BAIRROS CRUZEIRO, DO CAMPO E ALTO ALAGOINHA.</t>
   </si>
   <si>
     <t>7356</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7356/mocao_no_001_do_ubaldino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7356/mocao_no_001_do_ubaldino.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO TODOS SERVIDORES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, EM FACE DO EXCELENTE TRABALHO QUE VEM REALIZANDO EM A FRENTE DOS TRABALHOS DO LEGISLATIVO, SOBRE TUDO, PELO EMPENHO, SENSO DO DEVER E PROFISSIONALISMO, COM QUE REALIZAM OS SEUS TRABALHOS, PARA OS QUAIS FORAM DESIGNADOS E ACHADOS CAPAZES._x000D_
 A PRESENTE HOMENAGEM CONTEMPLA OS INTEGRANTES DESSE PODER LEGISLATIVO, QUE CONTRIBUEM PARA O BOM DESEMPENHO DAS ATIVIDADES  LEGISLATIVAS DESTA MUNICIPALIDADE CONTRIBUINDO ASSIM, PARA O PROGRESSO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>7358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7358/mocao_02-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7358/mocao_02-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SR. RAMON SOUZA, TENDO EM FACE À INSTALAÇÃO DE SUA BARBEARIA, EM NOSSA CIDADE DESEMPENHANDO UM BOM TRABALHO EM PROL DO CRESCIMENTO ECONÔMICO DE NOSSA MUNICIPALIDADE, SEMPRE ATENDENDO CLIENTES E AMIGOS COM MUITA PRESTEZA E DEDICAÇÃO, NO QUAL ESTÁ SE DESTACANDO, SENDO EXEMPLO DE PROFISSIONAL EMPREENDEDOR.</t>
   </si>
   <si>
     <t>7359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7359/mocao_04-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7359/mocao_04-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. JOSÉ CARLOS PEREIRA, EM FACE DE SEU FALECIMENTO OCORRIDO NO DIA 09 DO CORRENTE MÊS, AOS 82 ANOS, DEIXANDO FAMILIARES E AMIGOS PROFUNDAMENTE CONSTERNADOS.</t>
   </si>
   <si>
     <t>7388</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7388/mocao_05-20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7388/mocao_05-20.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SRª GENOVEVA MARCULANO GAMA DELPPUPO, EM FACE DE SEU FALECIMENTO OCORRIDO DIA 28 DE FEVEREIRO, AOS 77 ANOS, DEIXANDO FAMILIARES E AMIGOS PROFUNDAMENTE CONSTERNADOS.</t>
   </si>
   <si>
     <t>7407</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7407/mocao_06-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7407/mocao_06-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO ILUSTRÍSSIMO SR. FÁBIO RENATO DE SOUZA DIEHL, EM FACE DOS EXCELENTES SERVIÇOS PRESTADOS JUNTO A SECRETARIA ESTADUAL DE SAÚDE DO ESTADO DO ESPIRITO SANTO.</t>
   </si>
   <si>
     <t>7408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7408/mocao_07-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7408/mocao_07-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PENSAR AOS FAMILIARES DO SR. ROBERLI KLIPPEL, EM FACE DO SEU FALECIMENTO, OCORRIDO NO DIA 13 CORRENTE MÊS, AOS 51 ANOS, DEIXANDO FAMILIARES E AMIGOS ENLUTADOS.</t>
   </si>
   <si>
     <t>7430</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7430/mocao-008-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7430/mocao-008-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA ENCAMINHADA NOSSA MAIS PROFUNDA MOÇÃO DE PESAR AOS FAMILIARES DA SRA. CECÍLIA KLIPPEL DE FREITAS, EM FACE DO SEU FALECIMENTO, OCORRIDO NO DIA 26 DO CORRENTE MÊS, DEIXANDO FAMILIARES E AMIGOS ENLUTADOS.</t>
   </si>
   <si>
     <t>7484</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7484/mocao-009-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7484/mocao-009-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. DARCY CALVI, EM FACE AO SEU FALECIMENTO, OCORRIDO EM ARAGUAYA, NO DIA 21 DE ABRIL , DATA QUE COMPLETAVA OS SEUS 74 ANOS , DEIXANDO FAMILIARES E AMIGOS ENLUTADOS.</t>
   </si>
   <si>
     <t>7485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7485/mocao-010-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7485/mocao-010-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SRA. AUZÍLIA MONTEVERDE BUSATO, EM FACE AO SEU FALECIMENTO, OCORRIDO EM ARAGUAYA, NO DIA 26 DE ABRIL, AOS 94 ANOS, DEIXANDO FILHOS, NETOS E AMIGOS ENLUTADOS</t>
   </si>
   <si>
     <t>7966</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7966/372.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7966/372.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. PEDRO PIMENTEL, EM FACE DO FALECIMENTO, OCORRIDO EM ARAGUAYA, NO DIA 09 DE MAIO, AOS 94 ANOS, DEIXANDO FILHOS, NETOS, BISNETOS E AMIGOS ENLUTADOS.</t>
   </si>
   <si>
     <t>7486</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7486/mocao-012-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7486/mocao-012-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO TODOS OS PROFISSIONAIS DE ENFERMAGEM DO MUNICÍPIO DE MARECHAL FLORIANO, COMPREENDENDO ENFERMEIROS E TÉCNICOS DE ENFERMAGEM, PELOS EXCELENTES TRABALHOS PRESTADOS, BEM COMO, EM FACE AO ''DIA MUNDIAL DA ENFERMAGEM'', COMEMORADO HOJE DIA 12 DE MAIO.</t>
   </si>
   <si>
     <t>7492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7492/mocao_13-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7492/mocao_13-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR AOS FAMILIARES DO PASTOR NESTOR WILLE, EM FACE DE SEU FALECIMENTO, OCORRIDO EM 05 DE JUNHO DO CORRENTE ANO, EM DOMINGOS MARTINS, AOS 67 ANOS.</t>
   </si>
   <si>
     <t>7493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7493/mocao_14-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7493/mocao_14-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ILMA. SRA. MARIA APARECIDA KRUGER KILL, PELO EXCELENTE TRABALHO PRESTADO AO MUNICÍPIO, POR 20 ANOS COMO AGENTE DE SAÚDE.</t>
   </si>
   <si>
     <t>7967</t>
   </si>
   <si>
     <t>Cabral, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7967/554.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7967/554.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. JOSELY PEREIRA, EM FACE DO SEU FALECIMENTO OCORRIDO NO DIA 17 DO CORRENTE MÊS, DEIXANDO FAMILIARES E AMIGOS PROFUNDAMENTE CONSTERNADOS.</t>
   </si>
   <si>
     <t>7546</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7546/mocao_16-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7546/mocao_16-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E RECONHECIMENTO A SRA. LEONTINA RAMOS PEREIRA MARQUES, EM FACE DE SUA CONQUISTA AOS 100 ANOS DE IDADE, CELEBRADO NO DIA 04 DE MAIO DO CORRENTE ANO, E EM ESPECIAL PELA SUPERAÇÃO DO COVID-19.</t>
   </si>
   <si>
     <t>7547</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7547/mocao_17-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7547/mocao_17-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. SEBASTIÃO WASSEM, EM FACE DE SEU FALECIMENTO OCORRIDO EM 27 DE JULHO DO ANO EM CURSO, AOS 85 ANOS DEIXANDO FAMILIARES E AMIGOS PROFUNDAMENTE ENLUTADOS.</t>
   </si>
   <si>
     <t>7587</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7587/mocao_18-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7587/mocao_18-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO A ILMA. SENHORA  MILENA SCHUNK, PELO EXCELENTE TRABALHO PRESTADO AO MUNICÍPIO, COMO TÉCNICO EM ENFERMAGEM NO CENTRO ARY RIBEIRO DA SILVA.</t>
   </si>
   <si>
     <t>7588</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7588/mocao_19-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7588/mocao_19-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SR. ALEXANDRE SIMON, À FRENTE DA EMPRESA J&amp;J CONSTRUÇÕES, LOCAÇÕES E SERVIÇOS EIRELI ME, LOCALIZADA NO KM 56, TREVO DE PARAJÚ, EM FACE AO EXCELENTE SERVIÇO PRESTADO EM NOSSA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>7615</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7615/mocao_20-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7615/mocao_20-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO A TODOS SERVIDORES DA DELEGACIA DE POLICIA CIVIL DE MARECHAL FLORIANO, PELOS RELEVANTES SERVIÇOS PRESTADOS NO QUE TANGE À SEGURANÇA PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7626</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7626/mocao_21-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7626/mocao_21-2020.pdf</t>
   </si>
   <si>
     <t>UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ILLUSTRISSÍMO SENHOR ALDEIR ENDLICH.</t>
   </si>
   <si>
     <t>7627</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7627/mocao_22-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7627/mocao_22-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. DAVID KLIPPEL.</t>
   </si>
   <si>
     <t>7698</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7698/mocao_23-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7698/mocao_23-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SR. ABRÃO LEVI KIEFER, PELA CONQUISTA DO PLEITO DE VEREADOR DESTA MUNICIPALIDADE, PARA ADMINISTRAR E DIRIGIR OS TRABALHOS LEGISLATIVOS À FRENTE DESTA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>7699</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7699/mocao_24-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7699/mocao_24-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SR. LUCIANO NAVAR BOENO MENENDEZ, PELA CONQUISTA DO PLEITO DE VEREADOR DESTA MUNICIPALIDADE, PARA ADMINISTRAR E DIRIGIR OS TRABALHOS LEGISLATIVOS À FRENTE DESTA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>7700</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7700/mocao_25-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7700/mocao_25-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO SR. NATALINO BIANQUI NETTO, PELA CONQUISTA DO PLEITO DE VEREADOR DESTA MUNICIPALIDADE, PARA ADMINISTRAR E DIRIGIR OS TRABALHOS LEGISLATIVOS À FRENTE DESTA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>7701</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7701/mocao_26-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7701/mocao_26-2020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO DR. LUCIANO FERREIRA RIDOLPHI EM FACE AO EXCELENTE E RELEVANTE TRABALHO QUE VEM PRESTANDO E DESENVOLVENDO NA SAÚDE DE NOSSO MUNICÍPIO, EM PROL DA POPULAÇÃO FLORIANENSE, SEMPRE ATENDENDO COM PRESTEZA E DEDICAÇÃO DEMONSTRANDO RECEPTIVIDADE, AGILIDADE E COMPETÊNCIA NO ATENDIMENTO DE SEUS PACIENTES.</t>
   </si>
   <si>
     <t>7718</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7718/mocao_27-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7718/mocao_27-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SRª ELZA PÁDUA ENTRINGER, EM FACE DE SEU FALECIMENTO OCORRIDO EM 27 DE NOVEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>7719</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7719/mocao_28-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7719/mocao_28-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SRº IRAN GUIMARÃES DE AZEVEDO EM FACE DE SEU FALECIMENTO OCORRIDO NO DIA 06 DO CORRENTE MÊS.</t>
   </si>
   <si>
     <t>7720</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7720/mocao_29-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7720/mocao_29-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. CARLOS ROBERTO KOEHLER EM FACE DE SEU FALECIMENTO OCORRIDO NO DIA 10 DO CORRENTE MÊS.</t>
   </si>
   <si>
     <t>7360</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7360/parecer_contrario_01-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7360/parecer_contrario_01-2020.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO INTEGRAL proposto pelo chefe do poder executivo, do PROJETO DE LEI Nº 104/2019, QUE DISPÕE SOBRE A INCLUSÃO DO ESTUDO DE EDUCAÇÃO ALIMENTAR E NUTRICIONAL COMO TEMA TRANSVERSAL NO CURRÍCULO DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL DAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7361/parecer_contrario_02-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7361/parecer_contrario_02-2020.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO INTEGRAL proposto pelo chefe do poder executivo, do PROJETO DE LEI 106/2019, QUE AUTORIZA A CRIAÇÃO DO PROGRAMA DE "REFORÇO, ALFABETIZAÇÃO E LETRAMENTO ESCOLAR" NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7362/parecer_contrario_03-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7362/parecer_contrario_03-2020.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO INTEGRAL proposto pelo chefe do poder executivo, do PROJETO DE LEI Nº 113/2019 QUE "CRIA O CONSELHO MUNICIPAL DA JUVENTUDE (COMJUV) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7363/parecer_contrario_04-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7363/parecer_contrario_04-2020.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO INTEGRAL proposto pelo chefe do poder executivo, do PROJETO DE LEI Nº 133/2019 QUE "ALTERA O ARTIGO 1º E ACRESCENTA DISPOSITIVO A LEI MUNICIPAL Nº 958, DE 28 DE OUTUBRO DE 2009.</t>
   </si>
   <si>
     <t>7364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7364/parecer_contrario_05-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7364/parecer_contrario_05-2020.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO INTEGRAL proposto pelo chefe do poder executivo, do PROJETO DE LEI Nº 134/2019  que "AUTORIZA O PODER EXECUTIVO A REALIZAR ATENDIMENTO DE FISIOTERAPIA DOMICILIAR, EM PACIENTES PORTADORES DE ENFERMIDADES CRÔNICAS OU DEGENERATIVAS, EM PACIENTES ACAMADOS OU IMPOSSIBILITADOS.</t>
   </si>
   <si>
     <t>7365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7365/parecer_favoravel_06-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7365/parecer_favoravel_06-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 03/2020 QUE "DENOMINA DE RUA UHL, A RUA PROJETADA LOCALIZADA EM BOA ESPERANÇA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7366/parecer_favoravel_07-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7366/parecer_favoravel_07-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 01/2020 QUE "AUTORIZA O PODER EXECUTIVO A ALIENAR BENS MÓVEIS SUCATEADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7367</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7367/parecer_favoravel_08-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7367/parecer_favoravel_08-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 02/2020 QUE "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8181</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8181/116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8181/116.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 004/2020, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "CRIA O CARGO DE AGENTE FISCAL NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>7389</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7389/parecer_favoravel_10-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7389/parecer_favoravel_10-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 05-2020 que ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 215 DE 17 DE DEZEMBRO DE 1996.</t>
   </si>
   <si>
     <t>7390</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7390/parecer_favoravel_11-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7390/parecer_favoravel_11-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 06/2020 que DENOMINA DE RUA LUDWIG, EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7391</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7391/parecer_favoravel_12-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7391/parecer_favoravel_12-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 07/2020 que DENOMINA DE RUA MARIA SIMON BORGO, EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7392</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7392/parecer_favoravel_13-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7392/parecer_favoravel_13-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 08/2020 que DENOMINA DE RUA ANGÊLO CAMPORESI, EM ALTO MARECHAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7409/parecer_favoravel_014-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7409/parecer_favoravel_014-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº.009/2020, que "INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO E PREVENÇÃO ÀS DOENÇAS RARAS."</t>
   </si>
   <si>
     <t>7410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7410/parecer_favoravel_015-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7410/parecer_favoravel_015-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº.011/2020, que "ACRESCENTA DISPOSITIVOS Á LEI MUNICIPAL nº 1,815, DE MAIO DE 2017."</t>
   </si>
   <si>
     <t>7411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7411/parecer_favoravel_016-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7411/parecer_favoravel_016-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº.012/2020, que " ALTERA O ARTIGO 1º. DA LEI MUNICIPAL Nº.400, DE 08 DE OUTUBRO DE 2001."</t>
   </si>
   <si>
     <t>7412</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7412/parecer_favoravel_017-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7412/parecer_favoravel_017-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº.013/2020, que "ALTERA O ARTIGO 1º. DA LEI MUNICIPAL Nº. 1106, DE 25 DE JANEIRO DE 2012."</t>
   </si>
   <si>
     <t>7423</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7423/parecer_favoravel_18-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7423/parecer_favoravel_18-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI COMPLEMENTAR Nº 001/2020 que ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 001 DE 1º DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7424</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7424/parecer_favoravel_19-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7424/parecer_favoravel_19-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI  Nº 014-2020 que DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO A SER INCLUÍDO NA LEI MUNICIPAL Nº 565, DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7436/parecer-favoravel-020-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7436/parecer-favoravel-020-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 015/2020, QUE ''DENOMINA DE RUA COLTURA DI POLCENIGO, NO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO''</t>
   </si>
   <si>
     <t>7433</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7433/parecer_favoravel-021-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7433/parecer_favoravel-021-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 016/2020, QUE ''DENOMINA DE LADEIRA DAS FLORES, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>7434</t>
   </si>
   <si>
     <t>CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7434/parecer_favoravel-022-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7434/parecer_favoravel-022-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 017/2020, QUE ''DISPÕE SOBRE O PROGRAMA MUNICIPAL DE CONSCIENTIZAÇÃO E PREVENÇÃO AO CORONAVÍRUS (COVID-19), NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES''.</t>
   </si>
   <si>
     <t>7435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7435/parecer_favoravel-023-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7435/parecer_favoravel-023-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 018/2020, QUE ''DISPÕE SOBRE A DISPONIBILIZAÇÃO DE ÁLCOOL GEL ANTISSÉPTICO NOS ÓRGÃOS PÚBLICOS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.''</t>
   </si>
   <si>
     <t>7437</t>
   </si>
   <si>
     <t>CECT - COMISSÃO DE ESPORTE, CULTURA E TURISMO, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7437/parecer-favoravel-024-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7437/parecer-favoravel-024-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 019/2020, QUE ''INSTITUI POLITICA DE DESENVOLVIMENTO DO TURISMO ECOLÓGICO NO MUNICÍPIO DE MARECHAL FLORIANO/ES.''</t>
   </si>
   <si>
     <t>8182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8182/351.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8182/351.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 025/2020, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE DISPOE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>7467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7467/parecer_favoravel_-026-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7467/parecer_favoravel_-026-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 028/2020 QUE ''DENOMINA DE ESTRADA MUNICIPAL FAMÍLIA ARMELONI, LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>7468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7468/parecer_favoravel_-027-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7468/parecer_favoravel_-027-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 029/2020 QUE ''DENOMINA DE ESTRADA MUNICIPAL FAMÍLIA FERREIRA, LOCALIZADA EM ALTO ARAGUAYA, NESTA MUNICIPALIDADE.''</t>
   </si>
   <si>
     <t>7469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7469/parecer_favoravel-028-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7469/parecer_favoravel-028-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 030/2020 QUE ''DENOMINA DE ESTRADA MUNICIPAL ALTO ARAGUAYA, NESTE MUNICÍPIO.''</t>
   </si>
   <si>
     <t>7470</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7470/parecer_favoravel_029-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7470/parecer_favoravel_029-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 031/2020, QUE ''DENOMINA DE RUA DARLI JOSÉ LUDUVICO, LOCALIZADA EM SOÍDO DE BAIXO, NESTE MUNICÍPIO''</t>
   </si>
   <si>
     <t>7471</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7471/378.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7471/378.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 032/2020, QUE ''ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 2.031, DE 27 DE DEZEMBRO DE 2018''.</t>
   </si>
   <si>
     <t>7472</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7472/parecer_favoravel-031-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7472/parecer_favoravel-031-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 033/2020, QUE ''DENOMINA DE ESTRADA MUNICIPAL SÍTIO SANTOS, LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO.''</t>
   </si>
   <si>
     <t>7473</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7473/parecer_favoravel-032-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7473/parecer_favoravel-032-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 034/2020, QUE ''DENOMINA DE ESTRADA MUNICIPAL RIBEIRÃO DO CRISTO, NESTA MUNICIPALIDADE.''</t>
   </si>
   <si>
     <t>7511</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7511/parecer_favoravel_33-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7511/parecer_favoravel_33-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 36/2020 QUE DENOMINA DE RUA JOCIMAR DELAIA PIMENTEL NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7512/parecer_favoravel_34-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7512/parecer_favoravel_34-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 37/2020 QUE TORNA OBRIGATÓRIO O USO DE MÁSCARAS EM ESPAÇOS PÚBLICOS E PRIVADOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E A INSTALAÇÃO DE PLACAS EM ESTABELECIMENTOS COMERCIAIS COM AVISO DE LOTAÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>7513</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7513/parecer_favoravel_35-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7513/parecer_favoravel_35-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 38/2020 QUE INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS E DATAS COMEMORATIVAS DE MARECHAL FLORIANO/ES O DIA MUNDIAL DE CONSCIENTIZAÇÃO E COMBATE A PROPAGAÇÃO OU DISSEMINAÇÃO DE NOTICIAS FALSAS (FAKE NEWS), NO DIA 24 DE MARÇO.</t>
   </si>
   <si>
     <t>7526</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7526/parecer_favoravel_36-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7526/parecer_favoravel_36-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 040 QUE DENOMINA ESTRADA MUNICIPAL DELPUPPO, LOCALIZADA EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7527</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7527/parecer_favoravel_37-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7527/parecer_favoravel_37-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 041-2020 QUE DENOMINA ESTRADA MUNICIPAL VALE DA BENÇÃO, LOCALIZADA EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7528</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7528/parecer_favoravel_38-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7528/parecer_favoravel_38-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 039-2020 QUE DENOMINA DE "FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS A URBANIZAÇÃO NA LOCALIDADE DE ALTO RIO FUNDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7548</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7548/parecer_favoravel_39-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7548/parecer_favoravel_39-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 42-2020 que DISPÕE SOBRE A OBRIGATORIEDADE DO USO DE EPI'S EM TODOS SEPULTAMENTOS REALIZADOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, ENQUANTO DURAR A PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>7549</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7549/parecer_favoravel_40-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7549/parecer_favoravel_40-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 43-2020 QUE DENOMINA DE ESTRADA MUNICIPAL FAMÍLIA ENDLICH, LOCALIZADA EM RIO FUNDO NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7550</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7550/parecer_favoravel_41-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7550/parecer_favoravel_41-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 44-2020 QUE INSTITUI O INVENTÁRIO ARQUITETÔNICO HISTÓRICO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7551</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7551/parecer_favoravel_42-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7551/parecer_favoravel_42-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 45-2020 QUE DISPÕE SOBRE A PROIBIÇÃO DE MANUSEIO, UTILIZAÇÃO, QUEIMA E SOLTURA DE FOGOS DE ARTIFÍCIOS, BEM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7552</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7552/parecer_favoravel_43-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7552/parecer_favoravel_43-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 46-2020 QUE DISPÕE SOBRE A OBRIGATORIEDADE DO CONCERTO DOS BURACOS E VALAS ABERTOS NAS VIAS E PASSEIOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7565</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7565/parecer_favoravel_44-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7565/parecer_favoravel_44-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 48-2020 QUE ALTERA A REDAÇÃO DOS ARTIGOS 1º E 2º DA LEI MUNICIPAL Nº 2132, DE 10 DE OUTUBRO DE 2019.</t>
   </si>
   <si>
     <t>7566</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7566/parecer_favoravel_45-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7566/parecer_favoravel_45-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 49-2020 QUE DENOMINA DE RUA PROFESSORA JOCILENE CRISTINA ENDLICH CANAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7567</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7567/parecer_favoravel_46-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7567/parecer_favoravel_46-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 50-2020 QUE DENOMINA DE ESTRADA MUNICIPAL PICADÃO, NA COMUNIDADE DE RIO FUNDO, MARECHAL FLORIANO-ES, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7568</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7568/parecer_favoravel_47-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7568/parecer_favoravel_47-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 51-2020 FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>7569</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7569/661.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7569/661.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 47-2020 QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PARA ALIENAR VEÍCULOS E MÁQUINAS SUCATEADOS, DE PROPRIEDADE DO MUNICÍPIO, CONSIDERADOS INSENSÍVEIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7589/parecer_favoravel_49-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7589/parecer_favoravel_49-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 52/2020 QUE ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 389, DE 24 DE ABRIL DE 2001.</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7590/parecer_favoravel_50-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7590/parecer_favoravel_50-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 53/2020 QUE DENOMINA DE RUA SANTA CLARA, LOCALIZADA EM BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7591</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7591/parecer_favoravel_51-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7591/parecer_favoravel_51-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 54/2020 QUE DENOMINA DE ESTRADA MUNICIPAL CRUZEIRO DO RIO DAS PEDRAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7592</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7592/parecer_favoravel_52-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7592/parecer_favoravel_52-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 55/2020 QUE INSTITUI CAMPANHA DE COMBATE AO ABANDONO DE CANINOS E FELINOS DOMÉSTICOS E/OU DE RUA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7593/parecer_favoravel_53-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7593/parecer_favoravel_53-2020.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO VETO INTEGRAL proposto pelo Chefe do Poder Executivo relativo ao Autógrafo nº 39/2020 proveniente do PROJETO DE LEI Nº 39/2020 de autoria do Vereador Ubaldino Saraiva que FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO NA LOCALIDADE DE ALTO RIO FUNDO.</t>
   </si>
   <si>
     <t>7616</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7616/parecer_favoravel_54-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7616/parecer_favoravel_54-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 58-2020 QUE DENOMINA DE ESTRADA MUNICIPAL JEQUITIBÁ LOCALIZADA NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7617</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7617/parecer_favoravel_55-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7617/parecer_favoravel_55-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 59-2020 QUE DENOMINA DE RUA RIBEIRO, NO BAIRRO MIGUEL SOUZA, LOCALIZADO NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7618</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7618/parecer_favoravel_56-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7618/parecer_favoravel_56-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 60-2020 QUE INSTITUI A SEMANA MUNICIPAL EM HOMENAGEM ÀS VÍTIMAS DA COVID-19, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7619/parecer_favoravel_57-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7619/parecer_favoravel_57-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 61-2020 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O MÊS OUTUBRO DOURADO, DEDICADO À CAMPANHA AMOR EM FRASCO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7620/parecer_favoravel_58-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7620/parecer_favoravel_58-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 62-2020 QUE DENOMINA DE ESTRADA MUNICIPAL ZALDINO ULIANA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7631</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7631/parecer_favoravel_59-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7631/parecer_favoravel_59-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 065/2020 DE AUTORIA DO VEREADOR UBALDINO SARAIVA QUE "DENOMINA DE RUA DANIEL KROHLING, LOCALIZADA NA SEDE DESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>7652</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7652/parecer_favoravel_60-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7652/parecer_favoravel_60-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 067/2020 DE AUTORIA DO PODER EXECUTIVO QUE “DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DA OUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
     <t>7653</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7653/parecer_favoravel_61-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7653/parecer_favoravel_61-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 068/2020 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE “ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 2.230, DE 26 DE SETEMBRO DE 2020.”</t>
   </si>
   <si>
     <t>7654</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7654/parecer_favoravel_62-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7654/parecer_favoravel_62-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 069/2020 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE “DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, OS DIALETOS TALIAN E FURLAN.”</t>
   </si>
   <si>
     <t>7655</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7655/parecer_favoravel_63-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7655/parecer_favoravel_63-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº.070/2020 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE “INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A SEMANA MUNICIPAL DO INHAME SÃO BENTO”.</t>
   </si>
   <si>
     <t>7656</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7656/parecer_favoravel_64-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7656/parecer_favoravel_64-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 064/2020 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE “DENOMINA DE LADEIRA RIBET, LOCALIZADA EM COSTA PEREIRA, NESTE MUNICÍPIO.”</t>
   </si>
   <si>
     <t>7657</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7657/parecer_favoravel_65-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7657/parecer_favoravel_65-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 071/2020 DE AUTORIA DO VEREADOR FELIPE HULLE DELPUPPO QUE “INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, O PROGRAMA DE RECICLAGEM DE SACOLAS PLÁSTICAS EM PARCERIA COM AS ESCOLAS DA REDE PÚBLICA MUNICIPAL E DISPÕE SOBRE A SUA REALIZAÇÃO.</t>
   </si>
   <si>
     <t>7658</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7658/parecer_favoravel_66-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7658/parecer_favoravel_66-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 063/2020 DE AUTORIA DO VEREADOR JOAO CABRAL RODRIGUES CANCELLIERI QUE “DISPÕE SOBRE AS NORMAS DE FUNCIONAMENTO DA FEIRA DA ROCA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>7674</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7674/parecer_favoravel_67-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7674/parecer_favoravel_67-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 072/2020 DE AUTORIA DO PODER EXECUTIVO QUE "ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO/ES, PARA O EXERCÍCIO FINANCEIRO DE 2021".</t>
   </si>
   <si>
     <t>7675</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7675/parecer_contrario_68-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7675/parecer_contrario_68-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº.057/2020 DE AUTORIA DO PODER EXECUTIVO QUE "ALTERA A REDAÇÃO DO PARÁGRAFO 3º, DO ARTIGO 183, DA LEI MUNICIPAL Nº 1.245, DE 16 DE MAIO DE 2013, QUE INSTITUI O CÓDIGO MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS E DÁ OUTRAS PREVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7676</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7676/parecer_contrario_69-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7676/parecer_contrario_69-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 056/2020 DE AUTORIA DO PODER EXECUTIVO QUE "ALTERA A REDAÇÃO DO ARTIGO 27, DA LEI MUNICIPAL Nº 1.254, DE 07 DE JUNHO DE 2013, QUE DISPÕE SOBRE FISCALIZAÇÃO, INFRAÇÕES E PENALIDADES RELATIVAS Á PROTEÇÃO DO MEIO AMBIENTE E RECURSOS HÍDRICOS NO ÂMBITO DOS ORGÃOS E ENTIDADES QUE COMPÕEM O SISTEMA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS DO MUNICÍPIO DE MARECHAL FLORIANO- SISMARH".</t>
   </si>
   <si>
     <t>7677</t>
   </si>
   <si>
     <t>CAMA - COMISSÃO DE AGRICULTURA E MEIO AMBIENTE, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7677/parecer_favoravel_70-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7677/parecer_favoravel_70-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 057/2020 DE AUTORIA DO PODER EXECUTIVO QUE "ALTERA A REDAÇÃO DO PARÁGRAFO 3º, DO ARTIGO 183, DA LEI MUNICIPAL Nº 1.245, DE 16 DE MAIO DE 2013, QUE INSTITUI O CÓDIGO DE MEIO AMBIENTE E RECURSOS HÍDRICOS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>7678</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7678/parecer_contrario_71-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7678/parecer_contrario_71-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 077/2020 DE AUTORIA DO PODER EXECUTIVO QUE "AUTORIZA A INSTITUIÇÃO DO TELETRABALHO NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES'.</t>
   </si>
   <si>
     <t>7679</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7679/parecer_favoravel_72-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7679/parecer_favoravel_72-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 056/2020 DE AUTORIA DO PODER EXECUTIVO QUE "ALTERA A REDAÇÃO DO PARÁGRAFO 3º, DO ARTIGO 27, DA LEI MUNICIPAL Nº 1.254, DE 07 DE JUNHO DE 2013, QUE DISPÕE SOBRE A FISCALIZAÇÃO, INFRAÇÕES E PENALIDADES RELATIVAS À PROTEÇÃO DO MEIO AMBIENTE E RECURSOS HÍDRICOS NO ÂMBITO DOS ÓRGÃOS E ENTIDADES QUE COMPÕEM O SISTEMA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS DO MUNICÍPIO DE MARECHAL FLORIANO- SISMARH".</t>
   </si>
   <si>
     <t>7680</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7680/parecer_contrario_73-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7680/parecer_contrario_73-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 077/2020 DE AUTORIA DO PODER EXECUTIVO QUE "AUTORIZA A INSTITUIÇÃO DE TELETRABALHO NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>7681</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7681/parecer_favoravel_74-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7681/parecer_favoravel_74-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 074/2020 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "DENOMINA DE ESTRADA MUNICIPAL VALERINO CANAL, LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>7682</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7682/parecer_favoravel_75-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7682/parecer_favoravel_75-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 075/2020 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "DENOMINA DE VEREADOR DAVID KLIPPEL, O AUDITÓRIO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>7683</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7683/parecer_favoravel_76-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7683/parecer_favoravel_76-2020.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO "PROJETO DE LEI Nº. 073/2020 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "DENOMINA DE RUA PAULO ORIVALDO HERTEL, LOCALIZADA EM BOM JESUS, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>7702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7702/parecer_favoravel_77-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7702/parecer_favoravel_77-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 080/2020 QUE DENOMINA DE FONTE HERTEL, A BIQUINHA DE ÁGUA POTÁVEL, LOCALIZADA NA RUA ARTHUR HERTEL, NA COMUNIDADE DE BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7703/parecer_favoravel_78-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7703/parecer_favoravel_78-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 81/2020 que INSTITUI COMO SÍMBOLO HISTÓRICO DO MUNICÍPIO A BIQUINHA DE ÁGUA POTÁVEL DENOMINADA DE FONTE HERTEL, LOCALIZADA NA RUA ARTHUR HERTEL NA COMUNIDADE DE BOM JESUS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7704</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7704/parecer_favoravel_79-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7704/parecer_favoravel_79-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 82/2020 que INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO O PROJETO ARTES EM ESPAÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>7705</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7705/parecer_favoravel_80-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7705/parecer_favoravel_80-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 83 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES A SEMANA MUNICIPAL DA IMIGRAÇÃO PORTUGUESA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7706</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7706/parecer_favoravel_81-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7706/parecer_favoravel_81-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 84 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO A SEMANA MUNICIPAL DA IMIGRAÇÃO POLONESA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7707</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7707/parecer_favoravel_82-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7707/parecer_favoravel_82-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 85 QUE DENOMINA DE RUA PROFESSOR ARNALDO KUSTER NA COMUNIDADE DA CABOCLA EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7708</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7708/parecer_favoravel_83-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7708/parecer_favoravel_83-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao PROJETO DE LEI Nº 86 QUE DISPÕE SOBRE A ATUALIZAÇÃO DE GRAFIA E DO PERCURSO DA RUA RAMILO LEMCKE, NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7721</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7721/parecer_favoravel_84-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7721/parecer_favoravel_84-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 087/2020 que DENOMINA DE RUA VEREADOR ALCINO OLEGÁRIO DINIZ NETO, NA COMUNIDADE DA CABOCLA, EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7722</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7722/parecer_favoravel_85-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7722/parecer_favoravel_85-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 88/2020 QUE DENOMINA DE RUA FABIO PIMENTA WERNECK MACHADO, NO BAIRRO JARBINHAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7723</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7723/parecer_favoravel_86-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7723/parecer_favoravel_86-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 89/2020 QUE FICA CRIADA NO MUNICÍPIO DE MARECHAL FLORIANO A RESERVA PARTICULAR DO PATRIMÔNIO NATURAL - RPPNM, DE CONFORMIDADE COM O QUE PRECEITUA O ARTIGO 21 DA LEI FEDERAL Nº 9.985, DE 18 DE JULHO DE 2000, REGULAMENTADO PELO DECRETO Nº 5.746 DE 05 DE ABRIL DE 2006.</t>
   </si>
   <si>
     <t>7724</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGILAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7724/parecer_favoravel_87-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7724/parecer_favoravel_87-2020.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei nº 90/2020 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A POLITICA MUNICIPAL DE PRODUÇÃO AGROECOLÓCIGA E ORGÂNICA.</t>
   </si>
   <si>
     <t>7429</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7429/projeto_de_lei_complementar_01-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7429/projeto_de_lei_complementar_01-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR MUNICIPAL Nº 001, DE 1º DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7339</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7339/projeto_de_lei_01-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7339/projeto_de_lei_01-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ALIENAR BENS MÓVEIS SUCATEADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7342/projeto_de_lei_no_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7342/projeto_de_lei_no_02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7343/projeto_de_lei_no_03_do_cezar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7343/projeto_de_lei_no_03_do_cezar.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA UHL, A RUA PROJETADA LOCALIZADA EM BOA ESPERANÇA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7368/projeto_de_lei_04-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7368/projeto_de_lei_04-2020.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE AGENTE FISCAL NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>7369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7369/projeto_de_lei_05-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7369/projeto_de_lei_05-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 215, DE 17 DE DEZEMBRO DE 1996.</t>
   </si>
   <si>
     <t>7370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7370/projeto_de_lei_06-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7370/projeto_de_lei_06-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA LUDWIG, EM ARAGUAYA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7371/projeto_de_lei_07-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7371/projeto_de_lei_07-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MARIA SIMONI BORGO, EM ARAGUAYA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7372/projeto_de_lei_08-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7372/projeto_de_lei_08-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA ÂNGELO CAMPORESI, EM ALTO MARECHAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7393</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7393/projeto_de_lei_09-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7393/projeto_de_lei_09-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO E PREVENÇÃO ÀS DOENÇAS RARAS.</t>
   </si>
   <si>
     <t>7394</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7394/projeto_de_lei_10-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7394/projeto_de_lei_10-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO PODER EXECUTIVO EFETUAR LIMPEZA DE TERRENOS BALDIOS E COBRAR DOS PROPRIETÁRIOS OS SERVIÇOS EXECUTADOS.</t>
   </si>
   <si>
     <t>7395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7395/projeto_de_lei_11-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7395/projeto_de_lei_11-2020.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À LEI MUNICIPAL Nº 1.815 DE 10 DE MAIO DE 2017.</t>
   </si>
   <si>
     <t>7396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7396/projeto_de_lei_12-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7396/projeto_de_lei_12-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 400, DE 08 DE OUTUBRO DE 2001.</t>
   </si>
   <si>
     <t>7397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7397/projeto_de_lei_13-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7397/projeto_de_lei_13-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº 1106, DE 25 DE JANEIRO DE 2012.</t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7425/projeto_de_lei_14-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7425/projeto_de_lei_14-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO A SER INCLUÍDO NA LEI MUNICIPAL Nº 565 DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7413</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7413/projeto_de_lei_15-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7413/projeto_de_lei_15-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA COLTURA DI POLCENIGO, NO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7414</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7414/projeto_de_lei_16-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7414/projeto_de_lei_16-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LADEIRA DAS FLORES, DO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7415</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7415/projeto_de_lei_17-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7415/projeto_de_lei_17-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE CONSCIENTIZAÇÃO E PREVENÇÃO AO CORONAVÍRUS (COVID-19), NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7416</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7416/projeto_de_lei_18-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7416/projeto_de_lei_18-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DE ÁLCOOL GEL ANTISSÉPTICO NOS ÓRGÃOS PÚBLICOS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7443</t>
   </si>
   <si>
     <t>INSTITUI POLÍTICA DE DESENVOLVIMENTO DO TURISMO ECOLÓGICO NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7426</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7426/projeto_de_lei_20-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7426/projeto_de_lei_20-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 2º DA LEI MUNICIPAL Nº 2,156 DE 20 DE DEZEMBRO DE 2019.</t>
   </si>
   <si>
     <t>7427</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7427/projeto_de_lei_21-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7427/projeto_de_lei_21-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO DE DESENVOLVIMENTO MUNICIPAL - FDM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7428</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7428/projeto_de_lei_22-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7428/projeto_de_lei_22-2020.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO DE FISCALIZAÇÃO E ACOMPANHAMENTO DO FUNDO MUNICIPAL DE INVESTIMENTO QUE SE REFERE A LEI COMPLEMENTAR ESTADUAL Nº 712 DE 13 DE SETEMBRO DE 2013.</t>
   </si>
   <si>
     <t>7438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7438/projeto_de_lei-023-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7438/projeto_de_lei-023-2020.pdf</t>
   </si>
   <si>
     <t>''ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 227, DE 17 DE DEZEMBRO DE 1996''.</t>
   </si>
   <si>
     <t>7439</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7439/projeto_de_lei-024-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7439/projeto_de_lei-024-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA DEPUTADO GUSTAVO JOSÉ WERNERSBACH, LOCALIZADA EM BOM JESUS, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>8019</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8019/295.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8019/295.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7446</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7446/projeto_de_lei_26-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7446/projeto_de_lei_26-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA MUNICIPAL CÓRREGO DOS REGGIANI, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7447</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7447/projeto_de_lei_27-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7447/projeto_de_lei_27-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA MUNICIPAL ALTO SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8020/352.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8020/352.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL FAMÍLIA ARMELONI", LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8021/353.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8021/353.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL FAMÍLIA FERREIRA", LOCALIZADA EM ALTO ARAGUAYA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>8022</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8022/354.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8022/354.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL ALTO ARAGUAYA", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8023</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8023/355.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8023/355.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA DARLI JOSÉ LUDUVICO", LOCALIZADA EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8024/362.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8024/362.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 2031, DE 27 DE DEZEMBRO DE 2018.</t>
   </si>
   <si>
     <t>8025</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8025/363.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8025/363.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL SÍTIO SANTOS", LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>11101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11101/plo_34-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11101/plo_34-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL RIBEIRÃO DO CRISTO", NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>7466</t>
   </si>
   <si>
     <t>Cabral, UBALDINO SARAIVA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7466/projeto_de_lei-035-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7466/projeto_de_lei-035-2020.pdf</t>
   </si>
   <si>
     <t>''FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO NO DISTRITO DE VICTOR HUGO E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>7494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7494/projeto_de_lei_36-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7494/projeto_de_lei_36-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA JOCIMAR DELAIA PIMENTEL" NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7495/projeto_de_lei_37-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7495/projeto_de_lei_37-2020.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O USO DE MÁSCARAS EM ESPAÇOS PÚBLICOS E PRIVADOS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E A INSTALAÇÃO DE PLACAS EM ESTABELECIMENTOS COM AVISO DE LOTAÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>7496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7496/projeto_de_lei_38-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7496/projeto_de_lei_38-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS E DATAS COMEMORATIVAS DE MARECHAL FLORIANO/ES, O DIA MUNICIPAL DE CONSCIENTIZAÇÃO E COMBATE A PROPAGAÇÃO OU DISSEMINAÇÃO DE NOTÍCIAS FALSAS (FAKE NEWS), NO DIA 24 DE MARÇO.</t>
   </si>
   <si>
     <t>8026</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8026/39_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8026/39_2.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA COM VISITAS À URBANIZAÇÃO NA LOCALIDADE DE ALTO RIO FUNDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7514</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7514/projeto_de_lei_40-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7514/projeto_de_lei_40-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL DEL PUPPO", LOCALIZADA EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7515</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7515/projeto_de_lei_41-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7515/projeto_de_lei_41-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL VALE DA BENÇÃO", LOCALIZADA EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8027</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8027/521.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8027/521.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO USO DE EPIs EM TODOS OS SEPULTAMENTOS REALIZADOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, ENQUANTO DURAR A PANDEMIA DA COVID-19.</t>
   </si>
   <si>
     <t>7529</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7529/projeto_de_lei_43-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7529/projeto_de_lei_43-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA MUNICIPAL FAMÍLIA ENDLICH, LOCALIZADA EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7530</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7530/projeto_de_lei_44-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7530/projeto_de_lei_44-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O INVENTÁRIO ARQUITETÔNICO HISTÓRICO DO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>7531</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7531/projeto_de_lei_45-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7531/projeto_de_lei_45-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE MANUSEIO, UTILIZAÇÃO, QUEIMA E SOLTURA DE FOGOS DE ARTIFÍCIOS, BEM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7532</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7532/projeto_de_lei_46-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7532/projeto_de_lei_46-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO CONCERTO DOS BURACOS E VALAS ABERTOS DAS VIAS E PASSEIOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8028/047.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8028/047.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PARA ALIENAR VEÍCULOS E MÁQUINAS SUCATEADOS, DE PROPRIEDADE DO MUNICÍPIO, CONSIDERANDOS INSERVÍVEIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7553/projeto_de_lei_48-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7553/projeto_de_lei_48-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DOS ARTIGOS 1º E º DA LEI MUNICIPAL Nº 2.132, DE 10 DE OUTUBRO DE 2019.</t>
   </si>
   <si>
     <t>7554</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7554/projeto_de_lei_49-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7554/projeto_de_lei_49-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA PROFESSORA JOCILENE CRISTINA ENDLICH CANAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7555</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7555/projeto_de_lei_50-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7555/projeto_de_lei_50-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ESTRADA MUNICIPAL "PICADÃO", NA COMUNIDADE DE RIO FUNDO, MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7581/projeto_de_lei_51-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7581/projeto_de_lei_51-2020.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7570</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7570/projeto_de_lei_52-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7570/projeto_de_lei_52-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 389 DE 24 DE ABRIL DE 2001.</t>
   </si>
   <si>
     <t>7571</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7571/projeto_de_lei_53-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7571/projeto_de_lei_53-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA SANTA CLARA" LOCALIZADA EM BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7572</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7572/projeto_de_lei_54-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7572/projeto_de_lei_54-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL CRUZEIRO DO RIO DAS PEDRAS", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7573</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7573/projeto_de_lei_55-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7573/projeto_de_lei_55-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI CAMPANHA DE COMBATE AO ABANDONO DE CANINOS E FELINOS DOMÉSTICOS E/OU DE RUA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7594</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7594/projeto_de_lei_56-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7594/projeto_de_lei_56-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 27, DA LEI MUNICIPAL Nº 1,254 DE 07 DE JUNHO DE 2013, QUE DISPÕE SOBRE A FISCALIZAÇÃO, INFRAÇÕES E PENALIDADES RELATIVAS À PROTEÇÃO DO MEIO AMBIENTE E RECURSOS HÍDRICOS NO ÂMBITO DOS ÓRGÃOS E ENTIDADES QUE COMPÕEM O SISTEMA MUNICIPAL DO MUNICÍPIO DE MARECHAL FLORIANO-SISMARH.</t>
   </si>
   <si>
     <t>7595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7595/projeto_de_lei_57-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7595/projeto_de_lei_57-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO PARÁGRAFO 3º DO ARTIGO 183, DA LEI MUNICIPAL Nº 1.245 DE 16 DE MAIO DE 2013 QUE INSTITUI O CÓDIGO MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7596</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7596/projeto_de_lei_58-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7596/projeto_de_lei_58-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL JEQUITIBÁ", LOCALIZADA NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7597/projeto_de_lei_59-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7597/projeto_de_lei_59-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA RIBEIRO", NO BAIRRO MIGUEL SOUZA, LOCALIZADO NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7598</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7598/projeto_de_lei_60-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7598/projeto_de_lei_60-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL EM HOMENAGEM AS VÍTIMAS DA COVID-19, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7599</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7599/projeto_de_lei_61-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7599/projeto_de_lei_61-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O MÊS "OUTUBRO DOURADO", DEDICADO À CAMPANHA "AMOR EM FRASCO", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7600/projeto_de_lei_62-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7600/projeto_de_lei_62-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL ZALDINO ULIANA", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8029</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8029/772.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8029/772.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS NORMAS DE FUNCIONAMENTO DA FEIRA DA ROÇA DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7621/projeto_de_lei_64-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7621/projeto_de_lei_64-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE LADEIRA RIBET, LOCALIZADA EM COSTA PEREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7622</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7622/projeto_de_lei_65-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7622/projeto_de_lei_65-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA DANIEL KROHLING, LOCALIZADA NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7685</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7685/projeto_de_lei_66-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7685/projeto_de_lei_66-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7686</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7686/projeto_de_lei_67-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7686/projeto_de_lei_67-2020.pdf</t>
   </si>
   <si>
     <t>7632</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7632/proejto_de_lei_68-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7632/proejto_de_lei_68-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 2.230, DE 25 DE SETEMBRO DE 2020.</t>
   </si>
   <si>
     <t>7633</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7633/projeto_de_lei_69-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7633/projeto_de_lei_69-2020.pdf</t>
   </si>
   <si>
     <t>DECLARA PATRIMÓNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, OS DIALETOS TALIAN E FURLAN.</t>
   </si>
   <si>
     <t>7634</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7634/projeto_de_lei_70-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7634/projeto_de_lei_70-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A "SEMANA MUNICIPAL DO INHAME SÃO BENTO".</t>
   </si>
   <si>
     <t>7635</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7635/projeto_de_lei_71-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7635/projeto_de_lei_71-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, O "PROGRAMA DE RECICLAGEM DE SACOLAS PLÁSTICAS", EM PARECERIA COM AS ESCOLAS DA REDE PÚBLICA MUNICIPAL E DISPÕES SOBRE A SUA REALIZAÇÃO.</t>
   </si>
   <si>
     <t>7687</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7687/projeto_de_lei_72-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7687/projeto_de_lei_72-2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA NO MUNICÍPIO DE MARECHAL FLORIANO PARA O EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>7650</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7650/projeto_de_lei_73-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7650/projeto_de_lei_73-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “RUA PAULO ORIVALDO HERTEL”, LOCALIZADA EM BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7649</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7649/projeto_de_lei_74-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7649/projeto_de_lei_74-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ESTRADA MUNICIPAL VALERINO CANAL”, LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7651</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7651/projeto_de_lei_75-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7651/projeto_de_lei_75-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “VEREADOR DAVID KLIPPEL”, O AUDITÓRIO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7688</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7688/projeto_de_lei_76-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7688/projeto_de_lei_76-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE PARCERIA E COOPERAÇÃO MÚTUA E A CEDER SERVIDORES OCUPANTES DE CARGO DE PROVIMENTO EFETIVO AO INSTITUTO DE DEFESA AGROPECUÁRIA E FLORESTAL DO ESPÍRITO SANTO - IDAF, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7689</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7689/projeto_de_lei_77-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7689/projeto_de_lei_77-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A INSTITUIÇÃO DO TELETRABALHO NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7690/projeto_de_lei_78-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7690/projeto_de_lei_78-2020.pdf</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7691/projeto_de_lei_79-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7691/projeto_de_lei_79-2020.pdf</t>
   </si>
   <si>
     <t>7670</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7670/projeto_de_lei_80-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7670/projeto_de_lei_80-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "FONTE HERTEL", A BIQUINHA DE ÁGUA POTÁVEL, LOCALIZADA NA RUA ARTHUR HERTEL, NA COMUNIDADE DE BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7671</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7671/projeto_de_lei_81-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7671/projeto_de_lei_81-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMO SÍMBOLO HISTÓRICO DO MUNICÍPIO, A BIQUINHA DE ÁGUA POTÁVEL DENOMINADA DE "FONTE HERTEL", LOCALIZADA NA BIQUINHA DE ÁGUA POTÁVEL, LOCALIZADA NA RUA ARTHUR HERTEL, NA COMUNIDADE DE BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7672</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7672/projeto_de_lei_82-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7672/projeto_de_lei_82-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO O "PROJETO ARTES", EM ESPAÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>7692</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7692/projeto_de_lei_83-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7692/projeto_de_lei_83-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA MUNICIPAL DA IMIGRAÇÃO PORTUGUESA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7693</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7693/projeto_de_lei_84-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7693/projeto_de_lei_84-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA MUNICIPAL DA IMIGRAÇÃO POLONESA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11100/plo_85-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11100/plo_85-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA PROFESSOR ARNALDO KUSTER", NA COMUNIDADE DA CABOCLA, EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7694</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7694/projeto_de_lei_86-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7694/projeto_de_lei_86-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ATUALIZAÇÃO DE GRAFIA E DO PERCURSO DA RUA RAMILO LEMCKE, NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7709</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7709/projeto_de_lei_87-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7709/projeto_de_lei_87-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA VEREADOR ALCINO OLEGÁRIO DINIZ NETO, NA COMUNIDADE DA CABOCLA, EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7710</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7710/projeto_de_lei_88-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7710/projeto_de_lei_88-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA FÁBIO PIMENTA WERNECK MACHADO, NO BAIRRO JARBINHAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7711</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7711/projeto_de_lei_89-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7711/projeto_de_lei_89-2020.pdf</t>
   </si>
   <si>
     <t>FICA CRIADA NO MUNICÍPIO DE MARECHAL FLORIANO, A RESERVA PARTICULAR DO PATRIMÔNIO NATURAL - RPPNM DE CONFORMIDADE COM O QUE PRECEITUA O ART. 21 DA LEI FEDERAL Nº 9.985 DE 18 DE JULHO DE 2000, REGULAMENTADO PELO DECRETO Nº 5.746, DE 05 DE ABRIL DE 2006.</t>
   </si>
   <si>
     <t>7712</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7712/projeto_de_lei_90-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7712/projeto_de_lei_90-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A POLÍTICA MUNICIPAL DE PRODUÇÃO AGROECOLÓGICA E ORGÂNICA.</t>
   </si>
   <si>
     <t>8030</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8030/1023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8030/1023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO DE METAS FISCAIS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>8031</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8031/1026.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8031/1026.pdf</t>
   </si>
   <si>
     <t>INCLUI NA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO FINANCEIRO DE 2020, O DEMONSTRATIVO DA COMPATIBILIDADE DA PROGRAMAÇÃO DO ORÇAMENTO COM AS METAS DE RESULTADOS FISCAIS".</t>
   </si>
   <si>
     <t>7725</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7725/projeto_de_lei_93-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7725/projeto_de_lei_93-2020.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 1.870, DE 18 DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>7726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7726/projeto_de_lei_94-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7726/projeto_de_lei_94-2020.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 2.183 DE 13 DE MARÇO DE 2020.</t>
   </si>
   <si>
     <t>7727</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7727/projeto_de_lei_95-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7727/projeto_de_lei_95-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESPAÇO CULTURAL ENGENHEIRO AGRIMENSOR JOAQUIM ADOLFO PINTO PACCA" O CORETO DA PRAÇA FIORAVANTE ANDREA LORENZONI, LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7728</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7728/projeto_de_lei_96-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7728/projeto_de_lei_96-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DA TRADUÇÃO NO IDIOMA INGLÊS NAS PLACAS INDICATIVAS DE LOCAIS PÚBLICOS E TURÍSTICOS, EM TODO O ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7729</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7729/projeto_de_lei_97-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7729/projeto_de_lei_97-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O MÊS "DEZEMBRO VERDE", DEDICADO À CAMPANHA DE CONSCIENTIZAÇÃO E REALIZAÇÃO DE AÇÕES EDUCATIVAS E DE REFLEXÃO, CONTRA O ABANDONO E O INCENTIVO À ADOÇÃO DE ANIMAIS.</t>
   </si>
   <si>
     <t>7730</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7730/projeto_de_lei_98-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7730/projeto_de_lei_98-2020.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA MAURÍCIO DE NADAI, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>8163</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8163/projeto_n_99-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8163/projeto_n_99-2020.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRA A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>7442</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Cabral, Cezinha Ronchi, Dodô Krohling, UBALDINO SARAIVA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7442/projeto_de_resolucao-001-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7442/projeto_de_resolucao-001-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO O AMBIENTE VIRTUAL DE DELIBERAÇÃO.</t>
   </si>
   <si>
     <t>7483</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7483/projeto_de_resolucao_-002-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7483/projeto_de_resolucao_-002-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>7520</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7520/projeto_de_resolucao_03-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7520/projeto_de_resolucao_03-2020.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADO O PODER LEGISLATIVO A DEVOLVER AOS COFRES DO EXECUTIVO MUNICIPAL A QUANTIA DE R$ 187.000,00 (CENTO E OITENTA E SETE MIL REAIS).</t>
   </si>
   <si>
     <t>7575</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7575/projeto_de_resolucao_04-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7575/projeto_de_resolucao_04-2020.pdf</t>
   </si>
   <si>
     <t>8183</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8183/1044.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8183/1044.pdf</t>
   </si>
   <si>
     <t>7346</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7346/requerimento_no_001_do_cezar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7346/requerimento_no_001_do_cezar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE RELEVANTE ÓRGÃO, QUE ENCAMINHE A ESTA CASA DE LEIS, UM RELATÓRIO CONTENDO QUAIS AS ÁREAS DE RISCO DO MUNICÍPIO, COM ENDEREÇO DOS IMÓVEIS, COMPREENDENDO RUA E LOCALIDADE, BEM COMO O NÚMERO DE PESSOAS EM RISCO POR RESIDÊNCIA. REQUEIRO AINDA, QUE SEJA EMITIDO UM LAUDO TÉCNICO DE TODOS OS SETORES DE RISCOS, DA VILA DE ARAGUAYA._x000D_
 VALE RESSALTAR QUE ESTA SOLICITAÇÃO É DE CARÁTER DE PREVENTIVO E MERECE ESPECIAL ATENÇÃO.</t>
   </si>
   <si>
     <t>7349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7349/requerimento_no_002_do_diony.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7349/requerimento_no_002_do_diony.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE PODER EXECUTIVO MUNICIPAL, QUE PROCEDA COM TODOS OS PROCEDIMENTOS NECESSÁRIOS, VISANDO COLOCAR EM PRÁTICA A LEI MUNICIPAL Nº. 2.097, DE 27 DE JUNHO DE 2019, A QUAL CONSISTE EM DESENVOLVER EM NOSSA CIDADE, CAMPANHA DE CASTRAÇÃO DE CÃES E GATOS , E REALIZAR-SE NO MÊS DE MARÇO, OCASIÃO EM QUE, SERÃO REALIZADAS AINDA, PALESTRAS PERTINENTES AO TRATO COM OS ANIMAIS, BUSCANDO CONSCIENTIZAR E SENSIBILIZAR A POPULAÇÃO FLORIANENSE, SOBRE A GUARDA RESPONSÁVEL, SAÚDE PÚBLICA E ZOONOSES.</t>
   </si>
   <si>
     <t>7350</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7350/requerimento_no_003_do_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7350/requerimento_no_003_do_felipe.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A REDUÇÃO DA TAXA DE ILUMINAÇÃO PÚBLICA, VISTO QUE, O EXORBITANTE AUMENTO DA MESMA POR PARTE DESSE PODER EXECUTIVO MUNICIPAL, PASSOU A ONERAR AINDA MAIS A CONTA DE ENERGIA ELÉTRICA DOS MUNÍCIPES FLORIANENSES, PROPORCIONANDO TRANSTORNOS E DIFICULDADES, ESPECIALMENTE, ÁS PESSOAS ASSALARIADAS, QUE POR VEZES ACABAM TORNANDO-SE INADIPLENTES COM A EDP, DEVIDO À ALTA TAXA DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>7985</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7985/059.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7985/059.pdf</t>
   </si>
   <si>
     <t>REQUER AO GOVERNADOR RENATO CASAGRANDE, EMPENHO NO SENTIDO DE VIABILIZAR SERVIÇO DE MELHORIAS DAS NOSSAS ESTRADAS, EM PARCERIA COM O MUNICIPIO, EM TODO O INTERIOR, BEM COMO CONSERTO DE PONTES, BUEIROS E DEMAIS PROVIDENCIAS QUE SE FIZEREM NECESSÁRIAS, EM LOCAIS QUE HÁ RISCO DE DESABAMENTOS E DESLIZAMENTOS COMO ENCOSTAS, MUROS E OUTROS, ONDE DEVIDO AS  CHUVAS TORRENCIAIS OCORRIDAS EM NOSSA REGIÃO NOS ÚLTIMOS DIAS, A PREOCUPAÇÃO É CONSTANTE E AINDA MAIOR.</t>
   </si>
   <si>
     <t>7352</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7352/requerimento_no_005_do_joao_cabral.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7352/requerimento_no_005_do_joao_cabral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE INTERVENHA JUNTO AO GOVERNO DO ESTADO, PARA QUE A COMPANHIA ESPÍRITO SANTENSE DE SANEAMENTO (CESAN), PROVIDENCIE MELHORIAS NESTE MUNICÍPIO, NO QUE TANGE À FALTA DE ÁGUA CONSTANTE, VIABILIZANDO MELHORIAS NA CAPTAÇÃO DE ÁGUA, BEM COMO AMPLIAÇÃO DO SISTEMA DE TRATAMENTO, AUMENTANDO TAMBÉM A CAPACIDADE DE ARMAZENAMENTO DE ÁGUA, E OBJETIVANDO COMPORTAR TAL VOLUME DE ÁGUA, REQUEIRO AINDA, CONSTRUÇÃO DE RESERVATÓRIOS, VISANDO AUMENTAR AS REDES DE DISTRIBUIÇÃO.</t>
   </si>
   <si>
     <t>7353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7353/requerimento_no_006_do_ubaldino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7353/requerimento_no_006_do_ubaldino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE REAJUSTAR O VALOR PAGO ATUALMENTE DO TICKET ALIMENTAÇÃO, TENDO EM VISTA A SUA DEFASAGEM._x000D_
 RESSALTO QUE, ALÉM DE CONTEMPLAR OS SERVIDORES DO EXECUTIVO, ESTA INICIATIVA CONTRIBUIRÁ SIGNIFICATIVAMENTE PARA AQUECER AS VENDAS DO COMÉRCIO LOCAL, BEM COMO FOMENTAR A RECEITA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13893</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13893/007-2020_reque.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13893/007-2020_reque.pdf</t>
   </si>
   <si>
     <t>REQUER QUE O PODER EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE, ESTUDE A POSSIBILIDADE DE REALIZAR CONVÊNIOS COM CLINICAS DO ESTADO VISANDO A PARCERIA PARA ATENDIMENTO MÉDICO POR VIDEOCONFERÊNCI, ONDE O PACIENTE NÃO PRECISARÁ DESLOCAR-SE MAIS PARA A GRANDE VITÓRIA EM BUSCA DE MÉDICOS ESPECIALISTAS, OCASIÃO EM QUE O PACIENTE SERÁ ATENDIDO NO PRÓPRIO MUNICÍPIO, REDUZINDO GASTOS COM TRANSPORTES, COMBUSTÍVEIS, MÃO DE OBRA E O MAIS IMPORTANTE É QUE OS PACIENTES SERÃO ATENDIDOS DE FORMA CONFORTÁVEL E DE QUALIDADE.</t>
   </si>
   <si>
     <t>7355</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7355/requerimento_no_008_do_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7355/requerimento_no_008_do_renato.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ASSEGURADO O DIREITO A UMA VAGA DE ESTACIONAMENTO PARA CADEIRANTE, DESTINADA AOS PACIENTE QUE BUSCAM ATENDIMENTO NO SETOR DE FISIOTERAPIA DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, SITUADA NA RUA THIERES VELOSO.</t>
   </si>
   <si>
     <t>7373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7373/requerimento_09-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7373/requerimento_09-2020.pdf</t>
   </si>
   <si>
     <t>REQUER SERVIÇOS DE CONSTRUÇÃO DO ASFALTO, ATRAVÉS DO CONVÊNIO MANTIDO COM O GOVERNO DO ESTADO NO PROJETO CAMINHOS DO CAMPO, NO TRECHO COM INICIO NO POSTO IPIRANGA (km 48, br 262) E TÉRMINO NA LOCALIDADE DE AUXILIADORA EM SOÍDO DE BAIXO, SITUADO NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7374/requerimento_10-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7374/requerimento_10-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAR SERVIÇO EM CARÁTER DE URGÊNCIA, QUANTO AO MANILHAMENTO NA RUA EMÍLIO ENDLICH, LOCALIZADA ATRÁS DA CHURRASCARIA CELSO STEIN, AO LADO DA RESIDÊNCIA DO SR. BENÉ E DONA TITA.</t>
   </si>
   <si>
     <t>7375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7375/requerimento_11-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7375/requerimento_11-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA FIRMADA PARCERIA JUNTO A COMPANHIA ESPÍRITO SANTENSE DE SANEAMENTO (CESAN), POR MEIO DO SEU DIRETOR OPERACIONAL, SR. RODOLFO GOMES CÓ, NO SENTIDO DE VIABILIZAR MELHORIAS NOS PRÓS-RURAIS DESTE MUNICÍPIO, LOCALIZADOS EM ALTO NOVA ALMEIDA, ARAGUAYA, BETINHO SIMON, BOM JESUS, SANTA MARIA, VICTOR HUGO, VILA SCHUNCK, COMPREENDENDO REFORMA E AMPLIAÇÃO DOS MESMOS, EXTENSÃO DE REDE, MELHORIAS NOS FILTRO, BEM COMO, NO QUE TANGE A TRATAMENTO E CONSTRUÇÃO DE NOVOS POSTOS._x000D_
 REQUEIRO, AINDA, QUE DENTRO DAS POSSIBILIDADES, SEJA CONSTRUÍDO UM PRÓ-RURAL NA VILA DO SERTÃO, LOCALIZADA NA COMUNIDADE DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>7376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7376/requerimento_12-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7376/requerimento_12-2020.pdf</t>
   </si>
   <si>
     <t>REITERANDO O REQUERIMENTO DE Nº. 006/2020, DATADO EM 04 DO CORRENTE MÊS, CONFORME SEGUE CÓPIA, REQUEIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, DE FATO, CONCEDA O REAJUSTE DO TICKET ALIMENTAÇÃO DE TODOS OS SEUS SERVIDORES, TENDO EM VISTA, O VALOR DEFASADO PAGO ATUALMENTE._x000D_
 PORTANTO, REQUEIRO EMPENHO DE V. EX.ª, JUNTAMENTE ÀS SECRETARIAS COMPETENTES, NO SENTIDO DE AGILIZAR O PROCESSO, VISANDO À CONCESSÃO DO AUMENTO SOLICITADO ACIMA, O MAIS BREVE POSSÍVEL, CONTEMPLANDO TODOS OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS DESSE EXECUTIVO, OS QUE FAZEM JUS A TAL CONCESSÃO E A AGUARDAM ANSIOSAMENTE, JÁ QUE MERECEM E SERÁ DE SIGNIFICATIVA RELEVÂNCIA PARA OS MESMOS, CONTRIBUINDO POSITIVAMENTE NO ORÇAMENTO FAMILIAR, IMPRESCINDÍVEL PARA SALDAR OS SEUS COMPROMISSOS FINANCEIROS.</t>
   </si>
   <si>
     <t>7377</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7377/requerimento_13-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7377/requerimento_13-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE ENCAMINHAR A ESTA CÂMARA MUNICIPAL, UM PROJETO DE LEI CONTEMPLANDO A REGULARIZAÇÃO DE TERRENOS URBANOS NESTA MUNICIPALIDADE, AUTORIZANDO DESMEMBRAMENTO DE LOTES E ÁREAS  DENTRO DO PERÍMETRO URBANO, OBEDECENDO AO LIMITE MÍNIMO DE 125M².</t>
   </si>
   <si>
     <t>7378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7378/requerimento_14-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7378/requerimento_14-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO GESTOR DESSE EXECUTIVO MUNICIPAL, JUNTAMENTE AO SECRETÁRIO DE AGRICULTURA, APOIO E ATENÇÃO ESPECIAL, NO SENTIDO DE VIABILIZAR O MAIS BREVE POSSÍVEL, A CONTRATAÇÃO DE UM ENGENHEIRO AGRÔNOMO, VISANDO ATUAR NA EMISSÃO DE CFO- CERTIFICADO FITOSSANITÁRIO DE ORIGEM, PARA PRODUTORES EM ESPECIAL DE BANANA.</t>
   </si>
   <si>
     <t>7379</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7379/requerimento_15-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7379/requerimento_15-2020.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O DECRETO EMERGENCIAL INSTITUÍDO PELO PODER EXECUTIVO MUNICIPAL, SENDO ENCAMINHADO PRESTAÇÃO DE CONTAS COMPLETA RELATIVO AOS GASTOS REALIZADOS DURANTE VIGÊNCIA DO DECRETO EMERGENCIAL.</t>
   </si>
   <si>
     <t>7380</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7380/requerimento_16-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7380/requerimento_16-2020.pdf</t>
   </si>
   <si>
     <t>REQUER DA SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTES, URGÊNCIA NO ATENDIMENTO AO PRODUTOR RURAL NO QUE DIZ RESPEITO A MANUTENÇÃO, CASCALHAMENTO E PATROLAMENTO DE ESTRADAS DO DISTRITO DE SANTA MARIA, ARAGUAYA, SOIDO DE BAIXO, VICTOR HUGO E BOM JESUS, HAJA VISTA QUE A ATUAL SITUAÇÃO DAS ESTRADAS VICINAIS QUE ENCONTRAM-SE DETERIORADAS EM RAZÃO DAS CHUVAS QUE ATINGIRAM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7381/requerimento_17-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7381/requerimento_17-2020.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL O ENVIO DA PRESTAÇÃO DE CONTAS REFERENTE A UTILIZAÇÃO DOS RECURSOS FINANCEIROS PROVENIENTES DA LEI MUNICIPAL Nº 1,907, OCASIÃO EM QUE O MUNICÍPIO CONTRATOU OPERAÇÃO DE CRÉDITO JUNTO A CAIXA ECONÔMICA FEDERAL ATÉ O MONTANTE DE 5.000,000,00 (CINCO MILHÕES DE REIAS), SENDO ENCAMINHADO OS CONTRATOS FIRMADOS, AS NOTAS FISCAIS, FOTOS, MEDIÇÕES E PLANILHAS E A DESCRIÇÃO COMPLETA DE CADA OBRA EXECUTADA, SUA LOCALIZAÇÃO E VALOR.</t>
   </si>
   <si>
     <t>7398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7398/requerimento_18-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7398/requerimento_18-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª, À FRENTE DA PROMOTORIA DE JUSTIÇA DA COMARCA DESTA MUNICIPALIDADE, QUE ESTE RELEVANTE ÓRGÃO MINISTERIAL SOLICITE AO DNIT, PROVIDÊNCIAS EM CARÁTER DE URGÊNCIA, QUANTO AO DESCASO PARA COM O TREVO QUE DÁ ACESSO A PARAJÚ, BOA ESPERANÇA E SÃO CRISTÓVÃO.</t>
   </si>
   <si>
     <t>7399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7399/requerimento_19-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7399/requerimento_19-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESTE COMPETENTE ÓRGÃO MUNICIPAL, QUE ENCAMINHE A ESTA CASA DE LEIS, OS LAUDOS TÉCNICOS DE TODAS AS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7400/requerimento_20-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7400/requerimento_20-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO EMPENHO NO SENTIDO DE VIABILIZAR PROVIDÊNCIAS URGENTES QUANTO À AVALANCHE QUE VEM DESCENDO DO MORRO DA MACEFEL, ACIMA DA LINHA FÉRREA, NA DIREÇÃO DA RESIDÊNCIA DO SR. AURELINO HUWER, POPULARMENTE CONHECIDO COMO ''ALEMÃO'', MORADOR DA RUA THIERES VELOSO. FATO ESSE QUE VEM SE REPETINDO DESDE O MÊS DE DEZEMBRO, SEMPRE ASSOCIADO AOS PERÍODOS CHUVOSOS, DESCENDO PARA A RUA THIERES VELOSO TODA A LAMA QUE ESTAGNOU NA LINHA FÉRREA, ESTENDENDO-SE ATÉ AS PROXIMIDADES DA RESIDÊNCIA DA SRA. GORETTI GERARDT.</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7401/requerimento_21-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7401/requerimento_21-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSE PODER EXECUTIVO MUNICIPAL, INTERVENHA JUNTO A CESAN, NO SENTIDO DE PROVIDENCIAR A COMPRA OU CONTRATAÇÃO ATRAVÉS DE ALUGUEL DE UM SISTEMA MONTADO DE TRATAMENTO DE ÁGUA PARA ATENDER A POPULAÇÃO DE MARECHAL FLORIANO COMO REFORÇO ATÉ A EXECUÇÃO DO PROJETO DE AMPLIAÇÃO DA REDE DE TRATAMENTO E ABASTECIMENTO DE ÁGUA, CONFORME CONSTA NO NOVO TERMO DA REDE DE TRATAMENTO E ABASTECIMENTO DE ÁGUA, CONFORME CONSTA NO NOVO TERMO DE CONCESSÃO FIRMADO ENTRE O MUNICÍPIO E A CESAN._x000D_
 REQUEIRO AINDA, QUE SEJA INSTALADA UMA BOMBA AO LADO DA ESTAÇÃO DE TRATAMENTO ATUAL PARA COMPLEMENTAR O VOLUME DE ÁGUA DA CAPTAÇÃO EXISTENTE.</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7402/requerimento_22-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7402/requerimento_22-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A VOSSA EXCELÊNCIA QUE SEJA DISPENSADA UMA ATENÇÃO ESPECIAL PARA A REALIZAÇÃO DOS SERVIÇOS DE LIMPEZA E ROÇAGEM NA RODOVIA JOÃO BATISTA KLEIN EM MARECHAL FLORIANO, COM INÍCIO NA BR 262, RETIRANDO TODA A VEGETAÇÃO LOCALIZADA AS MARGENS DA RODOVIA.</t>
   </si>
   <si>
     <t>7403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7403/requerimento_23-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7403/requerimento_23-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A VOSSA EXCELÊNCIA QUE SEJA DISPENSADA UMA ATENÇÃO ESPECIAL PARA A REALIZAÇÃO DOS SERVIÇOS DE LIMPEZA E ROÇAGEM NA RODOVIA CORIOLANO GUILHERME STEIN EM MARECHAL FLORIANO, COM INÍCIO NA BR 262, NO TREVO DE PARAJU, RETIRANDO TODA A VEGETAÇÃO LOCALIZADA AS MARGENS DA RODOVIA.</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7404/requerimento_24-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7404/requerimento_24-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A VOSSA EXCELÊNCIA QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA O PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE INTERLIGA A BR 262, PRÓXIMO AO POSTO IPIRANGA ÀS COMUNIDADES DE VILA SCHUNCK, SOÍDO DE BAIXO , PASSANDO PRÓXIMO A IGREJA AUXILIADORA E TÉRMINO NA RODOVIA JOÃO BATISTA KLEIN._x000D_
 REQUEIRO AINDA QUE O SECRETÁRIO ABRÃO LEVI KIFFER DISPONIBILIZE OS MAQUINÁRIOS DO MUNICÍPIO PARA EFETUAR A RETIRADA DAS BARREIRAS CAÍDAS NA COMUNIDADE DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7405/requerimento_25-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7405/requerimento_25-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PREFEITO MUNICIPAL CACAU LORENZONI E AO SECRETÁRIO MUNICIPAL DE INTERIOR E TRANSPORTE QUE PROVIDENCIE O PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL QUE INTERLIGA A BR 262, PRÓXIMO A DONA DEJA ATÉ AS PROXIMIDADES DA IGREJA AUXILIADORA, ATENDENDO A TODOS OS MORADORES E PRODUTORES RURAIS QUE UTILIZAM O REFERIDO PERCURSO QUE FOI IMENSAMENTE AFETADO PELAS CHUVAS OCORRIDAS NO ÚLTIMO FINAL DE SEMANA EM NOSSA REGIÃO.</t>
   </si>
   <si>
     <t>7418</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7418/requerimento_26-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7418/requerimento_26-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM À PRESENÇA DE VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE:_x000D_
 VISANDO ATENDE OS MUNÍCIPES QUE TÊM ME PROCURADO, PAIS E INTEGRANTES DA COMUNIDADE ESCOLAR, BEM COMO REPRESENTANTES DA SOCIEDADE CIVIL, VENHO REQUERER A V. Exª, EN CARÁTER DE URGÊNCIA, APOIO NO QUE TANGE À PREVENÇÃO AO CORONAVÍRUS, DISPONIBILIZANDO ÁLCOOL GEL 70º EM TODAS AS REPARTIÇÕES PUBLICAS MUNICIPAIS, ESPECIALMENTE, NAS ESCOLAS E DEMAIS LOCAIS QUE RECEBEM E/OU COMPORTAM GRANDE FLUXO DE PESSOAS._x000D_
 REQUEIRO, AINDA, QUE A SECRETARIA MUNICIPAL DE SAÚDE DESIGNE UMA EQUIPE, VISANDO PASSAR NOS COMÉRCIOS ORIENTADO OS SEUS PROPRIETÁRIOS, BEM COMO, OS SEUS FUNCIONÁRIOS, A MANTER UM DISPENSER E/OU RECIPIENTE COM O ÁLCOOL GEL 70º EM SEUS SANITÁRIOS E PRÓXIMOS AOS SEUS BALCÕES, PARA QUE OS MESMOS E SEUS CLIENTES POSSAM FAZER USO DIÁRIO, OBJETIVANDO AUXILIAR NA CAMPANHA DE PREVENÇÃO.</t>
   </si>
   <si>
     <t>7419</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7419/requerimento_27-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7419/requerimento_27-2020.pdf</t>
   </si>
   <si>
     <t>VISANDO ORIENTAR MELHOR OS MUNÍCIPES QUE ME PROCURAM EM BUSCA DE INFORMAÇÃO INERENTES DO PROTOCOLO QUE O MUNICÍPIO ADOTARA EM RELAÇÃO AO CORONAVÍRUS, NO QUE TANGE AOS ATENDIMENTOS EM ÓRGÃOS PÚBLICOS, CENTRAIS DE ATENDIMENTO, CENTRO UNIDADE DE SAÚDE, ESCOLAS, TRANSPORTE PUBLICO, SHOWS, ESPETÁCULOS E EVENTOS ESPORTIVOS, REQUEIRO, QUE SEJAM ENVIADAS A ESTA CASA DE LEIS, O MAIS BREVE POSSÍVEL, AS INFORMAÇÕES CONTENDO O POSICIONAMENTO DESSE PODER EXECUTIVO MUNICIPAL, EM RELAÇÃO AO AQUI QUESTIONADO.</t>
   </si>
   <si>
     <t>7420</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7420/requerimento_28-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7420/requerimento_28-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO MUNICIPAL, QUE PROMOVE URGENTEMENTE, REUNIÃO COM OS LIDERES RELIGIOSOS DESTA MUNICIPALIDADE, COMPREENDENDO REPRESENTANTES DAS IGREJAS CATÓLICAS, EVANGÉLICAS E DEMAIS DENOMINAÇÕES, VISANDO ORIENTÁ-LOS DE FORMA DEVIDA E CORRETA, DISPONIBILIZANDO RELEVANTES INFORMAÇÕES INERENTES Á PREVENÇÃO DO CORONAVÍRUS, OBJETIVANDO, EM ESPECIAL, QUE ESSES LIDERES REPASSEM TAIS ORIENTAÇÕES AOS FIÉIS.</t>
   </si>
   <si>
     <t>7421</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7421/requerimento_29-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7421/requerimento_29-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE PODER EXECUTIVO MUNICIPAL, EM QUE CONSONÂNCIA COM A SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, QUE ANALISE E REVEJA, EM CARÁTER DE URGÊNCIA, OS PROCEDIMENTOS A SEREM ADOTADOS NA TERCEIRA IDADE, INERENTES Á PREVENÇÃO AO CORONAVÍRUS, TENDO EM VISTA QUE, TRATA-SE DE UM GRUPO DE RISCO, COM O AGRAVANTE DE GRANDES PARTE DOS IDOSOS RECEBEM VISITAS DE SEUS FAMILIARES,ORIUNDOS DA GRANDE VITORIA E DEMAIS LOCALIDADES, EM QUE OS CASOS VÊM EVOLUINDO, PODENDO SER UMA FORMA DE PROPAGAÇÃO DO MENCIONADO VÍRUS. RAZÃO, PELA QUAL, SUGIRO QUE MOMENTANEAMENTE, SEJA VIÁVEL A PARALISAÇÃO DA PROGRAMAÇÃO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, CONTEMPLANDO A TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7422/requerimento_30-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7422/requerimento_30-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO MUNICIPAL COLOQUE EM PRATICA A LEI MUNICIPAL Nº 1.039 , DE 27 DE MAIO DE 2011, QUE DISPÕE SOBRE A CONCESSÃO DE 50% (CINQUENTA PORCENTO) COMO AJUDA DE CUSTO DO TRANSPORTE UNIVERSITÁRIO, VISANDO BENEFICIAR OS ESTUDANTES UNIVERSITÁRIOS DE NOSSA MUNICIPALIDADE, QUE SE DESLOCAM DO MUNICÍPIO COM DESTINO À GRANDE VITÓRIA, PARA CURSAREM O ENSINO SUPERIOR E CURSOS TÉCNICOS, NÃO MINISTRADOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7440</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7440/requerimento-031-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7440/requerimento-031-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A DISPONIBILIZAÇÃO DO SERVIDOR MUNICIPAL VALÉRIO MONTEIRO, CUJA MATRÍCULA 1565, TÉCNICO EM AGROPECUÁRIA LOTADO NA SECRETARIA MUNICIPAL DE AGRICULTURA, PARA FAZER TREINAMENTO DE UM DIA, NO INCAPER CENTRAL, LOCALIZADO EM VITÓRIA, SOBRE O FUNCIONAMENTO DO SISTEMA GEOBASES -  SISTEMA INTEGRADO DE BASES GEOESPACIAIS DO ESTADO DO ESPÍRITO SANTO, VISANDO Á INSERÇÃO DE INFORMAÇÕES DE LOCALIZAÇÃO DE LOCALIDADES, BAIRROS E RIOS DE NOSSO MUNICÍPIO._x000D_
 VALE RESSALTAR, QUE ESTA SOLICITAÇÃO MERECE ESPECIAL ATENÇÃO, TENDO EM VISTA QUE TRARÁ MUITOS BENEFÍCIOS PARA A MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>7441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7441/requerimento-032-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7441/requerimento-032-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE A ESTRATÉGIA SAÚDE DA FAMÍLIA (ESF) BUSCA UM MODELO DE ATENÇÃO INTEGRAL À SAÚDE COM MEDIAÇÕES ENTRE A FAMÍLIA, COMUNIDADE E PROFISSIONAIS._x000D_
 CONSIDERANDO QUE O AGENTE DE SAÚDE QUE SE ENCONTRA INSERIDO NA SAÚDE DA FAMÍLIA DEVE DESENVOLVER ATIVIDADES DE PREVENÇÃO DE DOENÇAS E PROMOÇÃO DE SAÚDE, POR MEIO DE AÇÕES EDUCATIVAS INDIVIDUAIS E COLETIVAS, NOS DOMICÍLIOS E NA COMUNIDADE, SOB SUPERVISÃO COMPETENTE;_x000D_
 REQUEIRO A REGULARIZAÇÃO DOS LOCAIS SEM AGENTES DE SAÚDE EM ESTRATÉGIA DA SAÚDE FAMILIAR (ESF), GARANTINDO OS PROFISSIONAIS DA SAÚDE EM TODAS AS COMUNIDADES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7448/requerimento_33-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7448/requerimento_33-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO JUNTAMENTE COM A SECRETARIA DE ASSISTÊNCIA SOCIAL E A SECRETARIA DE SAÚDE, QUE PROMOVA UMA CAMPANHA DENOMINADA "HIGIENE E LIMPEZA SOLIDÁRIA", ATRAVÉS DA DISTRIBUIÇÃO DE KITS, CONTENDO ÁLCOOL, ÁGUA SANITÁRIA, CLORO, SABÃO EM PEDRA E OU SABONETE LÍQUIDO, CONTEMPLANDO O ATENDIMENTO AS FAMÍLIAS EM SITUAÇÃO DE EXTREMA VULNERABILIDADE SOCIAL DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7449</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7449/requerimento_34-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7449/requerimento_34-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO O RETORNO DAS CONSULTAS EM ESPECIALIDADES E A REALIZAÇÃO DE EXAMES LABORATORIAIS COMO MEDIDAS PROTETIVAS DE CORONA VÍRUS COM PROPÓSITO DE AUMENTAR A SEGURANÇA E A EFICIÊNCIA NA IDENTIFICAÇÃO DE CASOS DA DOENÇA COVID-19._x000D_
 EXAMES LABORATORIAIS: SÓDIO, POTÁSSIO, UREIA, CREATININA, BILIRRUBINA, CPK, CKMB, TGO, TGP.</t>
   </si>
   <si>
     <t>7450</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7450/requerimento_35-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7450/requerimento_35-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA HIGIENIZADA AS RUAS, BECOS ESCADARIAS E PRAÇAS E DEMAIS SETORES PÚBLICOS DA SEDE E INTERIOR DO MUNICÍPIO, COM O OBJETIVO DE MANTER A CIDADE LIMPA PARA ELIMINAR POSSÍVEIS FOCOS TRANSMISSORES DE DOENÇAS, E AO MESMO TEMPO, PRESERVAR O MEIO AMBIENTE E A QUALIDADE DE VIDA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>7451</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7451/requerimento_36-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7451/requerimento_36-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO QUE SEJA DECRETADO O USO OBRIGATÓRIO DE MÁSCARAS POR TODAS AS PESSOAS QUE TENHAM ACESSO AO MUNICÍPIO DE MARECHAL FLORIANO, PRINCIPALMENTE AOS MORADORES._x000D_
 REFORÇANDO QUE AINDA NECESSÁRIO UTILIZAR PROTETORES FACIAIS, EM AMBIENTES PÚBLICOS, FECHADOS E ABERTOS E ESTABELECIMENTOS COMERCIAIS, DE QUALQUER TIPO QUE TIVEREM ATENDIMENTO AO PUBLICO._x000D_
 E REQUEIRO AINDA QUE SEJAM FEITAS BARREIRAS SANITÁRIAS NOS LIMITES DO MUNICÍPIO COM CONTROLE RIGOROSO POR MEIO DE AUTORIDADE MUNICIPAL.</t>
   </si>
   <si>
     <t>7452</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7452/requerimento_37-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7452/requerimento_37-2020.pdf</t>
   </si>
   <si>
     <t>DIANTE DOS FATOS APRESENTADOS;_x000D_
 _x000D_
 REQUEIRO AO PODER EXECUTIVO JUNTAMENTE COM A SECRETARIA MUNICIPAL DE MEIO AMBIENTE, E O CONSELHO MUNICIPAL DE MEIO AMBIENTE, A REALIZAÇÃO DE UMA CAMPANHA DE COMBATE AO MOSQUITO BORRACHUDO, CONFORME DETERMINA A LEI MUNICIPAL Nº 2.110 DE 13 DE AGOSTO DE 2019 (EM ANEXO).</t>
   </si>
   <si>
     <t>7453</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7453/requerimento_38-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7453/requerimento_38-2020.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADA DE FORMA DETALHADA A CÓPIA DE TODAS AS LICITAÇÕES, CONTRATOS E EMPENHOS, LIQUIDAÇÕES, MEDIÇÕES E OUTRAS PEÇAS PROVENIENTES DE CONTRATAÇÃO DA EMPRESA FORTALEZA AMBIENTAL E GERENCIAMENTO DE RESÍDUOS LTDA EPP._x000D_
 REQUER AINDA ENCAMINHAMENTO POR PARTE DA EMPRESA FORTALEZA, A CÓPIA MENSAL  DA "GFIP/SEFIP", REFERENTE AOS CONTRATOS COM O MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>7454</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7454/requerimento_39-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7454/requerimento_39-2020.pdf</t>
   </si>
   <si>
     <t>REQUER DA EMPRESA TEFAC CONSTRUÇÕES E SERVIÇOS EIRELI O ENCAMINHAMENTO DE CÓPIA MENSAL DA "GFIP/SEFIP", REFERENTE AOS CONTRATOS COM O MUNICÍPIO DE MARECHAL FLORIANO DESTACANDO A RELAÇÃO DE FUNCIONÁRIOS QUE ATUARAM NO MUNICÍPIO , DURANTE O PERÍODO DE 2017/2018/2019/2020.</t>
   </si>
   <si>
     <t>7455</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7455/requerimento_40-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7455/requerimento_40-2020.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADA DE FORMA DETALHADA E MENSALMENTE, SEPARADA POR SECRETARIAS, A CÓPIA DE TODAS AS LICITAÇÕES, CONTRATOS, EMPENHOS, LIQUIDAÇÕES, NOTAS FISCAIS, E DEMAIS DOCUMENTOS REFERENTES Á COMPRA DE PEÇAS E SERVIÇOS MECÂNICOS DESTINADOS À MANUTENÇÃO DOS AUTOMÓVEIS E MÁQUINARIOS.</t>
   </si>
   <si>
     <t>7456</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7456/requerimento_41-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7456/requerimento_41-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE É IMPOSSÍVEL CALCULAR OS PREJUÍZOS CAUSADOS PELA PANDEMIA AO COMÉRCIO MUNICIPAL, A PANDEMIA DO CORONA VÍRUS, ONDE O EFEITO DESTE VÍRUS E AS RESTRIÇÕES DE FUNCIONAMENTO DE DIVERSAS ATIVIDADES TROUXERAM INÚMEROS PREJUÍZOS, ONDE DEMISSÕES PRECISARAM SER REALIZADAS, TRAZENDO O DESESPERO PARA MUITAS FAMÍLIAS QUE TINHA NO SEU EMPREGO A ÚNICA FONTE DE RENDA._x000D_
 DIANTE DOS FATOS ACIMA, REQUEIRO AO PREFEITO MUNICIPAL A CRIAÇÃO DE UM DECRETO MUNICIPAL AUTORIZANDO TODOS COMERCIANTES DO MUNICÍPIO DE MARECHAL FLORIANO A ABRIREM SUAS LOJAS NOS DIAS DE FERIADOS MUNICIPAIS E NACIONAIS ATÉ O FINAL DE 2020.</t>
   </si>
   <si>
     <t>7457</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7457/requerimento_42-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7457/requerimento_42-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO, JUNTAMENTE COM A SECRETARIA DE SAÚDE, QUE ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR UM ESPAÇO ADEQUADO PARA O DESCARTE CONSCIENTE DAS MÁSCARAS FACIAIS DE TNT E OUTROS MATERIAIS NÃO RECICLÁVEIS.</t>
   </si>
   <si>
     <t>7474</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7474/requerimento-043-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7474/requerimento-043-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ENCAMINHADA  A ESTA CASA DE LEIS, A CÓPIA DE TODA DOCUMENTAÇÃO REFERENTE À CONSTRUÇÃO DA ''ESCOLA FLORES PASSINATO KUSTER'', LOCALIZADA EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>7475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7475/requerimento-044-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7475/requerimento-044-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ENCAMINHADA A ESTA CASA DE LEIS, A CÓPIA DO CONTRATO, BEM COMO, TODA DOCUMENTAÇÃO REFERENTE À REFORMA E AMPLIAÇÃO DO ''CMEI MARIA KNIDEL LUBE'', LOCALIZADO EM SANTA MARIA.</t>
   </si>
   <si>
     <t>7476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7476/requerimento-045-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7476/requerimento-045-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ENCAMINHADA A ESTA CASA DE LEIS, A CÓPIA DE TODA DOCUMENTAÇÃO INERENTE ÀS OBRAS EXECUTADAS NOS ÚLTIMOS 08 (OITO) ANOS, PELA EMPRESA MGP CONSTRUÇÕES E SERVIÇOS LTDA-ME, COMPREENDENDO CERTAMES LICITATÓRIOS, CONTRATOS, ADITIVOS, EMPENHOS, NOTAS FISCAIS E DEMAIS DOCUMENTOS PERTINENTES.</t>
   </si>
   <si>
     <t>7477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7477/requerimento-046-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7477/requerimento-046-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJAM VIABILIZADAS PROVIDÊNCIAS POR ESSA SECRETARIA MUNICIPAL DE AGRICULTURA, TENDO O SR. SERGIO STEIN A FRENTE DA MESMA, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, A INSTALAÇÃO DE UM LAVATÓRIO COM ÁGUA E SABÃO, BEM COMO DISPONIBILIZAR ÁLCOOL EM GEL 70º, NA FEIRA LIVRE, REALIZADA AOS SÁBADOS, VISANDO PROPORCIONAR MAIOR PROTEÇÃO, TANTO AOS FEIRANTES, QUANTO AOS CONSUMIDORES E/OU FREQUENTADORES DA MESMA.</t>
   </si>
   <si>
     <t>7478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7478/requerimento-047-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7478/requerimento-047-2020.pdf</t>
   </si>
   <si>
     <t>VISANDO AVERIGUAR POSSÍVEL CRIME AMBIENTAL POR PARTE DO PARLAMENTAR REQUEIRO DO PODER EXECUTIVO MUNICIPAL E DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE A DOCUMENTAÇÃO DE REGULARIZAÇÃO AMBIENTAL DO LOTEAMENTO VENHA MORAR NAS MONTANHAS DE PROPRIEDADES DO VEREADOR JOSE RODOLFO KROHLING.</t>
   </si>
   <si>
     <t>7479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7479/requerimento-048-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7479/requerimento-048-2020.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO O ENCAMINHAMENTO DE PRESTAÇÃO DE CONTAS REFERENTES A AQUISIÇÃO, ESTOCAGEM E DISTRIBUIÇÃO DE MEDICAMENTOS NOS ÚLTIMOS 24 MESES, (MAIO DE 2018 A MAIO DE 2020),SENDO ENCAMINHADO MENSALMENTE AS SEGUINTES INFORMAÇÕES...</t>
   </si>
   <si>
     <t>7480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7480/requerimento-049-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7480/requerimento-049-2020.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL A CÓPIA INTEGRAL DA FOLHA DE PAGAMENTO REFERENTE AO PERÍODO DE NOVEMBRO DE 2019 A MAIO DE 2020, HAJA VISTA QUE OS DADOS NO PORTAL DA TRANSPARÊNCIA ESTÃO INCOMPLETOS.</t>
   </si>
   <si>
     <t>7481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7481/requerimento-050-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7481/requerimento-050-2020.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO PROCESSO ADMINISTRATIVO DE CONTRATAÇÃO DA ORGANIZAÇÃO SOCIAL INSTITUTO SOCIAL MAIS SAÚDE.</t>
   </si>
   <si>
     <t>7482</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7482/requerimento-051-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7482/requerimento-051-2020.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ENCAMINHADA DE FORMA DETALHADA CONSTANDO FOTOS E PLANILHAS DE MEDIÇÕES TODAS AS INFORMAÇÕES REFERENTES A QUANTIDADE DE CALÇAMENTO QUE FOI REALIZADO COM O MATERIAL PAV'S QUE VEIO DA SEAG/GOVERNO DO ESTADO DO ESPIRITO SANTO OU ATRAVÉS DE EMENDA PARLAMENTAR, COM INDICAÇÃO DA TITULARIDADE DOS LOCAIS BENEFICIADOS PELOS SERVIÇOS DE CALÇAMENTO QUE UTILIZARAM ESTE MATERIAL DURANTE OS ANOS DE 2018 E 2019 E 2020._x000D_
 REQUEIRO AINDA, QUE SEJA ENCAMINHADO CÓPIA DO PROCESSO DE LICENÇA AMBIENTAL, QUANDO NECESSÁRIO PARA A EXECUÇÃO DOS SERVIÇOS DE CALÇAMENTO COM ESTE MATERIAL DE PAV'S ACIMA REFERENCIADO.</t>
   </si>
   <si>
     <t>7497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7497/requerimento_52-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7497/requerimento_52-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSA RELEVANTE SECRETARIA MUNICIPAL QUE, SEJAM ENCAMINHADOS A ESTA CÂMARA MUNICIPAL, RELATÓRIOS MENSAIS INERENTES AOS RECEBIMENTOS DE RECURSOS FEDERAIS, PROVENIENTES DO MINISTÉRIO DA SAÚDE, VISANDO O ENFRENTAMENTO AOS CORONAVÍRUS, COMPREENDENDO OS VALORES RECEBIDOS, BEM COMO APLICADOS, COM DESCRIÇÃO COMPLETA DE ONDE E COM QUAL FINALIDADE FORAM GASTOS.</t>
   </si>
   <si>
     <t>7498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7498/requerimento_53-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7498/requerimento_53-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE, DENTRO DAS POSSIBILIDADES, VIABILIZE E LEGALIDADE, SEJA VIABILIZADOS UM NOVO HORÁRIO PARA OS GARIS TRABALHAREM, REALIZANDO O SERVIÇO DE LIMPEZA DAS VIAS PÚBLICAS ATÉ 11 HORAS, VISANDO MENOR PERMANÊNCIA NAS MESMAS, BEM COMO MENOR EXPOSIÇÃO, DEVIDO À DISSEMINAÇÃO DA COVID-19.</t>
   </si>
   <si>
     <t>7499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7499/requerimento_54-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7499/requerimento_54-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA CONCEDIDO AOS PROFISSIONAIS DE SERVIÇOS ESSENCIAIS AO COMBATE DA EPIDEMIA DO CORONAVÍRUS, O PAGAMENTO DE ADICIONAL DE INSALUBRIDADE EM GRAU MÁXIMO, DENTRE OS QUAIS TODOS OS PROFISSIONAIS DA ÁREA DA SAÚDE, COMPREENDENDO MÉDICOS, ENFERMEIROS, TÉCNICOS, AUXILIARES  E DEMAIS PROFISSIONAIS QUE ATUAM NA LINHA DE FRENTE NO COMBATE AO CORONAVÍRUS, BEM COMO, VIGILÂNCIA SANITARISTA, LIMPEZA URBANA E OUTROS, CASO O MUNICÍPIO TENHA._x000D_
 REQUEIRO, AINDA, QUE SEJA CONCEDIDA AOS MESMOS, GORAS EXTRA E ALIMENTAÇÃO, DURANTE P EXPEDIENTE DE TRABALHO NO PERÍODO PANDÊMICO, COMPREENDENDO CAFÉ DA MANHÃ, ALMOÇO , CAFÉ DA TARDE E JANTA, EM ESPECIAL, OS SERVIDORES DA VIGILÂNCIA SANITÁRIA, BEM COMO, OS QUE ESTÃO ATUANDO MAS BARREIRAS SANITÁRIAS.</t>
   </si>
   <si>
     <t>7500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7500/requerimento_55-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7500/requerimento_55-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE, SEJA AGENDADA O MAIS BREVE POSSÍVEL, UMA REUNIÃO COM V.S.ª, JUNTAMENTE AOS MEMBROS DO CONSELHO MUNICIPAL DO MEIO AMBIENTE (COMMA), VISANDO TRAÇAR METAS, OBJETIVANDO COLOCAR EM PRÁTICA O PEDIDO DO COMBATE AO BORRACHUDO NO MUNICÍPIO, CONFORME PRECONIZA A LEI MUNICIPAL Nº 2.110, DE 13 DE AGOSTO DE 2019 QUE "INSTITUI CAMPANHA E PROGRAMA DE COMBATE AO MOSQUITO SIMULIIDAE  (MOSQUITO BORRACHUDO), E DEMAIS ESPÉCIE NO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS", CONFORME SEGUE EM ANEXO.</t>
   </si>
   <si>
     <t>7501</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7501/requerimento_56-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7501/requerimento_56-2020.pdf</t>
   </si>
   <si>
     <t>PARA MINIMIZAR O IMPACTOS DA PANDEMIA DO NOVO CORONAVÍRUS, REQUEIRO AO PODER EXECUTIVO QUE CRIE UM PROTOCOLO DE TRATAMENTO PRECOCE DOS PACIENTES QUE APRESENTAREM SINTOMAS INICIAIS DA COVID-19, ATRAVÉS DA DISTRIBUIÇÃO DE KIT'S DE MEDICAMENTOS CONTENDO:_x000D_
 1-HIDROXICLOROQUINA_x000D_
 2- AZITROMICINA 500MG (07 COMPRIMIDOS)_x000D_
 3- IVERMECTINA 6MG (02 COMPRIMIDOS)_x000D_
 4- PREDNISONA 20MG (10 COMPRIMIDOS)_x000D_
 5- ZINCO 20MG (10 COMPRIMIDOS)</t>
   </si>
   <si>
     <t>7516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7516/requerimento_57-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7516/requerimento_57-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADA A COMPRA DE TESTES DA COVID-19 (PCR) PARA A REALIZAÇÃO DE TESTAGEM DE TODOS OS PROFISSIONAIS DA SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7517/requerimento_58-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7517/requerimento_58-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE PODER EXECUTIVO MUNICIPAL ANALISE A VIABILIDADE E LEGALIDADE DE AQUISIÇÃO DE ÁREA, LOCALIZADA NESTA CIDADE, VISANDO À CONSTRUÇÃO E INSTALAÇÃO DO "CRAS", TENDO EM VISTA QUE, ANTERIORMENTE SOLICITEI TAL BENFEITORIA E TUDO INDICA QUE EM BREVE A MUNICIPALIDADE SERÁ ATENDIDA E CONTEMPLADA. E, COMO SUGESTÃO, INDICO A ÁREA DA ANTIGA EMPRESA "MAYARA INDUSTRIAL DE ALIMENTOS", SITUADA NA RUA GUSTAVO HERTEL, BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>7518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7518/requerimento_59-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7518/requerimento_59-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSA CONCEITUADO ÓRGÃO MUNICIPAL QUE, SEJA VIABILIZADA A CONFECÇÃO DA PLACA QUE DENOMINA A UNIDADE BÁSICA DE SAÚDE DE SOÍDO DE BAIXO, CONFORME PROJETO DE LEI DE MINHA AUTORIA, QUE CULMINOU NA SANSÃO DA LEI MUNICIPAL Nº 1.967 DE 27 DE MARÇO DE 2018, QUE "DENOMINA DE ANTÔNIO JOSÉ KLEIN, A UNIDADE BÁSICA DE SAÚDE LOCALIZADA EM SOÍDO DE BAIXO, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>7519</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7519/requerimento_60-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7519/requerimento_60-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO PODER EXECUTIVO E DA SECRETARIA MUNICIPAL DE SAÚDE QUE SEJAM ADOTADAS MEDIDAS PARA QUE NO PERÍODO DE 15 EM 15 DIAS, SEJA REALIZADO O EXAME DE TESTE RÁPIDO NOS PROFISSIONAIS QUE ATUAM NA LINHA DE FRENTE AO COMBATE DO COVID-19 DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7533</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7533/requerimento_61-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7533/requerimento_61-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, DENTRO DAS POSSIBILIDADES E LEGALIDADE, QUE SEJA ANALISADA A POSSIBILIDADE DE REABRIR OS COMÉRCIOS TODOS OS DIAS, ACABANDO COM A ABERTURA DOS MESMOS EM DIAS ÍMPARES E PARES, DE ACORDO COM O SEGMENTO EM QUE ATUAM, UTILIZANDO-SE TODAS AS REGRAS DE HIGIENIZAÇÃO, SOBRETUDO, LIMITANDO O NÚMERO DE PESSOAS DENTRO DESSES LOCAIS, OU SEJA, ATENDENDO PEDIDOS DE COMERCIANTES, BEM COMO, DIVERSOS MUNÍCIPES, SOBRETUDO DO INTERIOR., SOLICITO AQUI A ABERTURA TOTAL E A VOLTA DAS ATIVIDADES EM TODOS OS ESTABELECIMENTOS, COM EXPEDIENTE NORMAL EM HORÁRIO COMERCIAL.</t>
   </si>
   <si>
     <t>7534</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7534/requerimento_62-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7534/requerimento_62-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO EMPENHO NO SENTIDO DE VIABILIZAR PROVIDÊNCIAS URGENTES NA RUA NILSON STEIN, LOCALIZADA NO MORRO DA MACEFEL, CONSTRUINDO UM MURO DE CONTENÇÃO, EM FRENTE À RESIDÊNCIA DO SR. SEVERINO SCHREIDER, ONDE OCORREU A QUEDA DE BARRANCO, DEIXANDO A PAVIMENTAÇÃO DA REFERIDA VIA DE ACESSO EM RISCO IMINENTE DE DESABAR, CONFORME SEGUEM FOTOS. FATO ESSE, QUE ESTÁ DEIXANDO OS MORADORES LOCAIS E ADJACENTES TEMEROSOS, ANGUSTIADOS E AFLITOS, SENTINDO-SE TOTALMENTE INSEGUROS E DESPROTEGIDOS.</t>
   </si>
   <si>
     <t>7535</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7535/requerimento_63-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7535/requerimento_63-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE APÓS VISITA AO DISTRITO DE SANTA MARIA, NA COMUNIDADE VILA DOS IPÊS, LOCALIZADA ANEXO AO CAMPO DE FUTEBOL, ANALISAMOS A NECESSIDADE DE PROVER DIVERSAS MELHORIAS PARA A POPULAÇÃO QUE ALI RESIDEM E NECESSITAM DE OBRAS QUE MELHOREM A INFRAESTRUTURA DA COMUNIDADE CONFORME INDICAÇÃO DE SERVIÇOS ABAIXO DESCRITOS:_x000D_
 EXTENSÃO DE REDE DE ILUMINAÇÃO;_x000D_
 LIMPEZA NO CÓRREGO QUE ATRAVESSA A VILA DOS IPÊS_x000D_
 CONCLUSÃO DE CALÇAMENTO DAS RUAS QUE AINDA NÃO FORAM CALÇADAS_x000D_
 MELHORIA NO SISTEMA DE ABASTECIMENTO DE ÁGUA, INCLUSIVE TROCA DE PEDRAS E AREIAS DOS FILTROS, MELHORIA NO DECANTADOR DENTRE OUTROS.</t>
   </si>
   <si>
     <t>7536</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7536/requerimento_64-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7536/requerimento_64-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A SANÇÃO DA LEI FEDERAL Nº 13.987, DE 7 DE ABRIL DE 2020, VENHO REQUER INFORMAÇÕES DO PODER EXECUTIVO MUNICIPAL E DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, ENCAMINHANDO A ESTA CASA DE LEIS QUAIS SÃO AS PRÁTICAS QUE O PODER PÚBLICO VEM REALIZANDO PARA GARANTIR A OFERTA DE ALIMENTAÇÃO ESCOLAR DOS ESTUDANTES DO ENSINO MUNICIPAL DURANTE A SUSPENSÃO DAS AULAS DEVIDO A PANDEMIA DE COVID-19.</t>
   </si>
   <si>
     <t>7537</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7537/requerimento_65-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7537/requerimento_65-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE NÃO FOI POSSÍVEL REALIZAR A ENTREGA DO REQUERIMENTO 039/2020, DE MINHA AUTORIA, DESTINADO A EMPRESA TEFAC CONSTRUÇÕES E SERVIÇOS EIRELI, REQUEIRO DO PODER EXECUTIVO OS DADOS DO RESPONSÁVEL PELA EMPRESA, ENDEREÇO, CONTATO TELEFÔNICO PARA QUE ESTA CASA DE LEIS POSSA REALIZAR A ENTREGA DO REFERIDO REQUERIMENTO, POIS NO ENDEREÇO APRESENTADO NO CARTÃO DE CNPJ NÃO FOI ENCONTRADO NADA QUE IDENTIFIQUE A VERACIDADE DA INSTALAÇÃO DA EMPRESA NESTE ENDEREÇO.</t>
   </si>
   <si>
     <t>7556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7556/requerimento_66-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7556/requerimento_66-2020.pdf</t>
   </si>
   <si>
     <t>ATENDENDO REIVINDICAÇÕES DE MUNÍCIPES, EM ESPECIAL, DA LOCALIDADE DE RIO FUNDO E ADJACÊNCIAS, VENHO PERANTE AS SUPRACITADAS EMPRESAS DE TRANSPORTE COLETIVO, SOLICITAR O RETORNO DOS ÔNIBUS QUE POSSAM POR RIO FUNDO, HAJA VISTA QUE DEIXARAM DE PASSAR, PROPORCIONANDO INÚMEROS TRANSTORNOS AOS MORADORES LOCAIS, DEVIDO À FALTA DOS MESMOS.</t>
   </si>
   <si>
     <t>7557</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7557/requerimento_67-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7557/requerimento_67-2020.pdf</t>
   </si>
   <si>
     <t>VISANDO ATENDER AOS MUNÍCIPES DA COMUNIDADE DE BOM JESUS E ADJACÊNCIAS, VENHO REQUERER DO PREFEITO MUNICIPAL URGÊNCIA NA CONCESSÃO DE MELHORIAS PARA A COMUNIDADE DE BOM JESUS. ATRAVÉS DA REALIZAÇÃO DE SERVIÇOS EM ESTRADAS, INFRAESTRUTURA, ESPORTE E LAZER, CONFORME SERVIÇOS ABAIXO DESCRITOS:</t>
   </si>
   <si>
     <t>7558</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7558/requerimento_68-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7558/requerimento_68-2020.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO GRANDE NÚMERO DE RESIDÊNCIAS LOCALIZADAS NA LOCALIDADE CONHECIDA COMO MORRO DA MACEFEL, E CONSIDERANDO QUE HÁ EXISTÊNCIA DE SOMENTE UM PONTO DE ACESSO, ATRAVÉS DA RUA PROFESSORA CECÍLIA PITANGA PINTO, VENHO REQUERER DO PREFEITO MUNICIPAL QUE REALIZADOS ESTUDOS PARA A CRIAÇÃO DE UM NOVO PONTO DE ACESSO PARA A LOCALIDADE QUE SOFRE DIARIAMENTE COM O TRÁFEGO NA SUBIDA DA MACEFEL, ONDE O ENGARRAFAMENTO É CONSTANTE DEVIDO AO ESTREITAMENTO DA VIA.</t>
   </si>
   <si>
     <t>7559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7559/requerimento_69-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7559/requerimento_69-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO O ENCAMINHAMENTO DE CÓPIA DOS DOCUMENTOS DETALHADOS REFERENTE À PRESTAÇÃO DE CONTAS RELATIVO AO GASTO COM COMBUSTÍVEL DE JUNHO DE 2018 À JULHO DE 2020.</t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SR. RENATO CASAGRANDE, GOVERNADOR DESSE ESTADO, EMPENHO NO SENTIDO DE VIABILIZAR A INSTALAÇÃO DE UMA TORRE DE TELEFONIA MÓVEL E INTERNET, NA LOCALIDADE DE VICTOR HUGO, COM OBJETIVO DE CONTEMPLAR A MENCIONADA COMUNIDADE, LOCALIZADA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7577/requerimento_71-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7577/requerimento_71-2020.pdf</t>
   </si>
   <si>
     <t>REITERANDO O REQUERIMENTO Nº 55-2020, DATADO EM 23 DE JUNHO DO CORRENTE ANO, CONFORME SEGUE CÓPIA, REQUEIRO QUE ESSA SECRETARIA MUNICIPAL, MARQUE A REUNIÃO DO CONSELHO MUNICIPAL (COMMA), O MAIS BREVE POSSÍVEL, VISANDO COLOCAR EM PRÁTICA NO MUNICÍPIO, O PROGRAMA DE COMBATE AO BORRACHUDO, CONFORME PRECONIZA A LEI MUNICIPAL Nº 2.110 DE 13 DE AGOSTO DE 2019 QUE INSTITUI CAMPANHA E PROGRAMA DE COMBATE AO MOSQUITO SIMULIDAE (MOSQUITO BORRACHUDO) E DEMAIS ESPÉCIES NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7578</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7578/requerimento_72-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7578/requerimento_72-2020.pdf</t>
   </si>
   <si>
     <t>EXMO. SR. DIRETOR GERAL DO DETRAN-ES, SR. GIVALDO VIEIRA, O VEREADOR QUE ESTE SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS VEM REQUERER A VOSSA EXCELÊNCIA A ADOÇÃO DE MEDIDAS NO TRÂNSITO DE MARECHAL FLORIANO, NO QUE DIZ RESPEITO AO PONTO DE INTERSEÇÃO ENTRE AS RUA CLARA ENDLICH E RUA EMILIO GUSTAVO HULLE NO CENTRO DA CIDADE DE MARECHAL FLORIANO, OCASIÃO EM QUE NO ENCONTRO ENTRE AMBAS AS RUAS A DIFICULDADE DE TRAFEGAR COM VEÍCULOS PESADOS É IMENSA...</t>
   </si>
   <si>
     <t>7579</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7579/requerimento_73-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7579/requerimento_73-2020.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXMO. PREFEITO MUNICIPAL JUNTAMENTE COM A SECRETARIAS COMPETENTE OS SEGUINTES PEDIDOS DE PROVIDÊNCIA:_x000D_
 Processo administrativo referente à contratação da empresa responsável pelo paisagismo realizado paralelo a rodovia Francisco Stockl, no Distrito de Santa Maria, encaminhando cópia de contrato, medições, fotos, planilhas, cópias de cheques e demais dados que comprovem execução dos serviços pela empresa contratada._x000D_
 Requer ainda informações se houve subcontratação por parte da empresa contratada.</t>
   </si>
   <si>
     <t>7580</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7580/requerimento_74-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7580/requerimento_74-2020.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Exmo. Sr. João Carlos Lorenzoni, Gestor dessa Municipalidade, que seja encaminhada a esta Casa de Leis, informações inerentes a todas as contratações no período de 15 de Julho à 15 de Agosto do corrente ano, caso tenham sido realizadas.</t>
   </si>
   <si>
     <t>7601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7601/requerimento_75-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7601/requerimento_75-2020.pdf</t>
   </si>
   <si>
     <t>Requeiro a esta competente secretaria Municipal, que encaminhe a esta casa de Leis, informações inerentes aos seguintes pagamentos:_x000D_
 - Pagamento realizado no dia 06/08/2020 no valor de R$ 110.000,00_x000D_
 - Pagamento realizado no dia 20/08/2020 no valor de R$ 55,000.00_x000D_
 - Pagamento realizado no dia 25/08/2020 no valor de R$ 75,000.00_x000D_
 Todos com relação a shows do XIX Festival Ítalo Germânico de 2019.</t>
   </si>
   <si>
     <t>7602</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7602/requerimento_76-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7602/requerimento_76-2020.pdf</t>
   </si>
   <si>
     <t>Considerando o disposto no artigo 89 da Lei Orgânica que determina que o Prefeito deve prestar ao Poder Legislativo, dentro de trinta dia, as informações solicitadas._x000D_
 _x000D_
 Considerando que os endereços encaminhados a esta Casa de Lei, não correspondem fielmente a sede da empresa TEFAC, haja vista que por diversas vezes servidores da CMMF estiveram no local e não encontraram nada, nem ninguém que represente a empresa TEFAC._x000D_
 _x000D_
 Desta forma, requeiro que o poder executivo seja o responsável por entregar e exigir da empresa TEFAC construções e serviços Eireli o encaminhamento de cópia Mensal da GFIP/SEFIP, referente aos contratos com o município de Marechal Floriano, destacando a relação de funcionários que atuaram no município durante o período de 2017/23018/2019/2020.</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7603/requerimento_77-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7603/requerimento_77-2020.pdf</t>
   </si>
   <si>
     <t>Considerando a necessidade de manter a Rodovia Estadual João Batista Klein, situada em Marechal Floriano/ES, em boas condições de trafegabilidade, venho requerer a Vossa Excelência para que dentro das possibilidades, dispense uma atenção especial para esta Rodovia Estadual, proporcionando a realização de um amplo trabalho de recuperação e manutenção dessa importante rodovia.</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7604/requerimento_78-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7604/requerimento_78-2020.pdf</t>
   </si>
   <si>
     <t>Reiterando o OF/US/Nº001/2020, datado em 10 de Março do corrente ano, de minha autoria, conforme segue cópia, requeiro que esse conceituado Órgão Estadual, analise com carinho a solicitação enviada e dentro das possibilidades atenda ao pleiteado, visando aperfeiçoar o Curso Técnico em Agricultura, ministrado na EEEFM Victório Bravim, localizada em Araguaya, possibilitando aos docentes do referido curso, melhores condições de ensino, e simultaneamente, proporcionar melhor aprendizado aos alunos.</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7605/requerimento_79-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7605/requerimento_79-2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Exmo. Sr. Paulo Foletto, Gestor Estadual à frente da pasta de Agricultura, Abastecimento, Aquicultura e Pesca/ES, empenho no sentido de viabilizar para o Município de Marechal Floriano, vigas para construção de 07 (sete) pontes rurais, visando contemplar localidades que, de fato, carecem de condições mais favoráveis aos produtores rurais da região, no que tange ao escoamento da produção local.</t>
   </si>
   <si>
     <t>7606</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7606/requerimento_80-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7606/requerimento_80-2020.pdf</t>
   </si>
   <si>
     <t>Excelentíssimo Senhor Major Edinei Balbino de Souza, é de conhecimento de muitos que a comunidade do Bairro Betinho Simon, no Trevo de Parajú, vem sendo alvo de diversos furtos ocorridos recentemente no comércio local, Muitos foram os prejuízos causados para os empresários da localidade, onde os equipamentos e maquinários foram subtraídos de suas empresas._x000D_
 Ressalto que a população está com medo e clama por providências afim de sanar ou mesmo amenizar a ocorrências destes delitos.</t>
   </si>
   <si>
     <t>7623</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7623/requerimento_81-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7623/requerimento_81-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EX. SR. JOÃO CARLOS LORENZONI, GESTOR À FRENTE DESSE EXECUTIVO, EMPENHO NO SENTIDO DE VIABILIZAR A ESTA CASA DE LEIS UM PROJETO DE LEI CONTEMPLANDO A REGULARIZAÇÃO DE TERRENOS URBANOS NESTA MUNICIPALIDADE, AUTORIZANDO O DESMEMBRAMENTO DE LOTES E ÁREAS DENTRO DO PERÍMETRO URBANO, OBEDECENDO AO LIMITE MÍNIMO DE 125M².</t>
   </si>
   <si>
     <t>7624</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7624/requerimento_82-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7624/requerimento_82-2020.pdf</t>
   </si>
   <si>
     <t>O PEDIDO DOS MUNÍCIPES DE NOSSA CIDADE QUE RECLAMAM ACERCA DE PROBLEMAS NO TRÂNSITO NAS PROXIMIDADES DO ZOOLÓGICO ZOO PARK DA MONTANHA, LOCALIZADO EM BARRA DE RIO FUNDO, MARECHAL FLORIANO, OCASIÃO EM QUE PRINCIPALMENTE FINAIS DE SEMANA E FERIADOS OS MORADORES VÊM ENCONTRANDO DIFICULDADE DE LOCOMOÇÃO, DEVIDO A DESORDEM E AGLOMERAÇÃO DE PESSOAS QUE ATRAPALHAM TRANSPORTE AI VISITAREM O ZOOLÓGICO ZOO PARK DA MONTANHA.</t>
   </si>
   <si>
     <t>7625</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7625/requerimento_83-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7625/requerimento_83-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. PAULO ROBERTO FOLETTO, GESTOR ESTADUAL À FRENTE DE AGRICULTURA, AQUICULTURA, ABASTECIMENTO E PESCA/ES, EMPENHO NO SENTIDO DE VIABILIZAR PARA O MUNICÍPIO DE MARECHAL FLORIANO, DENTRO DE SUAS DISPONIBILIDADES A CESSÃO DE UMA RETRO ESCAVADEIRA PARA A MUNICIPALIDADE, FICANDO A DISPOSIÇÃO DA SECRETARIA MUNICIPAL DE AGRICULTURA PARA ATENDIMENTO AO PRODUTOR RURAL DE NOSSO MUNICÍPIO, HAJA VISTO SERMOS DE UMA REGIÃO ALTAMENTE AGRÍCOLA.</t>
   </si>
   <si>
     <t>7636</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7636/requerimento_84-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7636/requerimento_84-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ÁS VOSSAS EXCELÊNCIAS, RESPECTIVAMENTE, Á FRENTE DESSE EXECUTIVO MUNICIPAL E SECRETARIA MUNICIPAL DE SAÚDE QUE, ENVIEM A ESTA CÂMARA MUNICIPAL INFORMAÇÕES INERENTES À EMENDA PARLAMENTAR ENVIANDO PELO DEPUTADO FEDERAL AMARO NETO, NO VALOR DE R$ 198.000,00 ( CENTO E NOVENTA E OITO MIL REAIS), COMPREENDENDO A SUA FORMA DE UTILIZAÇÃO, OU SEJA, A SUA APLICABILIDADE.</t>
   </si>
   <si>
     <t>7637</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7637/requerimento_85-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7637/requerimento_85-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO SERVIÇO DE MELHORIA E REPARO, NO SENTIDO DE REFAZER A PINTURA DA SINALIZAÇÃO VERTICAL E HORIZONTAL DE TODA A MUNICIPALIDADE DE MARECHAL FLORIANO, ESPECIALMENTE, NOS PONTOS ONDE HÁ MAIOR CONCENTRAÇÃO DE MOVIMENTO, TAIS COMO , AS IMEDIAÇÕES DE BANCOS, FARMÁCIAS, SUPERMERCADOS, CASA LOTÉRICA, SERVIÇOS DE SAÚDE , INCLUSIVE, NO BAIRRO DE SANTA RITA, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>7638</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7638/requerimento_86-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7638/requerimento_86-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, ESCLARECIMENTOS NO QUE TANGE À COBRANÇA DE EXORBITANTES TAXAS AO TRATAMENTO DE ESGOTO, INSERIDA NAS CONTAS DE ÁGUA, VISTO QUE, INÚMEROS MUNÍCIPES TÊM ME PROCURADO, SOLICITANDO INFORMAÇÕES, JÁ QUE O VALOR INERENTE AO MESMO ULTRAPASSA EM MUITO O VALOR DO CONSUMO DE ÁGUA,. VALOR ESSE, QUE PASSOU A ONERAR AINDA MAIS A CONTA DE ÁGUA DOS MUNÍCIPES FLORIANENSES, PROPORCIONANDO TRANSTORNO E DIFICULDADES, ESPECIALMENTE, ÁS PESSOAS ASSALARIADAS, QUE POR VEZES ACABAM TOMANDO-SE INADIMPLENTES COM A CESAN, DEVIDO Á ALTA TAXA.</t>
   </si>
   <si>
     <t>7643</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7643/requerimento_87-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7643/requerimento_87-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM Á PRESENÇA DA VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE:_x000D_
 RELAÇÃO NOMINAL DOS SERVIDORES QUE SOLICITARAM PROGRESSÃO, COM AS RESPECTIVAS DATAS DE ENTRADA NO PROTOCOLO:</t>
   </si>
   <si>
     <t>7644</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7644/requerimento_88-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7644/requerimento_88-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM Á PRESENÇA DA VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE:_x000D_
 REQUEIRO AO PREFEITO MUNICIPAL, EXMO. SR. JOÃO CARLOS LORENZONI, PARA INTERVIR JUNTO À CESAN- COMPANHIA ESPIRITO SANTO DE SANEAMENTO, VISANDO À INSTALAÇÃO E/OU ADAPTAÇÃO DE UM FILTRO NO SISTEMA DE TRATAMENTO DE AGUA DE MARECHAL FLORIANO, HAJA VISTA QUE, O REFERIDO FILTRA JÁ SE ENCONTRA NO MUNICÍPIO, NO PÁTIO DA CESAN, HÁ UM ANO, AGUARDANDO LIBERAÇÃO PARA A SUA INSTALAÇÃO, CONFORME SEGUE FOTO.</t>
   </si>
   <si>
     <t>7645</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7645/requerimento_89-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7645/requerimento_89-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM Á PRESENÇA DA VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE:_x000D_
 REQUEIRO AO PREFEITO MUNICIPAL, EXMO. SR. JOÃO CARLOS LORENZONI QUE, VIABILIZE A EXPLORAÇÃO DE SAIBRE, NA SAIBREIRA LOCALIZADA NA COMUNIDADE DE ALTO NOVA ALMEIDA, TENDO EM VISTA QUE A MESMA JÁ POSSUI LICENÇA AMBIENTAL E AUTORIZAÇÃO PARA TAL FINALIDADE, POSSIBILITANDO, PORTANTO, SAIBRAR TODAS AS ESTRADAS DO MUNICÍPIO, PROPORCIONANDO AOS MUNÍCIPES, MELHOR ACESSIBILIDADE, QUALIDADE DE VIDA, BEM COMO, MAIOR SEGURANÇA NAS VIAS VICINAIS DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>7646</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7646/requerimento_90-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7646/requerimento_90-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM Á PRESENÇA DA VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE:_x000D_
 REQUER NA SUA TOTALIDADE O ENVIO DAS INFORMAÇÕES SOLICITADAS NO REQUERIMENTO 048/2020 DE AUTORIA DESTE VEREADOR QUE REQUER DO PODER EXECUTIVO A PRESTAÇÃO DE CONTAS REFERENTES A AQUISIÇÃO, ESTOCAGEM E DISTRIBUIÇÃO DE MEDICAMENTOS NOS ÚLTIMOS 24 MESES, (MAIO DE 2018 A MAIO DE 2020), POIS O MESMO FOI RESPONDIDO PARCIALMENTE.</t>
   </si>
   <si>
     <t>7647</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7647/requerimento_91-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7647/requerimento_91-2020.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM Á PRESENÇA DA VOSSA EXCELÊNCIA, PARA EXPOR O QUE SEGUE:_x000D_
 CONSIDERANDO O FIM DOS CONTRATOS DE PRESTAÇÃO DE SERVIÇO DAS EMPRESAS BRUTUS ENGENHARIA LTDA E VIX SERVIÇO COM A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO, OCASIÃO EM EU VÁRIOS SERVIDORES ATUANTES NO PODER EXECUTIVO MUNICIPAL PASSARAM A EXERCER SUAS ATIVIDADES NAS EMPRESAS SUPRACITADAS, VENHO REQUERER DO PODER EXECUTIVO MUNICIPAL INFORMAÇÕES SOBRE COMO FICOU A SITUAÇÃO DOS CONTRATOS COM O PODER EXECUTIVO, NO QUE DIZ RESPEITO A DIREITOS TRABALHISTAS, SALÁRIOS, FGTS DENTRE OUTROS DIREITOS, INFORMADO SE FORAM QUITADOS E PAGOS.</t>
   </si>
   <si>
     <t>7713</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7713/requerimento_92-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7713/requerimento_92-2020.pdf</t>
   </si>
   <si>
     <t>Viabilizar providências urgentes, no que tange à tubulação localizada por trás da Secretaria Municipal de Educação e Esportes, entre a mesma o Restaurante Tropical, que está jorrando esgoto no córrego que deságua no Rio Jucu Braço Sul.</t>
   </si>
   <si>
     <t>7714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7714/requerimento_93-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7714/requerimento_93-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ENCAMINHAMENTO DE TODA DOCUMENTAÇÃO REFERENTE À PRESTAÇÃO DE CONTAS DOS ÚLTIMOS 04 ANOS DA FESTA DA ITALEMANHA, REFERENTE À BARRACA DA SOCIPROMA - SOCIEDADE PRÓ-MELHORAMENTOS DE ARAGUAYA, A QUAL TEVE ESPAÇO UTILIZADO DURANTE OS FESTEJOS COM VENDA DE COMIDA E BEBIDAS.</t>
   </si>
   <si>
     <t>7715</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7715/requerimento_94-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7715/requerimento_94-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO O ENVIO DE CÓPIA DA ATA DAS DUAS ULTIMAS ELEIÇÕES DE PRESIDENTE, REGISTRADAS EM CARTÓRIO, BEM COMO CÓPIA DA CERTIDÃO DE QUITAÇÃO DO ECAD - ESCRITÓRIO CENTRAL DE ARRECADAÇÃO E DISTRIBUIÇÃO DE DIREITOS AUTORAIS, REFERENTES AOS ENCONTROS DA CULTURA ITALIANA DE ARAGUAYA.</t>
   </si>
   <si>
     <t>7731</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7731/requerimento_95-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7731/requerimento_95-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE PODER EXECUTIVO MUNICIPAL, DENTRO DAS POSSIBILIDADES, INTERVENHA JUNTO AO GOVERNO ESTADUAL E A SEDU, VISANDO À CONTEMPLAÇÃO DE UMA ESCOLA NO BAIRRO SANTA RITA, PARA ATENDER OS ESTUDANTES DA LOCALIDADE, VISTO QUE A DEMANDA CRESCEU E A UNIDADE ESCOLAR QUE SE LOCALIZAVA AO LADO DO ESTÁDIO APOLLO XIII FOI DESATIVADA.</t>
   </si>
   <si>
     <t>7732</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7732/requerimento_96-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7732/requerimento_96-2020.pdf</t>
   </si>
   <si>
     <t>Requeiro que esse Poder Executivo Municipal, dentro das possibilidades, intervenha junto aos Servidores Municipais que atuam no Posto de Atendimento da ECT - Empresa Brasileira de Correios e Telégrafos de Araguaya, que passem a realizar a entrega de correspondências, em domicílio, no centro do referido Distrito.</t>
   </si>
   <si>
     <t>7733</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7733/requerimento_97-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7733/requerimento_97-2020.pdf</t>
   </si>
   <si>
     <t>Requeiro que esse Poder Executivo Municipal, juntamente a Secretaria Municipal de Meio Ambiente, analise a possibilidade de implementação de um projeto fossas-filtro nas vilas rurais, em parceria com o munícipe, cabendo ao mesmo a responsabilidade pela instalação da fossa-filtro.</t>
   </si>
   <si>
     <t>7734</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7734/requerimento_98-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7734/requerimento_98-2020.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Poder Executivo Municipal, Juntamente com à Secretaria Municipal de Saúde, que proceda com a contratação em carácter de urgência de Cardiologistas para atender as necessidades dos Pacientes do Município. Haja vista que o profissional que atuava no município faleceu no dia 10 do corrente mês.</t>
   </si>
   <si>
     <t>7735</t>
   </si>
   <si>
     <t>REQUEIRO PROVIDÊNCIAS NO SENTIDO DE NÃO OCORRER MAIS O DERRAMAMENTO DE LODO, MATERIAL FÉDICO PROCEDENTE DA ESTAÇÃO DE TRATAMENTO DE ESGOTO (ETE), DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>7736</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7736/requerimento_100-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7736/requerimento_100-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESTA CONCEITUADA EMPRESA DE SANEAMENTO, PROVIDÊNCIAS, EM CARÁCTER DE URGÊNCIA, NO QUE TANGE A ELEVATÓRIA LOCALIZADA NA RUA HELÉCIO DE PAULA, LOCALIZADA NA SEDE, COM INÍCIO NA AV. ARTHUR HAESE, PASSANDO PELAS RESIDÊNCIAS DAS SENHORAS MARISTELA DE NADAI E CARMELINA MERÍSIO DE PAULA E TÉRMINO EM FRENTE A RESIDÊNCIAS DO SENHOR ADILSO JOSÉ CARDOSO, POPULARMENTE CONHECIDO POR ZOCA.</t>
   </si>
   <si>
     <t>7737</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7737/requerimento_101-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7737/requerimento_101-2020.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSA RELEVANTE EMPRESA, QUE VIABILIZE EM CARÁTER DE URGÊNCIA, A RETIRADA DE 04 POSTES QUE SE ENCONTRAM EM SITUAÇÃO DE RISCO, NA EMINÊNCIA DE CAÍREM EM CIMA DAS RESIDÊNCIAS, BEM COMO, A POSTERIOR REINSTALAÇÃO E CIMENTAÇÃO DESSES POSTES, LOCALIZADO EM UM BECO, EM FRENTE À UNIDADE BÁSICA DE SAÚDE DO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>7738</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>MESA DIRETORA 2019/2020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7738/requerimento_102-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7738/requerimento_102-2020.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS A ALTERAÇÃO DO HORÁRIO DA SESSÃO DE POSSE DO DIA 01/01/2021 PARA AS 15:00 HORAS.</t>
   </si>
   <si>
     <t>12596</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12596/res001-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12596/res001-2020.pdf</t>
   </si>
   <si>
     <t>"INSTITUI NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO O AMBIENTE VIRTUAL DE DELIBERAÇÃO."</t>
   </si>
   <si>
     <t>12597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12597/res002-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12597/res002-2020.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12598</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12598/res003-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12598/res003-2020.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS O PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12599</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12599/res004-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12599/res004-2020.pdf</t>
   </si>
   <si>
     <t>12600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12600/res005-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12600/res005-2020.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO E RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>7639</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7639/proposta_de_emenda_modificativa_01-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7639/proposta_de_emenda_modificativa_01-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 068/2020 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE "DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>7673</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7673/proposta_de_emenda_modificada_2-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7673/proposta_de_emenda_modificada_2-2020.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA DO MUNICÍPIO DE MARECHAL FLORIANO-ES PARA O EXERCICIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>8227</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8227/225.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8227/225.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI COMPLEMENTAR N°.001/2020 DE AUTORIA DO PDER EXECUTIVO QUE "ALTERA A LEI COMPLEMENTAR MUNICIPAL N° 001, DE 1° DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>8247</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
     <t>Referente ao Requerimento n°. 006/2020 e requerimento n°. 012/2020, respectivamente, de autoria do Vereador Ubaldino Saraiva.</t>
   </si>
   <si>
     <t>8248</t>
   </si>
   <si>
     <t>Referente o requerimento n°. 008/2020.</t>
   </si>
   <si>
     <t>8249</t>
   </si>
@@ -4665,192 +4665,192 @@
   <si>
     <t>8340</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.048/2020.</t>
   </si>
   <si>
     <t>8341</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°. 053/2020.</t>
   </si>
   <si>
     <t>8342</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.047/2020.</t>
   </si>
   <si>
     <t>8343</t>
   </si>
   <si>
     <t>Édia Klippel Littig</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8343/resp-req_64-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8343/resp-req_64-2020.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N° . 064/2020, DE AUTORIA DO VEREADOR FELIPE HULLE DELPUPPO.</t>
   </si>
   <si>
     <t>8344</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.051/2020.</t>
   </si>
   <si>
     <t>8345</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.059/2020.</t>
   </si>
   <si>
     <t>8346</t>
   </si>
   <si>
     <t>Eliete Maria Wassem Stein</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.052/2020.</t>
   </si>
   <si>
     <t>8347</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.050/2020.</t>
   </si>
   <si>
     <t>8348</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.054/2020.</t>
   </si>
   <si>
     <t>8349</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8349/resp-req_61-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8349/resp-req_61-2020.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N° .061/2020, DE AUTORIA DO VEREADOR UBALDINO SARAIVA.</t>
   </si>
   <si>
     <t>8350</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.057/2020.</t>
   </si>
   <si>
     <t>8351</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.064/2020.</t>
   </si>
   <si>
     <t>8352</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.058/2020.</t>
   </si>
   <si>
     <t>8353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8353/resp-req_60-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8353/resp-req_60-2020.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS NO OF/SEGACMMF/PRESIDÊNCIA/ N°. 186/2020, REFERENTE AO REQUERIMENTO N° . 060/2020, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>8354</t>
   </si>
   <si>
     <t>Resposta ao requerimento n°.16/2020.</t>
   </si>
   <si>
     <t>8355</t>
   </si>
   <si>
     <t>Referente ao requerimento n°. 056/2020</t>
   </si>
   <si>
     <t>8359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8359/resp_de_req-062-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8359/resp_de_req-062-2020.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N° . 062/2020, DE AUTORIA DO VEREADOR UBALDINO.</t>
   </si>
   <si>
     <t>8360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8360/resp_de_req-065-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8360/resp_de_req-065-2020.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N°. 065/2020, DE AUTORIA DO VEREADOR JOSÉ RODOLFO KROHLING.</t>
   </si>
   <si>
     <t>8361</t>
   </si>
   <si>
     <t>Referente ao requerimento n°. 059/2020.</t>
   </si>
   <si>
     <t>8363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8363/resp-req-068-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8363/resp-req-068-2020.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N° .068/2020, DE AUTORIA DO VEREADOR DIONY NICOLAU ZEQUINI STEIN.</t>
   </si>
   <si>
     <t>8364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8364/res-req-63-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8364/res-req-63-2020.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS NO OF/SEGACMMF/PRESIDÊNCIA/N°.198/2020, REFERENTE AO REQUERIMENTO N°.063/2020, DE AUTORIA DOS VEREADORES ULBALDINO SARAIVA, RENATO LUIZ VELOSO WERNECK, CEZAR TADEU RONCHI JUNIOR E DE V.EXª.</t>
   </si>
   <si>
     <t>8365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8365/res-req-67-2020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8365/res-req-67-2020.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N° .067/2020, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR.</t>
   </si>
   <si>
     <t>8367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8367/res.req_742020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8367/res.req_742020.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N° .074/2020, DE AUTORIA DO VEREADOR FELIPE HULLE DELPUPPO.</t>
   </si>
   <si>
     <t>8368</t>
   </si>
   <si>
     <t>Referente ao requerimento n°. 052/2020.</t>
   </si>
   <si>
     <t>8369</t>
   </si>
   <si>
     <t>8370</t>
   </si>
   <si>
     <t>Referente ao requerimento n°. 069/2020.</t>
   </si>
   <si>
     <t>8371</t>
   </si>
   <si>
     <t>Maria Goretti Pereira Pinto</t>
   </si>
@@ -4890,267 +4890,267 @@
   <si>
     <t>8381</t>
   </si>
   <si>
     <t>Referente ao requerimento n°. 084/2020.</t>
   </si>
   <si>
     <t>8382</t>
   </si>
   <si>
     <t>Referente ao requerimento n°. 087/2020.</t>
   </si>
   <si>
     <t>8228</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>PLENÁRIO 2019/2020</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8228/716.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8228/716.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES NO USO DE SUAS ATRIBUIÇÕES, FAZ SABER, NA FORMA DO INCISO  I DO ARTIGO 46 DA LEI ORGÂNICA MUNICIPAL, A SEGUINTE PROPOSTA DE MODIFICAÇÃO DA LEI ORGÂNICA.</t>
   </si>
   <si>
     <t>8032</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8032/030.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8032/030.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL ALIENAR BENS MÓVEIS SUCATEADOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8033</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8033/038.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8033/038.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8034</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8034/088.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8034/088.pdf</t>
   </si>
   <si>
     <t>"CRIA CARGO DE AGENTE FISCAL NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>8035</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8035/182.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8035/182.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO A SER INCLUÍDO NA LEI MUNICIPAL N°. 565, DE 07 DE NOVEMBRO DE 2005 E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8036</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8036/190.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8036/190.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI COMPLEMENTAR MUNICIPAL N°. 001, DE 1° DE SETEMBRO DE 2017."</t>
   </si>
   <si>
     <t>8037</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8037/221.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8037/221.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO PARÁGRAFO ÚNICO DO ARTIGO 2°, DA LEI MUNICIPAL N°. 2.156, DE 20 DE DEZEMBRO DE 2019".</t>
   </si>
   <si>
     <t>8038</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8038/233.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8038/233.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O FUNDO DE DESENVOLVIMENTO MUNICIPAL - FDM E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8039</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8039/236.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8039/236.pdf</t>
   </si>
   <si>
     <t>"CRIA O CONSELHO DE FISCALIZAÇÃO E ACOMPANHAMENTO DO FUNDO MUNICIPAL DE INVESTIMENTO A QUE SE REFERE À LEI COMPLEMENTAR ESTADUAL N° 712, DE 13 DE SETEMBRO DE 2013."</t>
   </si>
   <si>
     <t>8040</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8040/294.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8040/294.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS - LDO".</t>
   </si>
   <si>
     <t>8041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8041/584.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8041/584.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PARA ALIENAR VEÍCULOS E MÁQUINAS SUCATEADOS, DE PROPRIEDADE DO MUNICÍPIO, CONSIDERANDO INSERVÍVEIS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8042</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8042/703.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8042/703.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ARTIGO 27, DA LEI N°. 1254, DE 07 DE JUNHO DE 2013, QUE DISPÕE SOBRE A FISCALIZAÇÃO, INFRAÇÕES E PENALIDADES RELATIVAS À PROTEÇÃO DO MEIO AMBIENTE E RECURSOS HÍDRICOS NO AMBITO DOS ÓRGÃOS E ENTIDADES QUE COMPÕEM O SISTEMA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS DO MUNICÍPIO DE MARECHAL FLORIANO-SISMARH".</t>
   </si>
   <si>
     <t>8043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8043/706.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8043/706.pdf</t>
   </si>
   <si>
     <t>"ALTERA REDAÇÃO DO PARÁGRAFO 3°, DO ARTIGO 183, DA LEI MUNICIPAL DE N°. 1245, DE 16 DE MAIO DE 2013, QUE INSTITUI O CÓDIGO MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8044/802.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8044/802.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>8045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8045/805.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8045/805.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>8046</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8046/814.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8046/814.pdf</t>
   </si>
   <si>
     <t>"PROPOSTA ORÇAMENTÁRIA DO MUNICÍPIO PARA O EXERCÍCIO FINANCEIRO DE 2021 PARA DEVIDA APRECIAÇÃO E APROVAÇÃO.</t>
   </si>
   <si>
     <t>8047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8047/843.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8047/843.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE PARCERIA E COOPERAÇÃO MÚTUA E A CEDER SERVIDORES OCUPANTES DE CARGO DE PROVIMENTO EFETIVO AO INSTITUTO DE DEFESA AGROPECUÁRIA E FLORESTAL DO ESPÍRITO SANTO - IDAF, NO ÂMBITO NO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>8048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8048/848.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8048/848.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A INSTITUIÇÃO DE TELETRABALHO NO ÂMBITO DO PODER EXECUTIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>8049</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8049/888.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8049/888.pdf</t>
   </si>
   <si>
     <t>8050</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8050/891.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8050/891.pdf</t>
   </si>
   <si>
     <t>8051</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8051/1022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8051/1022.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO DE METAS FISCAIS DA LEI DE DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2020".</t>
   </si>
   <si>
     <t>8052</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8052/1025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8052/1025.pdf</t>
   </si>
   <si>
     <t>"INCLUI NA LEI ORÇAMENTÁRIA ANUAL PARA O EXERCÍCIO FINANCEIRO DE 2020, O "DEMOSTRATIVO DA COMPATIBILIDADE DA PROGRAMAÇÃO DO ORÇAMENTO COM AS METAS DE RESULTADOS FISCAIS".</t>
   </si>
   <si>
     <t>8053</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8053/1090.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8053/1090.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>8054</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8054/1118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8054/1118.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DO INCISO VI DO ARTIGO 85, DA LEI MUNICIPAL N°. 801, DE 23 DE ABRIL DE 2008, REDUZINDO A RESERVA DE ÁREA NÃO EDIFICANTE AO LONGO DAS FAIXAS DE DOMÍNIO PÚBLICO DAS RODOVIAS, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8055</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8055/1121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8055/1121.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5454,68 +5454,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13767/001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13768/002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13769/003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13770/004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7340/indicacao_no_001_do_cezar.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7341/indicacao_no_002_diony.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7344/indicacao_no_003_do_diony.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7345/indicacao_no_004_do_felipe.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_no_005_do_felipe.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7348/indicacao_no_006_joao_cabral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7351/indicacao_no_007_do_ubaldino.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7357/indicacao_08-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7382/indicacao_09-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7383/indicacao_10-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7384/indicacao_11-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7385/indicacao_12-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7386/indicacao_13-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7387/indicacao_14-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7406/indicacao_15-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7431/ind-016-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7432/ind-017-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_18-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7445/indicacao_19-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7458/indicacao_20-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7459/indicacao_21-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7460/indicacao_22-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7462/indicacao_24-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7463/indicacao_25-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7962/360.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7963/361.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7464/indicacao-028-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7465/indicacao-029-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7487/indicacao_30-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7488/indicacao_31-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7489/indicacao_32-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7490/indicacao_33-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7491/indicacao_34-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7502/indicacao_35-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7503/indicacao_36-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7504/indicacao_37-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7505/indicacao_38-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7506/indicacao_39-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7507/indicacao_40-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7508/indicacao_41-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7509/indicacao_42-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7510/indicacao_43-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7521/indicacao_44-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7522/indicacao_45-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7523/indicacao_46-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7524/indicacao_47-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7525/indicacao_48-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7538/indicacao_49-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7539/indicacao_50-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7540/indicacao_51-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7541/indicacao_52-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7542/indicacao_53-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7543/indicacao_54-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7544/indicacao_55-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7545/indicacao_56-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7574/indicacao_57-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7560/indicacao_58-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7562/indicacao_60-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7563/indicacao_61-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7564/indicacao_62-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7582/indicacao_63-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7583/indicacao_64-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7584/indicacao_65-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7585/indicacao_66-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7586/indicacao_67-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7607/indicacao_68-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7608/indicacao_69-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7609/indicacao_70-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7610/indicacao_71-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7611/indicacao_72-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7612/indicacao_73-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7964/781.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7613/indicacao_75-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7614/indicacao_76-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7628/indicacao_77-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7629/indicacao_78-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7630/indicacao_79-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7659/indicacao_80-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7660/indicacao_81-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7661/indicacao_82-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7662/indicacao_83-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7663/indicacao_84-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7666/indicacao_85-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7667/indicacao_86-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7668/indicacao_87-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7669/indicacao_88-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7695/indicacao_89-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7696/indicacao_90-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7697/indicacao_91-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7716/indicacao_92-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7717/indicacao_93-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7739/indicacao_94-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7356/mocao_no_001_do_ubaldino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7358/mocao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7359/mocao_04-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7388/mocao_05-20.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7407/mocao_06-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7408/mocao_07-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7430/mocao-008-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7484/mocao-009-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7485/mocao-010-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7966/372.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7486/mocao-012-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7492/mocao_13-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7493/mocao_14-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7967/554.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7546/mocao_16-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7547/mocao_17-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7587/mocao_18-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7588/mocao_19-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7615/mocao_20-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7626/mocao_21-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7627/mocao_22-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7698/mocao_23-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7699/mocao_24-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7700/mocao_25-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7701/mocao_26-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7718/mocao_27-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7719/mocao_28-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7720/mocao_29-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7360/parecer_contrario_01-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7361/parecer_contrario_02-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7362/parecer_contrario_03-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7363/parecer_contrario_04-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7364/parecer_contrario_05-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7365/parecer_favoravel_06-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7366/parecer_favoravel_07-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7367/parecer_favoravel_08-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8181/116.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7389/parecer_favoravel_10-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7390/parecer_favoravel_11-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7391/parecer_favoravel_12-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7392/parecer_favoravel_13-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7409/parecer_favoravel_014-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7410/parecer_favoravel_015-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7411/parecer_favoravel_016-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7412/parecer_favoravel_017-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7423/parecer_favoravel_18-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7424/parecer_favoravel_19-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7436/parecer-favoravel-020-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7433/parecer_favoravel-021-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7434/parecer_favoravel-022-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7435/parecer_favoravel-023-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7437/parecer-favoravel-024-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8182/351.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7467/parecer_favoravel_-026-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7468/parecer_favoravel_-027-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7469/parecer_favoravel-028-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7470/parecer_favoravel_029-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7471/378.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7472/parecer_favoravel-031-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7473/parecer_favoravel-032-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7511/parecer_favoravel_33-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7512/parecer_favoravel_34-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7513/parecer_favoravel_35-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7526/parecer_favoravel_36-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7527/parecer_favoravel_37-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7528/parecer_favoravel_38-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7548/parecer_favoravel_39-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7549/parecer_favoravel_40-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7550/parecer_favoravel_41-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7551/parecer_favoravel_42-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7552/parecer_favoravel_43-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7565/parecer_favoravel_44-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7566/parecer_favoravel_45-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7567/parecer_favoravel_46-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7568/parecer_favoravel_47-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7569/661.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7589/parecer_favoravel_49-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7590/parecer_favoravel_50-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7591/parecer_favoravel_51-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7592/parecer_favoravel_52-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7593/parecer_favoravel_53-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7616/parecer_favoravel_54-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7617/parecer_favoravel_55-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7618/parecer_favoravel_56-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7619/parecer_favoravel_57-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7620/parecer_favoravel_58-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7631/parecer_favoravel_59-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7652/parecer_favoravel_60-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7653/parecer_favoravel_61-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7654/parecer_favoravel_62-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7655/parecer_favoravel_63-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7656/parecer_favoravel_64-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7657/parecer_favoravel_65-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7658/parecer_favoravel_66-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7674/parecer_favoravel_67-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7675/parecer_contrario_68-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7676/parecer_contrario_69-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7677/parecer_favoravel_70-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7678/parecer_contrario_71-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7679/parecer_favoravel_72-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7680/parecer_contrario_73-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7681/parecer_favoravel_74-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7682/parecer_favoravel_75-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7683/parecer_favoravel_76-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7702/parecer_favoravel_77-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7703/parecer_favoravel_78-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7704/parecer_favoravel_79-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7705/parecer_favoravel_80-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7706/parecer_favoravel_81-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7707/parecer_favoravel_82-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7708/parecer_favoravel_83-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7721/parecer_favoravel_84-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7722/parecer_favoravel_85-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7723/parecer_favoravel_86-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7724/parecer_favoravel_87-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7429/projeto_de_lei_complementar_01-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7339/projeto_de_lei_01-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7342/projeto_de_lei_no_02.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7343/projeto_de_lei_no_03_do_cezar.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7368/projeto_de_lei_04-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7369/projeto_de_lei_05-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7370/projeto_de_lei_06-2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7371/projeto_de_lei_07-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7372/projeto_de_lei_08-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7393/projeto_de_lei_09-2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7394/projeto_de_lei_10-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7395/projeto_de_lei_11-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7396/projeto_de_lei_12-2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7397/projeto_de_lei_13-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7425/projeto_de_lei_14-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7413/projeto_de_lei_15-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7414/projeto_de_lei_16-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7415/projeto_de_lei_17-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7416/projeto_de_lei_18-2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7426/projeto_de_lei_20-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7427/projeto_de_lei_21-2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7428/projeto_de_lei_22-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7438/projeto_de_lei-023-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7439/projeto_de_lei-024-2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8019/295.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7446/projeto_de_lei_26-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7447/projeto_de_lei_27-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8020/352.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8021/353.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8022/354.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8023/355.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8024/362.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8025/363.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11101/plo_34-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7466/projeto_de_lei-035-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7494/projeto_de_lei_36-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7495/projeto_de_lei_37-2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7496/projeto_de_lei_38-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8026/39_2.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7514/projeto_de_lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7515/projeto_de_lei_41-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8027/521.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7529/projeto_de_lei_43-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7530/projeto_de_lei_44-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7531/projeto_de_lei_45-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7532/projeto_de_lei_46-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8028/047.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7553/projeto_de_lei_48-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7554/projeto_de_lei_49-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7555/projeto_de_lei_50-2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7581/projeto_de_lei_51-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7570/projeto_de_lei_52-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7571/projeto_de_lei_53-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7572/projeto_de_lei_54-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7573/projeto_de_lei_55-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7594/projeto_de_lei_56-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7595/projeto_de_lei_57-2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7596/projeto_de_lei_58-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7597/projeto_de_lei_59-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7598/projeto_de_lei_60-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7599/projeto_de_lei_61-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7600/projeto_de_lei_62-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8029/772.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7621/projeto_de_lei_64-2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7622/projeto_de_lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7685/projeto_de_lei_66-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7686/projeto_de_lei_67-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7632/proejto_de_lei_68-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7633/projeto_de_lei_69-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7634/projeto_de_lei_70-2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7635/projeto_de_lei_71-2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7687/projeto_de_lei_72-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7650/projeto_de_lei_73-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7649/projeto_de_lei_74-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7651/projeto_de_lei_75-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7688/projeto_de_lei_76-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7689/projeto_de_lei_77-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7690/projeto_de_lei_78-2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7691/projeto_de_lei_79-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7670/projeto_de_lei_80-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7671/projeto_de_lei_81-2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7672/projeto_de_lei_82-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7692/projeto_de_lei_83-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7693/projeto_de_lei_84-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11100/plo_85-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7694/projeto_de_lei_86-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7709/projeto_de_lei_87-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7710/projeto_de_lei_88-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7711/projeto_de_lei_89-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7712/projeto_de_lei_90-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8030/1023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8031/1026.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7725/projeto_de_lei_93-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7726/projeto_de_lei_94-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7727/projeto_de_lei_95-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7728/projeto_de_lei_96-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7729/projeto_de_lei_97-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7730/projeto_de_lei_98-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8163/projeto_n_99-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7442/projeto_de_resolucao-001-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7483/projeto_de_resolucao_-002-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7520/projeto_de_resolucao_03-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7575/projeto_de_resolucao_04-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8183/1044.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7346/requerimento_no_001_do_cezar.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7349/requerimento_no_002_do_diony.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7350/requerimento_no_003_do_felipe.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7985/059.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7352/requerimento_no_005_do_joao_cabral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7353/requerimento_no_006_do_ubaldino.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13893/007-2020_reque.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7355/requerimento_no_008_do_renato.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7373/requerimento_09-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7374/requerimento_10-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7375/requerimento_11-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7376/requerimento_12-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7377/requerimento_13-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7378/requerimento_14-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7379/requerimento_15-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7380/requerimento_16-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7381/requerimento_17-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7398/requerimento_18-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7399/requerimento_19-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7400/requerimento_20-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7401/requerimento_21-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7402/requerimento_22-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7403/requerimento_23-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7404/requerimento_24-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7405/requerimento_25-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7418/requerimento_26-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7419/requerimento_27-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7420/requerimento_28-2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7421/requerimento_29-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7422/requerimento_30-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7440/requerimento-031-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7441/requerimento-032-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7448/requerimento_33-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7449/requerimento_34-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7450/requerimento_35-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7451/requerimento_36-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7452/requerimento_37-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7453/requerimento_38-2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7454/requerimento_39-2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7455/requerimento_40-2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7456/requerimento_41-2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7457/requerimento_42-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7474/requerimento-043-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7475/requerimento-044-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7476/requerimento-045-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7477/requerimento-046-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7478/requerimento-047-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7479/requerimento-048-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7480/requerimento-049-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7481/requerimento-050-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7482/requerimento-051-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7497/requerimento_52-2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7498/requerimento_53-2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7499/requerimento_54-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7500/requerimento_55-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7501/requerimento_56-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7516/requerimento_57-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7517/requerimento_58-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7518/requerimento_59-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7519/requerimento_60-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7533/requerimento_61-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7534/requerimento_62-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7535/requerimento_63-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7536/requerimento_64-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7537/requerimento_65-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7556/requerimento_66-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7557/requerimento_67-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7558/requerimento_68-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7559/requerimento_69-2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7577/requerimento_71-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7578/requerimento_72-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7579/requerimento_73-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7580/requerimento_74-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7601/requerimento_75-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7602/requerimento_76-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7603/requerimento_77-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7604/requerimento_78-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7605/requerimento_79-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7606/requerimento_80-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7623/requerimento_81-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7624/requerimento_82-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7625/requerimento_83-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7636/requerimento_84-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7637/requerimento_85-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7638/requerimento_86-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7643/requerimento_87-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7644/requerimento_88-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7645/requerimento_89-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7646/requerimento_90-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7647/requerimento_91-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7713/requerimento_92-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7714/requerimento_93-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7715/requerimento_94-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7731/requerimento_95-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7732/requerimento_96-2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7733/requerimento_97-2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7734/requerimento_98-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7736/requerimento_100-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7737/requerimento_101-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7738/requerimento_102-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12596/res001-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12597/res002-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12598/res003-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12599/res004-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12600/res005-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7639/proposta_de_emenda_modificativa_01-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7673/proposta_de_emenda_modificada_2-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8227/225.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8343/resp-req_64-2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8349/resp-req_61-2020.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8353/resp-req_60-2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8359/resp_de_req-062-2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8360/resp_de_req-065-2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8363/resp-req-068-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8364/res-req-63-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8365/res-req-67-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8367/res.req_742020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8228/716.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8032/030.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8033/038.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8034/088.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8035/182.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8036/190.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8037/221.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8038/233.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8039/236.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8040/294.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8041/584.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8042/703.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8043/706.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8044/802.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8045/805.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8046/814.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8047/843.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8048/848.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8049/888.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8050/891.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8051/1022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8052/1025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8053/1090.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8054/1118.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8055/1121.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13767/001-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13768/002-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13769/003-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13770/004-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7340/indicacao_no_001_do_cezar.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7341/indicacao_no_002_diony.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7344/indicacao_no_003_do_diony.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7345/indicacao_no_004_do_felipe.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7347/indicacao_no_005_do_felipe.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7348/indicacao_no_006_joao_cabral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7351/indicacao_no_007_do_ubaldino.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7357/indicacao_08-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7382/indicacao_09-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7383/indicacao_10-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7384/indicacao_11-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7385/indicacao_12-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7386/indicacao_13-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7387/indicacao_14-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7406/indicacao_15-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7431/ind-016-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7432/ind-017-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7444/indicacao_18-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7445/indicacao_19-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7458/indicacao_20-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7459/indicacao_21-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7460/indicacao_22-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7462/indicacao_24-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7463/indicacao_25-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7962/360.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7963/361.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7464/indicacao-028-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7465/indicacao-029-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7487/indicacao_30-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7488/indicacao_31-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7489/indicacao_32-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7490/indicacao_33-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7491/indicacao_34-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7502/indicacao_35-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7503/indicacao_36-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7504/indicacao_37-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7505/indicacao_38-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7506/indicacao_39-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7507/indicacao_40-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7508/indicacao_41-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7509/indicacao_42-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7510/indicacao_43-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7521/indicacao_44-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7522/indicacao_45-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7523/indicacao_46-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7524/indicacao_47-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7525/indicacao_48-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7538/indicacao_49-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7539/indicacao_50-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7540/indicacao_51-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7541/indicacao_52-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7542/indicacao_53-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7543/indicacao_54-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7544/indicacao_55-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7545/indicacao_56-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7574/indicacao_57-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7560/indicacao_58-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7562/indicacao_60-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7563/indicacao_61-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7564/indicacao_62-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7582/indicacao_63-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7583/indicacao_64-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7584/indicacao_65-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7585/indicacao_66-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7586/indicacao_67-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7607/indicacao_68-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7608/indicacao_69-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7609/indicacao_70-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7610/indicacao_71-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7611/indicacao_72-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7612/indicacao_73-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7964/781.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7613/indicacao_75-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7614/indicacao_76-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7628/indicacao_77-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7629/indicacao_78-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7630/indicacao_79-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7659/indicacao_80-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7660/indicacao_81-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7661/indicacao_82-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7662/indicacao_83-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7663/indicacao_84-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7666/indicacao_85-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7667/indicacao_86-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7668/indicacao_87-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7669/indicacao_88-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7695/indicacao_89-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7696/indicacao_90-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7697/indicacao_91-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7716/indicacao_92-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7717/indicacao_93-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7739/indicacao_94-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7356/mocao_no_001_do_ubaldino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7358/mocao_02-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7359/mocao_04-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7388/mocao_05-20.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7407/mocao_06-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7408/mocao_07-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7430/mocao-008-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7484/mocao-009-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7485/mocao-010-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7966/372.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7486/mocao-012-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7492/mocao_13-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7493/mocao_14-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7967/554.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7546/mocao_16-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7547/mocao_17-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7587/mocao_18-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7588/mocao_19-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7615/mocao_20-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7626/mocao_21-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7627/mocao_22-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7698/mocao_23-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7699/mocao_24-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7700/mocao_25-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7701/mocao_26-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7718/mocao_27-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7719/mocao_28-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7720/mocao_29-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7360/parecer_contrario_01-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7361/parecer_contrario_02-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7362/parecer_contrario_03-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7363/parecer_contrario_04-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7364/parecer_contrario_05-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7365/parecer_favoravel_06-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7366/parecer_favoravel_07-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7367/parecer_favoravel_08-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8181/116.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7389/parecer_favoravel_10-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7390/parecer_favoravel_11-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7391/parecer_favoravel_12-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7392/parecer_favoravel_13-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7409/parecer_favoravel_014-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7410/parecer_favoravel_015-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7411/parecer_favoravel_016-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7412/parecer_favoravel_017-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7423/parecer_favoravel_18-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7424/parecer_favoravel_19-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7436/parecer-favoravel-020-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7433/parecer_favoravel-021-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7434/parecer_favoravel-022-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7435/parecer_favoravel-023-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7437/parecer-favoravel-024-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8182/351.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7467/parecer_favoravel_-026-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7468/parecer_favoravel_-027-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7469/parecer_favoravel-028-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7470/parecer_favoravel_029-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7471/378.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7472/parecer_favoravel-031-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7473/parecer_favoravel-032-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7511/parecer_favoravel_33-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7512/parecer_favoravel_34-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7513/parecer_favoravel_35-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7526/parecer_favoravel_36-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7527/parecer_favoravel_37-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7528/parecer_favoravel_38-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7548/parecer_favoravel_39-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7549/parecer_favoravel_40-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7550/parecer_favoravel_41-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7551/parecer_favoravel_42-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7552/parecer_favoravel_43-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7565/parecer_favoravel_44-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7566/parecer_favoravel_45-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7567/parecer_favoravel_46-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7568/parecer_favoravel_47-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7569/661.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7589/parecer_favoravel_49-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7590/parecer_favoravel_50-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7591/parecer_favoravel_51-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7592/parecer_favoravel_52-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7593/parecer_favoravel_53-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7616/parecer_favoravel_54-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7617/parecer_favoravel_55-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7618/parecer_favoravel_56-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7619/parecer_favoravel_57-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7620/parecer_favoravel_58-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7631/parecer_favoravel_59-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7652/parecer_favoravel_60-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7653/parecer_favoravel_61-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7654/parecer_favoravel_62-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7655/parecer_favoravel_63-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7656/parecer_favoravel_64-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7657/parecer_favoravel_65-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7658/parecer_favoravel_66-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7674/parecer_favoravel_67-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7675/parecer_contrario_68-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7676/parecer_contrario_69-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7677/parecer_favoravel_70-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7678/parecer_contrario_71-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7679/parecer_favoravel_72-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7680/parecer_contrario_73-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7681/parecer_favoravel_74-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7682/parecer_favoravel_75-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7683/parecer_favoravel_76-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7702/parecer_favoravel_77-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7703/parecer_favoravel_78-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7704/parecer_favoravel_79-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7705/parecer_favoravel_80-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7706/parecer_favoravel_81-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7707/parecer_favoravel_82-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7708/parecer_favoravel_83-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7721/parecer_favoravel_84-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7722/parecer_favoravel_85-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7723/parecer_favoravel_86-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7724/parecer_favoravel_87-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7429/projeto_de_lei_complementar_01-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7339/projeto_de_lei_01-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7342/projeto_de_lei_no_02.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7343/projeto_de_lei_no_03_do_cezar.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7368/projeto_de_lei_04-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7369/projeto_de_lei_05-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7370/projeto_de_lei_06-2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7371/projeto_de_lei_07-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7372/projeto_de_lei_08-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7393/projeto_de_lei_09-2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7394/projeto_de_lei_10-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7395/projeto_de_lei_11-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7396/projeto_de_lei_12-2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7397/projeto_de_lei_13-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7425/projeto_de_lei_14-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7413/projeto_de_lei_15-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7414/projeto_de_lei_16-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7415/projeto_de_lei_17-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7416/projeto_de_lei_18-2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7426/projeto_de_lei_20-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7427/projeto_de_lei_21-2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7428/projeto_de_lei_22-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7438/projeto_de_lei-023-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7439/projeto_de_lei-024-2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8019/295.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7446/projeto_de_lei_26-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7447/projeto_de_lei_27-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8020/352.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8021/353.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8022/354.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8023/355.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8024/362.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8025/363.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11101/plo_34-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7466/projeto_de_lei-035-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7494/projeto_de_lei_36-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7495/projeto_de_lei_37-2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7496/projeto_de_lei_38-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8026/39_2.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7514/projeto_de_lei_40-2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7515/projeto_de_lei_41-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8027/521.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7529/projeto_de_lei_43-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7530/projeto_de_lei_44-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7531/projeto_de_lei_45-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7532/projeto_de_lei_46-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8028/047.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7553/projeto_de_lei_48-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7554/projeto_de_lei_49-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7555/projeto_de_lei_50-2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7581/projeto_de_lei_51-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7570/projeto_de_lei_52-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7571/projeto_de_lei_53-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7572/projeto_de_lei_54-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7573/projeto_de_lei_55-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7594/projeto_de_lei_56-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7595/projeto_de_lei_57-2020.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7596/projeto_de_lei_58-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7597/projeto_de_lei_59-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7598/projeto_de_lei_60-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7599/projeto_de_lei_61-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7600/projeto_de_lei_62-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8029/772.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7621/projeto_de_lei_64-2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7622/projeto_de_lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7685/projeto_de_lei_66-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7686/projeto_de_lei_67-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7632/proejto_de_lei_68-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7633/projeto_de_lei_69-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7634/projeto_de_lei_70-2020.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7635/projeto_de_lei_71-2020.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7687/projeto_de_lei_72-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7650/projeto_de_lei_73-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7649/projeto_de_lei_74-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7651/projeto_de_lei_75-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7688/projeto_de_lei_76-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7689/projeto_de_lei_77-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7690/projeto_de_lei_78-2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7691/projeto_de_lei_79-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7670/projeto_de_lei_80-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7671/projeto_de_lei_81-2020.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7672/projeto_de_lei_82-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7692/projeto_de_lei_83-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7693/projeto_de_lei_84-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/11100/plo_85-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7694/projeto_de_lei_86-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7709/projeto_de_lei_87-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7710/projeto_de_lei_88-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7711/projeto_de_lei_89-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7712/projeto_de_lei_90-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8030/1023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8031/1026.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7725/projeto_de_lei_93-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7726/projeto_de_lei_94-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7727/projeto_de_lei_95-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7728/projeto_de_lei_96-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7729/projeto_de_lei_97-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7730/projeto_de_lei_98-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8163/projeto_n_99-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7442/projeto_de_resolucao-001-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7483/projeto_de_resolucao_-002-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7520/projeto_de_resolucao_03-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7575/projeto_de_resolucao_04-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8183/1044.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7346/requerimento_no_001_do_cezar.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7349/requerimento_no_002_do_diony.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7350/requerimento_no_003_do_felipe.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7985/059.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7352/requerimento_no_005_do_joao_cabral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7353/requerimento_no_006_do_ubaldino.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/13893/007-2020_reque.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7355/requerimento_no_008_do_renato.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7373/requerimento_09-2020.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7374/requerimento_10-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7375/requerimento_11-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7376/requerimento_12-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7377/requerimento_13-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7378/requerimento_14-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7379/requerimento_15-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7380/requerimento_16-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7381/requerimento_17-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7398/requerimento_18-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7399/requerimento_19-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7400/requerimento_20-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7401/requerimento_21-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7402/requerimento_22-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7403/requerimento_23-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7404/requerimento_24-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7405/requerimento_25-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7418/requerimento_26-2020.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7419/requerimento_27-2020.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7420/requerimento_28-2020.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7421/requerimento_29-2020.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7422/requerimento_30-2020.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7440/requerimento-031-2020.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7441/requerimento-032-2020.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7448/requerimento_33-2020.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7449/requerimento_34-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7450/requerimento_35-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7451/requerimento_36-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7452/requerimento_37-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7453/requerimento_38-2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7454/requerimento_39-2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7455/requerimento_40-2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7456/requerimento_41-2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7457/requerimento_42-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7474/requerimento-043-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7475/requerimento-044-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7476/requerimento-045-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7477/requerimento-046-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7478/requerimento-047-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7479/requerimento-048-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7480/requerimento-049-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7481/requerimento-050-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7482/requerimento-051-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7497/requerimento_52-2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7498/requerimento_53-2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7499/requerimento_54-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7500/requerimento_55-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7501/requerimento_56-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7516/requerimento_57-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7517/requerimento_58-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7518/requerimento_59-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7519/requerimento_60-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7533/requerimento_61-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7534/requerimento_62-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7535/requerimento_63-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7536/requerimento_64-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7537/requerimento_65-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7556/requerimento_66-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7557/requerimento_67-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7558/requerimento_68-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7559/requerimento_69-2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7577/requerimento_71-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7578/requerimento_72-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7579/requerimento_73-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7580/requerimento_74-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7601/requerimento_75-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7602/requerimento_76-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7603/requerimento_77-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7604/requerimento_78-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7605/requerimento_79-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7606/requerimento_80-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7623/requerimento_81-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7624/requerimento_82-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7625/requerimento_83-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7636/requerimento_84-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7637/requerimento_85-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7638/requerimento_86-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7643/requerimento_87-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7644/requerimento_88-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7645/requerimento_89-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7646/requerimento_90-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7647/requerimento_91-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7713/requerimento_92-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7714/requerimento_93-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7715/requerimento_94-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7731/requerimento_95-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7732/requerimento_96-2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7733/requerimento_97-2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7734/requerimento_98-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7736/requerimento_100-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7737/requerimento_101-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7738/requerimento_102-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12596/res001-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12597/res002-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12598/res003-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12599/res004-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/12600/res005-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7639/proposta_de_emenda_modificativa_01-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/7673/proposta_de_emenda_modificada_2-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8227/225.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8343/resp-req_64-2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8349/resp-req_61-2020.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8353/resp-req_60-2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8359/resp_de_req-062-2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8360/resp_de_req-065-2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8363/resp-req-068-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8364/res-req-63-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8365/res-req-67-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8367/res.req_742020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8228/716.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8032/030.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8033/038.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8034/088.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8035/182.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8036/190.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8037/221.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8038/233.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8039/236.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8040/294.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8041/584.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8042/703.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8043/706.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8044/802.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8045/805.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8046/814.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8047/843.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8048/848.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8049/888.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8050/891.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8051/1022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8052/1025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8053/1090.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8054/1118.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2020/8055/1121.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H533"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>