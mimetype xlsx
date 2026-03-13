--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -54,159 +54,159 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9150</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9150/1432.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9150/1432.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PREFEITO MUNICIPAL, QUE VIABILIZE A CONSTRUÇÃO DE CRECHE NO BAIRRO JARBINHAS E NA COMUNIDADE DE BARRA DO RIO FUNDO.</t>
   </si>
   <si>
     <t>9151</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9151/1433.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9151/1433.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE PARQUINHOS INFANTIS PARA CRIANÇAS DE 02 (DOIS) A 12(DOZE) ANOS, NAS SEGUINTES COMUNIDADES DO NOSSO MUNICIPIO QUE AINDA NÃO FORAM CONTEMPLADAS. SOLICITO, AINDA, ATRÁS DA PESTALOZZI, LOCALIZADA NA SEDE DO MUNICÍPIO DE, SENDO QUE, COM BRINQUEDOS PARA AS CRIANÇAS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>9152</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9152/1434.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9152/1434.pdf</t>
   </si>
   <si>
     <t>SOLICITO, VIABILIZAR EM CARÁTER DE URGÊNCIA, CALÇAMENTO DAS RUAS DO CANTO E EDUARDO HAESE, AMBAS JUNTAS COMPREENDENDO APROXIMADAMENTE 100 METROS DE EXTENSÃO, SITUADAS NO BAIRRO VALE DAS PALMAS, ONDE LOCALIZAVA-SE O ANTIGO CLUBE DO TUZINHO E ATUALMENTE É O CONDOMÍNIO DOS NOBRES, TENDO EM VISTA QUE, DEVIDO AS CONSTANTES CHUVAS OCORRIDAS NA REGIÃO, OS REFERIDOS LOGRADOUROS ENCONTRAM-SE EM PRECÁRIO ESTADO.</t>
   </si>
   <si>
     <t>9153</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9153/1435.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9153/1435.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA O TELHADO DA QUADRA DA "EMEF PROFESSOR NICOLAU KROLHING", LOCALIZADA EM SANTA MARIA.</t>
   </si>
   <si>
     <t>9154</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9154/1436.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9154/1436.pdf</t>
   </si>
   <si>
     <t>SOLICITO, VIABILIZAR EM CARÁTER DE URGÊNCIA, UM ESTUDO VISANDO PROVIDÊNCIAS INERENTES A PREVENÇÃO, PARA QUE O BARRANCO PRÓXIMO A RESIDÊNCIA DO SR. ALÉCIO SILVA ALVES, LOCALIZADA NA RUA MANOEL KILL, NÃO CEDA MAIS.</t>
   </si>
   <si>
     <t>9157</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9157/1439.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9157/1439.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE ESTE PODER EXECUTIVO MUNICIPAL VIABILIZE A CORREÇÃO DA CABECEIRA DA PONTE LOCALIZADA PRÓXIMO A IGREJA VELHA DE FREI GALVÃO.</t>
   </si>
   <si>
     <t>9160</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9160/1442.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9160/1442.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE UM PARQUINHO INFANTIL A SER INSTALADO NA PRACINHA DO BAIRRO SANTA RITA, EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9146</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9146/1422.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9146/1422.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO, EM NOME DO MUNICÍPIO DE MARECHAL FLORIANO, ADQUIRIR ATRAVÉS DE DESAPROPRIAÇÃO O IMÓVEL QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -513,67 +513,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9150/1432.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9151/1433.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9152/1434.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9153/1435.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9154/1436.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9157/1439.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9160/1442.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9146/1422.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9150/1432.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9151/1433.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9152/1434.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9153/1435.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9154/1436.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9157/1439.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9160/1442.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2021/9146/1422.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="87.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="86.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>