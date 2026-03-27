--- v0 (2025-12-05)
+++ v1 (2026-03-27)
@@ -54,6484 +54,6484 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>9292</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9292/001-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9292/001-2022.pdf</t>
   </si>
   <si>
     <t>"DECLARA LUTO OFICIAL PELO FALECIMENTO DO EX-VEREADOR DO MUNICÍPIO DE MARECHAL FLORIANO/ES, SR. AMARÍLIO JOSÉ KLEIN".</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9290/002-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9290/002-2022.pdf</t>
   </si>
   <si>
     <t>"DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS NOS DIAS 28 DE FEVEREIRO A 1º DE MARÇO DE 2022".</t>
   </si>
   <si>
     <t>9513</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9513/decreto_legislativo_003-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9513/decreto_legislativo_003-2022.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES DO PODER LEGISLATIVO MUNICIPAL, NO DIA 14 DE ABRIL DE 2022.</t>
   </si>
   <si>
     <t>10687</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10687/decreto_004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10687/decreto_004.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES DO PODER LEGISLATIVO MUNICIPAL, NO DIA 22 DE ABRIL DE 2022.</t>
   </si>
   <si>
     <t>10684</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10684/005.2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10684/005.2022.pdf</t>
   </si>
   <si>
     <t>"DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES DO PODER LEGISLATIVO MUNICIPAL, NO DIA 17 DE JUNHO DE 2022".</t>
   </si>
   <si>
     <t>13050</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13050/brn3c2af44c21b5_0000038053.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13050/brn3c2af44c21b5_0000038053.pdf</t>
   </si>
   <si>
     <t>TRANSFERE O PONTO FACULTATIVO EM COMEMORAÇÃO AO DIA DO SERVIDOR PÚBLICO, DE 28 DE OUTUBRO PARA 1º DE NOVEMBRO DE 2022.</t>
   </si>
   <si>
     <t>13051</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13051/brn3c2af44c21b5_0000038052.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13051/brn3c2af44c21b5_0000038052.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DAS REPARTIÇÕES DESTA CÂMARA MUNICIPAL NOS DIAS DOS JOGOS DA SELEÇÃO BRASILEIRA DE FUTEBOL, DURANTE A CHAMADA ''FASE DE GRUPOS'' DA COPA DO MUNDO DE 2022.</t>
   </si>
   <si>
     <t>9257</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9257/01-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9257/01-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A AQUISIÇÃO DE 30 (TRINTA) LÂMPADAS DE LED, VISANDO A SUBSTITUIÇÃO DAS LÂMPADAS EXISTENTES NOS LOGADOUROS DE ARAGUAYA, OBJETIVANDO PROPORCIONAR MAIOR ECONOMIA DE ENERGIA, BEM COMO, MELHOR ILUMINAÇÃO E MAIOR SEGURANÇA A TODOS OS MORADORES E COMERCIANTES LOCAIS.</t>
   </si>
   <si>
     <t>9258</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9258/94.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9258/94.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, O CALÇAMENTO DAS RUAS DO CANTO E EDUARDO HAESE, LOCALIZADAS NO BAIRRO VALE DAS PALMAS, NO ANTIGO CLUBE DO TUZINHO, ONDE, ATUALMENTE É O CONDOMÍNIO DOS NOBRES.</t>
   </si>
   <si>
     <t>9259</t>
   </si>
   <si>
     <t>Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9259/95.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9259/95.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REVITALIZAÇÃO DOS CALÇADÕES LOCALIZADOS NA AVENIDA ARTHUR HAESE E DE ACESSO AO PONTO FRIO, COMPREENDENDO TODAS AS MELHORIAS QUE SE FIZEREM NECESSÁRIAS.</t>
   </si>
   <si>
     <t>9260</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9260/96.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9260/96.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PROVIDÊNCIAS E MELHORIAS NO QUE TANGE A REPAROS DE BUEIROS ENTUPIDOS, CALÇADAS QUEBRDAS E PAVIMENTAÇÃO EM PÉSSIMAS CONDIÇÕES DE CONSERVAÇÃO, INCLUSIVE APRESENTANDO DESNIVELAMENTO NAS RUAS LOCALIZADAS NAS PROXIMIDADES DA LOJA MACÔNICA BARAQUIEL PINTO DE MEDEIROS.</t>
   </si>
   <si>
     <t>9261</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9261/97.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9261/97.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO PARA QUE ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS SEJAM ADOTADOS AS PROVIDÊNCIAS NECESSÁRIAS PARA REFAZER O MURO DE CONTENÇÃO QUE EXISTIA NO FINAL DA RUA NOÉ LUIGI MODOLO, PRÓXIMO AO GINÁSIO DE ESPORTES DA ESCOLA ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>9279</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9279/154.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9279/154.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE UMA ÁRVORE ÀS MARGENS DA RODOVIA BR 262, PRÓXIMO AO TREVO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9280/155.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9280/155.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, SERVIÇO DE CASCALHAMENTO DEPOIS DA LADEIRA PEDRO PIVETA, LOCALIZADA NO BAIRRO ALAGOINHA, NO DISTRITO DE ARAGUAYA, BEM COMO, LIMPEZA DAS CAIXAS SECAS, VISANDO GARANTIR A ACESSIBILIDADE E TRAFEGABILIDADE NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>9281</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9281/156.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9281/156.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, SERVIÇO DE RECAPEAMENTO NO PERCURSO QUE TEM INÍCIO DEPOIS DO POSTO IPIRANGA E ESTENDE-SE ATÉ O CAMPO DE FUTEBOL DE RIO FUNDO, BEM COMO, SERVIÇO DE CASCALHAMENTO NOS DEMAIS TRECHOS QUE SE FAZEM NECESSÁRIOS, ESTENDENDO-SE ATÉ ARAGUAYA, VISANDO MELHOR ACESSIBILIDADE E MAIOR SEGURANÇA DOS USUÁRIOS DAS REFERIDAS VIAS, TENDO EM VISTA A PRECARIEDADE EM QUE SE ENCONTRAM, PRINCIPALMENTE APÓS AS CHUVAS TORRENCIAIS OCORRIDAS NA REGIÃO NOS ÚLTIMOS DIAS.</t>
   </si>
   <si>
     <t>9282</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9282/157.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9282/157.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE CRIE UM MECANISMO DE INCENTIVO PARA QUE OS ESPAÇOS PÚBLICOS EM GERAIS SEJAM, APROVEITANDO PARA TRABALHOS E MANIFESTAÇÕES CULTURAIS DE ARTISTAS, VISANDO SIMULTANEAMENTE, A DIVULGAÇÃO DOS MESMOS, SOBRETURDO, O EMBELEZAMENTO DA CIDADE, FICANDO, A UTILIZAÇÃO DOS REFERIDOS ESPAÇOS, PARA EFEITO DE REGISTRO DE TRABALHOS ARTÍSTICOS, A IDENTIFICAÇÃO DE SUAS AUTORIAS E A IMAGEM QUE SERÁ REGISTARADA, SOB A COORDENAÇÃO E RESPONSABILIDADE DA SECRETARIA MUICIPAL DE CULTURA E TURISMO.</t>
   </si>
   <si>
     <t>9283</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9283/158.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9283/158.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TODOS OS BARRANCOS CAÍDOS EM VIAS PÚBLICAS DEVIDO AS FORTES CHUVAS._x000D_
 CASCALHAMENTO E DEMAIS MELHORIAS QUE SE FIZEREM NECESSÁRIAS, NAS ESTRADAS PRINCIPAIS E VICINAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>9314</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9314/221.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9314/221.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A LIMPEZA DE TODA A EXTENSÃO DA LINHA FÉRREA, LOCALIZADA ÀS MARGENS DA RUA DELIMAR SCHUNK, HAJA VISTA QUE, A MESMA, DE FATO CARECE DO SERVIÇO SOLICITADO, CONFORME SEGUEM FOTOS.</t>
   </si>
   <si>
     <t>9315</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9315/222.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9315/222.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, A REALIZAÇÃO DE SERVIÇO DE TAPA-BURACOS NA RUA MANOEL KILL, TENDO EM VISTA QUE, TRATA-SE DE SERVIÇO QUE REQUER MANUTENÇÃO CONSTANTE.</t>
   </si>
   <si>
     <t>9316</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9316/223.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9316/223.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE ESPORTES, O RETORNO DAS ATIVIDADES ESPORTIVAS INERENTES A GINÁSTICA RÍTMICA, REALIZADAS NO GINÁSIO DE ESPORTES "PAULO ANTÔNIO LORENZONI", VISTO QUE TRATA-SE DE ATIVIDADE INSERIDA NO PROJETO CAMPEÕES DO FUTURO.</t>
   </si>
   <si>
     <t>9317</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9317/224.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9317/224.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, VIABILIZAR FAIXAS ELEVADAS OU QUEBRA MOLAS EM CRUZAMENTOS DE MAIOR CIRCULAÇÃO DE PESSOAS, PRINCIPALMENTE NA TRAVESSA JOSEFINA RODRIGUES, ONDE, POR INÚMERAS VEZES JÁ FORAM REGISTRADOS ACIDENTES, INCLUSIVE, COM ATROPELAMENTOS.</t>
   </si>
   <si>
     <t>9318</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9318/225.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9318/225.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA RESPONSÁVEL, SERVIÇO DE TAPA-BURACOS NO TREVO DE PARAJU, NO LOTEAMENTO PARQUE DA COLINA, DE PROPRIEDADE DO SR. OSMAR SIMON, VISANDO MELHOR ACESSIBILIDADE E QUALIDADE DE VIDA.</t>
   </si>
   <si>
     <t>9347</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_16-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_16-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA O SERVIÇO DE ROÇAGEM NA ESTRADA TRAQUARAL, NO TRECHO COMPREENDIDO ENTRE O PONTILHÃO DE RIO FUNDO, NO DARLI LITTIG , ATÉ ARAGUAYA , HAJA VISTA QUE A MESMA, DE FATO CARECE DO SERVIÇON SOLICITADO.</t>
   </si>
   <si>
     <t>9348</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_17-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_17-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADO O CALÇAMENTO NO MORRO DOS MADEIROS, LOCALIZADO EM ALTO MARECHAL, A FIM DE PROPORCIONAR MELHOR ACESSIBILIDADE, SOBRETUDO, QUALIDADE DE VIDA DOS MUNÍCIPES QUE LÁ RESIDEM, VISTO QUE DE FATO, OS MESMOS CARECEM DO SERVIÇO REIVINDICADO.</t>
   </si>
   <si>
     <t>9349</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_18-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_18-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DO CALÇAMENTO OU PRAÇA NA ENTRADA DA RUA LAURA LITTIG KUSTER, ONDE HOJE ESTA SENNDO UTILIZADO COMO ESTACIONAMENTO E ABANDONO DE VEÍCULOS USADOS.</t>
   </si>
   <si>
     <t>9350</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>VIABILIZAR A RECUPERAÇÃO DE CALÇADAS DANIFICADAS E SEM COBERTURA DE CONCRETO E PROJETO DE PADRONIZAÇÃO, BEM COMO NOTIFICAR PROPRIETÁRIOS DE IMÓVEIS QUANTO À SUA RESPONSABILIDADE NA MANUTENÇÃO DAS MESMAS.</t>
   </si>
   <si>
     <t>9384</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9384/indicacao_20_abrao.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9384/indicacao_20_abrao.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESTE PODER EXECUTIVO, A AMPLIAÇÃO DAS VAGAS DE ESTACIONAMENTO NA AVENIDA ARTHUR HAESE, PRÓXIMO AO "SUPERMERCADO AVENIDA".</t>
   </si>
   <si>
     <t>9385</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9385/indicacao_21_abrao.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9385/indicacao_21_abrao.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA PLEITEADO JUNTO À CIRETRAN, A INSTALAÇÃO DE PLACAS DE ESTACIONAMENTO AO LONGO DA AVENIDA ARTHUR HAESE, PRINCIPALMENTE PRÓXIMO ÀS  EMPRESAS EXISTENTES NA MESMA.</t>
   </si>
   <si>
     <t>9386</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9386/indicacao_22_abrao.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9386/indicacao_22_abrao.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO, ONDE FOI REALIZADA A ABERTURA DA ESTRADA DE RIO FUNDO, DEPOIS DO BAR DO SORRISO, ANTES DO "ZOO PARK", BEM COMO, INTERVIR JUNTO À CIRETRAN, VISANDO INSTALAR PLACAS DE " PROIBIDO ESTACIONAR" NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>9387</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9387/indicacao_23_cezar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9387/indicacao_23_cezar.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA OPERAÇÃO TAPA-BURACOS, LIMPEZA DE CAIXAS SECAS E LAVAGEM COM CARRO-PIPA DO ASFALTO DAS RODOVIAS MUNICIPAIS JACOMO RONCHI, LOCALIZADA NO DISTRITO DE ARAGUAYA E RODOVIA MIGUEL SOUZA, LOCALIZADA NA VILA MIGUEL SOUZA, DISTRITO E SANTA MARIA.</t>
   </si>
   <si>
     <t>9388</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9388/indicacao_24_dorio.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9388/indicacao_24_dorio.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA RESPONSÁVEL, SERVIÇO DE TAPA-BURACOS NA VILA MIGUEL DE SOUZA, LOCALIZADA NO DISTRITO DE SANTA MARIA E NA ESTRADA VICINAL LOCALIZADA NO PERCURSO QUE COMPREENDE DA SAÍDA DA RODOVIA FRANCISCO STOCKL, PASSANDO PELA PROPRIEDADE DO SR. JAIR KROLHING E FAMÍLIA EVALD.</t>
   </si>
   <si>
     <t>9389</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9389/indicacao_25_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9389/indicacao_25_navar.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA INTENSIFICADA A LIMPEZA UTILIZANDO O CARRO-PIPA, DA PRAÇA JOSÉ HENRIQUE PEREIRA, LOCALIZADA NA SEDE DO MUNICIPIO.</t>
   </si>
   <si>
     <t>9390</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9390/indicacao_26_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9390/indicacao_26_navar.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA PAVIMENTAÇÃO NA RUA BELA VISTA COM TÉRMINO NA RUA SEBASTIÃO FRANCISCO PENHA, RUA ESSA, QUE SOBE NO PORTÃO AZUL, SITUADO PRÓXIMO AO "AÇOUGUE PADILHA". LOCALIZADO RUA GUSTAVO HERTEL.</t>
   </si>
   <si>
     <t>9391</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9391/indicacao_27_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9391/indicacao_27_natalino.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A DESOBSTRUÇÃO OU CONSTRUÇÃO DE NOVO BOEIRO EM RUA PRÓXIMO AOS BOMBEIROS, ONDE FICA ÁGUA ACUMULADA POR DIAS APÓS AS CHUVAS.</t>
   </si>
   <si>
     <t>9392</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9392/indicacao_28_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9392/indicacao_28_natalino.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SE DIGNE VIABILIZAR A AQUISIÇÃO OU LOCAÇÃO DE MÁQUINAS, VISANDO AGILIZAR A RECUPERAÇÃO DE ESTRADAS, LIMPEZA DE CAIXAS SECAS, BEM COMO, USAR O ROLO COMPACTADOR ONDE FICA TERRA SOLTA E FAZER ROÇAGEM EM TODAS AS ESTRADAS RURAIS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>9393</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9393/indicacao_29_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9393/indicacao_29_renato.pdf</t>
   </si>
   <si>
     <t>VIABILZAR, EM CARÁTER DE URGÊNCIA, A INSTALAÇÃO DE BANHEIROS QUÍMICOS PRÓXIMO A ESTAÇÃO FERROVIÁRIA, LOCALIZADA NA PRAÇA JOSÉ HENRIQUE PEREIRA, NA SEDE DO MUNICIPÍO, ONDE ESTÁ SENDO REALIZADA A "FEIRA DO EMPREENDEDOR", TENDO EM VISTA QUE, A AUSÊNCIA DESTES TÊM PROPORCIONADO INÚMEROS TRANSTORNOS ÀS PESSOAS QUE PRESTIGIAM O EVENTO, SOBRETUDO, AS QUE ATUAM NO EVENTO.</t>
   </si>
   <si>
     <t>9714</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9714/430.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9714/430.pdf</t>
   </si>
   <si>
     <t>VERIFICAR A VIABILIDADE DE COLOCAR SINAL, OU NA SUA IMPOSSIBILIDADE, INSTALAR QUEBRA MOLAS NAS PROXIMIDADES DA MACEFEL, NA ENTRADA DAS RUA EMILIO GUSTAVO HULLE E THIERS VELOSO, EM FRENTE A PADARIA, BEM COMO NA RUA TRAVESSA JOSEFINA RODRIGUES EM FRENTE À SORVETERIA.</t>
   </si>
   <si>
     <t>9715</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9715/431.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9715/431.pdf</t>
   </si>
   <si>
     <t>REFAZER AS CANALETAS DA RUA FLORIANO SCHNEIDER, LOCALIZADA EM ARAGUAIA.</t>
   </si>
   <si>
     <t>9717</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9717/432.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9717/432.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, SERVIÇOS DE PATROLAMENTO, CASCALHAMENTO E ROÇAGEM NAS ESTRADAS DE ARAGUAYA E SANTA MARIA, PRINCIPALMENTE UTILIZADAS PARA O ESCOAMENTO DA PRODUÇÃO DA REGIÃO E PELO TRANSPORTE ESCOLAR, HAJA VISTA QUE, O MATO ESTÁ INVADINDO AS MESMAS E ATRAPALHANDO A VISIBILIDADE DOS MOTORISTAS, ALÉM DE ESTAREM EM PRECÁRIAS CONDIÇÕES DE TRAFEGABILIDADE, DE FATO, NECESSITANDO DOS MENCIONADOS SERVIÇOS.</t>
   </si>
   <si>
     <t>9718</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9718/433.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9718/433.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, A CONSTRUÇÃO DE BANHEIRO PÚBLICO CONTENDO CHUVEIRÃO, NAS PROXIMIDADES DOS CAMPOS DE AREIA DE DIVERSAS MODALIDADES DE ESPORTES, LOCALIZADOS NA AVENIDA ARTHUR HAESE, EM ALTO MARECHAL.</t>
   </si>
   <si>
     <t>9719</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9719/434.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9719/434.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA VIABILIZADO, EM CARÁTER DE URGÊNCIA, EM TODOS OS BUEIROS DESTA MUNICIPALIDADE, SERVIÇO DE DEDETIZAÇÃO, VISANDO A ERRADICAÇÃO DE BARATAS, TENDO EM VISTA QUE HÁ UMA CRESCENTE PROLIFERAÇÃO DAS MESMAS, EM TODO O ÂMBITO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>9720</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9720/435.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9720/435.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADO A INSTALAÇÃO DE GUARD RAIL NA PONTE MARIA BOTELHO DE ALMEIDA TRARBACH, LOCALIZADA SOBRE O CÓRREGO BATATAL, NAS PROXIMIDADES DA IGREJA MARANATA DO BAIRRO SANTA RITA, VISANDO MAIOR SEGURANÇA A TODOS OS TRANSEUNTES DO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>9880</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9880/474.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9880/474.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE 03 PONTOS DE ÔNIBUS EM ARAGUAYA.</t>
   </si>
   <si>
     <t>9881</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9881/475.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9881/475.pdf</t>
   </si>
   <si>
     <t>INDICA A ROÇAGEM DA ESTRADA DE RIO FUNDO, EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>9882</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9882/indicacao_no_38_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9882/indicacao_no_38_2022.pdf</t>
   </si>
   <si>
     <t>INDICA A CONSTRUÇÃO DE VESTIÁRIO COM BANHEIRO, EM CARÁTER DE URGÊNCIA, NO CAMPO BOM DE BOLA JACINTO CATELAN JUNIOR EM ARAGUAYA.</t>
   </si>
   <si>
     <t>9883</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9883/477.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9883/477.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO QUE VIABILIZE O SERVIÇO DE RECAPEAMENTO DA RUA ALVINO WASSEM, RUA PRESIDENTE COSTA E SILVA, RUA HELENA SANTA CLARA EFFGEN E RUA JOÃO MERÍSIO.</t>
   </si>
   <si>
     <t>9884</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9884/478.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9884/478.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO QUE VIABILIZE, EM CARÁTER  DE URGÊNCIA, A REPAVIMENTAÇÃO DA RUA THEOBALDO RUPF, LOCALIZADA NO BAIRRO SANTA RITA, QUE DÁ ACESSO À PROPRIEDADE DO SR. JOSÉ MARIA VASCONCELOS, TENDO EM VISTA QUE, TRATA-SE DE VIA DE ACESSO CUJA A SUA PAVIMENTAÇÃO É IRREGULAR, APRESENTANDO  INÚMEROS  DESNIVELAMENTOS, ALÉM DE MUITOS BURACOS, PROPORCIONANDO AOS MUNÍCIPES QUE A UTILIZAM NO SEU COTIDIANO, RISCOS DE POSSÍVEIS QUEDAS E DEMAIS INCIDENTES.</t>
   </si>
   <si>
     <t>9885</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9885/479.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9885/479.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA URGENTEMENTE, A CONSTRUÇÃO DE 02(DOIS) QUEBRA MOLAS RUA JOÃO DOMINGOS LORENZONI E MAIS 02 (DOIS) NA RUA PAULO LOVATTI, AMBAS AS VIAS LOCALIZADAS NO BAIRRO SANTA RITA, VISANDO MAIOR SEGURANÇA A TODA COMUNIDADE, ESTENDENDO-SE TODOS QUE UTILIZAM TAIS VIAS, TENDO EM VISTA QUE NO LOCAL TEM O CENTRO EDUCACIONAL MUNICIPAL LEONOR MIGUEL FEU ROSA E TENDO RECEBIDO INÚMERAS RECLAMAÇÕES DE MUNICIPES, RELATANDO QUE HÁ CONDUTORES DE VEÍCULOS E MOTOS PASSANDO EM ALTA VELOCIDADE, PROPORCIONANDO RISCOS E INSEGURANÇA A TODOS NOS REFERIDOS LOGRADOUROS, PRINCIPALMENTE, ÀS CRIANÇAS E AOS IDOSOS, INCLUSIVE, JÁ COM REGISTROS NO LOCAL, DE ALGUMAS OCORRÊNCIAS.</t>
   </si>
   <si>
     <t>10137</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10137/537.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10137/537.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE CRIEI UM APLICATIVO PARA QUE OS MUNÍCIPES E TURISTAS  POSSAM TER ACESSO ÀS INFORMAÇÕES PÚBLICAS, TURÍSTICAS E CONTATO DIRETO COM A GESTÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>10138</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10138/538.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10138/538.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A INSTALAÇÃO DE PLACA CONTENDO A FRASE: EU ♥ MARECHAL ", PRÓXIMO A ESTAÇÃO FERROVIÁRIA, A QUAL ATUALMENTE COMPORTA O MUSEU DA IMIGRAÇÃO, NA PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>10139</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10139/539.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10139/539.pdf</t>
   </si>
   <si>
     <t>INDICA, AO PREFEITO MUNICIPAL, VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE TAPA-BURACOS NO MORRO DOS MARQUES", LOCALIZADO EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>10744</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10744/ind_046-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10744/ind_046-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR URGENTEMENTE A PAVIMENTAÇÃO, DRENAGEM E ILUMINAÇÃO DA LADEIRA MÁRIO SCHUNK ATÉ LIGAR A LOCALIDADE DE COSTA PEREIRA, VISANDO AMENIZAR OS TRANTORNOS ENFRENTADOS PELOS MUNÍCIPES QUE RESIDEM NA MESMA, OU QUE A UTILIZAM COMO ACESSO PARA QUAISQUER FINS.</t>
   </si>
   <si>
     <t>10745</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10745/ind_047-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10745/ind_047-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE A SECRETRARIA COMPETENTE, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, SEJAM DISPONIBILIZADOS CURSOS DE LÍNGUAS ALEMÃ OU ITALIANA, DE ACORDO COM CADA LOCALIDADE, SENDO VERIFICADA A SUA HISTÓRIA, COMPREENDENDO A IMIGRAÇÃO E DESCENDÊNCIA PREDOMINANTE EM CADA COMUNIDADE.</t>
   </si>
   <si>
     <t>10746</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10746/ind_048-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10746/ind_048-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, A PAVIMENTAÇÃO DAS RUAS DO CANTO E EDUARDO HAESE, LOCALIZADAS NO BAIRRO VALE DAS PALMAS, NO ANTIGO CLUBE TUZINHO, ONDE, ATUALMENTE É O CONDOMÍNIO DOS NOBRES.</t>
   </si>
   <si>
     <t>10747</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10747/ind_049-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10747/ind_049-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR NESTA MUNICIPALIDADE, O MAIS BREVE POSSÍVEL, A CONSTRUÇÃO DE UM CENTRO DE APOIO AO TURISTA, VISANDO ATENDER E PROPORCIONAR MELHOR ATENÇÃO E RECEPTIVIDADE AOS TURISTAS, QUE VISITAM A NOSSA CIDADE.</t>
   </si>
   <si>
     <t>10765</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10765/ind_050-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10765/ind_050-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE ILUMINAÇÃO PÚBLICA NO TRAVO DE ARAGUAYA A SANTA MARIA, O MAIS BREVE POSSÍVEL, VISANDO AMENIZAR OS TRANSTORNOS ENFRENTADOS PELOS MUNÍCIPES QUE O FAZEM NO SEU COTIDIANO, PRINCIPALMENTE Á NOITE.</t>
   </si>
   <si>
     <t>10772</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10772/ind_051-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10772/ind_051-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A INSTALAÇÃO DE DE BICICLETÁRIOS EM PONTOS ESTRATÉGICOS DE MARECHAL FLORIANO, COMO PARQUINHOS, PRÓXIMOS A ESCOLAS, BANCOS, ETC.</t>
   </si>
   <si>
     <t>10776</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10776/ind_052-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10776/ind_052-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO EXMº SR. CEZAR TADEU RONCHI JUNIOR, PRESIDENTE DESTA CASA DE LEIS, QUE SEJAM IMPLEMENTADAS AÇÕES PRÁTICAS VOLTADAS À CAUSA ANIMAL, NO SENTIDO DE FAZER PARCERIA COM A AMAR PARA RECEBER DOAÇÕES DE RAÇÃO, VISANDO À PRÁTICA DO ZELO, PROTEÇÃO E BEM-ESTAR, INSERIDOS NOS CUIDADOS E PROCEDIMENTOS DE PRAXE PARA COM OS ANIMAIS.</t>
   </si>
   <si>
     <t>10777</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10777/ind_053-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10777/ind_053-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A SINALIZAÇÃO DE ÁREA ESCOLAR EM LOCAL ONDE HÁ ESCOLAS MUNICIPAIS, PRINCIPALMENTE, EM BOM JESUS.</t>
   </si>
   <si>
     <t>10778</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10778/ind_054-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10778/ind_054-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJAM VIABILIZADAS PROVIDÊNCIAS APÓS ANÁLISE DO DNIT COMFORME SEGUE, INERENTE À SITUAÇÃO DO BARRANCO LOCALIZADO NO PONTO FRIO.</t>
   </si>
   <si>
     <t>10779</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10779/ind_055-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10779/ind_055-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO, POR MEIO DO SEU GESTOR EXMº. SR. JOÃO CARLOS LORENZONI, JUNTAMENTE À SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, EXMA. SRA. SIMONE CATARINA LEMKE CANCELLIERE, QUE SEJA VIABILIZADA LOCAÇÃO DE TRANSPORTE, VISANDO ATENDER A TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>10780</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10780/ind_056-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10780/ind_056-2022.pdf</t>
   </si>
   <si>
     <t>INDICO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADO ESTUDO DE ENGENHARIA DE TRÂNSITO, VISANDO DIMINUIR O TRÁFEGO DE VEÍCULOS PESADOS NA SEDE DE MARECHAL FLORIANO, SOBRETUDO, QUE POSTERIORMENTE SEJAM CONSTRUÍDAS MAIS CALÇADAS CIDADÃS.</t>
   </si>
   <si>
     <t>10782</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10782/ind_057-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10782/ind_057-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJAM VIABILIZADOS SERVIÇOS DE DRENAGEM E LIMPEZA NOS CÓRREGOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10788</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10788/ind_058-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10788/ind_058-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO EMPENHO DESSE PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, NO SENTIDO DE VIABILIZAR O MAIS BREVE POSSÍVEL, A REMOÇÃO PARA O LADO, MAIS PROXIMO DO BARRANCO, DE UM POSTE QUE ENCONTRASSE EM MEIO À ESTRADA GIUZEPPE DE NADAI, A QUAL TEM INÍCIO NA RUA GUSTAVO HERTEL E DÀ ACESSO AO SHOW HAUS, E QUE ESTÁ PROPORCIONANDO RISCOS A TODOS QUE PASSAM PELO LOCAL.</t>
   </si>
   <si>
     <t>10789</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10789/ind_059-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10789/ind_059-2022.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE SERÁ CONSTRUIDO O MURO DA RUA CECÍLIA PITANGA PINTO, LOCALIZADA NO MORRO DA MACEFEL, SOLICITO VIABILIZAR URGENTEMENTE MELHORIAS, COMPREENDENDO A SUBSTITUIÇÃO DO CALÇAMENTO EM TODA A SUA EXTENSÃO POR PAV´S E SUBSTITUIÇÃO DE UM POSTE DE MADEIRA QUE ENCONTRA-SE EM PRECÁRIO ESTADO, OFERENDO RISCOS E INSEGURANÇA AOS LOCAIS E TODOS QUE PASSAM NO LOCAL.</t>
   </si>
   <si>
     <t>10790</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10790/ind_060-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10790/ind_060-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO, DESDE  JÁ, AO GESTOR DESSE PODER EXECUTIVO,  A CONCESSÃO DE CESTAS NATALINAS AOS SERVIDORES MUNICIPAIS,  NO MÊS DE DEZEMBRO.</t>
   </si>
   <si>
     <t>10791</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10791/ind_061-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10791/ind_061-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REPAVIMENTAÇÃO E REVITALIZAÇÃO, COM INÍCIO NO LOCAL CONHECIDO COMO MANOBRADOR DA RUA DELIMAR SCHUNK ATÉ A ÚLTIMA RESIDÊNCIA DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>10792</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10792/ind_062-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10792/ind_062-2022.pdf</t>
   </si>
   <si>
     <t>-CONSTRUÇÃO DE ELEMENTOS SIMBÓLICOS DO MUNICÍPIO DE _x000D_
 MARECHAL FLORIANO E ESTÁTUAS QUE POSSAM CARACTERIZAR _x000D_
 NOSSA CULTURA E FOMENTAR O TURISMO, A SEREM INSTALADOS EM _x000D_
 PONTOS ESTRATÉGICOS PARA DIVULGAR O MUNICÍPIO E SUAS _x000D_
 BELEZAS._x000D_
  -CONSTRUÇÃO DE UM TERMÔMETRO GIGANTE COM RELÓGIO E _x000D_
 TRAÇOS ÍTALO-GERMÂNICOS, E ESTATUAS QUE REPRESENTAM A _x000D_
 NOSSA CULTURA, A SEREM CONSTRUÍDOS NA SEDE DO MUNICÍPIO, _x000D_
 PARA SERVIR DE PONTO TURÍSTICO.</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10737/668.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10737/668.pdf</t>
   </si>
   <si>
     <t>REALIZAR AS SEGUINTE MELHORIAS NO CENTRO DE AGRONEGÓCIOS _x000D_
 DE SANTA MARIA EM MARECHAL FLORIANO:_x000D_
 REFORMA DO CENTRO DE AGRONEGÓCIOS._x000D_
 - TRANSFORMAÇÃO DA SALA DO TÉRREO EM UM CENTRO DE _x000D_
 TORREFAÇÃO E MOAGEM DE CAFÉ_x000D_
 - TRANSFORMAR O BANHEIRO DO TÉRREO EM BANHEIRO PÚBLICO _x000D_
 PARA UTILIZAÇÃO DA POPULAÇÃO EM GERAL.</t>
   </si>
   <si>
     <t>10734</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10734/ind_064-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10734/ind_064-2022.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMº SR. PREFEITO MUNICIPAL O TÉRMINO DO CALÇAMENTO NA VILA DOS IPÊS EM SANTA MARIA.</t>
   </si>
   <si>
     <t>10733</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10733/690.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10733/690.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA CALÇADA PARA PEDESTRES NA RUA MANOEL KILL REFORMA DOS QUEBRA MOLAS.</t>
   </si>
   <si>
     <t>10732</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10732/691.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10732/691.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ESTUDOS PARA MELHORAR A INFRAESTRUTURA E O EFETIVO POLICIAL DA POLICIA CIVIL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>10731</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10731/ind672022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10731/ind672022.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, INDICA AO EXMº SR. PREFEITO MUNICIPAL OS SEGUINTES PEDIDOS DE PROVIDÊNCIAS: VIABILIZAR A INSTALAÇÃO DE TOLDOS OU FAZER A COBERTURA EM FRENTE AS UNIDADES DE SAÚDE CEZAR VELLO PUPPIM E NA UNIDADE DE SAÚDE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>11234</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11234/ind_068-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11234/ind_068-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, A DEMARCAÇÃO DE UM PONTO DE _x000D_
 EMBARQUE E DESEMBARQUE DE PACIENTES, COM PLACA INDICATIVA, EM FRENTE _x000D_
 AO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA, POPULARMENTE CONHECIDO _x000D_
 COMO “POLICLÍNICA”, LOCALIZADA NA RUA BELARMINO PINTO, VISANDO _x000D_
 FACILITAR A ACESSIBILIDADE DOS PACIENTES, EM ESPECIAL, OS CADEIRANTES E _x000D_
 COM MOBILIDADE REDUZIDA, QUE RECORREM AO ATENDIMENTO NA MESMA.</t>
   </si>
   <si>
     <t>11235</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11235/ind_069-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11235/ind_069-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO UM ESTUDO DA HISTÓRIA DO MUNICÍPIO E SEUS _x000D_
 MUSEUS E CAPACITE OS SERVIDORES RESPONSÁVEIS PELOS MESMOS PARA _x000D_
 QUE POSSAM TRANSMITIR AOS TURISTAS E MORADORES OS DADOS _x000D_
 HISTÓRICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>11236</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11236/ind_070-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11236/ind_070-2022.pdf</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE UMA PISTA DE DOWHILL CHAMADA PUMP TRACK PERTO _x000D_
 DA PISTA DE SKATE OU OUTRO LUGAR OPORTUNO.</t>
   </si>
   <si>
     <t>11237</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11237/ind_71-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11237/ind_71-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE LIMPEZA DO RIO JUCU _x000D_
 BRAÇO SUL, REALIZANDO A REMOÇÃO DE PNEUS E TODOS OS ENTULHOS, _x000D_
 QUE SE ENCONTRAM NAS MARGENS E NO LEITO DO MESMO.</t>
   </si>
   <si>
     <t>11238</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11238/ind_072-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11238/ind_072-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, O CORRIMÃO DA ESCADARIA LOCALIZADA  AO LADO DA CESAN E CALÇAMENTO NO FINAL DA RUA JOANA LITTIG MEES, A QUAL TEM INÍCIO NA BR 262, AO LADO ESQUERDO PASSANDO EM FRENTE À CESAN, E TÉRMINO NA ESCADARIA QUE DÁ ACESSO À RUA THIERS VELOSO.</t>
   </si>
   <si>
     <t>11239</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11239/ind_73-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11239/ind_73-2022.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE UMA CERCA NO “PARQUINHO” DO CENTRO DE MARECHAL _x000D_
 FLORIANO, PRÓXIMO A ESTAÇÃO FERROVIÁRIA.</t>
   </si>
   <si>
     <t>11240</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11240/ind_074-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11240/ind_074-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, EMPENHO NO SENTIDO DE VIABILIZAR SINALIZAÇÃO COMPLETA DE TODO NOVO TRECHO RECAPEADO EM RIO FUNDO.</t>
   </si>
   <si>
     <t>11242</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11242/ind_75-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11242/ind_75-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADO PELO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE _x000D_
 COM O ÓRGÃO COMPETENTE A FIXAÇÃO DE PLACA DE PROIBIDO ESTACIONAR _x000D_
 NOS DOIS SENTIDOS DA RUA ANTENOR DOS SANTOS BRAGA PRÓXIMO AO N° _x000D_
 132, REFERÊNCIA GARAGEM DA DONA CITALHA</t>
   </si>
   <si>
     <t>11363</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11363/indicacao_076-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11363/indicacao_076-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO GESTOR DESSE EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE, A INSTALAÇÃO DE UMA LIXEIRA GAIOLA PRÓXIMO AO SÍTIO DO SENHOR DADÁ, EM COSTA PEREIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>11364</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11364/indicacao_077-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11364/indicacao_077-2022.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, O CALÇAMENTO DA LADEIRA QUE DÁ ACESSO AO BAIRRO RECREIO PONTO ALTO.</t>
   </si>
   <si>
     <t>11365</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11365/indicacao_078-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11365/indicacao_078-2022.pdf</t>
   </si>
   <si>
     <t>SOLICITO VIABILIZAR PLANEJAMENTO DE CORREÇÃO DE CALÇADAS COM BURACOS E DESNIVELADAS, SOBRETUDO, ESTUDO DE VIABILIDADE VISANDO INSERIR CALÇADAS EM RUAS ONDE AS MESMAS MÃO EXISTEM, A RECUPERAÇÃO DE CALÇADAS DANIFICADAS, SEM COBERTURA DE CONCRETO E PROJETO DE PADRONIZAÇÃO, BEM COMO, NOTIFICAR PROPRIETÁRIOS DE IMÓVEIS QUANTO À SUA RESPONSABILIDADE NA MANUTENÇÃO DAS MESMAS.</t>
   </si>
   <si>
     <t>12070</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12070/ind_079.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12070/ind_079.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE QUEBRA-MOLAS NO TRECHO QUE COMPREENDE TODO O PERCURSO DA BARRA DO RIO FUNDO E RIO FUNDO, PRÓXIMO AO ZOO PARK.</t>
   </si>
   <si>
     <t>12073</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12073/ind_080.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12073/ind_080.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA FIRMADA PARCERIA ENTRE ESSE PODER EXECUTIVO, SECRETARIA DE ESTADO DO TURISMO (SETUR/ES), E DETRAN, A FIM DE IMPLANTAR EM NOSSA MUNICIPALIDADE, SINALIZAÇÃO TURÍSTICA.</t>
   </si>
   <si>
     <t>12074</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12074/ind_081.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12074/ind_081.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE O RECURSO ORIUNDO DA EMENDA ESPECIAL DE TED CONTI, NO VALOR DE R$ 400.000,00 (QUATROCENTOS MIL REAIS), CONFORME SEGUE CÓPIA EM ANEXO, SEJA UTILIZADO PARA A REALIZAÇÃO DE PAVIMENTAÇÃO DA RUA EDUARDO HAESE E RUA DO CANTO, SITUADAS NO VALE DAS PALMAS, ONDE LOCALIZAVA-SE O ANTIGO CLUBE DO TUZINHO E ATUALMENTE É O CONDOMÍNIO DOS NOBRES, TENDO EM VISTA QUE, OS SUPRACITADOS LOGRADOUROS, DE FATO CARECEM DO REFERIDO SERVIÇO.</t>
   </si>
   <si>
     <t>12091</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12091/ind_082.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12091/ind_082.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, LIMPEZA DO RIO JUCU BRAÇO SUL, REALIZANDO A REMOÇÃO DE PNEUS, RESTOS DE VEGETAÇÕES E TODOS OS ENTULHOS, QUE SE ENCONTRAM NAS MARGENS E NO LEITO DO MESMO, INICIANDO NO PONTO FRIO, DANDO PROSSEGUIMENTO ATÉ O FINAL DA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>12093</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12093/ind_083.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12093/ind_083.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM VIABILIZADAS, O MAIS BREVE POSSÍVEL, A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO EM ESTRADAS DO INTERIOR E PONTOS TURÍSTICOS.</t>
   </si>
   <si>
     <t>12094</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12094/ind_084.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12094/ind_084.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADA O MAIS BREVE POSSÍVEL, A ILUMINAÇÃO PÚBLICA NA VILA RAACH, VISANDO PROPORCIONAR MAIOR SEGURANÇA E MELHOR QUALIDADE DE VIDA AOS MUNÍCIPES QUE ALI RESIDEM E UTILIZAM A REFERIDA VIA DE ACESSO.</t>
   </si>
   <si>
     <t>12541</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12541/indicacao_no_085_dorio.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12541/indicacao_no_085_dorio.pdf</t>
   </si>
   <si>
     <t>SOLICITO, VIABILIZAR EM CARÁTER DE URGÊNCIA, CALÇAMENTO DAS RUAS DO CANTO E _x000D_
 EDUARDO HAESE, AMBAS JUNTAS COMPREENDENDO APROXIMADAMENTE 100 METROS _x000D_
 DE EXTENSÃO, SITUADAS NO BAIRRO VALE DAS PALMAS, ONDE LOCALIZAVA-SE O ANTIGO _x000D_
 CLUBE DO TUZINHO E ATUALMENTE É O CONDOMÍNIO DOS NOBRES, TENDO EM VISTA QUE, _x000D_
 OS REFERIDOS LOGRADOUROS DE FATO CARECEM DE MELHORIAS.</t>
   </si>
   <si>
     <t>12542</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12542/indicacao_no_086_dorio.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12542/indicacao_no_086_dorio.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A COLETA DE LIXO NA ESTRADA TAQUARAL, NO TRECHO COMPREENDIDO ENTRE O PONTILHÃO DE RIO FUNDO, NO DARLI LITTIG, ATÉ A DIVISA COM ALFREDO CHAVES, PELO MENOS UMA VEZ POR SEMANA, PREFERENCIALMENTE ÀS SEGUNDAS OU TERÇAS-FEIRAS, TENDO EM VISTA QUE, OS MUNÍCIPES DA REGIÃO DE FATO CARECEM DO SERVIÇO SOLICITADO, EM ESPECIAL, POR SER UMA REGIÃO QUE COMPORTA VÁRIOS SITIANTES, OS QUAIS, AOS FINAIS DE SEMANA PRODUZEM MUITO LIXO.</t>
   </si>
   <si>
     <t>12543</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12543/indicacao_no_087_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12543/indicacao_no_087_navar.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A LIMPEZA DE TODOS OS ABRIGOS DE PASSAGEIROS, LOCALIZADOS NOS PONTOS DE ÔNIBUS DE TODA A MUNICIPALIDADE COM CAMINHÃO-PIPA.</t>
   </si>
   <si>
     <t>12544</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12544/indicacao_no_088_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12544/indicacao_no_088_felipe.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, A INSTALAÇÃO DE CÂMERAS DE VIDEOMONITORAMENTO, CONTEMPLANDO PONTOS ESTRATÉGICOS DAS PRINCIPAIS RUAS E AVENIDAS DA CIDADE, VISANDO MAIOR SEGURANÇA, HAJA VISTA QUE, INFELIZMENTE, OCORRÊNCIAS DE DIFERENTES NATUREZAS ESTÃO SENDO REGISTRADAS NA REGIÃO, E A CAPTAÇÃO DAS IMAGENS SERÁ IMPRESCINDÍVEL PARA ELUCIDÁ-LAS, SOBRETUDO, INIBI-LAS.</t>
   </si>
   <si>
     <t>12681</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12681/1062.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12681/1062.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, A CONSTRUÇÃO DE UMA ESCADARIA AO LADO DA VILA HILTON ULIANA, LOCALIZADA NO DISTRITO DE SANTA MARIA, A FIM DE PROPORCIONAR MELHOR ACESSIBILIDADE AOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>12682</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12682/1063.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12682/1063.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, URGENTEMENTE, SERVIÇO DE TAPA-BURACOS EM BOA ESPERANÇA, NA VIA LOCALIZADA POR BAIXO DA IGREJA EVANGÉLICA DE CONFISSÃO LUTERANA NO BRASIL (IECLB), QUE TEM INÍCIO NA RODOVIA CORIOLANO GUILHERME STEIN E TÉRMINO NA RESIDÊNCIA DO SR. LEONILDO KLIPPEL, ONDE HÁ UM PEQUENO CAMPO.</t>
   </si>
   <si>
     <t>12686</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12686/1064.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12686/1064.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O TÉRMINO DA PAVIMENTAÇÃO NA VILA DOS IPÊS, LOCALIZADA EM SANTA MARIA, BEM COMO REPARO DA PAVIMENTAÇÃO JÁ EXISTENTE E PINTURA DE MEIOS-FIOS E POSTES.</t>
   </si>
   <si>
     <t>12687</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12687/1065.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12687/1065.pdf</t>
   </si>
   <si>
     <t>SOLICITO MELHORIAS NA VILA SCHUNK, VIABILIZANDO CALÇAMENTO, ABERTURA DE ESTRADA E ESTRUTURA DE ABASTECIMENTO DE ÁGUA E FOSSAS, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES DA REFERIDA LOCALIDADE.</t>
   </si>
   <si>
     <t>12765</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12765/ind_093.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12765/ind_093.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE NA VILA SCHUNK.</t>
   </si>
   <si>
     <t>12766</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12766/ind_094.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12766/ind_094.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE CALÇAMENTO NA RUA DELIMAR SCHUNK, COM INÍCIO NO LOCAL ONDE FOI COLOCADO O PÓ PRETO, PROSSEGUINDO ATÉ A ULTIMA RESIDÊNCIA, NO POSTO FUNDO.</t>
   </si>
   <si>
     <t>12767</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12767/ind_095.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12767/ind_095.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE FAIXAS ELEVADAS EM FRENTE A UNIDADE DE SAÚDE DR.CÉSAR VELLO PUPPIM E BIBLIOTECA MUNICIPAL, BEM COMO EM OUTROS PONTOS DA SEDE, SUBSTITUINDO OS QUEBRA-MOLAS E AS FAIXAS SIMPLES POR FAIXAS ELEVADAS.</t>
   </si>
   <si>
     <t>12837</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12837/1148.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12837/1148.pdf</t>
   </si>
   <si>
     <t>"REFENTE A VIABILIZAR ABERTURA DA RUA JOSÉ CELANTE, LOCALIZADA EM ARAGUAYA, ATRÁS DA UNIDADE BÁSICA DE SAÚDE LEONTINA PERIN DE FARIA".</t>
   </si>
   <si>
     <t>12858</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12858/1149.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12858/1149.pdf</t>
   </si>
   <si>
     <t>"SOLICITA, VIABILIZAR O MAIS BREVE POSSÍVEL, A CONSTRUÇÃO DE DOIS PONTOS DE ÔNIBUS COM ABRIGO EM ARAGUAYA, SENDO UM PRÓXIMO AO "CMEI CANTINHO DA TIA MARIA" E OUTRO PRÓXIMO AO "CAMPO BOM DE BOLA".</t>
   </si>
   <si>
     <t>12839</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12839/1150.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12839/1150.pdf</t>
   </si>
   <si>
     <t>"REFERENTE VIABILIZAR, O MAIS BREVE POSSÍVEL, A DEMOLIÇÃO DA ESCADARIA LOCALIZADA NO CAMPO DE FUTEBOL DE ARAGUAYA, ATRÁS DO GINÁSIO DE ESPORTES, VISANDO MAIOR SEGURANÇA DE TODOS QUE A UTILIZAM".</t>
   </si>
   <si>
     <t>12841</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12841/1151.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12841/1151.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PREFEITO MUNICIPAL QUE PROVIDENCIE EM CARÁTER DE URGÊNCIA PARA A UNIDADE DE SAÚDE DE RIO FUNDO UMA LINHA DE TELEFONE PARA QUE OS PROFISSIONAIS DE SAÚDE POSSAM ESTAR UTILIZANDO PARA RESOLVEREM ASSUNTOS RELACIONADOS AO ATENDIMENTO DOS PACIENTES, POIS OS MESMOS ESTÃO UTILIZANDO TELEFONES PESSOAIS PARA RESOLVER TAIS ASSUNTOS".</t>
   </si>
   <si>
     <t>12843</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12843/1163.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12843/1163.pdf</t>
   </si>
   <si>
     <t>"REFERENTE A VIABILIZAR A CONSTRUÇÃO DE BANHEIROS E INSTALAÇÕES DE CHUVEIRÃO NA AVENIDA ARTHUR HAESE, VISANDO ATENDER OS ADEPTOS E PRATICANTES DE ATIVIDADES ESPORTIVAS".</t>
   </si>
   <si>
     <t>12859</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12859/1165.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12859/1165.pdf</t>
   </si>
   <si>
     <t>"SOLICITA VIABILIZAR O MAIS BREVE POSSÍVEL A PAVIMENTAÇÃO NA VIA QUE DÁ ACESSO A ALTO NOVA ALMEIDA, VISANDO AMENIZAR OS TRANSTORNOS ENFRENTADOS PELOS MUNÍCIPES, SITIANTES E VISITANTES QUE UTILIZAM A REFERIDA VIA DE ACESSO, PARA QUAISQUER FINS".</t>
   </si>
   <si>
     <t>12891</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12891/1239.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12891/1239.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR EM NOSSO MUNICÍPIO, AOS SÁBADOS, NO CENTRO ESPORTIVO E EDUCACIONAL PAULO ANTÔNIO LORENZONI, UM PROFESSOR DE BASQUETE, VISANDO ORIENTAR OS JOVENS QUE QUEIRAM PRATICAR ESTA MODALIDADE DE ESPORTE.</t>
   </si>
   <si>
     <t>12892</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12892/1240.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12892/1240.pdf</t>
   </si>
   <si>
     <t>INDICA QUE SEJAM CONSTRUÍDOS QUEBRA-MOLAS NO NOVO CALÇAMENTO QUE VEM SENDO REALIZADO NA VILA BORGO EM RIO FUNDO, EVITANDO QUE OS VEÍCULOS CIRCULEM EM ALTA VELOCIDADE, POIS MUITAS CRIANÇAS RESIDEM NAS PROXIMIDADES DESTA VIA.</t>
   </si>
   <si>
     <t>12893</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12893/ind_104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12893/ind_104.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO MUNICIPAL, PARA QUE JUNTO À SECRETARIA MUNICIPAL DE CULTURA E TURISMO, PARA APROVEITAR A PAREDE DO PRÉDIO DE COR AZUL, A QUAL PODE SER VISTA DA BR 262, LOCALIZADO NA RUA VALDEMAR MÊES, VIABILIZANDO PINTURAS NA MESMA, COM TRAÇOS ÍTALO-GERMÂNICOS, QUE REMETAM À CULTURA, COSTUMES E TRADIÇÃO DA POPULAÇÃO ORIUNDA DE IMIGRANTES ITALIANOS E ALEMÃES, VISANDO _x000D_
 DAR NOTORIEDADE AOS MESMOS.</t>
   </si>
   <si>
     <t>12894</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12894/1242.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12894/1242.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A RECUPERAÇÃO DA ESTRADA DE ALTO MARECHAL COM SERVIÇO DE TAPA BURACOS, ROÇAGEM E REMOÇÃO DE FOLHAS, EM TODO O SEU TRAJETO.</t>
   </si>
   <si>
     <t>12895</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12895/1243.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12895/1243.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇOS DE LIMPEZA EM TODA A SEDE DO MUNICÍPIO, BEM COMO, RECUPERAÇÃO DE CALÇADAS E MEIOS-FIOS, VISANDO MAIOR SEGURANÇA E MELHOR ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>12896</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12896/1244.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12896/1244.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR DESAPROPRIAÇÃO DO LOTE LOCALIZADO NO FINAL DA RUA NILSON STEIN, NO MORRO DA MACEFEL, PARA SERVIR COMO MANOBRADOR, BEM COMO, CORRIGIR O BARRANCO QUE AMEAÇA CAIR NA RUA ZULMIRA TRAVÁGLIA HULLE.</t>
   </si>
   <si>
     <t>12909</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12909/ind_109.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12909/ind_109.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, MELHORIAS NA RUA DELIMAR SCHUNK, COMPREENDENDO LIMPEZA, INSTALAÇÃO DE VIDEOMONITORAMENTO, _x000D_
 SOBRETUDO, INSTALAÇÃO DE PARQUINHO PARA AS CRIANÇAS NO VIRADOURO. SOLICITO, AINDA, TÉRMINO DA ILUMINAÇÃO PÚBLICA NA RUA _x000D_
 GERMANO SCHUNK, BEM COMO PAVIMENTAÇÃO E ILUMINAÇÃO PÚBLICA NA LADEIRA MÁRIO SCHUNK E LIMPEZA DAS MARGENS DO RIO JUCU BRAÇO SUL.</t>
   </si>
   <si>
     <t>12911</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12911/ind_110.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12911/ind_110.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE PLACAS COM IDENTIFICAÇÃO DOS NOMES DE TODOS OS LOGRADOUROS, CUJO OS PROJETOS DE LEI SÃO DE MINHA AUTORIA, QUE AINDA NÃO A TENHAM.</t>
   </si>
   <si>
     <t>12912</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12912/ind_111.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12912/ind_111.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA RUA DAS ORQUÍDEAS E RUA MARIA DA PENHA HAND, COMPREENDENDO A REALIZAÇÃO DE OPERAÇÃO TAPA-BURACOS, ROÇAGEM E LIMPEZA DAS LATERAIS, SOBRETUDO, DE MANUTENÇÃO DE TAIS SERVIÇOS.</t>
   </si>
   <si>
     <t>12913</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12913/ind_112.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12913/ind_112.pdf</t>
   </si>
   <si>
     <t>NOTIFICAR PROPRIETÁRIOS DE IMÓVEIS QUE ESTÃO COM ENTULHOS OU MATERIAIS DE CONSTRUÇÃO NAS CALÇADAS, ATRAPALHANDO O ACESSO E A PASSAGEM DOS PEDESTRES.</t>
   </si>
   <si>
     <t>12914</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12914/ind_113.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12914/ind_113.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE ECOPONTOS DE COLETA DE RECICLÁVEIS E ÓLEO DE COZINHA, SOBRETUDO, REALIZAR CAMPANHA PARA O DESCARTE CONSCIENTE DOS MESMOS.</t>
   </si>
   <si>
     <t>12915</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12915/ind_114.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12915/ind_114.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA FEITA A VERIFICAÇÃO DO VÃO LIVRE SOB A TERCEIRA PONTE E CÁLCULO DE VAZÃO DO RIO, COMPARANDO ÀS DEMAIS PONTES, GARANTINDO SER IGUAL OU SUPERIOR;_x000D_
 SOLICITO, AINDA, A RETIRADA DE TERRA JOGADA NO LEITO DO RIO, PARA A _x000D_
 CONSTRUÇÃO DAS BASES.</t>
   </si>
   <si>
     <t>12944</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12944/ind_115.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12944/ind_115.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UM PARQUINHO INFANTIL NA COMUNIDADE DE VICTOR HUGO, OBJETIVANDO PROPORCIONAR LAZER E MELHOR QUALIDADE DE VIDA PARA AS CRIANÇAS.</t>
   </si>
   <si>
     <t>12945</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12945/ind_116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12945/ind_116.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A ABERTURA DE ACESSO NO MORRO DA MACEFEL LIGANDO O LOCAL ATÉ A RUA LAURA LITTIG KUSTER, TENDO EM VISTA O RISCO ONDE ESTÁ SENDO CONSTRUÍDO UM MURO NA RUA CECÍLIA PITANGA PINTO, LOCALIZADA NA SUBIDA DO REFERIDO MORRO, PODENDO DESABAR A QUALQUER MOMENTO.</t>
   </si>
   <si>
     <t>12951</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12951/ind_117.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12951/ind_117.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR PROVIDÊNCIAS E MELHORIAS NO QUE TANGE A REPAROS DE BUEIROS ENTUPIDOS, CALÇADAS QUEBRADAS E PAVIMENTAÇÃO EM PÉSSIMAS CONDIÇÕES DE CONSERVAÇÃO, INCLUSIVE APRESENTANDO DESNIVELAMENTO NA RUA PRESIDENTE COSTA E SILVA.</t>
   </si>
   <si>
     <t>12965</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12965/ind_118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12965/ind_118.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS QUE SE FAZEM NECESSÁRIAS NA RUA DELIMAR SCHUNK, COMPREENDENDO O TRECHO COM INÍCIO ONDE FOI REALIZADA A REABERTURA E O ALARGAMENTO DA VIA, PROSSEGUINDO ATÉ O VIRADOURO.</t>
   </si>
   <si>
     <t>12966</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12966/ind_119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12966/ind_119.pdf</t>
   </si>
   <si>
     <t>QUE SEJAM VIABILIZADAS MELHORIAS QUE SE FAZEM NECESSÁRIAS NA  VILA MIGUEL SOUZA, LOCALIZADA NO DISTRITO DE SANTA MARIA, TAIS COMO CONSTRUÇÃO DE BOEIROS, MANUTENÇÃO DE LIMPEZA PÚBLICA, PAVIMENTAÇÃO DAS RUAS E PINTURA DE QUEBRA-MOLAS, BEM COMO SERVIÇO DE ILUMINAÇÃO PÚBLICA DA COMUNIDADE.</t>
   </si>
   <si>
     <t>12967</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12967/ind_120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12967/ind_120.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A RECUPERAÇÃO DE ESTRADAS RURAIS PREJUDICADAS PELAS CHUVAS.</t>
   </si>
   <si>
     <t>12968</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12968/ind_121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12968/ind_121.pdf</t>
   </si>
   <si>
     <t>SOLICITO A CONSTRUÇÃO DE REDE PLUVIAL DO MORRO DA MACEFEL, VISANDO O ESCOAMENTO DAS ÁGUAS DAS CHUVAS, AS QUAIS DEPOIS DE CAPTADAS PELAS GALERIAS PLUVIAIS, SÃO LANÇADAS EM CURSOS D’ÁGUA.</t>
   </si>
   <si>
     <t>12969</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12969/ind_122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12969/ind_122.pdf</t>
   </si>
   <si>
     <t>SOLICITO A REALIZAÇÃO DE MELHORIAS NO CEMITÉRIO PÚBLICO DESTA MUNICIPALIDADE, DENOMINADO “RECANTO DA PAZ”, LOCALIZADO PRÓXIMO AO CAMPO DO APOLO XIII, COMPREENDENDO O ACESSO COM RAMPAS OU ESCADARIAS COM CORRIMÃO.</t>
   </si>
   <si>
     <t>12970</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12970/ind_123.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12970/ind_123.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS URGENTES QUE SE FAZEM NECESSÁRIAS NAUNIDADE DE SAÚDE DE RIO FUNDO, COMPREENDENDO A EXECUÇÃO DE_x000D_
 UM NOVO PISO, BEM COMO, A INSTALAÇÃO DE COBERTURA E PROTEÇÃOFRONTAL CONTRA A CHUVA E O SOL, E A DISPONIBILIZAÇÃO DE DOIS_x000D_
 BANCOS PARA OS PACIENTES SE SENTAREM ENQUANTO AGUARDAM POR ATENDIMENTO.</t>
   </si>
   <si>
     <t>9251</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9251/87.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9251/87.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ALUNOS WESLEY DANIEL MEES, HELOISA JOÃO DANIEL E MICHELLEN DO NASCIMENTO SANTA CLARA, E A PROFESSORA ORIENTADORA, SRA. CLÁUDIA SANTOS SILVA E A DIRETORA DA REFERIDA INSTITUIÇÃO ESCOLAR, SRA LIANE MARIA BRAVIM CATELAN.</t>
   </si>
   <si>
     <t>9252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9252/88.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9252/88.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRE SENHOR TIAGO LUIZ WERNERSBACH, EM FACE AO ILUSTRE SENHOR TIAGO LUIZ WERNERSBACH, EM FACE AO EXCELENTE RESULTADO OBTIDO NO EVENTO "RALLY CERAPIÓ 2022- MOTOS", CULMINANDO NA CONQUISTA DO 1°. LUGAR NESSA MODALIDADE ESPORTIVA, NA CATEGORIA PILOTO - BRASIL.</t>
   </si>
   <si>
     <t>9276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9276/151.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9276/151.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES, TENDO COMO DISTINÇÃO A EQUIPE DE JIU-JITSU AGNALDO GÓES, EM FACE AOS EXCELENTES RESULTADOS OBTIDOS NAS COMPETIÇÕES DESSA MODALIDADE ESPORTIVA, POR MEIO DOS ILUSTRES ATLETAS DESCRITOS ABAIXO, QUE COM SUAS CONQUISTAS TÊM ENALTECIDO O NOSSO MUNICÍPIO, SENDO PORTANTO, RECONHECIDA E JUSTA ESSA SIMPLES HOMENAGEM:_x000D_
 BILLY MOTA RAMOS_x000D_
 CAROLAINE VIDAL_x000D_
 DILSIN BUSS_x000D_
 LUCAS BORINI_x000D_
 MATEUS PORTO_x000D_
 RAMON SCHUNK_x000D_
 RAUL SCHUNK_x000D_
 SAULO BALESTRERO_x000D_
 VITOR OLIVEIRA</t>
   </si>
   <si>
     <t>9277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9277/152.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9277/152.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos à Srª. Camila Pin Callegari de Paiva Fialho, pelos fundamentais serviços prestados em nossa Municipalidade, junto à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>9278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9278/153.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9278/153.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos ao Sr. Marcio Lameri Cruz, pelos fundamentais serviços prestados em nosso Município, junto à Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>9305</t>
   </si>
   <si>
     <t>PLENÁRIO 2021/2022</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. AMARILIO JOSÉ KLEIN, em face do seu falecimento ocorrido em 22 de fevereiro do corrente ano, aos 63 anos, vítima de um acidente automobilístico, ocorrido no km 56,5 da Br 262, no trevo de Paraju, nesta Municipalidade.</t>
   </si>
   <si>
     <t>9306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9306/213.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9306/213.pdf</t>
   </si>
   <si>
     <t>Voto de Aplausos e Reconhecimento, tendo como distinção o Reverendíssimo Senhor Pároco  Francisco de Melho Cassaro, em face à sua posse no dia 6 de março de 2022, na Paróquia São Miguel Arcanjo, em Araguaya, a qual engloba 19 Comunidades e 6 Capelas.</t>
   </si>
   <si>
     <t>9356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9356/mocao_009-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9356/mocao_009-2022.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. ANTÔNIO JOSÉ COIMBRA, EM FACE DO SEU FALECIMENTO OCORRIDO EM 20 DO CORRENTE MÊS E ANO.</t>
   </si>
   <si>
     <t>9394</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO SR. ANTÔNIO JOSÉ COIMBRA.</t>
   </si>
   <si>
     <t>9395</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9395/mocao_11_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9395/mocao_11_renato.pdf</t>
   </si>
   <si>
     <t>Voto de Aplausos e Reconhecimento, a Sra. Angela Aparecida Coelho Schneider, pelo excelente trabalho prestado ao Município, com Técnica de enfermagem, ao longo de seus 22 anos de trabalho.</t>
   </si>
   <si>
     <t>10167</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10167/546.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10167/546.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar ao familiares do Sr. Jacinto Catelan.</t>
   </si>
   <si>
     <t>11243</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11243/mocao_013-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11243/mocao_013-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS POLICIAIS MILITARES DA 6ª COMPANHIA INDEPENDENTE DA POLICIA MILITAR DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>11244</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11244/mocao_14-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11244/mocao_14-2022.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO ILUSTRÍSSIMO DR. JOSÉ ROGÉRIO MENDES GLÓRIA, CIRURGIÃO NO HOSPITAL FHASDOMAR EM DOMINGOS MARTINS, FACE AO EXCELENTE TRABALHO REALIZADO COMO MÉDICO NO REFERIDO HOSPITAL BEM COMO NOS OUTROS HOSPITAIS QUE ATUA E JÁ ATUOU.</t>
   </si>
   <si>
     <t>12417</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12417/mocao_015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12417/mocao_015.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SRA. THERESINHA BRAVIM MALINI E DO SR. ÂNGELO CARLOS CARDOSO MALINI, E FACE AO FALECIMENTO DE AMBOS, OCORRIDOS RESPECTIVAMENTE, EM 26/03 E 01/08 DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>12799</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12799/mocao_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12799/mocao_16.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DA SRA. THEREZINHA CANAÇ BUSATO, EM FACE AO SEU FALECIMENTO, OCORRIDO EM 14 DE AGOSTO DO CORRENTE ANO, AOS 81 ANOS.</t>
   </si>
   <si>
     <t>12800</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12800/993.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12800/993.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO , TENDO COMO DISTINÇÃO AS EQUIPES MASCULINA E FEMININA DE HANDEBOL DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO, VICTÓRIO BRAVIM.</t>
   </si>
   <si>
     <t>12849</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12849/1145.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12849/1145.pdf</t>
   </si>
   <si>
     <t>"VOTO DE APLAUSOS E RECONHECIMENTO A IGREJA MARANATA DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12916/moc_019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12916/moc_019.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E CONGRATULAÇÕES O EXCELENTÍSSIMO SENHOR GOVERNADOR RENATO CASAGRANDE.</t>
   </si>
   <si>
     <t>12917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12917/moc_020.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12917/moc_020.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AO JOVEM RAFAEL KIEFER KLIPPEL.</t>
   </si>
   <si>
     <t>12953</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12953/moc_021.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12953/moc_021.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA MOÇÃO DE PESAR AOS FAMILIARES DO SR. ARCÍLIO LUDWIG, EM FACE AO SEU FALECIMENTO OCORRIDO EM 14 DE NOVEMBRO DO CORRENTE ANO, AOS 87 ANOS.</t>
   </si>
   <si>
     <t>9253</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9253/89.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9253/89.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°. 002/2022 QUE "REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9254</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9254/90.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9254/90.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°. 007/2022, QUE "DISPÕE SOBRE A REGULAMENTAÇÃO DE ADICIONAL DE PÓS-GRADUAÇÃO PARA OS SERVIDORES OCUPANTES DE CARGOS DE NÍVEL SUPERIOR, PREVISTOS NO ART. 18 DA LEI N°. 816, DE 9 DE MAIO DE 2008".</t>
   </si>
   <si>
     <t>9255</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9255/91.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9255/91.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°. 009/2022, QUE "INSERE O CAPÍTULO IV  NO TÍTULO III DA LEI ORGÂNICA MUNICIPAL, REGULAMENTANDO A PROCURADORIA-GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9256/92.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9256/92.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°. 012/2022, QUE "DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE PLANEJAMENTO E GESTÃO ESTRATÉGIA NO ÂMBITO DO MUNICIÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12673</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12673/pc_005-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12673/pc_005-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>9284</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9284/159.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9284/159.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei n°. 014/2022 que "Institui no Calendário Oficial de datas e eventos do Município de Marechal Floriano/ES, o evento "Feira Empresarial de Marechal Floriano", e dá outras Disposições.</t>
   </si>
   <si>
     <t>9285</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9285/160.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9285/160.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n°. 015/2022 de Autoria do Vereador Felipe Hulle Del Puppo que institui, no âmbito do município de Marechal Floriano-ES, a "Praça do Empreendedor", e dá outras disposições".</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9286/161.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9286/161.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n°. 016/2022 de Autoria do Vereador Renato Luiz Veloso Werneck que Institui, no âmbito do município de Marechal Floriano-ES, o Rastreamento mamográfico de Câncer de mama, e dá outras disposições.</t>
   </si>
   <si>
     <t>9287</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9287/162.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9287/162.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n°. 017/2022 de Autoria do vereador Abrão Levi Kifer que denomina de "Rua José de Brito", na Comunidade de Costa Pereira, Marechal Floriano/ES.</t>
   </si>
   <si>
     <t>9293</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9293/163.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9293/163.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 019/2022 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "INSTITUI O PROGRAMA "JOVEM APRENDIZ CÂMARA" NO ÂMBITO DO PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>9307</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9307/214.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9307/214.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável relativo ao projeto de Lei n°. 021/2022 de autoria do Poder Executivo que Dispõe sobre a criação de cargo de Provimento em comissão no Âmbito do Poder Executivo Municipal".</t>
   </si>
   <si>
     <t>9308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9308/215.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9308/215.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n°. 022/2022 de Autoria do Poder Executivo que "Altera o Artigo 7°, da Lei Municipal n°. 2.426 de 15 de Fevereiro de 2022.</t>
   </si>
   <si>
     <t>9309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9309/216.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9309/216.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n°. 023/2022 de Autoria do Vereador Cezar Tadeu Ronchi Junior que " Denomina de Rua do Empreendedorismo no âmbito do Município de Marechal Floriano, e dá outras Disposições.</t>
   </si>
   <si>
     <t>9310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9310/217.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9310/217.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n°. 024/2022, de autoria do Vereador CEZAR TADEU RONCHI JUNIOR que "Dispõe sobre o Projeto minha cidade mais bonita no âmbito do município de Marechal Floriano, e dá outras disposições.</t>
   </si>
   <si>
     <t>9311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9311/218.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9311/218.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de lei n°. 025/2022, de autoria do Vereador Felipe Hulle Del Puppo que "Institui a Uva como Símbolo do Município de Marechal Floriano e dá outras disposições".</t>
   </si>
   <si>
     <t>9312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9312/219.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9312/219.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei n°. 026/2022, de autoria do vereador Felipe Hulle Del Puppo que "Dispõe sobre a Obrigatoriedade de exibição de vídeos educativos antidrogas nas aberturas de shows, eventos culturais e similares, realizados no âmbito do município de Marechal Floriano/ES.</t>
   </si>
   <si>
     <t>9313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9313/220.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9313/220.pdf</t>
   </si>
   <si>
     <t>Parecer favorável ao Projeto de Lei n°. 029/2022, de autoria do Vereador Natalino Bianqui Netto que "dispõe sobre a obrigatoriedade da afixação de placas informativas em todas as obras públicas realizadas com recursos municipais, no âmbito do município de Marechal Floriano, e dá outras providências.</t>
   </si>
   <si>
     <t>9703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9703/420.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9703/420.pdf</t>
   </si>
   <si>
     <t>Relativo ao "Projeto de lei n°. 013/2022 de Autoria do Vereador Cezar Tadeu Ronchi Junior que "dispõe sobre a fixação de códigos QR CODE e Chave PIX impressos para pagamento em estabelecimentos comerciais, no município de Marechal Floriano e dá outras Providências".</t>
   </si>
   <si>
     <t>9704</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9704/421.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9704/421.pdf</t>
   </si>
   <si>
     <t>Relativo ao "Projeto de lei n°. 027/2022 de Autoria do Vereador Felipe Hulle Del Puppo que "institui a "Lei do Performance Bond", que Dispõe sobre  a garantia de execução e conclusão de Obras contratadas pelo Poder Público.</t>
   </si>
   <si>
     <t>9705</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9705/422.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9705/422.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei n°. 040/2022 de Autoria do Vereador Cezar Tadeu Ronchi Junior que  "Dispõe sobre a criação do Programa fala Florianense".</t>
   </si>
   <si>
     <t>9707</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9707/422.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9707/422.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei n°. 041/2022 de autoria do Vereador Cezar Tadeu Ronchi Junior que "Dispõe sobre a Criação do Espaço do Associativismo nas Dependências do Poder Legislativo Municipal, e Estabelece outras Providências".</t>
   </si>
   <si>
     <t>9708</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9708/424.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9708/424.pdf</t>
   </si>
   <si>
     <t>Relativo ao "Projeto de Lei n°. 043/2022 de Autoria do Vereador Felipe Hulle Del Puppo "Denomina de "Amarilio José Klein " A Praça do Empreendedor, localizada na Sede do Município.</t>
   </si>
   <si>
     <t>9709</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9709/425.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9709/425.pdf</t>
   </si>
   <si>
     <t>Relativo ao "Projeto de Lei n°. 044/2022 de Autoria do Vereador José Rodolfo Krohling altera a redação do Artigo 1° da Lei Municipal n°. 2.132, de 10 de Outubro de 2019.</t>
   </si>
   <si>
     <t>9710</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9710/426.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9710/426.pdf</t>
   </si>
   <si>
     <t>Parecer Favorável ao Projeto de Lei n°. 031/2022 de Autoria do Vereador Felipe Hulle Del Puppo que dispõe sobre a criação do "Selo verde" - Empresa Sustentável', para fins de certificação ambiental municipal de empresas com práticas sustentáveis, e dá outras providências.</t>
   </si>
   <si>
     <t>9711</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9711/427.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9711/427.pdf</t>
   </si>
   <si>
     <t>Parecer favorável relativo ao Projeto de lei n°. 046/2022 de Autoria do Vereador Cezar Tadeu Ronchi Junior que institui, no âmbito do Poder Legislativo do município de Marechal Floriano/ES,  o "Projeto Biblioteca Viva" e estabelece outras disposições".</t>
   </si>
   <si>
     <t>9712</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9712/428.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9712/428.pdf</t>
   </si>
   <si>
     <t>Parecer favoravel relativo ao Projeto de lei n°. 048/2022 de autoria do Vereador Natalino Bianqui Netto que denomina de "Vila Raach, a Vila Localizada na Comunidade de Costa Pereira II, neste Município.</t>
   </si>
   <si>
     <t>9713</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9713/429.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9713/429.pdf</t>
   </si>
   <si>
     <t>Parecer favorável relativo ao projeto de lei n°. 045/2022 de autoria do Vereador Cezar Tadeu Ronchi Junior que "Insere no Papel timbrado do Poder Legislativo e no Site da Câmara Municipal, informações sobre o município de Marechal Floriano - ES, estabelece outras disposições.</t>
   </si>
   <si>
     <t>9946</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL RELATIVO AO PROJETO DE LEI N°. 050/2022.</t>
   </si>
   <si>
     <t>9947</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL RELATIVO AO PROJETO DE LEI N°. 052/2022.</t>
   </si>
   <si>
     <t>9948</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL RELATIVO AO PROJETO DE LEI N°. 053/2022.</t>
   </si>
   <si>
     <t>9950</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°.  055/2022.</t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10850/par_53-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10850/par_53-2022.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 058/2022.</t>
   </si>
   <si>
     <t>10851</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10851/par54-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10851/par54-2022.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVL AO PROJETO DE LEI N°. 59/2022.</t>
   </si>
   <si>
     <t>10852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10852/brn3c2af44c21b5_0000034116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10852/brn3c2af44c21b5_0000034116.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N° 064/2022.</t>
   </si>
   <si>
     <t>10855</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10855/par_56-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10855/par_56-2022.pdf</t>
   </si>
   <si>
     <t>PARACER FAVORÁVEL AO PROJETO DE LEI N°. 066/2022.</t>
   </si>
   <si>
     <t>10858</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10858/par_57-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10858/par_57-2022.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 044/2022.</t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10861/brn3c2af44c21b5_0000034119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10861/brn3c2af44c21b5_0000034119.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 068/2022</t>
   </si>
   <si>
     <t>10863</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10863/brn3c2af44c21b5_0000034120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10863/brn3c2af44c21b5_0000034120.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 069/2022</t>
   </si>
   <si>
     <t>10867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10867/brn3c2af44c21b5_0000034121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10867/brn3c2af44c21b5_0000034121.pdf</t>
   </si>
   <si>
     <t>PARECER FAVORÁVEL AO PROJETO DE LEI N°. 057/2022.</t>
   </si>
   <si>
     <t>11354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11354/pc062-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11354/pc062-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº067/2022.</t>
   </si>
   <si>
     <t>11355</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11355/pc063-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11355/pc063-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº076/2022.</t>
   </si>
   <si>
     <t>11356</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11356/pc064-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11356/pc064-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 077/2022.</t>
   </si>
   <si>
     <t>11357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11357/pc065-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11357/pc065-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº078/2022.</t>
   </si>
   <si>
     <t>11358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11358/pc066-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11358/pc066-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 079/2022.</t>
   </si>
   <si>
     <t>11359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11359/pc067-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11359/pc067-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº080/2022.</t>
   </si>
   <si>
     <t>11360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11360/pc068-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11360/pc068-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 081/2022.</t>
   </si>
   <si>
     <t>11361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11361/pc069-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11361/pc069-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 082/2022.</t>
   </si>
   <si>
     <t>11362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11362/pc070-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11362/pc070-2022.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº 085/2022.</t>
   </si>
   <si>
     <t>12495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12495/077.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12495/077.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 087/2022, DE AUTORIA DO VEREADOR LUCIANO NAVAR BUENO MENENDEZ QUE ´´INSTITUI A ´´ SEMANA MUNICIPAL DO EMPREENDEDORISMO´´ E DÁ OUTRAS PROVIDÊNCIAS´´.</t>
   </si>
   <si>
     <t>12498</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12498/078.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12498/078.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 089/2022 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE ''AUTORIZA A CRIAÇÃO, MANUNTENÇÃO E FUNCIONAMENTO DE HEMEROTECA FÍSICA E DIGITAL NAS DEPENDÊNCIAS DA CÂMARA MUICIPAL E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>12499</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12499/079.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12499/079.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 090/2022, DE AUTORIA DO PODER EXECUTIVO QUE ''ALTERA O ARTIGO 8ª DA LEI MUNICIPAL Nº 1.822, DE 31 DE AIO DE 2017 , QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE CULTURA DE MARECHAL FLORIANO, E DÀ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>12500</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12500/080.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12500/080.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 092/2022, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A ''SEMANA MUNICIPAL DA TANGERINA POKAN''.</t>
   </si>
   <si>
     <t>12502</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12502/081.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12502/081.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 093/2022, DE AUTORIA DOS VEREADORES FELIPE HULLE DEL PUPPO, CEZAR TADEU RONCHI JUNIOR E RENATO LUIZ VELOSO WERNECK QUE  ''DENOMINA DE ''JOÃO DOMINGOS LORENZONI'' AS FUTURAS INSTALAÇÕES DA PONTE A LOCALIZAR-SE NA SEDE DO MUNICÍPIO , NAS  PROXIMIDADES DO GINÁSIO DE ESPORTES PAULO ANTÔNIO LORENZONI''.</t>
   </si>
   <si>
     <t>12504</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12504/082.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12504/082.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 094/2022, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE ''DISPÕE SOBRE O ''PROGRAMA MUNICIPAL DE AGENTES DE LEITURA'', NO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>12506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12506/083.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12506/083.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PROJETO DE LEI Nº. 095/2022.</t>
   </si>
   <si>
     <t>12507</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12507/084.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12507/084.pdf</t>
   </si>
   <si>
     <t>PARECER REFERENTE AO PROJETO DE LEI Nº. 100/2022.</t>
   </si>
   <si>
     <t>12932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12932/parecer_085.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12932/parecer_085.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 075.2022, DE AUTORIA DO PODER EXECUTIVO QUE ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 1º DA LEI MUNICIPPAL Nº 1.793, DE 13 DE FEVEREIRO DE 2017, QUE INSTITUI O PROGRAMA DE ESTÁGIO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>12933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12933/parecer_086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12933/parecer_086.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 083/2022, DE AUTORIA DO VEREADOR FELIPE DELPUPPO QUE ''INSTITUI O PROGRAMA DE ATENDIMENTO MÉDICO, NAS CRECHES MUNICIPAIS DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>12934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12934/parecer_087.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12934/parecer_087.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 118/2002 DE AUTORIA DA MESA DIRETORA QUE ''ALTERA O ARTIGO 2º DA LEI MUNICIPAL Nº 2.471, DE 03 DE JUNHO DE 2022.</t>
   </si>
   <si>
     <t>12935</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12935/parecer_088.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12935/parecer_088.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 102/2022, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE INSTITUI NO DOMÍNIO DE INTERNET (SITE) E REDES SOCIAIS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, UM ACESSO AO LINK DE DIVULGAÇÃO ''CONHEÇA MARECHAL'', COM O OBJETIVO DE DIVULGAR OS ATRATIVOS TURÍSTICOS, CULTURAIS E HISTÓRICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12936/parecer_089.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12936/parecer_089.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 108/2022, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, AS FESTAS DE COLHEITA DA IGREJA EVANGÉLICA DE CONFISSÃO LUTERANA NO BRASIL (IECLB), REALIZADAS NA SEDE DESTE MUNICÍPIO E NAS COMUNIDADES DE BOA ESPERANÇA E COSTA PEREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12937</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12937/parecer_090.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12937/parecer_090.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 110/2022, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA MUNICIPAL DA AGRICULTURA FAMILIAR E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>12938</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12938/parecer_091.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12938/parecer_091.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 099/2022, DE AUTORIA DO PODER EXECUTIVO QUE ALTERA O ARTIGO 2º DA LEI MUNICIPAL Nº 2.335, DE 28 DE JULHO DE 2021,QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12939</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12939/parecet_098.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12939/parecet_098.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 127/2022 DE AUTORIA DO VEREADOR CEZAR TAADEU RONCHI JUNIOR QUE INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DAS CRIANÇAS DA SEDE E DO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>12940</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12940/parecer_099.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12940/parecer_099.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 124/2022 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE ''ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>12941</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12941/parecer_100.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12941/parecer_100.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI COMPLEMENTAR Nº. 002/2022 DE AUTORIA DO PODER EXECUTIVO QUE ''DISPÕE SOBRE A TAXA DE MANEJO DE RESÍDUOS SÓLIDOS - TMRS. MODIFICA E INSERE DISPOSITIVOS NO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI Nº. 488, DE 23 DE DEZEMBRO DE 2003), ALTERA A LEI DO PLANO MUNICIPAL DE SANEAMENTO BÁSICO (LEI COMPLEMENTAR Nº. 11, DE 27 DE MAIO DE 2019) E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>12942</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12942/parecer_101.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12942/parecer_101.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 144/2022, DE AUTORIA MESA DIRETORA QUE DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>13682</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13682/projeto_de_lei_complementar_no_2_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13682/projeto_de_lei_complementar_no_2_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TAXA DE MANEJO DE RESÍDUOS SÓLIDOS - TMRS. MODIFICA E INSERE DISPOSITIVOS NO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI Nº. 488, DE 23 DE DEZEMBRO DE 2023), ALTERA A LEI DO PLANO MUNICIPAL DE SANEAMENTO BÁSICO (LEI COMPLEMENTAR Nº. 11, DE 27 DE MAIO DE 2019) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9223</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9223/09b.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9223/09b.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DO AUXÍLIO ALIMENTAÇÃO DO SERVIDOR PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>9274</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9274/plo_02-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9274/plo_02-2022.pdf</t>
   </si>
   <si>
     <t>REESTRUTURA E ORGANIZA A ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9224/14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9224/14.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRATIVA PARA CONCEDER STATUS DE SECRETÁRIO MUNICIPAL AO CHEFE DE GABINETE E DÁ OUTRAS PROVIDÊNCIAS NO AMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>10824</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10824/plo_004-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10824/plo_004-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9225/20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9225/20.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE ESPORTES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9226/23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9226/23.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9270</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9270/plo_7.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9270/plo_7.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DE ADICIONAL DE PÓS - GRADUAÇÃO PARA OS SERVIDORES OCUPANTES DE CARGOS DE NIVEL SUPERIOR, PREVISTOS NO ART. 18 DA LEI N°. 816, DE 9 DE MAIO DE 2008.</t>
   </si>
   <si>
     <t>9227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9227/29.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9227/29.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 1694, DE 04 DE FEVEREIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9271/plo_9.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9271/plo_9.pdf</t>
   </si>
   <si>
     <t>INSERE O CAPÍTULO IV NO TÍTULO III DA LEI ORGÂNICA MUNICIPAL, REGULAMENTADO A PROCURADORIA-GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9228/38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9228/38.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PATROCÍNIO PARA ATLETA DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9346</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9346/pl_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9346/pl_011.pdf</t>
   </si>
   <si>
     <t>RETIFICA A REDAÇÃO DA LEI MUNICIPAL Nº 2.419 DE 17 DE JANEIRO DE 2022. E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9272/plo_12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9272/plo_12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE PLANEJAMENTO E GESTÃO ESTRATÉGICA NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9781</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9781/pj_13.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9781/pj_13.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AFIXAÇÃO DE CODIGOS QR CODE E CHAVE PIX IMPRESSOS PARA PAGAMENTO EM ESTABELECIMENTOS COMERCIAIS, NO MUNICÍPIO DE MARECHAL FLORIANO E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9337</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9337/106.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9337/106.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O EVENTO ''FEIRA EMPRESARIAL DE MARECHAL FLORIANO'', E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>9334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9334/pl_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9334/pl_15.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A ''PRAÇA DO EMPREENDEDOR'', E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>9335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9335/pl_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9335/pl_16.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O RASTREAMENTO MAMOGRÁFICO DE CÂNCER DE MAMA, E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>9336</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9336/pl_17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9336/pl_17.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''RUA JOSÉ DE BRITO'', NA COMUNIDADE DE COSTA PEREIRA, MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>9273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9273/plo_018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9273/plo_018.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 2.281, DE 09 DE FEVEREIRO DE 2021.</t>
   </si>
   <si>
     <t>9338</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9338/projeto_de_lei_110.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9338/projeto_de_lei_110.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA ''JOVEM APRENDIZ CÂMARA'' NO ÂMBITO DO PODER LEGISLÁTIVO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9358/141.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9358/141.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLITICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO TUTELAR E O FUNDO MUNICIPAL DA INFÂNCIA E ADOLESCÊNCIA DE MARECHAL FLORIANO E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9359/144.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9359/144.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO DE COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9360/147.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9360/147.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 7º, DA LEI MUNICIPAL Nº 2.426 DE 15 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>9361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9361/167.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9361/167.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE RUA DO EMPREENDORISMO NO ÂMBITO DO MUNICIPIO DE MARECAL FLORIANO, E DÀ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>9362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9362/168.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9362/168.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROJETO DA MINHA CIDADE MAIS BONITA NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÀ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>9363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9363/169.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9363/169.pdf</t>
   </si>
   <si>
     <t>INSTITUI A UVA COMO SÍMBOLO DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9364/170.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9364/170.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE EXIBIÇÃO DE VIDEOS EDUCATIVOS ANTIDROGAS NAS ABERTURAS DE SHOWS, EVENTOS CULTURAIS E SIMILARES, REALIZADOS NO ÂMBITO DO MUNICÍPIO D MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>9793</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9793/pl_27.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9793/pl_27.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ''LEI DO PERFORMACE BOND'', QUE DISPÕE SOBRE A GARANTIA DE EXECUÇÃO E CONCLUSÃO DE OBRAS CONTRATADAS PELO PODER PÚBLICO.</t>
   </si>
   <si>
     <t>9366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9366/173.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9366/173.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA AFIXAÇÃO DE PLACAS INFORMATIVAS EM TODAS AS OBRAS PÚBLICAS REALIZADAS COM RECURSOS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9794</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9794/pl_31.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9794/pl_31.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ''SELO VERDE- EMPRESA SUSTENTÁVEL'', PARA FINS DE CERTIFICAÇÃO AMBIENTAL MUNICIPAL DE EMPRESAS COM PRÁTICAS SUSTENTÁVEIS, E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9339</t>
   </si>
   <si>
     <t>JOÃO CABRAL  RODRIGUES CANCELLIERI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9339/pl_32.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9339/pl_32.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO ART. 27 À LEI MUNICIPAL Nº 1.254 DE 07 DE JUNHO DE 2013.</t>
   </si>
   <si>
     <t>9340</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9340/pl_33.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9340/pl_33.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO PARÁGRAFO 3º AO ARTIGO 183 DA LEI MUNICIPAL Nº 1.245 DE 16 DE MAIO DE 2013.</t>
   </si>
   <si>
     <t>9341</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9341/pl_34.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9341/pl_34.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DA BANDEIRA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9342</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9342/pl_35.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9342/pl_35.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10818/plo_36-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10818/plo_36-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE AÇÃO NO PLANO PLURIANUAL DO MUNICIPIO DE MARECHAL FLORIANO, PARA O PERÍODO DE 2022 A 2025.</t>
   </si>
   <si>
     <t>9343</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9343/pl_37.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9343/pl_37.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9344</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9344/pl_38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9344/pl_38.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9345</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9345/pl_39.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9345/pl_39.pdf</t>
   </si>
   <si>
     <t>9799</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9799/pl_40.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9799/pl_40.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA FALA FLORIANENSE.</t>
   </si>
   <si>
     <t>9823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9823/pl_41.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9823/pl_41.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE A CRIAÇÃO DE ESPAÇO DO ASSOCIATIVISMO NAS DEPEDÊNCIAS DO PODER LEGISLATIVO MUNICIPAL, E ESTABELECE OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>9825</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9825/pl_43.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9825/pl_43.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''AMARILIO JOSÉ KLEIN'' A PRAÇA DO EMPREENDEDOR, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>9831</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9831/pl_44.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9831/pl_44.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1° DA LEI MUNICIPAL Nº  2.132 DE 10 DE OUTUBRO DE 2019.</t>
   </si>
   <si>
     <t>9835</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9835/pl_45.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9835/pl_45.pdf</t>
   </si>
   <si>
     <t>''INSERE NO PAPEL TINBRADO DO PODER LEGISLATIVO E NO SITE DA CÂMARA MUNICIPAL, INFORMAÇÕES SOBRE O MUNICÍPIO DE MARECHAL FLORIANO-ES, E ESTABELECE OUTRAS DISPOSIÇÕES''.</t>
   </si>
   <si>
     <t>9837</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9837/pl_46.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9837/pl_46.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O '' PROJETO BIBLIOTECA VIVA'' E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9840/pl_48.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9840/pl_48.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''VILA RAACH'' A VILA LOCALIZADA NA COMUNIDADE DE COSTA PEREIRA II, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9855</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9855/pl_49_new.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9855/pl_49_new.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS EM PROVIMENTO EFETIVO, NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>10457</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10457/443.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10457/443.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "CANCHA DO NONNO" A CANCHA DE BOCHA, LOCALIZADA AO LADO DA CASA DO NONNO, DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>9856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9856/444.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9856/444.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULOS DE CIDADÃS FLORIANENSES.</t>
   </si>
   <si>
     <t>10459</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10459/445.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10459/445.pdf</t>
   </si>
   <si>
     <t>INSERE PARÁGRAFO 4° NO ARTIGO 1° DA LEI MUNICIPAL N°. 2286, DE 23 DE MARÇO DE 2021, QUE "CRIA O CENTRO DE PRESERVAÇÃO E DIVULGAÇÃO DE MEMÓRIA, DOCUMENTOS E FOTOS DO LEGISLATIVO MUNICIPAL, A LOCALIZAR-SE NA SEDE DA CÃMARA MUNICIPAL DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>10460</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10460/446.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10460/446.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "DIA MUNICIPAL DO JIU-JITSU" E  DÁ OUTRAS DISPOSIÇÕES, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E O INSERE NO SEU CALENDÁRIO OFICIAL DE DATAS E EVENTOS.</t>
   </si>
   <si>
     <t>9917</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9917/447.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9917/447.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>10463</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10463/409-410-411-3-4.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10463/409-410-411-3-4.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL N°. 1.191, DE 23 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>9857</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9857/3_pdfsam_pj_56.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9857/3_pdfsam_pj_56.pdf</t>
   </si>
   <si>
     <t>12493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12493/057-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12493/057-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORCAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10465</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Natalino Bianchi, Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10465/490.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10465/490.pdf</t>
   </si>
   <si>
     <t>INSTITUI COMO SÍMBOLO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O JEQUITIBÁ ROSA LOCALIZADO NA COMUNIDADE DE COSTA PEREIRA.</t>
   </si>
   <si>
     <t>10466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10466/491.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10466/491.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO/ES, O MÊS SETEMBRO DOURADO, VISANDO CONSCIENTIZAR PROFISSIONAIS DA SAÚDE, PAIS E SOCIEDADE EM GERAL SOBRE OS SINAIS E SINTOMAS PARA A DETECÇÃO DO CÂNCER INFANTO-JUVENIL.</t>
   </si>
   <si>
     <t>9941</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9941/492.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9941/492.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°. 1.791 DE 16 DE JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>9942</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9942/495.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9942/495.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9944</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9944/498.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9944/498.pdf</t>
   </si>
   <si>
     <t>DISPÕE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9945</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9945/501.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9945/501.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIOS DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>10467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10467/513.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10467/513.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CRIAÇÃO DO FUNDO ESPECIAL DA PROCURADORIA GERAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>10461</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10461/514.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10461/514.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL N°. 2281, DE 09 DE FEVEREIRO DE 2021 E REVOGA A LEI MUNICIPAL N°. 2427, DE 15 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>10462</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10462/515.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10462/515.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DA LEI MUNICIPAL N° 2.399/2021 DE 17 DE DEZEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11266/067-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11266/067-2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL, A INSTITUIR O PROGRAMA MUNICIPAL DE ALFABETIAÇÃO DIGITAL DA TERCEIRA IDADE, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>10470</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10470/548.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10470/548.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO PODER LEGISLATIVO O "PROJETO CÂMARA EMPREENDEDORA".</t>
   </si>
   <si>
     <t>10471</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10471/549.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10471/549.pdf</t>
   </si>
   <si>
     <t>10472</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10472/plo_70-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10472/plo_70-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL N°. 1545, DE 07 DE NOVEMBRO DE 2014, QUE DEFINE NORMAS PARA A ORGANIZAÇÃO DA ESTRATÉGIA SAÚDE DA FAMÍLIA (ESF), NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>12503</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12503/071-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12503/071-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º, DA LEI MUNICIPAL N° 2.058, DE 26 DE MARÇO DE 2019, QUANTO AO VALOR MÍNIMO DE URME PARA COBRANÇA JUDICIAL.</t>
   </si>
   <si>
     <t>12496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12496/601.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12496/601.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ESTRADA MUNICIPAL APARECIDA", EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>12497</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Coquinho, Dodô Krohling, Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12497/602.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12497/602.pdf</t>
   </si>
   <si>
     <t>DENOMINA "ESTRADA MUNICIPAL FAZENDA LUBE", NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>12501</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12501/603.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12501/603.pdf</t>
   </si>
   <si>
     <t>DENOMINA "OTTO KUSTER", AS FUTURAS INSTALAÇÕES DA ACADEMIA POPULAR QUE SERÁ IMPLANTADA NO BAIRRO SANTA RITA, NESTE MUNICIPIO.</t>
   </si>
   <si>
     <t>12923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12923/projeto_de_lei_legislativo_e_executivo_no_75_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12923/projeto_de_lei_legislativo_e_executivo_no_75_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 1º DA LEI MUNICIPAL Nº 1.793, DE 13 DE FEVEREIRO DE 2017, QUE INSTITUIU O PROGRAMA DE ESTÁGIO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>11267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11267/076-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11267/076-2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ESTRADA MUNICIPAL JOSÉ RHEIN SOBRINHO", EM VICTOR HUGO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>11268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11268/077-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11268/077-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI A RUA DA SAÚDE, BEM ESTAR E SUSTENTABILIDADE, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>11269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11269/pll782022-20220614093359358621.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11269/pll782022-20220614093359358621.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMERCIALIZAÇÃO DE ALIMENTOS EM EQUIPAMENTOS COMO TRAILERS, CAMINHÕES, FURGÕES E CONGÊNERES, NAS MODALIDADES DE "FOOD TRUCKS" E "FOOD PARKS", EM ÁREAS PÚBLICAS E PRIVADAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11270</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11270/079-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11270/079-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL N°. 2350, DE 09 DE AGOSTO DE 2021.</t>
   </si>
   <si>
     <t>11271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11271/pll_080-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11271/pll_080-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TORNEIO ANUAL DE BICICROSS NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11272/081-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11272/081-2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "VILA HILTON ULIANA", A VILA LOCALIZADA NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>11273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11273/082-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11273/082-2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROJETO GRAVIDEZ SEGURA DE PREVENÇÃO À SAF - SÍNDORME ALCOÓLICA FETAL, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11274</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11274/085-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11274/085-2022.pdf</t>
   </si>
   <si>
     <t>DECLARA PATRIÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A CANÇÃO ANTÔNIO SANTO MIRACULOSO, CANTADA EM ITALIANO DESDE 1891.</t>
   </si>
   <si>
     <t>12110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12110/3_pdfsam_pl_086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12110/3_pdfsam_pl_086.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS Nº. 565 DE 7 DE NOVEMBRO DE 2005 E Nº 1.191, DE 23 DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>12512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12512/776.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12512/776.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “SEMANA MUNICIPAL DO EMPREENDEDORISMO” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12516/787.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12516/787.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO, MANUTENÇÃO E FUNCIONAMENTO DE HEMEROTECA FÍSICA E DIGITAL NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12111/3_pdfsam_pl_090.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12111/3_pdfsam_pl_090.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 8º DA LEI MUNICIPAL, Nº 1.822, DE 31 DE MAIO DE 2017, QUE DISPÕE SOBRE O CONSELHOCMUNICIPAL DE CULTURA DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12112/3_pdfsam_pl_091.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12112/3_pdfsam_pl_091.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1.980, DE 11 DE JUNHO DE 2018, QUE DISPÕE SOBRE ADICIONAL DE FUNÇÃO PARA MOTORISTAS DE AMBULÂNCIA QUE POSSUEM CURSO DE SOCORRISTA , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12505</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12505/839.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12505/839.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A "SEMANA MUNICIPAL DA TANGERINA POKAN".</t>
   </si>
   <si>
     <t>12509</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo, Cezinha Ronchi, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12509/840.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12509/840.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "JOÃO DOMINGOS LORENZONI", AS FUTURAS INSTALAÇÕES DA PONTE A LOCALIZAR-SE NA SEDE DO MUNICÍPIO, NAS PROXIMIDADES DO GINÁSIO DE ESPORTES PAULO ANTÔNIO LORENZONI.</t>
   </si>
   <si>
     <t>12510</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12510/841.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12510/841.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O "PROGRAMA MUNICIPAL DE AGENTES DE LEITURA", NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>12508</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12508/842.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12508/842.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "SEMANA MUNICIPAL DO ESPORTE" E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12113/pl_096.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12113/pl_096.pdf</t>
   </si>
   <si>
     <t>“DENOMINA DE RUA FELIPPE CARLOS RIBET, NO BAIRRO JARBINHAS, NESTE MUNICÍPIO”.</t>
   </si>
   <si>
     <t>12511</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12511/877-3-12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12511/877-3-12.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 565, DE 07 DE NOVEMBRO DE 2005 E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12114/3_pdfsam_pl_098.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12114/3_pdfsam_pl_098.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº 816, DE 09 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12924</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12924/projeto_de_lei_legislativo_e_executivo_no_99_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12924/projeto_de_lei_legislativo_e_executivo_no_99_2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º DA LEI MUNICIPAL Nº 2.335, DE 28 DE JULHO DE 2021, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12383</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12383/pl_100.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12383/pl_100.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12517/901.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12517/901.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL, O  INSTITUTO AMBIENTAL RELUZ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12519</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12519/902.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12519/902.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO DOMÍNIO DE INTERNET (SITE) E REDES  SOCIAIS DA CÂMARA MUNICIPAL DE MARECHAL  FLORIANO, UM ACESSO AO LINK DE DIVULGAÇÃO _x000D_
 “CONHEÇA MARECHAL”, COM O OBJETIVO DE DIVULGAR OS ATRATIVOS TURÍSTICOS, CULTURAIS E HISTÓRICOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12384</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12384/pl_103.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12384/pl_103.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ´´RUA VEREADOR JOAQUIM STEIN´´, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12385</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12385/pl_104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12385/pl_104.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ´´RUA HILDA RUP FISCHER´´ NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12386</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12386/pl_105.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12386/pl_105.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ´´RUA ANDRÉ AVELINO CHRISTO´´, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12918</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12918/pll_106.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12918/pll_106.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “RUA FLORÊNCIO FREDERICO GUILHERME BRAUN”, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12387</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12387/pl_107.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12387/pl_107.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ´´RUA VEREADOR ALCINO DINIZ´´ NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12520</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12520/908.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12520/908.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E  EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES,  AS FESTAS DA COLHEITA DA IGREJA EVANGÉLICA DE  CONFISSÃO LUTERANA NO BRASIL (IECLB), REALIZADAS NA SEDE DESTE MUNICÍPIO E NAS COMUNIDADES DE BOA ESPERANÇA E COSTA PEREIRA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12388</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12388/pl_109.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12388/pl_109.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ´´ESTRADA DOS PINHEIROS´´ NA SEDE DO MUNICÍPIO, NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>12521</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12521/910.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12521/910.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANI/ES, A SEMANA MUNICIPAL DA AGRICULTURA FAMILIAR E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>12733</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12733/3_pdfsam_111.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12733/3_pdfsam_111.pdf</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE AOS PROFISSIONAIS OCUPANTES DOS CARGOS DE AGENTE COMUNITÁRIO DE DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS, DO MUNICÍPIO DE MARECHAL FLORIANO, PARA CUMPRIR O VALOR DO PISO NACIONAL ESTABELECIDO PELA LEI FEDERAL Nº. 13.708/2018, DE 14 DE AGOSTO DE 2018 E PORTARIAS GM/MS Nº. 2.109 E 1.971 AMBAS DE 30 DE JUNHO DE 2022.</t>
   </si>
   <si>
     <t>12738</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12738/3_pdfsam_112.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12738/3_pdfsam_112.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12743</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12743/3_pdfsam_113.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12743/3_pdfsam_113.pdf</t>
   </si>
   <si>
     <t>12748</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12748/3_pdfsam_114.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12748/3_pdfsam_114.pdf</t>
   </si>
   <si>
     <t>12750</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12750/115.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12750/115.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI Nº. 304 DE 26 DE JUNHO DE 1998, E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12752</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12752/118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12752/118.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º DA LEI MUNICIPAL Nº. 2.471, DE 03 DE JUNHO DE 2022.</t>
   </si>
   <si>
     <t>12753</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12753/3_pdfsam_1028.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12753/3_pdfsam_1028.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DA LEI MUNICIPAL Nº 2.467/2022 DE 25 DE MAIO DE 2022 E DÀ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12719</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12719/1073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12719/1073.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA DE PROMOÇÃO DE MEMÓRIA HISTÓRICA E CULTURAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12919</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12919/pll_121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12919/pll_121.pdf</t>
   </si>
   <si>
     <t>RECONHECE O JOGO DE BOCHA COMO MODALIDADE ESPORTIVA, INSTITUI A SEMANA MUNICIPAL DE BOCHA NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E A _x000D_
 INSERE NO SEU CALENDÁRIO OFICIAL DE DATAS E EVENTOS.</t>
   </si>
   <si>
     <t>12920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12920/pll_122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12920/pll_122.pdf</t>
   </si>
   <si>
     <t>RECONHECE O JOGO DE FUTEBOL DE MESA, POPULARMENTE CONHECIDO COMO JOGO DE BOTÃO, COMO MODALIDADE ESPORTIVA, INSTITUI A SEMANA MUNICIPAL DO MESMO NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E A INSERE NO SEU CALENDÁRIO OFICIAL DE DATAS E EVENTOS.</t>
   </si>
   <si>
     <t>12921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12921/pll_123.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12921/pll_123.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 2º DA LEI MUNICIPAL Nº. 2.516, DE 09 DE SETEMBRO DE 2022, QUE DISPÕE SOBRE O “PROGRAMA MUNICIPAL DE AGENTES DE LEITURA”, NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>12922</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12922/3_pdfsam_pll_124.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12922/3_pdfsam_pll_124.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12776</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12776/pll_125.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12776/pll_125.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COMERCIALIZAÇÃO, VENDA E DISTRIBUIÇÃO DE VENENO NO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12777</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12777/pll_126.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12777/pll_126.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O “PROGRAMA MÚSICA NAS ESCOLAS”, NO ÂMBITO DAS ESCOLAS MUNICIPAIS DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>12826</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12826/pl127-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12826/pl127-2022.pdf</t>
   </si>
   <si>
     <t>"INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DAS CRIANÇAS DA SEDE E DO DISTRITO DE ARAGUAYA".</t>
   </si>
   <si>
     <t>12827</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12827/1159.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12827/1159.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A PADRONIZAÇÃO DAS PLACAS DE SINALIZAÇÃO DOS SERVIÇOS TURÍSTICOS E COMERCIAIS DO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>12828</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12828/1160.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12828/1160.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O "PROJETO BIBLIOTECA NA PALMA DA MÃO", E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>13058</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13058/brn3c2af44c21b5_0000038511.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13058/brn3c2af44c21b5_0000038511.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI MUNICIPAL Nº. 2.215, DE 09 DE SETEMBRO DE 2022.</t>
   </si>
   <si>
     <t>12897</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12897/pll_131.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12897/pll_131.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA DE PRODUÇÃO DE FITOTERÁPICOS E PLANTAS _x000D_
 MEDICINAIS NO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12898</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12898/1246.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12898/1246.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE VAGAS EM ESTACIONAMENTOS DE SHOPPINGS CENTERS, _x000D_
 CENTROS COMERCIAIS E HIPERMERCADOS, PARA GESTANTES E PESSOAS COM CRIANÇAS DE COLO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12899</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12899/1247.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12899/1247.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE INCENTIVO À COMPOSTAGEM DE RESÍDUOS ORGÂNICOS ESCOLAR EM TODAS AS ESCOLAS DA REDE PÚBLICA DE ENSINO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12900</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12900/1248.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12900/1248.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “PROGRAMA DE COMBATE À ENDOCARDITE BACTERIANA”, NO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>12901</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12901/1249.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12901/1249.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA MUNICIPAL DE _x000D_
 ORIENTAÇÃO AOS IDOSOS CONTRA FRAUDES E GOLPES NO ÂMBITO DO COMÉRCIO ELETRÔNICO E EMPRÉSTIMOS CONSIGNADOS, E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>12902</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12902/pll_136.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12902/pll_136.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “GALERIA DA FAMA DO ESPORTE FLORIANENSE JOSÉ LUIZ DOS SANTOS”, NO _x000D_
 MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>12903</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12903/1251.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12903/1251.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DA TAXA DE INSCRIÇÃO PARA OS ATLETAS _x000D_
 FLORIANENSES, EM CAMPEONATOS E/OU OUTRAS ATIVIDADES ESPORTIVAS REALIZADAS _x000D_
 COM O APOIO DO PODER EXECUTIVO MUNICIPAL DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12905</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12905/1277.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12905/1277.pdf</t>
   </si>
   <si>
     <t>INSERE PARÁGRAFO ÚNICO NO ART. 1º DA LEI MUNICIPAL Nº. 2.476, DE 14 DE JUNHO DE 2022 QUE “INSTITUI NO ÂMBITO DO PODER LEGISLATIVO O PROJETO CÂMARA EMPREENDEDORA”.</t>
   </si>
   <si>
     <t>12904</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12904/1288.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12904/1288.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA MUNICIPAL DO TRABALHADOR INFORMAL.</t>
   </si>
   <si>
     <t>12926</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12926/pll_140-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12926/pll_140-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DA LEI MUNICIPAL Nº 2.519/2022 DE 27 DE SETEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12927</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12927/141-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12927/141-2022.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE BAIRRO DELIMAR SCHUNK, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>12928</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12928/pll_142-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12928/pll_142-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE 20% DAS VAGAS NOS CONCURSOS PÚBLICOS, PROCESSOS SELETIVOS E ESTÁGIOS, NOS PODERES LEGISLATIVO E EXECUTIVO DO MUNICÍPIO DE MARECHAL FLORIANO, PARA CIDADÃOS NEGROS E PARDOS.</t>
   </si>
   <si>
     <t>12929</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12929/pll_143-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12929/pll_143-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI MUNICIPAL Nº. 2.306, DE 02 DE JUNHO DE 2021 QUE ''INSTITUI A SEMANA DA VITICULTURA NO MUNICÍPIO DE MARECHAL FLORIANO''.</t>
   </si>
   <si>
     <t>12930</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dodô Krohling, Maylson Littig, Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12930/pll_144-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12930/pll_144-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE E HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>12971</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12971/pll_145.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12971/pll_145.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 1.421, DE 31 DE MARÇO DE 2014.</t>
   </si>
   <si>
     <t>12977</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12977/projeto_de_lei_legislativo_e_executivo_no_146_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12977/projeto_de_lei_legislativo_e_executivo_no_146_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12978</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12978/projeto_de_lei_legislativo_e_executivo_no_147_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12978/projeto_de_lei_legislativo_e_executivo_no_147_2022.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COMODATO DE IMÓVEL COM A ACIASMAF - ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E DE SERVIÇOS DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12979</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12979/projeto_de_lei_legislativo_e_executivo_no_148_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12979/projeto_de_lei_legislativo_e_executivo_no_148_2022.pdf</t>
   </si>
   <si>
     <t>CONCEDE ABONO ESPECÍFICO AOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL, LOTADOS NA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13057</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13057/pll_149.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13057/pll_149.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI MUNICIPAL Nº. 1.694, DE 04 DE FEVEREIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13160</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13160/pl_150-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13160/pl_150-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EFETIVO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>12980</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12980/projeto_de_lei_legislativo_e_executivo_no_151_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12980/projeto_de_lei_legislativo_e_executivo_no_151_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12972</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12972/pll_152.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12972/pll_152.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO DOMÍNIO DE INTERNET (SITE) E REDES SOCIAIS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, UM ACESSO AO LINK DE DIVULGAÇÃO ''CÂMARA AMIGA DO MEIO AMBIENTE'', COM O ONJETIVO DE DIVULGAR AS LEIS MUNICIPAIS RELACIONADAS AO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>12996</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12996/pll_153.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12996/pll_153.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO VIASPÚBLICAS LOCALIZADAS NO CENTRODO MUNICÍPIO DE MARECHALFLORIANO/ES.</t>
   </si>
   <si>
     <t>12997</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12997/1065-pll1542022-20221215191545126426.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12997/1065-pll1542022-20221215191545126426.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES.</t>
   </si>
   <si>
     <t>12998</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12998/lei-2550-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12998/lei-2550-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ARTIGO 2° DA LEI MUNICIPAL N° 2.515, DE 09 DE SETEMBRO DE 2022".</t>
   </si>
   <si>
     <t>12999</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12999/lei-2551-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12999/lei-2551-2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA MUNICIPAL DO TRABALHADOR INFORMAL".</t>
   </si>
   <si>
     <t>13056</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13056/pll_149.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13056/pll_149.pdf</t>
   </si>
   <si>
     <t>9269</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9269/86.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9269/86.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GALERIA  DE FOTOS DOS PRESIDENTES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9302/209.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9302/209.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>9303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9303/210.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9303/210.pdf</t>
   </si>
   <si>
     <t>"ALTERA REDAÇÃO DO INCISO IV DO PARÁGRAFO ÚNICO NO ARTIGO 28 DO REGIMENTO INTERNO".</t>
   </si>
   <si>
     <t>9304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9304/211.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9304/211.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO VII AO PARAGRAFO ÚNICO DO ART. 28 DO REGIMENTO INTERNO, E CRIA O ART. 61-B E INCISOS - CRIAÇÃO DA COMISSÃO DE ÉTICA E DECORO PARLAMENTAR".</t>
   </si>
   <si>
     <t>9357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9357/projeto_de_resolucao_005-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9357/projeto_de_resolucao_005-2022.pdf</t>
   </si>
   <si>
     <t>''AUTORIZA O PODER LEGISLATIVO A ADQUIRIR O IMÓVEL''.</t>
   </si>
   <si>
     <t>10512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10512/projeto_de_resolucao_006-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10512/projeto_de_resolucao_006-2022.pdf</t>
   </si>
   <si>
     <t>12389</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12389/projeto_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12389/projeto_06.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12628</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Coquinho, Dodô Krohling, Dório Braun (Suplente), Natalino Bianchi, Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12628/projeto_resolucao_008-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12628/projeto_resolucao_008-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA-SE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO".</t>
   </si>
   <si>
     <t>12723</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12723/1077.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12723/1077.pdf</t>
   </si>
   <si>
     <t>9262</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9262/98.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9262/98.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, QUE VIABILIZE A ABERTURA DE PROCESSO SELETIVO PARA AGENTES DE SAÚDE E DENTISTAS, E PROCEDA AINDA, COM A CONTRATAÇÃO DE MÉDICOS, VISANDO PRESTAR ATENDIMENTO TODOS OS DIAS, NAS UNIDADES DE SAÚDE DO INTERIOR, TENDO EM VISTA QUE, ALGUMAS PESSOAS NÃO TEM CONDIÇÕES DE SE LOCOMOVEREM ATÉ A SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>9263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9263/99.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9263/99.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSA CONCEITUADA EMPRESA DO SEGMENTO DE ENERGIA ELÉTRICA, SE DIGNE VIABILIZAR EM CARÁTER DE URGÊNCIA, LIMPEZA DA VEGETAÇÃO EXISTENTE NA FIAÇÃO DE ALTA TENSÃO DA RUA ALVINO WASSEM, NAS PROXIMIDADES DA "SERRALHERIA BRISKE", DE FATO, NECESSITANDO DE PROVIDÊNCIAS, DEVIDO À POSSIBILIDADE DE OCORRER UM CURTO CIRCUITO, PROVENIENTE DA ATUAL CONDIÇÃO QUE SE ENCONTREM OS FIOS EM MEIO AOS VEGETAIS, CONFOME SEGUEM FOTOS, PROPORCIONANDO RISCOS E INSEGURANÇA AOS TRANSEUNTES DA REFERIDA VIA DE ACESSO, PRINCIPALMENTE, OS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>9264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9264/100.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9264/100.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSA CONCEITUADA PASTA ESTADUAL, DENTRO DAS POSSIBILIDAES E LEGALIDADE SE DIGNE TRAZER À MUNICIPALIDADE DE MARECHAL FLORIANO, OS ESPETÁCULOS "CULTURA EM TODA PARTE", DE INICIATIVA DO GOVERNO DO ESTADO, POR MEIO DA SECRETARIA DA CULTURA, QUE VISA SELECIONAR 170 APRESENTAÇÕES CULTURAIS DE DIVERSOS LINGUAGENS PARA UMA GRANDE CARAVANA CUTURAL PELO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>9265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9265/101.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9265/101.pdf</t>
   </si>
   <si>
     <t>POSTO ISTO, REQUEIRO AO SENHOR PREFEITO MUNICIPAL QUE SE FAÇA CUMPRIR AS AÇÕES PREVISTAS DO PDM, ALÉM DAS DISPONIBILIZAÇÃO NAS RUAS DE SERVIDORES FISCAIS DE POSTURA, PROPORCIONANDO UM MONITORAMENTO DE FISCALIZAÇÃO DO PDM, BEM COMO, QUE SE FAÇA UMA ANÁLISE SOBRE A NECESSIDADE DE ATUALIZAÇÃO DO MESMO, HAJA VISTA QUE NOSSO PDM FOI CRIADO EM 2008.</t>
   </si>
   <si>
     <t>9266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9266/102.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9266/102.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DO PREFEITO MUNICIPAL DE MARECHAL FLORIANO O ENCAMINHAMENTO A ESTA CASA DE LEIS DE UM PROJETO VISANDO A REESTRUTURAÇÃO DE CARREIRA DOS SERVIDORES DA PREFEITURA, SENDO CRIADO UM PLANO DE CARGOS E SALÁRIOS QUE VALORIZE O SERVIDOR PÚBLICO, ESTABELECENDO UM EQUILÍBRIO SALARIAL, CRIANDO UMA NOVA TABELA DE VENCIMENTOS QUE PROPORCIONE MAIS QUALIDADE DE VIDA AOS SERVIDORES E SEUS FAMILIARES,ENGLOBAM ASSIM TODA A DEFESAGEM SALARIAL EXISTENTE.</t>
   </si>
   <si>
     <t>9267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9267/103.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9267/103.pdf</t>
   </si>
   <si>
     <t>REQUER DO PODER EXECUTIVO MUNICIPAL DE MARECHAL FLORIANO A CONCESSÃO ANUAL DE CESTAS NATALINAS AOS SERVIDORES DA PREFEITURA MUNICIPAL, SEMPRE NO MÊS DE DEZEMBRO.</t>
   </si>
   <si>
     <t>9268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9268/104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9268/104.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, À EXMA. SRA. EDIA KLIPPEL LITTIG, SECRETÁRIA  MUNICIPAL DE EDUCAÇÃO, EMPENHO NO SENTIDO DE VIABILIZAR  UM ESTUDO, VISANDO ESTENDER O HORÁRIO DO "CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL MARIA KNIDEL LUBE", POPULARMENTE CONHECIDO COMO CRECHE MUNICIPAL, LOCALIZADO NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>9288</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9288/164.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9288/164.pdf</t>
   </si>
   <si>
     <t>Requeiro, a Exma, Sra. Edia Klippel Littig, Secretaria Municipal de Educação, empenho no sentido de viabilizar instalação de parques infantis no CMEI Cantinho da Tia Maria, em Araguaya; Creche Maria Knidel Lube, de Santa Maria; bem como, nas escolas de Bom Jesus, Rio Fundo  e Soído de Baixo.</t>
   </si>
   <si>
     <t>9289</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9289/165.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9289/165.pdf</t>
   </si>
   <si>
     <t>Requer do Prefeito Municipal e da Secretaria Municipal de Cultura e turismo a tomada de providências a fim de apoiar e custear as despesas relacionadas a infraestrutura da feira do empreendedor, como por exemplo, banheiros químicos, calçamento e estrutura de toldos e barracas dentre outros serviços que possam garantir o sucesso da feira do empreendedor.</t>
   </si>
   <si>
     <t>9300</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9300/166.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9300/166.pdf</t>
   </si>
   <si>
     <t>Considerando a manifestação de Municípes realizadas através da Plataforma integrada de Ouvidoria e acesso a informação da Câmara Municipal._x000D_
 A mensagem recebida alerta os vereadores sobre a aplicação do dinheiro para pagamento do piso salarial dos servidores do Magistério._x000D_
 Com base no questionamento enviado requeremos que nos sejam encaminhadas informações:</t>
   </si>
   <si>
     <t>9319</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9319/226.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9319/226.pdf</t>
   </si>
   <si>
     <t>Requeiro, Gestor Municipal, empenho no sentido de viabilizar sinalização completa de todo novo trecho recapeado em Rio Fundo e construção de um grande bueiro do lado do Zoológico na Barra do Rio Fundo. Esse trecho já alaga e com o asfalto, se não for feito o bueiro, vai ficar interrompido quando chover muito, prejudicando a todos que precisam de referida Rodovia.</t>
   </si>
   <si>
     <t>9320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9320/227.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9320/227.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Gestor Municipal, empenho no sentido de viabilizar patrolamento e cascalhamento de todas as estradas de chão do Município e tapa-buracos e limpeza de todas às Rodovias Municipais no âmbito de Marechal Floriano, bem como, revitalização de toda a sinalização completa das mesas e construção de pontos de ônibus.</t>
   </si>
   <si>
     <t>9321</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9321/228.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9321/228.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Exmo. Sr. João Carlos Lorenzoni, Gestor dessa Municipalidade, juntamente à Secretaria competente, que seja viabilizada Campanha de Vacinação antirrábica a cães e gatos nas comunidades, visando proteção no que tange à raiva.</t>
   </si>
   <si>
     <t>9322</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9322/229.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9322/229.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Gestor dessa Municipalidade, que seja analisada a viabilidade de instituir um plano de Campanha de vacinação de cães e gatos nas comunidades, sendo que, assim como é oferecida e aplicada a vacina antirrábica, seja também oferecida a vacina contraceptiva, ou outra opção que tenha finalidade evitar a procriação desses animais.</t>
   </si>
   <si>
     <t>9323</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9323/230.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9323/230.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Gestor Municipal, que envie a esta Casa de leis, a relação de lotes e terrenos da Prefeitura Municipal que não há construções, constando informações de localização, dados da área e data de sua aquisição.</t>
   </si>
   <si>
     <t>9324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9324/231.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9324/231.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Superintendente Regional do DNIT/ES, em caráter de urgência, avaliação e solução em área de risco próximo a BR 262, no km 47, no moro localizado em frente ao Restaurante Ponto Frio, onde o barranco está caindo em área pertencente à rodovia e um muro de contenção precisa ser construído, antes que aconteça uma tragédia.</t>
   </si>
   <si>
     <t>9325</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9325/232.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9325/232.pdf</t>
   </si>
   <si>
     <t>Requeiro, a Superintendente da PRF/ES, dentro das possibilidades e legalidade, que seja revisto o plano de funcionamento do semáforo nos finais de semana nos trevos da Cidade, pois têm ficado no alerta gerando risco para quem vai atravessar.</t>
   </si>
   <si>
     <t>9326</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9326/233.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9326/233.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Presidente desta Casa de Leis, viabilizar em caráter de urgência, a instalação de Rastreador Veicular (GPS) nos dois veículos do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>9327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9327/234.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9327/234.pdf</t>
   </si>
   <si>
     <t>Considerando a manifestação dos integrantes do sindicato dos servidores públicos do município de marechal Floriano em relação a recomposição das percas salariais baseadas no  índice do "IPCA", referente aos períodos de Junho de 2019 a maio de 2020, junho de 2020 a maio de 2021 e de junho de 2021 até a data base de 2022, que ocorrerá no mês de junho deste ano, conforme estatuto dos servidores municipais.</t>
   </si>
   <si>
     <t>9377</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9377/313.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9377/313.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Diretor Geral do Detran/ES que seja viabilizada a pintura e demarcação da parte central , das laterais e dos quebra-molas no trecho que foi realizado recapeamento da via que dá acesso a Rio Fundo, compreendido entre o Posto Ipiranga, passando pelo Zoo Park, até a entrada da via que dá acesso ao Sítio Vale da Benção, onde localiza-se também o sítio do Sr. Humberto Curbani, popularmente conhecido como "Sítio do Figueroa".</t>
   </si>
   <si>
     <t>9378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9378/314.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9378/314.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Diretor Geral do DETRAN/ES que seja viabilizada a pintura e demarcação da parte central e dos quebra molas na Rua Belarmino Pinto, tendo em vista que foi realizado nova pavimentação da mesma, e encontra-se sem a pintura e demarcação da parte central e dos quebra-molas, podendo, portanto, ocasionar transtornos, inclusive, acidentes.</t>
   </si>
   <si>
     <t>9351</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9351/requerimento_022-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9351/requerimento_022-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DOS SEU GESTOR EXMO. SR JOÃO CARLOS LORENZONI, JUNTAMENTE A SECRETÁRIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS , EXMA. SRA. SIMONE CATARINA LEMKE CANCELLIERI , QUE COMPREENDENDO OS ENCONTROS , EVENTOS, VIAGENS, SOBRETUDO, ATIVIDADES FÍSICAS , TAIS COMO NATAÇÃO E OUTRAS QUE SE APLICAREM A FAIXA ETÁRIA ATENDIDA PELA TERCEIRA IDADE._x000D_
 _x000D_
 E , PARA MELHOR EFETIVAÇÃO DO SOLICITADO ACIMA, REQUEIRO , AINDA, QUE SEJA DISPONIBILIZADO LOCOMOÇÃO PARA A REALIZAÇÃO DE TAIS AÇÕES PARA TODOS OS CADASTRADOS E PARTICIPANTES DA ''TERCEIRA IDADE''.</t>
   </si>
   <si>
     <t>9352</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9352/requerimento_023-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9352/requerimento_023-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI , GESTOR MUNICIPAL, INFORMAÇÕES ACERCA DA REPAVIMENTAÇÃO DAS RUAS GETÚLIO VARGAS, PRESIDENTE COSTA E SILVA, ALVINO WASSEM E SEBASTIÃO FRANCISCO PENHA, OS MORADORES TEM COBRADO CONSTANTEMENTE A MELHORIA DAS RUAS CITADAS E ESTE VEREADOR NO USO E SUAS PRERROGATIVAS REGIMENTAIS QUER DAR RESPOSTA AOS MESMOS, PORTANTO SOLICITO CRONOGRAMA DE EXECUÇÃO DOS REFERIDOS SERVIÇOS A SEREM EXECUTADOS NAS RUAS MENCIONADAS.</t>
   </si>
   <si>
     <t>9353</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9353/requerimento_024-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9353/requerimento_024-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Exmo. Sr. João Carlos Lorenzoni, Gestor Municipal, juntamente com a Secretaria Municipal de Educação, empenho no sentido de realizar_x000D_
 cursos profissionalizantes para Auxiliares de Creche e Berçaristas, com o objetivo de oferecer ao profissional um conteúdo rico, efetivo e funcional,_x000D_
 abordando a sua atuação no ambiente escolar, a fim de proporcionar o bem-estar e desenvolvimento das crianças, num clima de segurança afetiva e física, por meio de um atendimento em conjunto com o professor regente, compartilhando cuidados e responsabilidades em todo o processo evolutivo_x000D_
 das crianças.</t>
   </si>
   <si>
     <t>9379</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9379/318.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9379/318.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Superintendente do DNIT-ES  que se digne a manter os semáforos de Marechal Floriano, ligados durante os feriados e finais de semana prolongados, visando permitir a travessia dos condutores de veículos, visto que, nos referidos dias os semáforos ficam em alerta para dar agilidade no sentido Vitória/Belo Horizonte e vice-versa, mas prejudicando os condutores que necessitam aguardar uma possível oportunidade para a travessia, resultando num grande engarrafamento e transtorno para os mesmos.</t>
   </si>
   <si>
     <t>9354</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9354/requerimento_026-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9354/requerimento_026-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Exmo. Sr. João Carlos Lorenzoni, Gestor Municipal desta Cidade, viabilizar em caráter de urgência, a instalação de Cartão Manutenção na frota de veículos e máquinas do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>9355</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9355/requerimento_027-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9355/requerimento_027-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, a essa relevante Pasta Municipal, em caráter de urgência, providências no sentido de disponibilizar um celular ou telefone fixo para a Escola Municipal José Aloísio Simon, localizada no Trevo de Parajú, a fim de que os pais possam fazer contanto com a escola, visando obter informações inerentes aos seus filhos, caso seja necessário, ou ainda queiram comunicar algo referente à vida escolar dos mesmos, tendo em vista que a mencionada escola não possui nenhum meio de contato desta natureza, conforme relatos de pais que me procuraram, solicitando-me que eu intervenha junto a esse Poder Executivo Municipal, por meio desta Secretaria Municipal, reivindicando esse mecanismo de contato com a supracitada unidade escolar, visando maior interação entre a escola e família, contemplandosimultaneamente, pais, alunos, sobretudo, toda a comunidade escolar.</t>
   </si>
   <si>
     <t>9396</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9396/requerimento_28_dorio.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9396/requerimento_28_dorio.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A SECRETARIA DE SAÚDE, QUE SEJA VIABILIZADA E ESTENDIDA A TODAS AS UNIDADES DE SAÚDE DO INTERIOR, A EMISSÃO DE RECEITUÁRIOS DE MEDICAMENTOS DE USO CONTÍNUO, TAIS COMO PARA O CONTROLE DE ASMA, DIABETES E HIPERTENSÃO, BEM COMO, REALIZAR O ATENDIMENTO DE URGÊNCIAS E EMERGÊNCIAS, SOBRETUDO, VISANDO ATENDER O PÚBLICO INFANTIL, TENDO EM VISTA QUE, ALGUMAS PESSOAS NÃO TEM CONDIÇÕES DE SE LOCOMOVEREM ATÉ A SEDE DO MUNICIPIO.</t>
   </si>
   <si>
     <t>9397</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9397/requerimento_29_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9397/requerimento_29_felipe.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE DENTRO DAS POSSIBILIDADE, ALTERE A DATA DA SESSÃO ORDINÁRIA DO DIA 17/05/2022, PARA O DIA 16/05/2022, MANTENDO O HORÁRIO DE 18H 30MIN.</t>
   </si>
   <si>
     <t>9398</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9398/requerimento_30_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9398/requerimento_30_felipe.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A EMPRESA CLARO,  PARA QUE SEJA AVERIGUADO O MAIS BREVE POSSÍVEL, O SINAL DE INTERNET E TELEFONIA NA LOCALIDADE DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>9399</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9399/requerimento_31_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9399/requerimento_31_navar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO GESTOR MUNICIPAL, INFORMAÇÕES ACERCA DA INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA RUA THIERES VELOSO, POR TRÁS DA RESIDENCIA DO SR. ADEMIR VIEIRA, BEM COMO, NO FINAL DA RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>9400</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9400/requerimento_32_plenario.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9400/requerimento_32_plenario.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS AO GESTOR MUNICIPAL, JUNTAMENTE AO SETOR DE TRIBUTAÇÃO E DA SECRETARIA MUNICIPAL DE FINANÇAS, EMPENHO NO SENTIDO DE VIABILIZAR O ENCAMINHAMENTO A ESTA CASA DE LEIS, DE UM PROJETO DE LEI INSTITUIDO O PROGRAMA DE RECUPERAÇÃO FISCAL.</t>
   </si>
   <si>
     <t>9401</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9401/378.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9401/378.pdf</t>
   </si>
   <si>
     <t>REQUERMOS A SECRETARIA DE EDUCAÇÃO , EMPENHO NO SENTIDO DE VIABILIZAR, PARA TODAS AS ESCOLAS MUNICIPAIS, AS BANDEIRAS NACIONAL E MUNICIPAL, BEM COMO, QUE TAIS UNIDADES ESCOLARES CRIEM O HÁBITO DE CANTAR OS HINOS NACIONAL E DO MUNICIPIO, PELO MENOS UMA VEZ NA SEMANA, COMO FORMA DE ESTIMULO À  CIDADANIA, SOBRETUDO AO PATRIOTISMO.</t>
   </si>
   <si>
     <t>9721</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9721/436.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9721/436.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, INFORMAÇÕES SOBRE O ATUAL ANDAMENTO DO PROGRAMA CIDADE EMPREENDEDORA NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>9722</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9722/437.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9722/437.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Poder Executivo Municipal, que dentro da legalidade, seja viabilizado um estudo analisando a possibilidade de implementar um programa permanente para dar autonomia nas marcações de consultas médicas, odontológicas e outras, ofertadas pelas Secretaria de Saúde, visando a celeridade das mesmas.</t>
   </si>
   <si>
     <t>9723</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9723/438.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9723/438.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao gestor Municipal, que sejam implementadas ações praticas voltadas a causa animal, como castração e outros atendimentos que se fizerem necessários, sobretudo, firmar parceria com ONG'S e clinicas veterinárias.</t>
   </si>
   <si>
     <t>9724</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9724/439.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9724/439.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Poder Executivo, municipal, que sejam contratadas Agente de Trânsito, ou ainda na impossilidade, que sejam disponibilizados Servidores municipais, para auxiliarem e orientarem os condutores de veículos no transito local.</t>
   </si>
   <si>
     <t>9725</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9725/441.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9725/441.pdf</t>
   </si>
   <si>
     <t>Requeiro, a esse Executivo Municipal, juntamente à Secretaria competente, em caráter de urgência, providências no sentido de viabilizar a contratação de Fonoaudiólogo e Psicólogo, para exercerem suas funções nas escolas municipais, visando atender os alunos que necessitam de avaliação, sobretudo, de acompanhamento de tais profissionais.</t>
   </si>
   <si>
     <t>9726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9726/441.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9726/441.pdf</t>
   </si>
   <si>
     <t>Solicito, ao poder executivo Municipal, viabilizar em caráter de urgência, a manutenção ou aquisição de novas máquinas para atender a Secretaria Municipal de Interior e Transporte, tendo em vista que, a máquina que o Município dispõe em estado operacional, não atende as demandas do mesmo.</t>
   </si>
   <si>
     <t>9727</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9727/442.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9727/442.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Municipal de Marechal Floriano, excelentíssimo Senhor João Carlos Lorenzoni, que adote as medidas necessárias para que não seja realizado os descontos no ticket alimentação, quando o servidor municipal, em casos de saúde seja encaminhado ao INSS, após os dias 15 dias de atestado médico.</t>
   </si>
   <si>
     <t>9886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9886/480.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9886/480.pdf</t>
   </si>
   <si>
     <t>AO PREFEITO, QUE VIABILIZE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA:_x000D_
 *Na Avenida dos Imigrantes, Araguaya, em frente ao Campo de Futebol._x000D_
 *Desde a Igreja de Rio Fundo até o cemitério da mesma Comunidade.</t>
   </si>
   <si>
     <t>9887</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9887/481.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9887/481.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, EM CARÁTER DE URGÊNCIA, A CONSTRUÇÃO DE UM MURO DE ARRIMO ENTRE AS RUAS PIMENTEL E ULIANA.</t>
   </si>
   <si>
     <t>9888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9888/482.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9888/482.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO SECRETÁRIO MUNICIPAL DE AGRICULTURA, INFORMAÇÕES DE QUAIS PROJETOS E PROGRAMAS ESTÃO SENDO REALIZADOS, SOBRETUDO, COMO ESTÃO SENDO DESTINADOS OS GASTOS DESSA SECRETARIA.</t>
   </si>
   <si>
     <t>9889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9889/483.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9889/483.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, EMPENHO NO SENTIDO DE DISPONIBILIZAR OS COMPUTADORES DO SETOR DE "INCUSÃO DIGITAL", LOCALIZADA AO ADO DA BIBLIOTECA MUNICIPAL WAGNER DA VITÓRIA, NO PERÍODO NOTURNO, PARA ACESSO À INTERNET, VISANDO ATENDER AS PESSOAS PREVIAMENTE CADASTRADAS, COM A FINALIDADE DE ESTUDO NA MODALIDADE DE ENSINO À DISTANCIA (EAD).</t>
   </si>
   <si>
     <t>9890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9890/484.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9890/484.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO SECRETÁRIO MUNICIPAL DE ESPORTES, EMPENHO DENTRO DAS POSSIBILIDADES, EMPENHO NO SENTIDO DE VIABILIZAR A REALIZAÇÃO DE UM CAMPEONATO DE TAEKWONDO.</t>
   </si>
   <si>
     <t>9914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9914/485.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9914/485.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PREFEITO MUNICIPAL, AÇÕES DE CONTROLE E FISCALIZAÇÃO DAS EMPRESAS PROVEDORAS DE INTERNET NO MUNICÍPIO, QUANTO AO USO DE FORMA DESORDENADA DE POSTES EM VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>9915</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9915/486.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9915/486.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, QUE SEJA VIABILIZADO O RETORNO DAS ATIVIDADES E EVENTOS DA TERCEIRA IDADE, COMO GINÁSTICA E OUTRAS QUE FAZIAM ANTES DA PANDEMIA.</t>
   </si>
   <si>
     <t>9916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9916/487.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9916/487.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO GESTOR MUNICIPAL, EMPENHO NO SENTIDO DE VAIBILIZAR A IMPLANTAÇÃO DE PROGRAMA DE SAÚDE MENTAL, VISANDO AMPLIAR A OFERTA DE ATENDIMENTO NO MUNICIPIO, E SIMULTANEAMENTE, DAR CELERIDADE AO REFERIDO ATENDIMENTO, CONTEMPLANDO ASSIM, OS MUNÍCIPES QUE TANTO CAREECEM DO MESMO.</t>
   </si>
   <si>
     <t>9936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9936/488.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9936/488.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PODER EXECUTIVO MUNICIPAL,  QUE SEJA ALTERADA A LEI MUNICIPAL N°. 893, DE 02 DE ABRIL DE 2009 QUE DISPÕE SOBRE A CONCESSÃO DE DIÁRIAS NO ÂMBITO DO PODER EXECUTIVO, EM ESPECIAL, OS SERVIDORES LOTADOS NA SECRETARIA MUNICIPAL DE SAÚDE, QUE LEVAM PACIENTE OU REALIZAM DEMAIS ATIVIDADES NA GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>9937</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9937/489.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9937/489.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO DIRETOR GERAL DO DETRAN-ES, QUE SEJA ANALISADA A POSSIBILIDADE DE TORNAR A RUA CARLOS HAND, LOCALIZADA NO BAIRRO VALE DAS PALMAS, COMO MÃO ÚNICA, VISANDO NELHOR CIRCULAÇÃO DOS PEDESTRES.</t>
   </si>
   <si>
     <t>9938</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9938/502.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9938/502.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PREFEITO MUNICIPAL E A SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE EM CARÁTER DE URGÊNCIA, SEJAM DESTINADOS RECURSOS FINANCEIROS OBJETIVANDO A CONSTRUÇÃO DE UMA CRECHE MUNICIPAL NO DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>10135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10135/540.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10135/540.pdf</t>
   </si>
   <si>
     <t>Requeiro,  ao Secretário Municipal de agricultura, extensivo ao NAC, que no prazo de 120(dez) dias, o levantamento de dados de produção de inhame e nome dos produtores de nosso Município ao NAC e Secretaria Municipal de Agricultura, em virtude desta Câmara Municipal realizar uma Sessão Solene para homenagear os produtos de inhame, na "Semana Municipal do Inhame São Bento".</t>
   </si>
   <si>
     <t>10156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10156/541.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10156/541.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Municipal, que seja construída em caráter de urgência uma capela mortuária no Cemitério Municipal Recanto da Paz, localizado próximo ao Campo do Apollo XIII.</t>
   </si>
   <si>
     <t>10157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10157/542.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10157/542.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Superintendente do Dnit-ES,  que seja viabilizada a instalação de quebra molas ou redutor de velocidade no trevo localizado em frente ao Super Top, na Sede deste município, tendo em vista que, infelizmente, estão sendo registrados diversos acidentes no local.</t>
   </si>
   <si>
     <t>10158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10158/543.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10158/543.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Presidente do Poder Legislativo, autorização para que seja realizada uma Audiência Pública, tendo como tema 'IMPLEMENTAÇÃO DE AÇÕES E POLITICAS PÚBLICAS VOLTADAS AOS ESPORTES", a realizar-se no dia 10 de Junho de 2022, às 19horas, nesta Câmara Municipal.</t>
   </si>
   <si>
     <t>10160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10160/544.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10160/544.pdf</t>
   </si>
   <si>
     <t>Requeiro, a Secretária Municipal de Educação, que seja viabilizada a implementação de projetos, programas e gincanas voltados para educação ambiental, trânsito e cidadania nas escolas municipais.</t>
   </si>
   <si>
     <t>10165</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10165/545.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10165/545.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Poder Executivo Municipal, juntamente à Procuradoria do Município, que seja viabilizada aos Servidores Municipais da Saúde a quem têm direito, o pagamento de adicional de tempo de serviço e licença-prêmio, tendo em vista que, em 2020, O congresso aprovou o congelamento de contagem do tempo de serviço de servidores públicos de maio, quando a lei entrou em vigor, até dezembro de 2021, para fins de recebimento dos benefícios.</t>
   </si>
   <si>
     <t>10170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10170/550.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10170/550.pdf</t>
   </si>
   <si>
     <t>Requeiro, Ao Comandante da 6ª Companhia Militar, apoio no sentido de fazer valer a determinação da placa existente em frente  a Escola Elisiário Ferreira Filho, inerente ao estacionamento priorizado no local para o embarque e desembarque de alunos, em dias letivos entre 06 e 18 horas constando o horário na referida placa._x000D_
 Requeiro, ainda, a disponibilização de uma viatura nas proximidades da Macefel, nos sentido de intensificar ações objetivando maior segurança no cruzamento existente no local.</t>
   </si>
   <si>
     <t>10513</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10513/req59-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10513/req59-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PLENÁRIO DESTA CÂMARA MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, SEJA ALTERADA A DATA DA 9º SESSÃO ORDINÁRIA, A QUAL, CONFORME O CALENDÁRIO DAS SESSÕES ORDINÁRIAS DESTE PODER LEGISLATIVO MUNICIPAL PARA O EXERCÍCIO DE 2022 SERIA NO DIA 07/06, PASSA A SER NO DIA 14/06, MANTENDO O HORÁRIO DE 18H30MIN.</t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10725/rq_060-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10725/rq_060-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NOS TERMOS REGIMENTAIS, A REALIZAÇÃO DE REUNIÃO DE AUDIÊNCIA PÚBLICA NO PLENÁRIO DESTE PODER LEGISLATIVO MUNICIPAL, PARA DISCUTIR O TEMA ''PLANO DIRETOR DE TURISMO MUNICIPAL E O PAPEL DOS EMPREENDEDORES'' A SER REALIZADA NO DIA 09 DE AGOSTO DE 2022 AS 19 HORAS._x000D_
 PORTANTO, O ATENDIMENTO A ESTA SOLICITAÇÃO SERÁ DE GRANDE RELEVÂNCIA PARA OS CIDADÃOS FLORIANENSES, EMPREENDEDORES E TURISTAS.</t>
   </si>
   <si>
     <t>10726</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10726/rq_061-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10726/rq_061-2022.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SE DESIGNA A AJUDAR A RESOLVER ESTA DEMANDA MANTENDO OS SEMÁFOROS DE MARECHAL FLORIANO, LIGADOS DURANTE OS FERIADOS E FINAIS DE SEMANA PROLONGADOS, VISANDO PERMITIR A TRAVESSIA DE CONDUTORES DE VEÍCULOS, VISTO QUE, NOS REFERIDOS DIAS OS SEMAFOROS FICAM EM ALERTA PARA DAR AGILIDADE NO SENTIDO VITORIA/BELO HORIZONTE E VICE-VERSA, MAS PREJUDICANDO OS CONDUTORES QUE NECESSITAM AGUARDAR UMA POSSÍVEL OPORTUNIDADE PARA A TRAVESSIA, E CAUSANDO INSEGURANÇA AOS PEDESTRES E CONDUTORES DE VEÍCULOS.</t>
   </si>
   <si>
     <t>10727</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10727/rq_062-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10727/rq_062-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA REALIZADONO MUNICÍPIO DE MARECHAL FLORIANO OS SERVIÇOS DE SINALIZAÇÃO VERTICAL E PINTURAS DE QUEBRA MOLAS EM ESTRADA ESTADUAIS QUE CORTAM O MUNICÍPIO, PRINCIPALMENTE TRECHO DE RIO FUNDO.</t>
   </si>
   <si>
     <t>10728</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10728/rq_063-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10728/rq_063-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR DESSE EXECUTIVO MUNICIPAL, QUE TOME PROVIDÊNCIAS LEGAIS, JUNTO AO DNIT, REFERENTE AO NÃO FUNCIONAMENTO DOS SEMÁFOROS DA BR 262 NOS FINAIS DE SEMANA E FRIADOS NOS TREVOS DA ENTRADA E SAÍDA DA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10729</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10729/rq_064-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10729/rq_064-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO CHEFE DO PODER EXECUTIVO, QUE FAÇA UM ESTUDO PARA CONCESSÃO DE PAGAMENTO DE DIÁRIAS A TODOS OS MOTORISTAS DO PODER EXECUTIVO MUNICIPAL QUANDO OS MESMOS ESTIVEREM A SERVIÇO FORA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>10730</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10730/rq_065-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10730/rq_065-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, NOS TERMOS REGIMENTAIs, A TRANSFERÊNCIA DA SESSÃO ORDINÁRIA MARCADA PARA DIA 05 DE JULHO DE 2022, PARA QUE A MESMA OCORRA EM DATA DE 04 DE JULHO DE 2022, SENDO MANTIDA SEU HORÁRIO DE INÍCIO.</t>
   </si>
   <si>
     <t>11250</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR DESTE MUNICIPIO, E A SECRETÁRIA MUNICIPAL DE SAÚDE QUE DENTRE AS POSSIBILIDADES, AUMENTE O QUANTITATIVO DE MOTORISTAS DE PLANTÃO NO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA, PRINCIPALMENTE NOS FINAIS DE SEMANA, VISANDO OFERECER MAIS QUALIDADE NO ATENDIMENTO PÚBLICO E PROVER CELERIDADE NA TRANSFERÊNCIA DE PACIENTES QUANTO _x000D_
 NECESSÁRIO, BEM COMO EXIGIR QUE ESSES PROFISSIONAIS PERMANEÇAM DENTRO DO CENTRO DE SAÚDE DURANTE O SEU HORÁRIO DE PLANTÃO ESTABELECIDO.</t>
   </si>
   <si>
     <t>11255</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11255/req_067-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11255/req_067-2022.pdf</t>
   </si>
   <si>
     <t>VISTORIA COMPLETA DE TODA A REDE DE CAPTAÇÃO DE ESGOTO DO MUNICÍPIO, PRINCIPALMENTE NOS PONTOS: RUA WALDEMAR MEES NA  FOZ DO CÓRREGO BATATAL E RUA THIERES VELOSO PRÓXIMO A  ELEVATÓRIA, AMBOS ESTÃO COM VAZAMENTO DESPEJANDO DEJETOS DIRETAMENTE NO RIO JUCU.</t>
   </si>
   <si>
     <t>11256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11256/req_068-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11256/req_068-2022.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Exmo. Sr. João Carlos Lorenzoni, Gestor desse Executivo Municipal, que realize a reconstrução de boeiros nas seguinte estradas: _x000D_
 • Estrada que liga a fazenda Zambow e Alto São Pedro de Araguaya e São Bento de Araguaya. _x000D_
 • Estrada que liga Araguaya ao Ribeirão de Cristo (ao lado da lagoa que abastece Araguaya). _x000D_
 • Estrada que liga o sítio Preuss ao condomínio Recanto dos Lagos. _x000D_
 • Dois na estrada que liga Santa Maria de Marechal a propriedade da família Peterle (ao lado da propriedade da família Paiuta). Na estrada da família Cosmo em Victor Hugo. _x000D_
 • Um na estrada do Picadão que liga Rio Fundo ao Ribeirão do Cristo (próximo a propriedade de Mateus Schineider)._x000D_
  • Um na estrada que liga Aurélio Puppin a comunidade de Aparecida (Alfredo Chaves). • Um que liga Marechal sede a Barra do Rio Fundo.</t>
   </si>
   <si>
     <t>11257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11257/1_pdfsam_req_69.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11257/1_pdfsam_req_69.pdf</t>
   </si>
   <si>
     <t>• VISTORIA COMPLETA DE TODA A REDE DE CAPTAÇÃO DE ESGOTO DO MUNICÍPIO, PRINCIPALMENTE NOS PONTOS: RUA WALDEMAR MEES NA  FOZ DO CÓRREGO BATATAL E RUA THIERES VELOSO PRÓXIMO A ELEVATÓRIA, AMBOS ESTÃO COM VAZAMENTO DESPEJANDO DEJETOS DIRETAMENTE NO RIO JUCU.</t>
   </si>
   <si>
     <t>11366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11366/req_070-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11366/req_070-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA VIABILIZADA A INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO PÚBLICA NOS POSTES JÁ EXISTENTES NO PERCURSO QUE COMPREENDE OS TRECHOS DA BARRA DE RIO FUNDO ATÉ O ZOOLÓGICO E DO ZOOLÓGICO ATÉ O "RESTAURANTE RECANTO DA TILÁPIA".</t>
   </si>
   <si>
     <t>11367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11367/req_071-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11367/req_071-2022.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABILIZADO O CONSERTO DA ILUMINAÇÃO DO GINÁSIO DE ESPORTES "FAUSTINO SANTA CLARA", LOCALIZADO ANEXO À ESCOLA MORRO BAIXO, NA COMUNIDADE DE BOM JESUS, VISANDO O RETORNO DAS ATIVIDADES ESPORTIVAS, BEM COMO CULTURAIS À NOITE.</t>
   </si>
   <si>
     <t>11368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11368/req_072-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11368/req_072-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE RELEVANTE ÓRGÃO ESTADUAL, QUE SEJA VIABILIZADA A REVITALIZAÇÃO DA SINALIZAÇÃO DA RODOVIA JOSÉ HUBER, LOCALIZADA NO DISTRITO DE SANTA MARIA , EM TODA A SUA EXTENSÃO ATÉ O ENTRONCAMENTO DA RODOVIA FRANCISCO STOCKL, QUE SE ENCONTRA APAGADA, PROPROCIONANDO INSEGURENÇA E RISCOS AOS USUÁRIOS DA MESMA.</t>
   </si>
   <si>
     <t>11369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11369/req_073-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11369/req_073-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE RELEVANTE ÓRGÃO ESTADUAL, QUE SEJA VIABILIZADO O RECAPEAMENTO NO TRECHO COMPREENDIDO ENTRE A RODOVIA FRANCISCO STOCKL E A RODOVIA PAULO LORENZONI, QUE SE ENCONTRA EM PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO, PROPORCIONANDO INSEGURANÇA E RISCOS AOS USUÁRIOS DE AMBAS AS RODOVIAS.</t>
   </si>
   <si>
     <t>11370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11370/req_074-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11370/req_074-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, DESDE JÁ, AO GESTOR DESSE PODER EXECUTIVO MUNICIPAL, UM ESTUDO ORÇAMENTÁRIO, VISANDO À CONCESSÃO DE ABONO, INCORPORADO AO TICKET ALIMENTAÇÃO, AOS SERVIDORES MUNICIPAIS NO FINAL DO MÊS DE DEZEMBRO.</t>
   </si>
   <si>
     <t>11371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11371/req_075-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11371/req_075-2022.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTA RELEVANTE EMPRESA DE PRESTAÇÃO DE SERVIÇOS, O SEGMENTO DE DISTRIBUIÇÃO DE ENERGIA ELÉTRICA QUE OPERA NO ESTADO DO ESPÍRITO SANTO, QUE SE DIGNE NOTIFICAR, EM CARÁTER DE URGÊNCIA, AS EMPRESAS DE TELEFONIA E INTERNET, VISANDO À RETIRADA DE FIOS EM DESUSO E PENDURADOS, NO ÂMBITO DE TODO O MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>12122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12122/req_076.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12122/req_076.pdf</t>
   </si>
   <si>
     <t>Requeiro, a V. Ex.ª, à frente desse Poder Executivo Municipal, juntamente à Secretaria Municipal competente, que seja viabilizado serviço de reforma na Unidade Básica de Saúde “Leontina Perim de Faria”, localizada em Araguaya, compreendendo conserto dos sanitários, pintura e instalação de pastilhas nas paredes interna e externa, bem como, lâmpada na garagem, em casos de realização de algum evento na mesma, à noite.Posto isto, peço empenho e agilidade de V. Ex.ª,juntamente à Pasta Municipal que compete, no sentido de atender o pleiteado acima, o mais breve possível.</t>
   </si>
   <si>
     <t>12128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12128/req_077.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12128/req_077.pdf</t>
   </si>
   <si>
     <t>Requeiro, a V. Ex.ª, à frente desse Poder Executivo Municipal, informações sobre a instalação da Academia Popular na Praça Antônio Martins De Nadai, localizada no Conjunto Habitacional Sérgio Sebastião Stein, no bairro Santa Rita, tendo em vista que, a mesma já se encontra em nossa Municipalidade desde o dia 25/04/2022, e até o momento não foi instalada. Posto isto, peço empenho e agilidade de V. Ex.ª, no sentido de encaminhar a esta Câmara Municipal, as informações aqui solicitadas.</t>
   </si>
   <si>
     <t>12138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12138/req_078.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12138/req_078.pdf</t>
   </si>
   <si>
     <t>Requeiro, a esse relevante Órgão, que seja viabilizada a pintura e demarcação da parte central e dos quebra-molas na Rua Belarmino Pinto, localizada na Sede do Município, tendo em vista que foi realizado serviço de recapeamento da mesma, e ainda se encontra sem pintura e demarcação da parte central e dos quebra-molas.</t>
   </si>
   <si>
     <t>12143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12143/req_079.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12143/req_079.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PLENÁRIO DESTA CÂMARA MUNICIPAL, CONSTITUIDO PELOS NOBRES COLEGAS VEREADORES, QUE DENTRO DAS POSSBILIDADES, SEJA ALTERADA A DATA DA SESSÃO ORDINÁRIA DO DIA 30/08/22, POSTERGANDO-A PARA O DIA 06/09/2022, MANTENDO O HORÁRIO DE 18H30MIN, TENDO E VISTA QUE ESTAREI IMPOSSIBILITADO DE COMPARECER, POR MOTIVO DE CIRURGIA MARCADA.</t>
   </si>
   <si>
     <t>12545</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12545/requerimento_no_081_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12545/requerimento_no_081_navar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO GESTOR DESSE PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE ESPORTES, QUE SEJA INSTITUÍDO O MAIS BREVE POSSÍVEL, O CONSELHO MUNICIPAL DE ESPORTES, CUJA FINALIDADE SERÁ ASSESSORAR A ELABORAÇÃO E EXECUÇÃO DE POLÍTICAS PÚBLICAS MUNICIPAIS DE ESPORTES, VINCULADOS À SECRETARIA MUNICIPAL DE ESPORTES, TENDO COMO ATRIBUIÇÃO PRIORITÁRIA A PROPOSIÇÃO DE PROJETOS VOLTADOS AO ESPORTE, BEM COMO APRECIAR E MANIFESTAR-SE SOBRE A REGULARIDADE NA APLICAÇÃO DOS RECURSOS RECEBIDOS, MEDIANTE A AVALIAÇÃO DE RELATÓRIOS DE PRESTAÇÕES DE CONTAS FEITAS POR ENTES RECEBEDORES DE TAIS RECURSOS.</t>
   </si>
   <si>
     <t>12550</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12550/requerimento_no_082_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12550/requerimento_no_082_natalino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO GESTOR DESSE PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE CULTURA E TURISMO, QUE SEJA VIABILIZADA A AQUISIÇÃO DE TOLDOS PARA A FEIRA DO EMPREENDEDOR E OUTRO PARA EVENTOS DAS ESCOLAS E ENTIDADES.</t>
   </si>
   <si>
     <t>12556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12556/requerimento_no_083_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12556/requerimento_no_083_natalino.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO GESTOR DESSE PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE, QUE SEJA VIABILIZADO E POSTERIORMENTE ENCAMINHADO A ESTA CASA DE LEIS, UM PROJETO DE LEI INSTITUINDO O PROGRAMA DE RECICLAGEM DE LIXO E COLETA DE ÓLEO DE COZINHA, COM PONTOS DE COLETA.</t>
   </si>
   <si>
     <t>13761</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13761/1000.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13761/1000.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, CONSTRUÇÃO URGENTE DE UM PONTO DE ÔNIBUS COM ABRIGO NA PRINCIPAL RUA DE ARAGUAYA, TENDO EM VISTA QUE, AS PESSOAS FICAM EXPOSTAS AO SOL E À CHUVA, ENQUANTO AGUARDAM OS COLETIVOS QUE OS LEVAM AOS SEUS RESPECTIVOS DESTINOS, CONFORME SEGUE FOTO. REQUEIRO, AINDA, A RETIRADA DE PARTE DA CALÇADA E CONSTRUÇÃO DE ESTACIONAMENTO, TENDO INÍCIO APÓS O “MUSEU CASA ROSA”, PROSSEGUINDO ATÉ O FINAL DA PRINCIPAL RUA DE ARAGUAYA. PORTANTO, CONSIDERANDO QUE, AMBAS AS SOLICITAÇÕES TRATAM-SE DE OBRAS DE SUMA RELEVÂNCIA PARA A MENCIONADA COMUNIDADE, VISANDO MAIOR COMODIDADE, BEM-ESTAR E QUALIDADE DE VIDA DOS MUNÍCIPES, BEM COMO, DOS VISITANTES QUE A LOCALIDADE RECEBE, SOLICITO QUE SEJAM VIABILIZADAS URGENTEMENTE.</t>
   </si>
   <si>
     <t>12712</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12712/1066.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12712/1066.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À GESTORA DESSA PASTA MUNICIPAL, QUE SEJA INSTALADO UM TELÃO DURANTE O PERÍODO DA COPA NA “PRAÇA DO EMPREENDEDOR”, PARA QUE OS EMPREENDEDORES E FREQUENTADORES DA MESMA, POSSAM ASSISTIR OS JOGOS, NOS SEUS RESPECTIVOS DIAS DE PROGRAMAÇÃO, BENEFICIANDO AMBOS, TENDO EM VISTA QUE, ANIMARÁ O LOCAL ATRAINDO MAIOR NÚMERO DE FREQUENTADORES, OS QUAIS, CONSEQUENTEMENTE, PROPORCIONARÃO MAIOR LUCRATIVIDADE AOS EMPREENDEDORES.</t>
   </si>
   <si>
     <t>12713</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12713/1067.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12713/1067.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO, QUE SEJAM VIABILIZADAS MELHORIAS NA ENTRADA DA RUA THIERS VELOSO, PELA BR - 262, VISANDO MELHOR ACESSIBILIDADE E _x000D_
 TRAFEGABILIDADE TANTO PARA ENTRAR, QUANTO PARA SAIR DE MARECHAL FLORIANO, TENDO ACESSO PELO REFERIDO LOGRADOURO.</t>
   </si>
   <si>
     <t>12714</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12714/1068.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12714/1068.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO, QUE SEJA VIABILIZADO UM ESTUDO INERENTE AO TRÂNSITO DA RUA THIERS VELOSO, VISANDO TORNÁ-LA MÃO ÚNICA, NOS DIAS LETIVOS E HORÁRIOS DE ENTRADA E SAÍDA DOS ALUNOS DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL “ELISIÁRIO FERREIRA FILHO”, DEVIDO AO QUANTITATIVO DE VEÍCULOS DO TRANSPORTE ESCOLAR, INCLUSIVE ÔNIBUS, BEM COMO, O TRÁFEGO DE VEÍCULOS DE GRANDE PORTE, QUE UTILIZA A REFERIDA VIA DE ACESSO NO ESCOAMENTO DE PRODUTOS DA REGIÃO. FATO ESSE, QUE VEM OCASIONANDO TRANSTORNOS E PREOCUPAÇÃO, EM ESPECIAL, AOS PAIS DE ALUNOS E TODA A COMUNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>12715</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12715/1069.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12715/1069.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO EXECUTIVO MUNICIPAL, QUE FORMULE UMA ESTRATÉGIA DE TRANSFORMAÇÃO DIGITAL, CRIANDO MECANISMOS PARA QUE TODAS AS ATIVIDADES REALIZADAS AOS MUNÍCIPES PELA PREFEITURA, PASSEM A SER SOLICITADAS DE FORMA ON-LINE. OU SEJA, UM APLICATIVO PARA QUE OS CIDADÃOS FLORIANENSES POSSAM TER ACESSO DIRETO AOS SERVIÇOS DISPONIBILIZADOS PELA GESTÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>12716</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12716/1070.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12716/1070.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À GESTORA DESSA RELEVANTE SECRETARIA MUNICIPAL, QUE SEJA VIABILIZADO UM PONTO DE WI-FI NA “PRAÇA DO EMPREENDEDOR”, PARA USO DOS EMPREENDEDORES E CLIENTES, A FIM DE SE CONECTAREM À INTERNET, NOS RESPECTIVOS DIAS DE PROGRAMAÇÃO DA MESMA, OS QUAIS VÊM PASSANDO POR TRANSTORNOS, DEVIDO À AUSÊNCIA DE INTERNET NA MENCIONADA PRAÇA.</t>
   </si>
   <si>
     <t>12717</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12717/1071.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12717/1071.pdf</t>
   </si>
   <si>
     <t>REQUEIRO EMPENHO DESSE EXECUTIVO MUNICIPAL, NO SENTIDO DE PROMOVER, POR MEIO DAS SECRETARIAS MUNICIPAIS DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, CULTURA E TURISMO, EDUCAÇÃO, BEM COMO DE ESPORTES, UMA FESTA PARA CONTEMPLÁ-LAS, A REALIZAR-SE NA SEDE, À AVENIDA PRESIDENTE KENNEDY, NO ESPAÇO COMPREENDIDO ENTRE O BAR AMÉRICA E A CASA ANDRÉIA, COM BOLO, DOCES, PIPOCAS, PICOLÉS, ÁGUA, SUCOS E/OU REFRIGERANTES, PULA-PULA E OUTROS QUE ESTEJAM DENTRO DAS POSSIBILIDADES ORÇAMENTÁRIAS PARA A REALIZAÇÃO DE TAL COMEMORAÇÃO.</t>
   </si>
   <si>
     <t>12718</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12718/1072.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12718/1072.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À V. EX.ª, QUE SE DIGNE VIABILIZAR URGENTEMENTE, PROVIDÊNCIAS CABÍVEIS QUANTO ÀS INFORMAÇÕES QUE TENHO RECEBIDO EM RELAÇÃO AO SR. ARLINDO, MORADOR DA RUA ANTENOR DOS SANTOS BRAGA, VIZINHO DA SRA. CECÍLIA, QUE SEGUNDO INFORMAÇÕES ESTÁ PRECISANDO QUE UM PROFISSIONAL DA SAÚDE LHE ASSISTA, BEM COMO, LHE FAÇA CURATIVOS EM SEU FERIMENTO. RAZÃO PELA QUAL PEÇO URGÊNCIA NO ATENDIMENTO.</t>
   </si>
   <si>
     <t>12768</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12768/req_097.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12768/req_097.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA DISPONIBILIZADO O MAIS BREVE POSSÍVEL, UM BRAÇAL PARA ATENDER A COMUNIDADE DE RIO FUNDO, VISANDO CUIDAR DA LIMPEZA DESDE A VENDA DA FAMÍLIA LITTIG ATÉ O CAMPO DE FUTEBOL E PRAÇA DA IGREJA, BEM COMO, REALIZAR A LIMPEZA E MANUTENÇÃO DA RODOVIA.</t>
   </si>
   <si>
     <t>12769</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12769/req_098.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12769/req_098.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA REALIZADA LIMPEZA URGENTE DA VILA MIGUEL SOUZA, PAVIMENTAÇÃO DAS RUAS DA COMUNIDADE, PINTURA DOS QUEBRA-MOLAS E CONSTRUÇÃO DE UM BOEIRO LOCALIZADO ANTES DA RESIDÊNCIA DA FAMÍLIA MANGA, E TÉRMINO DA ILUMINAÇÃO PÚBLICA DA COMUNIDADE.</t>
   </si>
   <si>
     <t>12770</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12770/req_099.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12770/req_099.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA CONSTRUÍDA O MAIS BREVE POSSÍVEL, UMA PEQUENA GALERIA NO CÓRREGO TAQUARAL, LOCALIZADO EM RIO FUNDO, PERTO DO PONTILHÃO, NA ENTRADA QUE DÁ ACESSO À COMUNIDADE DE TAQUARAL.</t>
   </si>
   <si>
     <t>12771</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12771/req_100.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12771/req_100.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO ESTADUAL, ATRAVÉS DO “PROGRAMA CAMINHOS DO CAMPO”, QUE SEJA VIABILIZADA A INSTALAÇÃO DE SINALIZAÇÃO MELHOR INDICADA POR ESSE ÓRGÃO PARA O LOCAL, COMO PLACA INFORMANDO QUE A ESTRADA TEM REGISTRADO ALTO ÍNDICE DE ACIDENTES OU REDUTOR DE VELOCIDADE NA RODOVIA JOSÉ HUBER, LOCALIZADA NO DISTRITO DE SANTA MARIA, ONDE HÁ UM TRECHO MAIS ELEVADO E, POR ISSO, SEM VISIBILIDADE DO ENTROCAMENTO COM A RODOVIA FRANCISCO STOCKL (ES-146), VISTO QUE, INFELIZMENTE ESTÃO SENDO REGISTRADOS DIVERSOS ACIDENTES NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>12772</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12772/req_101.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12772/req_101.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSA RELEVANTE SECRETARIA MUNICIPAL, QUE DISPONIBILIZE O MAIS BREVE POSSÍVEL, MAIS PANFLETOS COM INFORMAÇÕES TURÍSTICAS DO MUNICÍPIO, EM ESPECIAL, PARA DEIXAR NOS MUSEUS DO MUNICÍPIO E QR CODE COM A LISTAGEM DE TODOS OS EMPREENDIMENTOS TURÍSTICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>12773</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12773/req_102.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12773/req_102.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À SECRETARIA MUNICIPAL DE ESPORTES, QUE SEJA ENCAMINHADO A ESTA CÂMARA MUNICIPAL, INFORMAÇÕES INERENTES À QUADRA DE ESPORTES PAULO ANTÔNIO LORENZONI, LOCALIZADA NA SEDE DO MUNICÍPIO, COMPREENDENDO QUAIS FORAM OS REPAROS REALIZADOS NO TELHADO, POR QUE O TELHADO AINDA APRESENTA GOTEIRAS E, CASO, SEJA NECESSÁRIO FAZER UM NOVO TELHADO, QUAL O VALOR ESTIMADO DO MESMO.</t>
   </si>
   <si>
     <t>12774</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12774/req_103.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12774/req_103.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, QUE SEJA ENCAMINHADO A ESTA CÂMARA MUNICIPAL, INFORMAÇÕES SOBRE COMO SERÁ REALIZADO O PROJETO INERENTE À PRAÇA SAUDÁVEL QUE ESTÁ SENDO CONSTRUÍDA NA AV. ARTHUR HAESE, PRINCIPALMENTE, PERTINENTE À PISTA DE SKATE, COMPREENDENDO O ENVIO DE CROQUIS, IMAGENS E DEMAIS PEÇAS DO MENCIONADO PROJETO.</t>
   </si>
   <si>
     <t>12775</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12775/req_104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12775/req_104.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS A ALTERAÇÃO DA DATA DA 18ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, QUE SERIA REALIZADA NO DIA 18/10/2022, PARA O DIA 17/10/2022.</t>
   </si>
   <si>
     <t>12850</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12850/1146.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12850/1146.pdf</t>
   </si>
   <si>
     <t>"REFERENTE A REFORMA NO TELHADO DO CENTRO ESPORTIVO E EDUCACIONAL PAULO ANTÔNIO LORENZONI".</t>
   </si>
   <si>
     <t>12851</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12851/1147.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12851/1147.pdf</t>
   </si>
   <si>
     <t>"REFERENTE A INFORMAÇÕES SOBRE O ANDAMENTO DO PROCESSO LICITATÓRIO INERENTE AO CALÇAMENTO DAS RUAS EDUARDO HAESE E ADJACENTES".</t>
   </si>
   <si>
     <t>12852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12852/1152.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12852/1152.pdf</t>
   </si>
   <si>
     <t>"REFERENTE A VIABILIZAR A LIBERAÇÃO DO FUNCIONAMENTO DO ZOO PARK, ZOOLÓGICO LOCALIZADO NESTA MUNICIPALIDADE".</t>
   </si>
   <si>
     <t>12853</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12853/1153.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12853/1153.pdf</t>
   </si>
   <si>
     <t>"REFERENTE A VIABILIZAR PROVIDÊNCIAS INERENTES À FALTA DE MATERIAL DE IMOBILIZAÇÃO DOS PACIENTES E SORO DE 500 ML".</t>
   </si>
   <si>
     <t>12854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12854/1154.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12854/1154.pdf</t>
   </si>
   <si>
     <t>"REQUER DO PODER EXECUTIVO MUNICIPAL QUE SEJA CONSTRUÍDO VESTIÁRIOS E BANHEIROS NA NOVA QUADRA DE ESPORTES DE SANTA MARIA, HAJA VISTA NÃO TEREM PREVISTO QUANDO DA ELABORAÇÃO DO PROJETO, SENDO A CONSTRUÇÃO DESTAS BENFEITORIAS EXTREMAMENTE NECESSÁRIAS PARA QUE OS MUNICÍPES POSSAM UTILIZAR ESTA ÁREA ESPORTIVA".</t>
   </si>
   <si>
     <t>12855</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12855/1155.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12855/1155.pdf</t>
   </si>
   <si>
     <t>"REQUER O REAGENDAMENTO DA 19ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, COM AGENDAMENTO PREVISTO PARA O DIA 08/11/2022, SENDO A MESMA REMARCADA PARA O DIA 09/11/2022".</t>
   </si>
   <si>
     <t>12856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12856/1156.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12856/1156.pdf</t>
   </si>
   <si>
     <t>"REQUER QUE SEJAM VERIFICADOS DIVERSOS POSTES LOCALIZADOS NO MUNICÍPIO DE MARECHAL FLORIANO, EM VIRTUDE DA INCLINAÇÃO DOS MESMOS, POSTO QUE PODEM CAUSAR POSSÍVEIS DANOS AOS MUNICÍPES DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12857</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12857/1157.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12857/1157.pdf</t>
   </si>
   <si>
     <t>"REQUER INFORMAÇÕES ACERCA DE QUAIS AÇÕES A SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECUSOS HÍDRICOS TEM PLANEJADO PARA A CAUSA ANIMAL NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12906/req_113.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12906/req_113.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE RELEVANTE ÓRGÃO MILITAR, QUE SEJA REALIZADA, EM CARÁTER DE URGÊNCIA, FISCALIZAÇÃO AOS MOTOCICLISTAS  QUE TRABALHAM COM ENTREGAS PELO SISTEMA DELIVERY NO MUNICÍPIO DE MARECHAL, EXERCENDO VELOCIDADE ACIMA DA PERMITIDA E EMPINANDO AS MOTOS UTILIZADAS PARA TAL ATIVIDADE</t>
   </si>
   <si>
     <t>12907</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12907/req_114.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12907/req_114.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO MUNICIPAL A CONCESSÃO DE ABONO FINANCEIRO DE FINAL DE ANO AOS SERVIDORES PÚBLICOS MUNICIPAIS NO VALOR DE R$ 1.500,00, PARA TODAS AS CATEGORIAS.</t>
   </si>
   <si>
     <t>12959</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª, À FRENTE DESSE EXECUTIVO MUNICIPAL, DENTRO DAS POSSIBILIDADES, EMPENHO NO SENTIDO DE:_x000D_
 . FAZER A LIMPEZA CONSTANTE DO CÓRREGO BATATAL;_x000D_
 . GRADEAR A GALERIA DO CÓRREGO NA ÁREA URBANA; ONDE HÁ GALERIA_x000D_
 . REALIZAR CAMPANHAS EDUCATIVAS PARA NÃO JOGAR LIXO NOS CÓRREGOS E RIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>12960</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12960/req_116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12960/req_116.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR.. FABRICIO NORONHA, Á FRENTE DA SECRETARIA DE CULTURA DESTE ESTADO , APOIO VISANDO A REALIZAÇÃO DE EVENTOS CULTURAIS NO MUNICÍPIO DE MARECHAL FLORIANO, VISANDO FOMENTAR O SETOR SOCIOECONÔMICO, PERTINENTE E TAL SEGMENTO.</t>
   </si>
   <si>
     <t>12961</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12961/req_117.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12961/req_117.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA VIABILIZADO E EXECUTADA A MANUNTENÇÃO DOS PONTOS DE ÔNIBUS DA BR-262, EM TODA A EXTENSÃO QUE ABRANGE O MUNICÍPIO DE MARECHAL FLORIANO, BEM COMO, A REALIZAÇÃO DE UMA OPERAÇÃO TAPA-BURACOS EM TODA A EXTENSÃO DA BR-262 NO NOSSO MUNICÍPIO E MANUTENÇÃO DO SEMÁFORO NA ENTRADA DO MUNICÍPIO._x000D_
 POR FIM, SOLICITO A MANUTENÇÃO DO SEMÁFORO  NA ENTRADA DO MUNICÍPIO QUE VEM SENDO FONTE DE RECLAMAÇÕES CONSTANTES E VIGOROSAS DE MUITOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>12962</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12962/req_118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12962/req_118.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. ANTÔNIO CARLOS MALINI, À FRENTE DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, O ENVIO A ESTA CÂMARA MUNICIPAL O MAIS BREVE POSSÍVEL, DA CÓPIA DO PROJETO DA TERCEIRA PONTE , COM DIMENSÕES E CÁLCULO DE VAZÃO DO RIO.</t>
   </si>
   <si>
     <t>12963</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12963/req_119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12963/req_119.pdf</t>
   </si>
   <si>
     <t>REQUEIR, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO MUNICIPAL, QUE SEJA ENCAMINHADA A ESTA CÂMARA MUNICIPAL, INFORMAÇÕES DE QUAIS AÇÕES ESTÃO SENDO PLANEJADAS PARA ÁREAS DE RISCO EM NOSSO MUNICÍPIO, DENTRE AS QUAIS LISTO ALGUMAS: BARRANCO NA BR-262 RUA THIERES VELOSO, RUA NILSON STEIN, LOCALIZADA NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>12964</t>
   </si>
   <si>
     <t>REQUEIRO A V. EXª, À FRENTE DESSE EXECUTIVO MUNICIPAL, EMPENHO NO SENTIDO DE:_x000D_
 . TOMAR PROVIUDÊNCIAS URGENTES, NA RUA AGOSTINHO ENTRINGER, NO SENTIDO DE FAZER CONSTRUÇÃO DE OBRAS DE CONTENÇÃO PARA EVITAR A QUEDA  DE BARREIRAS, QUE ESTÃO OCASIONANDO EROSÃO NA REFERIDA RUA.</t>
   </si>
   <si>
     <t>12973</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12973/req_121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12973/req_121.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, À EXMA. SRA. ÉDIA KLIPPEL LITTIG, SECRETARIA MUNICIPAL DE EDUCAÇÃO, EMPENHO NO SENTIDO DE GARANTIR UMA MELHOR SEGURANÇA, PARA TODAS AS ESCOLAS MUNICIPAIS, QUE DEVE ABRANGER TODOS MECANISMOS NECESSÁRIOS DE MODO A ASSEGURAR A SEGURIDADE DE TODOS ALUNOS E FUNCIONÁRIOS DESTAS INSTITUIÇÕES DE ENSINO.</t>
   </si>
   <si>
     <t>12974</t>
   </si>
   <si>
     <t>REQUEIRO, AO PLENÁRIO DA CÂMARA MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES, ALTERE A DATA DA SESSÃO ORDINÁRIA  DO DIA 13/12/2022 PARA O DIA 15/12/2022, MANTENDO O HORÁRIO DE 18H30MIN, TENDO EM VISTA QUE NÃO PODEREI ME FAZER PRESENTE EM 13/12/2022.</t>
   </si>
   <si>
     <t>13001</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13001/req_123.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13001/req_123.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª , À FRENTE DESSE EXECUTIVO MUNICIPAL, EMPENHO DE CONSTRUIR DE FORMA URGENTE 03 (TRÊS) PONTOS DE ÔNIBUS, SENDO 01 (UM) NA AVENIDA DOS IMIGRANTES, 01(UM) PRÓXIMO AO CAMPO BOM DE BOLA, AMBOS EM ARAGUAYA E OUTRO NA VILA DOS IPÊS, EM SANTA MARIA.</t>
   </si>
   <si>
     <t>13002</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13002/req_124.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13002/req_124.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª, À FRENTE DESSE EXECUTIVO MUNICIPAL, DENTRO DAS POSSIBILIDADES, EMPENHO NO SENTIDO DE DESAPROPRIAR A BEM PÚBLICO, O ÚLTIMO LOTE DA RUA DOZINO MONTEIRO DE PAULO, NO BAIRRO JARBINHAS, “MORRO DA MACEFEL”, LADO ESQUERDO DA REFERIDA RUA, ONDE EXISTE UM MANOBRADOR, VISANDO QUE ESTA SEJA UMA ÁREA DE SERVIDÃO PÚBLICA, PARA O ESCOAMENTO DE ÁGUAS PLUVIAIS E PLANTIO DE ÁRVORES E GRAMA.</t>
   </si>
   <si>
     <t>13003</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13003/req_125.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13003/req_125.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO MUNICIPAL PROCEDA COM A REGULAMENTAÇÃO DOS ALVARÁS DE PLACAS DE TÁXI NO MUNICÍPIO, TRAZENDO GARANTIA AOS PROFISSIONAIS DA CATEGORIA E CONSEQUENTEMENTE SEGURANÇA AOS USUÁRIOS.</t>
   </si>
   <si>
     <t>13047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13047/req_126.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13047/req_126.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXECUTIVO MUNICIPAL, QUE SEJA DISPONIBILIZADO UM SERVIDOR BRAÇAL PARA VIABILIZAR SERVIÇOS COMO ROÇAR E TAPAR BURACOS DAS PRINCIPAIS VIAS DO MUNICÍPIO, VISANDO ATENDER AS DEMANDAS DOS LOCAIS QUE NECESSITAREM DESSE SERVIDOR, PARA A REALIZAÇÃO DE TAIS SERVIÇOS.</t>
   </si>
   <si>
     <t>13048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13048/req_127.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13048/req_127.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO MUNICIPAL, EXMO. SR. JOÃO CARLOS LORENZONI QUE SEJAM VIABILIZADAS MELHORIAS COM CASCALHO OU SAIBRO EM TODA A EXTENSÃO DA ÁREA EM QUE CONCENTRAM-SE VÁRIAS EMPRESAS, LOCALIZADAS NA RETA DOS KIEFFER, AO LADO DIREITO SENTIDO VITÓRIA/BELO HORIZONTE, PROPORCIONANDO AOS MUNÍCIPES E EMPRESÁRIOS LOCAIS, MELHOR ACESSIBILIDADE E QUALIDADE DE VIDA.</t>
   </si>
   <si>
     <t>13052</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13052/req_128.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13052/req_128.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR À FRENTE DESTE EXECUTIVO MUNICIPAL, EMPENHO NO SENTIDO DE VIABILIZAR UM PROJETO DE LEI DE ISENÇÃO DE COBRANÇA DE DO IMPOSTO PREDIAL E TERRITÓRIO URBANO (IPTU) NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, AOS PROPIETÁRIOS QUE COMPRAVAM PREJUÍZOS MATERIAIS SIGNIFICATIVOS, DECORRENTES DE INTEMPÉRIES E CAUSAS NATURAIS, COMO ENCHENTES, DESLIZAMENTOS DE TERRA, QUEDA DE ÁRVORES E SIMILARES.</t>
   </si>
   <si>
     <t>13053</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13053/requerimento_129.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13053/requerimento_129.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. ANTÔNIO CARLOS MALINI, À FRENTE DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, O ENVIO A ESTA CÂMARA MUNICIPAL O MAIS BREVE POSSÍVEL, DE INFORMAÇÕES INERENTES AO SISTEMA DE DRENAGEM NA AV. ARTHUR HAESE, NAS PROXIMIDADES DO SUPER TOP, ONDE TÊM SE FORMADO INÚMERAS POÇAS D’ÁGUA, SOBRETUDO, QUE SEJAM PROVIDENCIADOS URGENTEMENTE, REPAROS EM TODA A EXTENSÃO DA MENCIONADA AVENIDA, ONDE SE FAZEM NECESSÁRIOS.</t>
   </si>
   <si>
     <t>13054</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13054/requerimento_129.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13054/requerimento_129.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO SETOR DE VIGILÂNCIA SANITÁRIA, PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR URGENTEMENTE, SERVIÇO DE DETETIZAÇÃO DE ESGOTOS, NAS GALERIAS E ÁS MARGENS DOS CÓRREGOS E RIOS, BEM COMO, DOS BUEIROS EXISTENTES EM TODA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>9301</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9301/resolucao_001-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9301/resolucao_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre a Galeria de Fotos dos Presidentes do Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>12604</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12604/res002-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12604/res002-2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL."</t>
   </si>
   <si>
     <t>12605</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12605/res003-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12605/res003-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA REDAÇÃO DO INCISO IV DO PARÁGRAFO ÚNICO DO ARTIGO 28 DO REGIMENTO INTERNO."</t>
   </si>
   <si>
     <t>12606</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12606/res004-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12606/res004-2022.pdf</t>
   </si>
   <si>
     <t>"ACRECENTA O INCISO VII AO PARÁGRAFO ÚNICO DO ART. 28 DO REGIMENTO INTERNO, E CRIA O ART. 61-B E INCISOS- CRIAÇÃO DA COMISSÃO DA ÉTICA E DECORO PARLAMENTAR."</t>
   </si>
   <si>
     <t>12607</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12607/res005-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12607/res005-2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER LEGISLATIVO A ADQUIRIR IMÓVEL."</t>
   </si>
   <si>
     <t>12608</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12608/res006-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12608/res006-2022.pdf</t>
   </si>
   <si>
     <t>12609</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12609/res007-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12609/res007-2022.pdf</t>
   </si>
   <si>
     <t>12888</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12888/res_008.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12888/res_008.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPIRITO SANTO.</t>
   </si>
   <si>
     <t>12889</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12889/resolucao_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12889/resolucao_010.pdf</t>
   </si>
   <si>
     <t>12931</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12931/brn3c2af44c21b5_0000037239.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12931/brn3c2af44c21b5_0000037239.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA OS CAPÍPULOS II, III, IV E VI DA LEI FEDERAL Nº 13.460/2017, QUE DISPÕE SOBRE PARTICIPAÇÃO, PROTEÇÃO E DEFESA DOS DIREITOS DO USUÁRIO DE SERVIÇOS PÚBLICOS DA ADMINISTRAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>12815</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12815/resolucao_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12815/resolucao_012.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a instituição do Núcleo da Escola Federativa na Câmara Municipal de Marechal Floriano, e dá outras providências”.</t>
   </si>
   <si>
     <t>9382</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9382/277.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9382/277.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N°. 032/2022 DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE A INCLUSÃO DO ART. 27 À LEI MUNICIPAL N°. 1254 DE 07 DE JUNHO DE 2013.</t>
   </si>
   <si>
     <t>9702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9702/419.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9702/419.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei n°. 013/2022 de Autoria do Vereador Cezar Tadeu Ronchi Junior que "Dispõe sobre a afixação de códigos QR Code e Chave Pix impressos para pagamento em estabelecimentos comerciais, no município de Marechal Floriano e dá outras Providências".</t>
   </si>
   <si>
     <t>14143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14143/brn3c2af44c21b5_0000044174.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14143/brn3c2af44c21b5_0000044174.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº.100/2022, DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDOS PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14144/brn3c2af44c21b5_0000044175.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14144/brn3c2af44c21b5_0000044175.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 115/2022 DE AUTORIA DO PODER EXECUTIVO QUE "ALTERA A REDAÇÃO DA LEI Nº 304 DE 26 DE JUNHO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>9701</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9701/418.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9701/418.pdf</t>
   </si>
   <si>
     <t>Relativo ao Projeto de Lei n°. 042/2022 de Autoria do Vereador Cezar Tadeu Ronchi Junior que "institui o Programa Municipal de Incentivo e Apoio aos Pequenos Produtores Rurais e Agricultores Familiares do Município de Marechal Floriano, e estabelece outras Providências".</t>
   </si>
   <si>
     <t>12975</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Coquinho, Dodô Krohling, Dório Braun (Suplente), Maylson Littig, Navar Boeno, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12975/aditiva_002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12975/aditiva_002.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº .124/2022 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE “ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO FINANCEIRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>13049</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13049/proposta_003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13049/proposta_003.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº124/2022 DE AUTORIA DO PODER EXECUTIVO MUNCICIPAL.</t>
   </si>
   <si>
     <t>12976</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12976/aditiva_004.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12976/aditiva_004.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº.124/2022 DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE “ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO FINANCEIRO DE 2023, E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>14142</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14142/brn3c2af44c21b5_0000044173.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14142/brn3c2af44c21b5_0000044173.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº. 150/2022, DE AUTORIA DO PODER EXECUTIVO QUE DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EFETIVO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>9299</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9299/178.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9299/178.pdf</t>
   </si>
   <si>
     <t>Em atenção aos termos constado no OF/SEGACMMF/PRESIDÊNCIA/N°. 025/2022, referente ao requerimento n°. 004/2022, de autoria do Vereador Natalino Bianqui Netto, que requer ao Poder Executivo a disponibilização de fiscais de postura para fiscalização de PDM, e que requer análise sobre a necessidade de atualização do PDM, encaminhamos em anexo, as informações prestadas pela Secretaria Municipal de Obras e Serviços Urbanos, quanto ao solicitado.</t>
   </si>
   <si>
     <t>9328</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9328/198.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9328/198.pdf</t>
   </si>
   <si>
     <t>Em resposta ao requerimento n°. 006/2022, informamos que a concessão de cestas natalinas já consta no planejamento anual do município.</t>
   </si>
   <si>
     <t>9329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9329/194.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9329/194.pdf</t>
   </si>
   <si>
     <t>Em resposta ao requerimento n°. 088/2021, informamos que o Município de Marechal Floriano encaminhará tal solicitação para a secretaria competente, para adoção das providências e medidas necessárias no caso.</t>
   </si>
   <si>
     <t>9330</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9330/195.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9330/195.pdf</t>
   </si>
   <si>
     <t>Em atenção ao requerimento n°. 098/2021, informamos que, em relação ao caso do Morro da Macefel, já existe projeto finalizado, contudo, o Município aguarda recursos próprios. Em relação a Rua Thieres Veloso, informamos que já existe um projeto em andamento para a realização da obra. Por fim, em relação a Rua Agostinho Entringer, trata-se de área pertencente ao DNIT, ou seja, área pertencente e sob responsabilidade da União, contudo, informamos que o Município entrará em contato com o DNIT para analisar o requerido junto ao órgão.</t>
   </si>
   <si>
     <t>9331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9331/196.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9331/196.pdf</t>
   </si>
   <si>
     <t>Em atenção ao requerimento n°. 099/2021, informamos que o município de Marechal Floriano está realizado estudos quanto ao solicitado.</t>
   </si>
   <si>
     <t>9332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9332/197.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9332/197.pdf</t>
   </si>
   <si>
     <t>Em atenção ao requerimento n°. 005/2022, informamos que a adequação e atualização do plano de carreiras do município é uma demanda da administração para este exercício, e que serão empenhados esforços para a realização de tal feito.</t>
   </si>
   <si>
     <t>9371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9371/342.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9371/342.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N°. 009/2022 _ INFORMAMOS QUE O MUNICÍPIO DE MARECHAL FLORIANO ESTÁ ADOTANDO AS MEDIDAS NECESSÁRIAS A FIM DE QUE SEJAM PROVIDENCIADOS BANHEIROS QUÍMICOS NO LOCAL PARA ATENDER OS FREQUENTADORES E COMERCIANTES DA PRAÇA DO EMPREENDEDOR.</t>
   </si>
   <si>
     <t>9372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9372/344.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9372/344.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N°. 011/2022, O MUNICÍPIO DE MARECHAL FLORIANO ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS ANALISARÁ A SOLICITAÇÃO E PROVIDENCIARÁ A SINALIZAÇÃO NO TRECHO RECAPEADO EM RIO FUNDO.</t>
   </si>
   <si>
     <t>9373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9373/345.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9373/345.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N°. 013/2022, ENCAMINHAMOS MANIFESTAÇÃO DA SECRETARIA DE SAÚDE DE MARECHAL FLORIANO SOBRE O REFERIDO.</t>
   </si>
   <si>
     <t>9374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9374/346.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9374/346.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N°. 014/2022, ENCAMINHAMOS MANIFESTAÇÃO DA SECRETARIA MUNICIPAL DE SAÚDE DE MARECHAL FLORIANO SOBRE A CAMPANHA DE VACINAÇÃO ANTIRRÁBICA E CONTRACEPTIVA DE CÃES E GATOS.</t>
   </si>
   <si>
     <t>9375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9375/347.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9375/347.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N°. 015/2022, ENCAMINHAMOS A RELAÇÃO DE TERRENOS SEM CONSTRUÇÕES SOB POSSE DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>9376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9376/348.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9376/348.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO N°. 023/2022, INFORMAMOS QUE A REPAVIMENTAÇÃO DAS REFERIDAS VIA ENCONTRA-SE EM FASE DE PROJETOS, CONTUDO, AGUARDANDO DISPONIBILIDADE ORÇAMENTÁRIA E FINANCEIRA PARA TAL FEITO, DEVIDO AO FATO DE SEREM OBRAS QUE GERAM ALTOS CUSTOS.</t>
   </si>
   <si>
     <t>10793</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10793/385.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10793/385.pdf</t>
   </si>
   <si>
     <t>REQUER AO PODER EXECUTIVO O PATROLAMENTO E CASCALHAMENTO DE TODAS AS ESTRADAS RURAIS DO MUNICÍPIO, CUMPRE-NOS ENCAMINHAR EM ANEXO A ESTE OFÍCIO A MANIFESTAÇÃO EXARADA PELO SECRETÁRIO MUNICIPAL DE INTERIOR E TRANSPORTES ACERCA DO REQUERIDO.</t>
   </si>
   <si>
     <t>10799</t>
   </si>
   <si>
     <t>ÉDIA KLIPPEL LITTIG</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10799/404.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10799/404.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE Nº 033/2022 ENCAMINHADO A ESSA SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTES ATRAVÉS DO OF Nº 127/2022, INFORMO QUE JA FOI SOLICITADO EM REUNIÃO DE DIRETORES QUE SEJA RETOMADO O HÁBITO DE CANTAR OS HINOS NACIONAL E DO MUNICÍPIO, CONSTANDO O DISTRITO DE VICTOR HUGO, CONFECCIONADA COMFORME LEI MUNICIPAL 2.445/2022.</t>
   </si>
   <si>
     <t>10806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10806/454.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10806/454.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÉNCIA/N°. 106/2022, REFERENTE AO   REQUERIMENTO N°. 026/2022, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK, QUE REQUER AO    PODER  EXECUTIVO A AGSTALAÇÃO DE CARTÃO MANUTENÇÃO NA FROTA DE VEÍCULOS E MÁQUINAS DA MUNICIPALIDADE, INFORMAMOS QUE O MUNICIPIO DE MARECHAL FLORIANO VEM EMPENHANDO ESFORÇOS A FIM DE ATENDER TAL DEMANDA. NESTE DIAPASÃO, CUMPRE-NOS INFORMAR QUE ATUALMENTE O MUNICIPIO JÁ POSSUI LICITAÇÃO VIGENTE PARA ESSA DEMANDA, E QUE ESTÃO SENDO REALIZADOS ESTUDOS PARA A IMPLANTAÇÃO DA MODALIDADE SUGERIDA.</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10808/455.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10808/455.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/N®.126/2022, REFERENTE AO REQUERIMENTO N°. 032/2022, DE AUTORIA DO PLENÁRIO DESTA CÂMARA, QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DE UM PROJETO DE LEI INSTITUINDO O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2022, CUMPRE-NOS ENCAMINHAR EM ANEXO A ESTE OFICIO A MANIFESTAÇÃO EXARADA PELA GERÊNCIA DE TRIBUTAÇÃO, BEM COMO, A MANIFESTAÇÃO CONJUNTA EXARADA PELA SECRETÁRIA MUNICIPAL DE FINANÇAS E PELA SECRETÁRIA MUNICIPAL DE PLANEJAMENTO E GESTÃO ESTRATÉGICA ACERCA DO REQUERIDO.</t>
   </si>
   <si>
     <t>10816</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÉNCIA/N°.078/2022, REFERENTE AO REQUERIMENTO N°. 019/2022, DE AUTORIA DO PLENÁRIO DESTA CÂMARA, QUE REQUER AO PODER EXECUTIVO INFORMAÇÕES ACERCA DA RECOMPOSIÇÃO SALARIAL DOS SERVIDORES DESTA MUNICIPALIDADE, CUMPRE-NOS ENCAMINHAR EM ANEXO A ESTE OFICIO A MANIFESTAÇÃO EXARADA PELA SECRETÁRIA MUNICIPAL DE PLANEJAMENTO E GESTÃO ESTRATÉGICA ACERCA DO REQUERIDO.</t>
   </si>
   <si>
     <t>10817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10817/457.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10817/457.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/N°. 102/2022, REFERENTE AO REQUERIMENTO N°, 022/2022, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO, QUE REQUER AO PODER EXECUTIVO O RETORNO DAS AÇÕES VOLTADAS PARA A TERCEIRA IDADE, CUMPRE-NOS ENCAMINHAR EM ANEXO O OFICIO DE N° 1 09/2022 ORIUNDO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS COM INFORMAÇÕES ACERCA DO REQUERIDO POR ESTA DOUTA CÂMARA.</t>
   </si>
   <si>
     <t>10819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10819/459.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10819/459.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO DE Nº 008/2022, ENCAMINHADO A ESSA SECRETARIA MUNICIPAL DE EDUCAÇÃO E ESPORTES ATRAVÉS DO OF Nº 057/2022, INFORMO QUE ESTAMOS AGUARDANDO Á ENTREGA BRINQUEDOS, COM ESTA AQUISIÇÃO ATENDEREMOS BOA PARTE DAS ESCOLAS CONSTANTES NO REQUERIMENTO.</t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
     <t>NÚCLEO DE ATENDIMENTO AO CONTRIBUINTE - NAC</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10820/559.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10820/559.pdf</t>
   </si>
   <si>
     <t>MEDIANTE SOLICITAÇÃO, ATRAVÉS DO OFICIO SEGACMME/PRESIDENCIA N°211/2022, VIMOS INFORMAR QUE O NAC NÃO DISPÕE DESSAS INFORMAÇÕES, POIS O SISTEMA UTILIZADO ATRAVÉS DE CONVENIO PELO SETOR É FORNECIDO PELA SECRETARIA DO ESTADO DA FAZENDA (SEPA2) CHAMADO SICOP (SISTEMA DE CONTROLE DAS OPERAÇÕES DE PRODUTOR RURAL, ELE NÃO TEM UM CAMPO ESPECIFICO PARA CADA PRODUTO SE TRATANDO DE HORTALIÇAS E LEGUMINOSAS, SENDO ASSIM TODAS AS NOTAS FISCAIS DE HORTALIÇAS E LEGUMINOSAS SÃO CADASTRADAS COMO HORTALIÇAS DIVERSAS E LEGUMINOSAS DIVERSAS, OUTRO EMPECILHO É QUE O NAC TRABALHA COM INFORMAÇÕES FISCAIS DOS PRODUTORES RURAIS, PROTEGIDAS POR SIGILO FISCAL AS QUAIS NÃO PODEMOS FORNECER SEM AUTORIZAÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>10821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10821/574.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10821/574.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO OF/SEGACMMF/PRESIDÊNCIA/N°214/2022 CONCERNENTE A IMPLANTAÇÃO DE PROJETOS, PROGRAMAS VOLTADOS PARA A EDUCAÇÃO AMBIENTAL, TRÂNSITO E CIDADANIA, NAS ESCOLAS MUNICIPAIS, ESCLARECEMOS QUE ELES JÁ FAZEM PARTE DO CURRÍCULO DE NOSSOS ESTUDANTES COMO TEMAS CONTEMPORÂNEOS DA BASE NACIONAL COMUM CURRICULAR, QUE PODE SER CONFERIDO NO ENDEREÇO: CONTEXTUALIZAÇÃO TEMAS CONTEMPORANEOS.PDF (MEC.GOV.BR) A SABER:_x000D_
 | MEIO AMBIENTE;_x000D_
 IL. CIÊNCIA E TECNOLOGIA: _x000D_
 IL1. MULTICULTURALISMO;_x000D_
 IV. CIDADANIA E CIVISMO:_x000D_
 V.ECONOMIA;_x000D_
 VI. SAÚDE.</t>
   </si>
   <si>
     <t>10822</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10822/620.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10822/620.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/N°.104/2022, REFERENTE AO REQUERIMENTO N°. 024/2022, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ, QUE REQUER AO PODER EXECUTIVO A REALIZAÇÃO DE CURSOS PROFISSIONALIZANTES PARA AUXILIARES DE CRECHE E BERÇARISTAS MUNICIPAIS. NESTE SENTIDO, CONFORME MANIFESTAÇÃO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, CUMPRE-NOS INFORMAR QUE EXISTE UM REGIME DE COLABORAÇÃO ENTRE SEDU E UNDIME, QUE ASSIM COMO EM ANOS ANTERIORES, ATRAVÉS DO PAES - CEFOPE, A SEDU ESTÁ OFERECENDO VAGAS AOS MUNICÍPIOS DO ES PARA DIVERSAS FORMAÇÕES, COM TEMAS RELEVANTES E NECESSÁRIOS PARA OS PROFISSIONAIS DA EDUCAÇÃO, DENTRE ESTES, CURSOS PARA OS CARGOS DE AUXILIAR DE CRECHE E BERÇARISTA, COM INICIO DAS ATIVIDADES NO SEGUNDO SEMESTRE DE 2022. ASSIM, AS FORMAÇÕES SERÃO DE RESPONSABILIDADE DA EQUIPE DO CEFOPE, NÃO EXISTINDO CUSTOS À MUNICIPALIDADE, DESEMPENHANDO O MUNICÍPIO ATRAVÉS DA SECRETARIA DE EDUCAÇÃO A FUNÇÃO DE DIVULGAR E MOBILIZAR A PARTICIPAÇÃO DE SEUS PROF</t>
   </si>
   <si>
     <t>10823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10823/621.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10823/621.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/N°.153/2022, REFERENTE AO REQUERIMENTO N°. 038/2022, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK, QUE REQUER AO PODER EXECUTIVO A CONTRATAÇÃO DE PROFISSIONAIS DE FONOAUDIOLOGIA E PSICOLOGIA PARA ATENDEREM NA REDE MUNICIPAL DE ENSINO, CUMPRE-NOS INFORMAR QUE FOI SANCIONADA RECENTEMENTE A LEI MUNICIPAL N° 2.452/2022, DE 28 DE ABRIL DE 2022, QUE CRIA CARGOS DE PROVIMENTO EFCTIVO DE PSICOLOGIA E DENTRE OUTROS NA ESTRUTURA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO. ADEMAIS, CUMPRE DESTACAR QUE O MUNICIPIO DE MARCCHAL FLORIANO JÁ POSSUI O EDITAL DE PROCESSO SELETIVO DE N° 013/2022 PUBLICADO, A FIM DE DAR PREENCHIMENTO AOS REFERIDOS CARGOS. POR FIM, EM RELAÇÃO AO OFERECIMENTO DA ESPECIALIDADE DE FONOAUDIOLOGIA, INFORMAMOS QUE INEXISTE PREVISÃO LEGAL DE TAL CARGO NA ESTRUTURA ADMINISTRATIVA DA SECRETARIA DE EDUCAÇÃO, SENDO ASSIM, OS DISCENTES DA REDE MUNICIPAL DE ENSINO QUE NECESSITEM DE ATENDIMENTO COM TAL ESPECIALIDADE, PODEM SER ENC</t>
   </si>
   <si>
     <t>10842</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10842/649.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10842/649.pdf</t>
   </si>
   <si>
     <t>EM ATENÇAO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº. 182/2022, REFERENTE AO REQUERIMENTO Nº. 049/2022, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK, QUE REQUER AO PODER EXECUTIVO A ALTERAÇÃO DA LEI MUNICIPAL Nº 893/2009 A FIM DE ATUALIZAR O PAGAMENTO DE DIÁRIAS , CUMPR-NOS INFORMAR QUE A LEI Nº 893, DE 02 DE ABRIL DE 2009 FOI REVOGADA EM 01.04.2013. ADEMAIS, CUMPRE-NOS INFORMAR QUE A LEGISLAÇÃO VIGENTE QUE DISPÕE ACERCA DA CONCESSÃO DE DIÁRIAS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO É O DECRETO NORMATIVO Nº 338/2022 DE 22.04.2022, QUE POR OCASIÃO REAJUSTOU OS VALORES DE DIÁRIAS.</t>
   </si>
   <si>
     <t>11033</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11033/666.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11033/666.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº. 152/2022, REFERENTE AO REQUERIMENTO Nº. 037/2022, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO, QUE REQUER AO PODER EXECUTIVO A CONTRATAÇÃO DE AGENTES DE TRANSITO OU A DISPONIBILIZAÇÃO DE SERVIDORES MUNICIPAIS PARA TAL AÇÃO, CUMPRI-NOS INFORMAR QUE O MUNICÍPIO DE MARECHAL FLORIANO NÃO POSSUI O CARGO DE AGENTE DE TRANSITO EM SUA ESTRUTURA ADMINISTRATIVA, PORTANTO, NÃO SENDO POSSÍVEL A CONTRATAÇÃO EM TAL SENTIDO.</t>
   </si>
   <si>
     <t>11034</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11034/667.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11034/667.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº 154/2022, REFERENTE AO REQUERIMENTO 039/2022, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO  WERNECK, QUE REQUER O PODER EXECUTIVO A VIABILIZAÇÃO EM CARÁTER DE URGENCIA A MANUNTENÇÃO OU AQUISIÇÃO DE NOVAS MAQUINAS PARA ATENDER A SECRETÁRIA DE INTERIOR E TRANSPORTE, CUMPRE-NOS INFORMAR QUE O MUNICÍPIO DE MARECHAL FLORIANO POSSUI CONTRATO VIGENTE COM A EMPRESA TIÃOZINHO AUTO PEÇAS E MACÂNICA DIESEL LTDA-ME A FIM DE PROVER A MANUNTENÇÃO, MREVISÃO E CONCERVAÇÃO DA FROTA DE MAQUINAS PESADAS DA SECRETARIA MUNICIPAL DE INTERIOR E TRANSPORTE.</t>
   </si>
   <si>
     <t>11037</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11037/673.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11037/673.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO Nº028/2022 DE AUTORIA DO VEREADOR DÓRIO ALFREDO  BRAUN._x000D_
 ESCLAREÇO QUE AS UNIDADES DO INTERIOR EMITEM RECEITUÁRIO DE MEDICAÇÃO DE USO CONTINUO DE ACORDO COM DISPONIBILIDADE DA FARMACIA BASICA MUNICIPAL E COM AS MEDICAÇÕES QUE CONSTAM NA REMUME (RELAÇÃO MUNICIPAL DE MEDICAMENTOS).</t>
   </si>
   <si>
     <t>11044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11044/674.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11044/674.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS AO OF/SEGACMMF/PRESIDÊNCIA/Nº 151/2022, REFERENTE AO REQUERIMENTO 036/2022, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO, QUE REQUER O PODER EXECUTIVO A IMPLEMENTAÇÃO DE AÇÕES VOLTADAS A CAUSA ANIMAL, INFORMAMOS QUE O MUNICÍPIO DE MARECHAL FLORIANO REALIZA ANUALMENTE CAMPANHAS DE VACINAÇÃO CONTRA RAIVA ANIMAL INCLUINDO A CONCIENTIZAÇÃO PARA O CUIDADO RESPONSÁVEL DOS ANIMAIS.</t>
   </si>
   <si>
     <t>11045</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11045/705.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11045/705.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº 175/2022, REFERENTE AO REQUERIMENTO Nº 042/2022, DE AUTORIA DE VOSSA SENHORIA, QUE REQUER O PODER EXECUTIVO A VIABILIZAÇÃO DA CONSTRUÇÃO DO MURO DE ARRIMO ENTRE AS RUAS PIMENTEL E ULIANA EM ARAGUAYA, CUMPRE-NOS INFORMAR QUE O MUNICÍPIO DE MARECHAL FLORIANO ESTÁ ANALISANDO A PRESENTE SOLICITAÇÃO.</t>
   </si>
   <si>
     <t>11048</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11048/706.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11048/706.pdf</t>
   </si>
   <si>
     <t>EM EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº 174/2022, REFERENTE AO REQUERIMENTO Nº 041/2022 DE AUTORIA DE VOSSA SENHORIA, QUE REQUER O PODER EXECUTIVO A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA AVENIDA DOS IMIGRANTES EM ARAGUAYA E NO TRECHO ENTRE A IGREJA DE RIO FUNDO E O CIMITÉRIO, CUMPRE-NOS INFORMAR QUE O MUNICÍPIO DE MARECHAL FLORIANO IRÁ ANALISAR A DISPONIBILIDADE FINANCEIRA E ORÇAMENTÁRIO PARA O TAL FEITO.</t>
   </si>
   <si>
     <t>11051</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11051/707.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11051/707.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS AO OF/SEGACMMF/PRESIDÊNCIA Nº212/2022, REFERENTE AO REQUERIMENTO Nº 053/2022, DE AUTORIA DE VOSSA SENHORIA QUE REQUER O PODER EXECUTIVO A CONSTRUÇÃO DE CAPÉLA MORTUÁRIA NO CEMITÉRIO PROXIMO AO CAMPO DO APOLLO XIII, CUMPRE-NOS INFORMAR QUE O MUNICÍPIO ESTA ANALISANDO O RTEQUERIMENTO, E QUE JA EXISTE TRATATIVAS NA FASE DE PROJETOS ACERCA DA TEMÁTICA.</t>
   </si>
   <si>
     <t>11385</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11385/750.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11385/750.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OFÍCIO/SEGACMMF/PRESIDÊNCIA/Nº.181/2022, REFERENTE AO REQUERIMENTO Nº. 048/2022, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DE PROHRAMA DE SAÚDE MENTAL NO ÂMBITO DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>11389</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11389/818.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11389/818.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO REQUERIMENTO Nº. 040/2022, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>11390</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11390/868.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11390/868.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO Nº.  035/2022, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>12518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12518/957.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12518/957.pdf</t>
   </si>
   <si>
     <t>RSPOSTA REFERENTE AO REQUERIMENTO Nº 068/2022.</t>
   </si>
   <si>
     <t>12522</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12522/958.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12522/958.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 077/2022.</t>
   </si>
   <si>
     <t>12523</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12523/968.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12523/968.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 070/2022.</t>
   </si>
   <si>
     <t>12524</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12524/969.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12524/969.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº.  071/2022.</t>
   </si>
   <si>
     <t>12525</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12525/970.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12525/970.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 074/2022.</t>
   </si>
   <si>
     <t>12526</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12526/977.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12526/977.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 063/2022.</t>
   </si>
   <si>
     <t>12447</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12447/1015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12447/1015.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO N° 076/2022 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR.</t>
   </si>
   <si>
     <t>12610</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12610/1033.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12610/1033.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 066.2022, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>12611</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12611/1034.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12611/1034.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 069/2022.</t>
   </si>
   <si>
     <t>12612</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12612/1035.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12612/1035.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 081/2022.</t>
   </si>
   <si>
     <t>12613</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12613/1036.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12613/1036.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 082/2022.</t>
   </si>
   <si>
     <t>12614</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12614/1037.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12614/1037.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 083.2022.</t>
   </si>
   <si>
     <t>12615</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12615/1038.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12615/1038.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 085/2022.</t>
   </si>
   <si>
     <t>12616</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12616/1039.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12616/1039.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 086/2022.</t>
   </si>
   <si>
     <t>12754</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12754/1095.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12754/1095.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 089/2022, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER.</t>
   </si>
   <si>
     <t>12794</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12794/1126.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12794/1126.pdf</t>
   </si>
   <si>
     <t>"RELATIVO A RESPOSTA DE REQUERIMENTO N° 102/2022".</t>
   </si>
   <si>
     <t>12795</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12795/1131.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12795/1131.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REQUERIMENTO N° 095/2022, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO".</t>
   </si>
   <si>
     <t>12860</t>
   </si>
   <si>
     <t>Antônio Carlos Malini</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12860/1171.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12860/1171.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REQUERIMENTO N° 103/2022 REFERENTE A INFOMAÇÕES SOBRE COMO SERÁ REALIZADO O PROJETO INERENTE À PRAÇA SAUDÁVEL QUE ESTÁ SENDO CONSTRUÍDA NA AV. ARTHUR HAESE, PRINCIPALMENTE, PERTINENTE A PISTA DE SKATE, COMPREENDENDO O ENVIO DE CROQUIS, IMAGENS E DEMAIS PEÇAS DO MENCIONADO PROJETO".</t>
   </si>
   <si>
     <t>12861</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12861/1172.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12861/1172.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REQUERIMENTO N° 098/2022 A RESPEITO DA LIMPEZA URGENTE DA VILA MIGUEL SOUZA, PAVIMENTAÇÃO DAS RUAS DA COMUNIDADE, PINTURA DOS QUEBRA-MOLAS E CONSTRUÇÃO DE UM BOEIRO LOCALIZADO ANTES DA RESIDÊNCIA DA FAMÍLIA MANGA, E TERMINO DA ILUMINAÇÃO PÚBLICA DA COMUNIDADE".</t>
   </si>
   <si>
     <t>12883</t>
   </si>
   <si>
     <t>JUAREZ JOSÉ XAVIER</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12883/1193.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12883/1193.pdf</t>
   </si>
   <si>
     <t>"RELATIVO A SOLICITAÇÃO CONTIDA NO REQUERIMENTO N° 112/2022 DO EXMO VEREADOR NATALINO BIANQUI NETO".</t>
   </si>
   <si>
     <t>12884</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12884/1204.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12884/1204.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REQUERIMENTO N° 097/2022, QUE REQUER AO PODER EXECUTIVO A DISPONIBILIZAÇÃO DE BRAÇAL PARA ATENDER A COMUNIDADE DE RIO FUNDO".</t>
   </si>
   <si>
     <t>12885</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12885/1205.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12885/1205.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REQUERIMENTO N° 098/2022 QUE REQUER AO PODER EXECUTIVO LIMPEZA E DEMAIS AÇÕES NA VILA MIGUEL SOUZA".</t>
   </si>
   <si>
     <t>12886</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12886/1207.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12886/1207.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REQUERIMENTO N° 093/2022, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ, QUE REQUER AO PODER EXECUTIVO A FORMULAÇÃO DE ESTRATÉGIA PARA TRANSFORMAÇÃO DIGITAL DE SERVIÇOS PRESTADOS PELA MUNICIPALIDADE".</t>
   </si>
   <si>
     <t>12887</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12887/1209.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12887/1209.pdf</t>
   </si>
   <si>
     <t>"REFERENTE AO REQUERIMENTO N° 103/2022 TENDO COMO REFERÊNCIA INFORMAÇÕES SOBRE COMO SERÁ REALIZADO O PROJETO INERENTE À PRAÇA SAUDÁVEL QUE ESTÁ SENDO CONSTRUIDA NA AV. ARTHUR HAESE".</t>
   </si>
   <si>
     <t>12890</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12890/1226.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12890/1226.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 105/2022, DE AUTORIA DO VEREADOR LUCIANO NAVAR BUENO MENENDEZ.</t>
   </si>
   <si>
     <t>13004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13004/resposta_de_requerimento_no_38_2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13004/resposta_de_requerimento_no_38_2022.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 099/2022.</t>
   </si>
   <si>
     <t>13006</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13006/rr_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13006/rr_2.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO  Nº 106/2022</t>
   </si>
   <si>
     <t>13007</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13007/rr_3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13007/rr_3.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO  Nº 109/2022</t>
   </si>
   <si>
     <t>13008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13008/rr_4.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13008/rr_4.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO  Nº 114/2022</t>
   </si>
   <si>
     <t>13009</t>
   </si>
   <si>
     <t>Maria Arlete Novaes Moraes Silva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13009/rr_5.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13009/rr_5.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO  Nº 426/2022</t>
   </si>
   <si>
     <t>13011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13011/rr_8.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13011/rr_8.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFENTE AO REQUERIMENTO  Nº 115/2022</t>
   </si>
   <si>
     <t>13012</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13012/rr_9.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13012/rr_9.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQUERIMENTO   Nº 119/2022</t>
   </si>
   <si>
     <t>13013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13013/rr_10.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13013/rr_10.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO 120/2022</t>
   </si>
   <si>
     <t>13014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13014/rr_11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13014/rr_11.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO  Nº 121/2022</t>
   </si>
   <si>
     <t>13015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13015/rr_12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13015/rr_12.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE  AO REQUERIMENTO  Nº8058/2022</t>
   </si>
   <si>
     <t>13018</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13018/rr_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13018/rr_15.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO  Nº 129/2022</t>
   </si>
   <si>
     <t>13905</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13905/193.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13905/193.pdf</t>
   </si>
   <si>
     <t>REPOSTA AO REQUERIMENTO Nº. 079/2021, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER.</t>
   </si>
   <si>
     <t>13906</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13906/624.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13906/624.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO REQUERIMENTO Nº. 051/2022 DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER.</t>
   </si>
   <si>
     <t>13907</t>
   </si>
   <si>
     <t>Sergio Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13907/563.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13907/563.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO OFICIO/SEGAC/PRESIDÊNCIA Nº210/2022.</t>
   </si>
   <si>
     <t>13908</t>
   </si>
   <si>
     <t>Maria Goretti Pereira Pinto</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13908/1141.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13908/1141.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENRO Nº. 090/2022 DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13909</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13909/622.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13909/622.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 046/2022, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13910</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13910/623.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13910/623.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 047/2022 DE AUTORIA DO VERADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13911</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 094/2022 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13912</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13912/73.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13912/73.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO/OFICIO Nº.002/2022, DE AUTORIA DO VEREADOR FELIPE DEL PUPPO.</t>
   </si>
   <si>
     <t>13913</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13913/453.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13913/453.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 031/2022 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13914</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13914/565.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13914/565.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº.034/2022 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13915</t>
   </si>
   <si>
     <t>CLAUDIO DEVAIR LOBO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13915/616.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13915/616.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº.044/2022 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13916</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13916/1469.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13916/1469.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 045/2022 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13917</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº101/2022 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13918</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº050/2021 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13919</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 057/2022 DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK</t>
   </si>
   <si>
     <t>13920</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13920/967.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13920/967.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 064/2022 E AUTORIA DO VEREADOR RENATO LUIZ VELOZO WERNECK</t>
   </si>
   <si>
     <t>13921</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13921/resp_096.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13921/resp_096.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 096/2021 DE AUTORIA DO VEREADOR CÉZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>13922</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13922/1363.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13922/1363.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 025/2022 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO</t>
   </si>
   <si>
     <t>12149</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12149/proposta_de_emenda_001-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12149/proposta_de_emenda_001-2022.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES ABAIXO ASSINADOS, NO USO DE SUAS ATRIBUIÇÕES, FAZ SABER, NA FORMA DO INCISO 1 DO ART 46 DA LEI ORGÂNICA MUNICIPAL, A SEGUINTE PROPOSTA DE MODIFICAÇÃO À LEI ORGÂNICA.</t>
   </si>
   <si>
     <t>12829</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dório Braun (Suplente), Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12829/1161.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12829/1161.pdf</t>
   </si>
   <si>
     <t>"OS VEREADORES ABAIXO ASSINADO NO USO DE SUAS ATRIBUIÇÕES, FAZ SABER, NA FORMA DO INCISO I DO ARTIGO 46 DA LEI ORGÂNICA MUNICIPAL, A SEGUINTE PROPOSTA DE MODIFICAÇÃO À LEI ORGÂNICA".</t>
   </si>
   <si>
     <t>12078</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12078/mensagem_001-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12078/mensagem_001-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA O VALOR DO AUXÍLIO ALIMENTAÇÃO DO SERVIDOR PÚBLICO MUNICIPAL".</t>
   </si>
   <si>
     <t>12079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12079/mensagem_002-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12079/mensagem_002-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRATIVA PARA CONCEDER SATUS DE SECRETÁRIO MUNICIPAL AO CHEFE DE GABINETE E DÁ OUTRAS PROVIDÊNCIAS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>12080</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12080/mensagem_003-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12080/mensagem_003-2022.pdf</t>
   </si>
   <si>
     <t>12081</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12081/mensagem_004-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12081/mensagem_004-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE ESPORTES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12082/mensagem_005-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12082/mensagem_005-2022.pdf</t>
   </si>
   <si>
     <t>12083</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12083/mensagem_006-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12083/mensagem_006-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULAMENTAÇÃO DE ADICIONAL DE PÓS-GRADUAÇÃO PARA OS SERVIDORES OCUPANTES DE CARGOS DE NÍVEL SUPERIOR, PREVISTOS NO ART. 18 DA LEI N° 816, DE 9 DE MAIO DE 2008".</t>
   </si>
   <si>
     <t>12084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12084/mensagem_007-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12084/mensagem_007-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 1.694, DE 04 DE FEVEREIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12085</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12085/mensagem_008-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12085/mensagem_008-2022.pdf</t>
   </si>
   <si>
     <t>"INSERE O CAPÍTULO IV NO TÍTULO III DA LEI ORGÂNICA MUNICIPAL, REGULAMENTANDO A PROCURADORIA-GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12086/mensagem_009-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12086/mensagem_009-2022.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PATROCÍNIO PARA ATLETA DO MUNICÍPIO DE MARECHAL FLORIANO-ES".</t>
   </si>
   <si>
     <t>12087</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12087/mensagem_010-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12087/mensagem_010-2022.pdf</t>
   </si>
   <si>
     <t>"RETIFICA A REDAÇÃO DA LEI MUNICIPAL N° 2.419, DE 17 DE JANEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12088/mensagem_011-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12088/mensagem_011-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA SECRETARIA MUNICIPAL DE PLANEJAMENTO E GESTÃO ESTRATÉGICA NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12089/mensagem_012-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12089/mensagem_012-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL N° 2.281, DE 09 DE FEVEREIRO DE 2021".</t>
   </si>
   <si>
     <t>12090</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12090/mensagem_013-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12090/mensagem_013-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO TUTELAR E O FUNDO MUNICIPAL DA INFÂNCIA E ADOLESCÊNCIA DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12092</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12092/mensagem_014-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12092/mensagem_014-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>12095</t>
   </si>
   <si>
     <t>JOÃO CABRAL  RODRIGUES CANCELLIERI, João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12095/mensagem_015-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12095/mensagem_015-2022.pdf</t>
   </si>
   <si>
     <t>SÃO DUAS EMENTAS, SENDO ELAS:_x000D_
 "ALTERA O ARTIGO 7°, DA LEI MUNICIPAL N° 2.426 DE 15 DE FEVEREIRO DE 2022" E_x000D_
 "DISPÕE SOBRE A INCLUSÃO DO ART. 27 À LEI MUNICIPAL N° 1.254 DE 07 DE JUNHO DE 2013".</t>
   </si>
   <si>
     <t>12096</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12096/mensagem_016-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12096/mensagem_016-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO PARÁGRAFO 3° AO ARTIGO 183 DA LEI MUNICIPAL N° 1.245 DE 16 DE MAIO DE 2013".</t>
   </si>
   <si>
     <t>12097</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12097/mensagem_017-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12097/mensagem_017-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DA BANDEIRA DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12098</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12098/mensagem_018-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12098/mensagem_018-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12099</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12099/mensagem_019-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12099/mensagem_019-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INCLUSÃO DE AÇÃO NO PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO, PARA O PERÍODO DE 2022 A 2025".</t>
   </si>
   <si>
     <t>12100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12100/mensagem_020-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12100/mensagem_020-2022.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12101/mensagem_021-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12101/mensagem_021-2022.pdf</t>
   </si>
   <si>
     <t>12102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12102/mensagem_022-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12102/mensagem_022-2022.pdf</t>
   </si>
   <si>
     <t>12103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12103/mensagem_023-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12103/mensagem_023-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO, NO ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, NO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>12104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12104/mensagem_024-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12104/mensagem_024-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL N° 1.191, DE 23 DE JANEIRO DE 2013".</t>
   </si>
   <si>
     <t>12105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12105/mensagem_025-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12105/mensagem_025-2022.pdf</t>
   </si>
   <si>
     <t>12106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12106/mensagem_026-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12106/mensagem_026-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS - LDO".</t>
   </si>
   <si>
     <t>12107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12107/mensagem_027-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12107/mensagem_027-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12108/mensagem_028-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12108/mensagem_028-2022.pdf</t>
   </si>
   <si>
     <t>12109</t>
   </si>
   <si>
     <t>Juarez José Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12109/mensagem_029-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12109/mensagem_029-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULARIZAÇÃO DE TERRENOS URBANOS NO MUNICÍPIO DE MARECHAL FLORIANO/ES".</t>
   </si>
   <si>
     <t>12115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12115/mensagem_038-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12115/mensagem_038-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 8° DA LEI MUNICIPAL N° 1.822, DE 31 DE MAIO DE 2017, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE CULTURA DE MARECHAL FLORIANO,E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12150/mensagem_039-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12150/mensagem_039-2022.pdf</t>
   </si>
   <si>
     <t>POSSUI DUAS EMENTAS:_x000D_
 "ALTERA O ARTIGO 1° DA LEI MUNICIPAL N° 1.980, DE 11 JUNHO DE 2018, QUE DISPÕE SOBRE ADICIONAL DE FUNÇÃO PARA MOTORISTAS DE AMBULÂNCIA QUE POSSUEM CURSO DE SOCORRISTA, E DÁ OUTRAS PROVIDÊNCIAS"._x000D_
 "ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 565, DE 07 DE NOVEMBRO DE 2005 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12151/mensagem_040-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12151/mensagem_040-2022.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DA LEI MUNICIPAL N° 816, DE 09 DE MAIO DE 2008 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12152/mensagem_042-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12152/mensagem_042-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12153/mensagem_043-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12153/mensagem_043-2022.pdf</t>
   </si>
   <si>
     <t>"CONCEDE REAJUSTE AOS PROFISSIONAIS OCUPANTES DOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE E DOS AGENTES DE COMBATE A ENDEMIAS, NO MUNICÍPIO DE MARECHAL FLORIANO, PARA CUMPRIR O VALOR DO PISO NACIONAL ESTABELECIDO PELA LEI FEDERAL N° 13.708/2018, DE 14 DE AGOSTO DE 2018 E PORTARIAS GM/MS N° 2.109 E 1.971 AMBAS DE 30 DE JUNHO DE 2022".</t>
   </si>
   <si>
     <t>12154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12154/mensagem_044-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12154/mensagem_044-2022.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>12155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12155/mensagem_045-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12155/mensagem_045-2022.pdf</t>
   </si>
   <si>
     <t>12156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12156/mensagem_046-2022.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12156/mensagem_046-2022.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6835,68 +6835,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9292/001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9290/002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9513/decreto_legislativo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10687/decreto_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10684/005.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13050/brn3c2af44c21b5_0000038053.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13051/brn3c2af44c21b5_0000038052.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9257/01-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9258/94.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9259/95.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9260/96.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9261/97.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9279/154.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9280/155.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9281/156.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9282/157.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9283/158.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9314/221.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9315/222.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9316/223.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9317/224.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9318/225.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9384/indicacao_20_abrao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9385/indicacao_21_abrao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9386/indicacao_22_abrao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9387/indicacao_23_cezar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9388/indicacao_24_dorio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9389/indicacao_25_navar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9390/indicacao_26_navar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9391/indicacao_27_natalino.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9392/indicacao_28_natalino.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9393/indicacao_29_renato.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9714/430.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9715/431.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9717/432.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9718/433.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9719/434.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9720/435.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9880/474.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9881/475.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9882/indicacao_no_38_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9883/477.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9884/478.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9885/479.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10137/537.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10138/538.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10139/539.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10744/ind_046-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10745/ind_047-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10746/ind_048-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10747/ind_049-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10765/ind_050-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10772/ind_051-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10776/ind_052-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10777/ind_053-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10778/ind_054-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10779/ind_055-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10780/ind_056-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10782/ind_057-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10788/ind_058-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10789/ind_059-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10790/ind_060-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10791/ind_061-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10792/ind_062-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10737/668.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10734/ind_064-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10733/690.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10732/691.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10731/ind672022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11234/ind_068-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11235/ind_069-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11236/ind_070-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11237/ind_71-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11238/ind_072-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11239/ind_73-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11240/ind_074-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11242/ind_75-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11363/indicacao_076-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11364/indicacao_077-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11365/indicacao_078-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12070/ind_079.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12073/ind_080.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12074/ind_081.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12091/ind_082.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12093/ind_083.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12094/ind_084.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12541/indicacao_no_085_dorio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12542/indicacao_no_086_dorio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12543/indicacao_no_087_navar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12544/indicacao_no_088_felipe.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12681/1062.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12682/1063.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12686/1064.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12687/1065.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12765/ind_093.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12766/ind_094.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12767/ind_095.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12837/1148.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12858/1149.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12839/1150.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12841/1151.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12843/1163.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12859/1165.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12891/1239.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12892/1240.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12893/ind_104.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12894/1242.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12895/1243.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12896/1244.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12909/ind_109.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12911/ind_110.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12912/ind_111.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12913/ind_112.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12914/ind_113.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12915/ind_114.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12944/ind_115.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12945/ind_116.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12951/ind_117.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12965/ind_118.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12966/ind_119.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12967/ind_120.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12968/ind_121.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12969/ind_122.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12970/ind_123.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9251/87.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9252/88.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9276/151.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9277/152.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9278/153.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9306/213.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9356/mocao_009-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9395/mocao_11_renato.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10167/546.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11243/mocao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11244/mocao_14-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12417/mocao_015.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12799/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12800/993.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12849/1145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12916/moc_019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12917/moc_020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12953/moc_021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9253/89.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9254/90.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9255/91.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9256/92.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12673/pc_005-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9284/159.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9285/160.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9286/161.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9287/162.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9293/163.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9307/214.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9308/215.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9309/216.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9310/217.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9311/218.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9312/219.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9313/220.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9703/420.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9704/421.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9705/422.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9707/422.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9708/424.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9709/425.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9710/426.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9711/427.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9712/428.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9713/429.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10850/par_53-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10851/par54-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10852/brn3c2af44c21b5_0000034116.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10855/par_56-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10858/par_57-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10861/brn3c2af44c21b5_0000034119.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10863/brn3c2af44c21b5_0000034120.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10867/brn3c2af44c21b5_0000034121.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11354/pc062-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11355/pc063-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11356/pc064-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11357/pc065-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11358/pc066-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11359/pc067-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11360/pc068-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11361/pc069-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11362/pc070-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12495/077.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12498/078.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12499/079.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12500/080.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12502/081.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12504/082.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12506/083.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12507/084.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12932/parecer_085.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12933/parecer_086.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12934/parecer_087.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12935/parecer_088.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12936/parecer_089.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12937/parecer_090.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12938/parecer_091.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12939/parecet_098.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12940/parecer_099.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12941/parecer_100.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12942/parecer_101.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13682/projeto_de_lei_complementar_no_2_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9223/09b.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9274/plo_02-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9224/14.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10824/plo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9225/20.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9226/23.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9270/plo_7.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9227/29.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9271/plo_9.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9228/38.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9346/pl_011.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9272/plo_12.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9781/pj_13.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9337/106.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9334/pl_15.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9335/pl_16.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9336/pl_17.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9273/plo_018.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9338/projeto_de_lei_110.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9358/141.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9359/144.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9360/147.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9361/167.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9362/168.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9363/169.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9364/170.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9793/pl_27.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9366/173.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9794/pl_31.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9339/pl_32.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9340/pl_33.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9341/pl_34.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9342/pl_35.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10818/plo_36-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9343/pl_37.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9344/pl_38.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9345/pl_39.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9799/pl_40.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9823/pl_41.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9825/pl_43.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9831/pl_44.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9835/pl_45.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9837/pl_46.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9840/pl_48.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9855/pl_49_new.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10457/443.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9856/444.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10459/445.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10460/446.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9917/447.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10463/409-410-411-3-4.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9857/3_pdfsam_pj_56.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12493/057-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10465/490.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10466/491.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9941/492.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9942/495.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9944/498.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9945/501.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10467/513.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10461/514.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10462/515.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11266/067-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10470/548.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10471/549.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10472/plo_70-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12503/071-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12496/601.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12497/602.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12501/603.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12923/projeto_de_lei_legislativo_e_executivo_no_75_2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11267/076-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11268/077-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11269/pll782022-20220614093359358621.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11270/079-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11271/pll_080-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11272/081-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11273/082-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11274/085-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12110/3_pdfsam_pl_086.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12512/776.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12516/787.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12111/3_pdfsam_pl_090.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12112/3_pdfsam_pl_091.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12505/839.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12509/840.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12510/841.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12508/842.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12113/pl_096.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12511/877-3-12.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12114/3_pdfsam_pl_098.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12924/projeto_de_lei_legislativo_e_executivo_no_99_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12383/pl_100.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12517/901.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12519/902.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12384/pl_103.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12385/pl_104.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12386/pl_105.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12918/pll_106.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12387/pl_107.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12520/908.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12388/pl_109.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12521/910.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12733/3_pdfsam_111.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12738/3_pdfsam_112.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12743/3_pdfsam_113.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12748/3_pdfsam_114.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12750/115.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12752/118.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12753/3_pdfsam_1028.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12719/1073.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12919/pll_121.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12920/pll_122.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12921/pll_123.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12922/3_pdfsam_pll_124.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12776/pll_125.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12777/pll_126.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12826/pl127-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12827/1159.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12828/1160.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13058/brn3c2af44c21b5_0000038511.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12897/pll_131.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12898/1246.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12899/1247.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12900/1248.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12901/1249.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12902/pll_136.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12903/1251.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12905/1277.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12904/1288.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12926/pll_140-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12927/141-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12928/pll_142-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12929/pll_143-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12930/pll_144-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12971/pll_145.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12977/projeto_de_lei_legislativo_e_executivo_no_146_2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12978/projeto_de_lei_legislativo_e_executivo_no_147_2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12979/projeto_de_lei_legislativo_e_executivo_no_148_2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13057/pll_149.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13160/pl_150-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12980/projeto_de_lei_legislativo_e_executivo_no_151_2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12972/pll_152.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12996/pll_153.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12997/1065-pll1542022-20221215191545126426.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12998/lei-2550-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12999/lei-2551-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13056/pll_149.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9269/86.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9302/209.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9303/210.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9304/211.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9357/projeto_de_resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10512/projeto_de_resolucao_006-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12389/projeto_06.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12628/projeto_resolucao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12723/1077.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9262/98.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9263/99.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9264/100.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9265/101.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9266/102.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9267/103.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9268/104.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9288/164.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9289/165.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9300/166.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9319/226.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9320/227.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9321/228.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9322/229.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9323/230.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9324/231.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9325/232.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9326/233.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9327/234.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9377/313.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9378/314.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9351/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9352/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9353/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9379/318.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9354/requerimento_026-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9355/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9396/requerimento_28_dorio.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9397/requerimento_29_felipe.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9398/requerimento_30_felipe.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9399/requerimento_31_navar.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9400/requerimento_32_plenario.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9401/378.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9721/436.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9722/437.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9723/438.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9724/439.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9725/441.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9726/441.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9727/442.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9886/480.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9887/481.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9888/482.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9889/483.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9890/484.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9914/485.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9915/486.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9916/487.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9936/488.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9937/489.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9938/502.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10135/540.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10156/541.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10157/542.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10158/543.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10160/544.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10165/545.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10170/550.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10513/req59-2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10725/rq_060-2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10726/rq_061-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10727/rq_062-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10728/rq_063-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10729/rq_064-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10730/rq_065-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11255/req_067-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11256/req_068-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11257/1_pdfsam_req_69.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11366/req_070-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11367/req_071-2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11368/req_072-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11369/req_073-2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11370/req_074-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11371/req_075-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12122/req_076.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12128/req_077.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12138/req_078.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12143/req_079.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12545/requerimento_no_081_navar.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12550/requerimento_no_082_natalino.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12556/requerimento_no_083_natalino.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13761/1000.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12712/1066.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12713/1067.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12714/1068.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12715/1069.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12716/1070.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12717/1071.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12718/1072.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12768/req_097.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12769/req_098.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12770/req_099.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12771/req_100.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12772/req_101.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12773/req_102.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12774/req_103.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12775/req_104.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12850/1146.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12851/1147.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12852/1152.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12853/1153.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12854/1154.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12855/1155.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12856/1156.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12857/1157.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12906/req_113.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12907/req_114.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12960/req_116.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12961/req_117.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12962/req_118.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12963/req_119.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12973/req_121.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13001/req_123.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13002/req_124.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13003/req_125.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13047/req_126.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13048/req_127.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13052/req_128.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13053/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13054/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9301/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12604/res002-2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12605/res003-2022.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12606/res004-2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12607/res005-2022.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12608/res006-2022.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12609/res007-2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12888/res_008.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12889/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12931/brn3c2af44c21b5_0000037239.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12815/resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9382/277.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9702/419.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14143/brn3c2af44c21b5_0000044174.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14144/brn3c2af44c21b5_0000044175.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9701/418.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12975/aditiva_002.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13049/proposta_003.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12976/aditiva_004.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14142/brn3c2af44c21b5_0000044173.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9299/178.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9328/198.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9329/194.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9330/195.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9331/196.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9332/197.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9371/342.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9372/344.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9373/345.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9374/346.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9375/347.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9376/348.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10793/385.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10799/404.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10806/454.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10808/455.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10817/457.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10819/459.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10820/559.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10821/574.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10822/620.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10823/621.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10842/649.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11033/666.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11034/667.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11037/673.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11044/674.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11045/705.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11048/706.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11051/707.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11385/750.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11389/818.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11390/868.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12518/957.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12522/958.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12523/968.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12524/969.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12525/970.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12526/977.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12447/1015.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12610/1033.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12611/1034.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12612/1035.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12613/1036.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12614/1037.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12615/1038.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12616/1039.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12754/1095.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12794/1126.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12795/1131.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12860/1171.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12861/1172.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12883/1193.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12884/1204.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12885/1205.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12886/1207.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12887/1209.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12890/1226.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13004/resposta_de_requerimento_no_38_2022.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13006/rr_2.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13007/rr_3.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13008/rr_4.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13009/rr_5.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13011/rr_8.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13012/rr_9.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13013/rr_10.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13014/rr_11.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13015/rr_12.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13018/rr_15.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13905/193.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13906/624.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13907/563.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13908/1141.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13909/622.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13910/623.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13912/73.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13913/453.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13914/565.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13915/616.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13916/1469.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13920/967.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13921/resp_096.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13922/1363.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12149/proposta_de_emenda_001-2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12829/1161.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12078/mensagem_001-2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12079/mensagem_002-2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12080/mensagem_003-2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12081/mensagem_004-2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12082/mensagem_005-2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12083/mensagem_006-2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12084/mensagem_007-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12085/mensagem_008-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12086/mensagem_009-2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12087/mensagem_010-2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12088/mensagem_011-2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12089/mensagem_012-2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12090/mensagem_013-2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12092/mensagem_014-2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12095/mensagem_015-2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12096/mensagem_016-2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12097/mensagem_017-2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12098/mensagem_018-2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12099/mensagem_019-2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12100/mensagem_020-2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12101/mensagem_021-2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12102/mensagem_022-2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12103/mensagem_023-2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12104/mensagem_024-2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12105/mensagem_025-2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12106/mensagem_026-2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12107/mensagem_027-2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12108/mensagem_028-2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12109/mensagem_029-2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12115/mensagem_038-2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12150/mensagem_039-2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12151/mensagem_040-2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12152/mensagem_042-2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12153/mensagem_043-2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12154/mensagem_044-2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12155/mensagem_045-2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12156/mensagem_046-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9292/001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9290/002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9513/decreto_legislativo_003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10687/decreto_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10684/005.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13050/brn3c2af44c21b5_0000038053.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13051/brn3c2af44c21b5_0000038052.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9257/01-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9258/94.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9259/95.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9260/96.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9261/97.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9279/154.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9280/155.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9281/156.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9282/157.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9283/158.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9314/221.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9315/222.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9316/223.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9317/224.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9318/225.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9347/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9348/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9349/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9384/indicacao_20_abrao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9385/indicacao_21_abrao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9386/indicacao_22_abrao.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9387/indicacao_23_cezar.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9388/indicacao_24_dorio.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9389/indicacao_25_navar.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9390/indicacao_26_navar.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9391/indicacao_27_natalino.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9392/indicacao_28_natalino.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9393/indicacao_29_renato.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9714/430.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9715/431.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9717/432.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9718/433.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9719/434.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9720/435.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9880/474.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9881/475.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9882/indicacao_no_38_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9883/477.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9884/478.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9885/479.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10137/537.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10138/538.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10139/539.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10744/ind_046-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10745/ind_047-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10746/ind_048-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10747/ind_049-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10765/ind_050-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10772/ind_051-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10776/ind_052-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10777/ind_053-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10778/ind_054-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10779/ind_055-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10780/ind_056-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10782/ind_057-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10788/ind_058-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10789/ind_059-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10790/ind_060-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10791/ind_061-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10792/ind_062-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10737/668.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10734/ind_064-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10733/690.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10732/691.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10731/ind672022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11234/ind_068-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11235/ind_069-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11236/ind_070-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11237/ind_71-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11238/ind_072-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11239/ind_73-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11240/ind_074-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11242/ind_75-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11363/indicacao_076-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11364/indicacao_077-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11365/indicacao_078-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12070/ind_079.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12073/ind_080.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12074/ind_081.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12091/ind_082.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12093/ind_083.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12094/ind_084.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12541/indicacao_no_085_dorio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12542/indicacao_no_086_dorio.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12543/indicacao_no_087_navar.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12544/indicacao_no_088_felipe.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12681/1062.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12682/1063.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12686/1064.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12687/1065.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12765/ind_093.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12766/ind_094.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12767/ind_095.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12837/1148.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12858/1149.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12839/1150.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12841/1151.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12843/1163.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12859/1165.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12891/1239.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12892/1240.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12893/ind_104.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12894/1242.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12895/1243.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12896/1244.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12909/ind_109.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12911/ind_110.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12912/ind_111.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12913/ind_112.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12914/ind_113.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12915/ind_114.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12944/ind_115.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12945/ind_116.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12951/ind_117.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12965/ind_118.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12966/ind_119.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12967/ind_120.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12968/ind_121.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12969/ind_122.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12970/ind_123.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9251/87.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9252/88.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9276/151.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9277/152.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9278/153.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9306/213.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9356/mocao_009-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9395/mocao_11_renato.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10167/546.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11243/mocao_013-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11244/mocao_14-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12417/mocao_015.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12799/mocao_16.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12800/993.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12849/1145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12916/moc_019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12917/moc_020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12953/moc_021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9253/89.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9254/90.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9255/91.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9256/92.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12673/pc_005-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9284/159.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9285/160.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9286/161.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9287/162.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9293/163.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9307/214.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9308/215.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9309/216.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9310/217.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9311/218.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9312/219.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9313/220.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9703/420.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9704/421.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9705/422.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9707/422.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9708/424.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9709/425.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9710/426.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9711/427.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9712/428.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9713/429.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10850/par_53-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10851/par54-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10852/brn3c2af44c21b5_0000034116.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10855/par_56-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10858/par_57-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10861/brn3c2af44c21b5_0000034119.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10863/brn3c2af44c21b5_0000034120.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10867/brn3c2af44c21b5_0000034121.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11354/pc062-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11355/pc063-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11356/pc064-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11357/pc065-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11358/pc066-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11359/pc067-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11360/pc068-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11361/pc069-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11362/pc070-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12495/077.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12498/078.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12499/079.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12500/080.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12502/081.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12504/082.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12506/083.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12507/084.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12932/parecer_085.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12933/parecer_086.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12934/parecer_087.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12935/parecer_088.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12936/parecer_089.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12937/parecer_090.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12938/parecer_091.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12939/parecet_098.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12940/parecer_099.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12941/parecer_100.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12942/parecer_101.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13682/projeto_de_lei_complementar_no_2_2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9223/09b.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9274/plo_02-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9224/14.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10824/plo_004-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9225/20.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9226/23.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9270/plo_7.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9227/29.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9271/plo_9.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9228/38.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9346/pl_011.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9272/plo_12.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9781/pj_13.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9337/106.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9334/pl_15.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9335/pl_16.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9336/pl_17.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9273/plo_018.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9338/projeto_de_lei_110.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9358/141.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9359/144.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9360/147.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9361/167.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9362/168.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9363/169.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9364/170.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9793/pl_27.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9366/173.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9794/pl_31.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9339/pl_32.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9340/pl_33.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9341/pl_34.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9342/pl_35.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10818/plo_36-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9343/pl_37.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9344/pl_38.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9345/pl_39.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9799/pl_40.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9823/pl_41.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9825/pl_43.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9831/pl_44.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9835/pl_45.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9837/pl_46.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9840/pl_48.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9855/pl_49_new.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10457/443.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9856/444.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10459/445.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10460/446.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9917/447.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10463/409-410-411-3-4.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9857/3_pdfsam_pj_56.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12493/057-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10465/490.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10466/491.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9941/492.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9942/495.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9944/498.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9945/501.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10467/513.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10461/514.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10462/515.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11266/067-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10470/548.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10471/549.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10472/plo_70-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12503/071-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12496/601.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12497/602.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12501/603.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12923/projeto_de_lei_legislativo_e_executivo_no_75_2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11267/076-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11268/077-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11269/pll782022-20220614093359358621.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11270/079-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11271/pll_080-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11272/081-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11273/082-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11274/085-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12110/3_pdfsam_pl_086.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12512/776.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12516/787.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12111/3_pdfsam_pl_090.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12112/3_pdfsam_pl_091.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12505/839.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12509/840.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12510/841.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12508/842.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12113/pl_096.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12511/877-3-12.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12114/3_pdfsam_pl_098.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12924/projeto_de_lei_legislativo_e_executivo_no_99_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12383/pl_100.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12517/901.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12519/902.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12384/pl_103.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12385/pl_104.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12386/pl_105.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12918/pll_106.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12387/pl_107.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12520/908.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12388/pl_109.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12521/910.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12733/3_pdfsam_111.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12738/3_pdfsam_112.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12743/3_pdfsam_113.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12748/3_pdfsam_114.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12750/115.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12752/118.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12753/3_pdfsam_1028.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12719/1073.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12919/pll_121.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12920/pll_122.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12921/pll_123.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12922/3_pdfsam_pll_124.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12776/pll_125.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12777/pll_126.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12826/pl127-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12827/1159.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12828/1160.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13058/brn3c2af44c21b5_0000038511.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12897/pll_131.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12898/1246.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12899/1247.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12900/1248.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12901/1249.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12902/pll_136.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12903/1251.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12905/1277.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12904/1288.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12926/pll_140-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12927/141-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12928/pll_142-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12929/pll_143-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12930/pll_144-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12971/pll_145.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12977/projeto_de_lei_legislativo_e_executivo_no_146_2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12978/projeto_de_lei_legislativo_e_executivo_no_147_2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12979/projeto_de_lei_legislativo_e_executivo_no_148_2022.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13057/pll_149.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13160/pl_150-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12980/projeto_de_lei_legislativo_e_executivo_no_151_2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12972/pll_152.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12996/pll_153.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12997/1065-pll1542022-20221215191545126426.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12998/lei-2550-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12999/lei-2551-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13056/pll_149.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9269/86.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9302/209.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9303/210.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9304/211.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9357/projeto_de_resolucao_005-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10512/projeto_de_resolucao_006-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12389/projeto_06.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12628/projeto_resolucao_008-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12723/1077.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9262/98.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9263/99.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9264/100.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9265/101.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9266/102.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9267/103.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9268/104.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9288/164.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9289/165.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9300/166.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9319/226.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9320/227.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9321/228.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9322/229.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9323/230.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9324/231.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9325/232.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9326/233.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9327/234.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9377/313.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9378/314.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9351/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9352/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9353/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9379/318.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9354/requerimento_026-2022.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9355/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9396/requerimento_28_dorio.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9397/requerimento_29_felipe.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9398/requerimento_30_felipe.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9399/requerimento_31_navar.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9400/requerimento_32_plenario.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9401/378.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9721/436.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9722/437.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9723/438.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9724/439.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9725/441.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9726/441.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9727/442.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9886/480.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9887/481.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9888/482.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9889/483.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9890/484.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9914/485.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9915/486.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9916/487.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9936/488.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9937/489.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9938/502.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10135/540.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10156/541.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10157/542.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10158/543.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10160/544.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10165/545.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10170/550.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10513/req59-2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10725/rq_060-2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10726/rq_061-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10727/rq_062-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10728/rq_063-2022.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10729/rq_064-2022.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10730/rq_065-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11255/req_067-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11256/req_068-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11257/1_pdfsam_req_69.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11366/req_070-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11367/req_071-2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11368/req_072-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11369/req_073-2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11370/req_074-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11371/req_075-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12122/req_076.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12128/req_077.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12138/req_078.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12143/req_079.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12545/requerimento_no_081_navar.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12550/requerimento_no_082_natalino.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12556/requerimento_no_083_natalino.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13761/1000.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12712/1066.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12713/1067.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12714/1068.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12715/1069.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12716/1070.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12717/1071.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12718/1072.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12768/req_097.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12769/req_098.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12770/req_099.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12771/req_100.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12772/req_101.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12773/req_102.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12774/req_103.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12775/req_104.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12850/1146.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12851/1147.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12852/1152.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12853/1153.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12854/1154.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12855/1155.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12856/1156.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12857/1157.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12906/req_113.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12907/req_114.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12960/req_116.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12961/req_117.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12962/req_118.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12963/req_119.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12973/req_121.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13001/req_123.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13002/req_124.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13003/req_125.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13047/req_126.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13048/req_127.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13052/req_128.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13053/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13054/requerimento_129.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9301/resolucao_001-2022.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12604/res002-2022.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12605/res003-2022.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12606/res004-2022.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12607/res005-2022.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12608/res006-2022.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12609/res007-2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12888/res_008.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12889/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12931/brn3c2af44c21b5_0000037239.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12815/resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9382/277.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9702/419.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14143/brn3c2af44c21b5_0000044174.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14144/brn3c2af44c21b5_0000044175.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9701/418.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12975/aditiva_002.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13049/proposta_003.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12976/aditiva_004.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/14142/brn3c2af44c21b5_0000044173.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9299/178.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9328/198.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9329/194.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9330/195.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9331/196.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9332/197.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9371/342.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9372/344.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9373/345.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9374/346.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9375/347.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/9376/348.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10793/385.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10799/404.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10806/454.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10808/455.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10817/457.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10819/459.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10820/559.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10821/574.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10822/620.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10823/621.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/10842/649.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11033/666.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11034/667.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11037/673.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11044/674.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11045/705.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11048/706.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11051/707.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11385/750.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11389/818.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/11390/868.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12518/957.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12522/958.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12523/968.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12524/969.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12525/970.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12526/977.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12447/1015.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12610/1033.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12611/1034.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12612/1035.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12613/1036.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12614/1037.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12615/1038.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12616/1039.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12754/1095.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12794/1126.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12795/1131.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12860/1171.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12861/1172.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12883/1193.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12884/1204.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12885/1205.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12886/1207.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12887/1209.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12890/1226.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13004/resposta_de_requerimento_no_38_2022.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13006/rr_2.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13007/rr_3.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13008/rr_4.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13009/rr_5.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13011/rr_8.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13012/rr_9.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13013/rr_10.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13014/rr_11.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13015/rr_12.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13018/rr_15.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13905/193.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13906/624.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13907/563.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13908/1141.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13909/622.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13910/623.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13912/73.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13913/453.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13914/565.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13915/616.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13916/1469.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13920/967.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13921/resp_096.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/13922/1363.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12149/proposta_de_emenda_001-2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12829/1161.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12078/mensagem_001-2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12079/mensagem_002-2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12080/mensagem_003-2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12081/mensagem_004-2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12082/mensagem_005-2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12083/mensagem_006-2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12084/mensagem_007-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12085/mensagem_008-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12086/mensagem_009-2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12087/mensagem_010-2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12088/mensagem_011-2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12089/mensagem_012-2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12090/mensagem_013-2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12092/mensagem_014-2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12095/mensagem_015-2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12096/mensagem_016-2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12097/mensagem_017-2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12098/mensagem_018-2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12099/mensagem_019-2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12100/mensagem_020-2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12101/mensagem_021-2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12102/mensagem_022-2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12103/mensagem_023-2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12104/mensagem_024-2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12105/mensagem_025-2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12106/mensagem_026-2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12107/mensagem_027-2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12108/mensagem_028-2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12109/mensagem_029-2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12115/mensagem_038-2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12150/mensagem_039-2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12151/mensagem_040-2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12152/mensagem_042-2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12153/mensagem_043-2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12154/mensagem_044-2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12155/mensagem_045-2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2022/12156/mensagem_046-2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H645"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="131" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>