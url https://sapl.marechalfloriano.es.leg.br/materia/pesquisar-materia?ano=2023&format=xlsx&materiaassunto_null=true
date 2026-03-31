--- v0 (2025-12-05)
+++ v1 (2026-03-31)
@@ -54,6302 +54,6302 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13085</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13085/brn3c2af44c21b5_0000038870.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13085/brn3c2af44c21b5_0000038870.pdf</t>
   </si>
   <si>
     <t>"DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NOS DIAS 20 E 22 DE FEVEREIRO DE 2023".</t>
   </si>
   <si>
     <t>13205</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13205/dl.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13205/dl.pdf</t>
   </si>
   <si>
     <t>"DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 06 DE ABRIL DE 2023".</t>
   </si>
   <si>
     <t>14211</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14211/brn3c2af44c21b5_0000045176.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14211/brn3c2af44c21b5_0000045176.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA E MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>13340</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13340/brn3c2af44c21b5_0000040600.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13340/brn3c2af44c21b5_0000040600.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA DE 09 DE JUNHO DE 2023.</t>
   </si>
   <si>
     <t>13339</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13339/decreto_005.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13339/decreto_005.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O HORÁRIO DE FUNCIONAMENTO DAS REPARTIÇÕES DESTA CÂMARA MUNICIPAL, NOS DIAS DOS JOGOS DA SELEÇÃO BRASILEIRA FEMININA.</t>
   </si>
   <si>
     <t>13448</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13448/decreto.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13448/decreto.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 08 DE SETEMBRO DE 2023.</t>
   </si>
   <si>
     <t>13571</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13571/decreto.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13571/decreto.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 13 DE OUTUBRO DE 2023.</t>
   </si>
   <si>
     <t>13594</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13594/brn3c2af44c21b5_0000041762.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13594/brn3c2af44c21b5_0000041762.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇOES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 03 DE NOVEMBRO DE 2023.</t>
   </si>
   <si>
     <t>13602</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13602/decreto_.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13602/decreto_.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 10 DE NOVEMBRO DE 2023.</t>
   </si>
   <si>
     <t>13667</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13667/casa_legislativa_presidente_municipal_philipp_endlich_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13667/casa_legislativa_presidente_municipal_philipp_endlich_2.pdf</t>
   </si>
   <si>
     <t>DECRETA TREINAMENTO INTERNO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 30 DE NOVEMBRO DE 2023.</t>
   </si>
   <si>
     <t>13788</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13788/brn3c2af44c21b5_0000042493.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13788/brn3c2af44c21b5_0000042493.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 29 DE DEZEMBRO DE 2023.</t>
   </si>
   <si>
     <t>13062</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13062/061.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13062/061.pdf</t>
   </si>
   <si>
     <t>ALARGAR A RUA AUGUSTINHO ENTRINGER E INSTALAR BUEIRO NA MESMA, PRÓXIMO A ENCOSTA QUE ESTÁ DESABANDO NA BR 262.</t>
   </si>
   <si>
     <t>13063</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13063/062.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13063/062.pdf</t>
   </si>
   <si>
     <t>CONTRATAR SERVIDORES PERMANENTES PARA CUIDAR DAS ESTRADAS RURAIS E CALÇAMENTOS DOS CAMINHOS DO CAMPO, CABENDO A ELES ROÇAR, TAPAR BURACOS, LIMPAR BUEIROS, ETC.</t>
   </si>
   <si>
     <t>13064</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13064/063.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13064/063.pdf</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADO OS DEMANDANTES DE LINCENÇA AMBIENTAL, A CONSTRUÇÃO DE BUEIROS EM ACESSO A PLATÔ, EM ÁREA RURAL OU URBANA, PARA A LIBERAÇÃO DA AUTORIZAÇÃO DA LICENÇA AMBIENTAL.</t>
   </si>
   <si>
     <t>13065</t>
   </si>
   <si>
     <t>Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13065/064.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13065/064.pdf</t>
   </si>
   <si>
     <t>-REALIZAR CALÇAMENTO OU CIMENTAÇÃO NO ESPAÇO DA ACADEMIA POPULAR EM ARAGUAYA;_x000D_
 -INSTALAR ILUMINAÇÃO PÚBLICA NO ESPAÇO DA ACADEMIA POPULAR EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13066/065.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13066/065.pdf</t>
   </si>
   <si>
     <t>REALIZAR A OPERAÇÃO TAPA-BURACOS NA RUA FLORIANO SCHNEIDER ''RUA DO CAMPO'' EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13090</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13090/indicacao_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13090/indicacao_06.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR CONSTRUÇÃO DE DOIS QUEBRA-MOLAS, SENDO UM ANTES E OUTRO DEPOIS DA RESIDÊNCIA DA SRª. CARLA LITTIG, LOCALIZADA NO BAIRRO “VALE DAS MONTANHAS”, COM ENTRADA LOCALIZADA NO KM 54,5 DA BR 262, SENTIDO VITÓRIA/BELO HORIZONTE, PRÓXIMO À RESIDÊNCIA DE DONA DEJA, TENDO INÍCIO NA RESIDÊNCIA DO SR. VANDERLEI KLIPPEL, POPULARMENTE CONHECIDO COM TUCA KLIPPEL E TÉRMINO NA RESIDÊNCIA DA SRª. LEIR CRETON BERNARDO LITTIG.</t>
   </si>
   <si>
     <t>13091</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13091/indicacao_07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13091/indicacao_07.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O CALÇAMENTO DA ''RUA DOS COLIBRIS'', LOCALIZADA NA VILA DOS IPÊS, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13092</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13092/indicacao_08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13092/indicacao_08.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE VESTIÁRIOS E BANHEIROS, EM CARÁTER DE URGÊNCIA, NO CAMPO BOM DE BOLA “JACINTO CATELAN JUNIOR”, LOCALIZADO NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>13093</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13093/indicacao_09.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13093/indicacao_09.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, A CONSTRUÇÃO DE UMA ESCADARIA AO LADO DA VILA HILTON ULIANA, LOCALIZADA NO DISTRITO DE SANTA MARIA, PRÓXIMO À RESIDÊNCIA DO SR. ISAÍAS MOGNOL, VISANDO PROPORCIONAR MELHOR ACESSIBILIDADE AOS MORADORES LOCAIS, TENDO EM VISTA QUE, NO LOCAL, HÁ MUITAS FAMÍLIAS RESIDINDO E CONFORME VEMOS NAS FOTOS, É DE DIFÍCIL ACESSO. NESSE CONTEXTO, A ESCADARIA BENEFICIARÁ MUITO OS MORADORES.</t>
   </si>
   <si>
     <t>13094</t>
   </si>
   <si>
     <t>Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13094/indicacao_10.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13094/indicacao_10.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REURBANIZAÇÃO DA RUA SANTA CLARA II, QUE COMPREENDE O PERCURSO COM INÍCIO NO ENTRONCAMENTO DA RUA HELENA ÁLVARES SANTA CLARA EFFGEN E TÉRMINO NA PONTE QUE DÁ ACESSO À RUA EDUARDO RUPF, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13095</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13095/indicacao_11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13095/indicacao_11.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE CALÇAMENTO NA ESTRADA VELHA DE SOÍDO DE BAIXO, COM ACESSO NO TREVO LOCALIZADO EM FRENTE AO POSTO IPIRANGA, COM INÍCIO NO SÍTIO DO ALEMÃO KLIPPEL E TÉRMINO NO SÍTIO KUSTER, COMPREENDENDO UM PERCURSO DE 1 KM.</t>
   </si>
   <si>
     <t>13128</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13128/ind_12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13128/ind_12.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, A CONSTRUÇÃO DE UM ABRIGO PARA OS ALUNOS QUE ESTUDAM EM ARAGUAYA, NO PONTO EM QUE AGUARDAM OS SEUS RESPECTIVOS TRANSPORTES ESCOLARES, JÁ NA RODOVIA FRANCISCO STÖCKL, NAS IMEDIAÇÕES DO ANTIGO SÍTIO DO SR. HERMÍNIO BUSATO (IN MEMORIAM).</t>
   </si>
   <si>
     <t>13129</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13129/ind_12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13129/ind_12.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE ROÇAGEM EM TODA A EXTENSÃO DA ESTRADA DE RIO FUNDO, VISANDO MELHOR _x000D_
 VISIBILIDADE E MAIOR SEGURANÇA DOS USUÁRIOS DA MENCIONADA VIA, TENDO EM VISTA QUE, A VEGETAÇÃO ESTÁ INVADINDO A MESMA E DIFICULTANDO A VISIBILIDADE DOS MOTORISTAS.</t>
   </si>
   <si>
     <t>13130</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13130/ind_14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13130/ind_14.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA DESIGNADA UMA EQUIPE MULTIDISCIPLINAR _x000D_
 VISANDO MONITORAR AS CHUVAS EM NOSSO MUNICÍPIO, PARA _x000D_
 DESOBSTRUIR AS GALERIAS DE ÁGUA E EVITAR INUNDAÇÕES, QUANDO HÁ ALERTA DE CHUVAS ANORMAIS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13131</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13131/ind_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13131/ind_15.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, O _x000D_
 CALÇAMENTO NA SUBIDA DO LOTEAMENTO VILA NOVA, POPULARMENTE CONHECIDO COMO LOTEAMENTO DO SR. JERÔNIMO, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES QUE LÁ RESIDEM.</t>
   </si>
   <si>
     <t>13132</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Maylson Littig</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13132/ind_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13132/ind_16.pdf</t>
   </si>
   <si>
     <t>REALIZAR A MANUTENÇÃO DE TODAS AS CAIXAS SECAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13133</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13133/ins_17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13133/ins_17.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR UM SERVIDOR PÚBLICO MUNICIPAL, PARA DAR MANUTENÇÃO NAS RUAS E ESTRADAS DO BAIRRO MIGUEL SOUZA NO DISTRITO DE SANTA MARIA, BEM COMO DISPONIBILIZAR SERVIDOR PÚBLICO PARA DAR MANUTENÇÃO NAS DEMAIS RUAS E ESTRADAS PRÓXIMAS A IGREJA CATÓLICA DO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>13164</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13164/ind_19-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13164/ind_19-2023.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO UM PLANEJAMENTO DE CORREÇÃO E PADRONIZAÇÃO DOS QUEBRA-MOLAS, ABRANGENDO TODO O MUNICÍPIO, EM SUAS PRINCIPAIS VIAS.</t>
   </si>
   <si>
     <t>13165</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13165/ind_020-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13165/ind_020-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE BANHEIRO PÚBLICO NO BAIRRO SANTA RITA, TENDO EM VISTA QUE, A AUSÊNCIA DO MESMO TEM PROPORCIONADO INÚMEROS TRANSTORNOS ÀS PESSOAS QUE NÃO RESIDEM NO BAIRO, PRINCIPALMENTE ATUALMENTE, EM QUE O LOCAL VEM RECEBENDO UM NÚMERO MAIOR DE PESSOAS, DEVIDO A ACADEMIA RECÉM INAUGURADA NO LOCAL.</t>
   </si>
   <si>
     <t>13166</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13166/ind_021-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13166/ind_021-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR URGENTEMENTE A REPAVIMENTAÇÃO DAS SEGUINTES RUAS: D. PEDRO I, DÉLIO LUIZ STEIN, GETÚLIO VARGAS, OSCAR ARAÚJO, PRESIDENTE DEODORO DA FONCESA, PRESIDENTE MASCARENHAS DE MORAES, ESTENDENDO-SE ATÉ A RUA JOÃO MERÍSIO.</t>
   </si>
   <si>
     <t>13167</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13167/ind_022-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13167/ind_022-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR A INSTALAÇÃO DE 02 (DOIS) PONTOS DE ÔNIBUS NA VILA DOS IPÊS, EM SANTA MARIA, BEM COMO A MANUTENÇÃO DE TODOS OS PONTOS DE ÔNIBUS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13168</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13168/ind_023-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13168/ind_023-2023.pdf</t>
   </si>
   <si>
     <t>REALIZAR MELHORIAS DA ILUMINAÇÃO PÚBLICA DA RUA SANTOS, CONHECIDA POPULARMENTE COMO LOTEAMENTO DO JERÔNIMO, COLOCANDO LÂMPADAS DE LED._x000D_
 INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA E DE LÂMPADAS DE LED NA RODOVIA FRANCISCO STOCKL.</t>
   </si>
   <si>
     <t>13169</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13169/ind_024-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13169/ind_024-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE PARQUE INFANTIL EM ÁREA LOCALIZADA AO LADO DA TORRE DE TELEFONE E PRÓXIMO AO CMEI "VOVÓ FERNANDINA", PARA USO EXCLUSIVO DOS ALUNOS DO MESMO.</t>
   </si>
   <si>
     <t>13196</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13196/ind_025.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13196/ind_025.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A TROCA DAS LÂMPADAS EXISTENTES NA RUA PRINCIPAL DE ARAGUAYA, _x000D_
 SUBSTITUINDO-AS POR LÂMPADAS DE LED, A FIM DE PROPORCIONAR MAIOR _x000D_
 ECONOMIA DE ENERGIA, BEM COMO, MELHOR ILUMINAÇÃO E MAIOR SEGURANÇA A _x000D_
 TODOS OS MORADORES E COMERCIANTES.</t>
   </si>
   <si>
     <t>13195</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13195/ind_026.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13195/ind_026.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE BUEIRO PARA CAPTAÇÃO DAS ÁGUAS PLUVIAIS, BEM _x000D_
 COMO, REPARO NA PAVIMENTAÇÃO ASFÁLTICA E INSTALAÇÃO DE MEIO FIO, ONDE _x000D_
 AS LATERAIS ENCONTRAM-SE MUITO DETERIORADAS DEVIDO À AÇÃO DAS CHUVAS, _x000D_
 NAS PROXIMIDADES DA RESIDÊNCIA DO SR. ASSIS E PARALELO À RESIDÊNCIA DO _x000D_
 SR. GIBRAN SCHNEIDER CHRISTO, LOCALIZADA APÓS O VALE DA TRANQUILIDADE, _x000D_
 APÓS O TÉRMINO DA RUA ANTENOR DOS SANTOS BRAGA.</t>
   </si>
   <si>
     <t>13197</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13197/ind_027.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13197/ind_027.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL O CALÇAMENTO NA VILA SCHUNK, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES RESIDENTES NA REFERIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>13198</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13198/ind_028.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13198/ind_028.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, A INSTALAÇÃO DE UM CORRIMÃO NA ESCADA LOCALIZADA NA RUA EMÍLIO HULLE, ÀS MARGENS DA LINHA _x000D_
 FÉRREA, PRÓXIMO À PADARIA PÃO DOURADO, TENDO EM VISTA QUE A MESMA NÃO OFERECE RISCOS AOS USUÁRIOS POR ESTAR DENTRO DA RUA, INCLUSIVE, COM REGISTROS DE ACIDENTES NO LOCAL.</t>
   </si>
   <si>
     <t>13199</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13199/ind_029.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13199/ind_029.pdf</t>
   </si>
   <si>
     <t>SOLICITO, EM CARÁTER DE URGÊNCIA, INSTALAÇÃO DE TELAS DE PROTEÇÃO DE MOSQUITOS NAS JANELAS DAS ESCOLAS MUNICIPAIS, VISANDO À PROTEÇÃO DOS ALUNOS NAS SALAS DE AULAS, TENDO EM VISTA QUE O SURGIMENTO DE MOSQUITOS EM TODO O AMBIENTE _x000D_
 ESCOLAR TÊM AUMENTADO MUITO, OCASIONANDO INCÔMODO E SÉRIOS TRANSTORNOS, DENTRE OS QUAIS, PROCESSOS ALÉRGICOS DECORRENTES DE SUAS PICADAS, PODENDO INCLUSIVE, TRANSMITIR A DENGUE QUE TAMBÉM ESTÁ TENDO AUMENTO NO NÚMERO DE CASOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13194</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13194/ind_030.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13194/ind_030.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, A REABERTURA DA RUA LOVÍNIA PRATTI, LOCALIZADA NO BAIRRO SANTA RITA, VISANDO AMPLIÁ-LA E FACILITAR O TRÂNSITO LOCAL ENTRE CARROS E CAMINHÕES, TENDO EM VISTA QUE, JÁ FORAM FEITAS VÁRIAS SOLICITAÇÕES COM ESSA FINALIDADE, E ATÉ O MOMENTO, O SERVIÇO REIVINDICADO NÃO FOI REALIZADO E A COMUNIDADE NÃO FOI ATENDIDA.</t>
   </si>
   <si>
     <t>13220</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13220/ind_31.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13220/ind_31.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, QUE SEJA VIABILIZADO, JUNTAMENTE AO PROFISSIONAL DE ENGENHARIA, UM PROJETO VISANDO A CONSTRUÇÃO DE UM MURO DE CONTENÇÃO, ONDE A RUA ESTÁ DESBARRANCANDO E EM RISCO IMINENTE DE CAIR, PRÓXIMO À ESCOLA ELISIÁRIO FERREIRA FILHO, NA RUA THIERES VELOSO, PROPORCIONANDO PERIGO E INSEGURANÇA CONSTANTES NO LOCAL.</t>
   </si>
   <si>
     <t>13221</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13221/ind_32.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13221/ind_32.pdf</t>
   </si>
   <si>
     <t>SOLICITO, EM CARÁTER DE URGÊNCIA, A INSTALAÇÃO DE UM ''GUARD RAIL'' NA PONTE LOCALIZADA SOBRE O CÓRREGO BATATAL, NA RUA MARIA BOTELHO TRARBACH, PRÓXIMO À IGREJA MARANATA DO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>13222</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13222/ind_33.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13222/ind_33.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE ENCAMINHE A ESTA CASA DE LEIS UM PROJETO PARA IMPLANTAÇÃO E PADRONIZAÇÃO DE PLACAS COM NOMES DE RUAS E NÚMEROS DE FACHADAS EM RESIDÊNCIAS E COMÉRCIOS ATRAVÉS DE PLACAS COM TAMANHO MÍNIMO DE 15 CENTÍMETROS DE ALTURA E MÍNIMO DE 10 CENTIMENTOS, DEVENDO TER INCLUSIVE ESTA FERRAMENTA INOVADORA DE QR CODE, ESTANDO A MESMA INTERLIGADA NA REDE MUNDIAL DE INTERNET, PREVENDO NESTE QR CODE A LOCALIZAÇÃO VIA GOOGLE MAPS E OUTRAS TECNOLOGIA, FALICITANDO A LOCALIZAÇÃO, BEM COMO AUXILIANDO NA ENTREGA DE CORRESPONDÊNCIAS E MESMO NO QUESITO SEGURANÇÃO PÚBLICA, AUXILIANDO OS SETORES DE SEGURANÇA PÚBLICA COMO POLÍCIA MILITAR E POLÍCIA CIVIL.</t>
   </si>
   <si>
     <t>13223</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13223/ind_34.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13223/ind_34.pdf</t>
   </si>
   <si>
     <t>INDICA AO PREFEITO MUNICIPAL DE MARECHAL FLORIANO QUE ESTUDE A POSSIBILIDADE DE CRIAR O PROGRAMA PSICÓLOGOS NA EDUCAÇÃO PARA ATENDER NAS ESCOLAS DA REDE PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO, ATRAVÉS DA CRIAÇÃO DE UMA SALA ESPECÍFICA PARA ATENDIMENTO VIRTUALIZADO ENTRE MÉDICO E ALUNO E FAMÍLIA, VISANDO OFERECER SUPORTE À SAÚDE MENTAL E DESENVOLVIMENTO SOCIOEMOCIONAL DE ESTUDANTES E SERVIDORES DA REDE MUNICIPAL, TENDO COMO PÚBLICO ALVO, ALUNOS, PAIS E/OU RESPONSÁVEIS, DOCENTES, EQUIPE GESTORA, PRESTADORES DE SERVIÇO, SERVIDORES DE ÓRGÃOS CENTRAIS, SUPERVISORES DA DIRETORIA DE ENSINO, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>13229</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13229/ind_035.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13229/ind_035.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE SEJAM VIABILIZADAS SAÍDAS DE EMERGÊNCIAS, EM TODAS AS CRECHES E ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>13230</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13230/ind_036.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13230/ind_036.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE ILUMINAÇÃO PÚBLICA NA VILA BORGO, LOCALIZADA EM RIO FUNDO, O MAIS BREVE POSSÍVEL, VISANDO AMENIZAR AS DIFICULDADES ENFRENTADAS PELOS MUNÍCIPES LOCAIS, PRINCIPALMENTE À NOITE.</t>
   </si>
   <si>
     <t>13231</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13231/ind_037.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13231/ind_037.pdf</t>
   </si>
   <si>
     <t>PATROLAMENTO E CASCALHAMENTO DA ESTRADA MUNICIPAL VALERINO CANAL, ABRANGENDO TODA A SUA EXTENSÃO, COM INÍCIO LOGO APÓS A TRAVESSIA DA LINHA FÉRREA, PRIMEIRA ENTRADA À DIREITA DA RODOVIA FRANCISCO STÖCKL, SENTIDO ARAGUAYA À BR 262, ATÉ A PROPRIEDADE DO SR. ARNALDO LUBE, LOCALIZADA EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13232</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13232/ind_038.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13232/ind_038.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, O CALÇAMENTO, SOBRETUDO, A CONSTRUÇÃO DE UNIDADE BÁSICA DE SAÚDE, NA VILA SCHUNK.</t>
   </si>
   <si>
     <t>13238</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13238/ind_040.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13238/ind_040.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE, SEJA PROVIDENCIADA ILUMINAÇÃO PÚBLICA EM RIO FUNDO, COM INÍCIO LOGO APÓS O BAR DO SORRISO, PASSANDO PELO “ZOO PARK”, ATÉ A ENTRADA DO RESTAURANTE RECANTO DA TILÁPIA.</t>
   </si>
   <si>
     <t>13239</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13239/ind_040.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13239/ind_040.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A REFORMA DAS UNIDADES BÁSICAS DE SAÚDE DE ARAGUAYA, VILA DOS IPÊS (SANTA MARIA) E RIO FUNDO.</t>
   </si>
   <si>
     <t>13240</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13240/ind_041.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13240/ind_041.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE DOIS TERMÔMETROS VISANDO MEDIR A TEMPERATURA LOCAL, SENDO UM INSTALADO NA SEDE DO MUNICÍPIO E OUTRO EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13241</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13241/ind_042.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13241/ind_042.pdf</t>
   </si>
   <si>
     <t>SOLICITO ILUMINAÇÃO PÚBLICA EM ARAGUAYA, NO TRECHO COMPREENDIDO DESDE A TRAVESSIA DA LINHA FÉRREA ATÉ O DEPÓSITO DE MADEIRAS DA EMPRESA SUZANO, VISANDO PROPORCIONAR MAIOR SEGURANÇA A TODOS OS CIDADÃOS QUE UTILIZAM O REFERIDO TRECHO NO SEU COTIDIANO.</t>
   </si>
   <si>
     <t>13237</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13237/ind_043.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13237/ind_043.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS QUE SE FAZEM NECESSÁRIAS NA RUA LAURA LITTIG KUSTER E CONSTRUÇÃO DE UMA PRAÇA COM ESTACIONAMENTO NO TERRENO BALDIO DA PREFEITURA.</t>
   </si>
   <si>
     <t>13242</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13242/ind_044.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13242/ind_044.pdf</t>
   </si>
   <si>
     <t>INDICO, AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE CULTURA, QUE SEJAM REALIZADOS TODOS OS PROCEDIMENTOS DE ADAPTAÇÃO, VISANDO À CONTEMPLAÇÃO NO "PROGRAMA FUNDO A FUNDO DA CULTURA".</t>
   </si>
   <si>
     <t>13243</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13243/ind_045.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13243/ind_045.pdf</t>
   </si>
   <si>
     <t>SEJAM VIABILIZADAS PROVIDÊNCIAS URGENTES, NO QUE SE REFERE À LIMPEZA DOS OBJETOS SUBMERSOS NO RIO JUCU BRAÇO DO SUL.</t>
   </si>
   <si>
     <t>13244</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13244/ind_046.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13244/ind_046.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE SE ATENTE A CONTRUIR UMA REDE PLUVIAL NA SUBIDA DO MORRO DA MACEFEL, ANTES QUE SEJAM REALIZADOS OS SERVIÇOS DE CALÇAMENTO, PROPORCIONANDO A DESTINAÇÃO CORRETA DAS ÁGUAS DA CHUVA, ATRAVÉS DE BUEIROS INTERLIGADOS COM O RIO JUCU.</t>
   </si>
   <si>
     <t>13279</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13279/ind_047.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13279/ind_047.pdf</t>
   </si>
   <si>
     <t>INDICO QUE O PREFEITO MUNICIPAL ALTERE A LEI Nº 2.494, AUMENTANDO PARA O VALOR DE R$ 600,00, O ADICIONAL DE FUNÇÃO PARA MOTORISTAS DE AMBULÂNCIA QUE POSSUEM CURSO DE SOCORRISTAS.</t>
   </si>
   <si>
     <t>13280</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13280/ind_048.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13280/ind_048.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UM MURO DE ARRIMO NA RUA LAURA LITTIG KUSTER, NA SEDE DE NOSSO MUNICÍPIO, VISTO QUE A BARREIRA ESTA EXPOSTA E APRESENTA CARECTERÍSTICAS VISÍVEIS DE EROSÃO, RESULTANDO EM PREOCUPAÇÕES CONSTANTES PARA TODOS QUE ALI RESIDEM.</t>
   </si>
   <si>
     <t>13281</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13281/ind_049.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13281/ind_049.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO MUNICIPAL DE MARECHAL FLORIANO QUE SE PROCEDA EM CARÁTER DE URGÊNCIA A RECAPEAMENTO DE TODA A EXTENSÃO DA RUA CARLOS HAND, ONDE FICA LOCALIZADO A CRECHE FLOMIRO ENDLICH CANAL.</t>
   </si>
   <si>
     <t>13282</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13282/ind_050.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13282/ind_050.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO QUE SEJA CONSTRUÍDA UMA RUA DE LAZER, A SER IMPLEMENTADA NA RUA HELENA SANTA CLARA EFFGEN, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13314</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13314/ind_051.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13314/ind_051.pdf</t>
   </si>
   <si>
     <t>INDICA O PODER EXECUTIVO QUE SE PROCEDA COM A REALIZAÇÃO DE UMA COMPANHA MUNICIPAL SENDO DISTRIBUÍDO À POPULAÇÃO DE UMA CARTILHA COM ORIENTAÇÕES  A RESPEITO DE DESCARTE CORRETO DE ENTULHOS E MÓVEIS USADOS QUE SÃO DEIXADOS NAS CALÇADAS E RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13341</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13341/ind_052.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13341/ind_052.pdf</t>
   </si>
   <si>
     <t>INDICA QUE A SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS PROMOVA DENTRO DA LEGISLAÇÃO PERTINENTE UMA PARCERIA COM OS PODERES EXECUTIVO E LEGISLATIVO VISANDO PROPOR UM PLANO DE AÇÃO A FIM DE MINIMIZR O CENÁRIO DE ANIMAIS DE FORMA URGENTE A POSSIBILIDADE DE CONTRATAÇÃO DE CLÍNICA ESPECIALIZADA PARA EFETUAR CASTRAÇÃO EM CÃES E GATOS E CUIDADOS NECESSÁRIOS A CAUSA ANIMAL.</t>
   </si>
   <si>
     <t>13342</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13342/ind_053.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13342/ind_053.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, INFORMAÇÕES SOBRE A INSTALAÇÃO DE CÂMERAS DE VIDEOMONITORAMENTO, NESTE MUNICÍPIO, JUNTO A EMPRESA E&amp;L, OU OUTRA EMPRESA DO RAMO.</t>
   </si>
   <si>
     <t>13343</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13343/ind_054.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13343/ind_054.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR CALÇAMENTO ATÉ O FINAL DAS RUAS DELIMAR SCHUNK E MÁRIO SCHUNK, VISANDO PROPORCIONAR MELHOR ACESSIBILIDADE, SOBRETUDO, MAIOR QUALIDADE DE VIDA, AOS MUNÍCIPES RESIDENTES NOS MENCIONADOS LOGRADOUROS.</t>
   </si>
   <si>
     <t>13344</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13344/ind_055.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13344/ind_055.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, O CALÇAMENTO DA RUA DOS IMIGRANTES, LOCALIZADA EM ARAGUAYA, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MUNÍCIPES QUE LÁ RESIDEM, TENDO EM VISTA QUE PAGAM IPTU,_x000D_
 FAZENDO PORTANTO, JUS AO MESMO. RAZÃO PELA QUAL REIVINDICAM O REFERIDO SERVIÇO.</t>
   </si>
   <si>
     <t>13345</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13345/ind_056.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13345/ind_056.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS, ONDE FOI RECÉM CONSTRUÍDO O MURO DE CONTENÇÃO, LOCALIZADO NA RUA PROFESSORA CECÍLIA PITANGA PINTO, PARALELA À LINHA FÉRREA, NO BAIRRO JARBINHAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13346</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13346/ind_057.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13346/ind_057.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, A REFORMA DA ETA - ESTAÇÃO DE TRATAMENTO DE ÁGUA, DA COMUNIDADE DE VICTOR HUGO, REALIZANDO AS MELHORIAS QUE SE FAZEM NECESSÁRIAS.</t>
   </si>
   <si>
     <t>13347</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13347/ind_058.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13347/ind_058.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE CALÇAMENTO DA LINHA FÉRREA PARALELA À RUA EMÍLIO HULLE, COM INÍCIO NAS PROXIMIDADES DA CÂMARA MUNICIPAL E PROSSEGUINDO ATÉ O FINAL DO MURO AMARELO, QUE LOCALIZA-SE AO LADO DA VIDRAÇARIA YJ E RESIDÊNCIA DO SR. ADEMIR VIEIRA NA RUA THIERS VELOSO</t>
   </si>
   <si>
     <t>13348</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13348/ind_059.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13348/ind_059.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, A REABERTURA DE ESTRADAS NO INTERIOR DO MUNICÍPIO, MELHORANDO A TRAFEGABILIDADE, DIMINUINDO DISTÂNCIAS, VALORIZANDO O HOMEM DO CAMPO, MELHORANDO O ESCOAMENTO AGRÍCOLA E ACESSIBILIDADE DO TRANSPORTE ESCOLAR, ENTREGA DE MATERIAIS DE CONSTRUÇÃO, FACILITANDO O SOCORRO MÉDICO, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>13349</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13349/ind_060.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13349/ind_060.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, A CONSTRUÇÃO DE DUAS PRAÇAS MODELO “PARCÃO” OU “PET PARK”, VOLTADA À CAUSA ANIMAL, IDEALIZADO PARA LAZER E ATIVIDADES FÍSICAS DOS CÃES, SENDO UMA NA SEDE E OUTRA NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>13350</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13350/ind_061.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13350/ind_061.pdf</t>
   </si>
   <si>
     <t>SOLICITO, SERVIÇO DE ABERTURA DA RUA JOSÉ CELANTE, LOCALIZADA EM ARAGUAYA, ANEXO À UNIDADE BÁSICA DE SAÚDE LEONTINA PERIN.</t>
   </si>
   <si>
     <t>13351</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13351/ind_062.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13351/ind_062.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA DISPONIBILIZADO UM PONTO DE INTERNET, BEM COMO MONITORAMENTO POR MEIO DE CÂMERA, DO RELÓGIO RECÉM INSTALADO PRÓXIMO À ESTAÇÃO DE ARAGUAYA, VISANDO SEGURANÇA DO MESMO, PARA QUE NÃO OCORRAM AÇÕES DE VANDALISMO, FURTO OU SIMILARES, CULMINANDO NA DEPREDAÇÃO OU SUBTRAÇÃO DO MESMO, ACARRETANDO PREJUÍZO À MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13352</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13352/ind_063.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13352/ind_063.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE ENTRE OS CAMPOS DE FUTEBOL DE AREIA, LOCALIZADOS NA AVENIDA ARTHUR HAESE, UM SEJA ESTRUTURADO PARA COMPORTAR TAMBÉM JOGOS DE VÔLEI E FUTEVÔLEI.</t>
   </si>
   <si>
     <t>13353</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13353/ind_064.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13353/ind_064.pdf</t>
   </si>
   <si>
     <t>INDICO, À SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS, O DESENVOLVIMENTO DO PLANO MUNICIPAL DE MATA ATLÂNTICA (PMMA).</t>
   </si>
   <si>
     <t>13371</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13371/ind_065.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13371/ind_065.pdf</t>
   </si>
   <si>
     <t>INDICO, À SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECURSOS HÍDRICOS, O DESENVOLVIMENTO DO PLANO MUNICIPAL DE SEGURANÇA HÍDRICA.</t>
   </si>
   <si>
     <t>13354</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13354/ind_066.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13354/ind_066.pdf</t>
   </si>
   <si>
     <t>INDICO, ABERTURA DA RUA AGUSTINHO ENTRINGER, EM ÁREA DE ENCOSTA, BEM COMO, A PAVIMENTAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>13355</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13355/ind_067.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13355/ind_067.pdf</t>
   </si>
   <si>
     <t>INDICO, IMPLANTAÇÃO DE SISTEMA DE MONITORAMENTO DE CÂMERAS, DE ACORDO COM A SOLICITAÇÃO ENVIADA PELO CONSELHO DE SEGURANÇA.</t>
   </si>
   <si>
     <t>13356</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13356/ind_068.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13356/ind_068.pdf</t>
   </si>
   <si>
     <t>INDICO, A ESTA RELEVANTE PASTA MUNICIPAL, A CRIAÇÃO DE UMA “LOGO” QUE REPRESENTE A MUNICIPALIDADE, VISANDO À DIVULGAÇÃO DA MESMA, JUNTO AOS ARTESÃOS, SOBRETUDO, CRIAR UMA IDENTIDADE.</t>
   </si>
   <si>
     <t>13384</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13384/ind_069-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13384/ind_069-2023.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO SERVIÇO DE REVITALIZAÇÃO DO TRECHO COM INÍCIO NA RESIDÊNCIA DA FAMÍLIA DO SR. HILTON RONCHI (IN MEMORIAM), LOCALIZADA EM FRENTE À PRACINHA DE ARAGUAYA, ESTENDENDO-SE ATÉ A FARMÁCIA.</t>
   </si>
   <si>
     <t>13385</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13385/ind_070-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13385/ind_070-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A CONSTRUÇÃO DE UMA CALÇADA PARA CAMINHADAS, COM INÍCIO NA RUA DA SUBIDA DO BAIRRO ALAGOINHA ATÉ O PONTILHÃO (DIVISA COM ALFREDO CHAVES), PARALELO À LINHA FÉRREA, VISANDO PROPORCIONAR MELHOR ACESSIBILIDADE, SOBRETUDO, MAIOR QUALIDADE _x000D_
 DE VIDA AOS MUNÍCIPES LOCAIS, VISTO QUE OS MESMOS NÃO DISPÕEM DE LOCAL PARA TAL ATIVIDADE.</t>
   </si>
   <si>
     <t>13386</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13386/ind_071-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13386/ind_071-2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, O CALÇAMENTO DA ESTRADA QUE DÁ ACESSO AO CERIMONIAL KOHLER, COM INÍCIO NO KM 54,6 DA BR 262, NAS _x000D_
 PROXIMIDADES DA DONA DEJA, PASSANDO PELO CERIMONIAL KOHLER, DE PROPRIEDADE DO SR. ERLITO CARLOS KOHLER, E TÉRMINO NA COMUNIDADE NOSSA SENHORA AUXILIADORA, EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13387</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13387/ind_072-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13387/ind_072-2023.pdf</t>
   </si>
   <si>
     <t>SOLICITO, A CONSTRUÇÃO DE BANHEIRO PÚBLICO NO BAIRRO SANTA RITA, TENDO EM VISTA QUE, A AUSÊNCIA DO MESMO TEM PROPORCIONADO _x000D_
 INÚMEROS TRANSTORNOS ÀS PESSOAS QUE NÃO RESIDEM NO BAIRRO. SOLICITO AINDA, QUE SEJA VIABILIZADA UMA PROTEÇÃO NO CAMPINHO DE _x000D_
 AREIA, PARA QUE A BOLA NÃO ATINJA AS PESSOAS ENQUANTO ASSISTEM AS ATIVIDADES REALIZADAS NO MESMO.</t>
   </si>
   <si>
     <t>13388</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13388/ind_073-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13388/ind_073-2023.pdf</t>
   </si>
   <si>
     <t>QUE SEJA REALIZADO NO MUNICÍPIO DE MARECHAL FLORIANO, UM CAMPEONATO DE GAMERS.</t>
   </si>
   <si>
     <t>13379</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13379/ind_074.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13379/ind_074.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA A CORREÇÃO DA TAMPA DA CAIXA DE INSPEÇÃO DE ESGOTO DA RUA JOÃO NALESSO.</t>
   </si>
   <si>
     <t>13389</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13389/ind_075-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13389/ind_075-2023.pdf</t>
   </si>
   <si>
     <t>ADQUIRIR PARA AS ESCOLAS DO INTERIOR DO MUNICÍPIO, BEM COMO, PARA AS UNIDADES DE SAÚDE DO INTERIOR, A INTERNET STARLINK, DESENVOLVIDA PELA SPACEX, O SERVIÇO FUNDADO POR ELON MUSK TEM O OBJETIVO DE OFERECER INTERNET BANDA LARGA DE ALTA POTÊNCIA, MESMO EM REGIÕES MAIS REMOTAS, ATRAVÉS DE SATÉLITES.</t>
   </si>
   <si>
     <t>13428</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13428/ind76.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13428/ind76.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PAVIMENTAÇÃO DAS RUAS QUE AINDA NÃO FORAM_x000D_
 CONTEMPLADAS, NA VILA DOS IPÊS, LOCALIZADA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>13449</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Coquinho, Maylson Littig</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13449/ind772023_coquinho_e_maylso.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13449/ind772023_coquinho_e_maylso.pdf</t>
   </si>
   <si>
     <t>REALIZAR A REABERTURA DO CÓRREGO DE BOA ESPERANÇA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13450</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13450/ind782023_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13450/ind782023_coquinho.pdf</t>
   </si>
   <si>
     <t>REALIZAR A SINALIZAÇÃO HORIZONTAL EM FRENTE AS ESCOLAS BEM COMO A CONSTRUÇÃO DE QUEBRA MOLAS ELEVADOS, AMBOS COM FUNDO NA COR VERMELHA E FAIXAS BRANCAS.</t>
   </si>
   <si>
     <t>13451</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13451/2_pdfsam_ind792023_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13451/2_pdfsam_ind792023_coquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA O MAIS BREVE POSSÍVEL, A CONSTRUÇÃO DE 03 (TRÊS) _x000D_
 QUEBRA-MOLAS NO CALÇAMENTO NOVO, LOCALIZADO PRÓXIMO AO LORINDO WRUCK, EM _x000D_
 SOÍDO DE BAIXO, VISANDO MAIOR SEGURANÇA DOS PEDESTRES QUE PASSAM PELO LOCAL, TENDO EM VISTA QUE OS MOTORISTAS ESTÃO DESENVOLVENDO VELOCIDADE ALÉM  DA PERMITIDA, COLOCANDO EM RISCO CRIANÇAS E IDOSOS, BEM COMO DEMAIS _x000D_
 PEDESTRES.</t>
   </si>
   <si>
     <t>13452</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13452/ind802023_cezar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13452/ind802023_cezar.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NO LOTEAMENTO VILA NOVA, POPULARMENTE CONHECIDO COMO LOTEAMENTO DO SR. JERÔNIMO, LOCALIZADO ÀS MARGENS DA BR 262, PRÓXIMO AO KM 42, SENTIDO VITÓRIA/BH, COMPREENDENDO O REPARO DA PAVIMENTAÇÃO EM CARÁTER DE _x000D_
 URGÊNCIA, BEM COMO, LIMPEZA DAS RUAS DO MESMO.</t>
   </si>
   <si>
     <t>13453</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13453/ind812023_cezar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13453/ind812023_cezar.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL OS SEGUINTES PEDIDOS DE PROVIDÊNCIAS E MELHORIAS NO BAIRRO MIGUEL SOUZA: _x000D_
 •CONSTRUÇÃO DE BUEIROS;_x000D_
 •TÉRMINO DA ILUMINAÇÃO PÚBLICA; _x000D_
 •CONSTRUÇÃO DE 02 (DOIS) PONTOS DE ÔNIBUS;_x000D_
 •PAVIMENTAÇÃO DE TODAS AS RUAS QUE AINDA FALTAM; _x000D_
 •VIABILIZAR SANEAMENTO BÁSICO (TRATAMENTO DE ESGOTO); _x000D_
 •VIABILIZAR LIMPEZA DAS RUAS PAVIMENTADAS, COM CAMINHÃO-PIPA.</t>
   </si>
   <si>
     <t>13454</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13454/3_pdfsam_ind822023_cezar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13454/3_pdfsam_ind822023_cezar.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL OS SEGUINTES PEDIDOS DE PROVIDÊNCIAS E MELHORIAS NO BAIRRO JEQUITIBÁ:_x000D_
 •1 TRANSFORMADOR; _x000D_
 • AMPLIAÇÃO DA ILUMINAÇÃO PÚBLICA; _x000D_
 • CONSTRUÇÃO DE 02 (DOIS) PONTOS DE ÔNIBUS, SENDO UM NO PRÓPRIO_x000D_
 •JEQUITIBÁ E OUTRO HÁ ALGUNS METROS, DO OUTRO LADO DA PISTA; _x000D_
 • VIABILIZAR DUAS PLACAS COM O NOME DO BAIRRO, FAVORECENDO A IDENTIFICAÇÃO DO MESMO;_x000D_
 • VIABILIZAR PLACAS CONTENDO OS NOMES DAS RUAS;  _x000D_
 • VIABILIZAR LIMPEZA DAS RUAS COM CAMINHÃO-PIPA;  _x000D_
 • VIABILIZAR SANEAMENTO BÁSICO (TRATAMENTO DE ESGOTO);_x000D_
  •  VIABILIZAR PROJETO DE PAISAGISMO NO BAIRRO;_x000D_
 •  PAVIMENTAÇÃO DA RUA LUIZ PIANZOLI; _x000D_
 •  CONSTRUÇÃO DE UMA ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>13455</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13455/ind832023_dorio.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13455/ind832023_dorio.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO DA SUBIDA E DO PÁTIO DA IGREJA CATÓLICA DE SÃO CRISTÓVÃO, LOCALIZADA NO TREVO DE PARAJÚ.</t>
   </si>
   <si>
     <t>13456</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13456/ind842023_dorio.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13456/ind842023_dorio.pdf</t>
   </si>
   <si>
     <t>INDICO, A CONSTRUÇÃO DE 02 (DOIS) BANHEIROS PÚBLICOS NA PRAÇA DO BAIRRO SANTA RITA, BEM COMO, COLOCAR UM ALAMBRADO COM PORTÃO OU OUTRO TIPO DE PROTEÇÃO NO CAMPINHO DE AREIA, VISANDO IMPEDIR A ENTRADA DE CÃES E GATOS NO MESMO, OU NA IMPOSSIBILIDADE, CALÇAR O CAMPINHO DE AREIA, TENDO EM VISTA QUE, O LOCAL ESTÁ SENDO FREQUENTADO POR TAIS ANIMAIS, PROPORCIONANDO INÚMEROS _x000D_
 TRANSTORNOS, DENTRE OS QUAIS, INERENTES À URINA E FEZES DOS MESMOS, PODENDO INCLUSIVE, SER MEIO DE TRANSMISSÃO DA TOXOPLASMOSE, DO BICHO GEOGRÁFICO, DE MICOSES, DENTRE OUTRAS AFECÇÕES DERMATOLÓGICAS, ORIUNDAS DE AREIA E LOCAIS EM QUE SÃO PERMITIDAS AS ENTRADAS DE ANIMAIS. _x000D_
 INDICO, AINDA, A INSTALAÇÃO DE TOLDO NA ÁREA DESTINADA AOS MUNÍCIPES, _x000D_
 AO CONSUMIREM ALIMENTOS E/OU BEBIDAS.</t>
   </si>
   <si>
     <t>13457</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13457/ind852023_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13457/ind852023_felipe.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, O TÉRMINO DA PAVIMENTAÇÃO DAS RUAS JOSÉ CÂNDIDO DA SILVEIRA, MARIA DA GLÓRIA SILVEIRA, BEM COMO A QUE DÁ ACESSO À CAIXA D’ÁGUA, LOCALIZADAS NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>13458</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13458/ind862023_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13458/ind862023_felipe.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE BUEIRO NO VIRADOURO, LOCALIZADO NO FINAL DA RUA DELIMAR SCHUNK, VISANDO CAPTAR AS ÁGUAS PLUVIAIS, TENDO EM VISTA QUE ESTÁ FORMANDO LAMA NO LOCAL, DEVIDO MUITA ÁGUA ACUMULADA, ORIUNDA DAS FORTES CHUVAS OCORRIDAS COM FREQUÊNCIA, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13459</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13459/ind872023_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13459/ind872023_navar.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJA VIABILIZADA , POR MEIO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, A REALIZAÇÃO DO PROJETO CENTRO DE ASSISTÊNCIA SOCIAL ITINERANTE (CRAS ITINERANTE), VISANDO AMPLIAR O ATENDIMENTO PSICOSSOCIAL ÀS POPULAÇÕES QUE VIVEM EM REGIÕES AFASTADAS DE ÓRGÃOS QUE PROMOVEM O BEM-ESTAR SOCIAL, ONDE O PODER EXECUTIVO VIABILIZARÁ A ESTRUTURA ADMINISTRATIVA E FUNCIONAL PARA O PLENO FUNCIONAMENTO DO CRAS ITINERANTE, PODENDO SEMANALMENTE, MOBILIZAR OS SERVIDORES AOS QUAIS COMPETE, PARA ATENDER, IN LOCO, A POPULAÇÃO QUE VIVE EM REGIÕES AFASTADAS E DE DIFÍCIL ACESSO, SENDO QUE AS DESPESAS DECORRENTES COM A SUA EXECUÇÃO, CORRERÃO POR CONTA DE DOTAÇÃO PRÓPRIA DO ORÇAMENTO VIGENTE, LIGADO À SEGURIDADE SOCIAL, E, SUPLEMENTADA SE NECESSÁRIO.</t>
   </si>
   <si>
     <t>13460</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13460/2_pdfsam_ind882023_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13460/2_pdfsam_ind882023_natalino.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O MAIS BREVE POSSÍVEL, A LIMPEZA DO VALÃO LOCALIZADO  NA RUA THIERES VELOSO, PRÓXIMO A LINHA FÉRREA, BEM COMO A INSTALAÇÃO DE MANILHAS.</t>
   </si>
   <si>
     <t>13461</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13461/ind892023_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13461/ind892023_natalino.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A DEMARCAÇÃO DE VAGAS DE ESTACIONAMENTO NO ESPAÇO LOCALIZADO AO LADO DA FERROVIA, PRÓXIMO À ESTAÇÃO, PARA OTIMIZAR O ESPAÇO.</t>
   </si>
   <si>
     <t>13462</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13462/ind902023_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13462/ind902023_natalino.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA RUA LAURA LITTIG KUSTER, LOCALIZADA NA SEDE DO MUNICÍPIO, COMO RECAPEAMENTO, LIMPEZA E INSTALAÇÃO DE UMA PRAÇA NO SEU INÍCIO.</t>
   </si>
   <si>
     <t>13463</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13463/ind912023_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13463/ind912023_renato.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE UM PONTO DE ÔNIBUS NAS PROXIMIDADES DO CAMPO DO APOLLO XIII, ONDE FINALIZA A RUA GUSTAVO HERTEL E DÁ ACESSO À RUA EDMUNDO RUPF SOBRINHO.</t>
   </si>
   <si>
     <t>13498</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13498/ind_092.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13498/ind_092.pdf</t>
   </si>
   <si>
     <t>INDICO A ESSE PODER EXECUTIVO MUNICIPAL, A AQUISIÇÃO DO TERRENO ONDE FOI REALIZADA A ÚLTIMA ITALEMANHA.</t>
   </si>
   <si>
     <t>13499</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13499/ind_093.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13499/ind_093.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA ACESSIBILIDADE PARA PEDESTRES NA AVENIDA DOS IMIGRANTES, RUA PRINCIPAL DE ARAGUAYA, COMPREENDENDO A CONSTRUÇÃO DE CALÇADAS ONDE AINDA NÃO HÁ.</t>
   </si>
   <si>
     <t>13500</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13500/ind_094.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13500/ind_094.pdf</t>
   </si>
   <si>
     <t>INDICO AO GESTOR MUNICIPAL, A CONSTRUÇÃO DE UM “PARQUE BOTÂNICO MUNICIPAL” NO TERRENO DESSE EXECUTIVO MUNICIPAL, LOCALIZADO NO BAIRRO SANTA RITA, CONTENDO:_x000D_
  - PISTA DE CAMINHADA; _x000D_
 - AUDITÓRIOS PARA EVENTOS; _x000D_
 - TEATRO MUNICIPAL;_x000D_
  - OBSERVATÓRIO DE AVES;_x000D_
  - CAMPO DE FUTEBOL;_x000D_
  - PRAÇA PARA CÃES; _x000D_
 - ÁREA PARA PIQUENIQUES; _x000D_
 - MUSEU DAS ORQUÍDEAS;_x000D_
  - TRILHAS ECOLÓGICAS; _x000D_
 - TRILHA SENSORIAL; E _x000D_
 - UM MIRANTE.</t>
   </si>
   <si>
     <t>13501</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13501/ind_095.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13501/ind_095.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA COMPETENTE, QUE SEJAM OFERECIDOS AOS MUNÍCIPES, CURSOS NOS QUAIS SEJAM MINISTRADAS AULAS DAS LÍNGUAS ALEMÃ E ITALIANA, DE ACORDO COM CADA LOCALIDADE, SENDO VERIFICADA A SUA HISTÓRIA, COMPREENDENDO A IMIGRAÇÃO E DESCENDÊNCIA PREDOMINANTE EM CADA COMUNIDADE, CONSTITUINDO ASSIM, UMA FORMA DE INCENTIVO E RESGATE DA CULTURA E TRADIÇÕES DE AMBAS AS IMIGRAÇÕES.</t>
   </si>
   <si>
     <t>13502</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13502/ind_096.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13502/ind_096.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, O MAIS BREVE POSSÍVEL, A CONSTRUÇÃO DE UMA ESCADARIA EM FRENTE À “CRECHE MARIA KNIDEL LUBE”, LOCALIZADA NA RODOVIA FRANCISCO STOCKL, NO DISTRITO DE SANTA MARIA, VISANDO PROPORCIONAR MELHOR ACESSIBILIDADE AOS MORADORES LOCAIS, HAJA VISTA QUE, NO LOCAL, HÁ UMA ESCADA IMPROVISADA PELOS MESMOS DE TERRA. NESSE CONTEXTO, A CONCRETIZAÇÃO DA ESCADARIA BENEFICIARÁ MUITO OS _x000D_
 MORADORES.</t>
   </si>
   <si>
     <t>13570</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13570/indicacao_no__97.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13570/indicacao_no__97.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE ESSE EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, FISCALIZE AS OBRAS E CRIE UM PROGRAMA DE SEGURANÇA NAS OBRAS PÚBLICAS E PRIVADAS DESTA MUNICIPALIDADE, UTILIZANDO-SE DAS REGRAS DE SEGURANÇA DO TRABALHO, VISTO QUE, HÁ PESSOAS TRABALHANDO EM CONDIÇÕES DE EXTREMO RISCO, INCLUSIVE, SEM USO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPI’S).</t>
   </si>
   <si>
     <t>13566</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13566/1116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13566/1116.pdf</t>
   </si>
   <si>
     <t>REFAZER A PINTURA DO ESTACIONAMENTO, LOCALIZADO AO LADO DA ESTAÇÃO, DESDE O ESPAÇO ONDE ESTÃO LOCALIZADAS AS BARRACAS, ESTENDENDO-SE ATÉ O FINAL DO ESTACIONAMENTO, PERTO DA QUADRA, TENDO EM VISTA QUE, AS DEMARCAÇÕES SE ENCONTRAM APAGADAS. SUGIRO, AINDA, QUE SEJA REVISTA A QUALIDADE DO SERVIÇO EXECUTADO, BEM COMO, DA TINTA UTILIZADA PARA A EXECUÇÃO DO MESMO.</t>
   </si>
   <si>
     <t>13544</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13544/1176.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13544/1176.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE JUNTAMENTE À SECRETARIA MUNICIPAL DE _x000D_
 EDUCAÇÃO, VIABILIZE E COLOQUE EM FUNCIONAMENTO EM TEMPO INTEGRAL, O EXPEDIENTE DE TODAS AS CRECHES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13545</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13545/1177.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13545/1177.pdf</t>
   </si>
   <si>
     <t>SOLICITO, SERVIÇO DE ROÇAGEM NA ESTRADA DE RIO FUNDO, VISANDO MELHOR VISIBILIDADE E MAIOR SEGURANÇA, TENDO EM VISTA QUE, O MATO ESTÁ INVADINDO A MESMA, DIFICULTANDO A VISIBILIDADE DOS MOTORISTAS QUE UTILIZAM A REFERIDAVIA, PODENDO OCASIONAR ACIDENTES.</t>
   </si>
   <si>
     <t>13546</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13546/1178.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13546/1178.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADAS EM CARÁTER DE URGÊNCIA, ABERTURAS DE CAIXAS SECAS EM LOCAIS CRÍTICOS DE TODA A MUNICIPALIDADE, VISANDO RETER ÁGUA DAS CHUVAS E OS SEDIMENTOS SÓLIDOS QUE PARAM NOS MANANCIAIS, EVITANDO DESTA FORMA, O ASSOREAMENTODE CURSOS D’ÁGUAS.</t>
   </si>
   <si>
     <t>13547</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13547/1179.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13547/1179.pdf</t>
   </si>
   <si>
     <t>SOLICITO, MANUTENÇÃO NO AR CONDICIONADO DA FARMÁCIA POPULAR E AQUISIÇÃO DE UM NOVO AR CONDICIONADO, VISANDO A REFRIGERAÇÃO DE REMÉDIOS, BEM COMO DO AMBIENTE, CONTEMPLANDO OS SERVIDORES DO REFERIDO SETOR.</t>
   </si>
   <si>
     <t>13548</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13548/1180.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13548/1180.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJA VIABILIZADO O PLANTIO DE GRAMA NOS NOVOS SEPULTAMENTOS DO CEMITÉRIO MUNICIPAL “RECANTO DA PAZ”, LOCALIZADO PRÓXIMO AO CAMPO DO APOLLO XIII, BEM COMO, A CONSTRUÇÃO DE UM CEMITÉRIO VERTICAL VISANDO FAZER GAVETAS E RETIRAR A ÁRVORE QUE ESTÁ MORTA.</t>
   </si>
   <si>
     <t>13549</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13549/1181.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13549/1181.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM INSTALADOS VENTILADORES OU AR CONDICIONADO NO “CENTRO DE CONVIVÊNCIA DO IDOSO”, VISANDO CONDIÇÕES DIGNAS DE TRABALHO AOS SERVIDORES QUE LÁ ATUAM, SOBRETUDO, CONDIÇÕES MAIS FAVORÁVEIS E MELHOR ATENDIMENTO AOS IDOSOS QUE PROCURAM OS SERVIÇOS PRESTADOS NO LOCAL, HAJA VISTA QUE, POSSUI POUCA VENTILAÇÃO.</t>
   </si>
   <si>
     <t>13573</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13573/105_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13573/105_ind.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM VIABILIZADAS URGENTEMENTE, MELHORIAS NO QUE SE REFEREM A DIVERSOS REPAROS QUE SE FAZEM NECESSÁRIOS NO “LOTEAMENTO VILA NOVA”, POPULARMENTE CONHECIDO COMO LOTEAMENTO DO SR. JERÔNIMO DOMINGOS DOS SANTOS (IN MEMORIAM), SITUADO ÀS MARGENS DA BR 262 NA ALTURA DO KM 42.</t>
   </si>
   <si>
     <t>13574</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13574/1277.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13574/1277.pdf</t>
   </si>
   <si>
     <t>SOLICITO, INSTALAÇÃO DE MAIS UM POSTE DE ILUMINAÇÃO PÚBLICA NO MORRO DA MACEFEL, LOGO APÓS A RESIDÊNCIA DO SR. PAULO SÉRGIO DUTRA, À ESQUERDA, VISANDO MAIOR SEGURANÇA À NOITE, TENDO EM VISTA QUE, DEVIDO O DISTANCIAMENTO DOS POSTES JÁ EXISTENTES, O LOCAL É BASTANTE ESCURO, E ULTIMAMENTE SENDO INCLUSIVE, REGISTRADO A PRESENÇA DE PESSOAS ESTRANHAS RONDANDO O LOCAL DURANTE A MADRUGADA.</t>
   </si>
   <si>
     <t>13575</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13575/1278.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13575/1278.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, A CONSTRUÇÃO DE BANHEIRO, BEM COMO INSTALAÇÃO DE UM CHUVEIRO E UM BEBEDOURO, NA PRAÇA DE ESPORTES LOCALIZADA NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>13576</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13576/1279.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13576/1279.pdf</t>
   </si>
   <si>
     <t>INDICO, A INSTALAÇÃO DE UMA ACADEMIA POPULAR NO PONTO FRIO, OBJETIVANDO PROPORCIONAR AOS MUNÍCIPES LOCAIS, UMA OPÇÃO MAIS PRÓXIMA DE SUAS RESIDÊNCIAS, PARA A REALIZAÇÃO DE ATIVIDADES FÍSICAS.</t>
   </si>
   <si>
     <t>13577</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13577/1280.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13577/1280.pdf</t>
   </si>
   <si>
     <t>SOLICITO QUE SEJA VIABILIZADO, EM CARÁTER DE URGÊNCIA, SERVIÇO DE ROÇAGEM ÀS MARGENS DO CÓRREGO DO BATATAL, EM TODA A SUA EXTENSÃO, TENDO EM VISTA QUE, A PROXIMIDADE COM DIVERSAS RESIDÊNCIAS E O PERÍODO DESDE A ÚLTIMA ROÇAGEM, FAVORECEM O DESENVOLVIMENTO DE VEGETAÇÃO COSTEIRA, PODENDO CULMINAR NA DISPERSÃO DE VETORES DE DIVERSAS DOENÇAS, SOBRETUDO, EM INUNDAÇÕES, DURANTE OS PERÍODOS DE CHUVAS TORRENCIAIS.</t>
   </si>
   <si>
     <t>13584</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13584/1287.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13584/1287.pdf</t>
   </si>
   <si>
     <t>INDICA QUE O PODER EXECUTIVO REALIZE NA MUNICIPALIDADE UM ENCONTRO ESPORTIVOS DE ULTRALEVES, FOMENTANDO O TURISMO E A ECONOMIA DE NOSSO MUNICÍPIO, AUMENTANDO O FLUXO DE TURISTAS NA CIDADE E CONSEQUENTEMENTE AUMENTANDO AS VENDAS NO COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>13610</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13610/1356.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13610/1356.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA CONSTRUÍDO URGENTEMENTE, DOIS QUEBRA-MOLAS NA CABOCLA, EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>13611</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13611/1357.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13611/1357.pdf</t>
   </si>
   <si>
     <t>SOLICITO, EM CARÁTER DE URGÊNCIA, QUE SEJA CIMENTADO E ILUMINADO O ESPAÇO ONDE SE ENCONTRA INSTALADA A ACADEMIA POPULAR DE _x000D_
 ARAGUAYA.</t>
   </si>
   <si>
     <t>13612</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13612/1358.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13612/1358.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NO RIO DAS PEDRAS E NA RODOVIA QUE ENTRA E SAI _x000D_
 DE ARAGUAYA, PROSSEGUINDO ATÉ A VILA SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>13613</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13613/1359.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13613/1359.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR EM CARÁTER DE URGÊNCIA, LIMPEZA DO CÓRREGO DE ARAGUAYA, APÓS O CAMPO, NUM TRECHO DE APROXIMADAMENTE 70 A _x000D_
 80 METROS, COMPREENDENDO SUAS MARGENS, BEM COMO, TODO O CURSO DAS ÁGUAS DO MESMO.</t>
   </si>
   <si>
     <t>13614</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13614/1360.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13614/1360.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, O CALÇAMENTO DA RUA  GERMANO SCHUNK, COM APROXIMADAMENTE 100 (CEM) METROS DE _x000D_
 EXTENSÃO, VISANDO MELHOR ACESSIBILIDADE E MAIOR QUALIDADE DE VIDA DOS MORADORES LOCAIS, SOBRETUDO, DE TODOS QUE UTILIZAM _x000D_
 O REFERIDO LOGRADOURO PARA ALGUM FIM.</t>
   </si>
   <si>
     <t>13615</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13615/1361.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13615/1361.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, UM ESTUDO E ANÁLISE, VISANDO À AQUISIÇÃO DE UM LOTE, OBJETIVANDO A _x000D_
 ABERTURA DE UMA RUA ONDE ATUALMENTE HÁ A CONSTRUÇÃO DE UMA ESCADARIA LOCALIZADA EM FRENTE À “CRECHE MARIA KNIDEL _x000D_
 LUBE”, NA RODOVIA FRANCISCO STOCKL, NO DISTRITO DE SANTA MARIA, A FIM DE PROPORCIONAR MELHOR ACESSIBILIDADE AOS MORADORES _x000D_
 LOCAIS, TENDO EM VISTA QUE, NO LOCAL, HÁ UMA ESCADA DE TERRA, IMPROVISADA PELOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>13616</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13616/1362.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13616/1362.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA O MAIS BREVE POSSÍVEL, A AQUISIÇÃO DE MATERIAIS ESPORTIVOS, VISANDO ATENDER AS DIVERSAS MODALIDADES ESPORTIVAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13617</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13617/1363.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13617/1363.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, EMPENHO PARA QUE A FROTA DE VEÍCULOS DO PODER EXECUTIVO UTILIZE _x000D_
 APENAS COMBUSTÍVEL ORIUNDO DE FONTES RENOVÁVEIS, EXERCENDO UM RELEVANTE PAPEL NO CENÁRIO AMBIENTAL, REDUZINDO A EMISSÃO DE GASES POLUENTES E TRAZENDO DIVERSOS BENEFÍCIOS PARA SOCIEDADE.</t>
   </si>
   <si>
     <t>13618</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13618/1364.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13618/1364.pdf</t>
   </si>
   <si>
     <t>INSTALAR ILUMINAÇÃO PÚBLICA NO FINAL DA RUA FLORIANO KIEFER, LOCALIZADA NO BAIRRO JARBINHAS.</t>
   </si>
   <si>
     <t>13619</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13619/1365.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13619/1365.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VERIFICADA A POSSIBILIDADE DE CORREÇÃO SALARIAL DOS DIRETORES DAS ESCOLAS MUNICIPAIS, TENDO EM VISTA _x000D_
 QUE, O ATUAL SALÁRIO NÃO MOTIVA OS MESMOS, A ASSUMIR TAMANHA RESPONSABILIDADE.</t>
   </si>
   <si>
     <t>13635</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13635/ind_121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13635/ind_121.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA ANALISADA A POSSIBILIDADE DE OFERTAR UM HORÁRIO ESPECIAL DE TRABALHO DURANTE O VERÃO AOS GARIS E DEMAIS _x000D_
 SERVIDORES QUE EXECUTAM SERVIÇOS AO SOL, PARA QUE EXERÇAM SUAS ATIVIDADES MAIS CEDO E, NO HORÁRIO DE 11H00 ÀS 15H00 FIQUEM EM _x000D_
 DESCANSO, COMPLETANDO OS SEUS HORÁRIOS APÓS 15H00. SEGUINDO O MESMO RACIOCÍNIO, SOLICITO AINDA, A DISPONIBILIZAÇÃO DE PROTETOR _x000D_
 SOLAR A ESSES PROFISSIONAIS.</t>
   </si>
   <si>
     <t>13643</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13643/1409.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13643/1409.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO, POR MMEIO DA SECRETARITA MUNICIPAL DE EDUCAÇÃO, QUE OS LIVROS DOS ESCRITORES FLORIANENSES SEJAM INSERIDOS NA GRADE CURRICULAR DAS ESCOLAS DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13636</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13636/ind_123.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13636/ind_123.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NA ESTRADA DE SOÍDO DE BAIXO, VISANDO SIMULTANEAMENTE MELHOR TRAFEGABILIDADE À NOITE AOS MOTORISTAS QUE DELA SE UTILIZAM, BEM COMO, MAIOR SEGURANÇA AOS MUNÍCIPES QUE RESIDEM ÀS SUAS MARGENS.</t>
   </si>
   <si>
     <t>13737</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13737/1482.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13737/1482.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE UM SANITÁRIO CONTENDO FRALDÁRIO, A LOCALIZAR - SE AO LADO DA ESTAÇÃO FERROVIÁRIA DA SEDE DO MUNICÍPIO, ONDE ATUALMENTE ESTÁ LOCALIZADO O ''MUSEU DA IMIGRAÇÃO''</t>
   </si>
   <si>
     <t>13738</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13738/1483.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13738/1483.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PREFEITO, JUNTAMENTE À SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, UM ESTUDO E ANÁLISE, VISANDO À AQUISIÇÃO DE UMA ÁREA, OBJETIVANDO A CONSTRUÇÃO DE UMA NOVA CRECHE NA SEDE, OU, NA IMPOSSIBILIDADE, AMPLIAR AS JÁ EXISTENTES, VISANDO OFERECER MAIOR NÚMERO DE VAGAS, TENDO EM VISTA QUE A DEMANDA ESTÁ BEM ALÉM DAS VAGAS OFERECIDAS PELA MUNICIPALIDADE, DEIXANDO ASSIM, DE ATENDER INÚMERAS FAMÍLIAS QUE NECESSITAM TRABALHAR, SOBRETUDO, SOMAR NO ORÇAMENTO MENSAL.</t>
   </si>
   <si>
     <t>13739</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13739/1484.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13739/1484.pdf</t>
   </si>
   <si>
     <t>SOLICITO A CONSTRUÇÃO DE UMA PISTA PARA OS MOTOCICLISTAS REALIZAREM O SEU ESPORTE COM SEGURANÇA.</t>
   </si>
   <si>
     <t>13740</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13740/1485.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13740/1485.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE REFORMA E AMPLIAÇÃO DA PRAÇA DE SANTA MARIA, INSTALANDO NOVOS EQUIPAMENTOS E ACADEMIA POPULAR.</t>
   </si>
   <si>
     <t>13743</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13743/1496.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13743/1496.pdf</t>
   </si>
   <si>
     <t>REFORMA DA CASA DE COLETA DE LIXO DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>13744</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13744/1497.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13744/1497.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A INSTALAÇÃO DA PLACA DO CIRCUITO TURÍSTICO DE BOA ESPERANÇA, NA ENTRADA DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>13763</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13763/1499.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13763/1499.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO O CALÇAMENTO DA RUA FLORA RUPF HERTEL, QUE DÁ ACESSO AO ''CENTRO DE CONVIVÊNCIA DO IDOSO'', LOCALIZADO AO LADO DO CAMPO BOM DE BOLA JOSÉ HENRIQUE PEREIRA, NA SEDE DO MUNICÍPIO, VISANDO MELHOR ACESSIBILIDADE E, CONSEQUENTEMENTE, CONDIÇÕES MAIS FAVORÁVEIS DE ATENDIMENTO AOS IDOSOS QUE PROCURAM OS SERVIÇOS PRESTADOS NO LOCAL, VISTO QUE, DE FATO, O L OCAL NECESSITA DE TAL MELHORIA.</t>
   </si>
   <si>
     <t>13777</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13777/indicacao_no_131_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13777/indicacao_no_131_2023.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A DISPONIBILIZAÇÃO DE LIXEIRAS PEQUENAS NAS QUADRAS LOCALIZADAS NA AVENIDA ARTHUR HAESE, EM ALTO MARECHAL, PODENDO INCLUSIVE SER ATÉ LIXEIRAS DE POSTE.</t>
   </si>
   <si>
     <t>13778</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Navar Boeno, Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13778/indicacao_n_132.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13778/indicacao_n_132.pdf</t>
   </si>
   <si>
     <t>SOLICITO, DESSE PODER EXECUTIVO MUNICIPAL PROVIDÊNCIAS, EM CARÁTER DE URGÊNCIA, VIABILIZANDO A AQUISIÇÃO DE PROTETORES SOLARES PARA OS GARIS E DEMAIS SERVIDORES QUE EXECUTAM SERVIÇOS AO SOL, A FIM DE PROTEGÊ-LOS DOS EFEITOS NOCIVOS DO MESMO EM SUAS VIDAS._x000D_
 _x000D_
 SOLICITO, AINDA, QUE SEJA AMPLIADO O NÚMERO DE GARIS PARA ATENDER O DISTRITO DE ARAGUAYA, TENDO EM VISTA QUE A DEMANDA DESSES _x000D_
 PROFISSIONAIS TÊM AUMENTADO E ATUALMENTE CONTA APENAS COM TRÊS GARIS, BEM COMO, TAMBÉM SEJA CONTRATADO UM CORTADOR DE GRAMA.</t>
   </si>
   <si>
     <t>13139</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13139/1266-moc12023-20230217152826143828.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13139/1266-moc12023-20230217152826143828.pdf</t>
   </si>
   <si>
     <t>VOTOS DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ESCRITORA, POETA, CONTISTA, COLUNISTA E OCUPANTE DA CADEIRA Nº 6 DA AFHAL ( ACADEMIA FLORIANENSE DE HISTÓRIA, ATES E LETRAS '' FLORES PASSINATO KUSTER'' GIOVANA CRISTINA SCHINEIDER.</t>
   </si>
   <si>
     <t>13134</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Coquinho, Dodô Krohling, Dório Braun (Suplente), Felipe Hulle Del Puppo, Maylson Littig, Natalino Bianchi, Navar Boeno, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13134/mocao_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13134/mocao_02.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR AOS FAMILIARES DO MÉDICO DERMATOLOGISTA, SR. DOUGLAS PUPPIN.</t>
   </si>
   <si>
     <t>13135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13135/mocao_003.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13135/mocao_003.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A ASSOCIAÇÃO FEDERATIVA COMUNITÁ ITALIANA DO ESPIRITO SANTO, EM A COMEMORAÇÃO DO  ``DIA NACIONAL DO IMIGRANTE ITALIANO´´.</t>
   </si>
   <si>
     <t>13136</t>
   </si>
   <si>
     <t>Coquinho, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13136/mocao_04.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13136/mocao_04.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO AOS SERVIDORES DA POÇÍCIA CIVIL.</t>
   </si>
   <si>
     <t>13137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13137/mocao_05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13137/mocao_05.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS PROFISSIONAIS DA 6ª CIA DA INDEPENDENCIA DA POLICIA MILITAR/ES.</t>
   </si>
   <si>
     <t>13138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13138/mocao_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13138/mocao_06.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS POLICIAIS RODOVIÁRIOS FEDERAIS CITADOS ACIMA.</t>
   </si>
   <si>
     <t>13163</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13163/2_pdfsam_moc_7-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13163/2_pdfsam_moc_7-2023.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA MOÇÃO DE PESAR AOS FAMILIARES DO SRA. MARIA LÚCIA PINTO RIBEIRO RODRIGUES, EM FACE AO SEU FALECIMENTO OCORRIDO EM 22 DE FEVEREIRO DO CORRENTE ANO, AOS 76 ANOS.</t>
   </si>
   <si>
     <t>13170</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13170/moc_08-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13170/moc_08-2023.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SR. JAIR LITTIG.</t>
   </si>
   <si>
     <t>13171</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13171/moc_09-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13171/moc_09-2023.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O "INSTITUTO IBRAMAR" - INSTITUTO BRASILEIRO DOS RECURSOS AMBIENTAIS E ASSESSORIA RURAL.</t>
   </si>
   <si>
     <t>13193</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13193/mocao_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13193/mocao_010.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PESAR AOS FAMILIARES DO SR. JAIR BUENO.</t>
   </si>
   <si>
     <t>13312</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13312/mocao_11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13312/mocao_11.pdf</t>
   </si>
   <si>
     <t>''DIA DO TÉCNICO E DO AUXILIAR DE ENFERMAGEM"</t>
   </si>
   <si>
     <t>13427</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13427/mocao_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13427/mocao_012.pdf</t>
   </si>
   <si>
     <t>VOTO DE PESAR AOS FAMILIARES DO SR. EMILIANO KREBEL.</t>
   </si>
   <si>
     <t>13429</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13429/moc13.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13429/moc13.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O ''RESTAURANTE PONTO FRIO'' EM FACE DO BELÍSSIMO E RELEVANTE TRABALHO REALIZADO EM NOSSA MUNICIPALIDADE NO SEGMENTO DE RESTAURANTE.</t>
   </si>
   <si>
     <t>13430</t>
   </si>
   <si>
     <t>MESA DIRETORA 2023/2024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13430/mocao_14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13430/mocao_14.pdf</t>
   </si>
   <si>
     <t>VOTO DE PROFUNDO PESAR AOS FAMILIARES DO SR. ANGELO DEL PUPPO.</t>
   </si>
   <si>
     <t>13431</t>
   </si>
   <si>
     <t>PLENÁRIO 2023/2024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13431/moc15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13431/moc15.pdf</t>
   </si>
   <si>
     <t>VOTOS DE PROFUNDO PESAR AOS FAMILIARES DO SRA. MARIA DAS GRAÇAS PASOLINI SANTOS.</t>
   </si>
   <si>
     <t>13470</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13470/moc162023-202309062048520871.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13470/moc162023-202309062048520871.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE APLAUSOS E RECONHECIMENTO TENDO COMO DISTINÇÃO , O ILUSTRÍSSIMO SENHOR MARCO AURÉLIO MOSQUINI, EM FACE À EXTRAORDINÁRIA ATUAÇÃO JUNTO À SUINOCULTURA DO ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>13543</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13543/1175.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13543/1175.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SR. VICENTE ERNESTO MARQUES, EM FACE À SIGNIFICATIVA CONTRIBUIÇÃO NA FUNDAÇÃO DA "LOJA MAÇÔNICA BARAQUIEL PINTO DE MEDEIROS".</t>
   </si>
   <si>
     <t>13807</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13807/mocao_no_18_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13807/mocao_no_18_2023.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO  EM FACE À CONQUISTA DO TORNEIO INTERESTADUAL VIX.</t>
   </si>
   <si>
     <t>13630</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13630/1383.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13630/1383.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE PROFUNDO PESAR, TENDO COMO DISTINÇÃO OS FAMILIARES DO SR. MOISES JOSÉ VICENTE, EM FACE AO SEU FALECIMENTO OCORRIDO NO DIA 23/10/2023, AOS 79 ANOS, DEIXANDO PROFUNDAMENTE ENLUTADOS FAMILIARES, AMIGOS E CONHECIDOS, BEM COMO, TODOS QUE TIVERAM A OPORTUNIDADE DE CONHECÊ-LO. E, EU NÃO PODERIA DEIXAR DE ASSOCIAR-ME AO SEU PESAR, ROGANDO A DEUS QUE TRAGA CONFORTO A TODOS OS CORAÇÕES ENLUTADOS MEDIANTE IRREPARÁVEL PERDA.</t>
   </si>
   <si>
     <t>13631</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13631/1385.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13631/1385.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A SRA. ANA PAULA SPERANDIO LIMA, EM FACE À PARTICIPAÇÃO E PREMIAÇÃO PELA CONQUISTA AO 3º LUGAR NO CONCURSO DE QUALIDADE DE GRÃOS E MELHOR CAFÉ DO BRASIL, INTITULADO COMO “COFFEE OF THE YEAR”.</t>
   </si>
   <si>
     <t>13735</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13735/1494.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13735/1494.pdf</t>
   </si>
   <si>
     <t>À ESCOLA EMÍLIO OSCAR HULLE,À SUA BRILHANTE EQUIPE E AOS TALENTOSOS ALUNOS, É COM IMENSA ALEGRIA E ORGULHO QUE ESTENDO MEUS SINCEROS PARABÉNS A TODOS VOCÊS PELA GRANDIOSA REALIZAÇÃO DA  1ª MOSTRA CIENTÍFICA, CULTURAL E TECNOLÓGICA DA EOH!</t>
   </si>
   <si>
     <t>13736</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13736/1495.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13736/1495.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESSA SUBSCREVE REQUER QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSAR AS DEMAIS FORMALIDADES REGIMENTAIS SEJA INSERIDO, NA PAUTA DE NOSSOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ATLETAS DO FUTSAL DE MARECHAL FLORIANO, DA CATEGORIA SUB 14, EM VIRTUDE À CONQUISTA DO TORNEIO ESTADUAL, O QUAL FOI REALIZADO PELA SESPORT- VITORIA, COM TÉRMINO NO DIA 12 DE NOVEMBRO DO CORRENTE ANO, NO QUAL, ESSES JOVENS FLORIANENSES NÃO MEDIRAM ESFORÇOS NAS COMPETIÇÕES, DANDO O SEU MELHOR PARA QUE SAÍSSEM VITORIOSOS, PRINCIPALMENTE, PROPORCIONANDO AOS JOVENS JOGADORES DESTE MUNICÍPIO, A POSSIBILIDADE DE SE DESTACAREM, SENDO CAMPEÕES, GARANTINDO A VAGA PARA A TAÇA BRASIL DE FUTSAL 2024.</t>
   </si>
   <si>
     <t>13446</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13446/parecer_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13446/parecer_2.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 009/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13447</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13447/parecer_5.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13447/parecer_5.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 008/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13495/parecer_6.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13495/parecer_6.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº.011/2023, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE ''INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO, O ''PRÊMIO DESTAQUE MULHERES FLORIANENSES''.</t>
   </si>
   <si>
     <t>13496</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13496/3_pdfsam_parecer_favoravel_07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13496/3_pdfsam_parecer_favoravel_07.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 014/2023, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE ''INTITUI, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO-ES, O PROJETO ''POR DENTRO DA CÂMARA''.</t>
   </si>
   <si>
     <t>13514</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13514/parecer_das_comissoes_no_8_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13514/parecer_das_comissoes_no_8_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 023/2023 DE AUTORIA DO VEREEADOR CEZAR TADEU RONCHI JUNIOR QUE INSTITUI O MEMORIAL ILUSTRES FLORIANENSES, NO SITE E NA SED DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO .</t>
   </si>
   <si>
     <t>13515</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13515/parecer_das_comissoes_no_9_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13515/parecer_das_comissoes_no_9_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº.024/2023, DE AUTORIA DOP VEREADOR FELIPE HULLE DEL PUPPO QUE INSTITUI O PASSEIO CICLÍSTICO “DIA DA MULHER” NO CALENDÁRIO _x000D_
 OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13516</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13516/parecer_das_comissoes_no_10_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13516/parecer_das_comissoes_no_10_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 026/2023, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE INSTITUI A ''COMENDA GUARDIÕES DA HISTÓRIA'', ESTABELECE NORMAS PARA A SUA CONCESSÃO E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>13592</t>
   </si>
   <si>
     <t>CESADH - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13592/1_pdfsam_parecer_das_comissoes_no_11_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13592/1_pdfsam_parecer_das_comissoes_no_11_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 025/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ QUE DISPÕE SOBRE O SISTEMA DE CLIMATIZAÇÃO NAS ESCOLAS _x000D_
 DA REDE MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>13593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13593/parecer_das_comissoes_no_12_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13593/parecer_das_comissoes_no_12_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 022/2023, DE AUTORIA DO PODER EXECUTIVO QUE ALTERA O ARTIGO 8º DA LEI MUNICIPAL Nº 2.512, DE 05 DE SETEMBRO DE 2022, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE CULTURA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13595/parecer_14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13595/parecer_14.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 005/2023, DE AUTORIA DA MESA DIRETORA QUE ''DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO AOS JOVENS APRENDIZES, INSTITUIDOS PELA LEI MUNICIPAL Nº. 2.432/2022, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL''.</t>
   </si>
   <si>
     <t>13596</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13596/parecer_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13596/parecer_15.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 017/2023, DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN QUE ''DENOMINA DE '' VILA SANTO ANTÔNIO'', NO DISTRITO DE ARAGUAYA , NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>13597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13597/parecer_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13597/parecer_16.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI , DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO QUE DISPÕE SOBRE A DENOMINAÇÃO DE RUAS LOCALIZADAS NO CONDOMÍNIO VOVÔ PAULO VASSEM EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13598</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13598/parecer_17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13598/parecer_17.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 020/2023, DE AUTORIA DO PLENÁRIO QUE DENOMINA DE RUA ANTONIO LEMOS, NO BAIRRO SANTA RITA,MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13599</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13599/parecer_18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13599/parecer_18.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 027/2023, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE ''DENOMINA ESTRADA MUNICIPAL FAMÍLIA KNIDEL, EM RIO FUNDO, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>13600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13600/parecer_19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13600/parecer_19.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 028/2023, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE ''DENOMINA PONTE JOSÉ FELIPPE KNIDEL, EM RIO FUNDO, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>13601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13601/parecer_20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13601/parecer_20.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 029/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE ''INSTITUI, A ''SEMANA MUNICIPAL DO CAFÉ'', NO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS DISPOSIÇÕES''.</t>
   </si>
   <si>
     <t>13633</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13633/parecer_21.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13633/parecer_21.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 030/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE '' INSTITUI A FREnTE PARLAMENTAR JOVEM NO ÂMBITO DO PODER LEGISLATIVO''.</t>
   </si>
   <si>
     <t>13644</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13644/parecer_22.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13644/parecer_22.pdf</t>
   </si>
   <si>
     <t>PARECER REALTIVO AO PROJETO DE LEI Nº. 033/2023, DE AUTORIA DO PODER EXECUTIVO QUE ''AUTORIZA O MUNICÍPIO A CRIAR A ROTA TURÍSTICA DENOMINADA DE ''ROTA VERDE'', VISANDO A ROTEIRAÇÃO DO TURISMO LOCAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13645</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13645/parecer_23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13645/parecer_23.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 034/2023, DE AUTORIA DO VEREADOR CEAR TADEU RONCHI JUNIOR QUE ''DENOMINA ''VILA RAFAEL'', EM SOÍDO DE BAIXO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13646</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13646/parecer_24.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13646/parecer_24.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 035/2023, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE ''DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL, A ASSOCIAÇÃO DE AGRODESCENDENTES DO DISTRITO DE SANTA MARIA - AGRODISMA, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>13647</t>
   </si>
   <si>
     <t>COFC - COMISSÃO DE ORÇAMENTO, FINANÇAS E CONTABILIDADE</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13647/parecer_25.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13647/parecer_25.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PARECER PRÉVIO FAVORÁVEL COM RESSALVAS, EXARADO PELO EGRÉCIO TRIBUNAL DE CONTAS O ESTADO DO ESPIRITO SANTO, REFERENTES AS CONTAS MUNICIPAIS DO EXERCÍCIO FINANCEIRO DE 2019.</t>
   </si>
   <si>
     <t>13648</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13648/parecer_favoravel_026.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13648/parecer_favoravel_026.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 040/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ QUE “DENOMINA “ARENA ESPORTIVA DE FUTEVÔLEI MARCELO HENRIQUE SCHUNK”, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13649</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13649/parecer_favoravel_027.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13649/parecer_favoravel_027.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 041/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE ''INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A ''FESTA DO PADROEIRO SANTÍSSIMA TRINDADE'', PROMOVIDA EM ALTO NOVA ALMEIDA, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>13650</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13650/parecer_favoravel_028.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13650/parecer_favoravel_028.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 042/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE ''INSTITUI A CAMPANHA ''ABRIL VERDE'', NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, VISANDO AÇÕES DE CONSCIENTIZAÇÃO E PREVENÇÃO DE ACIDENTES E DOENÇAS RELACIONADAS AO TRABALHO”.</t>
   </si>
   <si>
     <t>13651</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13651/parecer_favoravel_029.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13651/parecer_favoravel_029.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 044/2023, DE AUTORIA DDO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE DENOMINA DE ''PICCOLI CONTADINI DEI POLCENI'', O CORAL INFANTIL DA COMUNIDADE DE ARAGUAYA.</t>
   </si>
   <si>
     <t>13652</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 047/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE ''DENOMINA DE ''RUA NILTON ENTRINGER'', NO BAIRRO RECREIO PONTO ALTO, NESTE MUNICÍPIO''.</t>
   </si>
   <si>
     <t>13653</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_favoravel_031.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_favoravel_031.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 048/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE “INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A CAMPANHA “ABRIL BRANCO”, DEDICADA À POLÍTICA DE PROMOÇÃO DA CULTURA DE PAZ NAS ESCOLAS”.</t>
   </si>
   <si>
     <t>13654</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13654/parecer_favoravel_032.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13654/parecer_favoravel_032.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 039/2023, DE AUTORIA DO PODER EXECUTIVO QUE "ALTERA O ART.2º DA LEI MUNICIPAL Nº 2.500, DE 29 DE AGOSTO DE 2022".</t>
   </si>
   <si>
     <t>13655</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO, CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13655/parecer_34.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13655/parecer_34.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 043/2023, DE AUTORIA DO PODER EXECUTIVO QUE “DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2024 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13656</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13656/parecer_35.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13656/parecer_35.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 049/2023, DE AUTORIA VEREADOR NATALINO BIANQUI NETTO QUE “PROÍBE A PRODUÇÃO DE MUDAS E O PLANTIO DA "SPATHODEA CAMPANULATA", TAMBÉM CONHECIDA COMO "ESPATÓDEA", "BISNAGUEIRA", "TULIPA DO GABÃO", "XIXI DE MACACO" OU "CHAMA DA FLORESTA", E INCENTIVA A SUBSTITUIÇÃO POR PLANTAS NATIVAS EM TODO TERRITÓRIO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>13657</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13657/parecer_36.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13657/parecer_36.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 051/2023, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, “A PUÍNA”.</t>
   </si>
   <si>
     <t>13658</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13658/parecer_37.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13658/parecer_37.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 054/2023, DE AUTORIA VEREADOR CEZAR TADEU RONCHI JUNIOR QUE INSTITUI, NO ÂMBITO DO PODER LEGISLATIVO FLORIANENSE, O PROGRAMA “BOM DIA MARECHAL”.</t>
   </si>
   <si>
     <t>13659</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13659/parecer_38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13659/parecer_38.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 056/2023, DE AUTORIA VEREADOR FELIPE HULLE DEL PUPPO QUE ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 1º DA LEI MUNICIPAL Nº 2.435 DE 18 DE MARÇO DE 2022, QUE “INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A ‘PRAÇA DO EMPREENDEDOR’, E DÁ OUTRAS DISPOSIÇÕES”.</t>
   </si>
   <si>
     <t>13660</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13660/parecer_39.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13660/parecer_39.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 058/2023, DE AUTORIA VEREADOR CEZAR TADEU RONCHI JUNIOR QUE DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES: “LA PROTEZIONE DEI RACCOLTO (A PROTEÇÃO DAS LAVOURAS) .</t>
   </si>
   <si>
     <t>13661</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13661/parecer_40.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13661/parecer_40.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 059/2023, DE AUTORIA DA MESA DIRETORA QUE ALTERA A DISPOSITIVOS NA LEI MUNICIPAL Nº 1.445, DE 14 DE MAIO DE 2014.</t>
   </si>
   <si>
     <t>13662</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13662/parecer_41.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13662/parecer_41.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 060/2023, DE AUTORIA VEREADOR DÓRIO ALFREDO BRAUN QUE INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O CAMPEONATO REGIONAL DE SINUCA PROMOVIDO ANUALMENTE NO DISTRITO DE SANTA MARIA - MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13663</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13663/parecer_42.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13663/parecer_42.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI EXECUTIVO Nº 062/2023 QUE '' AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PARA ALIENAR BENS MÓVEIS DE PROPRIEDADE DO MUNICÍPIO, CONSIDERADOS INSERVÍVEIS, E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>13664</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13664/parecer_43.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13664/parecer_43.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 064/2023 QUE DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, “A POLENTA DE ARAGUAYA”.</t>
   </si>
   <si>
     <t>13665</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 065/2023 QUE ALTERA A REDAÇÃO DOS ARTIGOS 1º E 2º DA LEI MUNICIPAL Nº. 1.913, DE 22 DE NOVEMBRO DE 2017.</t>
   </si>
   <si>
     <t>13666</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13666/parecer_45.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13666/parecer_45.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI N. 066/2023 QUE INSTITUI SOBRE POLÍTICA PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO/ES, PARA GARANTIA, PROTEÇÃO, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SEUS ENTES.</t>
   </si>
   <si>
     <t>13668</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13668/parecer_46.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13668/parecer_46.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 067/2023 QUE DENOMINA DE “HONORATO MOREIRA”, O MURO DE CONTENÇÃO LOCALIZADO NA RUA PROFESSORA CECÍLIA PITANGA PINTO, PARALELA À LINHA FÉRREA, NO BAIRRO JARBINHAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13669</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13669/parecer_47.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13669/parecer_47.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO RELATIVO AO PROJETO DE LEI Nº. 071/2023, DE AUTORIA DO PODER EXECUTIVO QUE '' ALTERA A ESTRUTURA ADMINISTRATIVA PARA MODIFICAR A REFERÊNCIA DO CARGO DE GERENTE DE SERVIÇOS, MANUTENÇÃO E CONTROLE INTERNO NO ÂMBITO DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO.''</t>
   </si>
   <si>
     <t>13670</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESADH - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13670/parecer_48.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13670/parecer_48.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI EXECUTIVO Nº 072/2023 ''AUTORIZA O PODER EXECUTIVO MINICIPAL A CONCEDER AJUDA DE CUSTO DR TRANSPORTE A ESTUDANTES QUE CURSAM ENSINO TÉCNICO E SUPERIOR FORA DO MUNICÍPIO DE MARECHAL FLORIANO''.</t>
   </si>
   <si>
     <t>13671</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13671/parecer_49.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13671/parecer_49.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 073/2023 QUE DENOMINA DE “VEREADOR LUCAS STEIN”, O GINÁSIO DE ESPORTES LOCALIZADO NA VILA DOS IPÊS, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13672</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13672/parecer_50.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13672/parecer_50.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 075/2023 QUE “ALTERA DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº 2.423, DE 10 DE FEVEREIRO DE 2022”.</t>
   </si>
   <si>
     <t>13673</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 074/2023 QUE INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A POOLÍTICA MUNICIPAL DE EDUCAÇÃO AMBIENTAL.</t>
   </si>
   <si>
     <t>13676</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_53.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_53.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI EXECUTIVO Nº. 078/2023 ''DENOMINA DE ''BAIRRO BRAVIN'', O DESTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13677</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13677/parecer_54.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13677/parecer_54.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI EXECUTIVO Nº. 082/2023 QUE ''DENOMINA DE ''LYDIA TAQUETTE MODOLO'' O EDIFÍCIO LOCALIZADO NA RUA THIERES VELLOSO, PERTECENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>13678</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_das_comissoes_no_55_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_das_comissoes_no_55_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI EXECUTIVO Nº 084/2023 QUE ''INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O PROGRAMA ''CÂMARA NA COMUNIDADE''.</t>
   </si>
   <si>
     <t>13679</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_das_comissoes_no_56_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_das_comissoes_no_56_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PARECER PRÉVIO FAVORÁVEL COM RESSALVAS, EXARADO PELO EGRÉGIO TRIBUNAL DE CONTAS DO ESTADO DO ESPIRITO SANTO, REFERENTE AS CONTAS MUNICIPAIS DO EXERCÍCIO FINANCEIRO DE 2020 - MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13680</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_das_comissoes_no_58_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_das_comissoes_no_58_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 089/2023, DE AUTORIA DO PODER EXECUTIVO QUE ''DISPÕE SOBRE A CRIAÇÃO DE CARGO EM PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>13681</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_das_comissoes_no_59_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_das_comissoes_no_59_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO VETO PROPOSTO PELO CHEFE DO PODER EXECUTIVO QUE AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS RECEBIDOS NA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022.</t>
   </si>
   <si>
     <t>13683</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_das_comissoes_no_60_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_das_comissoes_no_60_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 079/2023 QUE '' “INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A DIVULGAÇÃO DO PRAZO DE VIGÊNCIA E VALOR _x000D_
 MENSAL DA LOCAÇÃO DE IMÓVEIS ALUGADOS PELA MUNICIPALIDADE, E DÁ OUTRAS _x000D_
 DISPOSIÇÕES”.</t>
   </si>
   <si>
     <t>13684</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_das_comissoes_no_61_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_das_comissoes_no_61_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI EXECUTIVO Nº 080/2023 QUE '' DISPÕE SOBRE A _x000D_
 OBRIGATORIEDADE DE ESPECIFICAÇÃO DOS INGREDIENTES UTILIZADOS NA CONFECÇÃO DE COMIDAS OU BEBIDAS POR RESTAURANTES, BARES, LANCHONETES E CONGÊNERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13685</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_das_comissoes_no_62_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_das_comissoes_no_62_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 085/2023 QUE '' INSERE NO CALENDÁRIO DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O “DESFILE DAS FAMÍLIAS _x000D_
 ITALIANAS”, REALIZADO ANUALMENTE NO ENCONTRO DA CULTURA ITALIANA DO _x000D_
 DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13686</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_das_comissoes_no_63_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_das_comissoes_no_63_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 086/2023 QUE '' INSTITUI O PRÊMIO CIENTISTA JÚNIOR A SER CONFERIDO, ANUALMENTE, PELA CÂMARA MUNICIPAL DE MARECHAL _x000D_
 FLORIANO/ES, VISANDO RECONHECER E INCENTIVAR AS PESQUISAS CIENTÍFICAS E _x000D_
 TECNOLÓGICAS DESENVOLVIDAS POR ALUNOS DAS ESCOLAS DE EDUCAÇÃO _x000D_
 INFANTIL (4 E 5 ANOS), ENSINO FUNDAMENTAL E ENSINO MÉDIO DO MUNICÍPIO DE_x000D_
 MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13687</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_das_comissoes_no_64_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_das_comissoes_no_64_2023.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI EXECUTIVO Nº 088/2023 QUE ''DISPÕE SOBRE A IMPLEMENTAÇÃO DA COLETA SELETIVA E COMPOSTAGEM NOS ÓRGÃOS PÚBLICOS _x000D_
 MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13688</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_das_comissoes_no_65_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_das_comissoes_no_65_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 093/2023 QUE '' DENOMINA DE “ITAMAR LITTIG”, A RUA LOCALIZADA ÀS MARGENS DA BR 262, KM 52, NO POLO DE EMPRESAS, NESTE _x000D_
 MUNICÍPIO.</t>
   </si>
   <si>
     <t>13689</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_das_comissoes_no_66_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_das_comissoes_no_66_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 095/2023 QUE '' INSTITUI, NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A FESTA EM _x000D_
 COMEMORAÇÃO À CHEGADA DO ANO NOVO, REALIZADA EM SUA SEDE.</t>
   </si>
   <si>
     <t>13690</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 099/2023 QUE '' INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “SEMANA MUNICIPAL DE ATENÇÃO AO IDOSO".</t>
   </si>
   <si>
     <t>13702</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13702/parecer_das_comissoes_no_69_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13702/parecer_das_comissoes_no_69_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 117/2023, DE AUTORIA DO PODER EXECUTIVO QUE ALTERA A ESTRUTURA DA LEI MUNICIPAL Nº 2.605 DE JULHO DE 2023 E DA OUTRAS _x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13703</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13703/parecer_das_comissoes_no_70_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13703/parecer_das_comissoes_no_70_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº 097/2023, DE AUTORIA DO PODER EXECUTIVO MUNICIPAL QUE, ''ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>13705</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13705/parecer_das_comissoes_no_71_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13705/parecer_das_comissoes_no_71_2023.pdf</t>
   </si>
   <si>
     <t>PARECER RELATIVO AO PROJETO DE LEI Nº. 114/2023, DE AUTORIA DA MESA DIRETORA QUE _x000D_
 “ALTERA DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº 2.423, DE 10 DE FEVEREIRO DE 2022”.</t>
   </si>
   <si>
     <t>13245</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13245/dl_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13245/dl_01.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCICIO DE 2019”.</t>
   </si>
   <si>
     <t>13497</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13497/decreto_002.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13497/decreto_002.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCICIO DE 2020”</t>
   </si>
   <si>
     <t>14258</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14258/001-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14258/001-2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N°. 001, DE 01 DE SETEMBRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14259/002-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14259/002-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO §1° DO ARTIGO 125-A, §1° DO ARTIGO 125-B, O INCISO III DO §3° DO ARTIGO 125-B, §2° DO ARTIGO 125-C, TABELA 03 DO ANEXO XI, TODOS DO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI N° 488, DE 23 DE DEZEMBRO DE 2003) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13067</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13067/3_pdfsam_0301.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13067/3_pdfsam_0301.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.423, DE 10 DE FEVEREIRO DE 2022, QUE “REESTRUTURA E ORGANIZA A _x000D_
 ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>13068</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13068/3_pdfsam_031.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13068/3_pdfsam_031.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO-ALIMENTAÇÃO AOS JOVENS APRENDIZES, INSTITUIDOS PELA LEI MUNICIPAL Nº. 2.432/2022, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>13069</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13069/3_pdfsam_032.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13069/3_pdfsam_032.pdf</t>
   </si>
   <si>
     <t>13070</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13070/3_pdfsam_033.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13070/3_pdfsam_033.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1.925, DE 05 DE DEZEMBRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13071</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13071/1_pdfsam_071.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13071/1_pdfsam_071.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE COOPERATIVISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13072</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13072/1_pdfsam_072.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13072/1_pdfsam_072.pdf</t>
   </si>
   <si>
     <t>INSERE O CAMPEONATO MUNICIPAL DE BASQUETE, NAS CATEGORIAS MASCULINAS E FEMININO, NESTA MUNICIPALIDADE, NO SEU CALENDÁRIO OFICIAL DE DATAS E EVENTOS.</t>
   </si>
   <si>
     <t>13073</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13073/1_pdfsam_073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13073/1_pdfsam_073.pdf</t>
   </si>
   <si>
     <t>INSERE O CAMPEONATO MUNICIPAL DE FUTEVÔLEI, NAS CATEGORIAS MASCULINO E FEMININO, NESTA MUNICIPALIDADE, NO SEU CALENDÁRIO OFICIAL DE DATAS E EVENTOS.</t>
   </si>
   <si>
     <t>13074</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13074/pll_10-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13074/pll_10-2023.pdf</t>
   </si>
   <si>
     <t>DEMONINA DE ''RUA OTTO ALVARENGA BAPTISTA''.</t>
   </si>
   <si>
     <t>14145</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14145/pll_11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14145/pll_11.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE MARECHAL FLORIANO, O “PRÊMIO DESTAQUE MULHERES FLORIANENSES”.</t>
   </si>
   <si>
     <t>13140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13140/pll_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13140/pll_014.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO-ES, O PROJETO "POR DENTRO DA CÂMARA".</t>
   </si>
   <si>
     <t>13141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13141/pll_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13141/pll_15.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA CARGA HORÁRIA DE SERVIDOR PÚBLICO MUNICIPAL QUE POSSUA FILHO PORTADOR DE NECESSIDADES ESPECIAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13142</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13142/pll_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13142/pll_16.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA DOS MANACÁS", NO BAIRRO DAS VALE DAS PALMAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13143/pll_17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13143/pll_17.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "VILA SANTO ANTÔNIO", NO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13144</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13144/pll_18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13144/pll_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE DISPONIBILIZAÇÃO DE ACESSO GRATUITO À INTERNET EM ESTABELECIMENTOS COMERCIAIS QUANDO OPTAREM POR OFERECER AOS CONSUMIDORES CARDÁPIO NA FORMA DIGITAL.</t>
   </si>
   <si>
     <t>13180</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13180/projeto_de_lei_19_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13180/projeto_de_lei_19_natalino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUAS LOCALIZADAS NO CONDOMÍNIO VOVÔ PAULO VASSEM EM MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13181</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13181/projeto_de_lei_22.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13181/projeto_de_lei_22.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 8º DA LEI MUNICIPAL Nº 2.512, DE 05 DE SETEMBRO DE 2022, QUE DISPÕE SOBRE O CONSELHO MUNICIPAL DE CULTURA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13176</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13176/pl_023-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13176/pl_023-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI MEMORIAL ILUSTRES FLORIANENSES, NO SITE E NA SEDE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13177</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13177/pl_024-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13177/pl_024-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PASSEIO CICLÍSTICO "DIA DA MULHER" NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13178</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13178/pl_025-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13178/pl_025-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA DE CLIMATIZAÇÃO NAS ESCOLAS DA REDE MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>13179</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13179/pl_026-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13179/pl_026-2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "COMENDA GUARDIÕES DA HISTÓRIA", ESTABELECE NORMAS PARA A SUA CONCESSÃO E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>13200</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13200/pll_027.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13200/pll_027.pdf</t>
   </si>
   <si>
     <t>DENOMINA ESTRADA MUNICIPAL FAMÍLIA KNIDEL, EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13201</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13201/pll_028.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13201/pll_028.pdf</t>
   </si>
   <si>
     <t>DENOMINA PONTE JOSÉ FELIPPE KNIDEL, EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13256/314.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13256/314.pdf</t>
   </si>
   <si>
     <t>INSTITUI, A "SEMANA MUNICIPAL DO CAFÉ", NO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>13202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13202/pll_030.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13202/pll_030.pdf</t>
   </si>
   <si>
     <t>INSTITUI A FRENTE PARLAMENTAR JOVEM NO ÂMBITO DO PODER LEGISLÁTIVO.</t>
   </si>
   <si>
     <t>13203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13203/pll_031.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13203/pll_031.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONCURSO DE DECORAÇÃO DE VITRINES COM O TEMA DE PÁSCOA, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13204/pll_032.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13204/pll_032.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 2º, DA LEI MUNICIPAL Nº. 2.422, DE 10 DE FEVEREIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13214/pll_033.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13214/pll_033.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A CRIAR A ROTA TURÍSTICA DEMONINADA DE ''ROTA VERDE'', VISANDO A ROTEIRIZAÇÃO DO TURISMO LOCAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13215/pll_034.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13215/pll_034.pdf</t>
   </si>
   <si>
     <t>DENOMINA ''VILA RAFAEL'', EM SOÍDO E BAIXO, NESTE MUNCÍPIO.</t>
   </si>
   <si>
     <t>13216</t>
   </si>
   <si>
     <t>DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL, A ASSOCIAÇÃO DE AGRODESCENDENTE DO DISTRITO DE SANTA MARIA - AGRODISMA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13217/pll_036.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13217/pll_036.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A DISPONIBILIZAR AGENTES DE SEGURANÇA EM SUAS UNIDADES ESCOLARES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13218/pll_037.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13218/pll_037.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE PORTAIS DE DETECÇÃO DE METAIS, CÂMERA DE ÁUDIO E VÍDEO NAS SALAS DE AULA E A CONTRATAÇÃO DE VIGILANTE NAS CRECHES, PRÉ-ESCOLAS E ESCOLAS PÚBLICAS E PRIVADAS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>13219</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13219/pll_038.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13219/pll_038.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR CONVÊNIO COM O ESTADO DO ESPÍRITO SANTO PARA REPASSE FINANCEIRO VISANDO CUSTEAR DESPESAS COM O PAGAMENTO DE INDENIZAÇÃO SUPLEMENTAR DE ESCALA OPERACIONAL (ISEO) DE POLICIAIS MILITARES.</t>
   </si>
   <si>
     <t>13283</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13283/projeto_de_lei_legislativo_e_executivo_no_39_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13283/projeto_de_lei_legislativo_e_executivo_no_39_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 2º DA LEI MUNICIPAL Nº 2.500, DE 29 DE AGOSTO DE 2022.</t>
   </si>
   <si>
     <t>13233</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13233/pll_040.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13233/pll_040.pdf</t>
   </si>
   <si>
     <t>DENOMINA “ARENA ESPORTIVA DE FUTEVÔLEI MARCELO HENRIQUE SCHUNK”, NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13234</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13234/pll_041.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13234/pll_041.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “FESTA DO PADROEIRO SANTÍSSIMA TRINDADE”, PROMOVIDA EM ALTO NOVA ALMEIDA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13313</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13313/projeto_de_lei_legislativo_e_executivo_no_43_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13313/projeto_de_lei_legislativo_e_executivo_no_43_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABRAÇÃO DA LEI ORÇAMENTÁRIA''.</t>
   </si>
   <si>
     <t>13247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13247/pl_044.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13247/pl_044.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “PICCOLLI CONTADINI DI POLCENIGO”, O CORAL INFANTIL DA COMUNIDADE DE ARAGUAYA.</t>
   </si>
   <si>
     <t>13248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13248/pl_045.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13248/pl_045.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DAS ESCOLAS DA REDE MUNICIPAL DE_x000D_
 ENSINO DE MARECHAL FLORIANO-ES, A CAMPANHA EDUCACIONAL PARA POSSE RESPONSÁVEL DE ANIMAIS DOMÉSTICOS.</t>
   </si>
   <si>
     <t>13249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13249/pl_046.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13249/pl_046.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DAS ESCOLAS DA REDE MUNICIPAL DE ENSINO DE MARECHAL FLORIANO-ES, A CAMPANHA EDUCACIONAL VOLTADA À SEGURANÇA ALIMENTAR E NUTRICIONAL DA POPULAÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>13250</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13250/pl_047.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13250/pl_047.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “RUA NILTON ENDRINGER”, NO BAIRRO RECREIO PONTO ALTO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13251/pl_048.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13251/pl_048.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A CAMPANHA “ABRIL BRANCO”, DEDICADA À POLÍTICA DE PROMOÇÃO DA CULTURA DE PAZ NAS ESCOLAS.</t>
   </si>
   <si>
     <t>13246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13246/pl_049.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13246/pl_049.pdf</t>
   </si>
   <si>
     <t>“PROÍBE A PRODUÇÃO DE MUDAS E O PLANTIO DA "SPATHODEA CAMPANULATA", TAMBÉM CONHECIDA COMO "ESPATÓDEA", "BISNAGUEIRA", "TULIPA-DO- GABÃO", "XIXI_x0002_DE MACACO" OU "CHAMA-DA- FLORESTA", E INCENTIVA A SUBSTITUIÇÃO POR PLANTAS NATIVAS EM TODO TERRITÓRIO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>13268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13268/pll_050.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13268/pll_050.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLITICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O CONSELHO DO TUTELAR E O FUNDO MUNICIPAL DA INFÂNCIA E ADOSLESCENTE DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13269/pll_051.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13269/pll_051.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL _x000D_
 FLORIANO/ES, “A PUÍNA”.</t>
   </si>
   <si>
     <t>13270</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13270/pll_052.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13270/pll_052.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUDA DE CUSTO DE TRANSPORTE A ESTUDANTES QUE CURSAM O ENSINO SUPERIOR FORA DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>13271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13271/pll_053.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13271/pll_053.pdf</t>
   </si>
   <si>
     <t>CONCEDE RESJUSTE AOS PROFISSIONAIS OCUPANTES DOS CARGOS DE AGENTE COMUNITÁRIO DE SAÚDE E DOS AGENTE DE COMBATE A ENDEMIAS , DO MUNICÍPIO DE MARECHAL FLORIANO , PARA CUMPRIR O VALOR DO PISO NACIONAL CONFORME PORTARIA GM/MS Nº. 51, DE 24 DE JANEIRO DE 2023 E PORTARIA GM/MS Nº. 576, DE 05 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>13272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13272/projeto_de_lei_054.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13272/projeto_de_lei_054.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO PODER LIGISLATIVO FLORIANENSE, O PROGRAMA ''BOM DIA MARECHAL''.</t>
   </si>
   <si>
     <t>13273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13273/pll_055.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13273/pll_055.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DA SERCRETARIA MUNICIPAL DA AGRICULTURA DE MARECHAL FLORIANO-ES,  ESPAÇO CULTURAL DO AGRICULTOR ''ROGÉRIO BRAMBILLA''.</t>
   </si>
   <si>
     <t>13274</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13274/pll_056.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13274/pll_056.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 1º DA LEI MUNICIPAL Nº 2.435 DE 18 DE MARÇO DE 2022, QUE ''INSTITUI'', NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A 'PRAÇA DO EMPREEDEDOR', E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13275/pll_057.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13275/pll_057.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE CONCEITOS DE EMPREENDEDORISMO E EDUCAÇÃO FINANCEIRA NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>13276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13276/pll_058.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13276/pll_058.pdf</t>
   </si>
   <si>
     <t>DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES: ''LA PROTEZIONE DEI RACCOLTO ( A PROTEÇÃO DAS LAVOURAS)</t>
   </si>
   <si>
     <t>13277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13277/pll_059.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13277/pll_059.pdf</t>
   </si>
   <si>
     <t>ALTERA A DISPOSITIVOS NA LEI MUNICIPAL Nº 1.445, DE 14 DE MAIO DE 2014</t>
   </si>
   <si>
     <t>13278</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13278/pll_060.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13278/pll_060.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O CAMPEONATO REGIONAL DE SINUCA PROMOVIDO ANUALMENTE NO DISTRITO DE SANTA MARIA- MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13327</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13327/projeto_de_lei_legislativo_e_executivo_no_61_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13327/projeto_de_lei_legislativo_e_executivo_no_61_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODE EXECUTIVO, A ADQUIRIR ATRAVÉS DE DESAPROPRIAÇÃO O IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13329</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13329/projeto_de_lei_legislativo_e_executivo_no_62_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13329/projeto_de_lei_legislativo_e_executivo_no_62_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PARA ALIENAR BENS MÓVEIS DE PROPRIEDADE DO MUNICÍPIO, CONSIDERADOS INSERVÍVEIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13330</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13330/projeto_de_lei_legislativo_e_executivo_no_63_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13330/projeto_de_lei_legislativo_e_executivo_no_63_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 4º, DA LEI MUNICIPAL Nº 2.421, DE 17 DE JANEIRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13333</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13333/pl_0644.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13333/pl_0644.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, “A POLENTA DE ARAGUAYA”.</t>
   </si>
   <si>
     <t>13317</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13317/pl_065-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13317/pl_065-23.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃODOS ARTIGOS 1º E 2º DA LEI MUNICIPAL Nº 1.913, DE 22 DE NOVEMBRO DE 2017.</t>
   </si>
   <si>
     <t>13318</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13318/pl_066-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13318/pl_066-23.pdf</t>
   </si>
   <si>
     <t>INSTITUI SOBRE POLÍTICA PÚBLICA NO MUNICÍPIO DE MARECHAL FLORIANO/ES, PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SEUS ENTES.</t>
   </si>
   <si>
     <t>13319</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13319/pl_067-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13319/pl_067-23.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "HONORATO MOREIRA", O MURO DE CONTENÇÃO LOCALIZADO NA RUA PROFESSORA CECÍLIA PITANGA PINTO, PARALELA À LINHA FÉRREA, NO BAIRRO JARBINHAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13360</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13360/projeto_de_lei_legislativo_e_executivo_no_68_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13360/projeto_de_lei_legislativo_e_executivo_no_68_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13361</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13361/projeto_de_lei_legislativo_e_executivo_no_69_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13361/projeto_de_lei_legislativo_e_executivo_no_69_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE PROGRAMA E AÇÕES NO PLANO PLURIANUAL DO MUNICÍPIO DE MARECHAL FLORIANO, PARA O PERÍODO DE 2022 A 2025.</t>
   </si>
   <si>
     <t>13362</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13362/projeto_de_lei_legislativo_e_executivo_no_70_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13362/projeto_de_lei_legislativo_e_executivo_no_70_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DA LEI MUNICIPAL Nº 2.534 DE 21 DE DEZEMBRO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13363</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13363/projeto_de_lei_legislativo_e_executivo_no_71_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13363/projeto_de_lei_legislativo_e_executivo_no_71_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRATIVA PARA MODIFICAR A REFERÊNCIA DO CARGO DE GERENTE DE SERVIÇOS, MANUTENÇÃO E CONTROLE INTERNO NO ÂMBITO DA PEFEITURA MUNICIPAL DE MARECEHAL FLORIANO.</t>
   </si>
   <si>
     <t>13364</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13364/projeto_de_lei_legislativo_e_executivo_no_72_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13364/projeto_de_lei_legislativo_e_executivo_no_72_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER AJUDA DE CUSTO DE TRANSPORTE A ESTUDANTES QUE CURSAM ENSINO TÉCNICO E SUPERIOR FORA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13365</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13365/pll_073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13365/pll_073.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “VEREADOR LUCAS STEIN”, O GINÁSIO DE ESPORTES LOCALIZADO NA VILA DOS IPÊS, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13366/pll_074.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13366/pll_074.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO ES, A POLÍTICA MUNICIPAL DE EDUCAÇÃO AMBIENTAL.</t>
   </si>
   <si>
     <t>13367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13367/pll_075.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13367/pll_075.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO_x000D_
 MUNICIPAL, LEI MUNICIPAL Nº 2.423, DE 10 DE FEVEREIRO DE 2022”.</t>
   </si>
   <si>
     <t>13368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13368/pll_076.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13368/pll_076.pdf</t>
   </si>
   <si>
     <t>''FIXA OS SUBSÍDIOS DO PREFEITURA, VICE-PREFEITO, SECRETÁRIOS MUNICIPAIS E VEREADORES DO MUNICÍPIO DE MARECHAL FLORIANO PARA A LEGISLATURA 2025 A 2028, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13373</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13373/pl_077-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13373/pl_077-2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA AMÉRICO KIEFER", INTEGRANTE DO LOTEAMENTO "SERRA VERDE", MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13374</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13374/pl_078-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13374/pl_078-2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "BAIRRO BRAVIM", NO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13375</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13375/pl_079-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13375/pl_079-2023.pdf</t>
   </si>
   <si>
     <t>"INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A DIVULGAÇÃO DO PRAZO DE VIGÊNCIA E VALOR MENSAL DA LOCAÇÃO DE IMÓVEIS ALUGADOS PELA MUNICIPALIDADE, E DÁ OUTRAS DISPOSIÇÕES".</t>
   </si>
   <si>
     <t>13376</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13376/pl_080-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13376/pl_080-2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ESPECIFICAÇÃO DOS INGREDIENTES UTILIZADOS NA CONFECÇÃO DE COMIDAS OU _x000D_
 BEBIDAS POR RESTAURANTES, BARES, LANCHONETES E CONGÊNERES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13542</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13542/projeto_de_lei_legislativo_e_executivo_no_81_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13542/projeto_de_lei_legislativo_e_executivo_no_81_2023.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ESPORTES DE MARECHAL FLORIANO - CONESP/MF E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13424</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13424/2_pdfsam_931.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13424/2_pdfsam_931.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''LYDIA TAQUETE MODOLO'' O EDIFÍCIO LOCALIZADO NA RUA THIERES VELLOSO, PERTECENTE À SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>13425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13425/931.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13425/931.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO  MUNICÍPIO DE MARECHAL FLORIANO/ES, O PRATO  “GALINHA AO MOLHO PARDO”, DE DESCENDÊNCIA LUXEMBURGUESA, SERVIDA NO RESTAURANTE PONTO  FRIO, DE PROPRIEDADE DA FAMÍLIA ENTRINGER.</t>
   </si>
   <si>
     <t>13426</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13426/933.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13426/933.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O PROGRAMA ''CÂMARA NA COMUNIDADE''.</t>
   </si>
   <si>
     <t>13440</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13440/pl_085.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13440/pl_085.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O “DESFILE DAS FAMÍLIAS ITALIANAS”, REALIZADO ANUALMENTE NO ENCONTRO DA CULTURA ITALIANA DO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13441</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13441/pl_086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13441/pl_086.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PRÊMIO CIENTISTA JÚNIOR A SER CONFERIDO, ANUALMENTE, PELA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES, VISANDO RECONHECER E INCENTIVAR AS PESQUISAS CIENTÍFICAS E TECNOLÓGICAS DESENVOLVIDAS POR ALUNOS DAS ESCOLAS DE EDUCAÇÃO INFANTIL (4 E 5 ANOS), ENSINO FUNDAMENTAL E ENSINO MÉDIO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13442</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13442/pl_087.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13442/pl_087.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUAS LOCALIZADAS NO PERÍMETRO URBANO, NO DISTRITO DE SANTA MARIA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13443</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13443/937.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13443/937.pdf</t>
   </si>
   <si>
     <t>DISPÕE A IMPLEMENTAÇÃO DA COLETA SELETIVA E COMPOSTAGEM NOS ÓRGÃOS PÚBLICOS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13585</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13585/1007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13585/1007.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13471</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13471/pll902023_mesa_diretora.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13471/pll902023_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>ALTERA O § 3º DO ARTIGO 3º, DA LEI MUNICIPAL Nº. 2.570, DE 27 DE ABRIL DE 2023, QUE "ALTERA O § 2º E INSERE O § 3º, AMBOS NO ARTIGO 5º DA LEI MUNICIPAL Nº. 1.791, DE 16 DE JANEIRO DE 2017".</t>
   </si>
   <si>
     <t>13473</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13473/pll912023_mesa_diretora.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13473/pll912023_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº. 2.575, DE 22 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>13477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13477/2_pdfsam_pll922023_mesa_diretora.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13477/2_pdfsam_pll922023_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE VALE FEIRA AOS JOVENS APRENDIZES, INSTITUÍDOS PELA LEI MUNICIPAL Nº. 2.432/2022, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>13478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13478/pll932023_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13478/pll932023_navar.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ITAMAR LITTIG”, A RUA LOCALIZADA ÀS MARGENS DA BR 262, KM 52, NO POLO DE EMPRESAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13505</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13505/projeto_de_lei_legislativo_e_executivo_no_94_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13505/projeto_de_lei_legislativo_e_executivo_no_94_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REPASSAR RECURSOS RECEBIDOS DA UNIÃO PARA CUMPRIMENTO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR DE QUE TRATA A EMENDA CONSTITUCIONAL 127/2022.</t>
   </si>
   <si>
     <t>13506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13506/pll_095.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13506/pll_095.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A FESTA EM COMEMORAÇÃO À CHEGADA DO ANO NOVO, REALIZADA EM SUA SEDE.</t>
   </si>
   <si>
     <t>13564</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13564/1153.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13564/1153.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "ANTONIETA CATELAN RONCHI", NO BAIRRO VALE DAS PALMAS, MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13540</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13540/projeto_de_lei_legislativo_e_executivo_no_97_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13540/projeto_de_lei_legislativo_e_executivo_no_97_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRA DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13541</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13541/projeto_de_lei_legislativo_e_executivo_no_98_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13541/projeto_de_lei_legislativo_e_executivo_no_98_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A COPNCEDER A 13ª PARCELA DO AUXÍLIO-ALIMENTAÇÃO A SER CREDITADO ATRAVÉS DO CARTÃO ALIMENTAÇÃO NO MÊS DE DEZEMBRO DE 2023 AOS SERVIDORES MUNICIPAIS DO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13558</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13558/1190.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13558/1190.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A “SEMANA MUNICIPAL DE ATENÇÃO AO IDOSO".</t>
   </si>
   <si>
     <t>13559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13559/pl_100-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13559/pl_100-2023.pdf</t>
   </si>
   <si>
     <t>FIXA AREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13560</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13560/1192.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13560/1192.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE RUAS LOCALIZADAS NO CONDOMÍNIO RESIDENCIAL FLORATTA EM MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13563</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13563/1202.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13563/1202.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO E SEGURANÇA DE CRECHES E ESCOLAS PÚBLICAS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>13586</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13586/projeto_de_lei_legislativo_e_executivo_no_103_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13586/projeto_de_lei_legislativo_e_executivo_no_103_2023.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº. 2.620, DE 28 DE AGOSTO DE 2023.</t>
   </si>
   <si>
     <t>13632</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13632/projeto_de_lei_legislativo_e_executivo_no_104_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13632/projeto_de_lei_legislativo_e_executivo_no_104_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A REALIZAR EM 2023 A SOLENIDADE EM COMEMORAÇÃO AO 32º ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICA E_x000D_
 ADMINISTRATIVA DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13587</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13587/1236.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13587/1236.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE ACOMPANHAMENTO E FISCALIZAÇÃO DE EXECUÇÃO DOS RECURSOS PROVENIENTES DO FUNPAES, A QUE SE REFERE À LEI ESTADUAL N°11.790, DE 28 DE MARÇO DE 2023.</t>
   </si>
   <si>
     <t>13589</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13589/1247.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13589/1247.pdf</t>
   </si>
   <si>
     <t>CRIA A ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL MAURO CHRISTO.</t>
   </si>
   <si>
     <t>13590</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13590/1289.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13590/1289.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL - COMSEA DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13591</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13591/1292.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13591/1292.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL SOBRE DROGAS E O CONSELHO MUNICIPAL DE POLÍTICAS PÚBLICAS SOBRE DROGAS - COMUD, DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13674</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13674/1337.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13674/1337.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANIO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13609</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13609/1355.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13609/1355.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria Especial da Defesa, Proteção e Direitos dos Animais, no âmbito do Poder Legislativo de Marechal Floriano e dá outras providências.</t>
   </si>
   <si>
     <t>13624</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13624/1371.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13624/1371.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “COMENDA FERDINANDO PREST”, ESTABELECE NORMAS PARA A SUA CONCESSÃO E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>13625</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13625/1372.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13625/1372.pdf</t>
   </si>
   <si>
     <t>FIXA AREA DE EXPANSÃO URBANA COM VISTAS ÀURBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13626</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13626/1373.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13626/1373.pdf</t>
   </si>
   <si>
     <t>INSTITUI O VALE-FEIRA NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>13627</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dodô Krohling, Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13627/1375.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13627/1375.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES.</t>
   </si>
   <si>
     <t>13628</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13628/1377.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13628/1377.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO NO AMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>13629</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13629/1378.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13629/1378.pdf</t>
   </si>
   <si>
     <t>ALETRA A ESTRUTURA DA LEI MUNICIPAL N°2.605 DE 18 DE JULHO DE 2023 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13634</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13634/pl_118.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13634/pl_118.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA DO BEM-ESTAR ANIMAL NO ÂMBIGTO DO PODER LEGISLATIVO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13637</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13637/pl_119.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13637/pl_119.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "PROJETO CÂMARA AMIGA DA MATA ATLÂNTICA" NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13638</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13638/pl_120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13638/pl_120.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO E SEGURANÇA NAS UNIDADES BÁSICAS DE SAÚDE (UBS) E CENTRO DE SAÚDE “ARY RIBEIRO DA SILVA”, LOCALIZADOS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO – ES.</t>
   </si>
   <si>
     <t>13639</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13639/pl_121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13639/pl_121.pdf</t>
   </si>
   <si>
     <t>DENOMINA "COMPLEXO ESPORTIVO PÉRICLES PEREIRA PINTO", EM ALTO MARECHAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13640</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13640/pl_122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13640/pl_122.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 2.228, DE 15 DE SETEMBRO DE 2020.</t>
   </si>
   <si>
     <t>13641</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13641/pl_123.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13641/pl_123.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº 2.423, DE 10 DE FEVEREIRO DE 2022, E _x000D_
 DÁ OUTRAS PROVIDÊNCIAS.”.</t>
   </si>
   <si>
     <t>13642</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13642/projeto_de_lei_legislativo_e_executivo_no_124_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13642/projeto_de_lei_legislativo_e_executivo_no_124_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1º DA LEI MUNICIPAL Nº 2.501, DE 29 DE AGOSTO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13783</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13783/projeto_de_lei_legislativo_e_executivo_no_125_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13783/projeto_de_lei_legislativo_e_executivo_no_125_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A BANDEIRA OFICIAL DO DISTRITO DE ARAGUAYA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13784</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13784/projeto_de_lei_legislativo_e_executivo_no_127_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13784/projeto_de_lei_legislativo_e_executivo_no_127_2023.pdf</t>
   </si>
   <si>
     <t>''ALTERA A ESTRUTURA ADMINISTRATIVA PARA MODIFICAR A REFERÊNCIA E VENCIMENTOS DOS CARGOS DE PROVIMENTO EM COMISSÃO DA LEI MUNICIPAL N°2.423, DE 10 DE FEVEREIRO DE 2022''.</t>
   </si>
   <si>
     <t>13785</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13785/projeto_de_lei_legislativo_e_executivo_no_128_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13785/projeto_de_lei_legislativo_e_executivo_no_128_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO COM O BANESTES SA - BANCO DO ESTADO DO ESPÍRITO SANTO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>13786</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13786/projeto_de_lei_legislativo_e_executivo_no_129_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13786/projeto_de_lei_legislativo_e_executivo_no_129_2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE PRÁTICAS SUSTENTÁVEIS PARA OS CIDADÃOS APLICAREM EM SUAS RESIDÊNCIAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13787</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13787/projeto_de_lei_legislativo_e_executivo_no_130_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13787/projeto_de_lei_legislativo_e_executivo_no_130_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART.1°, DA LEI MUNICIPAL N°.2.611, DE 08 DE AGOSTO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13745</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13745/1490.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13745/1490.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS PARA A EXPLORAÇÃO DO COMÉRCIO AMBULANTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13808</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13808/projeto_de_lei_legislativo_e_executivo_no_137_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13808/projeto_de_lei_legislativo_e_executivo_no_137_2023.pdf</t>
   </si>
   <si>
     <t>CRIA O CENTRO INTEGRADO DE ATENDIMENTO À MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13746</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13746/1493.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13746/1493.pdf</t>
   </si>
   <si>
     <t>FICA, O PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO-ES, AUTORIZADO A MANTER EM SEU DOMÍNIO DE INTERNET (SITE) UM ACESSO (LINK), COM O OBJETIVO DE DIVULGAR AS ATIVIDADES ECONÔMICAS QUE ENGLOBAM AS MICROS, PEQUENAS E MÉDIAS EMPRESAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13772</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13772/projeto_de_lei_legislativo_e_executivo_no_139_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13772/projeto_de_lei_legislativo_e_executivo_no_139_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A BANDEIRA OFICIAL DO DISTRITO DE SANTA MARIA DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>13773</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13773/projeto_de_lei_legislativo_e_executivo_no_140_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13773/projeto_de_lei_legislativo_e_executivo_no_140_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A BANDEIRA OFICIAL DO DISTRITO DE VICTOR HUGO, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13774</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13774/projeto_de_lei_legislativo_e_executivo_no_141_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13774/projeto_de_lei_legislativo_e_executivo_no_141_2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “COMPLEXO ESPORTIVO JOÃO COLOMBINO, EM ARAGUAYA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13775</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>Navar Boeno, Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13775/projeto_de_lei_legislativo_e_executivo_no_142_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13775/projeto_de_lei_legislativo_e_executivo_no_142_2023.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “FAMÍLIA SALVADOR”, A QUADRA DE BASQUETE LOCALIZADA EM ALTO MARECHAL, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13789</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13789/143.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13789/143.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO AOS SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>13087</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13087/projeto_de_resolucao_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13087/projeto_de_resolucao_01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ULTILIZAÇÃO DOS VEÍCULOS OFICIAIS DO PODER LEGISLÁTIVO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13088/projeto_de_resolucao_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13088/projeto_de_resolucao_02.pdf</t>
   </si>
   <si>
     <t>''ALTERA-SE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPIRITO SANTO''.</t>
   </si>
   <si>
     <t>13089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13089/projeto_de_resolucao_03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13089/projeto_de_resolucao_03.pdf</t>
   </si>
   <si>
     <t>13830</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13830/projeto_de_resolucao_no_4_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13830/projeto_de_resolucao_no_4_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>13831</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13831/projeto_de_resolucao_no_5_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13831/projeto_de_resolucao_no_5_2023.pdf</t>
   </si>
   <si>
     <t>13832</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13832/projeto_de_resolucao_no6__2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13832/projeto_de_resolucao_no6__2023.pdf</t>
   </si>
   <si>
     <t>''DISPÕE SOBRE O FINANCIAMENTO DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>13833</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13833/projeto_de_resolucao_no_7_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13833/projeto_de_resolucao_no_7_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS DDO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>13834</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13834/projeto_de_resolucao_no8__2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13834/projeto_de_resolucao_no8__2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AAO PODER EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>13835</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dodô Krohling, Maylson Littig, Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13835/projeto_de_resolucao_no_9_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13835/projeto_de_resolucao_no_9_2023.pdf</t>
   </si>
   <si>
     <t>13836</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13836/projeto_de_resolucao_no_10_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13836/projeto_de_resolucao_no_10_2023.pdf</t>
   </si>
   <si>
     <t>13059</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13059/req_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13059/req_01.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ENCAMINHE A ESTA CASA DE LEIS, UM PROJETO DE LEI INSTITUIDO O ''PROGRAMA DE RECUPERAÇÃO FISCAL (REFIS)'', VISANDO À REGULARIZAÇÃO FISCAL COM A ADMINISTRAÇÃO FAZENDÁRIA DO MUNICÍPIO, EM ESPECIAL, O IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU).</t>
   </si>
   <si>
     <t>13060</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13060/req_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13060/req_02.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE O MINISTRO DA EDUCAÇÃO, CAMILO SANTANA, ANUNCIOU NO DIA 16 DO CORRENTE MÊS, O REAJUSTE NO NOVO PISO NACIONAL DO MAGISTÉRIO, CONTEMPLANDO OS PROFESSORES DA EDUCAÇÃO BÁSICA, SERVIMO-NOS DO PRESENTE, PARA REQUERER A VOSSA EXCELÊNCIA, À FRENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE VIABILIZE JUNTO AO PODER EXECUTIVO O PAGAMENTO DO MESMO, QUE A PRINCÍPIO SERÁ NO VALOR DE R$ 4.420,55 (QUATRO MIL, QUATROCENTOS E VINTE REAIS E CINQUENTA E CINCO CENTAVOS), SENDO O REAJUSTE O EQUIVALENTE A 15% EM RELAÇÃO AOS ANOS ANTERIORES.</t>
   </si>
   <si>
     <t>13061</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13061/req_03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13061/req_03.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE O MINISTRO DA EDUCAÇÃO, CAMILO SANTANA, ANUNCIOU NO DIA 16 DO CORRENTE MÊS, O REAJUSTE NO NOVO PISO NACIONAL DO MAGISTÉRIO, CONTEMPLANDO OS PROFESSORES DA EDUCAÇÃO BÁSICA, SERVIMO-NOS DO PRESENTE, PARA REQUERER AO PODER EXECUTIVO O PAGAMENTO DO MESMO, QUE A PRINCÍPIO SERÁ NO VALOR DE R$ 4.420,55 (QUATRO MIL, QUATROCENTOS E VINTE REAIS E CINQUENTA E CINCO CENTAVOS), SENDO O REAJUSTE O EQUIVALENTE A 15% EM RELAÇÃO AOS ANOS ANTERIORES.</t>
   </si>
   <si>
     <t>13075</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13075/req_04.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13075/req_04.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, VIAILIZAR EM CARÁTER DE URGÊNCIA SERVIÇO DE ROÇAGEM NA ESTRADA DE RIO FUNDO, EM TODA A EXTENSÃO, ATÉ SANTO ANTÔNIO DE ARAGUAYA E VILA MIGUEL SOUZA, VISANDO MELHOR VISIBILIDADE E MAIOR SEGURANÇA DOS USUÁRIOS DA REFERIDA VIA, VISTO QUE, O MATO ESTA INVADINDO A MESMA E ATRAPALHANDO A VISIBILIDADE DOS MOTORISTAS, PODENDO OCASIONAR ACIDENTES.</t>
   </si>
   <si>
     <t>13076</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13076/req_05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13076/req_05.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA VIABILIZADA, EM CARÁTER DE URGÊNCIA, A CONSTRUÇÃO DE UM MURO DE ARRIMO ENTRE AS RUAS PUPPIN, PIMENTEL E ULIANA, LOCALIZADAS EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13077</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13077/req_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13077/req_06.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, Á MESA DIRETORA DESTA CASA DE LEIS , AUTORIZAÇÃO PARA REALIZAR UMA SESSÃO SOLENE A REALIZAR-SE NO DIA 20/03/2023, VISANDO HOMENAGEAR MEMBROS DAS IGREJAS EVANGÉLICAS DE MARECHAL FLORIANO, PELO BELÍSSIMO E REVELANTE TRABALHO SOCIAL APRESENTADO EM NOSSO MUNICÍPIO. POIS, SÃO INICIATIVAS DESSA NATUREZA QUE MERECEM APOIO, SOBRETUDO, RECONHECIMENTO.</t>
   </si>
   <si>
     <t>13078</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13078/req_07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13078/req_07.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, INFORMAÇÕES INERENTES AO ANDAMENTO DA PRAÇA DE ESPORTES, LOCALIZADA NA AV. ARTHUR HAESE, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13079</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13079/req_08.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13079/req_08.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXCELENTÍSSIMO SENHOR JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJA IMPLEMENTADA UMA CAMPANHA DE CASTRAÇÃO ANIMAL ANUAL,  ATÉ O FINAL DESSE MANDATO, BEM COMO, QUE SEJA CONSTRUÍDO UM CANIL.</t>
   </si>
   <si>
     <t>13080</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13080/req_009.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13080/req_009.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE PATROLAMENTO E CASCALHAMENTO DAS SEGUINTES ESTRADAS VICINAIS: QUE LIGA A ESCOLA VICTÓRIO BRAVIM AO RIO DAS PEDRAS, ESTRADA DO SAMUEL MODOLO, ESTRADA DA FAMÍLIA ZAMBON, ESTRADA DE RIO FUNDO ATÉ TAQUARAL, ESTRADA DE TAQUARAL ATÉ ALTO ARAGUAYA, ESTRADA DO VALE DA BENÇÃO ATÉ A FAMÍLIA ENDLICH, ESTRADA QUE LIGA RIO FUNDO AO ALTO RIO FUNDO, ESTRADA DA CACHOEIRA DO ZECA ATÉ A BR 262, E ESTRADA DO AURÉLIO PUPPIN, BEM COMO, NA ESTRADA QUE LIGA SANTA MARIA À ITACURUBY E A VICTOR HUGO (SAINDO NA FAMÍLIA COSMO).</t>
   </si>
   <si>
     <t>13081</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13081/req_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13081/req_010.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À EXMA. SRA. MARIA ARLETE NOVAES MORAES SILVA, À FRENTE DESTA TÃO RELE VANTE SECRETARIA MUNICIPAL, QUE SEJAM AUMENTADOS OS DIAS DE ATENDIMENTO DA MÉ DICA QUE ATENDE NA UNIDADE DE SAÚDE DE ARAGUAYA, TENDO EM VISTA QUE A DEMANDA POR ATENDIMENTO ESTÁ SENDO MAIOR QUE AS CONSULTAS OFERTADAS, E OS MUNÍCIPES QUE NÃO CONSEGUEM ATENDIMENTO PRECISAM DESLOCAR-SE ATÉ A SEDE, EM BUSCA DO MESMO, SENDO QUE, A DISTÂNCIA DA SEDE DO MUNICÍPIO É DE 24 KM, E NEM TODOS POSSUEM VEÍCULO E/OU CONDIÇÕES FINANCEIRAS, PARA ARCAR COM ESSE DESLOCAMENTO.</t>
   </si>
   <si>
     <t>13082</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13082/req_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13082/req_011.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTE EXECUTIVO MUNICIPAL, INFORMAÇÕES DE TODAS AS SECRETÁRIAS MUNICIPAIS, INERENTES A QUAIS PROGRAMAS ESTADUAIS E FEDERAIS ESTÃO SENDO EXECUTADOS NO MUNICÍPIO, SOBRETUDO, OS RESULTADOS OBTIDOS.</t>
   </si>
   <si>
     <t>13083</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13083/req_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13083/req_012.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, EMPENHO NO SENTIDO DE VIABILIZAR A DESAPROPRIAÇÃO, PARA INTERESSE PÚBLICO, DE ÁREA EM LOTE NA ESQUINA DAS RUAS CLARA ENDLICH COM EMÍLIO GUSTAVO HULLE, VISANDO VIABILIZAR A ABERTURA DA RUA PARA FACILITAR O TRÂNSITO DE CAMINHÕES NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>13084</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13084/req_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13084/req_014.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, EMPENHO NO SENTIDO DE VIABILIZAR A ELABORAÇÃO DE PROJETO DE LEI CONCEDENDO A ISENÇÃO DE IMPOSTO PREDIAL E TERRITORIAL URBANO (IPTU), PARA IMÓVEIS ATINGIDOS POR INUNDAÇÕES, ENQUANTO NÃO SURGIREM AÇÕES CONCRETAS PARA REVERTER ESSE PROBLEMA, QUE VEM SE REPETINDO ANO APÓS ANO.</t>
   </si>
   <si>
     <t>13086</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13086/req_015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13086/req_015.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, DE FORMA URGENTE, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, PATROLAMENTO E CASCALHAMENTO DA ANTIGA ESTRADA DE BOA ESPERANÇA, ENTRANDO PELA CABOCLA EM SOÍDO DE BAIXO E SAINDO PRÓXIMO A IGREJA DE BOA ESPERANÇA, DEPOIS DAS GRANJAS DO DORINHO.</t>
   </si>
   <si>
     <t>13123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13123/req_16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13123/req_16.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA VIABILIZADA A CONTRATAÇÃO PESSOAL, OU NA IMPOSSIBILIDADE, QUE SEJA DESIGNADA UMA EQUIPE PARA FISCALIZAR OS LOTEAMENTOS E CONSTRUÇÕES DE TODA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13124/req_17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13124/req_17.pdf</t>
   </si>
   <si>
     <t>SUGIRO, QUE O PODER EXECUTIVO ELABORE UM PROJETO DE LEI, OU NA INVIABILIDADE, LEGISLAÇÃO INTERNA E ESPECÍFICA PARA TODAS A SECRETARIAS, VISANDO PROCEDIMENTOS DE IDENTIFICAÇÃO DE TODOS OS MOTORISTAS, SOBRETUDO, AUTORIZAÇÃO DE UM SUPERIOR DA RESPECTIVA PASTA, PARA TER ACESSO A MOTOS, AMBULÂNCIAS, CAMINHÕES E DEMAIS VEÍCULOS DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13125/req_18.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13125/req_18.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO, QUE SEJA VIABILIZADO UMA POLÍTICA PÚBLICA COM FINALIDADE DE RETER OS PROFISSIONAIS QUE VÊM SE FORMANDO NO ENSINO SUPERIOR E DEMAIS FORMAS DE ATUALIZAÇÃO PROFISSIONAL , PARA QUE POSSAMOS OFERTAR MAIS EMPREGOS NO FUTURO E, CONSEQUENTEMENTE, DISTRIBUIR MAIS RENDA.</t>
   </si>
   <si>
     <t>13126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13126/req_19.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13126/req_19.pdf</t>
   </si>
   <si>
     <t>REQUEIRO ESCLARECIMENTOS DO MOTIVO PELO QUAL A _x000D_
 PREFEITURA MUNICIPAL DE MARECHAL FLORIANO NÃO RETOMOU A PARCERIA COM A PESTALOZZI, IMPOSSIBILITANDO O FUNCIONAMENTO DA MESMA.</t>
   </si>
   <si>
     <t>13127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13127/req_20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13127/req_20.pdf</t>
   </si>
   <si>
     <t>REQUEIRO INFORMAÇÕES SOBRE O MOTIVO PELO QUAL A PREFEITURA MUNICIPAL DE MARECHAL FLORIANO NÃO UTILIZAÇÃO DE REVSOL NA MANUTENÇÃO DAS ESTRADAS RURAIS DO MUNICÍPIO, HAJA VISTA QUE DIVERSOS MUNICÍPIOS VIZINHOS FAZEM USO DE REVSOL, PROPORCIONANDO MELHOR MOBILIDADE NO INTERIOR, CONTRIBUINDO MUITO PARA AS ATIVIDADES ECONÔMICAS DO PRODUTOR RURAL, SEM  CONTAR QUE O REVSOL VIÁVEL ECONOMICAMENTE, POIS REDUZ O USO DE NOVOS MATERIAIS.</t>
   </si>
   <si>
     <t>13161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13161/req_021-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13161/req_021-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A INSTALAÇÃO DE 02 (DUAS) CÂMERAS DE VIDEOMONITORAMENTO NA LOCALIDADE DO "TREVO DE VICTOR HUGO", NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13162</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13162/2_pdfsam_req_022-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13162/2_pdfsam_req_022-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA INSTALADO PONTO ELETRÔNICO EM TODAS AS SECRETÁRIAS MUNICIPAIS DO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>13172</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13172/req_023-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13172/req_023-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A SECRETARIA MUNICIPAL DE SAÚDE, QUE ENVIE A ESTA CASA DE LEIS, INFORMAÇÕES INERENTES AOS SEGUROS DE VEÍCULOS E MOTOS QUE ATENDEM A SECRETARIA MUNICIPAL DE SAÚDE, TAIS COMO VALORES E TEMPO DE CONTRATAÇÃO, SOBRETUDO, QUAL A SEGURADORA CONTRATADA PARA TAL FINALIDADE E TODO O PROCESSO LICITATÓRIO.</t>
   </si>
   <si>
     <t>13173</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13173/req_024-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13173/req_024-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE ESSE PODER EXECUTIVO MUNICIPAL, ENCAMINHE NA ÍNTEGRA À ESTA CASA DE LEIS, O PROJETO DE REVITALIZAÇÃO DA SINALIZAÇÃO HORIZONTAL DA SEDE DE MARECHAL FLORIANO, REFERENCIADO NA RESPOSTA ENVIADA PELO DETRAN/ES, EM 14/02/2023, CONFORME SEGUE CÓPIA XEROGRÁFICA.</t>
   </si>
   <si>
     <t>13174</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13174/req_025-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13174/req_025-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXECUTIVO MUNICIPAL, INFORMAÇÕES INERENTES AO CONTATO DO FISCAL DE POSTURAS DO MUNICÍPIO, CONTENDO E-MAIL E TELEFONE DO MESMO, PARA MUNÍCIPES BUSCAREM INFORMAÇÕES E ORIENTAÇÕES QUANTO À EXECUÇÃO DE OBRAS NESSA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13175</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13175/req_026-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13175/req_026-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO À ADMINISTRAÇÃO MUNICIPAL, QUE SEJA VIABILIZADA IDENTIFICAÇÃO NOS VEÍCULOS E MÁQUINAS DESTA MUNICIPALIDADE, DE ACORDO COM O DECRETO 10.299/2019 E RELAÇÃO DE TODOS OS VEÍCULOS E MÁQUINAS, POR SECRETARIA E QUAL A CONDIÇÃO QUE SE ENCONTRAM (E USO, QUEBRADO E/OU AGUARDANDO LEILÃO).</t>
   </si>
   <si>
     <t>13186</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13186/req_027.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13186/req_027.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, PAVIMENTAÇÃO DA LADEIRA DA ESTRADA QUE LIGA ARAGUAYA AO SÍTIO FERREIRA E SÍTIO ARMELONI, DESCENDO PARA RIO FUNDO, TAQUARAL, QUE DÁ ACESSO A 04 POUSADAS, SENDO UM TRECHO DE APROXIMADAMENTE 400M.</t>
   </si>
   <si>
     <t>13187</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13187/req_028.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13187/req_028.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA DIAPONIBILIZADO UM MÉDICO PATA ATENDER A COMUNIDADE DO TREVO DE PARAJÚ, PELO MENOS UMA VEZ POR SEMANA, NO SALÃO DA IGREJA DE SÃO CRISTÓVÃO.</t>
   </si>
   <si>
     <t>13188</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13188/req_029.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13188/req_029.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À GESTORA DESSA PASTA MUNICIPAL, QUE SEJAM INSTALADAS TVS NAS RECEPÇÕES DAS UNIDADES DE SAÚDE E QUE SEJAM UTILIZADAS PARA TRANSMITIR INFORMAÇÕES E CAMPANHAS EDUCATIVAS.</t>
   </si>
   <si>
     <t>13189</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13189/req_030.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13189/req_030.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSA RELEVANTE SECRETARIA MUNICIPAL, QUE SEJAM ENCAMINHADAS A ESTA CÂMARA MUNICIPAL, INFORMAÇÕES INERENTES AO ATENDIMENTO PSICOLÓGICO AOS ALUNOS E PROFESSORES NA REDE DE ENSINO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13190</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13190/req_031.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13190/req_031.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO ESTADUAL, QUE VIABILIZE UM ESTUDO VISANDO À IMPLANTAÇÃO DE FAIXAS ELEVADAS EM TODAS AS RUAS DA SEDE DESTE MUNICÍPIO, SOBRETUDO SINALIZAÇÃO ESPECÍFICA PARA AS RUAS, NAS PROXIMIDADES DE ESCOLAS.</t>
   </si>
   <si>
     <t>13191</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13191/req_032.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13191/req_032.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA VIABILIAZADA A CONTRATAÇÃO DE UM TÉCNICO EM INFORMÁTICA EM CARÁTER DE URGÊNCIA, BEM COMO, AQUISIÇÃO DE UM COMPUTADOR PARA A UTILIZAÇÃO COMO SERVIDOR DE TI, PARA O CENTRO DE SAÚDE ARY RIBEIRO DA SILVA (POLICLÍNICA), VISANDO À REALIZAÇÃO DE REGULAÇÃO DE PACIENTES NA GRANDE VITÓRIA.</t>
   </si>
   <si>
     <t>13192</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13192/req_033.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13192/req_033.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, O PAGAMENTO DO 14º SALÁRIO PARA OS PROFISSIONAIS QUE ATUAM NESTA MUNICIPALIDADE, COMO AGENTE COMUNITÁRIO DE SAÚDE (ACS) E AGENTE DE ENDEMIAS (ACE), VISANDO GARANTIR DEFINITIVAMENTE O EFETIVO REPASSE DO INCENTIVO FEDERAL AOS MESMOS.</t>
   </si>
   <si>
     <t>13311</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13311/req_034.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13311/req_034.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE ORGÃO ESTADUAL, QUE SE DIGNE A ANALISAR A POSSIBILIDADE DE PROVIDENCIAR DETECTOR DE METAL, GUARDAS E TREINAMENTO PARA PROFESSORES E DEMAIS FUNCIONÁRIOS , NAS ESCOLAS "VICTÓRIO BRAVIM'', LOCALIZADA  EM ARAGUAYA E ''EMILIO OSCAR HULLE'' LOCALIZADA NA SEDE DO MUNICÍPIO, VISANDO SITUAÇÕES DE RISCOS, HAJA VISTA OS LAMENTÁVEIS ATENTADOS VIOLENTOS OCORRIDOS EM ESCOLAS , TODOS COM VÍTIMAS.</t>
   </si>
   <si>
     <t>13206</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13206/req_036.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13206/req_036.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, QUE ENVIE A ESTA CASA DE LEIS, INFORMAÇÕES INERENTES AO GASTO MENSAL COM EXAMES REALIZADOS FORA DO MUNICÍPIO, SOBRETUDO, OS LABORATÓRIOS CONTRATADOS POR MEIO DE PROCESSO LICITATÓRIO , PARA TAL FINALIDADE.</t>
   </si>
   <si>
     <t>13207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13207/req_037.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13207/req_037.pdf</t>
   </si>
   <si>
     <t>VENHO, Á PRESENÇA DE V. EX. Sª. À FRENTE DA GESTÃO DO EXECUTIVO E SECRETARIA MUNICIPAL DE EDUCAÇÃO, REQUERER PROVIDÊNCIAS NO SENTIDO DE IMPLEMENTAR MECANISMOS DE SEGURANÇA EM TODAS AS ESCOLAS MUNICIPAIS, NO PERÍODO DE AULAS.</t>
   </si>
   <si>
     <t>13208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13208/req_38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13208/req_38.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO, QUE SEJA REALIZADO OPERAÇÃO TAPA-BURACOS NA RODOVIA FRANCISCO STOCKL, COMPREENDENDO O TRECHO COM INÍCIO DO POSTO DO CAFÉ ATÉ ARAGUAYA, NO MUNICÍPIO D MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13209/req_39.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13209/req_39.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO GESTOR MUNICIPAL, EXMO. SR. JOÃO CARLOS LORENZONI, QUE ENCAMINHE A ESTA CASA DE LEIS, UM PROJETO DE LEI INSTITUIDO O ''CONSELHO MUNICIPAL DE PROTEÇÃO MUNICIPAL'', COM REPRESENTANTES DA SOCIEDADECIVIL E DO GOVERNO, PARA DISCUTIR E MAPEAR MEDIDAS DE PROTEÇÃO ANIMAL, BEM COMO FISCALIZAR E MONITORAR A EXECUÇÃO DESSAS MEDIDAS.</t>
   </si>
   <si>
     <t>13210</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13210/req_040.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13210/req_040.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA REALIZADO PROCESSO LICITATÓRIO, VISANDO A CONTRATAÇÃO DE EMPRESA PARA PODA E CORTES DE ÁRVORES, DE LOCAIS COM RISCO DE QUEDAS, DE ACORDO ACORDO COM AS INFORMAÇÕES, SOBRETUDO, AUTORIZAÇÃO DE DEFESA CIVIL, TENDO EM VISTA QUE, ATUALMENTE O MUNICÍPIO NÃO DISPÕE DE CONTRATAÇÃO PARA A REALIZAÇÃO DE TAIS SERVIÇOS.</t>
   </si>
   <si>
     <t>13211</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13211/req_041.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13211/req_041.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE SE DIGNE A ANALISAR A POSSIBILIDADE DE VIABILIZAR, EM CARÁTER DE URGÊNCIA, TREINAMENTO E PALESTRAS SOBRE MEDIDAS DE SEGURANÇA EM ESCOLAS, ENVOLVENDO OS ÓRGÃOS COMPETENTES QUE SE FAZEM NECESSÁRIOS, BEM COMO ESTEJAM APTOS A MINISTRA-LOS.</t>
   </si>
   <si>
     <t>13212</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13212/req_042.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13212/req_042.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, POR PARTE DE V. EX.ªS, Á FRENTE DA GESTÃO MUNICIPAL  E SECRETARIA MUNICIPAL DE SAÚDE, MAIOR COBRANÇA E RIGOR COM FUNCIONÁRIOS DO SETOR DE REGULAÇÃO DE VAGAS, OBJETIVANDO TER MAIS RESPONSABILIDADE COM OS ENCAMINHAMENTOS E DOCUMENTOS DOS PACIENTES, TENDO EM VISTA QUE FUI PROCURADO POR MUNÍCIPES RELATANDO PROBLEMAS INERENTES À PERNA DOS MESMOS NO REFERIDO SETOR E, CONSEQUENTEMENTE, INFLUENCIANDO NEGATIVAMENTE NA ACESSIBILIDADE AO PROFISSINAL DE SAÚDE NA RESPECTIVA ESPECIALIDADE, CONFORME RECOMENDADA NO ENCAMINHAMENTO EMITIDO PELO CLÍNICO GERAL.</t>
   </si>
   <si>
     <t>13213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13213/req_043.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13213/req_043.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, DE FORMA URGENTE, AO SR. GIVALDO VIEIRA, QUE PROVIDENCIE A INSTALAÇÃO DE PLACAS INDICATIVAS DE SINALIZAÇÃO DE TRÂNSITO E SINALIZAÇÃO HORIZONTAL, COM VELOCIDADE MÁXIMA DE 20 KM/H, NAS PROXIMIDADES DE TODAS AS ESCOLAS DO MUNICÍPIO DE MARECHAL FLORIANO._x000D_
 _x000D_
 REQUEIRO, AINDA, AO SR. GIVALDO VIEIRA, QUE PROVIDENCIE A INSTALAÇÃO DE UMA FAIXA ELEVADA PARA TRAVESSIA DE PEDESTRES EM FRENTE A ESCOLA INTEGRAÇÃO, LOCALIZADA NA RUA GUSTAVO HERTEL, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13224/req_044.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13224/req_044.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, EMPENHO NO SENTIDO DE VIABILIZAR A DESAPROPRIAÇÃO, PARA INTERESSE PÚBLICO, DE UMA ÁREA LOCALIZADA EM FRENTE À UNIDADE DE SAÚDE E CRECHE DE ARAGUAYA, VISANDO A ABERTURA DE UMA RUA, PARA QUE HAJA UMA ALTERNATIVA PARA O SOCORRO DO TRÂNSITO, CASO OCORRA QUAISQUER INTERCORRÊNCIAS NA PRINCIPAL RUA DE ARAGUAYA, BEM COMO, FACILITE O FECHAMENTO DO TRÂNSITO, NAS FESTAS DA COMUNIDADE, ORGANIZADAS NA REFERIDA VIA DE ACESSO, PROPORCIONANDO MAIOR SEGURANÇA PARA TODOS.</t>
   </si>
   <si>
     <t>13225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13225/req_045.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13225/req_045.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A SECRETARIA MUNICIPAL DE CULTURA E TURISMO, O RETORNO DAS AULAS DA ESCOLA MUSICAL, BEM COMO, QUE SEJA CONTRATADO UM MAESTRO /REGENTE PARA REALIZAR ESSE TRABALHO.</t>
   </si>
   <si>
     <t>13226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13226/req_046.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13226/req_046.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ANALISADA A POSSIBILIDADE DE CONCEDER AUMENTO DO TICKET ALIMENTAÇÃO DOS FUNCIONÁRIOS DO PODER EXECUTIVO, VISTO QUE, O VALOR CONCEDIDO ATUALMENTE ESTÁ MUITO DEFASADO, SOBRETUDO, QUE SEJA REALIZADO UM ESTUDO VISANDO AUMENTO ESCALONADO, OBJETIVANDO CHEGAR AO VALOR ADEQUADO.</t>
   </si>
   <si>
     <t>13227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13227/req_047.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13227/req_047.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, QUE ENVIE A ESTA CASA DE LEIS, INFORMAÇÕES INERENTES ÀS AÇÕES EXECUTADAS POR ESSA RELEVANTE PASTA MUNICIPAL, PARA COM OS ANDARILHOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>13228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13228/req_048.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13228/req_048.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE NO ÂMBITO DA ADMINISTRAÇÃO DIRETA DO MUNICÍPIO DE MARECHAL FLORIANO, SEJAM OBRIGATORIAMENTE INCLUÍDAS REGRAS DE GARANTIAS A SEREM OBSERVADAS NOS EDITAIS DE LICITAÇÃO, CONTRATOS E A APROVAÇÃO DE PROJETOS BÁSICOS DE OBRAS E SERVIÇOS DE ENGENHARIA E PAVIMENTAÇÃO DE RUAS E ESTRADAS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO</t>
   </si>
   <si>
     <t>13254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13254/requerimento_049.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13254/requerimento_049.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE SEJA VIABILIZADA UMA SAÍDA DE EMERGÊNCIA NA ESCOLA JÁCOME BORGO, LOCALIZADA EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13255</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13255/requerimento_050.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13255/requerimento_050.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJAM VIABILIZADAS AS SEGUINTES MELHORIAS NA ´´FEIRA DA ROÇA``, REALIZADA AOS SÁBADOS, NA RUA DAVID CANAL, SEDE DO MUNICÍPIO._x000D_
 - ENERGIA 110 E 220 VOLTS PARA LIGAR ESTUFAS, MICRO-ONDAS E OUTROS QUE SE FIZEREM NECESSÁRIOS, VISANDO GARANTIR O BOM ATENDIMENTO;_x000D_
 - UM PONTO COM ÁGUA;_x000D_
 - TROCA DAS LONAS;_x000D_
 - PADRONIZAÇÃO DAS BARRACAS;_x000D_
 - DISPONIBILIZAÇÃO DE MAIS LIXEIRAS;_x000D_
 - AUMENTO DA ÁREA DA FEIRA, VISANDO A AMPLIAÇÃO DA MESMA PARA A ENTRADA DE MAIS ASSOCIADOS, OFERTANDO ASSIM NOVOS PRODUTOS;_x000D_
 - ATRAÇÃO CULTURAL, VISANDO ATRAIR UM PÚBLICO MAIOR;_x000D_
 - INSTITUIR O VALE FEIRA NO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>13257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13257/requerimento_051.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13257/requerimento_051.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO EM TODO O PERCURSO DA ´´ ESTRADA SÃO JOSÉ``, COM INÍCIO NA ENTRADA DO TRVEO DA IGREJA SÃO JOSÉ, NO DISTRITO DE SANTA MARIA, PASSANDO PELO SANTA RITA E T[ÉRMINO NA BR-262, NA ALTURA DO RADAR , PRÓXIMO Á RESIDÊNCIA DO SR. JOSÉ MIGUEL E DA FAMILIA HOFFMAN, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13258/requerimento_052.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13258/requerimento_052.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO GESTOR MUNICIPAL, EXMO. SR. JOÃO CARLOS LORENZONI, A REDUÇÃO DA TAXA DE ILUMINAÇÃO PÚBLICA , TENDO EM VISTA QUE ESTOU SENDO PROCURADO POR INÚMEROS MUNÍCIPES, REIVINDICANDO A REVISÃO DESSA TAXA, JÁ QUE O VALOR COBRADO TEM ONERADO BASTANTE A CONTA DE ENERGIA ELÉTRICA, PROPORCIONANDO TRANSTORNOS E DIFICULDADES, PRINCIPALMENTE ÀS PESSOAS ASSALARIADAS, QUE ACABAM SE TORNANDO INADIMPLENTES COM A EDP, EM VIRTUDE DA ALTA TAXA DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>13259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13259/requerimento_053.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13259/requerimento_053.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª, QUE PROCEDA COM A REVISÃO DA TAXA DE LIXO COBRADA NESTA MUNICIPALIDADE, TENDO EM VISTA AS DIVERSAS RECLAMAÇÕES RECEBIDAS DE MUNÍCIPES, QUANTO AOS VALORES COBRADOS. OS QUAIS, NA MAIORIA DOS CASOS, TEM SIDO MAIORES QUE OS VALORES DO IPTU.</t>
   </si>
   <si>
     <t>13260</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13260/requerimento_054.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13260/requerimento_054.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA CONCEDIDO O PISO SALARIAL AOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) E AGENTES DE COMBATE ÀS ENDEMIAS (ACE), VISANDO CUMPRIR COM O EFETIVO REPASSE DO INCENTIVO FEDERAL AOS MESMOS</t>
   </si>
   <si>
     <t>13261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13261/requerimento_055.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13261/requerimento_055.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À MESA DIRETORA DESTA CASA DE LEIS, AUTORIZAÇÃO PARA REALIZAR UMA SESSÃO SOLENE A REALIZAR-SE NO DIA 25/07/2023, ÀS 19H00, HOMENAGEANDO OS ESCRITORES FLORIANENSES, EM VIRTUDE AO “DIA DO ESCRITOR”, PELOS RELEVANTES TRABALHOS APRESENTADOS EM NOSSO MUNICÍPIO. POIS, SÃO INICIATIVAS DESSA NATUREZA QUE MERECEM APOIO, SOBRETUDO, RECONHECIMENTO.</t>
   </si>
   <si>
     <t>13262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13262/requerimento_056.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13262/requerimento_056.pdf</t>
   </si>
   <si>
     <t>CONFORME O PROJETO DE SINALIZAÇÃO HORIZONTAL E VERTICAL DESENVOLVIDO PARA O TRÂNSITO DO MUNICÍPIO DE MARECHAL FLORIANO, NO QUE SE REFERE À PRANCHA 10/23, DENOTA-SE QUE SERÃO PINTADOS “15 TACHÕES NA PARTE INTERNA E EXTERNA DO ZEBRADO”, NO CRUZAMENTO DA RUA CLARA ENDLICH COM A RUA EMÍLIO GUSTAVO HULLE, CONFORME SEGUEM A FOTO E PRANCHA 10/23.</t>
   </si>
   <si>
     <t>13263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13263/requerimento_057.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13263/requerimento_057.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, A IMPLEMENTAÇÃO DO GABINETE DE GESTÃO INTEGRADA MUNICIPAL- GGIM, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13264/requerimento_058.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13264/requerimento_058.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À GESTORA DESTA PASTA MUNICIPAL, QUE SEJA REVISTO JUNTAMENTE AOS ORGÃOS COMPETENTES, O HORÁRIO DE TÉRMINO DA ''FEIRA DO EMPREENDEDOR'', TENDO EM VISTA QUE TENHO RECEBIDO INÚMERAS SOLICITAÇÕES DE ADEPTOS DO MENCIONADO ESPAÇO, PARA QUE O SEU HORÁRIO DE ATENDIMENTO, QUE ATUALMENTE É 22H00 SEJA ASTENDIDO.</t>
   </si>
   <si>
     <t>13265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13265/requerimento_059.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13265/requerimento_059.pdf</t>
   </si>
   <si>
     <t>REVER CÁLCULO DE TAXA DE LIXO ISENTANDO IMÓVEIS QUE NÃO GERAM LIXO, COMO GARAGENS, LOTES VAZIOS, TERRAÇOS, ETC, TORNANDO MAIS JUSTO O VALOR COBRADO.</t>
   </si>
   <si>
     <t>13266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13266/requerimento_060.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13266/requerimento_060.pdf</t>
   </si>
   <si>
     <t>CRIAR PROGRAMA DE INCENTIVO A COOPERATIVA DE RECICLAGEM DE MATERIAIS RECICLÁVEIS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13267/requerimento_061.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13267/requerimento_061.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA COLOCADO EM PRÁTICA A LEI MUNICIPAL Nº 743 DE 14 DE NOVEMBRO DE 2007 QUEE ''INSTITUI O PROGRAMA DE INCENTIVO A COLETA SELETIVA DE LIXO RECICLÁVEL''.</t>
   </si>
   <si>
     <t>13325</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13325/req_062.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13325/req_062.pdf</t>
   </si>
   <si>
     <t>REQUER QUE ENCAMINHE A ESTA CASA DE LEIS, RELAÇÃO DE TODOS OS IMÓVEIS ALUGADOS PELA PREFEITURA DESDE O INÍCIO DA ATUAL GESTÃO ATÉ A PRESENTE DATA, BEM COMO ENDEREÇO, CÓPIA DO CONTRATO DE ALUGUEL E QUAL SECRETARIA OU SETOR FUNCIONA O IMÓVEL.</t>
   </si>
   <si>
     <t>13326</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13326/req_063.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13326/req_063.pdf</t>
   </si>
   <si>
     <t>REQUER QUE ENCAMINHE A ESTA CASA DE LEIS, RELAÇÃO DE TODOS OS CONVÊNIOS FEDERAIS E ESTADUAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13328</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13328/req_064.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13328/req_064.pdf</t>
   </si>
   <si>
     <t>REQUER PROVIDÊNCIAS NO QUE SE REFERE AO BURACO LOCALIZADO NA PONTE PRÓXIMO À CAFEEIRA STOCKL, SITUADA NA RODOVIA FRANCISCO STOCKL, VISANDO RESOLVER O PROBLEMA DA PONTE.</t>
   </si>
   <si>
     <t>13320</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13320/req_065-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13320/req_065-23.pdf</t>
   </si>
   <si>
     <t>REQUER À EMPRESA SUZANO QUE VIABILIZE A LIMPEZA DA PISTA EM FRENTE A MESMA, TENDO EM VISTA QUE QUANDO CHOVE, DENTRO DOS DEPÓSITOS DE EUCALIPTOS ACUMULA MUITA LAMA, E OS CAMINHÕES AO SAÍREM DOS MESMOS. A CARREGAM E ESPALHAM NO ASFALTO, FAZENDO MUITA SUJEIRA.</t>
   </si>
   <si>
     <t>13332</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13332/req_066-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13332/req_066-23.pdf</t>
   </si>
   <si>
     <t>REQUER À MESA DIRETORA DESTA CASA DE LEIS, AUTORIZAÇÃO PARA A REALIZAÇÃO DE DUAS SESSÕES SOLENES NOS DIAS 20/08/2023, ÀS 19h30min, EM VIRTUDE AO "DIA DO MARÇOM", E NO DIA 05/10/2023, ÀS 19h30min, EM VIRTUDE AO "DIA DO EMPREENDEDOR".</t>
   </si>
   <si>
     <t>13321</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13321/req_067-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13321/req_067-23.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ELABORADO E POSTERIORMENTE ENCAMINHADO A ESTA CÂMARA MUNICIPA, UM PROJETO DE LEI  A TELEMEDICINA NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13322</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13322/req_068-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13322/req_068-23.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJA ANALISADA A POSSIBILIDADE DE CONCEDER EMPRÉSTIMO CONSIGNADO AOS SERVIDORES DESSE PODER EXECUTIVO, CONTRATADOS POR MEIO DE PROCESSO SELETIVO.</t>
   </si>
   <si>
     <t>13323</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13323/req_069-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13323/req_069-23.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES INERENTES À PREVISÃO DE IMPLANTAÇÃO DA REDE DE ESGOTO DO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>13324</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13324/req_070-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13324/req_070-23.pdf</t>
   </si>
   <si>
     <t>REQUER QUE SEJAM VIABILIZADAS LINHAS DE ÔNIBUS QUE FAÇAM OS ITINERÁRIOS DAS ESTRADAS DE RIO FUNDO E ALTO NOVA ALMEIDA, PARA ATENDER PS MUNICÍPES RESIDENTES NESSAS LOCALIDADES.</t>
   </si>
   <si>
     <t>13331</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13331/req_71-23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13331/req_71-23.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À DIRETORIA DO CONSÓRCIO PÚBLICO DA REGIÃO SUDOESTE SERRANA, O ENCAMINHAMENTO A ESTA CÂMARA MUNICIPAL, DE INFORMAÇÕES INERENTES À PRESTAÇÃO DE CONTAS DESTINADA À SAÚDE DO MUNICÍPIO DE MARECHAL FLORIANO, INFORMANDO QUAIS ESPECIALIDADES QUE SÃO DISPONIBILIZADAS NO MUNICÍPIO, SOBRETUDO, QUE SEJA ENCAMINHADA A PRESTAÇÃO DE CONTAS REFERENTE AOS ÚLTIMOS SEIS MESES DE 2023, DE RECURSOS APLICADOS NA MUNICIPALIDADE, ALÉM DO ENCAMINHAMENTO DA RELAÇÃO COMPLETA DE TODOS OS PACIENTES, BEM COMO, COM AS SUAS RESPECTIVAS NUMERAÇÕES DOS CARTÕES DO SUS.</t>
   </si>
   <si>
     <t>13357</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13357/req_072.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13357/req_072.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTA SECRETARIA DE ESTADO DA EDUCAÇÃO – SEDU, QUE SEJA MELHOR ANALISADA, SOBRETUDO, AVALIADA A POSSIBILIDADE DE OFERTAR TRANSPORTE ESCOLAR À ESTUDANTE LAINY DE FREITAS EQUER, DE 12 ANOS, ATUALMENTE ESTUDANDO EM ENSINO REGULAR NO 6º ANO DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL E MÉDIO EMÍLIO OSCAR HULLE, LOCALIZADA NESTA MUNICIPALIDADE, EM FACE ÀS REITERADAS NEGATIVAS DO ESTADO DO ESPÍRITO SANTO, POR MEIO DA SECRETARIA DE EDUCAÇÃO, NO QUE SE REFERE A FORMULAÇÕES DE PEDIDOS DE TRANSPORTE ESCOLAR, PROTOCOLADOS POR INTERMÉDIO DA REFERIDA ESCOLA</t>
   </si>
   <si>
     <t>13358</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13358/req_073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13358/req_073.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA CONCEDIDO O PISO NACIONAL SALARIAL AOS PROFISSIONAIS DA ENFERMAGEM, QUE ATUAM NO MUNICÍPIO DE MARECHAL FLORIANO, VISANDO CUMPRIR A LEI FEDERAL Nº. 14.434/2023, DE 04 DE AGOSTO DE 2022, CONFORME SEGUE CÓPIA EM ANEXO, QUE “ALTERA A LEI Nº. 7.498, DE 25 DE JUNHO DE 1986, PARA INSTITUIR O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA”.</t>
   </si>
   <si>
     <t>13359</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13359/req_74.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13359/req_74.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJAM REALIZADAS MAIS FESTIVIDADES NESTE MUNICÍPIO, VISANDO MOVIMENTAR A CIDADE, SOBRETUDO, FOMENTAR O SETOR SOCIOECONÔMICO, TENDO EM VISTA QUE, A REALIZAÇÃO DE EVENTOS FOMENTAM A ATIVIDADE TURÍSTICA E CONTRIBUIRÁ SIGNIFICATIVAMENTE PARA O AUMENTO DO FLUXO POPULACIONAL NA REGIÃO, FAVORECENDO ASSIM, O AUMENTO DA RECEITA MUNICIPAL.</t>
   </si>
   <si>
     <t>13881</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13881/req_075-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13881/req_075-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO O AUMENTO DA CAPACIDADE DE ÁGUA TRATADA, NA LOCALIDADE DE BOM JESUS, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13377</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13377/req_076-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13377/req_076-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, QUE O EXECUTIVO MUNICIPAL OFEREÇA CURSO DE “CUIDADOR DE IDOSOS” AOS INTERESSADOS, HAJA VISTA À GRANDE DEMANDA PELO MESMO.</t>
   </si>
   <si>
     <t>13378</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13378/req_077-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13378/req_077-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, INFORMAÇÕES SOBRE QUAIS SÃO AS 10 (DEZ) EMPRESAS ATIVAS MAIS ANTIGAS DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13380</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13380/req_078-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13380/req_078-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, POR MEIO DA EQUIPE DE FISCALIZAÇÃO, EMPENHO, SOBRETUDO, PROVIDÊNCIAS NO SENTIDO DE COIBIR AS PESSOAS QUE ESTÃO DEIXANDO OS CARROS DESTINADOS À VENDA, OCUPANDO VAGAS DE ESTACIONAMENTO QUE PODERIAM SER UTILIZADAS, POR VEÍCULOS DE PESSOAS COM COMPROMISSOS PARA SEREM RESOLVIDOS NA SEDE, ENQUANTO TAIS VEÍCULOS À VENDA OCUPAM AS VAGAS, EM ESPECIAL NA PRAÇA JOSÉ HENRIQUE PEREIRA E SUAS IMEDIAÇÕES.</t>
   </si>
   <si>
     <t>13381</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13381/req_079-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13381/req_079-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PREFEITO MUNICIPAL, EXMO. SR. JOÃO CARLOS LORENZONI, JUNTAMENTE AO SETOR QUE COMPETE, QUE SEJA ELABORADO E POSTERIORMENTE ENCAMINHADO A ESTA CÂMARA MUNICIPAL, UM PROJETO DE LEI INSTITUINDO PERÍMETRO URBANO NA LOCALIDADE DE VICTOR HUGO, ONDE ENCONTRA-SE SITUADA A “CASA DA BICA”, ÀS MARGENS DA BR 262, NO KM 69,5, ONDE HÁ UM BELÍSSIMO LOCAL, COM CACHOEIRA E EMPREENDIMENTO CONTENDO RESTAURANTE, CAFÉ COLONIAL, PASTELARIA E CALDO DE CANA, LANCHONETE, PRODUTOS CASEIROS, PARQUE INFANTIL E MOINHO, EM QUE AS PESSOAS PARAM PARA REGISTRAR A PASSAGEM PELO LOCAL, TIRANDO FOTOS E FAZENDO VÍDEOS, DIVULGANDO CADA VEZ MAIS AS POTENCIALIDADES DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13382</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13382/req_080-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13382/req_080-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À SECRETARIA MUNICIPAL DE SAÚDE, QUE ENVIE A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES, INERENTES À SRA. KENIA RIT, COMPREENDO O PERÍODO DOS _x000D_
 ÚLTIMOS 06 (SEIS) MESES:_x000D_
 - QUAL O VÍNCULO DE NATUREZA LABORAL ESTABELECIDA ENTRE A MESMA E ESTA MUNICIPALIDADE;_x000D_
 - SUA MATRÍCULA, CARGO, FUNÇÃO, ATRIBUIÇÕES E VALORES;_x000D_
 - SE A MESMA ATUA NA SECRETARIA MUNICIPAL DE SAÚDE;_x000D_
 - SE SIM, QUAL A FUNÇÃO DESEMPENHADA;_x000D_
 - QUEM ATESTA OS SEUS SERVIÇOS;_x000D_
 - QUAIS OS SEUS VENCIMENTOS MENSAIS;_x000D_
 - RECEBIMENTO DE HORAS EXTRAS, SE FOR O CASO; E_x000D_
 - QUAL A FONTE DE RECURSOS PARA PAGAMENTO DOS SERVIÇOS PRESTADOS PELA MESMA.</t>
   </si>
   <si>
     <t>13383</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13383/req_081-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13383/req_081-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro, que seja interligada a rede de esgoto do Morro da Macefel na rede de captação da Cesan, existente na Rua João Nalesso, tendo em vista que a mesma passa por ali e vai para o rio.</t>
   </si>
   <si>
     <t>13434</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13434/req_082.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13434/req_082.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXMO. SR. PREFEITO, PARA ENVIAR A ESTA CÂMARA MUNICIPAL, PROJETO DE LEI ESPECÍFICO QUE ASSEGURE A REVISÃO GERAL ANUAL DOS SERVIDORES PÚBLICOS DO MUNICIPAIS PARA O EXERCÍCIO DE 2023, EM CUMPRIMENTO AO QUE DETERMINAM EXPRESSAMENTE A CONSTITUIÇÃO FEDERAL EM SEU ARTIGO 37, INCISO X E A LEI COMPLEMENTAR MUNICIPAL Nº 001/2017, EM ESPECIAL NOS SEUS ARTIGO 111.</t>
   </si>
   <si>
     <t>13435</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13435/req_083.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13435/req_083.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECURSOS _x000D_
 HÍDRICOS, QUE SEJA VIABILIZADA A ADESÃO AO PROGRAMA “PET VIDA”, DO GOVERNO DO ESTADO DO ESPÍRITO SANTO, QUE CONSISTE EM UM PROGRAMA ESTADUAL DE BEM-ESTAR ANIMAL.</t>
   </si>
   <si>
     <t>13436</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13436/req_084.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13436/req_084.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE MEIO AMBIENTE E RECURSOS _x000D_
 HÍDRICOS, QUE SEJA VIABILIZADA NO MUNICÍPIO, A EFETIVAÇÃO DE UM PROGRAMA DE INCENTIVO À COMPOSTAGEM, CONFORME SEGUE O ABAIXO_x0002_ASSINADO ORGANIZADO PELOS ALUNOS DO 4º ANO B, DA ESCOLA ELISIÁRIO FERREIRA FILHO, ONDE OS QUAIS, JUNTAMENTE À COMUNIDADE FLORIANENSE, SOLICITA QUE SEJA ANALISADA A VIABILIDADE, SOBRETUDO, POSSIBILIDADE DE IMPLANTAR NO MUNICÍPIO DE MARECHAL FLORIANO-ES, UM SISTEMA DE COMPOSTAGEM COMO AS “LEIRAS”, PARA O DESCARTE DE LIXO ORGÂNICO DOMÉSTICO, BEM COMO PRODUZIDOS NA FEIRA, CONTRIBUINDO PARA A REDUÇÃO DO LIXO DA NOSSA CIDADE, GERANDO ADUBO ORGÂNICO, PRESERVANDO O MEIO AMBIENTE E, CRIANDO FONTES DE RENDA.</t>
   </si>
   <si>
     <t>13437</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13437/req_085.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13437/req_085.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A PINTURA E REVITALIZAÇÃO DA SINALIZAÇÃO HORIZONTAL NAS RUAS, PRINCIPALMENTE FAIXAS DE PEDESTRE.</t>
   </si>
   <si>
     <t>13438</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13438/req_086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13438/req_086.pdf</t>
   </si>
   <si>
     <t>REQUEIRO INFORMAÇÕES SOBRE O CAMINHÃO MELOSA, QUE FOI TROCADO COM A PREFEITURA DE ALFREDO CHAVES POR UMA PATROL, SENDO QUE A MESMA JÁ FOI DEVOLVIDA E O CAMINHÃO AINDA NÃO RETORNOU.</t>
   </si>
   <si>
     <t>13439</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13439/req_087.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13439/req_087.pdf</t>
   </si>
   <si>
     <t>LEVANDO EM CONSIDERAÇÃO A CHEGADA DE NOVAS MÁQUINAS AO MUNICÍPIO, SOLICITO QUE SE CRIE UMA EQUIPE PARA FAZER SERVIÇO DE _x000D_
 ABERTURA DE ESTRADAS RURAIS, VISTO QUE, ESTAS ESTRADAS ESTÃO MUITO ESTREITAS PARA ATENDER A ATUAL DEMANDA.</t>
   </si>
   <si>
     <t>13479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13479/req882023_dorio.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13479/req882023_dorio.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, O RECAPEAMENTO DA ESTRADA DE RIO FUNDO, COMPREENDENDO O TRECHO COM INÍCIO NAS PROXIMIDADES DA RESIDÊNCIA DA FAMÍLIA TESCH, PROSSEGUINDO ATÉ O CAMPO D FUTEBOL DA REFERIDA LOCALIDADE, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13480</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13480/req892023_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13480/req892023_navar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª, QUE DENTRO DAS POSSIBILIDADES E O MAIS BREVE POSSÍVEL, SEJA ELABORADO POR ESSE EXECUTIVO MUNICIPAL, UMA SOLICITAÇÃO À ALFÂNDEGA DE VITÓRIA, VISANDO ADERIR À “CAMPANHA” QUE ESTÁ SENDO REALIZADA PELA MESMA, A QUAL CONSISTE NA DOAÇÃO DE COMPUTADORES PARA AS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>13481</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13481/2_pdfsam_req902023_maylso.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13481/2_pdfsam_req902023_maylso.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA REALIZADA EM CARATER DE URGÊNCA , O REPARO E A TROCA DAS PLACAS INDICATIVAS, CONTENDO OS NOMES DAS RUAS ''ANTONIO LEMOS'' E ''EDSON RICARDO STRELA'', AMBAS LOCALIZADAS NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>13482</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13482/req912023_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13482/req912023_renato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADO UM ESTUDO O INERENTE AO TRÂNSITO DE MARECHAL FLORIANO, VISANDO MAIOR UTILIZAÇÃO E MELHOR APROVEITAMENTO DA PONTE JOÃO DOMINGOS LORENZONI, LOCALIZADA NA SEDE DO MUNICÍPIO, NAS PROXIMIDADES DO GINÁSIO DE ESPORTES PAULO ANTÔNIO LORENZONI, PASSANDO PELO INÍCIO DA RUA DELIMAR SCHUNK, TENDO, RESPECTIVAMENTE, ACESSO À RUA DANIEL KROHLING E, POSTERIORMENTE, AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>13508</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13508/req_093.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13508/req_093.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, EMPENHO NO SENTIDO DE VIABILIZAR O MAIS BREVE POSSÍVEL, A AQUISIÇÃO DE EQUIPAMENTO DE RAIO-X ODONTOLÓGICO, VISANDO AMPLIAR O ATENDIMENTO À POPULAÇÃO FLORIANENSE, TENDO EM VISTA A CRESCENTE DEMANDA NO QUE SE REFERE AO MUNICÍPIO, NUM TODO.</t>
   </si>
   <si>
     <t>13509</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13509/req_094.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13509/req_094.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSA RELEVANTE PASTA MUNICIPAL, EMPENHO NO SENTIDO DE NÃO MEDIR ESFORÇOS, OBJETIVANDO À REALIZAÇÃO DA MESMA NA SEDE DO MUNICÍPIO, BEM COMO DEMAIS COMUNIDADES.</t>
   </si>
   <si>
     <t>13887</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13887/camscanner_01-03-2024_09.541.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13887/camscanner_01-03-2024_09.541.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A V. EX.ª, QUE PROCEDA COM A CORREÇÃO DA TAXA DE MANEJO DE RESÍDUOS SÓLIDOS, COBRADA NESTA MUNICIPALIDADE, TENDO EM VISTA QUE INÚMEROS MUNÍCIPES TÊM ME PROCURADO, COBRANDO INTERVENÇÃO JUNTO  ESSE EXECUTIVO MUNICIPAL, NO SENTIDO DA POPULAÇÃO FLORIANENSE SER COMTEMPLADA COM NOVO CÁLCULO E , CONSEQUENTIMENTE, A CORREÇÃO DA REFERIDA TAXA, SENDO O SEU VALOR JUSTO E SEM DISCREPÂNCIA PAR TODOS OS CIDADÕES.</t>
   </si>
   <si>
     <t>13510</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13510/req_096.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13510/req_096.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO ESTADUAL, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, SERVIÇO DE REVITALIZAÇÃO DA SINALIZAÇÃO NAS RUAS DESTA MUNICIPALIDADE, QUE SE ENCONTRA APAGADA, PROPORCIONANDO INSEGURANÇA E RISCOS AOS USUÁRIOS DAS MESMAS.</t>
   </si>
   <si>
     <t>13511</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13511/req_097.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13511/req_097.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE O PODER EXECUTIVO MUNICIPAL, ANALISE A POSSIBILIDADE DE FUNCIONAMENTO EM PERÍODO INTEGRAL DO "CMEI MARIA KNIDEL LUBE", LOCALIZADO NO DISTRITO DE SANTA MARIA, TENDO EM VISTA QUE, ATUALMENTE É MEIO EXPEDIENTE, E INÚMEROS SÃO OS PEDIDOS DE PAIS PEDINDO A ALTERAÇÃO DO SEU HORÁRIO DE ATENDIMENTO, VISANDO AMPLIÁ-LO, PASSANDO A SER DE 07H00 ÀS 17H00.</t>
   </si>
   <si>
     <t>13512</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13512/req_098.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13512/req_098.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXMO. SR. PREFEITO, QUE JUNTAMENTE COM A SECRETARIA DE SAÚDE, SOLICITE A EQUIPE DE ESTRATÉGIA DE SAÚDE DA FAMÍLIA, QUE PASSE A REALIZAR CURATIVOS NOS _x000D_
 PACIENTES ACAMADOS, RESIDENTES EM TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>13513</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13513/req_099.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13513/req_099.pdf</t>
   </si>
   <si>
     <t>• REQUER AO EXMO. SR. PREFEITO, QUE JUNTAMENTE COM A SECRETARIA DE SAÚDE, QUE VIABILIZE A LOCOMOÇÃO NO PERCURSO DO HOSPITAL ATÉ A RESIDÊNCIA DOS PACIENTES DE ALTA APÓS A REALIZAÇÃO DE CIRURGIAS, EM ESPECIAL, CIRURGIA DE VARIZES._x000D_
 • SOLICITO AINDA, INFORMAÇÕES E JUSTIFICATIVAS INERENTES À MOTIVAÇÃO, PELA QUAL, NÃO ESTÁ SENDO PRESTADO ESTE ATENDIMENTO À POPULAÇÃO FLORIANENSE.</t>
   </si>
   <si>
     <t>13551</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13551/1183.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13551/1183.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA VIABILIZADA, EM CARÁTER DE URGÊNCIA, A CONSTRUÇÃO DE UM MURO DE ARRIMO ENTRE AS RUAS PIMENTEL E ULIANA, LOCALIZADAS NO BAIRRO ALAGOINHA, EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13552</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13552/1184.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13552/1184.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, INFORMAÇÕES QUE SÃO MENSURADAS PELO ÓRGÃO, SOBRE A GERAÇÃO DE EMPREGO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13553</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13553/1185.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13553/1185.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, QUE DENTRO DA LEGALIDADE, SEJA VISTA A POSSIBILIDADE DOS GARIS E OUTROS TRABALHADORES QUE POSSUEM SUAS ATIVIDADES INSALUBRES, COMECEM AS SUAS ATIVIDADES UMA HORA MAIS CEDO, DEVIDO O SOL E CALOR QUE JÁ ESTÃO MUITO INTENSOS.</t>
   </si>
   <si>
     <t>13554</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13554/1186.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13554/1186.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS, O PROJETO ATUALIZADO DA ÁREA DE LAZER, LOCALIZADA NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>13555</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13555/1187.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13555/1187.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, SEJA ENCAMINHADO A ESTA CASA DE LEIS, O PROJETO APROVADO DA REVITALIZAÇÃO DA SINALIZAÇÃO DAS RUAS.</t>
   </si>
   <si>
     <t>13556</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13556/1188.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13556/1188.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A CONTRATAÇÃO DE EQUIPE, VISANDO A PODA DE ÁRVORES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13557</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo, Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13557/1189.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13557/1189.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, A ESSE EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, EMPENHO NO SENTIDO DE AMPLIAR O ATENDIMENTO DO LABORATÓRIO DO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA, POPULARMENTE CONHECIDO COMO POLICLÍNICA, NO QUE SE REFERE À COLETA DE MATERIAL PARA EXAMES ATÉ AS 16 HORAS, VISANDO MELHOR ATENDER A POPULAÇÃO FLORIANENSE, TENDO EM VISTA QUE, ATUALMENTE O HORÁRIO DE COLETA ESTÁ SENDO ATÉ 12H00, E APÓS ESSE HORÁRIO O PACIENTE PRECISA SE DESLOCAR DA POLICLÍNICA E PROCURAR O SERVIÇO TERCEIRIZADO PARA SER REALIZADA A COLETA.</t>
   </si>
   <si>
     <t>13561</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13561/1193.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13561/1193.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A AUTORIZAÇÃO DO PLENÁRIO PARA ALTERAÇÃO DE DATA DA SESSÃO ORDINÁRIA AGENDADA PARA O DIA 18/10/2023, SENDO A MESMA TRANSFERIDA PARA O DIA 24/10/2023.</t>
   </si>
   <si>
     <t>13562</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13562/1194.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13562/1194.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A AUTORIZAÇÃO DO PLENÁRIO PARA CONVIDAR O COORDENADOR DA DEFESA CIVIL DO MUNICÍPIO DE MARECHAL FLORIANO, ILUSTRÍSSIMO SENHOR FABIO STEIN, COM O OBJETIVO DE REPASSAR A POPULAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO AS PREVISÕES DE CHUVA PARA ESTE PERÍODO DE CHUVA QUE SE APROXIMA E A PREVENÇÃO CONTRA EVENTOS CLIMÁTICOS.</t>
   </si>
   <si>
     <t>13578</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13578/1281.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13578/1281.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA VIABILIZADA, EM CARÁTER DE URGÊNCIA, MELHORIAS EM ARAGUAYA, COMPREENDENDO A COLOCAÇÃO DE MANILHAS 0,60, COM INÍCIO NA PROPRIEDADE DA MARGARIDA RONCHI ATÉ ATRÁS DA UNIDADE DE SAÚDE DE ARAGUAYA, VISANDO NÃO PREJUDICAR MAIS OS EMPREENDIMENTOS “POUSADOS ARAGUAYA” E “LOJA ARTES E ENCANTOS”, BEM COMO, A LIMPEZA DO BOEIRO QUE PASSA EMBAIXO DA LINHA FÉRREA, EM FRENTE À RESIDÊNCIA DA FAMÍLIA PREST. REQUEIRO AINDA, MANILHAMENTO COM MANILHAS DE 0,80, INICIANDO NA PROPRIEDADE DA FAMÍLIA LUDWIG ATÉ O REFERIDO BOEIRO, SOBRETUDO, REALIZAR O TRATAMENTO DE TODO O ESGOTO DA COMUNIDADE DE ARAGUAYA.</t>
   </si>
   <si>
     <t>13579</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13579/1282.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13579/1282.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADO URGENTEMENTE CASCALHAMENTO DA ESTRADA QUE LIGA ARAGUAYA A RIO DAS PEDRAS, ATÉ A PROPRIEDADE DE IVO BRAVIN. TENDO EM VISTA QUE O ESTADO DE CONSERVAÇÃO DAS MESMAS ESTÁ PÉSSIMO E O TRANSPORTE ESCOLAR E O ESCOAMENTO DA PRODUÇÃO DA REGIÃO ESTÃO SENDO MUITO PREJUDICADOS.</t>
   </si>
   <si>
     <t>13580</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13580/1283.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13580/1283.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADOS O MAIS BREVE POSSÍVEL, SERVIÇOS DE PAVIMENTAÇÃO E ILUMINAÇÃO PÚBLICA NA RUA IDA RUPF, A QUAL TEM INÍCIO NA ESTRADA PAULO RUPF, PRÓXIMO À RESIDÊNCIA DO SR. SÉRGIO SALVADOR, SENTIDO À DIREITA, E TÉRMINO NA PROPRIEDADE DO SR. TELMAR RUPF, NO BAIRRO SANTA RITA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13581</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13581/1284.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13581/1284.pdf</t>
   </si>
   <si>
     <t>Requeremos, que dentro das possibilidades, seja alterada a data da Sessão Ordinária, agendada para o dia 08/11/2023, sendo transferida para o dia _x000D_
 29/11/2023, mantendo o horário de 18h30min, devido compromissos pré_x0002_agendados em Brasília/DF, na referida data. Lembrando que, a Sessão Ordinária do dia 22/11/2023, às 18h30min permanecerá inalterada.</t>
   </si>
   <si>
     <t>13582</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13582/1285.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13582/1285.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Poder Executivo, que proceda com todos os procedimentos necessários, visando colocar em prática a Lei Municipal nº. 2.444, de 30 de Março de 2022, que “DISPÕE SOBRE A OBRIGATORIEDADE DA AFIXAÇÃO DE PLACAS INFORMATIVAS EM TODAS OBRAS PÚBLICAS MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO, E DÁ OUTRAS PROVIDÊNCIAS”, conforme segue em anexo.</t>
   </si>
   <si>
     <t>13583</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13583/1286.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13583/1286.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Poder Executivo, que seja viabilizado o mais breve possível, serviço de limpeza e desassoreamento da galeria paralela à Rua Clara Endlich.</t>
   </si>
   <si>
     <t>13620</t>
   </si>
   <si>
     <t>Coquinho, Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13620/1366.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13620/1366.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, A ESSA RELEVANTE PASTA ESTADUAL, QUE DENTRO DAS POSSIBILIDADES, SEJA CONSTRUÍDO EM CARÁTER DE URGÊNCIA, UM QUEBRA-MOLAS ATRÁS DO ANTIGO VIVEIRO DE MUDAS DESTA MUNICIPALIDADE, PRÓXIMO AO LOCAL ONDE SERÁ CONSTRUÍDA UMA CRECHE, NA RODOVIA JOSÉ HUBER, QUE INTERLIGA A COMUNIDADE DE SANTA MARIA À COMUNIDADE DE SÃO CRISTÓVÃO.</t>
   </si>
   <si>
     <t>13621</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13621/1367.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13621/1367.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, INFORMAÇÕES DO MOTIVO DE NÃO TER INSTALADO GRADES DE PROTEÇÃO NA QUADRA DE FUTEVÔLEI E VÔLEI, LOCALIZADA NA ÁREA DE LAZER NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>13622</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13622/1368.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13622/1368.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, QUE SEJAM VIABILIZADAS EM CARÁTER DE URGÊNCIA, MELHORIAS NA RUA ALVINO WASSEM, COMPREENDENDO SERVIÇO DE RECAPEAMENTO DA MESMA, DEVIDO AS OBRAS DA CESAN, TENDO EM VISTA QUE A MESMA EXECUTA SERVIÇOS ESPECÍFICOS DE SEU SEGMENTO, E AO TERMINÁ-LOS, MUITAS VEZES, REPÕE OS PARALELEPÍPEDOS RETIRADOS DE FORMA INSATISFATÓRIA, OU DEIXANDO-OS AINDA, SOBRE AS CALÇADAS, CONFORME SEGUEM FOTOS.</t>
   </si>
   <si>
     <t>13623</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13623/1370.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13623/1370.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO NO CALENDÁRIO DAS SESSÕES ORDINÁRIAS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO QUE  PASSAM A SER REALIZADAS NAS SEGUINTES DATAS: _x000D_
 20ª Sessão Ordinária: Data – 22/11/2023 _x000D_
 21ª Sessão Ordinária: Data - 24/11/2023 _x000D_
 22ª Sessão Ordinária: Data - 13/12/2023 _x000D_
 23ª Sessão Ordinária: Data - 19/12/2023</t>
   </si>
   <si>
     <t>13741</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13741/1486.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13741/1486.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA VIABILIZADO UM ESTUDO DE VAZÃO NA GALERIA DE ESCOAMENTO DAS ÁGUAS DA BACIA DO CÓRREGO BATATAL, VISANDO A ELABORAÇÃO DE PLANO DE AÇÃO, A FIM DE MINIMIZAR DANOS CAUSADOS PELAS INUNDAÇÕES, NAS RUAS PRÓXIMAS AO REFERIDO CÓRREGO.</t>
   </si>
   <si>
     <t>13809</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13809/121-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13809/121-2023.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA SOLUCIONADO O PROBLEMA DO CRUZAMENTO DA RUA CLARA ENDLICH COM A RUA EMÍLIO GUSTAVO HULLE, LOCALIZADAS NA SEDE DESTE MUNICÍPIO, ONDE OS CAMINHÕES NÃO CONSEGUEM FAZER A CURVA; REQUEIRO AINDA, QUE SEJA VIABILIZADO SERVIÇO DE PINTURA E REVITALIZAÇÃO DA SINALIZAÇÃO HORIZONTAL DAS RUAS DESTA MUNICIPALIDADE, COMPREENDENDO AS FAIXAS DE PEDESTRES, BEM COMO, O QUE SE FIZER NECESSÁRIO.</t>
   </si>
   <si>
     <t>13055</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13055/01-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13055/01-2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULAMENTAÇÃO DA LEI MUNICIPAL N°. 2.498, DE 29 DE AGOSTO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>13122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13122/resolucao_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13122/resolucao_02.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CERIMONIAL DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>13338</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13338/brn3c2af44c21b5_0000040578.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13338/brn3c2af44c21b5_0000040578.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UTILIZAÇÃO DOS VEÍCULOS OFICIAIS DO PODER LEGISLÁTIVO DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>13817</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13817/brn3c2af44c21b5_0000042838.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13817/brn3c2af44c21b5_0000042838.pdf</t>
   </si>
   <si>
     <t>''ALTERA-SE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO''.</t>
   </si>
   <si>
     <t>13818</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13818/res_05.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13818/res_05.pdf</t>
   </si>
   <si>
     <t>13811</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13811/resolucao_006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13811/resolucao_006.pdf</t>
   </si>
   <si>
     <t>AUTORIZO A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>13812</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13812/resolucao_007.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13812/resolucao_007.pdf</t>
   </si>
   <si>
     <t>13813</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13813/resolucao_008.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13813/resolucao_008.pdf</t>
   </si>
   <si>
     <t>13814</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13814/resolucao_009.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13814/resolucao_009.pdf</t>
   </si>
   <si>
     <t>13815</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13815/resolucao_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13815/resolucao_010.pdf</t>
   </si>
   <si>
     <t>13816</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13816/resolucao_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13816/resolucao_011.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS REGIMES E A JORNADA DE TRABALHO NO ÂMBITO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO ESTADO DO ESPÍRITO SANTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14135</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14135/brn3c2af44c21b5_0000044157.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14135/brn3c2af44c21b5_0000044157.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICADA AO PROJETO DE LEI N.094/2023, QUE "ALTERA A REDAÇÃO DO ART. 5º"</t>
   </si>
   <si>
     <t>14136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14136/brn3c2af44c21b5_0000044158.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14136/brn3c2af44c21b5_0000044158.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICADA AO PROJETO DE LEI N.097/2023, QUE "ALTERA A REDAÇÃO DO ART.3</t>
   </si>
   <si>
     <t>14137</t>
   </si>
   <si>
     <t>EMENDA MODIFICADA AO PROJETO DE LEI N.097/2023, QUE ALTERA A REDAÇÃO DO ART.3</t>
   </si>
   <si>
     <t>14138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14138/brn3c2af44c21b5_0000044163.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14138/brn3c2af44c21b5_0000044163.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO FINANCEIRO DE 2024, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>14139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14139/brn3c2af44c21b5_0000044165.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14139/brn3c2af44c21b5_0000044165.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUDA DE CUSTO DE TRANSPORTE A ESTUDANTES QUE CURSAM O ENSINO SUPERIOR FORA DO MUNICÍPIO DE MARECHAL FLORIANO-ES</t>
   </si>
   <si>
     <t>14140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14140/brn3c2af44c21b5_0000044167.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14140/brn3c2af44c21b5_0000044167.pdf</t>
   </si>
   <si>
     <t>14141</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14141/brn3c2af44c21b5_0000044169.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14141/brn3c2af44c21b5_0000044169.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCICIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13096</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
     <t>ÉDIA KLIPPEL LITTIG</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13096/resposta_de_requerimento_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13096/resposta_de_requerimento_01.pdf</t>
   </si>
   <si>
     <t>EM RESPOSTA AO REQUERIMENTO 002/2023 ENVIADO A ESTA SECRETARIA MUNICIPAL DE EDUCAÇÃO ATRAVÉS DO OF/SEGACMMF/PRESIDÊNCIA/Nº 022/2023.</t>
   </si>
   <si>
     <t>13097</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13097/resposta_de_requerimento_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13097/resposta_de_requerimento_02.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº.  003/2023, DE AUTORIA DO PLENÁRIO DESTA CÂMARA, QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DO PAGAMENTO DO REAJUSTE DO PISO NACIONAL DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>13147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13147/199.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13147/199.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 013/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO, QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DE PROJETO DE LEI PARA ISENÇÃO DE IPTU PARA IMÓVEIS ATINGIDOS POR INUNDAÇÕES.</t>
   </si>
   <si>
     <t>13148</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13148/200.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13148/200.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO Nº 123/2022, DE AUTORIA DE VOSSA EXCELÊNCIA, QUE REQUER AO PODER EXECUTIVO A CONSTRUÇÃO DE 03 PONTOS DE ÔNIBUS.</t>
   </si>
   <si>
     <t>13149</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13149/201.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13149/201.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 124/2022, DE AUTORIA DE VOSSA EXECELÊNCIA, QUE REQUER AO PODER EXECUTIVO A DESAPROPRIAÇÃO DE IMÓVEL NA RUA DOZINO MONTEIRO DE PAULO.</t>
   </si>
   <si>
     <t>13150</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13150/202.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13150/202.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 125/2022, DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN, QUE REQUER O PODER EXECUTIVO A REGULARIZAÇÃO DOS ALVARÁS DE PLACAS DE TÁXI.</t>
   </si>
   <si>
     <t>13151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13151/203.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13151/203.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 126/2022, DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN, QUE REQUER AO PODER EXECUTIVO A CONTRATAÇÃO DE SERVIDOR PARA A LIMPEZA E MANUTENÇÃO DE VIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>13152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13152/204.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13152/204.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 127/2022, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ, QUE REQUER AO PODER EXECUTIVO A MELHORIA DAS VIAS LATERAIS À " RETA DOS KIEFFER ".</t>
   </si>
   <si>
     <t>13153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13153/205.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13153/205.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 128/2022, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO DE MENENDEZ, QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DE PROJETO DE LEI PARA ISENÇÃO DE COBRANÇA DE IPTU PARA PROPRIETÁRIOS QUE COMPROVASSEM PREJUÍZOS DECORRENTES DE IMTEMPÉRIES NATURAIS.</t>
   </si>
   <si>
     <t>13154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13154/206.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13154/206.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 004/2023, DE AUTORIA DE VOSSA EXCELÊNCIA, QUE REQUER AO PODER EXECUTIVO A ROÇAGEM NA ESTRADA DE RIO FUNDO.</t>
   </si>
   <si>
     <t>13155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13155/207.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13155/207.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 005/2023, DE AUTORIA DE VOSSA EXCELÊNCIA, QUE REQUER AO PODER EXECUTIVO A CONSTRUÇÃO DE MURO DE ARRIMO ENTRE RUAS PUPPIN, PIMENTEL E ULIANA, EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13156/208.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13156/208.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 007/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ, QUE REQUER AO PODER EXECUTIVO INFORMAÇÕES ACERCA DO ANDAMENTO DAS OBRAS NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>13157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13157/209.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13157/209.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 008/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ, QUE REQUER AO PODER EXECUTIVO A IMPLANTAÇÃO DE CAMPANHA DE CASTRAÇÃO ANIMAL.</t>
   </si>
   <si>
     <t>13158</t>
   </si>
   <si>
     <t>JOÃO CABRAL  RODRIGUES CANCELLIERI</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13158/211.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13158/211.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 009/2023, DE AUTORIA DE VOSSA EXECELÊNCIA, QUE REQUER AO PODER EXECUTIVO O PATROLAMENTO E CASCALHAMENTO DE VIAS RURAIS NA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13159/212.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13159/212.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 015/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK, QUE REQUER AO PODER EXECUTIVO O PATROLAMENTO E CASCALHAMENTO DE VIAS RURAIS NA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13182</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13182/210.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13182/210.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 012/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO, QUE REQUER AO PODER EXECUTIVO A DESAPROPRIAÇÃO DE ÁREA NA RUA CLARA ENDLICH E EMÍLIO GUSTAVO HULLE.</t>
   </si>
   <si>
     <t>13184</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13184/resposta_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13184/resposta_natalino.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 062/2022, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO, ENVIADO PELO PRESIDENTE DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ATRAVÉS DO OF/SEGACMMF/PRESIDÊNCIA/Nº 260/2022, SOLICITANDO SERVIÇOS DE SINALIZAÇÃO VERTICAL DE QUEBRA-MOLAS EM ESTRADAS ESTADUAIS QUE CORTAM O MUNICÍPIO, PRINCIPALMENTE O TRECHO DE RIO FUNDO.</t>
   </si>
   <si>
     <t>13235</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13235/445.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13235/445.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº041/2023.</t>
   </si>
   <si>
     <t>13236</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13236/446.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13236/446.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 037/2023.</t>
   </si>
   <si>
     <t>13252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13252/resposta_requerimento_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13252/resposta_requerimento_011.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 011/2023 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13253</t>
   </si>
   <si>
     <t>Juarez José Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13253/resposta_de_requerimento_016.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13253/resposta_de_requerimento_016.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 016/2023 DE AUTORIA DA VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13284</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13284/474.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13284/474.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 017/2023, DE AUTORIA DO VEREADOR FELIPE DEL PUPPO.</t>
   </si>
   <si>
     <t>13285</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13285/475.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13285/475.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 019/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13286</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13286/476.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13286/476.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 020/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13287</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13287/477.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13287/477.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 022/2023, DE AUTORIA DE VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13288</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13288/478.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13288/478.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 026/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13289</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13289/479.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13289/479.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 037/2023, DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN.</t>
   </si>
   <si>
     <t>13290</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13290/480.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13290/480.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 039/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13291</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13291/481.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13291/481.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 041/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13292/482.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13292/482.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 040/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13293</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13293/484.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13293/484.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 044/2023, DE AUTORIA DE VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13294/485.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13294/485.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 046/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13295</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13295/486.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13295/486.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 048/2023, DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN.</t>
   </si>
   <si>
     <t>13296</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13296/511.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13296/511.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 024/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13297</t>
   </si>
   <si>
     <t>Osvaldo César Kiefer</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13297/514.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13297/514.pdf</t>
   </si>
   <si>
     <t>13300</t>
   </si>
   <si>
     <t>Maria Arlete Novaes Moraes Silva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13300/529.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13300/529.pdf</t>
   </si>
   <si>
     <t>OFICIO SEMUS, RESPOSTA REFERENTE AO REQUERIMENTO Nº 023/2023.</t>
   </si>
   <si>
     <t>13301</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13301/547.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13301/547.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 029/2023.</t>
   </si>
   <si>
     <t>13302</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13302/584.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13302/584.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 021/2023.</t>
   </si>
   <si>
     <t>13303</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13303/591.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13303/591.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 023/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13304</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13304/592.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13304/592.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 011/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13305</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13305/623.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13305/623.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 025/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13306</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13306/678.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13306/678.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 060/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13307</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13307/691.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13307/691.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 050/2023, DE AUTORIA DA VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13308</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13308/692.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13308/692.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 056/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13309</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13309/697.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13309/697.pdf</t>
   </si>
   <si>
     <t>Resposta do Requerimento 042/2023 de autoria do Vereador Renato Luiz Veloso Werneck.</t>
   </si>
   <si>
     <t>13310</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13310/698.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13310/698.pdf</t>
   </si>
   <si>
     <t>Resposta do requerimento n° 036/2023 de autoria do Vereador Dório Alfredo Braun.</t>
   </si>
   <si>
     <t>13315</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13315/respr552023-20230626162502013822.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13315/respr552023-20230626162502013822.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 054/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13334</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13334/778.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13334/778.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 059/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13335</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13335/779.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13335/779.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 053/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13336</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13336/781.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13336/781.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 051/2023, DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN.</t>
   </si>
   <si>
     <t>13337</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13337/782.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13337/782.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 061/2023, DE AUTORIA DO VERADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13369/789.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13369/789.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 052/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13370</t>
   </si>
   <si>
     <t>DIRETOR DE OPERAÇÕES E MANUNTENÇÃO DA INFRAESTRUTURA LOGÍSTICA - DER-ES</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13370/800.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13370/800.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE  AO REQUERIMENTO Nº 062/2022 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13372</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13372/873.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13372/873.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 075/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>13444</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13444/960.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13444/960.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 073/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13445</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13445/961.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13445/961.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFRENTE AO REQUERIMENTO Nº 078/2023, DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER.</t>
   </si>
   <si>
     <t>13465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13465/373.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13465/373.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 027/2023, DE AUTORIA DE VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13466/374.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13466/374.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 033/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13467/375.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13467/375.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 018/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13468/409.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13468/409.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 030/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13469</t>
   </si>
   <si>
     <t>FABIANA EWALD</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13469/435.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13469/435.pdf</t>
   </si>
   <si>
     <t>13472</t>
   </si>
   <si>
     <t>VITOR AMORIM DE ANGELO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13472/470.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13472/470.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 034/2023, DE AUTORIA DO PRESIDENTE DA CÂMARA MUNICIPAL CEZAR TADEU RONCHI JÚNIOR</t>
   </si>
   <si>
     <t>13474</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13474/472.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13474/472.pdf</t>
   </si>
   <si>
     <t>13475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13475/473.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13475/473.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 016/2023, DE AUTORIA DE VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13476/508.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13476/508.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 034/2023, DE AUTORIA DO PRESIDENTE DA CÂMARA MUNICIPAL CEZAR TADEU RONCHI JÚNIOR.</t>
   </si>
   <si>
     <t>13483</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13483/765.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13483/765.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 057/2023, DE AUTORIA DO VERADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13484</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13484/767.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13484/767.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 036/2023, DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN.</t>
   </si>
   <si>
     <t>13485</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13485/768.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13485/768.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 042/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>13486</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13486/769.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13486/769.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 049/2023, DE AUTORIA DE VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13487</t>
   </si>
   <si>
     <t>CHEFE DE DIVISÃO DE OPERAÇÃO E MANUTENÇÃO SERRANA -CESAN - CESAN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13487/803.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13487/803.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 069/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13488</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13488/1006.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13488/1006.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 067/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13489</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13489/1011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13489/1011.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 072/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13490</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13490/1035.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13490/1035.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 068/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13491</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13491/1046.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13491/1046.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERNTE AO REQUERIMENTO Nº 087/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13492</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13492/1080_-_copia.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13492/1080_-_copia.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 083/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13493</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13493/1086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13493/1086.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 063/2023, DE AUTORIA DE VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13494</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13494/764.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13494/764.pdf</t>
   </si>
   <si>
     <t>13517</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13517/1130.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13517/1130.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 076/2023, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>13518</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13518/1131.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13518/1131.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 079/2023, DE AUTORIA DO VEREADOR ABRÃO LEVI KIEFFER.</t>
   </si>
   <si>
     <t>13519</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13519/1132.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13519/1132.pdf</t>
   </si>
   <si>
     <t>RESOSTA REFERENTE AO REQUERIMENTO Nº 082/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>13520</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13520/1133.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13520/1133.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 084/2023, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13521</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13521/1134.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13521/1134.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 086/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13567</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13567/1212.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13567/1212.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 090/2023, DE AUTORIA DO VEREADOR MAYLSON LITTIG.</t>
   </si>
   <si>
     <t>13568</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13568/1213.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13568/1213.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 091/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>13569</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13569/1214.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13569/1214.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 095/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13572</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13572/1232.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13572/1232.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 097/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>13588</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13588/1232.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13588/1232.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N°. 097/2023, DE AUTORIA DO VERIADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>13605</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13605/1342.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13605/1342.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 100/2023, DE AUTORIA DE VOSSA EXCELÊNCIA.</t>
   </si>
   <si>
     <t>13606</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13606/1343.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13606/1343.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 102/2023, DE AUTORIA DO VEREADOR LLUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>13607</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13607/1344.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13607/1344.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 104/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13608</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13608/1345.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13608/1345.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 105/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>13675</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13675/1462.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13675/1462.pdf</t>
   </si>
   <si>
     <t>RESOSTA REFERENTE AO REQUERIMENTO Nº 88/2023 DE AUTORIA DO VEREADOR DÓRIO ALFREDO BRAUN.</t>
   </si>
   <si>
     <t>13762</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13762/1503.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13762/1503.pdf</t>
   </si>
   <si>
     <t>'' EM ATENÇÃO AOS TERMOS CONSTETADOS NO OF/SEGACMMF/PRESIDÊNCIA/N°. 509/2023, REFERENTE AO REQUERIENTO N°. 117/2023, DE AUTORIA DO PLÉNARIO DESTA CASA, QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DE MELHORIAS NA RUA  ALVINO WASSEM.</t>
   </si>
   <si>
     <t>13779</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13779/1535.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13779/1535.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMRNTO N°. 110/2023, DE AUTORIA DE VOSSA EXECÊNCIA, QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DE CASCALHAMENTO DA ESTRADA QUE LIHA ARAGUAYA À RIO DAAS PEDRAS.</t>
   </si>
   <si>
     <t>13780</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13780/1536.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13780/1536.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N°. 111/2023, DE AUTORIA DE VOSSA EXECELÊNCIA, QUE REQUER AO PODER EXECUTIVO A VIABILIZAÇÃO DE SERVOÇOS DE PAVIMENTAÇÃO E ILUMINNAÇÃO PÚBLICA NA RUA IDA RUPF.</t>
   </si>
   <si>
     <t>13781</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13781/1537.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13781/1537.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUEMIMNTO N°.118/ 2023, AUTORIA DO PLENÁRIO DESTA CASA, QUE REQUER AO PODER EXECUTIVO A INDICAÇÃO DE NONO LOCAL COMERCIALMENTE VIÁVVEL PARA  O AMBULANTE.</t>
   </si>
   <si>
     <t>13806</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13806/1562.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13806/1562.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N°.093/2023,DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO, QUE REQUER AO PODER EXECUTIVO A AQUISIÇÃO DE EQUIPAMENTOS DE RAIO-X ODONTOLÓGICO.</t>
   </si>
   <si>
     <t>13819</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13819/032.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13819/032.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N°. 116/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13870</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13870/requerimento_116.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13870/requerimento_116.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº.508/2023, REFERENTE AO REQUERIMENTO Nº.116/2023, DE AUTORIA DE VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13874</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13874/47_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13874/47_2023.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº.514/2022, REFERENTE AO REQUERIMENTO Nº.123/2022.</t>
   </si>
   <si>
     <t>13876</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13876/114_2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13876/114_2023.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTDOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº.486/2023, RFERENTE AO REQUERIMENTO Nº.114/2023.</t>
   </si>
   <si>
     <t>13877</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13877/resposta_de_requerimento_114-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13877/resposta_de_requerimento_114-2023.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMMF/PRESIDÊNCIA/Nº.486/2023, REFERENTE AO REQUERIMENTO Nº.114/2023, DE AUTORIA DO VERADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13878</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13878/resposta_de_requerimento_113-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13878/resposta_de_requerimento_113-2023.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº.485/2023, REFERENTE AO REQUERIMENTO Nº.113/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>13879</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13879/resp._reque._109-2023_-_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13879/resp._reque._109-2023_-_cezinha.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº.482/2023, REFERENTE AO REQUERIMENTO Nº.109/2023.</t>
   </si>
   <si>
     <t>13880</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13880/resp._reque._105-2023_-_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13880/resp._reque._105-2023_-_renato.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS CONSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº.459/2023, REFERENTE AO REQUERIMENTO Nº.105/2023, DE AUTORIA DO VEREADOR RENATO LUIZ VELOZO WERNECK.</t>
   </si>
   <si>
     <t>13923</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13923/1536.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13923/1536.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 111/2023 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>13924</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13924/779.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13924/779.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 053/2023 DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO</t>
   </si>
   <si>
     <t>13925</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 093/2023 DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO</t>
   </si>
   <si>
     <t>13926</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13926/1562.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13926/1562.pdf</t>
   </si>
   <si>
     <t>13927</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13927/511.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13927/511.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 024/2023 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13928</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13928/1030.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13928/1030.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 77/2023 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13929</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 089/2023 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>13930</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13930/1471.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13930/1471.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº099/2023 DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK</t>
   </si>
   <si>
     <t>13931</t>
   </si>
   <si>
     <t>Maria Goretti Pereira Pinto</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO Nº 094/2023 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO</t>
   </si>
   <si>
     <t>14413</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14413/1151.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14413/1151.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO N° 080/2023 DE AUTORIA DO VEREADOR ABRÃO LEVI KIFFER</t>
   </si>
   <si>
     <t>14134</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14134/001-2023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14134/001-2023.pdf</t>
   </si>
   <si>
     <t>"INCLUI O ART. 126-A À LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO, DISPONDO SOBRE A OBRIGATORIEDADE, PELO EXECUTIVO MUNICIPAL, DA EXECUÇÃO DE EMENDAS INDIVIDUAIS E DA BANCADA DO LEGISLATIVO MUNICIPAL EM LEI ORÇAMENTARIA ANUAL (LOA)."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -6656,68 +6656,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13085/brn3c2af44c21b5_0000038870.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13205/dl.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14211/brn3c2af44c21b5_0000045176.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13340/brn3c2af44c21b5_0000040600.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13339/decreto_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13448/decreto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13571/decreto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13594/brn3c2af44c21b5_0000041762.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13602/decreto_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13667/casa_legislativa_presidente_municipal_philipp_endlich_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13788/brn3c2af44c21b5_0000042493.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13062/061.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13063/062.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13064/063.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13065/064.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13066/065.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13090/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13091/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13092/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13093/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13094/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13095/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13128/ind_12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13129/ind_12.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13130/ind_14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13131/ind_15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13132/ind_16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13133/ins_17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13164/ind_19-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13165/ind_020-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13166/ind_021-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13167/ind_022-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13168/ind_023-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13169/ind_024-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13196/ind_025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13195/ind_026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13197/ind_027.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13198/ind_028.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13199/ind_029.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13194/ind_030.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13220/ind_31.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13221/ind_32.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13222/ind_33.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13223/ind_34.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13229/ind_035.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13230/ind_036.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13231/ind_037.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13232/ind_038.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13238/ind_040.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13239/ind_040.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13240/ind_041.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13241/ind_042.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13237/ind_043.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13242/ind_044.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13243/ind_045.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13244/ind_046.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13279/ind_047.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13280/ind_048.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13281/ind_049.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13282/ind_050.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13314/ind_051.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13341/ind_052.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13342/ind_053.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13343/ind_054.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13344/ind_055.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13345/ind_056.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13346/ind_057.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13347/ind_058.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13348/ind_059.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13349/ind_060.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13350/ind_061.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13351/ind_062.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13352/ind_063.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13353/ind_064.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13371/ind_065.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13354/ind_066.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13355/ind_067.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13356/ind_068.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13384/ind_069-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13385/ind_070-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13386/ind_071-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13387/ind_072-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13388/ind_073-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13379/ind_074.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13389/ind_075-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13428/ind76.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13449/ind772023_coquinho_e_maylso.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13450/ind782023_coquinho.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13451/2_pdfsam_ind792023_coquinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13452/ind802023_cezar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13453/ind812023_cezar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13454/3_pdfsam_ind822023_cezar.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13455/ind832023_dorio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13456/ind842023_dorio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13457/ind852023_felipe.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13458/ind862023_felipe.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13459/ind872023_navar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13460/2_pdfsam_ind882023_natalino.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13461/ind892023_natalino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13462/ind902023_natalino.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13463/ind912023_renato.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13498/ind_092.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13499/ind_093.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13500/ind_094.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13501/ind_095.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13502/ind_096.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13570/indicacao_no__97.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13566/1116.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13544/1176.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13545/1177.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13546/1178.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13547/1179.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13548/1180.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13549/1181.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13573/105_ind.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13574/1277.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13575/1278.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13576/1279.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13577/1280.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13584/1287.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13610/1356.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13611/1357.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13612/1358.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13613/1359.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13614/1360.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13615/1361.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13616/1362.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13617/1363.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13618/1364.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13619/1365.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13635/ind_121.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13643/1409.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13636/ind_123.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13737/1482.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13738/1483.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13739/1484.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13740/1485.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13743/1496.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13744/1497.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13763/1499.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13777/indicacao_no_131_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13778/indicacao_n_132.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13139/1266-moc12023-20230217152826143828.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13134/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13135/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13136/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13137/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13138/mocao_06.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13163/2_pdfsam_moc_7-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13170/moc_08-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13171/moc_09-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13193/mocao_010.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13312/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13427/mocao_012.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13429/moc13.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13430/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13431/moc15.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13470/moc162023-202309062048520871.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13543/1175.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13807/mocao_no_18_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13630/1383.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13631/1385.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13735/1494.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13736/1495.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13446/parecer_2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13447/parecer_5.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13495/parecer_6.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13496/3_pdfsam_parecer_favoravel_07.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13514/parecer_das_comissoes_no_8_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13515/parecer_das_comissoes_no_9_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13516/parecer_das_comissoes_no_10_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13592/1_pdfsam_parecer_das_comissoes_no_11_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13593/parecer_das_comissoes_no_12_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13595/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13596/parecer_15.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13597/parecer_16.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13598/parecer_17.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13599/parecer_18.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13600/parecer_19.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13601/parecer_20.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13633/parecer_21.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13644/parecer_22.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13645/parecer_23.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13646/parecer_24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13647/parecer_25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13648/parecer_favoravel_026.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13649/parecer_favoravel_027.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13650/parecer_favoravel_028.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13651/parecer_favoravel_029.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_favoravel_031.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13654/parecer_favoravel_032.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13655/parecer_34.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13656/parecer_35.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13657/parecer_36.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13658/parecer_37.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13659/parecer_38.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13660/parecer_39.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13661/parecer_40.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13662/parecer_41.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13663/parecer_42.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13664/parecer_43.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13666/parecer_45.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13668/parecer_46.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13669/parecer_47.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13670/parecer_48.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13671/parecer_49.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13672/parecer_50.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_53.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13677/parecer_54.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_das_comissoes_no_55_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_das_comissoes_no_56_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_das_comissoes_no_58_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_das_comissoes_no_59_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_das_comissoes_no_60_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_das_comissoes_no_61_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_das_comissoes_no_62_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_das_comissoes_no_63_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_das_comissoes_no_64_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_das_comissoes_no_65_2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_das_comissoes_no_66_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13702/parecer_das_comissoes_no_69_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13703/parecer_das_comissoes_no_70_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13705/parecer_das_comissoes_no_71_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13245/dl_01.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13497/decreto_002.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14258/001-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14259/002-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13067/3_pdfsam_0301.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13068/3_pdfsam_031.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13069/3_pdfsam_032.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13070/3_pdfsam_033.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13071/1_pdfsam_071.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13072/1_pdfsam_072.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13073/1_pdfsam_073.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13074/pll_10-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14145/pll_11.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13140/pll_014.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13141/pll_15.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13142/pll_16.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13143/pll_17.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13144/pll_18.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13180/projeto_de_lei_19_natalino.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13181/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13176/pl_023-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13177/pl_024-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13178/pl_025-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13179/pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13200/pll_027.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13201/pll_028.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13256/314.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13202/pll_030.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13203/pll_031.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13204/pll_032.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13214/pll_033.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13215/pll_034.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13217/pll_036.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13218/pll_037.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13219/pll_038.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13283/projeto_de_lei_legislativo_e_executivo_no_39_2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13233/pll_040.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13234/pll_041.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13313/projeto_de_lei_legislativo_e_executivo_no_43_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13247/pl_044.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13248/pl_045.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13249/pl_046.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13250/pl_047.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13251/pl_048.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13246/pl_049.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13268/pll_050.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13269/pll_051.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13270/pll_052.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13271/pll_053.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13272/projeto_de_lei_054.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13273/pll_055.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13274/pll_056.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13275/pll_057.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13276/pll_058.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13277/pll_059.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13278/pll_060.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13327/projeto_de_lei_legislativo_e_executivo_no_61_2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13329/projeto_de_lei_legislativo_e_executivo_no_62_2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13330/projeto_de_lei_legislativo_e_executivo_no_63_2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13333/pl_0644.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13317/pl_065-23.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13318/pl_066-23.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13319/pl_067-23.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13360/projeto_de_lei_legislativo_e_executivo_no_68_2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13361/projeto_de_lei_legislativo_e_executivo_no_69_2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13362/projeto_de_lei_legislativo_e_executivo_no_70_2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13363/projeto_de_lei_legislativo_e_executivo_no_71_2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13364/projeto_de_lei_legislativo_e_executivo_no_72_2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13365/pll_073.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13366/pll_074.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13367/pll_075.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13368/pll_076.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13373/pl_077-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13374/pl_078-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13375/pl_079-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13376/pl_080-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13542/projeto_de_lei_legislativo_e_executivo_no_81_2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13424/2_pdfsam_931.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13425/931.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13426/933.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13440/pl_085.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13441/pl_086.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13442/pl_087.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13443/937.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13585/1007.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13471/pll902023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13473/pll912023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13477/2_pdfsam_pll922023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13478/pll932023_navar.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13505/projeto_de_lei_legislativo_e_executivo_no_94_2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13506/pll_095.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13564/1153.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13540/projeto_de_lei_legislativo_e_executivo_no_97_2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13541/projeto_de_lei_legislativo_e_executivo_no_98_2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13558/1190.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13559/pl_100-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13560/1192.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13563/1202.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13586/projeto_de_lei_legislativo_e_executivo_no_103_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13632/projeto_de_lei_legislativo_e_executivo_no_104_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13587/1236.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13589/1247.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13590/1289.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13591/1292.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13674/1337.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13609/1355.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13624/1371.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13625/1372.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13626/1373.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13627/1375.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13628/1377.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13629/1378.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13634/pl_118.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13637/pl_119.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13638/pl_120.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13639/pl_121.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13640/pl_122.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13641/pl_123.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13642/projeto_de_lei_legislativo_e_executivo_no_124_2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13783/projeto_de_lei_legislativo_e_executivo_no_125_2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13784/projeto_de_lei_legislativo_e_executivo_no_127_2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13785/projeto_de_lei_legislativo_e_executivo_no_128_2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13786/projeto_de_lei_legislativo_e_executivo_no_129_2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13787/projeto_de_lei_legislativo_e_executivo_no_130_2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13745/1490.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13808/projeto_de_lei_legislativo_e_executivo_no_137_2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13746/1493.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13772/projeto_de_lei_legislativo_e_executivo_no_139_2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13773/projeto_de_lei_legislativo_e_executivo_no_140_2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13774/projeto_de_lei_legislativo_e_executivo_no_141_2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13775/projeto_de_lei_legislativo_e_executivo_no_142_2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13789/143.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13087/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13088/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13089/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13830/projeto_de_resolucao_no_4_2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13831/projeto_de_resolucao_no_5_2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13832/projeto_de_resolucao_no6__2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13833/projeto_de_resolucao_no_7_2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13834/projeto_de_resolucao_no8__2023.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13835/projeto_de_resolucao_no_9_2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13836/projeto_de_resolucao_no_10_2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13059/req_01.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13060/req_02.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13061/req_03.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13075/req_04.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13076/req_05.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13077/req_06.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13078/req_07.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13079/req_08.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13080/req_009.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13081/req_010.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13082/req_011.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13083/req_012.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13084/req_014.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13086/req_015.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13123/req_16.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13124/req_17.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13125/req_18.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13126/req_19.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13127/req_20.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13161/req_021-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13162/2_pdfsam_req_022-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13172/req_023-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13173/req_024-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13174/req_025-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13175/req_026-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13186/req_027.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13187/req_028.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13188/req_029.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13189/req_030.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13190/req_031.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13191/req_032.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13192/req_033.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13311/req_034.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13206/req_036.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13207/req_037.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13208/req_38.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13209/req_39.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13210/req_040.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13211/req_041.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13212/req_042.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13213/req_043.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13224/req_044.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13225/req_045.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13226/req_046.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13227/req_047.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13228/req_048.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13254/requerimento_049.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13255/requerimento_050.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13257/requerimento_051.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13258/requerimento_052.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13259/requerimento_053.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13260/requerimento_054.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13261/requerimento_055.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13262/requerimento_056.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13263/requerimento_057.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13264/requerimento_058.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13265/requerimento_059.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13266/requerimento_060.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13267/requerimento_061.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13325/req_062.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13326/req_063.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13328/req_064.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13320/req_065-23.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13332/req_066-23.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13321/req_067-23.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13322/req_068-23.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13323/req_069-23.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13324/req_070-23.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13331/req_71-23.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13357/req_072.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13358/req_073.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13359/req_74.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13881/req_075-2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13377/req_076-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13378/req_077-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13380/req_078-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13381/req_079-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13382/req_080-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13383/req_081-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13434/req_082.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13435/req_083.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13436/req_084.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13437/req_085.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13438/req_086.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13439/req_087.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13479/req882023_dorio.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13480/req892023_navar.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13481/2_pdfsam_req902023_maylso.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13482/req912023_renato.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13508/req_093.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13509/req_094.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13887/camscanner_01-03-2024_09.541.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13510/req_096.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13511/req_097.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13512/req_098.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13513/req_099.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13551/1183.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13552/1184.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13553/1185.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13554/1186.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13555/1187.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13556/1188.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13557/1189.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13561/1193.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13562/1194.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13578/1281.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13579/1282.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13580/1283.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13581/1284.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13582/1285.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13583/1286.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13620/1366.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13621/1367.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13622/1368.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13623/1370.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13741/1486.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13809/121-2023.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13055/01-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13122/resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13338/brn3c2af44c21b5_0000040578.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13817/brn3c2af44c21b5_0000042838.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13818/res_05.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13811/resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13812/resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13813/resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13814/resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13815/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13816/resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14135/brn3c2af44c21b5_0000044157.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14136/brn3c2af44c21b5_0000044158.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14138/brn3c2af44c21b5_0000044163.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14139/brn3c2af44c21b5_0000044165.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14140/brn3c2af44c21b5_0000044167.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14141/brn3c2af44c21b5_0000044169.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13096/resposta_de_requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13097/resposta_de_requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13147/199.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13148/200.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13149/201.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13150/202.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13151/203.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13152/204.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13153/205.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13154/206.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13155/207.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13156/208.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13157/209.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13158/211.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13159/212.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13182/210.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13184/resposta_natalino.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13235/445.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13236/446.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13252/resposta_requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13253/resposta_de_requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13284/474.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13285/475.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13286/476.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13287/477.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13288/478.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13289/479.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13290/480.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13291/481.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13292/482.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13293/484.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13294/485.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13295/486.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13296/511.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13297/514.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13300/529.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13301/547.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13302/584.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13303/591.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13304/592.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13305/623.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13306/678.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13307/691.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13308/692.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13309/697.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13310/698.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13315/respr552023-20230626162502013822.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13334/778.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13335/779.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13336/781.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13337/782.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13369/789.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13370/800.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13372/873.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13444/960.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13445/961.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13465/373.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13466/374.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13467/375.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13468/409.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13469/435.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13472/470.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13474/472.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13475/473.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13476/508.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13483/765.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13484/767.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13485/768.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13486/769.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13487/803.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13488/1006.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13489/1011.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13490/1035.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13491/1046.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13492/1080_-_copia.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13493/1086.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13494/764.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13517/1130.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13518/1131.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13519/1132.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13520/1133.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13521/1134.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13567/1212.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13568/1213.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13569/1214.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13572/1232.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13588/1232.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13605/1342.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13606/1343.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13607/1344.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13608/1345.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13675/1462.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13762/1503.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13779/1535.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13780/1536.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13781/1537.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13806/1562.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13819/032.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13870/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13874/47_2023.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13876/114_2023.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13877/resposta_de_requerimento_114-2023.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13878/resposta_de_requerimento_113-2023.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13879/resp._reque._109-2023_-_cezinha.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13880/resp._reque._105-2023_-_renato.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13923/1536.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13924/779.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13926/1562.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13927/511.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13928/1030.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13930/1471.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14413/1151.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14134/001-2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13085/brn3c2af44c21b5_0000038870.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13205/dl.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14211/brn3c2af44c21b5_0000045176.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13340/brn3c2af44c21b5_0000040600.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13339/decreto_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13448/decreto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13571/decreto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13594/brn3c2af44c21b5_0000041762.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13602/decreto_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13667/casa_legislativa_presidente_municipal_philipp_endlich_2.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13788/brn3c2af44c21b5_0000042493.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13062/061.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13063/062.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13064/063.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13065/064.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13066/065.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13090/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13091/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13092/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13093/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13094/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13095/indicacao_11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13128/ind_12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13129/ind_12.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13130/ind_14.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13131/ind_15.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13132/ind_16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13133/ins_17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13164/ind_19-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13165/ind_020-2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13166/ind_021-2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13167/ind_022-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13168/ind_023-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13169/ind_024-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13196/ind_025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13195/ind_026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13197/ind_027.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13198/ind_028.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13199/ind_029.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13194/ind_030.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13220/ind_31.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13221/ind_32.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13222/ind_33.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13223/ind_34.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13229/ind_035.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13230/ind_036.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13231/ind_037.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13232/ind_038.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13238/ind_040.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13239/ind_040.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13240/ind_041.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13241/ind_042.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13237/ind_043.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13242/ind_044.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13243/ind_045.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13244/ind_046.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13279/ind_047.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13280/ind_048.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13281/ind_049.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13282/ind_050.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13314/ind_051.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13341/ind_052.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13342/ind_053.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13343/ind_054.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13344/ind_055.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13345/ind_056.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13346/ind_057.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13347/ind_058.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13348/ind_059.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13349/ind_060.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13350/ind_061.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13351/ind_062.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13352/ind_063.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13353/ind_064.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13371/ind_065.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13354/ind_066.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13355/ind_067.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13356/ind_068.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13384/ind_069-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13385/ind_070-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13386/ind_071-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13387/ind_072-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13388/ind_073-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13379/ind_074.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13389/ind_075-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13428/ind76.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13449/ind772023_coquinho_e_maylso.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13450/ind782023_coquinho.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13451/2_pdfsam_ind792023_coquinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13452/ind802023_cezar.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13453/ind812023_cezar.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13454/3_pdfsam_ind822023_cezar.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13455/ind832023_dorio.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13456/ind842023_dorio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13457/ind852023_felipe.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13458/ind862023_felipe.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13459/ind872023_navar.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13460/2_pdfsam_ind882023_natalino.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13461/ind892023_natalino.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13462/ind902023_natalino.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13463/ind912023_renato.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13498/ind_092.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13499/ind_093.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13500/ind_094.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13501/ind_095.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13502/ind_096.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13570/indicacao_no__97.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13566/1116.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13544/1176.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13545/1177.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13546/1178.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13547/1179.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13548/1180.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13549/1181.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13573/105_ind.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13574/1277.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13575/1278.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13576/1279.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13577/1280.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13584/1287.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13610/1356.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13611/1357.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13612/1358.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13613/1359.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13614/1360.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13615/1361.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13616/1362.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13617/1363.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13618/1364.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13619/1365.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13635/ind_121.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13643/1409.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13636/ind_123.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13737/1482.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13738/1483.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13739/1484.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13740/1485.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13743/1496.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13744/1497.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13763/1499.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13777/indicacao_no_131_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13778/indicacao_n_132.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13139/1266-moc12023-20230217152826143828.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13134/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13135/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13136/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13137/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13138/mocao_06.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13163/2_pdfsam_moc_7-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13170/moc_08-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13171/moc_09-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13193/mocao_010.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13312/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13427/mocao_012.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13429/moc13.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13430/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13431/moc15.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13470/moc162023-202309062048520871.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13543/1175.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13807/mocao_no_18_2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13630/1383.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13631/1385.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13735/1494.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13736/1495.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13446/parecer_2.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13447/parecer_5.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13495/parecer_6.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13496/3_pdfsam_parecer_favoravel_07.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13514/parecer_das_comissoes_no_8_2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13515/parecer_das_comissoes_no_9_2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13516/parecer_das_comissoes_no_10_2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13592/1_pdfsam_parecer_das_comissoes_no_11_2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13593/parecer_das_comissoes_no_12_2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13595/parecer_14.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13596/parecer_15.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13597/parecer_16.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13598/parecer_17.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13599/parecer_18.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13600/parecer_19.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13601/parecer_20.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13633/parecer_21.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13644/parecer_22.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13645/parecer_23.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13646/parecer_24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13647/parecer_25.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13648/parecer_favoravel_026.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13649/parecer_favoravel_027.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13650/parecer_favoravel_028.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13651/parecer_favoravel_029.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13653/parecer_favoravel_031.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13654/parecer_favoravel_032.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13655/parecer_34.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13656/parecer_35.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13657/parecer_36.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13658/parecer_37.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13659/parecer_38.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13660/parecer_39.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13661/parecer_40.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13662/parecer_41.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13663/parecer_42.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13664/parecer_43.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13666/parecer_45.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13668/parecer_46.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13669/parecer_47.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13670/parecer_48.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13671/parecer_49.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13672/parecer_50.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13676/parecer_53.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13677/parecer_54.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13678/parecer_das_comissoes_no_55_2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13679/parecer_das_comissoes_no_56_2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13680/parecer_das_comissoes_no_58_2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13681/parecer_das_comissoes_no_59_2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13683/parecer_das_comissoes_no_60_2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13684/parecer_das_comissoes_no_61_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13685/parecer_das_comissoes_no_62_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13686/parecer_das_comissoes_no_63_2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13687/parecer_das_comissoes_no_64_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13688/parecer_das_comissoes_no_65_2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13689/parecer_das_comissoes_no_66_2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13702/parecer_das_comissoes_no_69_2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13703/parecer_das_comissoes_no_70_2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13705/parecer_das_comissoes_no_71_2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13245/dl_01.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13497/decreto_002.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14258/001-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14259/002-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13067/3_pdfsam_0301.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13068/3_pdfsam_031.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13069/3_pdfsam_032.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13070/3_pdfsam_033.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13071/1_pdfsam_071.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13072/1_pdfsam_072.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13073/1_pdfsam_073.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13074/pll_10-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14145/pll_11.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13140/pll_014.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13141/pll_15.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13142/pll_16.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13143/pll_17.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13144/pll_18.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13180/projeto_de_lei_19_natalino.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13181/projeto_de_lei_22.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13176/pl_023-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13177/pl_024-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13178/pl_025-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13179/pl_026-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13200/pll_027.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13201/pll_028.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13256/314.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13202/pll_030.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13203/pll_031.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13204/pll_032.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13214/pll_033.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13215/pll_034.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13217/pll_036.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13218/pll_037.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13219/pll_038.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13283/projeto_de_lei_legislativo_e_executivo_no_39_2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13233/pll_040.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13234/pll_041.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13313/projeto_de_lei_legislativo_e_executivo_no_43_2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13247/pl_044.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13248/pl_045.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13249/pl_046.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13250/pl_047.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13251/pl_048.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13246/pl_049.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13268/pll_050.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13269/pll_051.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13270/pll_052.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13271/pll_053.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13272/projeto_de_lei_054.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13273/pll_055.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13274/pll_056.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13275/pll_057.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13276/pll_058.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13277/pll_059.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13278/pll_060.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13327/projeto_de_lei_legislativo_e_executivo_no_61_2023.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13329/projeto_de_lei_legislativo_e_executivo_no_62_2023.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13330/projeto_de_lei_legislativo_e_executivo_no_63_2023.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13333/pl_0644.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13317/pl_065-23.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13318/pl_066-23.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13319/pl_067-23.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13360/projeto_de_lei_legislativo_e_executivo_no_68_2023.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13361/projeto_de_lei_legislativo_e_executivo_no_69_2023.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13362/projeto_de_lei_legislativo_e_executivo_no_70_2023.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13363/projeto_de_lei_legislativo_e_executivo_no_71_2023.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13364/projeto_de_lei_legislativo_e_executivo_no_72_2023.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13365/pll_073.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13366/pll_074.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13367/pll_075.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13368/pll_076.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13373/pl_077-2023.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13374/pl_078-2023.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13375/pl_079-2023.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13376/pl_080-2023.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13542/projeto_de_lei_legislativo_e_executivo_no_81_2023.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13424/2_pdfsam_931.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13425/931.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13426/933.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13440/pl_085.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13441/pl_086.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13442/pl_087.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13443/937.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13585/1007.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13471/pll902023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13473/pll912023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13477/2_pdfsam_pll922023_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13478/pll932023_navar.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13505/projeto_de_lei_legislativo_e_executivo_no_94_2023.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13506/pll_095.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13564/1153.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13540/projeto_de_lei_legislativo_e_executivo_no_97_2023.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13541/projeto_de_lei_legislativo_e_executivo_no_98_2023.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13558/1190.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13559/pl_100-2023.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13560/1192.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13563/1202.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13586/projeto_de_lei_legislativo_e_executivo_no_103_2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13632/projeto_de_lei_legislativo_e_executivo_no_104_2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13587/1236.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13589/1247.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13590/1289.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13591/1292.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13674/1337.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13609/1355.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13624/1371.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13625/1372.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13626/1373.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13627/1375.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13628/1377.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13629/1378.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13634/pl_118.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13637/pl_119.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13638/pl_120.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13639/pl_121.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13640/pl_122.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13641/pl_123.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13642/projeto_de_lei_legislativo_e_executivo_no_124_2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13783/projeto_de_lei_legislativo_e_executivo_no_125_2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13784/projeto_de_lei_legislativo_e_executivo_no_127_2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13785/projeto_de_lei_legislativo_e_executivo_no_128_2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13786/projeto_de_lei_legislativo_e_executivo_no_129_2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13787/projeto_de_lei_legislativo_e_executivo_no_130_2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13745/1490.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13808/projeto_de_lei_legislativo_e_executivo_no_137_2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13746/1493.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13772/projeto_de_lei_legislativo_e_executivo_no_139_2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13773/projeto_de_lei_legislativo_e_executivo_no_140_2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13774/projeto_de_lei_legislativo_e_executivo_no_141_2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13775/projeto_de_lei_legislativo_e_executivo_no_142_2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13789/143.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13087/projeto_de_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13088/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13089/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13830/projeto_de_resolucao_no_4_2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13831/projeto_de_resolucao_no_5_2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13832/projeto_de_resolucao_no6__2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13833/projeto_de_resolucao_no_7_2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13834/projeto_de_resolucao_no8__2023.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13835/projeto_de_resolucao_no_9_2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13836/projeto_de_resolucao_no_10_2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13059/req_01.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13060/req_02.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13061/req_03.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13075/req_04.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13076/req_05.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13077/req_06.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13078/req_07.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13079/req_08.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13080/req_009.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13081/req_010.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13082/req_011.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13083/req_012.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13084/req_014.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13086/req_015.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13123/req_16.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13124/req_17.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13125/req_18.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13126/req_19.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13127/req_20.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13161/req_021-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13162/2_pdfsam_req_022-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13172/req_023-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13173/req_024-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13174/req_025-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13175/req_026-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13186/req_027.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13187/req_028.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13188/req_029.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13189/req_030.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13190/req_031.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13191/req_032.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13192/req_033.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13311/req_034.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13206/req_036.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13207/req_037.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13208/req_38.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13209/req_39.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13210/req_040.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13211/req_041.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13212/req_042.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13213/req_043.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13224/req_044.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13225/req_045.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13226/req_046.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13227/req_047.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13228/req_048.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13254/requerimento_049.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13255/requerimento_050.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13257/requerimento_051.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13258/requerimento_052.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13259/requerimento_053.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13260/requerimento_054.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13261/requerimento_055.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13262/requerimento_056.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13263/requerimento_057.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13264/requerimento_058.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13265/requerimento_059.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13266/requerimento_060.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13267/requerimento_061.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13325/req_062.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13326/req_063.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13328/req_064.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13320/req_065-23.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13332/req_066-23.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13321/req_067-23.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13322/req_068-23.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13323/req_069-23.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13324/req_070-23.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13331/req_71-23.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13357/req_072.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13358/req_073.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13359/req_74.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13881/req_075-2023.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13377/req_076-2023.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13378/req_077-2023.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13380/req_078-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13381/req_079-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13382/req_080-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13383/req_081-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13434/req_082.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13435/req_083.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13436/req_084.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13437/req_085.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13438/req_086.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13439/req_087.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13479/req882023_dorio.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13480/req892023_navar.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13481/2_pdfsam_req902023_maylso.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13482/req912023_renato.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13508/req_093.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13509/req_094.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13887/camscanner_01-03-2024_09.541.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13510/req_096.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13511/req_097.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13512/req_098.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13513/req_099.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13551/1183.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13552/1184.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13553/1185.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13554/1186.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13555/1187.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13556/1188.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13557/1189.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13561/1193.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13562/1194.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13578/1281.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13579/1282.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13580/1283.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13581/1284.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13582/1285.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13583/1286.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13620/1366.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13621/1367.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13622/1368.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13623/1370.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13741/1486.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13809/121-2023.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13055/01-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13122/resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13338/brn3c2af44c21b5_0000040578.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13817/brn3c2af44c21b5_0000042838.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13818/res_05.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13811/resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13812/resolucao_007.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13813/resolucao_008.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13814/resolucao_009.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13815/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13816/resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14135/brn3c2af44c21b5_0000044157.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14136/brn3c2af44c21b5_0000044158.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14138/brn3c2af44c21b5_0000044163.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14139/brn3c2af44c21b5_0000044165.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14140/brn3c2af44c21b5_0000044167.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14141/brn3c2af44c21b5_0000044169.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13096/resposta_de_requerimento_01.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13097/resposta_de_requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13147/199.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13148/200.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13149/201.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13150/202.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13151/203.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13152/204.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13153/205.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13154/206.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13155/207.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13156/208.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13157/209.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13158/211.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13159/212.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13182/210.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13184/resposta_natalino.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13235/445.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13236/446.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13252/resposta_requerimento_011.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13253/resposta_de_requerimento_016.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13284/474.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13285/475.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13286/476.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13287/477.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13288/478.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13289/479.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13290/480.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13291/481.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13292/482.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13293/484.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13294/485.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13295/486.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13296/511.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13297/514.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13300/529.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13301/547.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13302/584.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13303/591.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13304/592.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13305/623.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13306/678.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13307/691.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13308/692.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13309/697.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13310/698.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13315/respr552023-20230626162502013822.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13334/778.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13335/779.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13336/781.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13337/782.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13369/789.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13370/800.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13372/873.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13444/960.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13445/961.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13465/373.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13466/374.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13467/375.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13468/409.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13469/435.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13472/470.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13474/472.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13475/473.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13476/508.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13483/765.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13484/767.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13485/768.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13486/769.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13487/803.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13488/1006.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13489/1011.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13490/1035.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13491/1046.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13492/1080_-_copia.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13493/1086.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13494/764.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13517/1130.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13518/1131.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13519/1132.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13520/1133.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13521/1134.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13567/1212.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13568/1213.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13569/1214.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13572/1232.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13588/1232.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13605/1342.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13606/1343.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13607/1344.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13608/1345.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13675/1462.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13762/1503.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13779/1535.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13780/1536.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13781/1537.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13806/1562.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13819/032.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13870/requerimento_116.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13874/47_2023.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13876/114_2023.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13877/resposta_de_requerimento_114-2023.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13878/resposta_de_requerimento_113-2023.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13879/resp._reque._109-2023_-_cezinha.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13880/resp._reque._105-2023_-_renato.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13923/1536.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13924/779.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13926/1562.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13927/511.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13928/1030.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/13930/1471.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14413/1151.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2023/14134/001-2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H622"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="166.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>