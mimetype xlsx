--- v0 (2025-12-05)
+++ v1 (2026-03-21)
@@ -54,4851 +54,4851 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>13837</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13837/brn3c2af44c21b5_0000042895.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13837/brn3c2af44c21b5_0000042895.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NOS DIAS 12 A 14 DE 2024.</t>
   </si>
   <si>
     <t>14017</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14017/brn3c2af44c21b5_0000043384.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14017/brn3c2af44c21b5_0000043384.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 28/03/24.</t>
   </si>
   <si>
     <t>14205</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14205/03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14205/03.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIOAIS DO PODER LEGISLATIVO, NO DIA 31 DE MAIO DE 2024.</t>
   </si>
   <si>
     <t>14486</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14486/d.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14486/d.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O EXPEDIENTE NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DESTE PODER LEGISLATIVO ENTRE OS DIAS 28/10 A 1º/11/2024</t>
   </si>
   <si>
     <t>14493</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14493/decreto.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14493/decreto.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 12 DE NOVEMBRO DE 2024.</t>
   </si>
   <si>
     <t>14584</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14584/decreto_006.pdf.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14584/decreto_006.pdf.pdf</t>
   </si>
   <si>
     <t>DECRETA PONTO FACULTATIVO NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS DO PODER LEGISLATIVO, NO DIA 24 DE DEZEMBRO DE 2024.</t>
   </si>
   <si>
     <t>13824</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13824/indicacao_no_1_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13824/indicacao_no_1_2024.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE DENTRO DAS POSSIBILIDADES, SEJA CONSTRUIDO UM MERCADO CENTRAL, POIS DO MESMO REPRESENTARÁ UMA OPORTUNIDADE ÚNICA PARA FORTALECER NOSSA COMUNIDADE, PROPORCIONANDO BENEFÍCIOS TANGÍVEIS EM DIVERSAS ÁREAS.</t>
   </si>
   <si>
     <t>13853</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13853/ind-100.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13853/ind-100.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR CALÇAMENTO NA COMUNIDADE DE ALTO SANTA MARIA.</t>
   </si>
   <si>
     <t>13845</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13845/ind-101.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13845/ind-101.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, CALÇAMENTO NO FINAL DA RUA THEOBALDO RUPF, LOCALIZADA NO BAIRRO _x000D_
 SANTA RITA, QUE DÁ ACESSO À PROPRIEDADE DO SR. JOSÉ MARIA VASCONCELOS, COMPREENDENDO UM TRECHO DE APENAS 30 METROS _x000D_
 APROXIMADAMENTE.</t>
   </si>
   <si>
     <t>13846</t>
   </si>
   <si>
     <t>Dório Braun (Suplente)</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13846/ind-102.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13846/ind-102.pdf</t>
   </si>
   <si>
     <t>FAZER O CINTAMENTO DA ÁRVORE LOCALIZADA NO JARDIM DE ARAGUYA, PRÓXIMO A ESTAÇÃO FERROVIÁRIA.</t>
   </si>
   <si>
     <t>13847</t>
   </si>
   <si>
     <t>Felipe Hulle Del Puppo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13847/ind-103.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13847/ind-103.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE, QUE SEJAM VIABILIZADAS EM CARÁTER DE URGÊNCIA, _x000D_
 ABERTURAS DE CAIXAS SECAS E SAÍDAS DE ÁGUA, DEPOIS DA IGREJA CATÓLICA DE ALTO NOVA ALMEIDA.</t>
   </si>
   <si>
     <t>13852</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13852/ind-104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13852/ind-104.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE, QUE SEJAM VIABILIZADAS EM CARÁTER DE URGÊNCIA, _x000D_
 ABERTURAS DE CAIXAS SECAS E SAÍDAS DE ÁGUA, NA ESTRADA SÃO JOSÉ, SITUADA NO DISTRITO DE SANTA MARIA.</t>
   </si>
   <si>
     <t>13848</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13848/ind-105.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13848/ind-105.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJAM VIABILIZADAS MELHORIAS NAS RUAS EM ARAGUAYA, COMPREENDENDO SERVIÇOS DE RECAPEAMENTO, BEM COMO, DRENAGEM E REPAROS NAS SAÍDAS DE ÁGUA, VISTO QUE, AS MANILHAS SE ENCONTRAM EXPOSTAS.</t>
   </si>
   <si>
     <t>13849</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13849/ind_-106.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13849/ind_-106.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE ESPORTES, QUE SEJA VIABILIZADA A TROCA DO GRAMADO DO _x000D_
 CAMPO DE FUTEBOL SOCIETY “JOSÉ HENRIQUE PEREIRA FILHO”, LOCALIZADO EM PARALELO À RUA GUSTAVO HERTEL, ANEXO À ASSOCIAÇÃO PESTALOZZI.</t>
   </si>
   <si>
     <t>13850</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13850/ind-126.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13850/ind-126.pdf</t>
   </si>
   <si>
     <t>INSTALAR BUEIROS E CORRIGIR PAVIMENTAÇÃO NA RUA CARLOS HAND, LOCALIZADA NO BAIRRO VALE DAS PALMAS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13851</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13851/ind-127.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13851/ind-127.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA UMA PROTEÇÃO, VISANDO CERCAR TODA A ÁREA QUE COMPORTA OS PARQUES INFANTIS DA SEDE DO _x000D_
 MUNICÍPIO, VISANDO IMPEDIR QUE AS CRIANÇAS CORRAM PARA A RUA, A FIM DE PROTEGÊ-LAS E PROPORCIONAR SEGURANÇA ÀS MESMAS.</t>
   </si>
   <si>
     <t>13857</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13857/142_-_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13857/142_-_ind.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO, QUE SEJAM VIABILIZADAS URGENTEMENTE MELHORIAS NA PRAÇA DE ARAGUAYA, COMPREENDENDO A TROCA DO TELHADO DO CORETO E A SUBSTITUIÇÃO DA COBERTURA DO PERGOLADO, AMBOS, DE FATO NECESSITANDO DE TAIS REPAROS.</t>
   </si>
   <si>
     <t>13858</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13858/143_-_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13858/143_-_ind.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSE PODER EXECUTIVO QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, SERVIÇO DE LIMPEZA DE TODOS OS BUEIROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13859</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13859/144_-_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13859/144_-_ind.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, SERVIÇO DE RECAPEAMENTO ASFÁLTICO EM ALTO MARECHAL, TENDO EM VISTA OS INÚMEROS BURACOS EXISTENTES, ONDE O ASFALTO JÁ SE ENCONTRA EM PRECÁRIAS CONDIÇÕES DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>13860</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13860/145_-_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13860/145_-_ind.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A INSTALAÇÃO DE LIXEIRAS EM TODA A EXTENSÃO DO CALÇADÃO DO PONTO FRIO, PROSSEGUINDO ATÉ O TÉRMINO DO CALÇADÃO DE ALTO MARECHAL.</t>
   </si>
   <si>
     <t>13861</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13861/146_-_ind.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13861/146_-_ind.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR MELHORIAS NA RUA JOSÉ CÂNDIDO DA SILVEIRA, LOCALIZADA NO MORRO DA MACEFEL, COMPREENDENDO PAVIMENTAÇÃO E SISTEMA DE _x000D_
 DRENAGEM.</t>
   </si>
   <si>
     <t>13997</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13997/217.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13997/217.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE TAPA-BURACOS NA RODOVIA JÁCOMO RONCHI, LOCALIZADA EM ARAGUAYA, BEM COMO, NAS RUAS QUE DESCEM AO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>13998</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13998/218.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13998/218.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR SERVIÇO DE LIMPEZA DE CANALETAS, BEM COMO CONSERTO DAS CALHAS LATERAIS DA RUA FLORIANO SCHNEIDER E SUBIDA DA "ESCOLA VICTÓRIO BRAVIM", LOCALIZADAS EM ARAGUAYA.</t>
   </si>
   <si>
     <t>13999</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13999/219.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13999/219.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO, QUE SEJA VIABILIZADO URGENTEMENTE, SERVIÇO DE ROÇAGEM EM TODA A EXTENSÃO DA RUA DELIMAR SCHUNK E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>14000</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14000/220.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14000/220.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A DISPONIBILIZAÇÃO OU CONTRATAÇÃO DE UM PROFESSOR DE EDUCAÇÃO FISÍCA, VISANDO ATUAR NAS ACADEMIAS POPULARES, NOS PERÍODOS DA MANHÃ E À NOITE, COM A ULTILIZAÇÃO DE CAIXAS DE SOM.</t>
   </si>
   <si>
     <t>14018</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14018/ind_20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14018/ind_20.pdf</t>
   </si>
   <si>
     <t>"VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE LIMPEZA E TAPA-BURACOS (MANUTENÇÃO CORRETIVA E PREVENTIVA), NAS ESTRADAS DO BOSQUE DA COLINA, EMPREENDIMENTO IMOBILIÁRIO LOCALIZADO NO BAIRRO JOSÉ ALOÍSIO SIMON (TREVO DE PARAJÚ)"</t>
   </si>
   <si>
     <t>14019</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14019/ind_21.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14019/ind_21.pdf</t>
   </si>
   <si>
     <t>"VIABILIZAR SERVIÇO DE RECAPEAMENTO OU TROCA DE CALÇAMENTO, NA RUA LAURA LITTIG KUSTER"</t>
   </si>
   <si>
     <t>14020</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14020/ind_22.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14020/ind_22.pdf</t>
   </si>
   <si>
     <t>"VIABILIZAR MELHORIAS, COMPREENDENDO SERVIÇOS DE ROÇAGEM E TAPA-BURACOS NA ESTRADA DE COSTA PEREIRA, SENTIDO ESPERDIÃO BRITO E, EM OUTRAS, QUE IGUALMENTE NECESSITAM DE ATENÇÃO"</t>
   </si>
   <si>
     <t>14021</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14021/ind_23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14021/ind_23.pdf</t>
   </si>
   <si>
     <t>"QUE SEJA VIABILIZADA COM URGÊNCIA, A RECUPERAÇÃO DOS RAMAIS DE ESTRADAS RURAIS QUE DÃO ACESSO A PRODUTORES RURAIS, POUSADAS E SÍTIOS DE LOCAÇÃO"</t>
   </si>
   <si>
     <t>14022</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14022/ind_24.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14022/ind_24.pdf</t>
   </si>
   <si>
     <t>"VIABILIZAR, EM CARÁTER DE URGÊNCIA, REABERTURA E TROCA DA PAVIMENTAÇÃO EXISTENTE, DA RUA MARCIONÍLIO DE VARGAS FORTE ATÉ A LINHA FÉRREA, ONDE SE LOCALIZA O ESPAÇO CIDADÃO E KILÃO SABORES DO CAMPO, NA SEDE DO MUNICÍPIO"</t>
   </si>
   <si>
     <t>14050</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14050/319.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14050/319.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA, EM CARÁTER DE URGÊNCIA, LIMPEZA DAS RUAS DA VILA DO SERTÃO, LOCALIZADA EM BOA ESPERANÇA, ABRANGENDO SERVIÇOS DE CAPINAS, ROÇAGENS, BEM COMO RETIRADA DE ENTULHOS, SOLICITO AINDA, QUE SEJAM REALIZADAS MELHORIAS NA ESTRADA QUE DÁ ACESSO A REFERIDA VILA, COMPREENDENDO SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO, NO PERCURSO QUE TEM INÍCIO NO ASFALTO (RODOVIA CORIOLANO GUILHERME STEIN), SE ESTENDENDO ATÉ A MENCIONADA VILA.</t>
   </si>
   <si>
     <t>14051</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14051/320.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14051/320.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA CONSTRUÍDO EM CARÁTER DE URGÊNCIA, UM MURO DE ARRIMO NA RUA LAURA LITTIG KUSTER, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14052</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14052/321.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14052/321.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADA A LIMPEZA DE TODA A EXTENSÃO DA LINHA FÉRREA, LOCALIZADA ÀS MARGENS DA RUA EMÍLIO HULLE, TENDO EM VISTA QUE A MESMA, DE FATO, CARECE DO SERVIÇO AQUI SOLICITADO.</t>
   </si>
   <si>
     <t>14053</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14053/322.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14053/322.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE ROÇAGEM EM TRECHO DE FERROVIA NO CENTRO, PRINCIPALMENTE PRÓXIMO A RUA THIERES VELOSO E RUA DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>14054</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14054/323.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14054/323.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇOS DE DRENAGEM PLUVIAL, EM RUAS ONDE MUNÍCIPES ESTÃO SOFRENDO DANOS APÓS FORTES CHUVAS, TAIS COMO: AVENIDA ARTHUR HAESE, RUA THIERES VELOSO, LADEIRA DE ACESSO _x000D_
 AO MORRO DA MACEFEL, RUA DELIMAR SCHUNK, E ESTRADA COSTA PEREIRA, PRÓXIMO AO ACESSO DO VALE DA TRANQUILIDADE.</t>
   </si>
   <si>
     <t>14082</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14082/393.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14082/393.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, À FRENTE DESSA GESTÃO MUNICIPAL, MELHORIAS NA LADEIRA MÁRIO SCHUNK E NA RUA GERMANO SCHUNK, VIAS ESSAS, QUE CARECEM DE ATENÇÃO, MAS COMPORTAM O TRANSLADO DE UM GRANDE CONTINGENTE POPULACIONAL.</t>
   </si>
   <si>
     <t>14083</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14083/394.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14083/394.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO DE MARECHAL FLORIANO, A INSTALAÇÃO DE BEBEDOUROS QUE DISPONIBILIZEM ÁGUA EM TEMPERATURA AMBIENTE E GELADA, TANTO PARA OS MUNÍCIPES QUANTO PARA SEUS ANIMAIS DE ESTIMAÇÃO, SENDO QUE OS MESMOS DEVEM SER DISTRIBUÍDOS EM PONTOS ESTRATÉGICOS POR TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>14084</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14084/395.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14084/395.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO DE MARECHAL FLORIANO, QUE SEJA INSTALADO UM PARQUINHO NA COMUNIDADE DE SANTA RITA, VISTO A CRESCENTE DA POPULAÇÃO LOCAL, A NECESSIDADE DE UM ENTRETIMENTO PARA O PÚBLICO INFANTIL E INFANTOJUVENIL SE TORNA CADA VEZ MAIS EVIDENTE.</t>
   </si>
   <si>
     <t>14085</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14085/396.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14085/396.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO DE MARECHAL FLORIANO, MANILHAMENTO NA RUA MARIA BOTELHO DE ALMEIDA TRARBACH, QUE VEM APRESENTANDO UM PÉSSIMO ESCOAMENTO E UM GRANDE ACÚMULO DE ÁGUA PLUVIAL, RESULTANDO EM ALAGAMENTOS.</t>
   </si>
   <si>
     <t>14086</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14086/397.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14086/397.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO DE MARECHAL FLORIANO, SERVIÇO DE MANILHAMENTO NO BAIRRO RECREIO PONTO ALTO, BEM COMO, PATROLAMENTO E CASCALHAMENTO, ATÉ QUE SEJA POSSÍVEL REALIZAR SERVIÇO DE PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>14087</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Maylson Littig</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14087/398.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14087/398.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO DE MARECHAL FLORIANO, A IMPLEMENTAÇÃO E CONSTRUÇÃO DE UMA PONTE NA COMUNIDADE DE BOA ESPERANÇA, NAS PROXIMIDADES DA PROPRIEDADE DO SR. ALCIDÉRIO UHL.</t>
   </si>
   <si>
     <t>14096</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14096/407.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14096/407.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, PREFEITO DE MARECHAL FLORIANO, A IMPLEMENTAÇÃO DE UM NOVO ACESSO NA ENTRADA DA EMPRESA ÁGUA PEDRA AZUL, LOCALIZADA EM VICTOR HUGO, KM 69,5, TENDO EM VISTA QUE, A EMPRESA ESTÁ CRESCENDO DIA APÓS DIA, GERANDO IMPOSTOS E EMPREGOS AO MUNICÍPIO, ATUALMENTE CONTANDO COM APROXIMADAMENTE 160 COLABORADORES DE MARECHAL FLORIANO, FAZENDO PORTANTO, JUS AO SOLICITADO.</t>
   </si>
   <si>
     <t>14107</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14107/497-2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14107/497-2.pdf</t>
   </si>
   <si>
     <t>"SOLICITO, QUE SEJA VIABILIZADA A APLICAÇÃO DE AREIA DO MORRO, BEM COMO,_x000D_
 INSTALAÇÃO DE PROTEÇÃO NO PARQUINHO DA SEDE".</t>
   </si>
   <si>
     <t>14108</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14108/498-2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14108/498-2.pdf</t>
   </si>
   <si>
     <t>"SOLICITO, QUE OS PROPRIETÁRIOS DE LOTES VAGOS NA SEDE SEJAM NOTIFICADOS PARA FAZER LIMPEZA E ROÇAGEM DOS MESMOS".</t>
   </si>
   <si>
     <t>14109</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14109/499-2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14109/499-2.pdf</t>
   </si>
   <si>
     <t>"SOLICITO, EM CARÁTER DE URGÊNCIA, PARA A SEDE DO MUNICÍPIO, SERVIÇO DE DESRATIZAÇÃO E DEDETIZAÇÃO CONTRA BARATAS EM BUEIROS, VISANDO SOLUCIONAR O PROBLEMA DE INFESTAÇÃO DE ROEDORES E BARATAS NA CIDADE".</t>
   </si>
   <si>
     <t>14200</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14200/ind_40_abrao.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14200/ind_40_abrao.pdf</t>
   </si>
   <si>
     <t>INDICO, A ESSE PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, QUE SEJAM VIABILIZADAS URGENTEMENTE A CONSTRUÇÃO DE ESCADINHAS, ENTRE O MEIO-FIO E A GRAMA QUE MARGEIA A BR, EM FERNTE A PREFEITURA, ONDE É REALIZADA AOS SÁBADOS A POPULAR "FEIRA DA ROÇA".</t>
   </si>
   <si>
     <t>14148</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14148/551.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14148/551.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. ANTÔNIO CARLOS MALINI, SECRETÁRIO DE OBRAS E SERVIÇOS URBANOS, A DEPOSIÇÃO DE CAL E A REALIZAÇÃO DA LIMPEZA EM SANTA MARIA DE MARECHAL, ABRANGEDO TODO O LOCAL ONDE OCORRERÁ A FESTA DE CORPUS CHRIST.</t>
   </si>
   <si>
     <t>14149</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14149/552.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14149/552.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. ANTÔNIO CARLOS MALINI, SECRETÁRIO DE OBRAS E SERVIÇOS URBANOS, A TROCA DOS BANCOS EM ARAGUAYA, VISTO A CONDIÇÃO CRÍTICA DOS MESMO.</t>
   </si>
   <si>
     <t>14196</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14196/ind_43_-_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14196/ind_43_-_natalino.pdf</t>
   </si>
   <si>
     <t>"INDICO, QUE ESSE EXECUTIVO MUNICIPAL VIABILIZE E EXECUTE A RETIRADA DE TODOS COLETORES DE LIXO DAS CALÇADAS EM TODO MUNICÍPIO"</t>
   </si>
   <si>
     <t>14197</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14197/ind_44_-_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14197/ind_44_-_natalino.pdf</t>
   </si>
   <si>
     <t>"INDICO, QUE OCORRA UMA PROMOÇÃO MAIS EFETIVA DE EVENTOS DO MUNICÍPIO, COMO A FESTA DE CORPUS CHRIST E DEMAIS FESTIVIDADES"</t>
   </si>
   <si>
     <t>14198</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14198/ind_45_-_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14198/ind_45_-_natalino.pdf</t>
   </si>
   <si>
     <t>"INDICO, QUE A DATA PARA PAGAMENTO DE IMPOSTO PREDIAL TERRITORIAL URBANO (IPTU) COM DESCONTO SEJA TRANSFERIDO PARA O INÍCIO DO MÊS SEGUINTE"</t>
   </si>
   <si>
     <t>14199</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14199/ind_46_-_felipe.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14199/ind_46_-_felipe.pdf</t>
   </si>
   <si>
     <t>"INDICO, QUE SEJA REALIZADA A RETIRADA DOS FIOS QUE NÃO ESTÃO SENDO UTILIZADOS NA RUA VICTOR TRAVAGLIA, EM FRENTE A MF DISTRIBUIDORA"</t>
   </si>
   <si>
     <t>14216</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14216/indicacao_047.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14216/indicacao_047.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA REALIZADO O TÉRMINO DA ACADEMIA POPULAR DE ARAGUAYA E CONSTRUÇÃO DE UM PARQUINHO INFANTIL NA COMUNIDADE</t>
   </si>
   <si>
     <t>14217</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14217/indicacao_048.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14217/indicacao_048.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. ANTÔNIO CARLOS MALINI, SECRETÁRIO DE OBRAS E SERVIÇOS URBANOS, QUE SEJA REALIZADA A LIMPEZA DAS RUAS MANOEL KILL, CLARA ENDLICH E VICTOR TRAVÁGLIA, LAVANDO-AS COM CAMINHÃO-PIPA.</t>
   </si>
   <si>
     <t>14218</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14218/indicacao_049.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14218/indicacao_049.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXMO. SR. ANTÔNIO CARLOS MALINI, SECRETÁRIO DE OBRAS E SERVIÇOS URBANOS, QUE SEJA IMPLEMENTADO UM BANHEIRO NO ''COMPLEXO ESPORTIVO PÉRICLES PEREIRA PINTO'', ATENDENDO TODOS OS MUNÍCIPES QUE ALI PRATICAM SEU LAZER.</t>
   </si>
   <si>
     <t>14219</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14219/indicacao_050.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14219/indicacao_050.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA DE CULTURA E TURISMO, QUE SEJA INSTALADO EM PONTO ESTRATÉGICO, UM MONUMENTO IDENTIFICANDO SER A CIDADE DAS ORQUÍDEAS, FAZENDO JUS AO NOME.</t>
   </si>
   <si>
     <t>14220</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14220/indicacao_051.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14220/indicacao_051.pdf</t>
   </si>
   <si>
     <t>INDICO AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE, QUE SEJA VIABILIZADA A INSTALAÇÃO DE PONTOS DE COLETA DE PAPELÃO E RECICLÁVEIS, EM LOCAIS ADEQUADOS PARA O RECEBIMENTO DE DESCARTE.</t>
   </si>
   <si>
     <t>14242</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14242/indicacao_52.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14242/indicacao_52.pdf</t>
   </si>
   <si>
     <t>"INDICO, A EXMA. SRª. MARIA ARLETE NOVAES MORAES SILVA, SECRETÁRIA DE SAÚDE, QUE SEJA REALIZADA A DISPOSIÇÃO DE UM MÉDICO PEDIATRA 24 HORAS NO CENTRO DE SAÚDE ''ARY RIBEIRO DA SILVA''.</t>
   </si>
   <si>
     <t>14243</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14243/indicacao_53.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14243/indicacao_53.pdf</t>
   </si>
   <si>
     <t>"INDICO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, QUE, DENTRO DO CENTRO DE CONVIVÊNCIA DO IDOSO SEJA DISPONIBILIZADO AO MENOS UM DIA DA SEMANA PARA SE TER O CENTRO DE CONVIVÊNCIA DA JUVENTUDE."</t>
   </si>
   <si>
     <t>14263</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14263/1_pdfsam_054.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14263/1_pdfsam_054.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO A CONSTRUÇÃO DE ACADEMIA POPULAR E UM PARQUINHO INFANTIL NA COMUNIDADE SÃO CRISTÓVÃO, LOCALIZADA NO TREVO DE PARAJÚ.</t>
   </si>
   <si>
     <t>14264</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14264/1_pdfsam_055.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14264/1_pdfsam_055.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, SERVIÇO DE ILUMINAÇÃO PÚBLICA EM ALTO RIO FUNDO, NO MESMO TRECHO ONDE ESTÁ SENDO REALIZADO O CALÇAMENTO, ATÉ O FINAL DO MESMO, NAS PROXIMIDADES DA RESIDÊNCIA DA SRA. MARINA ATAÍDE.</t>
   </si>
   <si>
     <t>14265</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14265/1_pdfsam_056.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14265/1_pdfsam_056.pdf</t>
   </si>
   <si>
     <t>RETIRAR AS PLACAS DE SINALIZAÇÃO DE TRÂNSITO NAS CALÇADAS, PROPONDO OUTRA SOLUÇÃO QUE NÃO PREJUDIQUE O IR E VIR DOS CIDADÃOS.</t>
   </si>
   <si>
     <t>14402</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14402/1_pdfsam_ind58.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14402/1_pdfsam_ind58.pdf</t>
   </si>
   <si>
     <t>INDICO, A ESSE PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA A QUE COMPETE, QUE SEJAM VIABILIZADOS URGENTEMENTE A CONSTRUÇÃO DE 2 (DOIS) QUEBRA-MOLAS NAS PROXIMIDADES DA "POUSADA QUINTA DO VALE", LOCALIZADA EM SOÍDO DE BAIXO, ONDE FOI EXECUTADO UM NOVO ASFALTAMENTO.</t>
   </si>
   <si>
     <t>14415</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14415/ind_059_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14415/ind_059_navar.pdf</t>
   </si>
   <si>
     <t>INDICO, QUE SEJA VIABILIZADA A INSTALAÇÃO DE LUZ ELÉTRICA NOS BANHEIROS DO CEMITÉRIO MUNICIPAL “RECANTO DA PAZ”, LOCALIZADO PRÓXIMO AO CAMPO DO APOLLO XIII.</t>
   </si>
   <si>
     <t>14416</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14416/ind_060_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14416/ind_060_natalino.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE O BANHEIRO PÚBLICO DA PRAÇA DO BAIRRO SANTA RITA PERMANEÇA ABERTO DURANTE O DIA.</t>
   </si>
   <si>
     <t>14417</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14417/ind_061_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14417/ind_061_natalino.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A DEMARCAÇÃO DE VAGAS DE ESTACIONAMENTO NO ESPAÇO LOCALIZADO EM FRENTE AO “CMEI VOVÓ FERNANDINA”, NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14418</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14418/ind_062_maylson.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14418/ind_062_maylson.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA PROVIDENCIADO SERVIÇO DE ILUMINAÇÃO PÚBLICA NA RUA PEDRO FRANCISCO MARQUES, LOCALIZADA NA SEDE DO MUNICÍPIO, EM FRENTE À IGREJA ASSEMBLEIA DE DEUS MADUREIRA, COM INÍCIO NA OFICINA DO SR. ALTAIR GOMES DE OLIVEIRA E TÉRMINO NA SERRALHERIA DO SR. ÉLIO CEZAR LITTIG, POPULARMENTE CONHECIDA COMO “SERRALHERIA DO PEQUENO”.</t>
   </si>
   <si>
     <t>14442</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14442/ind_063_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14442/ind_063_navar.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE SANITÁRIOS MASCULINO E FEMININO, RESPEITANDO OS PADRÕES DE ACESSIBILIDADE, NO “COMPLEXO ESPORTIVO PÉRICLES PEREIRA PINTO”, LOCALIZADO NA AVENIDA ARTHUR HAESE.</t>
   </si>
   <si>
     <t>14443</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14443/ind_064_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14443/ind_064_navar.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO EXMO. SR. JOÃO CARLOS LORENZONI, A FRENTE DESSA GESTÃO MUNICIPAL,_x000D_
 QUE SEJA VIABILIZADO SERVIÇO DE MANILHAMENTO NA RUA MARIA BOTELHO DE_x000D_
 ALMEIDA TRARBACH, VISANDO MELHOR ESCOAMENTO DAS ÁGUAS PLUVIAIS, TENDO EM_x000D_
 VISTA QUE, EM PERÍODOS CHUVOSOS TÊM OCORRIDO GRANDE ACÚMULO DE ÁGUA_x000D_
 PLUVIAL, RESULTANDO EM CONSTANTES ALAGAMENTOS NO REFERIDO LOGRADOURO.</t>
   </si>
   <si>
     <t>14444</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14444/ind_065_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14444/ind_065_navar.pdf</t>
   </si>
   <si>
     <t>INDICO, A EXMA. SRA. LORENA SANTANNA FEITOSA, SECRETÁRIA DE MEIO AMBIENTE E RECURSOS HÍDRICOS, QUE SEJA VIABILIZADA E IMPLEMENTADA A INSTALAÇÃO DE UMA ECOBARREIRA NO RIO JUCU BRAÇO SUL. A IMPLEMENTAÇÃO DESTAS ESTRUTURAS FLUTUANTES PERMITE O BLOQUEIO DO ESCOAMENTO DE RESÍDUOS FLUTUANTES, QUE_x000D_
 PODEM SER COLETADOS PARA UMA DESTINAÇÃO AMBIENTALMENTE ADEQUADA.</t>
   </si>
   <si>
     <t>14445</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Renato Werneck</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14445/ind.066.renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14445/ind.066.renato.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA DISPONIBILIZADO UM GARI PARA ATUAR NA ESTRADA PEDRO SCHUNK, RECENTEMENTE PAVIMENTADA, COM INÍCIO NAS PROXIMIDADES DO 4º BATALHÃO DE BOMBEIROS MILITAR, BEM COMO, QUE A COLETA DE LIXO SEJA REALIZADA NO MESMO PERCURSO, VISTO QUE, O CAMINHÃO DE LIXO NÃO PASSA LÁ.</t>
   </si>
   <si>
     <t>14446</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14446/ind_067_-_coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14446/ind_067_-_coquinho.pdf</t>
   </si>
   <si>
     <t>SOLICITO, AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E_x000D_
 SERVIÇOS URBANOS, QUE A RUA EMÍLIO GUSTAVO HULLE SEJA SINALIZADA COMO MÃO_x000D_
 ÚNICA, VISTO QUE, SEM A REFERIDA SINALIZAÇÃO, HÁ MOTORISTAS QUE NÃO SÃO DE_x000D_
 NOSSA CIDADE, VINDO DA AVENIDA PRESIDENTE KENNEDY E SEGUINDO NA CONTRAMÃO, PODENDO INCLUSIVE, CAUSAR ACIDENTES.</t>
   </si>
   <si>
     <t>14459</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14459/ind68.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14459/ind68.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR, EM CARÁTER DE URGÊNCIA, SERVIÇO DE TAPA-BURACOS NA RUA ADÃO KILL, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14472</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14472/ind069.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14472/ind069.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO Nº. 006/2023, DE 14 DE FEVEREIRO DE 2023, CONFORME SEGUE, SOLICITO NOVAMENTE A CONSTRUÇÃO DE DOIS QUEBRAMOLAS, SENDO UM ANTES E OUTRO DEPOIS DA RESIDÊNCIA DA SRª CARLA LITTIG, LOCALIZADA NO BAIRRO “VALE DAS MONTANHAS”, COM ENTRADA LOCALIZADA NO KM 54,5 DA BR 262, SENTIDO VITÓRIA/BELO HORIZONTE, PRÓXIMO À RESIDÊNCIA DE DONA DEJA, TENDO INÍCIO NA RESIDÊNCIA DO SR. VANDERLEI KLIPPEL, POPULARMENTE CONHECIDO COMO TUCA KLIPPEL, COM TÉRMINO NA RESIDÊNCIA DO SR. LEANDRO LUDUVICO.</t>
   </si>
   <si>
     <t>14473</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14473/ind070.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14473/ind070.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO Nº. 40/2024, DE 22 DE MAIO DE 2024, CONFORME SEGUE, SOLICITO NOVAMENTE A ESSE EXECUTIVO, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, QUE SEJAM VIABILIZADAS URGENTEMENTE A CONSTRUÇÃO DE ESCADINHAS, ENTRE O MEIO-FIO E A GRAMA QUE MARGEIA A BR, EM FRENTE A PREFEITURA, ONDE É REALIZADA AOS SÁBADOS A POPULAR “FEIRA DA ROÇA”, VISANDO MELHORAR O ACESSO DAS PESSOAS QUE ESTACIONAM NA BR E PASSAM POR CIMA DO CANTEIRO, CORRENDO O RISCO DE SE MACHUCAREM COMO JÁ OCORRERAM ALGUNS CASOS.</t>
   </si>
   <si>
     <t>14474</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14474/ind071.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14474/ind071.pdf</t>
   </si>
   <si>
     <t>VENHO, POR MEIO DESTA, INDICAR A NECESSIDADE DA AQUISIÇÃO DE APARELHOS DE RAIO-X ODONTOLÓGICOS PARA TODOS OS CONSULTÓRIOS DE ODONTOLOGIA DO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>14483</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14483/ind_072.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14483/ind_072.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, O CONSERTO DO ESGOTO QUE VEM DO MORRO DA MACEFEL, SENTIDO À RUA MANOEL KILL, ONDE O CANO ESTÁ VAZANDO.</t>
   </si>
   <si>
     <t>14484</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14484/ind_073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14484/ind_073.pdf</t>
   </si>
   <si>
     <t>SOLICITO, O FECHAMENTO COM ALAMBRADO NAS QUADRAS DE ESPORTES, NO COMPLEXO ESPORTIVO PÉRICLES PEREIRA PINTO, LOCALIZADO NA AVENIDA ARTHUR HAESE, COM PORTÃO, VISANDO IMPEDIR A ENTRADA DE CÃES E GATOS NOS MESMOS.</t>
   </si>
   <si>
     <t>14494</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14494/ind_74.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14494/ind_74.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADA EM CARÁTER DE URGÊNCIA, A CONSTRUÇÃO DE MURO DE ARRIMO EM FRENTE AO RESTAURANTE DA LUCIMAR, LOCALIZADO NA RUA FLORIANO KIEFFER, NO MORRO DA MACEFEL, VISANDO SIMULTANEAMENTE, ALARGAR A MENCIONADA VIA E AUMENTAR O FLUXO DE PESSOAS NA MESMA.</t>
   </si>
   <si>
     <t>14538</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14538/1270.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14538/1270.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR A SUBSTITUIÇÃO DAS CALHAS D'ÁGUA NA QUADRA DE ESPORTES, LOCALIZADA NO BAIRRO JOSÉ ALOÍSIO SIMON (TREVO DE PARAJÚ), ANEXO À ESCOLA JOSÉ ALOÍSIO SIMON. SOLICITO AINDA, A INSTALAÇÃO DA PLACA DE IDENTIFICAÇÃO DO MENCIONADO ESPAÇO.</t>
   </si>
   <si>
     <t>14544</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14544/1299.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14544/1299.pdf</t>
   </si>
   <si>
     <t>O ENCAMINHAMENTO DO INCLUSO PROJETO DE LEI, CONFORME SEGUE A MINUTA, VISANDO GARANTIR AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE MARECHAL FLORIANO, A PARTICIPAÇÃO DOS PAIS NO ACOMPANHAMENTO DA VIDA ESCOLAR DOS FILHOS E TAMBÉM HORÁRIO ESPECIAL, POR MEIO DE POLÍTICAS DE INCLUSÃO, A FIM DE GARANTIR OS DIREITOS DOS CIDADÃOS COM NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>14006</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14006/241.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14006/241.pdf</t>
   </si>
   <si>
     <t>O VEREADOR RENATO LUIZ VELOSO WERNECK, NA FORMA REGIMENTAL E OUVINDO-SE O PLANÁRIO, VEM REQUERER A ESSA EGRÉCIA CASA DE LEIS, QUE SEJA INSERIDO NA PAUTA DE NOSSOS TRABALHOS, UM "VOTO DE APLAUSOS E RECONHECIMENTO", TENDO COMO DISTINÇÃO TODOS OS PROFISSIONAIS ENVOLVIDOS NO RESGATE AOS FERIDOS DO GRAVE ACIDENTE DE TRÂNSITO OCORRIDO NO DIA 26/02/2024, NO KM 49 DA BR-262, PRÓXIMO AO POSTO IPIRANGA, NESTA MUNICIPALIDADE. ENVOLVENDO UMA CARRETA E UM VEÍCULO DE PASSEIO, ATUANDO NO RESGATE DA SENHORA FERIDA E PRESTANDO ASSISTÊNCIA MÉDICA À CRIANÇA E AO MOTORISTA DA CARRETA.</t>
   </si>
   <si>
     <t>14040</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14040/292.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14040/292.pdf</t>
   </si>
   <si>
     <t>VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO OS ALUNOS DA EEEFM VICTÓRIO BRAVIM.</t>
   </si>
   <si>
     <t>14080</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14080/391.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14080/391.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, O EXCELENTÍSSIMO SENHOR ANTÔNIO CARLOS MALINI, EM FACE À EXTRAORDINÁRIA ATUAÇÃO JUNTO À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, ESTENDENDO-SE A TODOS OS SERVIDORES.</t>
   </si>
   <si>
     <t>14081</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14081/392.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14081/392.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, A EXCELENTÍSSIMA SENHORA MARIA ARLETE NOVAES MORAES SILVA, EM FACE À EXTRAORDINÁRIA ATUAÇÃO JUNTO À SECRETARIA MUNICIPAL DE SAÚDE, ESTENDENDO-SE A TODOS OS SERVIDORES.</t>
   </si>
   <si>
     <t>14118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14118/512-3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14118/512-3.pdf</t>
   </si>
   <si>
     <t>"PELA PRESENTE, REQUEIRO, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UMA MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SR. OSMAR UHL, FUNCIONÁRIO DA EMPRESA FORTALEZA, RESPONSÁVEL PELA MANUTENÇÃO DO CEMITÉRIO PÚBLICO MUNICIPAL “RECANTO DA PAZ”.</t>
   </si>
   <si>
     <t>14123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14123/513.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14123/513.pdf</t>
   </si>
   <si>
     <t>“MOÇÃO DE APLAUSOS E RECONHECIMENTO AOS PARTICIPANTES DESTA MUNICIPALIDADE NO ‘CAMPEONATO ESTREANTES 2024’, EVENTO DE FISICULTURISMO, QUE CONTOU COM MAIS DE 130 ATLETAS”</t>
   </si>
   <si>
     <t>14119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14119/514.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14119/514.pdf</t>
   </si>
   <si>
     <t>"PELA PRESENTE, REQUEIRO, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UMA “MOÇÃO DE CONGRATULAÇÕES E BOAS-VINDAS” AO DELEGADO DE POLÍCIA CIVIL DE_x000D_
 MARECHAL FLORIANO, EXCELENTÍSSIMO SENHOR DR. LUCIANO CARLOS PAULINO DE_x000D_
 OLIVEIRA".</t>
   </si>
   <si>
     <t>14120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14120/515.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14120/515.pdf</t>
   </si>
   <si>
     <t>"PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA_x000D_
 LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA ENCAMINHADO O MAIS PROFUNDO “VOTO DE PESAR” AOS FAMILIARES DA SRA. ANGELINA DE ALMEIDA VELTEN".</t>
   </si>
   <si>
     <t>14121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14121/516.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14121/516.pdf</t>
   </si>
   <si>
     <t>"PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA_x000D_
 LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA ENCAMINHADO O MAIS PROFUNDO “VOTO DE PESAR” AOS FAMILIARES DO SR. JOSÉ MARIA VELTEN, EM FACE AO SEU FALECIMENTO".</t>
   </si>
   <si>
     <t>14122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14122/517.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14122/517.pdf</t>
   </si>
   <si>
     <t>"PELA PRESENTE, REQUEIRO, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UMA MOÇÃO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SR. RAEL SÉRGIO DAS NEVES, PROPRIETÁRIO DO NOTÍCIAS CAPIXABAS".</t>
   </si>
   <si>
     <t>14146</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14146/mocao.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14146/mocao.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA ENCAMINHADO O MAIS PROFUNDO "VOTO DE PESAR" AOS FAMILIARES DA SRA. LEONTINA RAMOS PEREIRA MARQUES.</t>
   </si>
   <si>
     <t>14147</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14147/549.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14147/549.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, REQUEIRO, QUE SEJA INSERIDO NA PAUTA DOS NOSSOS TRABALHOS, UMA "MOÇÃO DE APLAUSOS E RECONHECIMENTO" AO SR. ELISON OLIVEIRA DA SILVA, PROPRIETÁRIO DA "GO TRANSPORTE".</t>
   </si>
   <si>
     <t>14244</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14244/mocao_13.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14244/mocao_13.pdf</t>
   </si>
   <si>
     <t>"PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO TODOS OS POLICIAIS MILITARES DA 6ª CIA. INDEPENDENTE DA POLÍCIA MILITAR DO ES."</t>
   </si>
   <si>
     <t>14245</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14245/mocao_14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14245/mocao_14.pdf</t>
   </si>
   <si>
     <t>"PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO A “EQUIPE DA SECRETARIA DE MEIO AMBIENTE E RECURSOS HÍDRICOS”, DESTA_x000D_
 MUNICIPALIDADE."</t>
   </si>
   <si>
     <t>14261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14261/804.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14261/804.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O SR. FABRÍCIO MACIEL RAMOS, MORADOR DE MARECHAL FLORIANO HÁ 41 ANOS, POPULARMENTE CONHECIDO COMO DJ FABRÍCIO TORRES, ATUANDO HÁ 18 ANOS NA REGIÃO SERRANA, REALIZANDO UM TRABALHO DE QUALIDADE E PROFISSIONALISMO. INCLUSIVE, NA ITALEMANHA, FESTA ÍTALO-GERMÂNICA REALIZADA NESTE MUNICÍPIO, HÁ 15 ANOS.</t>
   </si>
   <si>
     <t>14262</t>
   </si>
   <si>
     <t>PLENÁRIO 2023/2024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14262/1_pdfsam_017.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14262/1_pdfsam_017.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO O EXCELENTÍSSIMO SENHOR JOILSON BROEDEL, PRESIDENTE DA CÂMARA MUNICIPAL DE VIANA/ES, ESTENDENDO-SE AOS DEMAIS VEREADORES, EM FACE À INAUGURAÇÃO DA SEDE PRÓPRIA DO PODER LEGISLATIVO, REALIZADA EM 05 DE JULHO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>14425</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14425/moc_018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14425/moc_018.pdf</t>
   </si>
   <si>
     <t>PELA PRESENTE, SOLICITO À MESA DIRETORA, QUE, APÓS OUVIR O PLENÁRIO DESTA CASA LEGISLATIVA, E, DISPENSADAS AS DEMAIS FORMALIDADES REGIMENTAIS, SEJA INSERIDA NA ATA DOS TRABALHOS, UM VOTO DE APLAUSOS E RECONHECIMENTO, TENDO COMO DISTINÇÃO, A EQUIPE FEMININA DE FUTSAL DA ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL E ENSINO FUNDAMENTAL "VICTOR HUGO", LOCALIZADA NESTE MUNICÍPIO, A QUAL, PARTICIPOU DOS JOGOS ESCOLARES DO ESPÍRITO SANTO (JEES), REALIZADO NO SESC DE GUARAPARI, NO PERÍODO DE 05 A 10 DO MÊS E ANO EM CURSO, CONQUISTANDO O 3º LUGAR NA CATEGORIA INFANTIL.</t>
   </si>
   <si>
     <t>14026</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14026/parecer_favoravel_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14026/parecer_favoravel_01.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 009/2024, DE AUTORIA VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "DENOMINA DE "RUA ADELIA MARIA VANELI LEMOS", NO BAIRRO SANTA RITA, NESTA MUNICIPALIDADE".</t>
   </si>
   <si>
     <t>14027</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14027/parecer_favoravel_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14027/parecer_favoravel_02.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 010/2024, DE AUTORIA VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "DENOMIN DE "RUA NICOLAU ANTÔNIO KLEIN", NO BAIRRO JEQUITIBÁ, EM SANTA MARIA DE MARECHAL, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>14028</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14028/parecer_favoravel_03.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14028/parecer_favoravel_03.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº.011/2024, DE AUTORIA DO VERERADOR CEZAR TADEU RONCHI JUNIOR QUE "DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA ESPECIAL DA DEFESA, PROTEÇÃO E DIREITOS DOS ANIMAIS, NO ÂMBITO DO PODER LEGISLATIVO DE MARECHAL FLORIANO - ES".</t>
   </si>
   <si>
     <t>14029</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14029/parecer_favoravel_04.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14029/parecer_favoravel_04.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 012/2024, DE AUTORIA VEREADOR DÓRIO ALFREDO BRAUN QUE "INSTITUI A "COMENDA DOUGLAS PUPPIN", ESTABELECE NORMAS PARA A SUA CONCESSÃO E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>14030</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CESA - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA E DIREITOS HUMANOS, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14030/parecer_favoravel_04.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14030/parecer_favoravel_04.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 001/2024, DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO PERMANENTE DE PLANEJAMENTO, MONITORAMENTO, CONTROLE, AVALIAÇÃO E AUDITORIA EM SAÚDE E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>14031</t>
   </si>
   <si>
     <t>CLJRF - COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14031/parecer_favoravel_06.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14031/parecer_favoravel_06.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 008/2024, DE AUTORIA DO PODER EXECUTIVO QUE INSTITUI O USO DO COLAR DE GIRASOL COMO INSTRUMENTO AUXILIAR PARA ORIENTAÇÃO, PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14032</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14032/parecer_favoravel_07.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14032/parecer_favoravel_07.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 019/2024, DE AUTORIA DO VERERADOR CEZAR TADEU RONCHI JUNIOR QUE "DISPÕE SOBRE A DIVULGAÇÃO DA RELAÇÃO DOS MEDICAMENTOS DE DISTRIBUIÇÃO GRATUITA, DISPONÍVEIS E FALTOSOS, NA FARMÁCIA POPULAR DA REDE PÚBLICA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14033</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14033/parecer_favoravel_09.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14033/parecer_favoravel_09.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 024/2024, DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14036</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14036/parecer_em_conjunto_favoravel_010.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14036/parecer_em_conjunto_favoravel_010.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 030/2024, DE AUTORIA DO PODER EXECUTIVO QUE "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ADICIONAL A MOTORISTA DE TRANSPORTE ESCOLAR".</t>
   </si>
   <si>
     <t>14037</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14037/parecer_em_conjunto_favoravel_011.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14037/parecer_em_conjunto_favoravel_011.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 031/2024, DE AUTORIA DO PODER EXECUTIVO QUE "INSTITUI A GRATIFICAÇÃO AO SERVIDOR OCUPANTE DA FUNÇÃO DE DIRETOR ESCOLAR DAS UNIDADES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>14034</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14034/parecer_em_conjunto_012.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14034/parecer_em_conjunto_012.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 033/2024, DE AUTORIA DO PODER EXECUTIVO QUE "AUTORIZA O PODER EXECUTIVO A CRIAR E CONCEDER GRATIFICAÇÃO PARA PROFESSOR MAPA, DETENTOR DO TÍTULO DE PÓS GRADUÇÃO, STRICTO SENSU DE DOUTORADO NO ÂMBITO DA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>14035</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14035/parecer_em_conjunto_013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14035/parecer_em_conjunto_013.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 034/2024, DE AUTORIA DO PODER EXECUTIVO QUE "ALTERA O ART. 3º DA LEI MUNICIPAL Nº 2.691, DE 01 DE MARÇO DE 2024".</t>
   </si>
   <si>
     <t>14041</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14041/parecer__favoravel_014.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14041/parecer__favoravel_014.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 032/2024, DE AUTORIA DO PODER EXECUTIVO QUE DISPÕE SOBRE O ATENDIMENTO AO DISPOSTO NO ART. 122-A, DA CONSTITUIÇÃO DO ESTADO DO ESPÍRITO SANTO E O DISPOSTO NO TÍTULO II, CAPÍTULO IV, DA LEI ORGÂNICA MUNICIPAL, EM RELAÇÃO AOS PODERES LEGISLATIVOS E EXECUTIVO.</t>
   </si>
   <si>
     <t>14042</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14042/parecer__favoravel_015.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14042/parecer__favoravel_015.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 032/2024, DE AUTORIA DO PODER EXECUTIVO QUE "DISPÕE SOBRE O ATENDIMENTO AO DISPOSTO NO ART. 122-A, DA CONSTITUIÇÃO DO ESTADO DO ESPÍRITO SANTO E O DISPOSTO NO TÍTULO II, CAPÍTULO IV, DA LEI ORGÂNICA MUNICIPAL, EM RELAÇÃO AOS PODERES LEGISLATIVOS E EXECUTIVO.</t>
   </si>
   <si>
     <t>14043</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14043/parecer_em_conjunto_016.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14043/parecer_em_conjunto_016.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 035/2024, DE AUTORIA DO PODER EXECUTIVO QUE DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14044</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14044/parecer_em_conjunto_017.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14044/parecer_em_conjunto_017.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 034/2024, DE AUTORIA DO PODER EXECUTIVO QUE DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14098</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14098/parecer_das_comissoes_018.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14098/parecer_das_comissoes_018.pdf</t>
   </si>
   <si>
     <t>“ESTABELECE QUE O MUNICÍPIO DE MARECHAL FLORIANO/ES DISPONIBILIZARÁ CÓDIGO DE BARRAS BIDIMENSIONAL QUICK RESPONSE (QR CODE) NAS PLACAS DE OBRAS PÚBLICAS EXECUTADAS POR SUA ADMINISTRAÇÃO DIRETA E ADMINISTRAÇÃO INDIRETA, OU POR EMPRESAS TERCEIRIZADAS”.</t>
   </si>
   <si>
     <t>14099</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14099/parecer_das_comissoes_019.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14099/parecer_das_comissoes_019.pdf</t>
   </si>
   <si>
     <t>14100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14100/parecer_das_comissoes_20.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14100/parecer_das_comissoes_20.pdf</t>
   </si>
   <si>
     <t>“DISPÕE DE DIRETRIZES DA LEI DA PRÁTICA ESPORTIVA ELETRÔNICA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>14101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14101/parecer_das_comissoes_021.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14101/parecer_das_comissoes_021.pdf</t>
   </si>
   <si>
     <t>“DISPÕE DE DIRETRIZES DA LEI DA PRÁTICA ESPORTIVA ELETRÔNICA, NO ÂMBITO DO MUNICÍPIO DE _x000D_
 MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>14102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O SERVIÇO LEGISLATIVO DE ORIENTAÇÃO, PROTEÇÃO E DEFESA DO CONSUMIDOR DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO – PROCON LEGISLATIVO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>14103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14103/parecer_das_comissoes_023.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14103/parecer_das_comissoes_023.pdf</t>
   </si>
   <si>
     <t>14104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14104/parecer_das_comissoes_024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14104/parecer_das_comissoes_024.pdf</t>
   </si>
   <si>
     <t>14230</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14230/parecer_favoravel_026.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14230/parecer_favoravel_026.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº. 045/2023, DE AUTORIA DO PODER EXECUTIVO QUE “DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>14246</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14246/parecer_027-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14246/parecer_027-1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 043/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO E VIGILÂNCIA EM TODAS AS REPARTIÇÕES PÚBLICAS DO MUNICÍPIO_x000D_
 DE MARECHAL FLORIANO-ES."</t>
   </si>
   <si>
     <t>14247</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14247/parecer_028-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14247/parecer_028-1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 047/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE “DISPÕE SOBRE A OBRIGATORIEDADE DA AFIXAÇÃO DE CARTAZES COM QR CODE PARA O ACESSO AO APLICATIVO “INFÂNCIA SEGURA” NAS UNIDADES DE SAÚDE, ESCOLAS PÚBLICAS, ÓRGÃOS PÚBLICOS LIGADOS À SAÚDE, EDUCAÇÃO, ASSISTÊNCIA SOCIAL, E TODOS LOCAIS PÚBLICOS DE GRANDE CIRCULAÇÃO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES."</t>
   </si>
   <si>
     <t>14248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14248/parecer_029-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14248/parecer_029-1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 055/2024, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE “INSTITUI A BATALHA CULTURAL DE RIMA, ENQUANTO EXPRESSÃO ARTÍSTICO-CULTURAL DA CULTURA HIP HOP, NO MUNICÍPIO DE MARECHAL_x000D_
 FLORIANO/ES, INSERINDO-A NO SEU CALENDÁRIO OFICIAL DE DATAS E EVENTOS”.</t>
   </si>
   <si>
     <t>14249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14249/parecer_favoravel_030-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14249/parecer_favoravel_030-1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 056/2024, DE AUTORIA DOS VEREADORES CEZAR TADEU RONCHI JUNIOR e LUCIANO NAVAR BOENO MENENDEZ QUE “DISPÕE SOBRE A CRIAÇÃO DE ESPAÇO RESERVADO PARA PESSOAS COM NECESSIDADES ESPECIAIS EM EVENTOS PÚBLICOS NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>14250</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14250/parecer_031-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14250/parecer_031-1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 057/2024, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK QUE “DISPÕE SOBRE A ISENÇÃO DE TAXA DE INSCRIÇÃO EM CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS ÀS MULHERES VÍTIMAS DE_x000D_
 VIOLÊNCIA DOMÉSTICA E FAMILIAR, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO – ES, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>14251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14251/parecer__032-1_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14251/parecer__032-1_1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 059/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE “ INSERE NO CALENDÁRIO DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O FESTIVAL NACIONAL DE ARTES E CULTURA NA COMUNIDADE DE MORRO BAIXO EM BOM JESUS, NESTE MUNICÍPIO."</t>
   </si>
   <si>
     <t>14252</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14252/parecer_033-1_1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14252/parecer_033-1_1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 060/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O "TERNO DE REIS DO BOM JESUS", EM BOM JESUS NESTE MUNICÍPIO."</t>
   </si>
   <si>
     <t>14253</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14253/parecer_034-1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14253/parecer_034-1.pdf</t>
   </si>
   <si>
     <t>"RELATIVO AO PROJETO DE LEI Nº 061/2024, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ QUE “DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA FARMÁCIA EM DOMICÍLIO E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>14273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14273/parecer_037.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14273/parecer_037.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO  PROJETO DE LEI Nº 049/2024 DE AUTORIA DO PODER EXECUTIVO QUE '' DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>14274</t>
   </si>
   <si>
     <t>RELATIVO AO  PROJETO DE LEI Nº 046/2024 DE AUTORIA DO PODER EXECUTIVO QUE “DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO DE COORDENADOR DA SAÚDE BUCAL NA ESTRUTURA ADMINISTRATIVA DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.''</t>
   </si>
   <si>
     <t>14275</t>
   </si>
   <si>
     <t>RELATIVO AO  PROJETO DE LEI Nº 066/2024 DE AUTORIA DO PODER EXECUTIVO  QUE  ''DEFINE NORMAS PARA A ORGANIZAÇÃO DA EQUIPE MULTIPROFISSIONAL NA ATENÇÃO PRIMÁRIA À SAÚDE NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS''.</t>
   </si>
   <si>
     <t>14276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14276/parecer_040.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14276/parecer_040.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO  PROJETO DE LEI Nº 069/2024 DE AUTORIA MESA DIRETORA QUE  “DISPÕE SOBRE A ALTERAÇÃO DE NOMENCLATURA E REQUISITOS BÁSICOS PARA PREENCHIMENTO DE CARGO DO QUADRO DE PESSOAL DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO, DEFINIDOS NA LEI MUNICIPAL 2.423 DE 10 DE FEVEREIRO DE 2022”.</t>
   </si>
   <si>
     <t>14585</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14585/parecer_41.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14585/parecer_41.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI COMPLEMENTAR Nº 001/2024, QUE ''DISPÕE SOBRE _x000D_
 ALTERAÇÃO DO SUBITEM 14.01 - LUBRIFICAÇÃO , LIMPEZA, LUSTRAÇÃO, REVISÃO, CARGA E DESCARGA, CONSERTO, RESTAURAÇÃO, BLINDAGEM, MANUTENÇÃO E CONSERVAÇÃO DE MÁQUINAS, VEÍCULOS, APARELHOS, EQUIPAMENTOS MOTORES, ELEVADORES OU DE QUALQUER OBJETO (EXECETO PEÇAS E PARTES EMPREGADAS, QUE FICAM SUJEITAS AO ICMS) ELENCADO NO ANEXO IX, DO CÓDIGO TRIBUTÁRIO MUNICIPAL ( LEI Nº 488, DE 23 DE DEZEMBRO DE 2003) E DÁ OUTRAS PROVIDÊNCIAS.''.</t>
   </si>
   <si>
     <t>14460</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14460/par42.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14460/par42.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 071/2024, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO QUE DENOMINA DE RUA DAS PEDRAS, NA COMUNIDADE DE SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>14586</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14586/par_43.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14586/par_43.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 071/2024, DE AUTORIA DO VEREADOR CEZAR TADEU _x000D_
 RONCHI JUNIOR QUE INSTITUI A "COMENDA MAZINHO SCHWAMBACH", ESTABELECE _x000D_
 NORMAS PARA A SUA CONCESSÃO E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>14465</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14465/par44.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14465/par44.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 077/2024, DE AUTORIA DA MESA DIRETORA QUE "ALTERA DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL N° 2.423, DE 10 DE FEVEREIRO DE 2022".</t>
   </si>
   <si>
     <t>14466</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14466/par45.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14466/par45.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 081/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "INSTITUI, O MEMORIAL CAPITAL ESTADUAL DAS ORQUÍDEAS, NO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>14467</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14467/par46.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14467/par46.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 046/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE DENOMINA O VALE FEIRA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, DE MOEDA JUCU BRAÇO SUL.</t>
   </si>
   <si>
     <t>14468</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14468/par47.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14468/par47.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 083/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE "DENOMINA DE "ESTRADA MUNICIPAL NÚCLEO COLONIAL CASTELLO", NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>14469</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14469/par48.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14469/par48.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI N° 046/2024, DE AUTORIA DO VEREADOR NATALINO BIANCHI NETTO QUE "DENOMINA DE "BECO CLARINDA MENDES LEMCKE", NA SEDE DESTA MUNICIPALIDADE".</t>
   </si>
   <si>
     <t>14495</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14495/parecer_049.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14495/parecer_049.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 095/2024, DE AUTORIA DO PODER EXECUTIVO QUE "ESTIMA A RECEITA E FIXA DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14589</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14589/1_pdfsam_parecer_051.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14589/1_pdfsam_parecer_051.pdf</t>
   </si>
   <si>
     <t>RELATIVO À PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE  MARECHAL FLORIANO - EXERCICIO DE 2021- PREFEITO JOÃO CARLOS LORENZONI.</t>
   </si>
   <si>
     <t>14587</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14587/parecer_52.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14587/parecer_52.pdf</t>
   </si>
   <si>
     <t>RELATIVO À PRESTAÇÃO DE CONTAS ANUAL DA PREFEITURA MUNICIPAL DE  MARECHAL FLORIANO - EXERCICIO DE 2022- PREFEITO JOÃO CARLOS  LORENZONI.</t>
   </si>
   <si>
     <t>14559</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14559/053.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14559/053.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 074/2024 QUE "ALTERA DIPOSITIVO DA LEI MUNICIPAL N° 2.715, DE 10 DE ABRIL DE 2024".</t>
   </si>
   <si>
     <t>14560</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14560/054.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14560/054.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 075/2024 QUE DENOMINA DE "VILA FISCHER", EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14561</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14561/055.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14561/055.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 076/2024 QUE "DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O ENCONTRO DA CULTURA ITALIANA, REALIZADO NO DISTRITO DE ARAGUAYA".</t>
   </si>
   <si>
     <t>14562</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14562/056.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14562/056.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 083/2024 QUE "INSTITUI A POLÍTICA MUNICIPAL DE APOIO E DESENVOLVIMENTO DO TURISMO DE EXPERIÊNCIA".</t>
   </si>
   <si>
     <t>14563</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14563/057.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14563/057.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 087/2024, QUE INSTITUI, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO/ES, A IMPLEMENTAÇÃO E UTILIZAÇÃO DOS SÍMBOLOS DAS 17 ODS EM TODOS OS PROJETOS DE LEIS, CONFORME O TEMA EM QUE SE ENQUADRAM.</t>
   </si>
   <si>
     <t>14564</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14564/058.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14564/058.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 090/2024, QUE DENOMINA DE "ESTRADA MUNICIPAL ALTO RIO DAS PEDRAS", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14565</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14565/059.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14565/059.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 093/2024, QUE "DENOMINA DE "RUA MANOEL RODRIGUES FALCÃO", NA SEDE DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14566</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14566/060.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14566/060.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 094/2024, QUE "DENOMINA DE RUA ANTÔNIO LUDWIG", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14567</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14567/061.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14567/061.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 116/2024, QUE INSTITUI E REGULAMENTA O ESTATUTO DO CORAL INFANTIL PICCOLI CONTADINI POLCENIGO.</t>
   </si>
   <si>
     <t>14568</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14568/062.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14568/062.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 096/2024 QUE INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DAS CRIANÇAS DA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>14569</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14569/063.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14569/063.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 097/2024, QUE DENOMINA DE "RUA ODETE BRAVIM BUSATO", LOCALIZADA NA VILA SANTO ANTÔNIO, NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14570</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14570/064.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14570/064.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 098/2024, QUE INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA DE CAMPANHA DE CONSCIENTIZAÇÃO, PREVENÇÃO E COMBATE A PRÁTICA DE QUEIMADAS.</t>
   </si>
   <si>
     <t>14571</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14571/065.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14571/065.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 099/2024 QUE INSTITUI A "SEMANA MUNICIPAL DA AGRICULTURA ORGÂNICA E DO CULTIVO DO MORANGO", NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14572</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14572/066.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14572/066.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 100/2024 QUE "DENOMINA PONTE PEDRO POLLI, NA LOCALIDADE DE RIO FUNDO, NESTE MUNICÍPIO".</t>
   </si>
   <si>
     <t>14573</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14573/067.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14573/067.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 101/2024 QUE "DISPÕE SOBRE A OBRIGATORIEDADE DO USO DE CRACHÁS DE IDENTIFICAÇÃO PARA TODOS OS SERVIDORES DO PODER LEGISLATIVO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14574</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14574/068.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14574/068.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 104/2024, QUE ALTERA DISPOSITIVO DA LEI MUNICIPAL N° 2.205, DE 03 DE JUNHO DE 2020.</t>
   </si>
   <si>
     <t>14575</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14575/069.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14575/069.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 105/2024, QUE "DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL, O CLUBE RECREATIVO ARAGUAIENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14576</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14576/070.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14576/070.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 106/2024, DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR QUE DISPÕE SOBRE O USO ADEQUADO DAS PRAÇAS E VIAS PÚBLICAS DE MARECHAL FLORIANO/ES E GARANTE SEGURANÇA NESSES LOCAIS.</t>
   </si>
   <si>
     <t>14577</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14577/071.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14577/071.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 107/2024, QUE DISPÕE SOBRE A PADRONIZAÇÃO DOS PONTOS DE PARADA DE ÔNIBUS DO SISTEMA DE TRANSPORTE COLETIVO DE PASSAGEIROS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14578</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14578/072.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14578/072.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 108/2024, QUE "INSTITUI A CAMPANHA "INFÂNCIA LIVRE DE TELAS", NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14579</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14579/073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14579/073.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 109/2024, QUE "DECLARA COMO PATRIMÔNIO CULTURAL IMATERIAL DE MARECHAL FLORIANO/ES, "O MAANAIM", DA IGREJA CRISTÃO MARANATA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14580</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14580/074.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14580/074.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 110/2024, QUE INSTITUI, O MEMORIAL DAS ETNIAS, NO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14581</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14581/075.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14581/075.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 111/2024, QUE "DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FOLIA DE REIS DO DISTRITO DE ARAGUAYA".</t>
   </si>
   <si>
     <t>14582</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14582/076.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14582/076.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 112/2024, QUE "DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DO CAFÉ DO DISTRITO DE SANTA MARIA DE MARECHAL".</t>
   </si>
   <si>
     <t>14588</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14588/parecer_077.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14588/parecer_077.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 114/2024, QUE INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A "FOLIA DE REIS DO DISTRITO DE ARAGUAYA".</t>
   </si>
   <si>
     <t>14558</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14558/078.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14558/078.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 115/2024, QUE "DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DE CORPUS CHRISTI DE SANTA MARIA DE MARECHAL".</t>
   </si>
   <si>
     <t>14604</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14604/parecer_das_comissoes_-_79.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14604/parecer_das_comissoes_-_79.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 086/2024, QUE INSTITUI, NO ÂMBITO DO MUNICÍPIO_x000D_
 DE MARECHAL FLORIANO-ES, A IMPLEMENTAÇÃO DE POSTOS DE RECARGA DE VEÍCULOS ELÉTRICOS E HÍBRIDOS, EM LOCAIS PÚBLICOS COM GRANDE CIRCULAÇÃO DE PESSOAS,_x000D_
 COMO PARQUES, ESTACIONAMENTOS E PRAÇAS.</t>
   </si>
   <si>
     <t>14605</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14605/parecer_das_comissoes_-_80.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14605/parecer_das_comissoes_-_80.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 091/2024, QUE DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL ÀS PESSOAS COM FIBROMIALGIA NOS LOCAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14606</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14606/parecer_das_comissoes_-_81.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14606/parecer_das_comissoes_-_81.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 092/2024, QUE DISPÕE SOBRE A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM FIBROMIALGIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14607</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14607/parecer_das_comissoes_-_82.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14607/parecer_das_comissoes_-_82.pdf</t>
   </si>
   <si>
     <t>RELATIVO AO PROJETO DE LEI Nº 0102/2024, QUE INSTITUI O PROGRAMA MUNICIPAL_x000D_
  DE SAÚDE BUCAL NA REDE PÚBLICA MUNICIPAL DE ENSINO DE MARECHAL FLORIANO/ES E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>14554</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14554/1.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14554/1.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2021".</t>
   </si>
   <si>
     <t>14555</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14555/2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14555/2.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL DE MARECHAL FLORIANO-ES, REFERENTE AO EXERCÍCIO DE 2022".</t>
   </si>
   <si>
     <t>14215</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>João Carlos Lorenzoni</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14215/673-2-8.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14215/673-2-8.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO SUBITEM 14.01 - LUBRIFICAÇÃO, RESTAURAÇÃO, LIMPEZA, LUSTRAÇÃO, REVISÃO, CARGA, E RECARGA, CONSERTO, RESTAURAÇÃO, BLINDAGEM, MANUTENÇÃO E CONSERVAÇÃO DE MAQUINAS, VEÍCULOS, APARELHOS, EQUIPAMENTOS MOTEORES, ELEVADORES OU DE QUALQUER OBJETTO (EXCETO PEÇAS E PARTES EMPREGADAS, QUE FICAM SUJEITAS AO ICMS) ELENCADO NO ANEXO IX DO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI Nº 488, DE 23 DE DEZEMBRO DE 2003) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14295</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14295/lei-022-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14295/lei-022-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DA ALÍQUOTA DO SUBITEM 14.01 - LUBRIFICAÇÃO, LIMPEZA, LUSTRAÇÃO, REVISÃO, CARGA E RECARGA, CONSERTO, RESTAURAÇÃO, BLINDAGEM, MANUTENÇÃO E CONSERVAÇÃO DE MÁQUINAS, VEÍCULOS, APARELHOS, EQUIPAMENTOS MOTORES, ELEVADORES OU DE QUALQUER OBJETO (EXCETO PEÇAS E PARTES EMPREGADAS, QUE FICAM SUJEITAS AO ICMS), ELECANDO NO ANEXO IX, DO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI N° 488, DE 23 DE DEZEMBRO DE 2003) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13810</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13810/projeto_de_lei_legislativo_e_executivo_no_1_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13810/projeto_de_lei_legislativo_e_executivo_no_1_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA COMISSÃO PERMANENTE DE PLANEJAMENTO, MONITORAMENTO, CONTROLE, AVALIAÇÃO E AUDITORIA EM SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13821</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13821/projeto_de_lei_legislativo_e_executivo_no_2_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13821/projeto_de_lei_legislativo_e_executivo_no_2_2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ALTERAR A LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE MARECHAL FLORIANO PARA INCLUSÃO DE CRÉDITO SUPLEMENTAR OBTIDO POR OPERAÇÃO DE CRÉDITO.</t>
   </si>
   <si>
     <t>13822</t>
   </si>
   <si>
     <t>MESA DIRETORA 2023/2024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13822/projeto_de_lei_legislativo_e_executivo_no_3_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13822/projeto_de_lei_legislativo_e_executivo_no_3_2024.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ARTIGO 2º DA LEI MUNICIPAL Nº 2.656, DE 26 DE DEZEMBRO DE 2023, QUE _x000D_
 INSTITUI O VALE FEIRA  NO ÂMBITO DO PODER LEGISLaTIVO MUNICIPAL”.</t>
   </si>
   <si>
     <t>13823</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13823/projeto_de_lei_legislativo_e_executivo_no_4_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13823/projeto_de_lei_legislativo_e_executivo_no_4_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''LADEIRA DOS IPÊS'', LOCALIZADA EM ALTO NOVA ALMEIDA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13826</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13826/projeto_de_lei_legislativo_e_executivo_no_5_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13826/projeto_de_lei_legislativo_e_executivo_no_5_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''LADEIRA SCHNEIDER'', LOCALIZADA EM RIO FUNDO, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13827</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13827/projeto_de_lei_legislativo_e_executivo_no_6_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13827/projeto_de_lei_legislativo_e_executivo_no_6_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 2.405, DE 05 DE JANEIRO DE 2022.</t>
   </si>
   <si>
     <t>13828</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13828/projeto_de_lei_legislativo_e_executivo_no_7_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13828/projeto_de_lei_legislativo_e_executivo_no_7_2024.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE ''RUA GRACIUDA LUBE TROCATE'', LOCALIZADA NA SEDE DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13829</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13829/projeto_de_lei_legislativo_e_executivo_no_8_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13829/projeto_de_lei_legislativo_e_executivo_no_8_2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO AUXILIAR PARA ORIENTAÇÃO , PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13935</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13935/9.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13935/9.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA ADELIA MARIA VANELI LEMOS", NO BAIRRO SANTA RITA, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>13933</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13933/10.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13933/10.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA NICOLAU ANTÔNIO KLEIN", NO BAIRRO JEQUITIBÁ, EM SANTA MARIA DE MARECHAL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13937</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13937/11.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13937/11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA ESPECIAL DA DEFESA, PROTEÇÃO E DIREITOS ANIMAIS, NO ÂMBITO DO PODER LEGISLATIVO DE MARECHAL FLORIANO - ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13932</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13932/12.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13932/12.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "COMENDA DOUGLAS PUPPIN", ESTABELECE NORMAS PARA A SUA CONXESSÃO E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>13936</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13936/13.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13936/13.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BOLSA ATLETA FORIANENSE E ESTABELECE AS DIRETRIZES, E DÁ OUTRAS PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>13934</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13934/14.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13934/14.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº 2.423, DE 10 DE FEVEREIRO DE 2022.</t>
   </si>
   <si>
     <t>13902</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13902/pdl_-_15.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13902/pdl_-_15.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIOS COM OS CONSELHOS DE ESCOLA PARA REPASSE DO RECURSO FINANCEIRO DO PMDDE - PROGRAMA MUNICIPAL DINHEIRO DIRETO NA ESCOLA.</t>
   </si>
   <si>
     <t>13993</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13993/16.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13993/16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNCIONAMENTO DAS FARMÁCIAS E A APRESENTAÇÃO DE SERVIÇO DE PRONTIDÃO EM CASOS DE URGÊNCIA E EMERGÊNCIA PELA POLICLÍNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13903</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13903/pdl-17.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13903/pdl-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13897</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13897/137_-_pdl.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13897/137_-_pdl.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "BAIRRO BARRA DO RIO FUNDO", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>13898</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13898/138_-_pdl.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13898/138_-_pdl.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DA RELAÇÃO DOS MEDICAMENTOS DE DISTRIBUIÇÃO GRATUITA, DISPONÍVEIS E FALTOSOS, NA FARMÁCIA POPULAR DA _x000D_
 REDE PÚBLICA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13899</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13899/139_-_pdl.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13899/139_-_pdl.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA SANTA RITA", NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>13900</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Dodô Krohling, Maylson Littig, Natalino Bianchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13900/140_-pdl.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13900/140_-pdl.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO MUNICIPAL A CONCEDER ABONO PECUNIÁRIO AOS SERVIDORES.</t>
   </si>
   <si>
     <t>13901</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13901/154-_pdl.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13901/154-_pdl.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNI_x0002_CIPAL Nº. 1.791 DE 16 DE JANEIRO DE 2017.</t>
   </si>
   <si>
     <t>13994</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13994/156.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13994/156.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALTERAR A REDAÇÃO DA LEI MUNICIPAL Nº. 874 DE 04 DE FEVEREIRO DE 2009.</t>
   </si>
   <si>
     <t>13995</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EFETIVO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14007</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14007/226.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14007/226.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "VILA TAQUARAL", EM RIO FUNDO.</t>
   </si>
   <si>
     <t>14008</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14008/227.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14008/227.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE TÍTULO DE CIDADÃO FLORIANENSE.</t>
   </si>
   <si>
     <t>14009</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14009/228.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14009/228.pdf</t>
   </si>
   <si>
     <t>FICA AUTORIZADA A REDUÇÃO DA ALÍQUIOTA DE TAXA DE SERVIÇO DE ILUMINAÇÃO PÚBLICA NO MUNICÍPIO DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>14010</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14010/229.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14010/229.pdf</t>
   </si>
   <si>
     <t>ESTABELECE QUE O MUNICÍPIO DE MARECHAL FLORIANO/ES DISPONIBILIZARÁ CÓDIGO DE BARRAS BIDIMENSIONAL QUICK RESPONSE (QR CODE) NAS PLACAS DE OBRAS PÚBLICAS EXECUTADAS POR SUA ADMINISTRAÇÃO DIRETA E ADMINISTRAÇÃO INDIRETA, OU POR EMPRESAS TERCEIRIZADAS.</t>
   </si>
   <si>
     <t>14011</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14011/230.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14011/230.pdf</t>
   </si>
   <si>
     <t>DISPÕE DE DIRETRIZES DA LEI DA PRÁTICA ESPORTIVA ELETRÔNICA, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14012</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER ADICIONAL A MOTORISTA DE TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>14013</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14013/236.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14013/236.pdf</t>
   </si>
   <si>
     <t>INSTITUI A GRATIFICAÇÃO AO SERVIDOR OCUPANTE DA FUNÇÃO DE DIRETOR ESCOLAR DAS UNIDADES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>14014</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14014/237.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14014/237.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO AO DISPOSTO NO ARTIGO 122-A DA CONSTITUIÇÃO DO ESTADO DO ESPÍRITO SANTO E O DISPOSTO NO TÍTULO II, CAPÍTULO IV, DA LEI ORGÂNICA MUNICIPAL, EM RELAÇÃO AOS PODERES LEGISLATIVO E EXECUTIVO.</t>
   </si>
   <si>
     <t>14015</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14015/238.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14015/238.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CRIAR E CONCEDER GRATIFICAÇÃO PARA PROFESSOR MAPA, DETENTOR DO TÍTULO DE PÓS GRADUAÇÃO STRICTO SENSU DE DOUTORADO NA ÂMBITO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>14016</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14016/239.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14016/239.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º DA LEI MUNICIPAL Nº. 2.691, DE 01 DE MARÇO DE 2024.</t>
   </si>
   <si>
     <t>14068</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14068/35.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14068/35.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGO DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14066</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14066/285.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14066/285.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO LEGISLATIVO DE ORIENTAÇÃO, PROTEÇÃO E DEFESA DO CONSUMIDOR DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO – PROCON LEGISLATIVO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14064</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14064/37.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14064/37.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O REPASSE DE RECURSOS FINANCEIROS A SOCIPROMA - SOCIEDADE PRO-MELHORAMENTO DE ARAGUAIA.</t>
   </si>
   <si>
     <t>14065</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14065/38.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14065/38.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, ADMINISTRAÇÃO, GERENCIAMENTO E ATRIBUIÇÃO DO GABINETE DE GESTÃO INTEGRADA MUNICIPAL - GGIM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14063</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14063/39.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14063/39.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O REPASSE DE RECURSOS FINANCEIROS A ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÀRIO DE SANTA MARIA (ADCSM)</t>
   </si>
   <si>
     <t>14062</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14062/40.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14062/40.pdf</t>
   </si>
   <si>
     <t>INSTITUI AS ATRIBUIÇÕES E HOMOLOGAÇÃO DE VALORES IMOBILIÁRIOS E ESTABELECE PROCEDIMENTOS PARA APURAÇÃO DE BASE DE CÁLCULO FISCAL E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>14061</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14061/41.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14061/41.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DOS CARGOS DA COORDENADORIA MUNICIPAL DE DEFESA CIVIL - COMPDEC DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14060</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14060/42.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14060/42.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI MUNICIPAL Nº. 1.700, DE 25 DE FEVEREIRO DE 2016.</t>
   </si>
   <si>
     <t>14094</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14094/405.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14094/405.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO E VIGILÂNCIA EM TODAS AS REPARTIÇÕES PÚBLICAS DO MUNICÍPIO DE MARECHAL _x000D_
 FLORIANO-ES.</t>
   </si>
   <si>
     <t>14095</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14095/406.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14095/406.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “DR. GERALDO DE SOUZA PIRES”, O CONSULTÓRIO ODONTOLÓGICO DA UNIDADE BÁSICA DE SAÚDE LEONTINA PERIM DE FARIA, LOCALIZADA EM ARAGUAYA.</t>
   </si>
   <si>
     <t>14106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14106/projeto-1-62.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14106/projeto-1-62.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>14105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14105/projeto_l-1-6.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14105/projeto_l-1-6.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DE CARGO EM COMISSÃO DE COORDENADOR DA SAÚDE BUCAL NA ESTRUTURA ADMINISTRATIVA DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>14161</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14161/482.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14161/482.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA AFIXAÇÃO DE CARTAZES COM QR CODE PARA O ACESSO AO APLICATIVO "INFÂNCIA SEGURA" NAS UNIDADES DE SAÚDE, ESCOLAS PÚBLICAS, ÓRGÃOS PÚBLICOS LIGADOS À SAÚDE, EDUCAÇÃO, ASSISTÊNCIA SOCIAL, E TODOS LOCAIS PÚBLICOS DE GRANDE CIRCULAÇÃO, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>14116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14116/506.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14116/506.pdf</t>
   </si>
   <si>
     <t>"CRIA O CORREDOR CULTURAL E HISTÓRICO NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO – ES".</t>
   </si>
   <si>
     <t>14124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14124/49.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14124/49.pdf</t>
   </si>
   <si>
     <t>14125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14125/50.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14125/50.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 1886 DE 27 DE SETEMBRO DE 2017.</t>
   </si>
   <si>
     <t>14126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14126/51.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14126/51.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº.2008, DE 03 DE SETEMBRO DE 2018.</t>
   </si>
   <si>
     <t>14127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14127/52.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14127/52.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O REPASSE DE RECURSOS FINANCEIROS A ASSOCIAÇÃO DE DESENVOLVIMENTO COMUNITÁRIO DE SANTA MARIA (ADCSM).</t>
   </si>
   <si>
     <t>14156</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14156/559.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14156/559.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA APRESENTAÇÃO DO EXAME TOXICOLÓGICO NO ATO DA NOMEAÇÃO DE OCUPANTES DE CARGOS DE PROVIMENTO EM COMISSÃO, NO ÂMBITO DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>14157</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14157/560.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14157/560.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA (CIPTEA), NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES.</t>
   </si>
   <si>
     <t>14158</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14158/561.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14158/561.pdf</t>
   </si>
   <si>
     <t>INSTITUI A BATALHA CULTURAL DE RIMA, ENQUANTO EXPRESSÃO ARTÍSTICO-CULTURAL DA CULTURA HIP HOP, NO MUNICÍPIO DE MARECHAL FLORIANO/ES, INSERINDO-A NO SEU CALENDÁRIO OFICIAL DE DATAS E EVENTOS.</t>
   </si>
   <si>
     <t>14159</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14159/562.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14159/562.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ESPAÇO RESERVADO PARA PESSOAS COM NECESSIDADES ESPECIAIS EM EVENTOS PÚBLICOS NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14160</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14160/563.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14160/563.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE TAXA DE INSCRIÇÃO EM CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14207/601.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14207/601.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O CHEFE DO PODER EXECUTIVO A DOAR IMÓVEL A PAROQUIA DE SANT'ANA".</t>
   </si>
   <si>
     <t>14208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14208/604.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14208/604.pdf</t>
   </si>
   <si>
     <t>"INSERE NO CALENDÁRIO DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO-ES, O "FESTIVAL NACIONAL DE ARTES E CULTURA NA COMUNIDADE DE MORRO BAIXO" EM BOM JESUS, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14209/605.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14209/605.pdf</t>
   </si>
   <si>
     <t>"DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O "TERNO DE REIS DO BOM JESUS", EM BOM JESUS NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14294</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14294/606.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14294/606.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA FARMÁCIA EM DOMICÍLIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14221</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14221/projeto_de_lei_062.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14221/projeto_de_lei_062.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ESTRADA MUNICIPAL DA MATA”, EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14222</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14222/projeto_de_lei_063.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14222/projeto_de_lei_063.pdf</t>
   </si>
   <si>
     <t>FIXA AREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14233</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14233/projeto_de_lei_64-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14233/projeto_de_lei_64-2024.pdf</t>
   </si>
   <si>
     <t>"DEFINE NORMAS PARA A ORGANIZAÇÃO DA EQUIPE MULTIPROFISSIONAL NA ATENÇÃO PRIMÁRIA À SAÚDE NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE NO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>14256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14256/esse_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14256/esse_2.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE CIÊNCIA, INOVAÇÃO E TECNOLOGIA EDUCACIONAL - PMCITEDU, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE MARECHAL FLORIANO - ES.</t>
   </si>
   <si>
     <t>14235</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14235/projeto_66-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14235/projeto_66-2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A "COMENDA MAZINHO SCHWAMBACH", ESTABELECE NORMAS PARA A SUA CONCESSÃO E DÁ OUTRAS DISPOSIÇÕES."</t>
   </si>
   <si>
     <t>14236</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14236/projeto_67-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14236/projeto_67-2024.pdf</t>
   </si>
   <si>
     <t>"DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES: "O CORAL INFANTIL DE ARAGUAYA PICCOLI CONTADINI DEI POLCENIGO".</t>
   </si>
   <si>
     <t>14237</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14237/projeto_68-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14237/projeto_68-2024.pdf</t>
   </si>
   <si>
     <t>"DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES: "O CORAL ADULTO DE ARAGUAYA PIU BELLO".</t>
   </si>
   <si>
     <t>14238</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14238/projeto_69-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14238/projeto_69-2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DE NOMENCLATURA E REQUISITOS BÁSICOS PARA PREENCHIMENTO DE CARGO DO QUADRO DE PESSOAL DO PODER LEGISLATIVO DO MUNICÍPIO DE MARECHAL FLORIANO, DEFINIDOS NA LEI MUNICIPAL 2.423 DE 10 DE_x000D_
 FEVEREIRO DE 2022."</t>
   </si>
   <si>
     <t>14239</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14239/projeto_070-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14239/projeto_070-2024.pdf</t>
   </si>
   <si>
     <t>“FIXA AREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>14292</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14292/projeto_de_lei_72.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14292/projeto_de_lei_72.pdf</t>
   </si>
   <si>
     <t>INSTITUI A "COMENDA MAZINHO SCHWAMBACH", ESTABELECE NORMAS PARA A SUA CONCESSÃO E DÁ OUTRAS DISPOSIÇÕES.</t>
   </si>
   <si>
     <t>14255</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14255/esse_1-3_merged.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14255/esse_1-3_merged.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ABRIR CRÉDITO ADICIONAL SUPLEMENTAR NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14269/793.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14269/793.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.715, DE 10 DE ABRIL DE 2024.</t>
   </si>
   <si>
     <t>14270</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14270/794.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14270/794.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “VILA FISCHER”, EM RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14271</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14271/1_pdfsam_076.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14271/1_pdfsam_076.pdf</t>
   </si>
   <si>
     <t>DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O ENCONTRO DA CULTURA ITALIANA, REALIZADO NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14272</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14272/1_pdfsam_077.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14272/1_pdfsam_077.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS NA ESTRUTURA ADMINISTRATIVA DO PODER LEGISLATIVO MUNICIPAL, LEI MUNICIPAL Nº 2.423, DE 10 DE FEVEREIRO DE 2022”.</t>
   </si>
   <si>
     <t>14296</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14296/078--2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14296/078--2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA DA LEI MUNICIPAL N° 2.651, DE 08 DE DEZEMBRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14412</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14412/1_pdfsam_3_pdfsam_pl79.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14412/1_pdfsam_3_pdfsam_pl79.pdf</t>
   </si>
   <si>
     <t>FIXA ÁREA DE EXPANSÃO URBANA COM VISTAS À URBANIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14403</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14403/1_pdfsam_pl_80.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14403/1_pdfsam_pl_80.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL N° 1.145, DE 11 DE JUNHO DE 2012.</t>
   </si>
   <si>
     <t>14404</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14404/1_pdfsam_pl81.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14404/1_pdfsam_pl81.pdf</t>
   </si>
   <si>
     <t>INSTITUI, O MEMORIAL CAPITAL ESTADUAL DAS ORQUÍDEAS, NO PODER LEGISLATIVO DE MARECHAL FLORIANO - ES</t>
   </si>
   <si>
     <t>14405</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14405/1_pdfsam_pl82.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14405/1_pdfsam_pl82.pdf</t>
   </si>
   <si>
     <t>DENOMINA O VALE FEIRA DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, DE MOEDA JUCU BRAÇO SUL.</t>
   </si>
   <si>
     <t>14406</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14406/1_pdfsam_pl83.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14406/1_pdfsam_pl83.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLIÍTICA MUNICIPAL DE APOIO E DESENVOLVIMENTO DO TURISMO DE EXPERIÊNCIA.</t>
   </si>
   <si>
     <t>14407</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14407/1_pdfsam_pl84.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14407/1_pdfsam_pl84.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "BECO CLARINDA MENDES LEMCKE", NA SEDE DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14419</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14419/pl_085_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14419/pl_085_cezinha.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ESTRADA MUNICIPAL NÚCLEO COLONIAL CASTELLO”, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14420</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14420/pl_086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14420/pl_086.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO-ES, A IMPLEMENTAÇÃO DE POSTOS DE RECARGA DE VEÍCULOS ELÉTRICOS E HÍBRIDOS, EM LOCAIS PÚBLICOS COM GRANDE CIRCULAÇÃO DE PESSOAS, COMO PARQUES, ESTACIONAMENTOS E PRAÇAS.</t>
   </si>
   <si>
     <t>14421</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14421/pl_087_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14421/pl_087_cezinha.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO/ ES, A IMPLEMENTAÇÃO E UTILIZAÇÃO DOS SÍMBOLOS DAS 17 ODS EM TODOS OS PROJETOS DE LEI, CONFORME O TEMA EM QUE SE ENQUADRAM.</t>
   </si>
   <si>
     <t>14422</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14422/pl_088_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14422/pl_088_natalino.pdf</t>
   </si>
   <si>
     <t>RECONHECE E INSERE O "EVENTO MONTANHAS OFF ROAD" NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14454</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14454/pl_89.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14454/pl_89.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº. 2.728, DE 05 DE JULHO DE 2024.</t>
   </si>
   <si>
     <t>14449</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14449/pl_090_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14449/pl_090_cezinha.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “ESTRADA MUNICIPAL ALTO RIO DAS PEDRAS”, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14450</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14450/pl_091_cezinha.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14450/pl_091_cezinha.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL ÀS PESSOAS COM FIBROMIALGIA NOS LOCAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14451</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14451/pl.092.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14451/pl.092.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM FIBROMIALGIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14452</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14452/pl_093_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14452/pl_093_natalino.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE “RUA MANOEL RODRIGUES FALCÃO”, NA SEDE DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14453</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14453/pl_094_-_-coquinho.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14453/pl_094_-_-coquinho.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA ANTÔNIO LUDWIG", NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14583</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14583/2_pdfsam_2_pdfsam_098.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14583/2_pdfsam_2_pdfsam_098.pdf</t>
   </si>
   <si>
     <t>ESTIMA RECEITA E FIXA DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14557</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14557/v.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14557/v.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO  MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DAS CRIANÇAS DA COMUNIDADE DE RIO FUNDO.</t>
   </si>
   <si>
     <t>14463</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14463/pl97.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14463/pl97.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "RUA ODETE BRAVIM BUSATO", LOCALIZADA NA VILA SANTO ANTÔNIO, NO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14464</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14464/pl98.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14464/pl98.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A SEMANA DE CAMPANHA DE CONSIENTIZAÇÃO, PREVENÇÃO E COMBATE A PRÁTICA DE QUEIMADAS.</t>
   </si>
   <si>
     <t>14480</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14480/pl_100.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14480/pl_100.pdf</t>
   </si>
   <si>
     <t>DENOMINA PONTE PEDRO POLLI, NA LOCALIDADE DE RIO FUNDO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>14481</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14481/pl_101.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14481/pl_101.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO USO DE CRACHÁS DE IDENTIFICAÇÃO PARA TODOS OS SERVIDORES DO PODER LEGISLATIVO DE MARECHAL FLORIANO/ES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14482</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14482/pl_102.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14482/pl_102.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE SAÚDE BUCAL NA REDE PÚBLICA MUNICIPAL DE ENSINO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14491</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14491/pl_095.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14491/pl_095.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14492</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14492/104.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14492/104.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.205, DE 03 DE JUNHO DE 2020.</t>
   </si>
   <si>
     <t>14496</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14496/pl_105.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14496/pl_105.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO UTILIDADE PÚBLICA MUNICIPAL, O CLUBE RECREATIVO ARAGUAIENSE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14497</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14497/pl_106.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14497/pl_106.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO ADEQUADO DAS PRAÇAS E VIAS PÚBLICAS DE MARECHAL FLORIANO/ES E GARANTE SEGURANÇA NESSES LOCAIS.</t>
   </si>
   <si>
     <t>14498</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14498/pl_107.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14498/pl_107.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PADRONIZAÇÃO DOS PONTOS DE PARADA DE ÔNIBUS DO SISTEMA DE TRANSPORTE COLETIVO DE PASSAGEIROS NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14499</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14499/pl_108.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14499/pl_108.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA "INFÂNCIA LIVRE DE TELAS", NO ÂMBITO DO MUNICÍPIO DE MARECHAL FLORIANO/ES E DÁ OUTRAS DISPOSIÇÕES".</t>
   </si>
   <si>
     <t>14500</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14500/pl_109.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14500/pl_109.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL IMATERIAL DE MARECHAL FLORIANO/ES. "O MAANAIM", DA IGREJA CRISTÃ MARANATA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14501</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14501/pl_110.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14501/pl_110.pdf</t>
   </si>
   <si>
     <t>INSTITUI, O MEMORIAL DAS ETNIAS, NO PODER LEGISLATIVO MUNICIPAL DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14502</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14502/pl_111.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14502/pl_111.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FOLIA DE REIS DO DISTRITO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14503</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14503/pl112.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14503/pl112.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DO CAFÉ DO DISTRITO DE SANTA MARIA DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>14510</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14510/projeto_de_lei_113.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14510/projeto_de_lei_113.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER A 13ª PARCELA DO AUXÍLIO-ALIMENTAÇÃO A SER CREDITADO ATRAVÉS DO CARTÃO ALIMENTAÇÃO NO MÊS DE DEZEMBRO DE 2024 AOS SERVIDORES MUNICIPAIS DO PODER EXECUTIVO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14541</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14541/1273.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14541/1273.pdf</t>
   </si>
   <si>
     <t>INSERE NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A "FOLIA DE REIS DO DISTRITO DE ARAGUAYA".</t>
   </si>
   <si>
     <t>14542</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14542/1274.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14542/1274.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, A FESTA DE CORPUS CHRISTI DE SANTA MARIA DE MARECHAL.</t>
   </si>
   <si>
     <t>14543</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14543/1275.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14543/1275.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA O ESTATUTO DO CORAL INFANTIL PICCOLI CONTADINI DEI POLCENIGO.</t>
   </si>
   <si>
     <t>14556</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14556/ilovepdf_merged_2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14556/ilovepdf_merged_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO AOS SERVIDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14546</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14546/1301.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14546/1301.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA LEI MUNICIPAL N° 1.544, DE 22 DE OUTUBRO DE 2014.</t>
   </si>
   <si>
     <t>14547</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14547/1302.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14547/1302.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO "PATRONO DA EDUCAÇÃO DO MUNICÍPIO DE MARECHAL FLORIANO/ES", O PROFESSOR ULRICH KUSTER.</t>
   </si>
   <si>
     <t>14548</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14548/1303.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14548/1303.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL E IMATERIAL DO MUNICÍPIO DE MARECHAL FLORIANO/ES, O "BECO ROSA", LOCALIZADO NA VILA DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14551</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14551/1306.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14551/1306.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO "PATRONO DOS ORQUIDÓFILOS DO MUNICÍPIO DE MARECHAL FLORIANO/ES", O ORQUIDÓFILO VANDERLINO SCHUNK.</t>
   </si>
   <si>
     <t>14552</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14552/1307.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14552/1307.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, AS SEPULTURAS ANTIGAS DO CEMITÉRIO DA CABOCLA, LOCALIZADA EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>14553</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14553/1308.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14553/1308.pdf</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO HISTÓRICO DO MUNICÍPIO DE MARECHAL FLORIANO/ES, AS SEPULTURAS DOS IMIGRANTES ITALIANOS DOS CEMITÉRIOS DE ARAGUAYA E SANTO ANTÔNIO DE ARAGUAYA.</t>
   </si>
   <si>
     <t>14117</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14117/511-3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14117/511-3.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL".</t>
   </si>
   <si>
     <t>14545</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Maylson Littig, Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14545/1300.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14545/1300.pdf</t>
   </si>
   <si>
     <t>ALTERA-SE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>13825</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13825/requerimento_no_1_2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13825/requerimento_no_1_2024.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXMO. SR. PREFEITO, QUE JUNTAMENTE COM A DEFESA CIVIL MUNICIPAL, PASSE A INFORMAR OS MORADORES DAS RUAS COM RISCOS DE ALAGAMENTO, SOBRE POSSÍVEIS CHUVAS TORRENCIAS E TEMPESTADES NAS REDES SOCIAIS, POR MEIO DE VEÍCULOS DE SOM, BEM COMO POR WHATSAPP AOS MORADORES DO MUNICÍPIO, EM ESPECIAL, DAS RUAS COM MAIORES RISCOS DE ALAGAR.</t>
   </si>
   <si>
     <t>13854</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13854/req_-120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13854/req_-120.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE CONCEITUADO ÓRGÃO FEDERAL, QUE DENTRO DAS POSSIBILIADES E LEGALIDADE, SE DIGNE A VIABILIAR A CONSTRUÇÃO DE UMA ROTATÓRIA ENTRE O RESTAURANTE ESTILO RÚSTICO E O EMPÓRIO PEDRA BONITA, LOCALIZADOS ÁS MARGENS DA BR 262, NO KM 66.</t>
   </si>
   <si>
     <t>13839</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13839/req-121.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13839/req-121.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PODER EXECUTIVO, POR MEIO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, QUE SEJA VIABILIZADA A IMPLEMENTAÇÃO DA LEI MUNICIPAL Nº 2.618, DE 22 DE AGOSTO DE 2023, QUE “INSTITUI SOBRE POLÍTICA PÚBLICA DO MUNICÍPIO DE MARECHAL FLORIANO/ES, PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SEUS ENTES”, TENDO EM VISTA QUE, A LEI ORÇAMENTÁRIA ANUAL (LOA) JÁ CONTEMPLA ORÇAMENTO PARA ESSA FINALIDADE.</t>
   </si>
   <si>
     <t>13840</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13840/req-122.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13840/req-122.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, INFORMAÇÕES RELACIONADAS A INSTALAÇÃO DE SISTEMA DE VIDEOMONITORAMENTO EM NOSSA CIDADE, POIS SE FAZ URGENTE O FUNCIONAMENTO DO MESMO NO AUXÍLIO AO COMBATE À CRIMINALIDADE, VISANDO PROPORCIONAR MAIOR SEGURANÇA AOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>13904</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13904/requerimento_123.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13904/requerimento_123.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ENVIADO A ETA CASA DE LEIS, O LAUDO TÉCNICO GARANTINDO A MANUTENÇÃO E PROGRAMAÇÃO DOS SEMÁFOROS DOS TREVOS DE ACESSO A ESTA CIDADE, VISTO QUE, POR VÁRIAS VEZES O MESMO NÃO TEM FUNCIONADO, PRINCIPALMENTE NOS FINAIS DE SEMANA A NOITE, GERANDO RISCO E INSEGURANÇA AOS MOTORISTAS QUE ALI PASSAM.</t>
   </si>
   <si>
     <t>13855</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13855/req-_124.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13855/req-_124.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE CONCEITUADO ÓRGÃO ESTADUAL, QUE VIABILIZE A IMPLANTAÇÃO DE QUEBRA -MOLAS ELEVADOS, COMPREENDENDO O TRECHO QUE TEM INÍCIO NO FINAL DA RUA GUSTAVO HERTEL E SE ESTENDENDO ATÉ A ES-376.</t>
   </si>
   <si>
     <t>13856</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13856/req_-125.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13856/req_-125.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, UM ESTUDO TÉCNICO GEOGRÁFICO DA RUA MANOEL KILL E DE TODAS ÀS RUAS DO MORRO DA MACEFEL, VISANDO OBTER INFORMAÇÕES DO SOLO E IMPACTO CAUSADOS PELAS CHUVAS, CM INTUITO DE PREVINIR E ORIENTAR A POPULAÇÃO SOBRE POSSÍVEIS RISCOS, EM ESPECIAL, OS MUNÍCIPES RESIDENTES NAS REFERIDAS ÁREAS, PROPORCIONANDO AOS MESMOS, A OPORTUNIDADE DE OBTER DENTRO DO POSSÍVEL, AS INFORMAÇÕES PERTINENTES AO ASSUNTO REFERENCIADO, BEM COMO, A FIM DE TENTAR SE PRECAVER DE POSSÍVEIS PROBLEMAS, QUE POSSAM LHES TIRAR A TRANQUILIDADE, SOBRETUDO, VIR A LHES PROPORCIONAR FUTURAMENTE, MAIORES TRANSTORNOS, DANOS E PREJUÍZOS.</t>
   </si>
   <si>
     <t>13862</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13862/147_-_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13862/147_-_req.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJAM CONSTRUÍDOS PARQUINHOS INFANTIS NO BAIRRO DELIMAR SCHUNK, BEM COMO, ARAGUAYA E NA ATUAL PRAÇA DA VILA DOS IPÊS. REQUEIRO AINDA, QUE O EXECUTIVO COMPRE A ÁREA ANEXA AO MURO DA MACEFEL E CONSTRUA UM PARQUINHO E PRAÇA PARA CÃES.</t>
   </si>
   <si>
     <t>13863</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13863/148_-_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13863/148_-_req.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, MELHORIAS NA ILUMINAÇÃO DA PISTA DE SKATE E DOS CAMPOS DE AREIA E BASQUETE, LOCALIZADOS NA AV. ARTHUR HAESE.</t>
   </si>
   <si>
     <t>13864</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13864/149_-_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13864/149_-_req.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, EM CARÁTER DE URGÊNCIA, LIGAÇÃO DA REDE DE ESGOTO NA RUA NÉLIO WASSEM. EXISTE REDE INICIADA NO LOCAL, MAS ESTÁ ESTANCADA GERANDO VAZAMENTO DO ESGOTO COLETADO NA RUA, CAUSANDO RISCO DE CONTAMINAÇÃO DE QUEM ALI TRANSITA.</t>
   </si>
   <si>
     <t>13865</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13865/150_-_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13865/150_-_req.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO, QUE ENVIE A ESTA CÂMARA MUNICIPAL UM PROJETO DE LEI QUE CONTEMPLE A CRIAÇÃO DO GGIM (GABINETE DE GESTÃO INTEGRADA MUNICIPAL) NESTE MUNICÍPIO, VISANDO AUXILIAR NA SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>13866</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13866/151-_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13866/151-_req.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO, QUE CONVOQUE AS EMPRESAS PRESTADORAS DE SERVIÇOS DE TELEFONIA E INTERNET QUE FAZEM USO DOS POSTES, A FAZEREM UM MUTIRÃO DE LIMPEZA E ORDENAMENTO DOS FIOS EM NOSSAS RUAS, VISTO QUE SE FAZ NECESSÁRIO VISANDO GARANTIR A SEGURANÇA E ORGANIZAÇÃO.</t>
   </si>
   <si>
     <t>13867</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13867/152_-_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13867/152_-_req.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ANALISADA A POSSIBILIDADE DE SER CONCEDIDO AUMENTO DO TICKET ALIMENTAÇÃO DOS SERVIDORES DO PODER EXECUTIVO MUNICIPAL, PASSANDO AO VALOR DE R$ 500,00 (QUINHENTOS REAIS), EM VIRTUDE DE SUA DEFASAGEM, TENDO EM VISTA QUE, O VALOR PAGO ATUALMENTE É DE R$ 300,00 (TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>13873</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13873/requerimento_153.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13873/requerimento_153.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, SERVIÇO DE PAVIMENTAÇÃO E DEMAIS MELHORIAS QUE SE FAZEM NECESSÁRIAS NA RUA HENRIQUE MIGUEL TRARBACH, COM ÍNICIO NO ENTROCAMENTO DA RUA EMÍLIO  ENDLICH, TENDO EM VISTA A PRECARIEDADE DA MESMA, CONFORME SEGUEM FOTOS.</t>
   </si>
   <si>
     <t>13868</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13868/160_-_req.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13868/160_-_req.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS, AO PREFEITO JOÃO CARLOS LORENZONI, QUE INTERVENHA JUNTO AO GOVERNO DO ESTADO, NO SENTIDO DE DISPONIBILIZAR MÁQUINAS PARA ESTA MUNICIPALIDADE, VISANDO A EXECUÇÃO DE MELHORIAS NAS ESTRADAS, TENDO EM VISTA A PRECARIEDADE QUE AS MESMAS SE ENCONTRAM, DEVIDO AS CHUVAS TORRENCIAIS OCORRIDAS NA REGIÃO NOS ÚLTIMOS DIAS.</t>
   </si>
   <si>
     <t>13996</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13996/216.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13996/216.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PLENÁRIO DESTA CASA DE LEIS, AUTORIZAÇÃO PARA ALTERAR A DATA DA 3ª SESSÃO ORDINÁRIA AGENDADA PARA O DIA 06/03/2024, SENDO A MESMA TRANSFERIDA PARA O DIA 13/03/2024, PREVALECENDO O HORÁRIO DE 18H30MIN.</t>
   </si>
   <si>
     <t>14001</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14001/221.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14001/221.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTA RELEVANTE SECRETARIA, QUE SEJA ANALISADA A POSSIBILIDADE, DE CONCEDER TRANSPORTE PARA ALUNOS DO BAIRRO SANTA RITA ATÉ A ESCOLA MAURO CHRISTO, VISTO QUE, ESTÃO A 2 KM DE DISTÂNCIA.</t>
   </si>
   <si>
     <t>14002</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14002/222.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14002/222.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE CONCEITUADO ÓRGÃO ESTADUAL, SERVIÇO DE REVITALIZAÇÃO URGENTE DA SINALIZAÇÃO HORIZONTAL E VERTICAL DAS RUAS DESTA MUNICIPALIDADE, HAJA VISTA AS FAIXAS DE PEDESTRES E DEMARCAÇÕES DE ESTACIONAMENTOS SE ENCONTRAM COM A PINTURA APAGADA. FATO ESSE, QUE TEM GERADO ENORME INSATISFAÇÃO AOS MOTORISTAS E PEDESTRES.</t>
   </si>
   <si>
     <t>14003</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14003/223.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14003/223.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO MUNICIPAL, INTERCEDA JUNTO AO GOVERNO DO ESTADO, QUE ANALISE A POSSIBILIDADE DE AMPLIAR O HORÁRIO DE PERMANÊNCIA DOS ALUNOS DA "ESCOLA MUNICIPAL MAURO CHRISTO", LOCALIZADA NA SEDE DESTE MUNICÍPIO, TENDO EM VISTA QUE, INÚMEROS SÃO OS PEDIDOS DE PAIS SOLICITANDO A ALTERAÇÃO DO HORÁRIO DE PERMANÊNCIA DOS ALUNOS NO MESMO, PASSANDO A SER INTEGRAL.</t>
   </si>
   <si>
     <t>14004</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14004/224.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14004/224.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE ESTUDE UMA FORMA PARA DIMINUIR O PESO NAS MOCHILAS DOS ALUNOS.</t>
   </si>
   <si>
     <t>14005</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14005/225.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14005/225.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, INFORMAÇÕES DE QUAIS PROVIDÊNCIAS TÊM SIDO TOMADAS EM RELAÇÃO A CAUSA ANIMAL, COMPREENDENDO QUAIS AÇÕES ESTÃO SENDO IMPLEMENTADAS E QUAIS PROJETOS ESTÃO EM ANDAMENTO, TENDO EM VISTA AS SOLICITAÇÕES JÁ ENCAMINHADAS A ESSE EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>14025</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14025/271.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14025/271.pdf</t>
   </si>
   <si>
     <t>"QUE SEJA DADA A DEVIDA ATENÇÃO EM RELAÇÃO À ATUALIZAÇÃO DOS VENCIMENTOS DOS SERVIDORES QUE RECEBEM SALÁRIOS ABAIXO DO MÍNIMO PREVISTO NA CONSTITUIÇÃO FEDERAL"</t>
   </si>
   <si>
     <t>14023</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14023/req_23.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14023/req_23.pdf</t>
   </si>
   <si>
     <t>"QUE SEJA VIABILIZADA A INSTALAÇÃO DE BICICLETÁRIO NA AVENIDA PRESIDENTE KENNEDY, VISANDO QUE, ENQUANTO OS SERVIDORES E DEMAIS MUNICÍPES TRABALHAM, TENHAM ONDE DEIXAR SUAS BICICLETAS"</t>
   </si>
   <si>
     <t>14024</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14024/req_24.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14024/req_24.pdf</t>
   </si>
   <si>
     <t>"QUE SEJA VIABILIZADA A ATUALIZAÇÃO DO PLANO DIRETOR URBANO, EM PARCERIA COM O INSTITUTO JONES DOS SANTOS NEVES, VISANDO CONTAR COM O AUXÍLIO DO MESMO NA ELABORAÇÃO DE MELHORIAS QUE VISEM REORGANIZAR OS ESPAÇOS DA CIDADE, MODERNIZANO ÁREA URBANA JÁ EXISTENTE E GARANTINDO A MELHORIA DA QUALIDADE DE VIDA DA POPULAÇÃO FLORIANENSE"</t>
   </si>
   <si>
     <t>14055</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14055/324.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14055/324.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA INSTALADO PONTO ELETRÔNICO EM TODOS OS SETORES MUNICIPAIS DO PDOER EXECUTIVO.</t>
   </si>
   <si>
     <t>14056</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14056/325.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14056/325.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE ESSA RELEVANTE SECRETARIA MUNICIPAL VIABILIZE A CONTRATAÇÃO DE EMPRESA RESPONSÁVEL, NO SEGMENTO DE LOCAÇÃO DE AMBULÂNCIAS, PARA QUE A POPULAÇÃO NÃO FIQUE DESASSISTIDA QUANDO OCORRER A IMPOSSIBILIDADE DE ALGUMA AMBULÂNCIA PRESTAR A ASSISTÊNCIA NECESSÁRIA, POR ESTAR QUEBRADA OU OUTROS MOTIVOS QUE A IMPOSSIBILITEM DE TRAFEGAR.</t>
   </si>
   <si>
     <t>14057</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14057/326.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14057/326.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE RELEVANTE ÓRGÃO, QUE SEJA VIABILIZADO UM ESTUDO INERENTE AO TRÂNSITO DA RUA CARLOS HAND, VISANDO TORNÁ-LA MÃO ÚNICA, DEVIDO AO CAOS QUE SE FORMA NA MESMA, OCASIONADO PELO QUANTITATIVO DE VEÍCULOS, TAIS COMO TRANSPORTE ESCOLAR, BEM COMO, VEÍCULOS DE GRANDE PORTE, QUE UTILIZAM O REFERIDO LOGRADOURO PARA CARREGAMENTO E DESCARREGAMENTO DE PRODUTOS.</t>
   </si>
   <si>
     <t>14058</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14058/327.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14058/327.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO MUNICIPAL, QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS, INVENTÁRIO DA NOVA ESCOLA FLORES PASSINATO KUSTER, ABANDONADA EM SOÍDO DE BAIXO, ABRANGENDO TODOS OS ITENS QUE A MESMA TINHA DESDE QUANDO A ATUAL GESTÃO ASSUMIU O MANDATO EM 2017, TAMBÉM OS QUE FORAM FURTADOS.</t>
   </si>
   <si>
     <t>14059</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14059/328.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14059/328.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ANALISADA A POSSIBILIDADE DE SER CONCEDIDO O VALE FEIRA A TODOS OS SERVIDORES DESSE PODER EXECUTIVO MUNICIPAL, NO VALOR DE R$ 200,00 (DUZENTOS REAIS), VISANDO COMPLEMENTAR O VALE-ALIMENTAÇÃO, EM VIRTUDE DE SUA DEFASAGEM, TENDO EM VISTA QUE, O VALOR PAGO ATUALMENTE É DE R$ 300,00 (TREZENTOS REAIS).</t>
   </si>
   <si>
     <t>14088</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14088/399.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14088/399.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NOS SEGUINTES LOCAIS: RIO FUNDO – ATÉ O RESTAURANTE RECANTO DA TILÁPIA (VILA BORGO); ARAGUAYA – RUA LUCINÉIA GUIMARÃES (RUA DO ESCULTOR HIPPÓLITO ALVES).</t>
   </si>
   <si>
     <t>14089</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14089/400.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14089/400.pdf</t>
   </si>
   <si>
     <t>REQUEIRO DESSE EXECUTIVO MUNICIPAL, CÓPIA INTEGRAL DOS PROCESSOS DE PAGAMENTOS DAS 03 (TRÊS) LICITAÇÕES INERENTES À CONSTRUÇÃO DA “ESCOLA FLORES PASSINATO KUSTER”, LOCALIZADA EM SOÍDO DE BAIXO.</t>
   </si>
   <si>
     <t>14090</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE LICITAÇÃO DE EMPRESA DE LOCAÇÃO DE TOLDOS, PARA ATENDER FESTAS DE ENTIDADES RECONHECIDAS POR LEI, COMO FESTAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14091</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14091/402.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14091/402.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO ESSE EXECUTIVO MUNICIPAL, QUE SEJA AMPLIADA A OPERAÇÃO TAPA BURACOS NAS VIAS ASFALTADAS DO MUNICÍPIO, TENDO EM VISTA QUE, APÓS FORTES CHUVAS MUITAS DESSAS VIAS ESTÃO ESBURACADAS, FAZENDO-SE PORTANTO, NECESSÁRIO QUE SEJA VIABILIZADA E EXECUTADA A MANUTENÇÃO DAS MESMAS, REALIZANDO SERVIÇO DE TAPA-BURACOS URGENTEMENTE.</t>
   </si>
   <si>
     <t>14092</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14092/403.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14092/403.pdf</t>
   </si>
   <si>
     <t>INDICO, AO SR. ROMEU SCHEIBE NETO, À FRENTE DA SUPERINTENDÊNCIA REGIONAL DO DNIT NO ESTADO DO ESPÍRITO SANTO, A AMPLIAÇÃO DA ROTATÓRIA ATÉ SOÍDO DE BAIXO, EVITANDO DIVERSOS RISCOS, COMO A POSSIBILIDADE DE OCORRÊNCIA DE INVASÃO AO ACOSTAMENTO, RESULTANDO EM UMA QUEDA EM UM EXTENSO BURACO, PODENDO CULMINAR NA OCORRÊNCIA DE SÉRIOS ACIDENTES.</t>
   </si>
   <si>
     <t>14093</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO MUNICIPAL VIABILIZE PROJETO DE ILUMINAÇÃO PÚBLICA EM TODA A EXTENSÃO DO CALÇAMENTO, LOCALIZADO NA CHEGADA DA VILA DE BOM JESUS.</t>
   </si>
   <si>
     <t>14097</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14097/408.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14097/408.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE CONCEITUADO ÓRGÃO FEDERAL, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, SE DIGNE A VIABILIZAR A IMPLEMENTAÇÃO DE REDUTOR DE VELOCIDADE NAS PROXIMIDADES DO “RESTAURANTE ESTILO RÚSTICO” E O “EMPÓRIO PEDRA BONITA”, LOCALIZADOS ÀS MARGENS DA BR 262, NO KM 66.</t>
   </si>
   <si>
     <t>14110</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14110/500-3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14110/500-3.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO, EMPENHO DESSE PODER EXECUTIVO MUNICIPAL, PARA QUE SEJA VIABILIZADA A APLICAÇÃO DE GEOMANTAS NOS MORROS QUE ESTÃO EM EMINÊNCIA DE CAIR, TENDO EM VISTA QUE A APLICAÇÃO DESTA TÉCNICA DE PROTEÇÃO DE ENCOSTAS É FORMADA POR UM COMPOSTO DE PVC E GEOTÊXTIL".</t>
   </si>
   <si>
     <t>14111</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14111/501-2.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14111/501-2.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO, EMPENHO DESSE PODER EXECUTIVO MUNICIPAL, PARA QUE SEJA REALIZADO NESTA MUNICIPALIDADE, UM PROGRAMA CONTRA BULLYING NAS ESCOLAS, JUNTAMENTE AO CONSELHO TUTELAR".</t>
   </si>
   <si>
     <t>14112</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14112/502-3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14112/502-3.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO, A ESSE CONSELHO ESTADUAL DE EDUCAÇÃO (CEE), INFORMAÇÕES INERENTES À RESPOSTA AO REQUERIMENTO Nº 019/202, DE MINHA AUTORIA, NO QUAL SOLICITEI A ANÁLISE DA POSSIBILIDADE DA EMEF MAURO CHRISTO OFERTAR ENSINO EM TEMPO INTEGRAL".</t>
   </si>
   <si>
     <t>14113</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14113/503-3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14113/503-3.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO, A ESSE EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJAM REALIZADOS OS EXAMES CK E CKMB (ENZIMAS CARDÍACAS) NO LABORATÓRIO DO CENTRO DE SAÚDE ARY RIBEIRO DA SILVA, POPULARMENTE CONHECIDO COMO POLICLÍNICA".</t>
   </si>
   <si>
     <t>14114</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14114/504-3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14114/504-3.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO AO EXCELENTÍSSIMO SR. JOÃO CARLOS LORENZONI, PREFEITO MUNICIPAL, QUE EM CARÁTER DE URGÊNCIA VIABILIZE A EXTENSÃO DA ILUMINAÇÃO PÚBLICA NA LOCALIDADE DE COSTA PEREIRA, MAIS PRECISAMENTE NA VILA ENDLICH".</t>
   </si>
   <si>
     <t>14115</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14115/505-3.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14115/505-3.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO AO EXCELENTÍSSIMO SR. JOÃO CARLOS LORENZONI, PREFEITO MUNICIPAL, QUE EM CARÁTER DE URGÊNCIA, REALIZE AS BENFEITORIAS NECESSÁRIAS NA RUA JAIME CANAL, LOCALIZADA APÓS A ANTIGA EMPRESA GLOBOAVES, NA SUBIDA DO VALE DA TRANQUILIDADE".</t>
   </si>
   <si>
     <t>14150</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14150/553.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14150/553.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA CONSTRUÍDA UMA GALERIA ENTRE AS RUAS CELANTE E MARIA CATHARINA BORGO CELANTE, PROSSEGUINDO ATÉ ATRÁS DA UNIDADE DE SAÚDE DE ARAGUAYA, VISANDO MINIMIZAR OS TERRIVÉIS ALAGAMENTOS PREJUDICANDO A POUSADA ARAGUAYA E DIVERSOS MORADORES.</t>
   </si>
   <si>
     <t>14151</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14151/554.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14151/554.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO, POR MEIO DA SECRETARIA DE PLANEJAMENTO E GETÃO ESTRATÉGICA E DEMAIS SETORES QUE SE FAÇAM NECESSÁRIOS, ELABORE UM ESTUDO PARA IMPLEMENTAÇÃO DE UM PLANO MUNICIPAL DE PREVENÇÃO A MUDANÇAS CLIMÁTICAS, VISANDO DANOS CAUSADOS PELAS MESMAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14152</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14152/555.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14152/555.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE O PODER EXECUTIVO, POR MEIO DA SECRETARIA A QUE COMPETE, VIABILIZE A INSTALAÇÃO DE UM QUEBRA-MOLAS NA VILA DOS MEDEIROS, EM ALTO MARECHAL, ONDE ESTÁ SE INICIANDO O CALÇAMENTO RURAL.</t>
   </si>
   <si>
     <t>14153</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14153/556.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14153/556.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTA RELEVANTE PASTA MUNICIPAL, UMA EXPLICAÇÃO NO QUE SE REFERE AOS MOTIVOS, PELOS QUAIS, OS PROFESSORES DA REDE PÚBLICA MUNICIPAL ESTÃO RECEBENDO SOMENTE A COMPLEMENTAÇÃO DO PISO SALARIAL DO MAGISTÉRIO DE NÍVEL INICIAL.</t>
   </si>
   <si>
     <t>14154</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14154/557.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14154/557.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO EXCELENTÍSSIMO SENHOR JOÃO CARLOS LORENZONI, À FRENTE DA GESTÃO DESTA MUNICIPALIDADE, QUE REALIZE SERVIÇOS DE CALÇAMENTO NA RUA HENRIQUE MIGUEL TRARBACH, A QUAL, SE INICIA NA LADEIRA LOCALIZADA NO ENTROCAMENTO DA RUA EMÍLIO ENDLICH.</t>
   </si>
   <si>
     <t>14155</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14155/558.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14155/558.pdf</t>
   </si>
   <si>
     <t>REQUEIRO A ESSE PODER EXECUTIVO MUNICIPAL, QUE POR MEIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, SEJA ENCAMINHADA A ESTA CASA DE LEIS, INFORMAÇÕES DE QUANTAS VAGAS FORAM PREENCHIDAS NO QUE SE REFERE À AJUDA DE CUSTO DE TRANSPORTE, DESTINADA A ESTUDANTES DESTE MUNICÍPIO, CONFORME MENCIONA A LEI MUNICIPAL Nº 2.683, DE 17 DE JANEIRO DE 2024, NA QUAL CONSTA QUE SERIAM DISPONIBILIZADAS 170 (CENTO E SETENTA) VAGAS POR ANO.</t>
   </si>
   <si>
     <t>14226</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14226/requerimento_050.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14226/requerimento_050.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, QUE DENTRO DAS POSSIBILIDADES E LEGALIDADE, ESSE EXECUTIVO MUNICIPAL VIABILIZE UM PROJETO DE LEI INSTITUINDO O ESTÁGIO NÃO REMUNERADO NO ÂMBITO DESSE PODER EXECUTIVO MUNICIPAL E O ENVIE A ESTA CASA DE LEIS, PARA APRECIAÇÃO E POSTERIOR VOTAÇÃO.</t>
   </si>
   <si>
     <t>14227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14227/requerimento_051.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14227/requerimento_051.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A EXMO. SR. JOSÉ MOACYR BORGO NETO, SECRETÁRIO DE ESPORTES, RESPOSTAS A CERCA DA ADOÇÃO DAS MEDIDAS NECESSÁRIAS PARA A REALIZAÇÃO DA CONTRATAÇÃO DE PROFESSORES DE JIU-JITSU.</t>
   </si>
   <si>
     <t>14228</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14228/requerimento_052.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14228/requerimento_052.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, QUE ENCAMINHE_x000D_
 ESCLARECIMENTOS QUANTO AO RECURSO DO DEPUTADO TED CONTI, NO VALOR DE_x000D_
 R$ 400.000,00 QUE CHEGOU EM NOSSO MUNICÍPIO POR MEIO DO CONVÊNIO N° 09032022-_x000D_
 015473 DE 2022.</t>
   </si>
   <si>
     <t>14229</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14229/requerimento_053.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14229/requerimento_053.pdf</t>
   </si>
   <si>
     <t>REQUER A SRª. EDIA KLIPPEL LITTIG, SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, INFORMAÇÕES.</t>
   </si>
   <si>
     <t>14223</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14223/requerimento_54.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14223/requerimento_54.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTA SECRETARIA MUNICIPAL DE EDUCAÇÃO, QUE SEJA ANALISADA, SOBRETUDO, AVALIADA A POSSIBILIDADE DE OFERTAR TRANSPORTE ESCOLAR AOS ALUNOS DO “CMEI VOVÓ FERNANDINA”, RESIDENTES NA RUA DELIMAR SCHUNK,</t>
   </si>
   <si>
     <t>14224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14224/requerimento_55.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14224/requerimento_55.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE CONCEITUADO ÓRGÃO ESTADUAL, QUE DENTRO DAS POSSIBILIDADES,_x000D_
 SEJA REALIZADO A SUBSTITUIÇÃO DE DUAS PONTES FUNDAMENTAIS AO ESCOAMENTO DA_x000D_
 PRODUÇÃO AGRÍCOLA LOCAL, NESTA MUNICIPALIDADE, SENDO A PONTE QUE DÁ ACESSO_x000D_
 AO MORRO DOS MARQUES, A QUAL LOCALIZA-SE PRÓXIMA AO RESTAURANTE ESTILO_x000D_
 RÚSTICO, E A OUTRA, NAS PROXIMIDADES DA “CASA DA BICA”, ONDE DÁ ACESSO À_x000D_
 PROPRIEDADE DO SR. PAULO KROHLING.</t>
   </si>
   <si>
     <t>14225</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14225/requerimento_56.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14225/requerimento_56.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A V. EX.ª, GESTOR DESSE EXECUTIVO MUNICIPAL, O MAIS BREVE POSSÍVEL,_x000D_
 VIABILIZAR A CONTRATAÇÃO DE FONOAUDIÓLOGOS (AS), TENDO EM VISTA QUE A_x000D_
 MUNICIPALIDADE NÃO DISPÕE DESSE PROFISSIONAL E, NÃO TEVE NENHUM INSCRITO NO_x000D_
 PROCESSO SELETIVO PARA TAL ESPECIALIDADE</t>
   </si>
   <si>
     <t>14240</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14240/requerimento_57.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14240/requerimento_57.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO, A ESTA CONCEITUADA PASTA MUNICIPAL, QUE SEJA CONCEDIDO APOIO PSICOLÓGICO AOS PROFISSIONAIS DA SAÚDE QUE ATUAM NA EMERGÊNCIA, PRIORIZANDO AS EQUIPES QUE PASSARAM POR SITUAÇÕES TRAUMÁTICAS."</t>
   </si>
   <si>
     <t>14241</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14241/requerimento_58.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14241/requerimento_58.pdf</t>
   </si>
   <si>
     <t>"REQUEIRO, A ESSE RELEVANTE ÓRGÃO, QUE SEJA VIABILIZADA UMA MODIFICAÇÃO NO TRÂNSITO DA RUA CARLOS HAND, TORNANDO-A DE MÃO ÚNICA, DEVIDO AO CAOS CAUSADO PELO GRANDE NÚMERO DE VEÍCULOS."</t>
   </si>
   <si>
     <t>14266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14266/1_pdfsam_059.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14266/1_pdfsam_059.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, NA FORMA REGIMENTAL E OUVINDO-SE O PLENÁRIO, VEM À PRESENÇA DE VOSSA EXCELÊNCIA, PARA EXPOR E REQUERER O QUE SEGUE: REQUEIRO, A VOSSA EXCELÊNCIA, À FRENTE DA GESTÃO MUNICIPAL, QUE SEJA PROVIDENCIADA A ATUALIZAÇÃO DO PLANO DIRETOR URBANO, EM PARCERIA COM O INSTITUTO JONES SANTOS NEVES, NA ELABORAÇÃO DE MELHORIAS QUE VISEM A REORGANIZAÇÃO DOS ESPAÇOS DA CIDADE, MODERNIZANDO A ÁREA URBANA EXISTENTE, SOBRETUDO, GARANTINDO A MELHORIA DA QUALIDADE DE VIDA DOS CIDADÃOS FLORIANENSES.</t>
   </si>
   <si>
     <t>14267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14267/1_pdfsam_060.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14267/1_pdfsam_060.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO PODER EXECUTIVO MUNICIPAL, QUE SEJA VIABILIZADO O MAIS BREVE POSSÍVEL, O PLANO DE MOBILIDADE URBANA, INCLUINDO A MOBILIDADE DE PEDESTRES E CICLISTAS. POIS, A MODERNIDADE URBANA APONTA PARA A NECESSIDADE DE ADEQUAÇÃO DOS ESPAÇOS PÚBLICOS, VISANDO PROPORCIONAR MAIS SEGURANÇA AOS USUÁRIOS E GARANTIR O DIREITO DE IR E VIR A TODOS OS CIDADÃOS.</t>
   </si>
   <si>
     <t>14268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14268/1_pdfsam_061.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14268/1_pdfsam_061.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE EXECUTIVO MUNICIPAL, JUNTAMENTE À SECRETARIA MUNICIPAL DE SAÚDE, EM CARÁTER DE URGÊNCIA, PROVIDÊNCIAS NO SENTIDO DE VIABILIZAR A CONTRATAÇÃO DE FONOAUDIÓLOGO, VISANDO ATENDER OS INÚMEROS MUNÍCIPES QUE NECESSITAM DE AVALIAÇÃO E ACOMPANHAMENTO DE TAIS PROFISSIONAIS.</t>
   </si>
   <si>
     <t>14277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14277/807.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14277/807.pdf</t>
   </si>
   <si>
     <t>Requeiro, ao Plenário desta Casa de Leis, autorização para alterar a data da 13ª Sessão Ordinária agendada para o dia 31/07/2024, sendo a mesma transferida para o mês de agosto em data ser definida pela Mesa Diretora.</t>
   </si>
   <si>
     <t>14408</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14408/1_pdfsam_req63.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14408/1_pdfsam_req63.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO SENHOR OSVALDO CÉSAR KIEFER, SECRETÁRIO DE ADMINISTRAÇÃO, INFORME A ESTA CASA LEGISLATIVA, QUAIS CONSÓRCIOS INTERMUNICIPAIS QUE O MUNICÍPIO ADERIU.</t>
   </si>
   <si>
     <t>14409</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14409/1_pdfsam_req64.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14409/1_pdfsam_req64.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, À SECRETÁRIA DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, INFORMAÇÕES DE COMO ESTÁ O ANDAMENTO DO CONSERTO DO CARRO QUE ATENDE A TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>14410</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14410/1_pdfsam_req65.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14410/1_pdfsam_req65.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, QUE SEJA EXECUTADA A LIMPEZA NO LEITO DO RIO JUCU RETIRANDO LIXOS, OBJETOS, ETC.</t>
   </si>
   <si>
     <t>14411</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14411/1_pdfsam_req66.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14411/1_pdfsam_req66.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, GESTOR MUNICIPAL, QUE SEJAM_x000D_
 INSTALADOS COLETORES ESPECÍFICOS PARA COLETA DE PAPELÃO E DEMAIS RECICLÁVEIS, EM PONTOS ESTRATÉGICOS E ESCOLAS, CRIANDO ASSIM UMA CULTURA DE RECICLAGEM NA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14423</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14423/req_067_navar.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14423/req_067_navar.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE EXECUTIVO MUNICIPAL, QUE SEJAM DISPONIBILIZADOS SERVIDORES_x000D_
 MUNICIPAIS PARA AUXILIAREM AS CRIANÇAS NAS IMEDIAÇÕES DAS ESCOLAS, VISANDO_x000D_
 MAIOR SEGURANÇA AO ATRAVESSAREM AS RUAS, NOS DIAS LETIVOS E HORÁRIOS DE_x000D_
 ENTRADA E SAÍDA DOS ALUNOS DAS INSTITUIÇÕES ESCOLARES.</t>
   </si>
   <si>
     <t>14424</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14424/req_068_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14424/req_068_renato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL E DIREITOS HUMANOS, PROVIDÊNCIAS NO QUE SE REFERE AOS ANDARILHOS QUE ESTÃO PERMANECENDO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>14447</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14447/req_069_natalino.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14447/req_069_natalino.pdf</t>
   </si>
   <si>
     <t>TENDO EM VISTA QUE, APROXIMA-SE O DIA 12 DE OUTUBRO, DATA EM QUE COMEMORAMOS O “DIA DAS CRIANÇAS”, VISANDO CONTEMPLAR AS CRIANÇAS DE_x000D_
 NOSSO MUNICÍPIO, REQUEIRO EMPENHO DESSE EXECUTIVO MUNICIPAL, NO SENTIDO_x000D_
 DE PROMOVER, POR MEIO DAS SECRETARIAS MUNICIPAIS DE CULTURA, BEM COMO DE_x000D_
 ESPORTES, UMA FESTA PARA CONTEMPLÁ-LAS, A REALIZAR-SE NA SEDE, ARAGUAYA E_x000D_
 SANTA MARIA.</t>
   </si>
   <si>
     <t>14448</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14448/req_070_renato.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14448/req_070_renato.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO DETRAN-ES, UM ESTUDO INERENTE AO TRÂNSITO DA SEDE DE MARECHAL_x000D_
 FLORIANO, VISANDO MELHORIAS SIGNIFICATIVAS, TENDO EM VISTA QUE, DA FORMA QUE SE ENCONTRA, TODO O TRÂNSITO QUE PASSA PELA RUA CLARA ENDLICH ESTÁ SENDO DESVIADO PELA RUA EMÍLIO GUSTAVO HULLE, SENDO PROIBIDO O DESVIO PELA RUA VICTOR TRAVÁGLIA.</t>
   </si>
   <si>
     <t>14461</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14461/req71.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14461/req71.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, À FRENTE DA GESTÃO MUNICIPAL, EMPENHO NO SENTIDO DE VIABILIZAR PROVIDÊNCIAS URGENTES NO QUE SE REFERE À RUA NILSON STEIN, LOCALIZADA NO MORRO DA MACEFEL.</t>
   </si>
   <si>
     <t>14462</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14462/req_72.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14462/req_72.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO SR. GIVALDO VIEIRA, À FRENTE DA DIRETORIA GERAL DO DETARN/ES, QUE DENTRO DAS POSSIBILIDADES, SEJA VIABILIZADA A INSTALAÇÃO DE FAIXAS ELEVADAS PARA A TRAVESSIA DE PEDESTRES, NESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>14475</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14475/req_073.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14475/req_073.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, À FRENTE DESSA GESTÃO MUNICIPAL, QUE SEJA ANALISADA A POSSIBILIDADE DE CONCEDER AUMENTO DO TICKET ALIMENTAÇÃO DOS SERVIDORES DESSE PODER EXECUTIVO, TENDO EM VISTA, A DEFASAGEM DO VALOR CONCEDIDO ATUALMENTE.</t>
   </si>
   <si>
     <t>14476</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14476/req_074.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14476/req_074.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, À FRENTE DESSA GESTÃO MUNICIPAL, EMPENHO NO SENTIDO DE PROVIDENCIAR OS CRACHÁS DOS SERVIDORES EFETIVOS DESSE EXECUTIVO MUNICIPAL, INSERINDO TAMBÉM, O SETOR, CARGO E TIPO SANGUÍNEO, VISANDO, SIMULTANEAMENTE, CONSTAR A IDENTIFICAÇÃO DOS MESMOS A SERVIÇO DESSA MUNICIPALIDADE E FACILITAR A ACESSIBILIDADE DOS CIDADÃOS AOS RESPECTIVOS RESPONSÁVEIS PELOS SETORES".</t>
   </si>
   <si>
     <t>14477</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14477/req_075.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14477/req_075.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ABERTURA SEMESTRAL DAS INSCRIÇÕES PARA AS VAGAS REMANESCENTES DA AJUDA DE CUSTO DE TRANSPORTE ESCOLAR, VISANDO ATENDER OS ESTUDANTES QUE INGRESSAM NO ENSINO SUPERIOR E/OU CURSOS TÉCNICOS, NO INÍCIO DO SEGUNDO SEMESTRE LETIVO".</t>
   </si>
   <si>
     <t>14478</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14478/req_076.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14478/req_076.pdf</t>
   </si>
   <si>
     <t>COM BASE NAS DISPOSIÇÕES DAS LEIS FEDERAIS N° 10.639/2003 E N° 11.645/2008, QUE TORNAM OBRIGATÓRIO O ENSINO DA HISTÓRIA E CULTURA AFRO-BRASILEIRA E INDÍGENA NAS INSTITUIÇÕES DE ENSINO, VENHO, POR MEIO DESRE, REQUERER AS SEGUINTES INFORMAÇÕES À SECRETARIA MUNICIPAL DE EDUCAÇÃO DE MARECHAL FLORIANO, ACERCA DA IMPLEMENTAÇÃO DESSAS DIRETRIZES NO CURRÍCULO ESCOLAR DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>14479</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14479/req_077.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14479/req_077.pdf</t>
   </si>
   <si>
     <t>VENHO, POR MEIO DESTE, REQUERER INFORMAÇÕES À PREFEITURA MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, SOBRE O CUMPRIMENTO DA LEI MUNICIPAL N° 1.091 DE 2011, QUE DISPÕE SOBRE A IMPLANTAÇÃO DE UM PROGRAMA E/OU CURSO DE CONHECIMENTO BÁSICO DE PRIMEIROS SOCORROS PARA TODOS OS PROFESSORES DAS ESCOLAS MUNICIPAIS, ESTADUAIS E PARTICULARES DO MUNICÍPIO DE MARECHAL FLORIANO".</t>
   </si>
   <si>
     <t>14590</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14590/1_pdfsam_req_78.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14590/1_pdfsam_req_78.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE PODER EXECUTIVO MUNICIPAL, QUE SEJA ANALISADO A POSSIBILIDADE DE SER VIABILIZADO EM NOSSA CIDADE O MAIS BREVE POSSÍVEL, O PLANO MUNICIPAL DE ARBORIZAÇÃO URBANA - PMAU.</t>
   </si>
   <si>
     <t>14536</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14536/1232.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14536/1232.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSE EXECUTIVO MUNICIPAL, QUE SEJA ANALISADA A VIABILIDADE DE CRIAR O CARGO "TÉCNICO EM AGRONEGÓCIO", HAJA VISTA, QUE O MUNICÍPIO NÃO DISPÕE DESSE PROFISSIONAL.</t>
   </si>
   <si>
     <t>14537</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14537/1233.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14537/1233.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESTA RELEVANTE PASTA MUNICIPAL, QUE SEJA ANALISADA, SOBRETUDO, AVALIADA A POSSIBILIDADE DE OFERTAR TRANSPORTE ESCOLAR AOS ALUNOS RESIDENTES NO MORRO DA MACEFEL E PROXIMIDADES.</t>
   </si>
   <si>
     <t>14504</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14504/req_81.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14504/req_81.pdf</t>
   </si>
   <si>
     <t>MANIFESTA PREOCUPAÇÃO DA COMUNIDADE RESIDENTE NA VILA DAS ORQUÍDEAS EM RELAÇÃO AO ESTADO DE ABANDONO DA RUA EDUARDO HAESE, ONDE O MATAGAL TEM GERADO UMA SÉRIE DE TRANSTORNOS.</t>
   </si>
   <si>
     <t>14505</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14505/req_82.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14505/req_82.pdf</t>
   </si>
   <si>
     <t>REQUEIRO QUE SEJA ENCAMINHADO A ESTA CASA LEGISLATIVA UM PROJETO DE LEI QUE TENHA COMO OBJETIVO INSTITUIR UM ABONO NATALINO AOS SERVIDORES PÚBLICOS DO MUNICÍPIO, NA FORMA DE DOBRAR O VALOR DO "TICKET ALIMENTAÇÃO", NO MÊS DE DEZEMBRO.</t>
   </si>
   <si>
     <t>14506</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14506/req_83.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14506/req_83.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, QUE SEJA ANALISADA A POSSIBILIDADE DE CONSTRUIR UMA ÁREA DE LAZER EM RIO FUNDO.</t>
   </si>
   <si>
     <t>14539</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14539/1271.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14539/1271.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, AO EXMO. SR. JOÃO CARLOS LORENZONI, QUE SEJA ANALISADA A POSSIBILIDADE DE ENVIAR A ESTE LEGISLATIVO MUNICIPAL, UM PROJETO DE LEI VISANDO MANTER A NOMENCLATURA "ESTRADA DO CARACOL", TENDO INÍCIO ONDE SE DÁ O TÉRMINO DA RUA PEDRO SCHUNK, A PARTIR DA BIFURCAÇÃO LOCALIZADA APÓS A PROPRIEDADE DOS FAMILIARES DO SENHOR LOLI SCCHUNK (IN MEMORIAM), E TÉRMINO NA DIVISA COM O MAANAIM.</t>
   </si>
   <si>
     <t>14540</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14540/1272.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14540/1272.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PODER EXECUTIVO, A DISPONIBILIZAÇÃO DE UM SERVIDOR DEVIDAMENTE IDENTIFICADO COM USO DE COLETE, PARA ATUAR NOS HORÁRIOS DE PICO ESCOLAR ( MANHÃ, MEIO DIA E À TARDE), PARA AUXILIAR NA TRAVESSIA DAS VIAS LOCALIZADAS NAS PROXIMIDADES DA LINHA FÉRREA E SUBIDA DO MORRO DA MACEFEL, EM ESPECIAL, ONDE HÁ O ENTRONCAMENTO DAS RUAS EMÍLIO GUSTAVO HULLE, TRAVESSIA JOSEFINA RODRIGUES, EMÍLIO HULLE E THIERS VELOSO, DEVIDO O INTENSO MOVIMENTO DE IR E VIR NESSES LOGRADOUROS, DE ESTUDANTES DA ESCOLA ELISIÁRIO FERREIRA FILHO.</t>
   </si>
   <si>
     <t>14550</t>
   </si>
   <si>
     <t>Dodô Krohling, Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14550/1305.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14550/1305.pdf</t>
   </si>
   <si>
     <t>REQUEIRO, A ESSA COMPANHIA ESPÍRITO-SANTENSE DE SANEAMENTO, PROVIDÊNCIAS NO QUE SE REFERE ÀS OBRAS, REALIZADAS POR UM AGENTE TERCEIRIZADO QUE PRESTOU SERVIÇOS EM ARAGUAYA E SANTA MARIA DE MARECHAL.</t>
   </si>
   <si>
     <t>14130</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14130/resolucao_001-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14130/resolucao_001-2024.pdf</t>
   </si>
   <si>
     <t>FICA A CÂMARA MUNICIPAL DE VEREADORES DE MARECHAL FLORIANO/ES FILIADA À UNIÃO DOS VEREADORES DO BRASIL- UVB, AUTORIZA A CONTRIBUIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>14129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14129/resolucao_002_suprimentos_de_fundos.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14129/resolucao_002_suprimentos_de_fundos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO, A APLICAÇÃO E A PRESTAÇÃO DE CONTAS DE SUPRIMENTO DE FUNDOS NO ÂMBITO DA CÂMARA MUNICIPAL DE MERCHAL FLORIANO/ES.</t>
   </si>
   <si>
     <t>14131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14131/img20250912_09043528.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14131/img20250912_09043528.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O FORNECIMENTO E A ENTREGA DO VALE FEIRA DESTE PODER LEGISLATIVO, CONFORME A LEI MUNICIPAL Nº2.684, DE 23 DE JANEIRO DE 2024.</t>
   </si>
   <si>
     <t>14132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14132/brn3c2af44c21b5_0000044110.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14132/brn3c2af44c21b5_0000044110.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DEVOLUÇÃO DE RECURSOS FINANCEIROS AO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>14133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14133/brn3c2af44c21b5_0000044109.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14133/brn3c2af44c21b5_0000044109.pdf</t>
   </si>
   <si>
     <t>14591</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14591/04-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14591/04-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA ao Projeto de Lei nº. 095/2024.</t>
   </si>
   <si>
     <t>14592</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14592/05-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14592/05-2024.pdf</t>
   </si>
   <si>
     <t>14593</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14593/06-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14593/06-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA IMPOSITIVA ao Projeto de Lei nº.095/2024"</t>
   </si>
   <si>
     <t>14594</t>
   </si>
   <si>
     <t>Dodô Krohling</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14594/07-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14594/07-2024.pdf</t>
   </si>
   <si>
     <t>14595</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14595/08-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14595/08-2024.pdf</t>
   </si>
   <si>
     <t>14596</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14596/09-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14596/09-2024.pdf</t>
   </si>
   <si>
     <t>14597</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14597/10-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14597/10-2024.pdf</t>
   </si>
   <si>
     <t>14598</t>
   </si>
   <si>
     <t>14599</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14599/12-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14599/12-2024.pdf</t>
   </si>
   <si>
     <t>14600</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14600/13-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14600/13-2024.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº. 095/2024. PROPOSTA DE EMENDA Nº. 013/2024 AO RELATIVO AO PROJETO DE LEI Nº 095/2024, DE AUTORIA DO PODER EXECUTIVO QUE ''ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO FINANCEIRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14601</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14601/14-2024.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14601/14-2024.pdf</t>
   </si>
   <si>
     <t>14039</t>
   </si>
   <si>
     <t>PEM</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14039/proposta_de_emenda_02.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14039/proposta_de_emenda_02.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA Nº 002/2024 AO RELATIVO AO PROJETO DE LEI 008/2024 QUE "INSTITUI O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO AUXILIAR PARA ORIENTAÇÃO, PARA IDENTIFICAÇÃO DE PESSOAS COM DEFICIÊNCIAS OCULTAS, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>14038</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14038/proposta_de_emenda_01.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14038/proposta_de_emenda_01.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA AO PROJETO DE LEI Nº 017/2024, DE AUTORIA DO PODER EXECUTIVO QUE DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE PROVIMENTO EM COMISSÃO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13869</t>
   </si>
   <si>
     <t>RR</t>
   </si>
   <si>
     <t>Resposta de Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13869/resposta_de_requerimento_120.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13869/resposta_de_requerimento_120.pdf</t>
   </si>
   <si>
     <t>EM ATENÇÃO AOS TERMOS COSTADOS NO OF/SEGACMMF/PRESIDÊNCIA/Nº.545/2023, REFERENTE AO REQUERIMENTO Nº.120/2023 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>14046</t>
   </si>
   <si>
     <t>ÉDIA KLIPPEL LITTIG</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14046/314.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14046/314.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO REQUERIMENTO Nº 020/2024 DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>14047</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14047/315.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14047/315.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO REQUERIMENTO 017/2024 DO VEREADOR NATALINO BIANCHI NETTO.</t>
   </si>
   <si>
     <t>14049</t>
   </si>
   <si>
     <t>Simone Catarina Lemke Cancellieri</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14049/309.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14049/309.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DO REQUERIMENTO 03/2024 DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14071</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14071/resp_352.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14071/resp_352.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 024/2024 DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14072</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14072/resp_353.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14072/resp_353.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 004/2024 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO</t>
   </si>
   <si>
     <t>14073</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14073/resp_354.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14073/resp_354.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 008/2024 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>14074</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14074/resp_355.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14074/resp_355.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 011/2024 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>14075</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14075/resp_356.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14075/resp_356.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 012/2024 DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO</t>
   </si>
   <si>
     <t>14076</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14076/resp_357.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14076/resp_357.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIEMENTO Nº 013/2024 DE AUTORIA DO VEREADOR RENATO LUIZ VELOZO WERNECK</t>
   </si>
   <si>
     <t>14077</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14077/resp_358.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14077/resp_358.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 015/2024 DE AUTORIA DO PLENÁRIO</t>
   </si>
   <si>
     <t>14078</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14078/resp_359.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14078/resp_359.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 019/2024 DE AUTORIA DO VEREADOR RENATO LUIZ VELOZO WERNECK</t>
   </si>
   <si>
     <t>14079</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14079/resp_360.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14079/resp_360.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 023/2024 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>14128</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14128/539.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14128/539.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO DO VEREADOR NATALINO BIANCHI NETTO DE Nº034/2024.</t>
   </si>
   <si>
     <t>14162</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14162/565.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14162/565.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº 005/2024, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>14201</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14201/642.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14201/642.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO Nº 038/2024, DE AUTORIA DE VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14202</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14202/643.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14202/643.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO Nº043/2024, DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER.</t>
   </si>
   <si>
     <t>14203</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14203/644.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14203/644.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº042/2024 DE AUTORIA DO VEREADOR JUAREZ JOSÉ XAVIER.</t>
   </si>
   <si>
     <t>14204</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14204/645.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14204/645.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO Nº025/2024, DE AUTORIA DO VEREADOR CEZINHA RONCHI JUNIOR.</t>
   </si>
   <si>
     <t>14206</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14206/659.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14206/659.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº081/2023, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>14210</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14210/670.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14210/670.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 047/2024.</t>
   </si>
   <si>
     <t>14212</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14212/671.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14212/671.pdf</t>
   </si>
   <si>
     <t>RESPOSTA, REFERENTE AO REQUERIMENTO Nº. 049/2024, DE AUTORIA DO VEREADOR NATALINO BIANCHI NETTO.</t>
   </si>
   <si>
     <t>14214</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14214/674.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14214/674.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO Nº. 039/2024, DE AUTORIA DO VEREADOR NAVAR BOENO.</t>
   </si>
   <si>
     <t>14254</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N° 048/2024.</t>
   </si>
   <si>
     <t>14257</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>DETRAN - DETRAN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14257/778.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14257/778.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N°058/2024.</t>
   </si>
   <si>
     <t>14279</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO N°. 053/2024.</t>
   </si>
   <si>
     <t>14297</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Maria Arlete Novaes Moraes Silva</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14297/851.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14297/851.pdf</t>
   </si>
   <si>
     <t>RESPOSTA  REFERENTE AO REQUERIMENTO Nº 056/2024 DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>14414</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14414/884.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14414/884.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQ. 064/2024 DE AUTORIA DO VEREADOR NAVAR BOENO.</t>
   </si>
   <si>
     <t>14426</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14426/885.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14426/885.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 059/2024, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14427</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14427/886.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14427/886.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 050/2024, DE AUTORIA DO VEREADOR FELIPE HULLE DEL PUPPO.</t>
   </si>
   <si>
     <t>14428</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14428/887.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14428/887.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº. 022/2024, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14429</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>CHEFE DE DIVISÃO DE OPERAÇÃO E MANUTENÇÃO SERRANA -CESAN - CESAN</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14429/912.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14429/912.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO 010/2024, AUTORIA DO VEREADOR NATALINO BIANCHI NETTO.</t>
   </si>
   <si>
     <t>14437</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14437/924.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14437/924.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 045/2024, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14439</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14439/925.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14439/925.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 007/2024, DE AUTORIA DO PLENÁRIO.</t>
   </si>
   <si>
     <t>14440</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14440/926.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14440/926.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO N º 066/2024, DE AUTORIA DO VEREADOR NATALINO BIANCHI NETTO.</t>
   </si>
   <si>
     <t>14441</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14441/928.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14441/928.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 067/2024, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14455</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES SUPERITENDÊNCIA REGIONAL DO ES - DENIT</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14455/953.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14455/953.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº.035/2024, DE AUTORIA DO VEREADOR MAYLSON LITTIG.</t>
   </si>
   <si>
     <t>14457</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>JUAREZ JOSÉ XAVIER, Antônio Carlos Malini</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14457/979.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14457/979.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº065.2024, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>14470</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14470/1013.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14470/1013.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 061/2024, AUTORIA DO VEREADOR RENATO.</t>
   </si>
   <si>
     <t>14485</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14485/1040.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14485/1040.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº021/2024 DE AUTORIA DO VEREADOR NATALINO BIANCHI NETO.</t>
   </si>
   <si>
     <t>14487</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14487/1086.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14487/1086.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº71/2024 DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ</t>
   </si>
   <si>
     <t>14488</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14488/1087.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14488/1087.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº 73/2024 DE AUTORIA DO VEREADOR ABRÃO LEVI KIEFFER.</t>
   </si>
   <si>
     <t>14489</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14489/1088.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14489/1088.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº074/2024 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR.</t>
   </si>
   <si>
     <t>14490</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14490/1089.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14490/1089.pdf</t>
   </si>
   <si>
     <t>RESPOSTA REFERENTE AO REQUERIMENTO Nº075/2024 DE AUTORIA DO VEREADOR CEZAR TADEU RONCHI JUNIOR</t>
   </si>
   <si>
     <t>14511</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14511/365.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14511/365.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO REFERENTE AO REQUERIMENTO N°. 76/2024 DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14512</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14512/366.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14512/366.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO REFERENTE AO REQUERIMENTO N°. 77/2024 DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14608</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14608/1339.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14608/1339.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO REFERENTE AO REQUERIMENTO 032/2024, DE AUTORIA DO VEREADOR MAYLSON LITTIG.</t>
   </si>
   <si>
     <t>14609</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14609/1338.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14609/1338.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO REFERENTE AO REQUERIMENTO 028/2024, DE AUTORIA DO VEREADOR LUCIANO NAVAR BOENO MENENDEZ.</t>
   </si>
   <si>
     <t>14610</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14610/1337.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14610/1337.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO FERENTE AO REQUERIMENTO 001/2023, DE AUTORIA DO PLENÁRIO DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>14611</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14611/1337.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14611/1337.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO REFERENTE AO REQUERIMENTO 095/2021, DE AUTORIA DO VEREADOR RENATO LUIZ VELOSO WERNECK.</t>
   </si>
   <si>
     <t>14612</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14612/1335.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14612/1335.pdf</t>
   </si>
   <si>
     <t>RESPOSTA DE REQUERIMENTO REFERENTE AO REQUERIMENTO 066/2021, DE AUTORIA DO VEREADOR NATALINO BIANQUI NETTO.</t>
   </si>
   <si>
     <t>14260</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14260/1_pdfsam_001.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14260/1_pdfsam_001.pdf</t>
   </si>
   <si>
     <t>"INCLUI O § 10 AO ART. 126-A DA LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO, QUE DISPÕE SOBRE A FIXAÇÃO DE VALOR MÍNIMO PARA A DESTINAÇÃO DE RECURSOS PROVENIENTES DE EMENDAS IMPOSITIVAS."</t>
   </si>
   <si>
     <t>14549</t>
   </si>
   <si>
     <t>Cezinha Ronchi, Juarez Xavier, Navar Boeno</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14549/1304.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14549/1304.pdf</t>
   </si>
   <si>
     <t>"ALTERA-SE A LEI ORGÂNICA DO MUNICÍPIO DE MARECHAL FLORIANO, ESTADO DO ESPÍRITO SANTO".</t>
   </si>
   <si>
     <t>14069</t>
   </si>
   <si>
     <t>MP</t>
   </si>
   <si>
     <t>Mensagem de Pesar</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14069/mirela.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14069/mirela.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE PESAR AOS FAMILIARES DA SRA. MARIZA KIFFER</t>
   </si>
   <si>
     <t>14070</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14070/rafael.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14070/rafael.pdf</t>
   </si>
   <si>
     <t>MENSAGEM DE PESAR AOS FAMILIARES DO SR. RAPHAEL LUDUVICO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5205,68 +5205,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13837/brn3c2af44c21b5_0000042895.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14017/brn3c2af44c21b5_0000043384.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14205/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14486/d.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14493/decreto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14584/decreto_006.pdf.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13824/indicacao_no_1_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13853/ind-100.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13845/ind-101.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13846/ind-102.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13847/ind-103.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13852/ind-104.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13848/ind-105.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13849/ind_-106.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13850/ind-126.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13851/ind-127.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13857/142_-_ind.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13858/143_-_ind.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13859/144_-_ind.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13860/145_-_ind.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13861/146_-_ind.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13997/217.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13998/218.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13999/219.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14000/220.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14018/ind_20.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14019/ind_21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14020/ind_22.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14021/ind_23.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14022/ind_24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14050/319.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14051/320.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14052/321.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14053/322.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14054/323.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14082/393.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14083/394.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14084/395.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14085/396.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14086/397.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14087/398.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14096/407.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14107/497-2.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14108/498-2.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14109/499-2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14200/ind_40_abrao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14148/551.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14149/552.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14196/ind_43_-_natalino.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14197/ind_44_-_natalino.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14198/ind_45_-_natalino.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14199/ind_46_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14216/indicacao_047.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14217/indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14218/indicacao_049.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14219/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14220/indicacao_051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14242/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14243/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14263/1_pdfsam_054.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14264/1_pdfsam_055.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14265/1_pdfsam_056.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14402/1_pdfsam_ind58.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14415/ind_059_navar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14416/ind_060_natalino.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14417/ind_061_natalino.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14418/ind_062_maylson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14442/ind_063_navar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14443/ind_064_navar.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14444/ind_065_navar.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14445/ind.066.renato.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14446/ind_067_-_coquinho.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14459/ind68.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14472/ind069.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14473/ind070.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14474/ind071.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14483/ind_072.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14484/ind_073.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14494/ind_74.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14538/1270.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14544/1299.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14006/241.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14040/292.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14080/391.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14081/392.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14118/512-3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14123/513.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14119/514.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14120/515.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14121/516.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14122/517.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14146/mocao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14147/549.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14244/mocao_13.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14245/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14261/804.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14262/1_pdfsam_017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14425/moc_018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14026/parecer_favoravel_01.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14027/parecer_favoravel_02.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14028/parecer_favoravel_03.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14029/parecer_favoravel_04.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14030/parecer_favoravel_04.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14031/parecer_favoravel_06.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14032/parecer_favoravel_07.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14033/parecer_favoravel_09.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14036/parecer_em_conjunto_favoravel_010.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14037/parecer_em_conjunto_favoravel_011.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14034/parecer_em_conjunto_012.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14035/parecer_em_conjunto_013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14041/parecer__favoravel_014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14042/parecer__favoravel_015.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14043/parecer_em_conjunto_016.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14044/parecer_em_conjunto_017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14098/parecer_das_comissoes_018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14099/parecer_das_comissoes_019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14100/parecer_das_comissoes_20.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14101/parecer_das_comissoes_021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14103/parecer_das_comissoes_023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14104/parecer_das_comissoes_024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14230/parecer_favoravel_026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14246/parecer_027-1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14247/parecer_028-1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14248/parecer_029-1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14249/parecer_favoravel_030-1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14250/parecer_031-1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14251/parecer__032-1_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14252/parecer_033-1_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14253/parecer_034-1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14273/parecer_037.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14276/parecer_040.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14585/parecer_41.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14460/par42.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14586/par_43.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14465/par44.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14466/par45.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14467/par46.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14468/par47.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14469/par48.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14495/parecer_049.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14589/1_pdfsam_parecer_051.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14587/parecer_52.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14559/053.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14560/054.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14561/055.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14562/056.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14563/057.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14564/058.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14565/059.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14566/060.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14567/061.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14568/062.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14569/063.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14570/064.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14571/065.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14572/066.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14573/067.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14574/068.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14575/069.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14576/070.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14577/071.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14578/072.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14579/073.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14580/074.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14581/075.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14582/076.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14588/parecer_077.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14558/078.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14604/parecer_das_comissoes_-_79.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14605/parecer_das_comissoes_-_80.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14606/parecer_das_comissoes_-_81.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14607/parecer_das_comissoes_-_82.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14554/1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14555/2.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14215/673-2-8.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14295/lei-022-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13810/projeto_de_lei_legislativo_e_executivo_no_1_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13821/projeto_de_lei_legislativo_e_executivo_no_2_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13822/projeto_de_lei_legislativo_e_executivo_no_3_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13823/projeto_de_lei_legislativo_e_executivo_no_4_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13826/projeto_de_lei_legislativo_e_executivo_no_5_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13827/projeto_de_lei_legislativo_e_executivo_no_6_2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13828/projeto_de_lei_legislativo_e_executivo_no_7_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13829/projeto_de_lei_legislativo_e_executivo_no_8_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13935/9.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13933/10.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13937/11.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13932/12.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13936/13.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13934/14.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13902/pdl_-_15.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13993/16.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13903/pdl-17.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13897/137_-_pdl.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13898/138_-_pdl.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13899/139_-_pdl.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13900/140_-pdl.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13901/154-_pdl.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13994/156.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14007/226.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14008/227.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14009/228.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14010/229.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14011/230.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14013/236.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14014/237.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14015/238.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14016/239.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14068/35.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14066/285.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14064/37.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14065/38.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14063/39.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14062/40.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14061/41.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14060/42.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14094/405.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14095/406.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14106/projeto-1-62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14105/projeto_l-1-6.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14161/482.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14116/506.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14124/49.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14125/50.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14126/51.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14127/52.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14156/559.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14157/560.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14158/561.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14159/562.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14160/563.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14207/601.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14208/604.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14209/605.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14294/606.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14221/projeto_de_lei_062.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14222/projeto_de_lei_063.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14233/projeto_de_lei_64-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14256/esse_2.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14235/projeto_66-2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14236/projeto_67-2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14237/projeto_68-2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14238/projeto_69-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14239/projeto_070-2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14292/projeto_de_lei_72.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14255/esse_1-3_merged.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14269/793.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14270/794.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14271/1_pdfsam_076.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14272/1_pdfsam_077.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14296/078--2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14412/1_pdfsam_3_pdfsam_pl79.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14403/1_pdfsam_pl_80.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14404/1_pdfsam_pl81.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14405/1_pdfsam_pl82.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14406/1_pdfsam_pl83.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14407/1_pdfsam_pl84.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14419/pl_085_cezinha.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14420/pl_086.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14421/pl_087_cezinha.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14422/pl_088_natalino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14454/pl_89.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14449/pl_090_cezinha.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14450/pl_091_cezinha.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14451/pl.092.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14452/pl_093_natalino.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14453/pl_094_-_-coquinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14583/2_pdfsam_2_pdfsam_098.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14557/v.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14463/pl97.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14464/pl98.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14480/pl_100.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14481/pl_101.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14482/pl_102.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14491/pl_095.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14492/104.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14496/pl_105.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14497/pl_106.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14498/pl_107.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14499/pl_108.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14500/pl_109.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14501/pl_110.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14502/pl_111.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14503/pl112.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14510/projeto_de_lei_113.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14541/1273.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14542/1274.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14543/1275.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14556/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14546/1301.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14547/1302.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14548/1303.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14551/1306.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14552/1307.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14553/1308.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14117/511-3.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14545/1300.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13825/requerimento_no_1_2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13854/req_-120.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13839/req-121.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13840/req-122.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13904/requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13855/req-_124.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13856/req_-125.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13862/147_-_req.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13863/148_-_req.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13864/149_-_req.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13865/150_-_req.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13866/151-_req.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13867/152_-_req.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13873/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13868/160_-_req.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13996/216.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14001/221.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14002/222.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14003/223.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14004/224.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14005/225.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14025/271.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14023/req_23.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14024/req_24.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14055/324.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14056/325.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14057/326.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14058/327.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14059/328.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14088/399.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14089/400.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14091/402.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14092/403.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14097/408.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14110/500-3.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14111/501-2.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14112/502-3.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14113/503-3.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14114/504-3.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14115/505-3.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14150/553.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14151/554.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14152/555.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14153/556.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14154/557.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14155/558.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14226/requerimento_050.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14227/requerimento_051.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14228/requerimento_052.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14229/requerimento_053.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14223/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14224/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14225/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14240/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14241/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14266/1_pdfsam_059.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14267/1_pdfsam_060.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14268/1_pdfsam_061.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14277/807.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14408/1_pdfsam_req63.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14409/1_pdfsam_req64.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14410/1_pdfsam_req65.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14411/1_pdfsam_req66.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14423/req_067_navar.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14424/req_068_renato.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14447/req_069_natalino.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14448/req_070_renato.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14461/req71.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14462/req_72.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14475/req_073.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14476/req_074.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14477/req_075.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14478/req_076.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14479/req_077.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14590/1_pdfsam_req_78.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14536/1232.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14537/1233.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14504/req_81.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14505/req_82.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14506/req_83.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14539/1271.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14540/1272.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14550/1305.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14130/resolucao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14129/resolucao_002_suprimentos_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14131/img20250912_09043528.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14132/brn3c2af44c21b5_0000044110.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14133/brn3c2af44c21b5_0000044109.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14591/04-2024.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14592/05-2024.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14593/06-2024.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14594/07-2024.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14595/08-2024.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14596/09-2024.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14597/10-2024.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14599/12-2024.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14600/13-2024.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14601/14-2024.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14039/proposta_de_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14038/proposta_de_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13869/resposta_de_requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14046/314.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14047/315.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14049/309.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14071/resp_352.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14072/resp_353.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14073/resp_354.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14074/resp_355.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14075/resp_356.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14076/resp_357.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14077/resp_358.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14078/resp_359.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14079/resp_360.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14128/539.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14162/565.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14201/642.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14202/643.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14203/644.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14204/645.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14206/659.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14210/670.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14212/671.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14214/674.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14257/778.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14297/851.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14414/884.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14426/885.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14427/886.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14428/887.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14429/912.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14437/924.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14439/925.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14440/926.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14441/928.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14455/953.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14457/979.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14470/1013.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14485/1040.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14487/1086.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14488/1087.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14489/1088.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14490/1089.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14511/365.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14512/366.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14608/1339.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14609/1338.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14610/1337.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14611/1337.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14612/1335.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14260/1_pdfsam_001.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14549/1304.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14069/mirela.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14070/rafael.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13837/brn3c2af44c21b5_0000042895.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14017/brn3c2af44c21b5_0000043384.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14205/03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14486/d.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14493/decreto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14584/decreto_006.pdf.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13824/indicacao_no_1_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13853/ind-100.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13845/ind-101.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13846/ind-102.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13847/ind-103.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13852/ind-104.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13848/ind-105.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13849/ind_-106.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13850/ind-126.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13851/ind-127.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13857/142_-_ind.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13858/143_-_ind.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13859/144_-_ind.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13860/145_-_ind.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13861/146_-_ind.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13997/217.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13998/218.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13999/219.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14000/220.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14018/ind_20.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14019/ind_21.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14020/ind_22.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14021/ind_23.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14022/ind_24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14050/319.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14051/320.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14052/321.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14053/322.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14054/323.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14082/393.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14083/394.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14084/395.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14085/396.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14086/397.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14087/398.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14096/407.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14107/497-2.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14108/498-2.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14109/499-2.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14200/ind_40_abrao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14148/551.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14149/552.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14196/ind_43_-_natalino.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14197/ind_44_-_natalino.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14198/ind_45_-_natalino.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14199/ind_46_-_felipe.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14216/indicacao_047.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14217/indicacao_048.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14218/indicacao_049.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14219/indicacao_050.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14220/indicacao_051.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14242/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14243/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14263/1_pdfsam_054.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14264/1_pdfsam_055.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14265/1_pdfsam_056.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14402/1_pdfsam_ind58.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14415/ind_059_navar.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14416/ind_060_natalino.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14417/ind_061_natalino.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14418/ind_062_maylson.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14442/ind_063_navar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14443/ind_064_navar.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14444/ind_065_navar.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14445/ind.066.renato.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14446/ind_067_-_coquinho.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14459/ind68.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14472/ind069.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14473/ind070.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14474/ind071.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14483/ind_072.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14484/ind_073.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14494/ind_74.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14538/1270.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14544/1299.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14006/241.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14040/292.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14080/391.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14081/392.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14118/512-3.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14123/513.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14119/514.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14120/515.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14121/516.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14122/517.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14146/mocao.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14147/549.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14244/mocao_13.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14245/mocao_14.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14261/804.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14262/1_pdfsam_017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14425/moc_018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14026/parecer_favoravel_01.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14027/parecer_favoravel_02.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14028/parecer_favoravel_03.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14029/parecer_favoravel_04.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14030/parecer_favoravel_04.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14031/parecer_favoravel_06.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14032/parecer_favoravel_07.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14033/parecer_favoravel_09.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14036/parecer_em_conjunto_favoravel_010.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14037/parecer_em_conjunto_favoravel_011.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14034/parecer_em_conjunto_012.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14035/parecer_em_conjunto_013.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14041/parecer__favoravel_014.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14042/parecer__favoravel_015.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14043/parecer_em_conjunto_016.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14044/parecer_em_conjunto_017.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14098/parecer_das_comissoes_018.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14099/parecer_das_comissoes_019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14100/parecer_das_comissoes_20.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14101/parecer_das_comissoes_021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14103/parecer_das_comissoes_023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14104/parecer_das_comissoes_024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14230/parecer_favoravel_026.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14246/parecer_027-1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14247/parecer_028-1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14248/parecer_029-1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14249/parecer_favoravel_030-1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14250/parecer_031-1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14251/parecer__032-1_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14252/parecer_033-1_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14253/parecer_034-1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14273/parecer_037.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14276/parecer_040.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14585/parecer_41.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14460/par42.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14586/par_43.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14465/par44.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14466/par45.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14467/par46.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14468/par47.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14469/par48.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14495/parecer_049.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14589/1_pdfsam_parecer_051.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14587/parecer_52.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14559/053.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14560/054.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14561/055.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14562/056.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14563/057.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14564/058.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14565/059.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14566/060.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14567/061.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14568/062.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14569/063.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14570/064.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14571/065.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14572/066.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14573/067.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14574/068.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14575/069.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14576/070.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14577/071.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14578/072.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14579/073.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14580/074.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14581/075.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14582/076.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14588/parecer_077.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14558/078.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14604/parecer_das_comissoes_-_79.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14605/parecer_das_comissoes_-_80.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14606/parecer_das_comissoes_-_81.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14607/parecer_das_comissoes_-_82.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14554/1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14555/2.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14215/673-2-8.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14295/lei-022-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13810/projeto_de_lei_legislativo_e_executivo_no_1_2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13821/projeto_de_lei_legislativo_e_executivo_no_2_2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13822/projeto_de_lei_legislativo_e_executivo_no_3_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13823/projeto_de_lei_legislativo_e_executivo_no_4_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13826/projeto_de_lei_legislativo_e_executivo_no_5_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13827/projeto_de_lei_legislativo_e_executivo_no_6_2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13828/projeto_de_lei_legislativo_e_executivo_no_7_2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13829/projeto_de_lei_legislativo_e_executivo_no_8_2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13935/9.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13933/10.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13937/11.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13932/12.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13936/13.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13934/14.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13902/pdl_-_15.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13993/16.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13903/pdl-17.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13897/137_-_pdl.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13898/138_-_pdl.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13899/139_-_pdl.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13900/140_-pdl.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13901/154-_pdl.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13994/156.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14007/226.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14008/227.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14009/228.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14010/229.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14011/230.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14013/236.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14014/237.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14015/238.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14016/239.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14068/35.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14066/285.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14064/37.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14065/38.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14063/39.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14062/40.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14061/41.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14060/42.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14094/405.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14095/406.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14106/projeto-1-62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14105/projeto_l-1-6.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14161/482.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14116/506.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14124/49.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14125/50.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14126/51.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14127/52.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14156/559.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14157/560.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14158/561.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14159/562.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14160/563.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14207/601.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14208/604.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14209/605.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14294/606.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14221/projeto_de_lei_062.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14222/projeto_de_lei_063.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14233/projeto_de_lei_64-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14256/esse_2.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14235/projeto_66-2024.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14236/projeto_67-2024.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14237/projeto_68-2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14238/projeto_69-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14239/projeto_070-2024.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14292/projeto_de_lei_72.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14255/esse_1-3_merged.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14269/793.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14270/794.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14271/1_pdfsam_076.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14272/1_pdfsam_077.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14296/078--2024.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14412/1_pdfsam_3_pdfsam_pl79.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14403/1_pdfsam_pl_80.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14404/1_pdfsam_pl81.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14405/1_pdfsam_pl82.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14406/1_pdfsam_pl83.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14407/1_pdfsam_pl84.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14419/pl_085_cezinha.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14420/pl_086.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14421/pl_087_cezinha.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14422/pl_088_natalino.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14454/pl_89.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14449/pl_090_cezinha.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14450/pl_091_cezinha.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14451/pl.092.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14452/pl_093_natalino.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14453/pl_094_-_-coquinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14583/2_pdfsam_2_pdfsam_098.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14557/v.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14463/pl97.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14464/pl98.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14480/pl_100.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14481/pl_101.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14482/pl_102.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14491/pl_095.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14492/104.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14496/pl_105.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14497/pl_106.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14498/pl_107.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14499/pl_108.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14500/pl_109.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14501/pl_110.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14502/pl_111.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14503/pl112.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14510/projeto_de_lei_113.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14541/1273.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14542/1274.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14543/1275.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14556/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14546/1301.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14547/1302.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14548/1303.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14551/1306.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14552/1307.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14553/1308.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14117/511-3.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14545/1300.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13825/requerimento_no_1_2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13854/req_-120.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13839/req-121.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13840/req-122.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13904/requerimento_123.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13855/req-_124.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13856/req_-125.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13862/147_-_req.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13863/148_-_req.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13864/149_-_req.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13865/150_-_req.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13866/151-_req.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13867/152_-_req.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13873/requerimento_153.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13868/160_-_req.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13996/216.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14001/221.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14002/222.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14003/223.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14004/224.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14005/225.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14025/271.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14023/req_23.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14024/req_24.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14055/324.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14056/325.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14057/326.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14058/327.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14059/328.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14088/399.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14089/400.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14091/402.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14092/403.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14097/408.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14110/500-3.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14111/501-2.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14112/502-3.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14113/503-3.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14114/504-3.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14115/505-3.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14150/553.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14151/554.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14152/555.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14153/556.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14154/557.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14155/558.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14226/requerimento_050.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14227/requerimento_051.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14228/requerimento_052.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14229/requerimento_053.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14223/requerimento_54.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14224/requerimento_55.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14225/requerimento_56.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14240/requerimento_57.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14241/requerimento_58.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14266/1_pdfsam_059.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14267/1_pdfsam_060.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14268/1_pdfsam_061.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14277/807.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14408/1_pdfsam_req63.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14409/1_pdfsam_req64.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14410/1_pdfsam_req65.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14411/1_pdfsam_req66.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14423/req_067_navar.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14424/req_068_renato.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14447/req_069_natalino.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14448/req_070_renato.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14461/req71.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14462/req_72.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14475/req_073.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14476/req_074.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14477/req_075.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14478/req_076.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14479/req_077.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14590/1_pdfsam_req_78.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14536/1232.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14537/1233.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14504/req_81.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14505/req_82.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14506/req_83.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14539/1271.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14540/1272.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14550/1305.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14130/resolucao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14129/resolucao_002_suprimentos_de_fundos.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14131/img20250912_09043528.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14132/brn3c2af44c21b5_0000044110.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14133/brn3c2af44c21b5_0000044109.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14591/04-2024.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14592/05-2024.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14593/06-2024.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14594/07-2024.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14595/08-2024.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14596/09-2024.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14597/10-2024.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14599/12-2024.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14600/13-2024.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14601/14-2024.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14039/proposta_de_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14038/proposta_de_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/13869/resposta_de_requerimento_120.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14046/314.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14047/315.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14049/309.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14071/resp_352.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14072/resp_353.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14073/resp_354.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14074/resp_355.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14075/resp_356.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14076/resp_357.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14077/resp_358.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14078/resp_359.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14079/resp_360.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14128/539.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14162/565.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14201/642.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14202/643.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14203/644.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14204/645.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14206/659.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14210/670.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14212/671.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14214/674.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14257/778.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14297/851.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14414/884.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14426/885.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14427/886.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14428/887.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14429/912.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14437/924.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14439/925.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14440/926.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14441/928.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14455/953.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14457/979.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14470/1013.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14485/1040.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14487/1086.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14488/1087.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14489/1088.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14490/1089.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14511/365.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14512/366.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14608/1339.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14609/1338.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14610/1337.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14611/1337.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14612/1335.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14260/1_pdfsam_001.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14549/1304.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14069/mirela.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2024/14070/rafael.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H461"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="163.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="129.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>