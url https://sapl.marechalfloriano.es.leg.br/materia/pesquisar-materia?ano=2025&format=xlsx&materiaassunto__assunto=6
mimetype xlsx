--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,680 +54,680 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15228</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vaninho Stein</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15228/ind223.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15228/ind223.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR, QUE VIABILIZE, O MAIS BREVE POSSÍVEL, O PATROLAMENTO E CASCALHAMENTO NAS RUAS: VEREADOR JOAQUIM STEIN, HILDA RUP FISCHER, ANDRÉ AVELINO CHRISTO, FLORÊNCIO FREDERICO GUILHERME BRAUN E VEREADOR ALCINO DINIZ.</t>
   </si>
   <si>
     <t>15229</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15229/ind224.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15229/ind224.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA CONSTRUÍDO UM QUEBRA-MOLAS NA RUA APOLÔNIA STEIN KIEFER, NAS PROXIMIDADES DO ED. ITÁLIA, BEM COMO NA RUA FLORIANO KIEFER, PRÓXIMO À RESIDÊNCIA DO PASTOR JOÃO VAZ. SOLICITO AINDA, QUE SEJA REALIZADO O COMPLEMENTO DE MANILHAMENTO NO MESMO LOGRADOURO, Nº. 131.</t>
   </si>
   <si>
     <t>15230</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Hilário Oliveira Neto</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15230/ind225.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15230/ind225.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL A REALIZAÇÃO DE SERVIÇOS DE ALARGAMENTO NA ESTRADA QUE DÁ ACESSO À VILA DO SERTÃO, NO DISTRITO DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>15232</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15232/ind227.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15232/ind227.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, QUE, JUNTAMENTE À SECRETARIA COMPETENTE, SEJA EFETIVADA A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA E DRENAGEM NO BREJO QUE ATRAVESSA A VILA DO SERTÃO, NO DISTRITO DE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>15233</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15233/ind228.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15233/ind228.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA EXECUTADA EM CARÁTER DE URGÊNCIA, A CONSTRUÇÃO DE BUEIRO E/OU REFAZER O BUEIRO QUE SE ENCONTRA ENTUPIDO E CAUSANDO PROCESSO EROSIVO, NA ESTRADA PRINCIPAL DA FAZENDA MÓDOLO, EM ARAGUAYA, AO LADO DAS RESIDÊNCIAS DO SENHOR SAMUEL MÓDOLO E O SEU FILHO MAURO.</t>
   </si>
   <si>
     <t>15234</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15234/ind229.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15234/ind229.pdf</t>
   </si>
   <si>
     <t>SOLICITO A ESSA GESTÃO MUNICIPAL, POR MEIO DA SECRETARIA DE OBRAS E SERVIÇOS URBANOS, QUE SEJAM CONSTRUÍDOS URGENTEMENTE ALGUNS DEGRAUS, ENTRE O MEIO-FIO E A GRAMA QUE MARGEIA A BR, EM FRENTE A PREFEITURA, ONDE É REALIZADA AOS SÁBADOS A POPULAR “FEIRA DA ROÇA”.</t>
   </si>
   <si>
     <t>15235</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15235/ind230.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15235/ind230.pdf</t>
   </si>
   <si>
     <t>SOLICITO A REALIZAÇÃO DE SERVIÇOS DE LIMPEZA, ROÇADA, PATROLAMENTO E CASCALHAMENTO EM ESTRADA VICINAL QUE SE INICIA NA BR-262, NO QUILÔMETRO 70, LADO DIREITO, NA LOCALIDADE DE VICTOR HUGO, NESTE MUNICÍPIO, COM ACESSO ÀS GRANJAS VENTURINI, ROBERTO DOURO, DEMAIS PROPRIEDADES DA REGIÃO E LIGAÇÃO COM A COMUNIDADE DE ALTO NOVA ALMEIDA E OUTRAS LOCALIDADES.</t>
   </si>
   <si>
     <t>15236</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15236/ind231.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15236/ind231.pdf</t>
   </si>
   <si>
     <t>INDICO, NA FORMA REGIMENTAL, QUE SEJA OFICIADO AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL PARA QUE, POR MEIO DA SECRETARIA COMPETENTE, SEJAM REALIZADOS OS SERVIÇOS DE ENGENHARIA VISANDO À REFORMA, REFORÇO ESTRUTURAL E ADEQUAÇÃO DAS CABECEIRAS DA PONTE EM CONCRETO LOCALIZADA PRÓXIMO À PROPRIEDADE DE VALDIR KLEIN, JUNIOR KLEIN E OUTROS.</t>
   </si>
   <si>
     <t>15237</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15237/ind232.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15237/ind232.pdf</t>
   </si>
   <si>
     <t>INDICO QUE SEJAM REALIZADOS, COM A MAIOR BREVIDADE POSSÍVEL, SERVIÇOS DE MANUTENÇÃO CORRETIVA E DE INFRAESTRUTURA URBANA NO TREVO DE PARAJU, NA ALAMEDA PARAÍSO E NAS DIVERSAS RUAS QUE COMPÕEM O _x000D_
 PERÍMETRO DA LOCALIDADE DENOMINADA OSMAR SIMON (POUSADA SÍTIO PARAÍSO), BEM COMO NAS DEMAIS VIAS QUE DÃO ACESSO AO VALE DO HUBER, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15238</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>Chapolim Frasson</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15238/ind233.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15238/ind233.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO QUE, POR MEIO DO SETOR COMPETENTE, PROVIDENCIE O AUMENTO DO NÚMERO DE LATÕES DE LIXO NA RUA PAULO LOVATTI, LOCALIZADA NO BAIRRO SANTA RITA.</t>
   </si>
   <si>
     <t>15239</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15239/ind234.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15239/ind234.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL, A INSTALAÇÃO DE UMA FAIXA ELEVADA PARA TRAVESSIA DE PEDESTRES NAS PROXIMIDADES DO CENTRO EDUCACIONAL INFANTIL BALÃO MÁGICO, SITUADO NA RUA CARLOS HAND, BAIRRO MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15241</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Juarez Xavier</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15241/ind236.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15241/ind236.pdf</t>
   </si>
   <si>
     <t>INDICO A VOSSA EXCELÊNCIA, COM A MÁXIMA URGÊNCIA, QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE A REALIZAÇÃO DO REPARO DA TAMPA DE BUEIRO LOCALIZADA NA RUA VICTOR TRAVÁGLIA, EM FRENTE À ROSE COSMÉTICOS, COM O OBJETIVO DE EVITAR NOVOS ACIDENTES E GARANTIR A SEGURANÇA DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>15269</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>Coquinho</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15269/ind238.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15269/ind238.pdf</t>
   </si>
   <si>
     <t>SOLICITO, SERVIÇOS DE ROÇAGEM, PATROLAMENTO E CASCALHAMENTO DAS RUAS LOCALIZADAS NO MORRO DA MACEFEL QUE AINDA NÃO FORAM PAVIMENTADAS, BEM COMO, QUE SEJA ESTENDIDA A ILUMINAÇÃO PÚBLICA NOS PONTOS QUE AINDA NÃO FORAM CONTEMPLADOS COM O REFERIDO SERVIÇO.</t>
   </si>
   <si>
     <t>15270</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Pastor Adriano</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15270/ind239.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15270/ind239.pdf</t>
   </si>
   <si>
     <t>SOLICITO, SERVIÇO DE ILUMINAÇÃO PÚBLICA PRÓXIMO AO CAMPO DO TUIA, LOCALIZADO EM VICTOR HUGO.</t>
   </si>
   <si>
     <t>15271</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15271/ind240.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15271/ind240.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, QUE O “PARQUINHO” DA SEDE DO MUNICÍPIO, LOCALIZADO PRÓXIMO A ESTAÇÃO FERROVIÁRIA, SEJA CERCADO, EM CARÁTER DE URGÊNCIA.</t>
   </si>
   <si>
     <t>15272</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>Angelo Traspadini</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15272/ind241.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15272/ind241.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJAM REALIZADAS MELHORIAS NA ENTRADA DA ESTRADA LOCALIZADA NA BR-262, KM 57,5, NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15273</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15273/ind242.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15273/ind242.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJAM ADOTADAS PROVIDÊNCIAS URGENTES PARA A LIMPEZA DA REDE DE ESGOTO E DO RIO LOCALIZADOS NO DISTRITO DE ARAGUAYA, NESTE MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15274</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15274/ind243.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15274/ind243.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJAM ADOTADAS, COM URGÊNCIA, AS PROVIDÊNCIAS NECESSÁRIAS PARA A RECUPERAÇÃO DA ESTRADA NAS PROXIMIDADES DO ACESSO AO SÍTIO BAIXA VERDE, LOCALIZADO EM SANTA MARIA DE MARECHAL.</t>
   </si>
   <si>
     <t>15275</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Diogo da AMAR</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15275/ind244.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15275/ind244.pdf</t>
   </si>
   <si>
     <t>SOLICITO A V. EX.ª QUE, POR MEIO DA SECRETARIA MUNICIPAL DE CULTURA E TURISMO, SEJA VERIFICADA A SITUAÇÃO DAS PLACAS DE PROPAGANDAS INSTALADAS NO CANTEIRO CENTRAL DO TREVO DE ENTRADA DO MUNICÍPIO DE MARECHAL FLORIANO, ÁREA SOB JURISDIÇÃO DO DNIT, COM O OBJETIVO DE AVALIAR A REGULARIDADE DESSAS ESTRUTURAS.</t>
   </si>
   <si>
     <t>15276</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15276/ind245.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15276/ind245.pdf</t>
   </si>
   <si>
     <t>SOLICITO AO EXECUTIVO MUNICIPAL A INSTALAÇÃO DE PLACAS DE IDENTIFICAÇÃO COM O NOME DE TODAS AS RUAS EM TODOS OS PONTOS DO MUNICÍPIO, COM ATENÇÃO ESPECIAL AO BAIRRO NOSSA SENHORA DA PENHA.</t>
   </si>
   <si>
     <t>15279</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15279/ind248.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15279/ind248.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE O MUNICÍPIO FAÇA A CONTRATAÇÃO DE EMPRESA, QUE TENHA PROFISSIONAIS ESPECIALIZADOS EM CORTE DE ÁRVORES ALTAS EM TODO O MUNICÍPIO, QUE ESTÃO PRESTES A CAIR E COLOCANDO A POPULAÇÃO E COMERCIANTES EM RISCO, EM ESPECIAL, NA RUA GUSTAVO HERTEL E DELIMAR SCHUNK.</t>
   </si>
   <si>
     <t>15280</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15280/ind249.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15280/ind249.pdf</t>
   </si>
   <si>
     <t>SOLICITO, MELHORIAS EM TODA A EXTENSÃO DA RUA LAURA LITTIG, COMPREENDENDO CONSERTO DOS BLOQUETES E NO INÍCIO DA RUA, LOGO APÓS A PONTE, OS MORADORES LOCAIS ESTÃO SOLICITANDO QUE SEJA EXECUTADA A PAVIMENTAÇÃO COM PAV’S, BEM COMO INSTALADOS BRINQUEDOS CONTEMPLANDO AS CRIANÇAS.</t>
   </si>
   <si>
     <t>15282</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15282/ind251.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15282/ind251.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO, A REFORMA E RECUPERAÇÃO URGENTE DA PONTE ELIZABETH CATELAN TAQUETE, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15284</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15284/ind253.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15284/ind253.pdf</t>
   </si>
   <si>
     <t>INDICO, AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE SEJAM REALIZADAS MELHORIAS NAS CALÇADAS DA MUNICIPALIDADE, COM ATENÇÃO ESPECIAL ÀS CALÇADAS DA RUA VICTOR TRAVÁGLIA, LOCALIZADA NA SEDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15285</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15285/ind254.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15285/ind254.pdf</t>
   </si>
   <si>
     <t>INDICA A INSTALAÇÃO DE PLACA DE IDENTIFICAÇÃO NA RUA MARIA TRARBACH BOTELHO, NO BAIRRO SANTA RITA, NAS PROXIMIDADES DO SUPERMERCADO BEM VINDO, POIS SEGUNDO INFORMAÇÕES A PLACA ORIGINAL FOI REMOVIDA DO LOCAL POR VÂNDALOS, E SUA AUSÊNCIA VEM DIFICULTANDO A IDENTIFICAÇÃO DA VIA E CAUSANDO TRANSTORNOS AOS MORADORES, VISITANTES E PRESTADORES DE SERVIÇOS.</t>
   </si>
   <si>
     <t>15324</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15324/ind255.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15324/ind255.pdf</t>
   </si>
   <si>
     <t>SOLICITO, SERVIÇO DE LIMPEZA URGENTE DOS CALÇAMENTOS NA ESTRADA DO CÓRREGO DO OURO E NAS PROXIMIDADES DO CAMPO DO TUIA, NO DISTRITO DE VICTOR HUGO.</t>
   </si>
   <si>
     <t>15325</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15325/ind256.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15325/ind256.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS PRERROGATIVAS REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO QUE VIABILIZE, COM URGÊNCIA, MELHORIAS NO “MORRO DOS MARQUES”, LOCALIZADO EM ALTO SANTA MARIA, PRÓXIMO À BR-262</t>
   </si>
   <si>
     <t>15326</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15326/ind257.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15326/ind257.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A LIMPEZA E A AMPLIAÇÃO DO SISTEMA DE MANILHAMENTO NA ESTRADA DE RIO DAS PEDRAS, EM ARAGUAYA.</t>
   </si>
   <si>
     <t>15327</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15327/ind258.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15327/ind258.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, QUE SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA A REALIZAÇÃO DE MELHORIAS NA ESTRADA RURAL LOCALIZADA NA COMUNIDADE DE SOÍDO DE BAIXO, CONHECIDA COMO “ESTRADA DA FAMÍLIA RIBET”, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>15328</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15328/ind259.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15328/ind259.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, VEM RESPEITOSAMENTE INDICAR AO CHEFE DO PODER EXECUTIVO MUNICIPAL QUE, POR MEIO DA SECRETARIA COMPETENTE, REALIZE COM URGÊNCIA A IMPLEMENTAÇÃO DE BOEIROS EM PONTOS CRÍTICOS DA ESTRADA SÃO JOSÉ, LOCALIZADA EM SANTA MARIA DE ARAGUAYA, ESPECIALMENTE NO CAMINHO QUE DÁ ACESSO AO “SÍTIO SANTA RITA”.</t>
   </si>
   <si>
     <t>15329</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>Cezinha Ronchi</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15329/ind260.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15329/ind260.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, A RECONSTRUÇÃO DE DUAS PONTES, LOCALIZADAS NO BAIRRO DELIMAR SCHUNK E NA LOCALIDADE DE COSTA PEREIRA, NA ESTRADA QUE RESIDE O SR. MAZINHO KIEFER.</t>
   </si>
   <si>
     <t>15330</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15330/ind261.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15330/ind261.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO, QUE SEJAM VIABILIZADAS MELHORIAS NA “ESCOLA JACOMO BORGO”.</t>
   </si>
   <si>
     <t>15331</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15331/ind262.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15331/ind262.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ADMINISTRAÇÃO MUNICIPAL, A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NO FINAL DA AVENIDA DOS IMIGRANTES, LOCALIZADA EM ARAGUAYA, ATÉ A DIVISA COM ALFREDO CHAVES.</t>
   </si>
   <si>
     <t>15332</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15332/ind263.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15332/ind263.pdf</t>
   </si>
   <si>
     <t>SOLICITO, A V. EX.ª QUE, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, SEJAM REALIZADOS SERVIÇOS DE MELHORIA NA RUA JOÃO MERÍSIO.</t>
   </si>
   <si>
     <t>15333</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15333/ind264.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15333/ind264.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA VIABILIZADO EM CARÁTER DE URGÊNCIA, CALÇAMENTO DA RUA THEOBALDO RUPF, LOCALIZADA NO BAIRRO SANTA RITA, ATÉ RIO FUNDO.</t>
   </si>
   <si>
     <t>15334</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15334/ind265.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15334/ind265.pdf</t>
   </si>
   <si>
     <t>SOLICITO À ATUAL GESTÃO MUNICIPAL, QUE JUNTAMENTE À SECRETARIA DE OBRAS E SERVIÇOS URBANOS, SEJA PROVIDENCIADA A INSTALAÇÃO DE FAIXAS ELEVADAS NA AVENIDA ARTHUR HAESE, TENDO EM VISTA, A ELEVADA CIRCULAÇÃO DE PESSOAS DIARIAMENTE EM SEU PERCURSO.</t>
   </si>
   <si>
     <t>15335</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15335/ind266.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15335/ind266.pdf</t>
   </si>
   <si>
     <t>SOLICITO MELHORIAS NA ILUMINAÇÃO NA PRAÇA DO BAIRRO SANTA RITA, VIABILIZANDO A INSTALAÇÃO DE 02 (DOIS) REFLETORES, SENDO UM AO LADO DA “PADARIA DA PRAÇA”, DE PROPRIEDADE DA SRA. IRANILZA, E O OUTRO AO LADO DO POSTO DE SAÚDE, EM FRENTE À RESIDÊNCIA DO SR. GERALDO, INDO PARA A MAYARA.</t>
   </si>
   <si>
     <t>15336</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15336/ind267.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15336/ind267.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJAM CONSTRUÍDAS 04 (QUATRO) FAIXAS ELEVADAS NO BAIRRO SANTA RITA, SENDO 02 (DUAS) NA RUA PAULO LOVATTI, LOCALIZADA AO LADO DA UNIDADE BÁSICA DE SAÚDE ATÉ A RESIDÊNCIA DO SR. GERALDO, E AS OUTRAS DUAS FAIXAS NA RUA JOÃO DOMINGOS LORENZONI, ONDE LOCALIZA-SE A PADARIA DA PRAÇA</t>
   </si>
   <si>
     <t>15337</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15337/ind268.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15337/ind268.pdf</t>
   </si>
   <si>
     <t>SOLICITO, QUE SEJA DADA CONTINUIDADE À OPERAÇÃO TAPA-BURACO NO ALTO MARECHAL, TENDO EM VISTA QUE INICIARAM E NÃO CONCLUÍRAM, COM INÍCIO AO LADO DA RESIDÊNCIA DO SR. EDIMAR PUPPIN E TÉRMINO NA RESIDÊNCIA DO SR. GERALDO RHEIN E EDMILSON FONSECA.</t>
   </si>
   <si>
     <t>15338</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15338/ind269.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15338/ind269.pdf</t>
   </si>
   <si>
     <t>QUE SEJA PROVIDENCIADA A REVITALIZAÇÃO DA PINTURA HORIZONTAL DOS QUEBRA-MOLAS (LOMBADAS) LOCALIZADOS NA SEDE E NOS DISTRITOS DO MUNICÍPIO, BEM COMO A POSSIBILIDADE DE EXECUÇÃO DE NOVAS FAIXAS DE PEDESTRES EM FRENTE ÀS UNIDADES DE SAÚDE, ESCOLAS, CRECHES E OUTROS PRÉDIOS PÚBLICOS ONDE HOUVER FLUXO INTENSO DE PESSOAS.</t>
   </si>
   <si>
     <t>15339</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>Martim Trarbach, Chapolim Frasson</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15339/ind270.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15339/ind270.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS O SEGUINTE PROJETO DE LEI, ALTERANDO DISPOSITIVOS DA LEI MUNICIPAL Nº. 801, DE 23 DE ABRIL DE 2008, QUE “INSTITUI O PLANO DIRETOR MUNICIPAL DE MARECHAL FLORIANO/ES”, VISANDO A INCLUSÃO DE DIRETRIZES SOBRE A INFRAESTRUTURA DE ENERGIA ELÉTRICA E CONECTIVIDADE DIGITAL NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>15340</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>Chapolim Frasson, Cabral</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15340/ind271.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15340/ind271.pdf</t>
   </si>
   <si>
     <t>INDICA AO PODER EXECUTIVO A REVOGAÇÃO DA LEI MUNICIPAL Nº 439, DE 10 DE SETEMBRO DE 2002, QUE AUTORIZOU A CESSÃO DE BEM PÚBLICO À EMPRESA MAYARAINDUSTRIAL ALIMENTOS LTDA-ME, TENDO EM VISTA A SUA INATIVIDADE NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15382</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15382/ind_273.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15382/ind_273.pdf</t>
   </si>
   <si>
     <t>POR MEIO DESTE, SOLICITO NOVAMENTE AO PODER EXECUTIVO, JUNTAMENTE À SECRETARIA COMPETENTE, A CONSTRUÇÃO DE UM BUEIRO NA COMUNIDADE DE ALTO NOVA ALMEIDA, NAS PROXIMIDADES DA CASA DO SENHOR DICA.</t>
   </si>
   <si>
     <t>15383</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Pastor Adriano, Chapolim Frasson, Martim Trarbach</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15383/ind_274.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15383/ind_274.pdf</t>
   </si>
   <si>
     <t>INDICAMOS, QUE SEJA VIABILIZADA A CONSTRUÇÃO DE SANITÁRIOS PÚBLICOS NA SEDE DO MUNICÍPIO, PREFERENCIALMENTE PRÓXIMO À ESTAÇÃO FERROVIÁRIA, ONDE ATUALMENTE LOCALIZA-SE A CASA DA CULTURA E PRAÇA JOSÉ HENRIQUE PEREIRA.</t>
   </si>
   <si>
     <t>15384</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15384/ind_275.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15384/ind_275.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, QUE SEJA ENCAMINHADO AO EXCELENTÍSSIMO SENHOR PREFEITO DE MARECHAL FLORIANO/ES, INDICANDO MELHORIAS URGENTES NO CALÇAMENTO E A IMPLEMENTAÇÃO DE SISTEMA DE ESCOAMENTO DE ÁGUAS PLUVIAIS NA RUA LAURA LITTIG BOTELHO, SITUADA NO CENTRO, _x000D_
 CONHECIDA POPULARMENTE COMO BECO DA FARMÁCIA TRARBACH.</t>
   </si>
   <si>
     <t>15385</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15385/ind_276.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15385/ind_276.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTA SUBSCREVE, NO USO DE SUAS ATRIBUIÇÕES LEGAIS E REGIMENTAIS, APRESENTA A PRESENTE INDICAÇÃO, PARA QUE SEJA ENCAMINHADA AO CHEFE DO PODER EXECUTIVO MUNICIPAL, SOLICITANDO, QUE POR MEIO DA SECRETARIA COMPETENTE, IMPLEMENTE MELHORIAS URGENTES NA RUA PEDRO SCHUNK, LOCALIZADA NO MUNICÍPIO DE MARECHAL FLORIANO.</t>
   </si>
   <si>
     <t>15386</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15386/ind_277.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15386/ind_277.pdf</t>
   </si>
   <si>
     <t>INDICO A V. EX.ª, POR MEIO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS URBANOS, A INSTALAÇÃO DE UMA LIXEIRA ESTILO CONTAINER NA RUA JONATAS DE MELO, NO BAIRRO NOSSA SENHORA DA PENHA.</t>
   </si>
   <si>
     <t>15389</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15389/ind_280.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15389/ind_280.pdf</t>
   </si>
   <si>
     <t>SOLICITO MELHORIAS NA ILUMINAÇÃO NO ENTROCAMENTO DAS RUAS MARCIONÍLIO DE VARGAS FORTE E PRESIDENTE KENNEDY, LOCALIZADO NA ESQUINA DA CÂMARA MUNICIPAL, VIABILIZANDO A INSTALAÇÃO DE 01 (UM) REFLETOR NO POSTE, DIRECIONADO AO “CMEI VOVÓ FERNANDINA”.</t>
   </si>
   <si>
     <t>15390</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15390/ind_281.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15390/ind_281.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXCELENTÍSSIMO SENHOR PREFEITO MUNICIPAL DE MARECHAL FLORIANO QUE SEJAM TOMADAS PROVIDÊNCIAS NA RUA EMÍLIO HULLE, TAIS COMO: INSTALAÇÃO DE GUARDA-CORPO NA ESCADA QUE DÁ ACESSO À LINHA FÉRREA, VISANDO GARANTIR A SEGURANÇA DOS PEDESTRES QUE UTILIZAM AQUELE TRECHO DIARIAMENTE.</t>
   </si>
   <si>
     <t>15391</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15391/ind_283.pdf</t>
+    <t>http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15391/ind_283.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA COMPETENTE, NOTIFIQUE A_x000D_
 EMPRESA RESPONSÁVEL PELA PRESTAÇÃO DOS SERVIÇOS DE COLETA DE RESÍDUOS SÓLIDOS NO MUNICÍPIO, A FIM DE QUE SEJAM ADOTADAS, COM URGÊNCIA, PROVIDÊNCIAS PARA IMPEDIR O VAZAMENTO DE CHORUME PELOS CAMINHÕES COLETORES DURANTE O PERCURSO PELAS VIAS PÚBLICAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1035,68 +1035,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15228/ind223.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15229/ind224.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15230/ind225.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15232/ind227.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15233/ind228.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15234/ind229.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15235/ind230.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15236/ind231.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15237/ind232.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15238/ind233.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15239/ind234.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15241/ind236.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15269/ind238.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15270/ind239.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15271/ind240.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15272/ind241.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15273/ind242.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15274/ind243.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15275/ind244.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15276/ind245.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15279/ind248.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15280/ind249.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15282/ind251.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15284/ind253.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15285/ind254.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15324/ind255.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15325/ind256.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15326/ind257.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15327/ind258.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15328/ind259.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15329/ind260.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15330/ind261.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15331/ind262.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15332/ind263.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15333/ind264.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15334/ind265.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15335/ind266.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15336/ind267.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15337/ind268.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15338/ind269.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15339/ind270.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15340/ind271.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15382/ind_273.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15383/ind_274.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15384/ind_275.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15385/ind_276.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15386/ind_277.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15389/ind_280.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15390/ind_281.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15391/ind_283.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15228/ind223.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15229/ind224.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15230/ind225.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15232/ind227.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15233/ind228.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15234/ind229.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15235/ind230.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15236/ind231.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15237/ind232.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15238/ind233.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15239/ind234.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15241/ind236.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15269/ind238.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15270/ind239.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15271/ind240.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15272/ind241.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15273/ind242.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15274/ind243.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15275/ind244.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15276/ind245.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15279/ind248.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15280/ind249.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15282/ind251.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15284/ind253.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15285/ind254.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15324/ind255.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15325/ind256.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15326/ind257.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15327/ind258.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15328/ind259.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15329/ind260.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15330/ind261.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15331/ind262.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15332/ind263.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15333/ind264.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15334/ind265.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15335/ind266.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15336/ind267.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15337/ind268.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15338/ind269.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15339/ind270.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15340/ind271.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15382/ind_273.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15383/ind_274.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15384/ind_275.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15385/ind_276.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15386/ind_277.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15389/ind_280.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15390/ind_281.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marechalfloriano.es.leg.br/media/sapl/public/materialegislativa/2025/15391/ind_283.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="46" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>